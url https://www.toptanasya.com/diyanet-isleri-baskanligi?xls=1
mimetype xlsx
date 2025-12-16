--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,10705 +85,10930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751957252</t>
+          <t>9786254354403</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>Medeniyet Aleminde Yazı ve İslam Medeniyetinde Kalem Güzeli 2 Cilt</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751964885</t>
+          <t>9786254357213</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>Hz. Cabir b. Abdullah</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254357039</t>
+          <t>9786254357312</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmak İsteyen Kedi</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254353130</t>
+          <t>9786254357206</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
+          <t>Hz. Übey B Kâb</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254352034</t>
+          <t>9786254358166</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sistemleri Çalıştayı</t>
+          <t>Hz. Ebü'd-Derda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>115</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254355936</t>
+          <t>9786254357220</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
+          <t>İslam'da Sahabenin Yeri Ve Önemi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254355356</t>
+          <t>9786254359385</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
+          <t>Hayal Treni Deve Dikeni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254350764</t>
+          <t>9786254359354</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslamda Meleklere İman Rusça</t>
+          <t>Oyuncak Kantarı Ayı Mantarı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254352423</t>
+          <t>9786254359392</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
+          <t>Pıtrak Tokalı Teke Sakalı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254352386</t>
+          <t>9786254359347</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
+          <t>Kurabiye Kepçesi Aslan Pençesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254352454</t>
+          <t>9786254359217</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
+          <t>Kasenin Yolculuğu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254352362</t>
+          <t>9786254359286</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
+          <t>Şeker Hoca Timurun Filleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057519603</t>
+          <t>9786254359378</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Aile</t>
+          <t>Sözümüz Bal Olsun</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751959584</t>
+          <t>9786254358760</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Japonca</t>
+          <t>Aksa'nın Bahçesi - Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057730077</t>
+          <t>9789751957252</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057519047</t>
+          <t>9789751964885</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hayvan Hakları</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>24</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751936363</t>
+          <t>9786254357039</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uncovering İslam</t>
+          <t>Oruç Tutmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751962973</t>
+          <t>9786254353130</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Ciltli)</t>
+          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>11</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751940629</t>
+          <t>9786254352034</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında Tebliğ ve Davet</t>
+          <t>Sigorta Sistemleri Çalıştayı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751963826</t>
+          <t>9786254355936</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
+          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057730640</t>
+          <t>9786254355356</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057519177</t>
+          <t>9786254350764</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
+          <t>İslamda Meleklere İman Rusça</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057730619</t>
+          <t>9786254352423</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Niçin İnanıyorum?</t>
+          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254351761</t>
+          <t>9786254352386</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
+          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257396325</t>
+          <t>9786254352454</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Glaube</t>
+          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254350467</t>
+          <t>9786254352362</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
+          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751947802</t>
+          <t>9786057519603</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali</t>
+          <t>Koruyucu Aile</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057751997</t>
+          <t>9789751959584</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri</t>
+          <t>Temel Dini Bilgiler Japonca</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057519528</t>
+          <t>9786057730077</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751964045</t>
+          <t>9786057519047</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
+          <t>İslam Hukukunda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000051684</t>
+          <t>9789751936363</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
+          <t>Uncovering İslam</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751933768</t>
+          <t>9789751962973</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
+          <t>Peygamberlere İman (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1650</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257137447</t>
+          <t>9789751940629</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Sünnetin Işığında Tebliğ ve Davet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057519597</t>
+          <t>9789751963826</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
+          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057519757</t>
+          <t>9786057730640</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuran Öğreniyorum</t>
+          <t>40 Ayette Ailemiz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254358449</t>
+          <t>9786057519177</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yiyenler</t>
+          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>105</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254357626</t>
+          <t>9786057730619</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Saate</t>
+          <t>Niçin İnanıyorum?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254359231</t>
+          <t>9786254351761</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
+          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255792037</t>
+          <t>9786257396325</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Aile Ahlakı</t>
+          <t>Islamisches Grundwissen Meine Glaube</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254358562</t>
+          <t>9786254350467</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şiirim Bulut Olsa</t>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>55</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056367403</t>
+          <t>9789751947802</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Şafii İlmihali</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254357121</t>
+          <t>9786057751997</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bi Dünya İnsan</t>
+          <t>Bir Seyyahın Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254357107</t>
+          <t>9786057519528</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>En Lezzetli Dünya Turu</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254357138</t>
+          <t>9789751964045</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Dünya</t>
+          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254357114</t>
+          <t>3990000051684</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En İlginç Kafilesi</t>
+          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254357091</t>
+          <t>9789751933768</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Kulağa Oynayan Dünya</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254355875</t>
+          <t>9786257137447</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hureyre’nin Merakı</t>
+          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254355868</t>
+          <t>9786057519597</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Muhafızları</t>
+          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254355851</t>
+          <t>9786057519757</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gamame’nin Özel Görevi</t>
+          <t>Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254355844</t>
+          <t>9786254358449</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Demir Gaga ve Hapşırık</t>
+          <t>Zaman Yiyenler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>45</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254354571</t>
+          <t>9786254357626</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
+          <t>Bak Şu Saate</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751965370</t>
+          <t>9786254359231</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
+          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257137577</t>
+          <t>9786255792037</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
+          <t>Peygamberimiz ve Aile Ahlakı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751966735</t>
+          <t>9786254358562</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
+          <t>Şiirim Bulut Olsa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254356551</t>
+          <t>9786056367403</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Elifba Kuran Öğreniyorum</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254357633</t>
+          <t>9786254357121</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
+          <t>Bi Dünya İnsan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>285</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254358463</t>
+          <t>9786254357107</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit</t>
+          <t>En Lezzetli Dünya Turu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>480</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751963819</t>
+          <t>9786254357138</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>İyileşen Dünya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751963123</t>
+          <t>9786254357114</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
+          <t>Dünyanın En İlginç Kafilesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751960504</t>
+          <t>9786254357091</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
+          <t>Kulaktan Kulağa Oynayan Dünya</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751902290</t>
+          <t>9786254355875</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
+          <t>Hureyre’nin Merakı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751963161</t>
+          <t>9786254355868</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlüğü</t>
+          <t>Mağaranın Muhafızları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751968029</t>
+          <t>9786254355851</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Farabi (el-Muallimu's-Sani)</t>
+          <t>Gamame’nin Özel Görevi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751956194</t>
+          <t>9786254355844</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
+          <t>Demir Gaga ve Hapşırık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254358586</t>
+          <t>9786254354571</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman b. Avf</t>
+          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254358487</t>
+          <t>9789751965370</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Ömer</t>
+          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254358494</t>
+          <t>9786257137577</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma bint Ebu Bekir</t>
+          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254350726</t>
+          <t>9789751966735</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İslamda Kitaplara İman Rusça</t>
+          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257396868</t>
+          <t>9786254356551</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
+          <t>Elifba Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751964915</t>
+          <t>9786254357633</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
+          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>295</v>
+        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751953346</t>
+          <t>9786254358463</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
+          <t>Üç Mescit</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>135</v>
+        <v>480</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751955616</t>
+          <t>9789751963819</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy)</t>
+          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751965127</t>
+          <t>9789751963123</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751969644</t>
+          <t>9789751960504</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayata Dair Dualar</t>
+          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751963918</t>
+          <t>9789751902290</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Rusça</t>
+          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751937191</t>
+          <t>9789751963161</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ümit Kuşağı</t>
+          <t>Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254358111</t>
+          <t>9789751968029</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
+          <t>Farabi (el-Muallimu's-Sani)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254357374</t>
+          <t>9789751956194</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Engel Yoktur</t>
+          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254358470</t>
+          <t>9786254358586</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hayata Kalbiyle Dokunur İnsan</t>
+          <t>Hz. Abdurrahman b. Avf</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254358074</t>
+          <t>9786254358487</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
+          <t>Hz. Abdullah b. Ömer</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254357961</t>
+          <t>9786254358494</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu</t>
+          <t>Hz. Esma bint Ebu Bekir</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254358685</t>
+          <t>9786254350726</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
+          <t>İslamda Kitaplara İman Rusça</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751916037</t>
+          <t>9786257396868</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Örnek Vaazlar (2 Cilt Takım)</t>
+          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257137300</t>
+          <t>9789751964915</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
+          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751900838</t>
+          <t>9789751953346</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057519856</t>
+          <t>9789751955616</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Matüridi</t>
+          <t>Kur'an Yolu Meali (Hafız Boy)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751967688</t>
+          <t>9789751965127</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751963185</t>
+          <t>9789751969644</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi Endüstrisi</t>
+          <t>Günlük Hayata Dair Dualar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254352409</t>
+          <t>9789751963918</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
+          <t>Temel Dini Bilgiler Rusça</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>65</v>
+        <v>165</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751964625</t>
+          <t>9789751937191</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi Rehberi (Ciltli)</t>
+          <t>Ümit Kuşağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>85</v>
+        <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751960238</t>
+          <t>9786254358111</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ailem Serisi 1</t>
+          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751953452</t>
+          <t>9786254357374</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dini Danışma ve Rehberlik</t>
+          <t>Sevgiye Engel Yoktur</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>165</v>
+        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751969927</t>
+          <t>9786254358470</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
+          <t>Hayata Kalbiyle Dokunur İnsan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>820</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751951755</t>
+          <t>9786254358074</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an Okuma Rehberi</t>
+          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751967886</t>
+          <t>9786254357961</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Pencereyi Işığa Açmak</t>
+          <t>Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257137478</t>
+          <t>9786254358685</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Çocuk</t>
+          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257396073</t>
+          <t>9789751916037</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
+          <t>Örnek Vaazlar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751970312</t>
+          <t>9786257137300</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
+          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254353123</t>
+          <t>9789751900838</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
+          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751969910</t>
+          <t>9786057519856</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
+          <t>Matüridi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>27.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751965714</t>
+          <t>9789751967688</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000016910</t>
+          <t>9789751963185</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
+          <t>İslamofobi Endüstrisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257137089</t>
+          <t>9786254352409</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751933935</t>
+          <t>9789751964625</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Evrensel Mesajı</t>
+          <t>Din Görevlisi Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>85</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751958686</t>
+          <t>9789751960238</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Ailem Serisi 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254355240</t>
+          <t>9789751953452</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi</t>
+          <t>Dini Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751968081</t>
+          <t>9789751969927</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
+          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>325</v>
+        <v>820</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751960467</t>
+          <t>9789751951755</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Masal Kitabım (Ciltli)</t>
+          <t>Tecvidli Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>42</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257396097</t>
+          <t>9789751967886</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Dirilmek</t>
+          <t>Pencereyi Işığa Açmak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257137669</t>
+          <t>9786254358050</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yolu Güzel Yürümek</t>
+          <t>Düşünüyorum O Halde !</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254353864</t>
+          <t>9786257137478</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
+          <t>Peygamberimiz ve Çocuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057519214</t>
+          <t>9786257396073</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
+          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751959836</t>
+          <t>9789751970312</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
+          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257779319</t>
+          <t>9786254353123</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle O’nu Anlamak</t>
+          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257396103</t>
+          <t>9789751969910</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlam Dünyası</t>
+          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>125</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751967558</t>
+          <t>9789751965714</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan (Ciltli)</t>
+          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751962225</t>
+          <t>3990000016910</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
+          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751932051</t>
+          <t>9786257137089</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kamil Miras Hayatı ve Eserleri</t>
+          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751963192</t>
+          <t>9789751933935</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
+          <t>Hz. Muhammed ve Evrensel Mesajı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751941282</t>
+          <t>9789751958686</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057519924</t>
+          <t>9786254355240</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
+          <t>Hz. Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254354472</t>
+          <t>9789751968081</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254354533</t>
+          <t>9789751960467</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Masal Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254354496</t>
+          <t>9786257396097</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Kur'an İle Dirilmek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254351693</t>
+          <t>9786257137669</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Mahremiyet Bilinci</t>
+          <t>Yolu Güzel Yürümek</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751968067</t>
+          <t>9786254353864</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Okulda Birtakım İşler (Ciltli)</t>
+          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257779852</t>
+          <t>9786057519214</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
+          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257137379</t>
+          <t>9789751959836</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ayine</t>
+          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057730626</t>
+          <t>9786257779319</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>O'nun Gibi Yaşamak</t>
+          <t>Hadislerle O’nu Anlamak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751970183</t>
+          <t>9786257396103</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Yaşı Yoktur</t>
+          <t>Kur'an'ın Anlam Dünyası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751970282</t>
+          <t>9789751967558</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile</t>
+          <t>Pir-i Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254354434</t>
+          <t>9789751962225</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254354540</t>
+          <t>9789751932051</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Kamil Miras Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254350931</t>
+          <t>9789751963192</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
+          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257137553</t>
+          <t>9789751941282</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
+          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254351952</t>
+          <t>9786057519924</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254350948</t>
+          <t>9786254354472</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254353949</t>
+          <t>9786254354533</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254353970</t>
+          <t>9786254354496</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254353956</t>
+          <t>9786254351693</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Das Fasten Der Segen Des Ramadan</t>
+          <t>Sorularla Mahremiyet Bilinci</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254353925</t>
+          <t>9789751968067</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Propheten im Islam</t>
+          <t>Okulda Birtakım İşler (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254353918</t>
+          <t>9786257779852</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Engel im Islam</t>
+          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254353871</t>
+          <t>9786257137379</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Die Familie im Islam</t>
+          <t>Ayine</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254353932</t>
+          <t>9786057730626</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Die Gute Moral im Islam</t>
+          <t>O'nun Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254353895</t>
+          <t>9789751970183</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Allah im Islam</t>
+          <t>İyiliğin Yaşı Yoktur</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254353888</t>
+          <t>9789751970282</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Die Pilgerfahrt Eine Heilige Reise</t>
+          <t>Hadislerle Aile</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254353901</t>
+          <t>9786254354434</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254353710</t>
+          <t>9786254354540</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Religiöses Grundwissen</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257779722</t>
+          <t>9786254350931</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
+          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751902818</t>
+          <t>9786257137553</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751962256</t>
+          <t>9786254351952</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
+          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1995</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753891356</t>
+          <t>9786254350948</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Tire</t>
+          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751970695</t>
+          <t>9786254353949</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Rahman'ın Kadın Kulları</t>
+          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751970688</t>
+          <t>9786254353970</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753898874</t>
+          <t>9786254353956</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Anne-Baba (Ciltli)</t>
+          <t>Das Fasten Der Segen Des Ramadan</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751970718</t>
+          <t>9786254353925</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hafız (3 Cilt Takım)</t>
+          <t>Der Glaube an Die Propheten im Islam</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000046126</t>
+          <t>9786254353918</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>Der Glaube an Die Engel im Islam</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257396110</t>
+          <t>9786254353871</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe</t>
+          <t>Die Familie im Islam</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057751829</t>
+          <t>9786254353932</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
+          <t>Die Gute Moral im Islam</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254355905</t>
+          <t>9786254353895</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Meryem Ve İyilik Ekibi</t>
+          <t>Der Glaube an Allah im Islam</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254355912</t>
+          <t>9786254353888</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Arkadaşı Nisa</t>
+          <t>Die Pilgerfahrt Eine Heilige Reise</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254355899</t>
+          <t>9786254353901</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Kuşu Pıtırcık</t>
+          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057519160</t>
+          <t>9786254353710</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu</t>
+          <t>Religiöses Grundwissen</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057730954</t>
+          <t>9786257779722</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ay Işıyınca</t>
+          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254353062</t>
+          <t>9789751902818</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Esma-i Hüsna</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254357251</t>
+          <t>9789751962256</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
+          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>75</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751964632</t>
+          <t>9789753891356</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
+          <t>Türk Kültüründe Tire</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254357244</t>
+          <t>9789751970695</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aile Medeniyetimiz</t>
+          <t>Rahman'ın Kadın Kulları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254355172</t>
+          <t>9789751970688</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Canım Ramazan</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254353017</t>
+          <t>9789753898874</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Misafirperver Orman</t>
+          <t>40 Hadiste Anne-Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254353000</t>
+          <t>9789751970718</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Adası</t>
+          <t>Hafız (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>30</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254355257</t>
+          <t>3990000046126</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254354526</t>
+          <t>9786257396110</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes b. Malik</t>
+          <t>Ters Köşe</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254354465</t>
+          <t>9786057751829</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Seleme</t>
+          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>45</v>
+        <v>600</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254353048</t>
+          <t>9786254355905</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Süt Şişeleri</t>
+          <t>Meryem Ve İyilik Ekibi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254353024</t>
+          <t>9786254355912</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Selam Ülkesi</t>
+          <t>Meryem ve Arkadaşı Nisa</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254353055</t>
+          <t>9786254355899</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vitamin Sofrası</t>
+          <t>Meryem ve Kuşu Pıtırcık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057730947</t>
+          <t>9786057519160</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Biz Bize</t>
+          <t>Nurettin Topçu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>35</v>
+        <v>165</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057751942</t>
+          <t>9786057730954</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar</t>
+          <t>Ay Işıyınca</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057730978</t>
+          <t>9786254353062</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir?</t>
+          <t>Bulmacalarla Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751949806</t>
+          <t>9786254357251</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
+          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254350740</t>
+          <t>9789751964632</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz Rusça</t>
+          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257396875</t>
+          <t>9786254357244</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Hayatı Rusça</t>
+          <t>Aile Medeniyetimiz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254352126</t>
+          <t>9786254355172</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 2</t>
+          <t>Canım Ramazan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254352119</t>
+          <t>9786254353017</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 1</t>
+          <t>Misafirperver Orman</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257366038</t>
+          <t>9786254353000</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ailem Ailem 1</t>
+          <t>Arkadaşlık Adası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751966513</t>
+          <t>9786254355257</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şiddet</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000017454</t>
+          <t>9786254354526</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
+          <t>Hz. Enes b. Malik</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751965967</t>
+          <t>9786254354465</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Ukraynaca Meali</t>
+          <t>Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254357237</t>
+          <t>9786254353048</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hac Deyince</t>
+          <t>Süt Şişeleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>145</v>
+        <v>30</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254356582</t>
+          <t>9786254353024</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yolculuğu</t>
+          <t>Selam Ülkesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257137324</t>
+          <t>9786254353055</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Dini Sorular</t>
+          <t>Vitamin Sofrası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254356964</t>
+          <t>9786057730947</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlastaki Mavi Pencere</t>
+          <t>Biz Bize</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254355882</t>
+          <t>9786057751942</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Atçılık Oyunu</t>
+          <t>Kafama Takılanlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751969040</t>
+          <t>9786057730978</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Ateş Tiyatro</t>
+          <t>İslam Nedir?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254350153</t>
+          <t>9789751949806</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sözün Yankısı</t>
+          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057751737</t>
+          <t>9786254350740</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
+          <t>Müminin Miracı Namaz Rusça</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751960320</t>
+          <t>9786257396875</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Akrabalarım Var Ailem 6</t>
+          <t>Hz. Muhammedin Hayatı Rusça</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>16</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751960313</t>
+          <t>9786254352126</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ailemin İletişim Dili Ailem 7</t>
+          <t>Dini Bilgiler Soru Kitabı - 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751960306</t>
+          <t>9786254352119</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
+          <t>Dini Bilgiler Soru Kitabı - 1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257779678</t>
+          <t>9786257366038</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Çocuk Var Ailem 2</t>
+          <t>Ailem Ailem 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751960276</t>
+          <t>9789751966513</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751960269</t>
+          <t>3990000017454</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Genç Var Ailem 3</t>
+          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751960252</t>
+          <t>9789751965967</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Engelli Var Ailem 5</t>
+          <t>Kuranı Kerim ve Ukraynaca Meali</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>16</v>
+        <v>195</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751960245</t>
+          <t>9786254357237</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ailem Dağılmasın Ailem 11</t>
+          <t>Hac Deyince</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>16</v>
+        <v>145</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751970329</t>
+          <t>9786254356582</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
+          <t>Siyer Yolculuğu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751970541</t>
+          <t>9786257137324</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Allah'a İman</t>
+          <t>Gündemdeki Dini Sorular</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751970022</t>
+          <t>9786254356964</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tutunmanın Öyküsü</t>
+          <t>Orta Atlastaki Mavi Pencere</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751970558</t>
+          <t>9786254355882</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübarek Sefer Hac</t>
+          <t>Meryem ve Atçılık Oyunu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751970565</t>
+          <t>9789751969040</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kitaplara İman</t>
+          <t>Sinsi Ateş Tiyatro</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751966537</t>
+          <t>9786254350153</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
+          <t>Sözün Yankısı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751966438</t>
+          <t>9786057751737</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Güven Toplumu</t>
+          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751966490</t>
+          <t>9789751960320</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Onur ve İffet</t>
+          <t>Akrabalarım Var Ailem 6</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751966506</t>
+          <t>9789751960313</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık</t>
+          <t>Ailemin İletişim Dili Ailem 7</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751966483</t>
+          <t>9789751960306</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hakkı</t>
+          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751966452</t>
+          <t>9786257779678</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve İhsan</t>
+          <t>Ailemde Çocuk Var Ailem 2</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751966414</t>
+          <t>9789751960276</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751966445</t>
+          <t>9789751960269</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti</t>
+          <t>Ailemde Bir Genç Var Ailem 3</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751966476</t>
+          <t>9789751960252</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Taassup</t>
+          <t>Ailemde Bir Engelli Var Ailem 5</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751966469</t>
+          <t>9789751960245</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Terör</t>
+          <t>Ailem Dağılmasın Ailem 11</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751959874</t>
+          <t>9789751970329</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Allah İnsan Ve Merhamet</t>
+          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751960382</t>
+          <t>9789751970541</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
+          <t>İslam'da Allah'a İman</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751949189</t>
+          <t>9789751970022</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Anlamak</t>
+          <t>Tutunmanın Öyküsü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751932747</t>
+          <t>9789751970558</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
+          <t>Bir Mübarek Sefer Hac</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751966162</t>
+          <t>9789751970565</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari (Ciltli)</t>
+          <t>İslam'da Kitaplara İman</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751962942</t>
+          <t>9789751966537</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kadere İman</t>
+          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751962959</t>
+          <t>9789751966438</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Güven Toplumu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751962904</t>
+          <t>9789751966490</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ahirete İman</t>
+          <t>Onur ve İffet</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751935694</t>
+          <t>9789751966506</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
+          <t>Irkçılık</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751966797</t>
+          <t>9789751966483</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı</t>
+          <t>Hayat Hakkı</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751950376</t>
+          <t>9789751966452</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Hayat</t>
+          <t>İyilik ve İhsan</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751964052</t>
+          <t>9789751966414</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751937001</t>
+          <t>9789751966445</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz İnsan ve Din</t>
+          <t>İslam Ümmeti</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751963697</t>
+          <t>9789751966476</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan</t>
+          <t>Taassup</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257396264</t>
+          <t>9789751966469</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
+          <t>Terör</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257779807</t>
+          <t>9789751959874</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hac</t>
+          <t>Allah İnsan Ve Merhamet</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257137126</t>
+          <t>9789751960382</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257137096</t>
+          <t>9789751949189</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Ezanı Anlamak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257779470</t>
+          <t>9789751932747</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
+          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257137355</t>
+          <t>9789751966162</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>O’na Gelene Engel Yoktur</t>
+          <t>Eş'ari (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057519184</t>
+          <t>9789751962942</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken</t>
+          <t>Kadere İman</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>18</v>
+        <v>75</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057751782</t>
+          <t>9789751962959</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Bilinci</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057751225</t>
+          <t>9789751962904</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dini Makalelerim</t>
+          <t>Ahirete İman</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751968937</t>
+          <t>9789751935694</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hatıraları</t>
+          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254357022</t>
+          <t>9789751966797</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahirete İman</t>
+          <t>Din İstismarı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257396844</t>
+          <t>9789751950376</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Tadilil Ulum (Arapça)</t>
+          <t>Din ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>295</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257137928</t>
+          <t>9789751964052</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yolu Meali Hafız Boy</t>
+          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751968449</t>
+          <t>9789751937001</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Kudüs</t>
+          <t>Peygamberimiz İnsan ve Din</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751956460</t>
+          <t>9789751963697</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
+          <t>İslam ve İnsan</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>28</v>
+        <v>65</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751953551</t>
+          <t>9786257396264</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in İzinde</t>
+          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254356599</t>
+          <t>9786257779807</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Necil Fazıl Kısakürek</t>
+          <t>Hac</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254356612</t>
+          <t>9786257137126</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde B.Cerrah</t>
+          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254356971</t>
+          <t>9786257137096</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 3</t>
+          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254356698</t>
+          <t>9786257779470</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
+          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751939500</t>
+          <t>9786257137355</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>O’na Gelene Engel Yoktur</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000042208</t>
+          <t>9786057519184</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>7.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257396301</t>
+          <t>9786057751782</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
+          <t>Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254351426</t>
+          <t>9786057751225</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Transhümanizm ve Din</t>
+          <t>Dini Makalelerim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254354229</t>
+          <t>9789751968937</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beka-yı Ruh</t>
+          <t>Sahabe Hatıraları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751967589</t>
+          <t>9786254357022</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
+          <t>İslam'da Ahirete İman</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751963109</t>
+          <t>9786257396844</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Güneş İle Kovalamaca (Ciltli)</t>
+          <t>Şerhu Tadilil Ulum (Arapça)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254354601</t>
+          <t>9786257137928</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
+          <t>Kuran Yolu Meali Hafız Boy</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254352997</t>
+          <t>9789751968449</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
+          <t>Selam Sana Ey Kudüs</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254355929</t>
+          <t>9789751956460</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
+          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254355950</t>
+          <t>9789751953551</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Patili ve Dostları</t>
+          <t>Hz. Peygamber’in İzinde</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254355790</t>
+          <t>9786254356599</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Necil Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254356490</t>
+          <t>9786254356612</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Hz. Ebu Ubeyde B.Cerrah</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254355288</t>
+          <t>9786254356971</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
+          <t>Kafama Takılanlar - 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254355776</t>
+          <t>9786254356698</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
+          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254356513</t>
+          <t>9789751939500</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>198</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254355752</t>
+          <t>3990000042208</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Kudüs</t>
+          <t>Hikaye Treni</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>45</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254356520</t>
+          <t>9786257396301</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254355226</t>
+          <t>9786254351426</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Abide Kubbeler</t>
+          <t>Yapay Zeka Transhümanizm ve Din</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254355080</t>
+          <t>9786254354229</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
+          <t>Ruh ve Beka-yı Ruh</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>12</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254355141</t>
+          <t>9789751967589</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Samimiyet</t>
+          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254354946</t>
+          <t>9789751963109</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
+          <t>Güneş İle Kovalamaca (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>12</v>
+        <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254355189</t>
+          <t>9786254354601</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ramazan</t>
+          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>15</v>
+        <v>295</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254355196</t>
+          <t>9786254352997</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Helal Kazanç</t>
+          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>15</v>
+        <v>295</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254355134</t>
+          <t>9786254355929</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Emanet ve Güven</t>
+          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>12</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254355035</t>
+          <t>9786254355950</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Patili ve Dostları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>12</v>
+        <v>215</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254355059</t>
+          <t>9786254355790</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Dilinden Dualar</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254355158</t>
+          <t>9786254356490</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Samimiyet</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254355097</t>
+          <t>9786254355288</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Merhamet</t>
+          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>12</v>
+        <v>290</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254355127</t>
+          <t>9786254355776</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İyilik</t>
+          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254355202</t>
+          <t>9786254356513</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Hz. Peygamber</t>
+          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>25</v>
+        <v>198</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254355073</t>
+          <t>9786254355752</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>Ayet ve Hadislerle Kudüs</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254356445</t>
+          <t>9786254356520</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Neşeli İzciler</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254354922</t>
+          <t>9786254355226</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
+          <t>Abide Kubbeler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254351495</t>
+          <t>9786254355080</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
+          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>225</v>
+        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057519610</t>
+          <t>9786254355141</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe İlk Adım</t>
+          <t>40 Hadiste Samimiyet</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753898324</t>
+          <t>9786254354946</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette İyilik Kartelası</t>
+          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751965691</t>
+          <t>9786254355189</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri (Ciltli)</t>
+          <t>40 Hadiste Ramazan</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789751957528</t>
+          <t>9786254355196</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
+          <t>40 Hadiste Helal Kazanç</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751966988</t>
+          <t>9786254355134</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
+          <t>40 Hadiste Emanet ve Güven</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789751960221</t>
+          <t>9786254355035</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>275</v>
+        <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789751902115</t>
+          <t>9786254355059</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Peygamberin Dilinden Dualar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751967695</t>
+          <t>9786254355158</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
+          <t>40 Ayette Samimiyet</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>295</v>
+        <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257137935</t>
+          <t>9786254355097</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Rahle Boy)</t>
+          <t>40 Ayette Merhamet</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>800</v>
+        <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257779784</t>
+          <t>9786254355127</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>40 Ayette İyilik</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751969996</t>
+          <t>9786254355202</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
+          <t>40 Ayette Hz. Peygamber</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>550</v>
+        <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751970046</t>
+          <t>9786254355073</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Aksa</t>
+          <t>40 Ayette Ailemiz</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>195</v>
+        <v>12</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789751965813</t>
+          <t>9786254356445</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Büyük Boy)</t>
+          <t>Neşeli İzciler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>580</v>
+        <v>35</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254356438</t>
+          <t>9786254354922</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Ekibi</t>
+          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254356469</t>
+          <t>9786254351495</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi</t>
+          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254356452</t>
+          <t>9786057519610</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İbn Miskeveyh</t>
+          <t>Evliliğe İlk Adım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>185</v>
+        <v>30</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254356476</t>
+          <t>9789753898324</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Kırk Ayette İyilik Kartelası</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254356315</t>
+          <t>9789751965691</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
+          <t>Ahlak Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254356407</t>
+          <t>9789751957528</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gölgeler Dijital Evren</t>
+          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254356391</t>
+          <t>9789751966988</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayen Olsun</t>
+          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254356384</t>
+          <t>9789751960221</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
+          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>55</v>
+        <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254355820</t>
+          <t>9789751902115</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Söyler</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254356070</t>
+          <t>9789751967695</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Baba Okulu</t>
+          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254354663</t>
+          <t>9786257137935</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
+          <t>Kur’an Yolu Meali (Rahle Boy)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>195</v>
+        <v>800</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254355301</t>
+          <t>9786257779784</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Din Hukuk ve Teknoloji</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257137133</t>
+          <t>9789751969996</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
+          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>18</v>
+        <v>550</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254355974</t>
+          <t>9789751970046</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak</t>
+          <t>Kudüs ve Aksa</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254355967</t>
+          <t>9789751965813</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şipşak</t>
+          <t>Kur'an Yolu Meali (Büyük Boy)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>45</v>
+        <v>580</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254356377</t>
+          <t>9786254356438</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Kaidelerini Anlamak</t>
+          <t>Sıfır Atık Ekibi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254355714</t>
+          <t>9786254356469</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
+          <t>Sühreverdi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254355745</t>
+          <t>9786254356452</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Öykü Zamanı Oyun Zamanı</t>
+          <t>İbn Miskeveyh</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254355813</t>
+          <t>9786254356476</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254355783</t>
+          <t>9786254356315</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta’nın Yolunda - 1</t>
+          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254355806</t>
+          <t>9786254356407</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Öncü Şahsiyetler</t>
+          <t>Yeni Gölgeler Dijital Evren</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254355349</t>
+          <t>9786254356391</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Lisan-ı Kalp</t>
+          <t>Bir Hikayen Olsun</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254355332</t>
+          <t>9786254356384</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İrfan Şiirleri Antolojisi</t>
+          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>195</v>
+        <v>55</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254353758</t>
+          <t>9786254355820</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satıra</t>
+          <t>Atalar Ne Söyler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751948915</t>
+          <t>9786254356070</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kitabımı Öğreniyorum</t>
+          <t>Baba Okulu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254355264</t>
+          <t>9786254354663</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
+          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>45</v>
+        <v>195</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254354564</t>
+          <t>9786254355301</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler IV</t>
+          <t>Din Hukuk ve Teknoloji</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786254355271</t>
+          <t>9786257137133</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
+          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>265</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254355295</t>
+          <t>9786254355974</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Halden Anlayanlar</t>
+          <t>Bir De Buradan Bak</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254352287</t>
+          <t>9786254355967</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
+          <t>Meraklı Şipşak</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>135</v>
+        <v>45</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254355707</t>
+          <t>9786254356377</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
+          <t>Mecelle Kaidelerini Anlamak</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254355325</t>
+          <t>9786254355714</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254355318</t>
+          <t>9786254355745</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Nuri Pakdil</t>
+          <t>Öykü Zamanı Oyun Zamanı</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254354915</t>
+          <t>9786254355813</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
+          <t>Sezai Karakoç</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254355219</t>
+          <t>9786254355783</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah B. Mesud</t>
+          <t>İbn Battuta’nın Yolunda - 1</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254354199</t>
+          <t>9786254355806</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
+          <t>Öncü Şahsiyetler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254354588</t>
+          <t>9786254355349</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Vaizlerinin Hatıraları</t>
+          <t>Lisan-ı Kalp</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254354595</t>
+          <t>9786254355332</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıkla Mücadele Hatıraları</t>
+          <t>İrfan Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254354502</t>
+          <t>9786254353758</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa’d b. Ebu Vakkas</t>
+          <t>Sadırdan Satıra</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254354557</t>
+          <t>9789751948915</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Abbas</t>
+          <t>Kitabımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254354489</t>
+          <t>9786254355264</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz b. Cebel</t>
+          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254354441</t>
+          <t>9786254354564</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd B. Sabit</t>
+          <t>Minberden Öğütler IV</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>40</v>
+        <v>295</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254354458</t>
+          <t>9786254355271</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr B. Avvam</t>
+          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>40</v>
+        <v>265</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254354519</t>
+          <t>9786254355295</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abbas</t>
+          <t>Halden Anlayanlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254354328</t>
+          <t>9786254352287</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
+          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254354649</t>
+          <t>9786254355707</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kumbaram</t>
+          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>105</v>
+        <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254354656</t>
+          <t>9786254355325</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kainatta Harika Şeyler Oluyor</t>
+          <t>Sezai Karakoç</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057751317</t>
+          <t>9786254355318</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve Kerbela</t>
+          <t>Nuri Pakdil</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254354380</t>
+          <t>9786254354915</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
+          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254354366</t>
+          <t>9786254355219</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çevre Ahlakı</t>
+          <t>Hz. Abdullah B. Mesud</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254354243</t>
+          <t>9786254354199</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Alemin Göz Bebeği İnsan</t>
+          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257779425</t>
+          <t>9786254354588</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
+          <t>Cezaevi Vaizlerinin Hatıraları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254354267</t>
+          <t>9786254354595</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetin Sembolü Kurban</t>
+          <t>Bağımlılıkla Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254354960</t>
+          <t>9786254354502</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
+          <t>Hz. Sa’d b. Ebu Vakkas</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254354335</t>
+          <t>9786254354557</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Usul-i Fıkhın Dayandığı İlimler</t>
+          <t>Hz. Abdullah b. Abbas</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257137102</t>
+          <t>9786254354489</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
+          <t>Hz. Muaz b. Cebel</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257137140</t>
+          <t>9786254354441</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Hz. Zeyd B. Sabit</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254354212</t>
+          <t>9786254354458</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
+          <t>Hz. Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254354632</t>
+          <t>9786254354519</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet</t>
+          <t>Hz. Abbas</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254354236</t>
+          <t>9786254354328</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254354342</t>
+          <t>9786254354649</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Medya Ahlakı</t>
+          <t>Hikaye Kumbaram</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>50</v>
+        <v>105</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254355028</t>
+          <t>9786254354656</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Dayanışma</t>
+          <t>Kainatta Harika Şeyler Oluyor</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>30</v>
+        <v>115</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254354205</t>
+          <t>9786057751317</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İdeal İnsan</t>
+          <t>Ehl-i Beyt ve Kerbela</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254354373</t>
+          <t>9786254354380</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tebliğ Davet ve İrşad</t>
+          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>85</v>
+        <v>295</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254354281</t>
+          <t>9786254354366</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Helal - Haram Duyarlılığı</t>
+          <t>Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254351549</t>
+          <t>9786254354243</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Alemin Göz Bebeği İnsan</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254354274</t>
+          <t>9786257779425</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları Cilt IV</t>
+          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254354021</t>
+          <t>9786254354267</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ateistlerin Yanılgıları</t>
+          <t>Teslimiyetin Sembolü Kurban</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254352492</t>
+          <t>9786254354960</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
+          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254353703</t>
+          <t>9786254354335</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Cami ve İrşad</t>
+          <t>Usul-i Fıkhın Dayandığı İlimler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254352393</t>
+          <t>9786257137102</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
+          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254352324</t>
+          <t>9786257137140</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
+          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254354359</t>
+          <t>9786254354212</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Belagatı ve İ'cazı</t>
+          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254354113</t>
+          <t>9786254354632</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
+          <t>İslam Düşüncesinde Hikmet</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254354120</t>
+          <t>9786254354236</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Kadim Sorular</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254354038</t>
+          <t>9786254354342</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Vahiyden Hayata</t>
+          <t>Medya Ahlakı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254352270</t>
+          <t>9786254355028</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
+          <t>Ramazan ve Dayanışma</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254353369</t>
+          <t>9786254354205</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
+          <t>İdeal İnsan</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>145</v>
+        <v>35</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254354052</t>
+          <t>9786254354373</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Anne Arı Neredeymiş ?</t>
+          <t>İslam’da Tebliğ Davet ve İrşad</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254354069</t>
+          <t>9786254354281</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Köpek Suyu Nasıl İçmiş?</t>
+          <t>Müslümanların Helal - Haram Duyarlılığı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254354076</t>
+          <t>9786254351549</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kaya Kuşu Kimmiş ?</t>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254354083</t>
+          <t>9786254354274</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Horoz Neden Ötüyormuş ?</t>
+          <t>Milli Mücadelede Din Adamları Cilt IV</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254354090</t>
+          <t>9786254354021</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Ne Görmüş ?</t>
+          <t>Yeni Ateistlerin Yanılgıları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254353345</t>
+          <t>9786254352492</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Peygamberim</t>
+          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254353697</t>
+          <t>9786254353703</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Adım Adım Hacca</t>
+          <t>Peygamberimiz Cami ve İrşad</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254353352</t>
+          <t>9786254352393</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir Din Ne Değildir?</t>
+          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254352980</t>
+          <t>9786254352324</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
+          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254353727</t>
+          <t>9786254354359</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Kardeşliği</t>
+          <t>Kur'an'ın Belagatı ve İ'cazı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254352089</t>
+          <t>9786254354113</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254352065</t>
+          <t>9786254354120</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha b. Ubeydullah</t>
+          <t>Postmodern Çağda Kadim Sorular</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254352072</t>
+          <t>9786254354038</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Eymen</t>
+          <t>Vahiyden Hayata</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254352102</t>
+          <t>9786254352270</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer b. Ebu Talip</t>
+          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254352027</t>
+          <t>9786254353369</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hz. Üsame b. Zeyd</t>
+          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254352096</t>
+          <t>9786254354052</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid b. Velid</t>
+          <t>Anne Arı Neredeymiş ?</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258122343</t>
+          <t>9786254354069</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
+          <t>Köpek Suyu Nasıl İçmiş?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>1170</v>
+        <v>55</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254352041</t>
+          <t>9786254354076</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
+          <t>Kaya Kuşu Kimmiş ?</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254350443</t>
+          <t>9786254354083</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
+          <t>Horoz Neden Ötüyormuş ?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254353031</t>
+          <t>9786254354090</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bambu Dev ile Gökçe Kız</t>
+          <t>Çekirge Ne Görmüş ?</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254352171</t>
+          <t>9786254353345</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 2</t>
+          <t>Şiirlerle Peygamberim</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057751966</t>
+          <t>9786254353697</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Hurafeler</t>
+          <t>Hadislerle Adım Adım Hacca</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254351853</t>
+          <t>9786254353352</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Doğruluk</t>
+          <t>Din Nedir Din Ne Değildir?</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254351860</t>
+          <t>9786254352980</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Doğruluk</t>
+          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254352188</t>
+          <t>9786254353727</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 2</t>
+          <t>İslam Kardeşliği</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254352201</t>
+          <t>9786254352089</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 10</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254352218</t>
+          <t>9786254352065</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 9</t>
+          <t>Hz. Talha b. Ubeydullah</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254352195</t>
+          <t>9786254352072</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 5</t>
+          <t>Hz. Ümmü Eymen</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>45</v>
+        <v>36</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254352225</t>
+          <t>9786254352102</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 3</t>
+          <t>Hz. Cafer b. Ebu Talip</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254352249</t>
+          <t>9786254352027</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Bak Zatına</t>
+          <t>Hz. Üsame b. Zeyd</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254351822</t>
+          <t>9786254352096</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Askere Temel Dini Bilgiler</t>
+          <t>Hz. Halid b. Velid</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254352232</t>
+          <t>9786258122343</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İrfan Söyleşileri</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>50</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254351013</t>
+          <t>9786254352041</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Temel Kavramları I-II Takım</t>
+          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>185</v>
+        <v>60</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257137034</t>
+          <t>9786254350443</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ahiret Bilinci</t>
+          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257137010</t>
+          <t>9786254353031</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ahiret Bilinci</t>
+          <t>Bambu Dev ile Gökçe Kız</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254351525</t>
+          <t>9786254352171</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler I</t>
+          <t>Kafama Takılanlar - 2</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254351501</t>
+          <t>9786057751966</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığında - Denemeler</t>
+          <t>Geçmişten Günümüze Hurafeler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254351532</t>
+          <t>9786254351853</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler II</t>
+          <t>40 Hadiste Doğruluk</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254351006</t>
+          <t>9786254351860</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kader ve Kaza İnancı</t>
+          <t>40 Ayette Doğruluk</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254351662</t>
+          <t>9786254352188</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Biz Gençlere Dair 2</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254350993</t>
+          <t>9786254352201</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
+          <t>Biz Gençlere Dair 10</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254351433</t>
+          <t>9786254352218</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 8</t>
+          <t>Biz Gençlere Dair 9</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254351600</t>
+          <t>9786254352195</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
+          <t>Biz Gençlere Dair 5</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254350986</t>
+          <t>9786254352225</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
+          <t>Biz Gençlere Dair 3</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254351594</t>
+          <t>9786254352249</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
+          <t>Hoşça Bak Zatına</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254351587</t>
+          <t>9786254351822</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Selam Şehri Kudüs</t>
+          <t>Askere Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254351440</t>
+          <t>9786254352232</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 7</t>
+          <t>İrfan Söyleşileri</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254352058</t>
+          <t>9786254351013</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ramazan ve Oruç</t>
+          <t>Kuranın Temel Kavramları I-II Takım</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254351471</t>
+          <t>9786257137034</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 6</t>
+          <t>40 Ayette Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254351570</t>
+          <t>9786257137010</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ahlakı</t>
+          <t>40 Hadiste Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254350450</t>
+          <t>9786254351525</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
+          <t>Yarıda Kalan Öyküler I</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>34</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254351457</t>
+          <t>9786254351501</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 4</t>
+          <t>Gün Işığında - Denemeler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254351419</t>
+          <t>9786254351532</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Öncüsü Celal Hoca</t>
+          <t>Yarıda Kalan Öyküler II</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>125</v>
+        <v>34</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254351518</t>
+          <t>9786254351006</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Mehtabın Işığında -Denemeler-</t>
+          <t>İslam'da Kader ve Kaza İnancı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254351464</t>
+          <t>9786254351662</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 1</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254351655</t>
+          <t>9786254350993</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ömer Nasuhi Bilmen</t>
+          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254350207</t>
+          <t>9786254351433</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
+          <t>Biz Gençlere Dair 8</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254350115</t>
+          <t>9786254351600</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Vefa Toplumu</t>
+          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254350979</t>
+          <t>9786254350986</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ticaret Ahlakı</t>
+          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789751970190</t>
+          <t>9786254351594</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Şerefeddin Yaltkaya</t>
+          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057730053</t>
+          <t>9786254351587</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
+          <t>Selam Şehri Kudüs</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257137652</t>
+          <t>9786254351440</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ma Famille (Ailem Fransızca)</t>
+          <t>Biz Gençlere Dair 7</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789751969217</t>
+          <t>9786254352058</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>My Family (Ailem İngilizce)</t>
+          <t>İnsan Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789751944894</t>
+          <t>9786254351471</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
+          <t>Biz Gençlere Dair 6</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257396257</t>
+          <t>9786254351570</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
+          <t>Bilim Ahlakı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254350313</t>
+          <t>9786254350450</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Özü Dua</t>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254350023</t>
+          <t>9786254351457</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Salgını Sürecinde Vefa</t>
+          <t>Biz Gençlere Dair 4</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257137706</t>
+          <t>9786254351419</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
+          <t>Bir Neslin Öncüsü Celal Hoca</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254350399</t>
+          <t>9786254351518</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Mehtabın Işığında -Denemeler-</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789751969026</t>
+          <t>9786254351464</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman</t>
+          <t>Biz Gençlere Dair 1</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789751970213</t>
+          <t>9786254351655</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Elif Ba</t>
+          <t>Ömer Nasuhi Bilmen</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057519832</t>
+          <t>9786254350207</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli Kuran</t>
+          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>38</v>
+        <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789751944948</t>
+          <t>9786254350115</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Peygamberimiz ve Vefa Toplumu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>95</v>
+        <v>28</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789751969972</t>
+          <t>9786254350979</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Hadislerde Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>1250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751969965</t>
+          <t>9789751970190</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Mehmet Şerefeddin Yaltkaya</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>890</v>
+        <v>30</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254350382</t>
+          <t>9786057730053</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
+          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257137058</t>
+          <t>9786257137652</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Göç ve İnsanlık</t>
+          <t>Ma Famille (Ailem Fransızca)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>28</v>
+        <v>140</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257137171</t>
+          <t>9789751969217</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
+          <t>My Family (Ailem İngilizce)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>36</v>
+        <v>140</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257137218</t>
+          <t>9789751944894</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Genç Hutbeler</t>
+          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>95</v>
+        <v>32</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059962872</t>
+          <t>9786257396257</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Fetö PYD</t>
+          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>28</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789751952745</t>
+          <t>9786254350313</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
+          <t>Kulluğun Özü Dua</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789751960344</t>
+          <t>9786254350023</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
+          <t>Koronavirüs Salgını Sürecinde Vefa</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789751970084</t>
+          <t>9786257137706</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ahlakı</t>
+          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254351204</t>
+          <t>9786254350399</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
+          <t>Kendine Geç Kalma</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257396578</t>
+          <t>9789751969026</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
+          <t>Peygamberlere İman</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751965998</t>
+          <t>9789751970213</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisinin Hatıra Defteri</t>
+          <t>İşitme Engellilere Özel Elif Ba</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257396608</t>
+          <t>9786057519832</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Darb-ı Mesel</t>
+          <t>Sözlerin En Güzeli Kuran</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254350955</t>
+          <t>9789751944948</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları Büyüteç Altında</t>
+          <t>Hikaye Treni</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>33</v>
+        <v>95</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751932730</t>
+          <t>9789751969972</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
+          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>65</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057519504</t>
+          <t>9789751969965</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Çıkmazı</t>
+          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>125</v>
+        <v>890</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254350375</t>
+          <t>9786254350382</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Vakti Gelmedi mi?</t>
+          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257137461</t>
+          <t>9786257137058</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Köpek ve Dostları</t>
+          <t>Göç ve İnsanlık</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751960290</t>
+          <t>9786257137171</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
+          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786057519764</t>
+          <t>9786257137218</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
+          <t>Genç Hutbeler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789751966261</t>
+          <t>9786059962872</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
+          <t>Farklı Boyutlarıyla Fetö PYD</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254352256</t>
+          <t>9789751952745</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
+          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751903518</t>
+          <t>9789751960344</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
+          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789751932716</t>
+          <t>9789751970084</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Satanizm</t>
+          <t>Eğitim Ahlakı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786057751973</t>
+          <t>9786254351204</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254351716</t>
+          <t>9786257396578</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Diyor ki…</t>
+          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254351273</t>
+          <t>9789751965998</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
+          <t>Din Görevlisinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>1650</v>
+        <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254351846</t>
+          <t>9786257396608</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk - Özü Sözü Bir Olmak</t>
+          <t>Darb-ı Mesel</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257396769</t>
+          <t>9786254350955</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Çevre Sorunları Büyüteç Altında</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>60</v>
+        <v>33</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254350221</t>
+          <t>9789751932730</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
+          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254350238</t>
+          <t>9786057519504</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
+          <t>Ateizm Çıkmazı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254350269</t>
+          <t>9786254350375</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
+          <t>Vakti Gelmedi mi?</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254350245</t>
+          <t>9786257137461</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
+          <t>Akıllı Köpek ve Dostları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254350252</t>
+          <t>9789751960290</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
+          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257396431</t>
+          <t>9786057519764</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257396554</t>
+          <t>9789751966261</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
+          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>36</v>
+        <v>295</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257396547</t>
+          <t>9786254352256</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyası</t>
+          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257396561</t>
+          <t>9789751903518</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
+          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257396295</t>
+          <t>9789751932716</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Niçin İbadet Ediyorum?</t>
+          <t>Satanizm</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257396233</t>
+          <t>9786057751973</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Tipleri</t>
+          <t>Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>30</v>
+        <v>11</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257779760</t>
+          <t>9786254351716</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatları</t>
+          <t>Hz. Ali Diyor ki…</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257779869</t>
+          <t>9786254351273</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
+          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>245</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257396240</t>
+          <t>9786254351846</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
+          <t>Doğruluk - Özü Sözü Bir Olmak</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257779890</t>
+          <t>9786257396769</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ahlakı</t>
+          <t>Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>24</v>
+        <v>60</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257396080</t>
+          <t>9786254350221</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gül Gezegeni (Ciltli)</t>
+          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257396127</t>
+          <t>9786254350238</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Yaşamak</t>
+          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257137560</t>
+          <t>9786254350269</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kakao Ağacı (Ciltli)</t>
+          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257779982</t>
+          <t>9786254350245</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
+          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257779975</t>
+          <t>9786254350252</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
+          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257779388</t>
+          <t>9786257396431</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İneklerin Gösterisi - Kukla Misket</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257779395</t>
+          <t>9786257396554</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
+          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>55</v>
+        <v>36</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257779418</t>
+          <t>9786257396547</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yumurtaların Peşinde - Kukla Misket</t>
+          <t>İslam Dünyası</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257779401</t>
+          <t>9786257396561</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ballı Şifa - Kukla Misket</t>
+          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257779371</t>
+          <t>9786257396295</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
+          <t>Niçin İbadet Ediyorum?</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789751969897</t>
+          <t>9786257396233</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kurban Sıkça Sorulanlar</t>
+          <t>Kur'an'da İnsan Tipleri</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257396059</t>
+          <t>9786257779760</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Minik Oruç Yıldızı (Ciltli)</t>
+          <t>Sahabe Hayatları</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257396066</t>
+          <t>9786257779869</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Hırka</t>
+          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>115</v>
+        <v>245</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257396158</t>
+          <t>9786257396240</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
+          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751969989</t>
+          <t>9786257779890</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
+          <t>Sosyal Medya Ahlakı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>495</v>
+        <v>24</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751955999</t>
+          <t>9786257396080</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan</t>
+          <t>Gül Gezegeni (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>40</v>
+        <v>130</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257779821</t>
+          <t>9786257396127</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Cami Ziyaretleri</t>
+          <t>Kur'an ve Sünnete Göre Yaşamak</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257366045</t>
+          <t>9786257137560</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Gölgesinde Bir Hayat</t>
+          <t>Kakao Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257366410</t>
+          <t>9786257779982</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Şifa Ayı Ramazan</t>
+          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257779791</t>
+          <t>9786257779975</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İnkar Bahaneleri</t>
+          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257366007</t>
+          <t>9786257779388</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
+          <t>İneklerin Gösterisi - Kukla Misket</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257779326</t>
+          <t>9786257779395</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Son Hurafe "Deizm"</t>
+          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257779364</t>
+          <t>9786257779418</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
+          <t>Yumurtaların Peşinde - Kukla Misket</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257779432</t>
+          <t>9786257779401</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve İbadet</t>
+          <t>Ballı Şifa - Kukla Misket</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257779487</t>
+          <t>9786257779371</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Ahlakı</t>
+          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257779654</t>
+          <t>9789751969897</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Canın ve Malın Sigortası Zekat</t>
+          <t>Kurban Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257779456</t>
+          <t>9786257396059</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Din</t>
+          <t>Minik Oruç Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>28</v>
+        <v>95</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257779449</t>
+          <t>9786257396066</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Hayat</t>
+          <t>Kıkırdayan Hırka</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>36</v>
+        <v>115</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257779340</t>
+          <t>9786257396158</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
+          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257137331</t>
+          <t>9789751969989</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Aile Örnekleri</t>
+          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>75</v>
+        <v>495</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257779333</t>
+          <t>9789751955999</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtuluş Hz. Musa</t>
+          <t>Erzurumlu İbrahim Hakkı Divan</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257137362</t>
+          <t>9786257779821</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyetin İzinde</t>
+          <t>Cami Ziyaretleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257137393</t>
+          <t>9786257366045</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Salgın Zamanında Manevi Destek</t>
+          <t>Ramazan Gölgesinde Bir Hayat</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786057751959</t>
+          <t>9786257366410</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bizi Kim Beğenecek</t>
+          <t>Şifa Ayı Ramazan</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257137454</t>
+          <t>9786257779791</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
+          <t>İnkar Bahaneleri</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257137911</t>
+          <t>9786257366007</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ahlakı</t>
+          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257137348</t>
+          <t>9786257779326</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Ana Konuları</t>
+          <t>Son Hurafe "Deizm"</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>36</v>
+        <v>100</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257137409</t>
+          <t>9786257779364</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l  Esir el - Cezeri</t>
+          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>36</v>
+        <v>70</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257137164</t>
+          <t>9786257779432</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Müslüman ve İbadet</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>55</v>
+        <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257137072</t>
+          <t>9786257779487</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Dijital Çağda İletişim Ahlakı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057751270</t>
+          <t>9786257779654</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İslam Adliye Teşkilatı</t>
+          <t>Canın ve Malın Sigortası Zekat</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257137157</t>
+          <t>9786257779456</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Müslüman ve Din</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789751963734</t>
+          <t>9786257779449</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Aile - Sıkça Sorulanlar</t>
+          <t>Müslüman ve Hayat</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257137416</t>
+          <t>9786257779340</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Cami ve İlim</t>
+          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254352461</t>
+          <t>9786257137331</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dinimi Öğreniyorum</t>
+          <t>Kur’an’da Aile Örnekleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257137041</t>
+          <t>9786257779333</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
+          <t>Esaretten Kurtuluş Hz. Musa</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257137225</t>
+          <t>9786257137362</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
+          <t>Kayıp Medeniyetin İzinde</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257137188</t>
+          <t>9786257137393</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>En Sağlam İp (Ciltli)</t>
+          <t>Salgın Zamanında Manevi Destek</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>115</v>
+        <v>28</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257137119</t>
+          <t>9786057751959</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
+          <t>Bizi Kim Beğenecek</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057751331</t>
+          <t>9786257137454</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
+          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>34</v>
+        <v>60</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257137005</t>
+          <t>9786257137911</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Satıh</t>
+          <t>Sanat Ahlakı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057751980</t>
+          <t>9786257137348</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
+          <t>Tasavvufun Ana Konuları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057751904</t>
+          <t>9786257137409</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Engelliler İlmihali</t>
+          <t>İbnü’l  Esir el - Cezeri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057751768</t>
+          <t>9786257137164</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
+          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057751720</t>
+          <t>9786257137072</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bakım ve Danışma Psikolojisi</t>
+          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057751171</t>
+          <t>9786057751270</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mihraba Adanmış Gönüller</t>
+          <t>İslam Adliye Teşkilatı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786057751249</t>
+          <t>9786257137157</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve İletişim Psikolojisi</t>
+          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786057751195</t>
+          <t>9789751963734</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
+          <t>Aile - Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057751744</t>
+          <t>9786257137416</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sorumluluk Bilinci</t>
+          <t>Cami ve İlim</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057751751</t>
+          <t>9786254352461</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Sorumluluk Bilinci</t>
+          <t>Etkinliklerle Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786057751218</t>
+          <t>9786257137041</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786057751232</t>
+          <t>9786257137225</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kaplan ve Dostları</t>
+          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789751969651</t>
+          <t>9786257137188</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İbadetlere Dair Dualar</t>
+          <t>En Sağlam İp (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>36</v>
+        <v>115</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057519573</t>
+          <t>9786257137119</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
+          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057730992</t>
+          <t>9786057751331</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
+          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057730497</t>
+          <t>9786257137005</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
+          <t>Bozuk Satıh</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057730930</t>
+          <t>9786057751980</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789751970510</t>
+          <t>9786057751904</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve Güven Bağlamında Aile</t>
+          <t>Sorulu Cevaplı Engelliler İlmihali</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057730572</t>
+          <t>9786057751768</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Siyer-i Nebi</t>
+          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057730503</t>
+          <t>9786057751720</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>“Ol”ma Yolunda</t>
+          <t>Manevi Bakım ve Danışma Psikolojisi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>50</v>
+        <v>27</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057730565</t>
+          <t>9786057751171</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Dini Bilgiler</t>
+          <t>Mihraba Adanmış Gönüller</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057751164</t>
+          <t>9786057751249</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Yetiştirirken</t>
+          <t>Sosyal Medya ve İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789751970527</t>
+          <t>9786057751195</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve İhsan Bağlamında Aile</t>
+          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057751201</t>
+          <t>9786057751744</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İslam Penceresinden Kadın</t>
+          <t>40 Hadiste Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057730602</t>
+          <t>9786057751751</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>40 Ayette Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057730596</t>
+          <t>9786057751218</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın İnanç Sorunları</t>
+          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057730510</t>
+          <t>9786057751232</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okumaları</t>
+          <t>Dedektif Kaplan ve Dostları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057519542</t>
+          <t>9789751969651</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
+          <t>İbadetlere Dair Dualar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>165</v>
+        <v>36</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057519900</t>
+          <t>9786057519573</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kitap Medeniyeti</t>
+          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>28</v>
+        <v>95</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057519511</t>
+          <t>9786057730992</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Dostu Hz. İbrahim</t>
+          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057519825</t>
+          <t>9786057730497</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hayata Merhaba</t>
+          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057519580</t>
+          <t>9786057730930</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Raptiye</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057580146</t>
+          <t>9789751970510</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>Sadakat ve Güven Bağlamında Aile</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789751969002</t>
+          <t>9786057730572</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
+          <t>Bulmacalarla Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789751969163</t>
+          <t>9786057730503</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Bir Çocuk</t>
+          <t>“Ol”ma Yolunda</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789751969187</t>
+          <t>9786057730565</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 1</t>
+          <t>Bulmacalarla Dini Bilgiler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>34</v>
+        <v>175</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789751969194</t>
+          <t>9786057751164</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 2</t>
+          <t>Çocuğumu Yetiştirirken</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751969156</t>
+          <t>9789751970527</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar Evinde Uyumak</t>
+          <t>Adalet ve İhsan Bağlamında Aile</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789751967428</t>
+          <t>9786057751201</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Namaz</t>
+          <t>İslam Penceresinden Kadın</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786059962964</t>
+          <t>9786057730602</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Meal ve Tefsiri</t>
+          <t>İnsanın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057519146</t>
+          <t>9786057730596</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 3</t>
+          <t>Modern Çağın İnanç Sorunları</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057519320</t>
+          <t>9786057730510</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
+          <t>Hayat Okumaları</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786059962858</t>
+          <t>9786057519542</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İnfak Hayatın Bereketi</t>
+          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>40</v>
+        <v>165</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059962933</t>
+          <t>9786057519900</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
+          <t>Kitap Medeniyeti</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751968890</t>
+          <t>9786057519511</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kahramanları</t>
+          <t>Allah'ın Dostu Hz. İbrahim</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789751970480</t>
+          <t>9786057519825</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hayata Dair</t>
+          <t>Hayata Merhaba</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>75</v>
+        <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751970503</t>
+          <t>9786057519580</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın</t>
+          <t>Raptiye</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789751970534</t>
+          <t>9786057580146</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz</t>
+          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751970572</t>
+          <t>9789751969002</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ramazanın Bereketi Oruç</t>
+          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751970442</t>
+          <t>9789751969163</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hac Sıkça Sorulan Sorular</t>
+          <t>Bir Dağ Bir Çocuk</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751963291</t>
+          <t>9789751969187</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
+          <t>Dünün Ardından - Denemeler 1</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751970299</t>
+          <t>9789751969194</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Yaşama Ahlakı</t>
+          <t>Dünün Ardından - Denemeler 2</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751970305</t>
+          <t>9789751969156</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Hikayeler</t>
+          <t>Ağıtlar Evinde Uyumak</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751970053</t>
+          <t>9789751967428</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikaye</t>
+          <t>Kulluk Bilinci ve Namaz</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789751970268</t>
+          <t>9786059962964</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Evlilik</t>
+          <t>Amme Cüzü Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789751970275</t>
+          <t>9786057519146</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk</t>
+          <t>Minberden Öğütler 3</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789751970244</t>
+          <t>9786057519320</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ne Eksik Ne Fazla</t>
+          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789751968999</t>
+          <t>9786059962858</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Özetidir Ömrün</t>
+          <t>İnfak Hayatın Bereketi</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789751968043</t>
+          <t>9786059962933</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751968821</t>
+          <t>9789751968890</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
+          <t>Oruç Kahramanları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751966407</t>
+          <t>9789751970480</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Hak Duyarlılığı</t>
+          <t>Gençlerle Hayata Dair</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751968906</t>
+          <t>9789751970503</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İsraf</t>
+          <t>Hadislerle Kadın</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751902047</t>
+          <t>9789751970534</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
+          <t>Müminin Miracı Namaz</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751964014</t>
+          <t>9789751970572</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam</t>
+          <t>Ramazanın Bereketi Oruç</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751963048</t>
+          <t>9789751970442</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
+          <t>Hac Sıkça Sorulan Sorular</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751964373</t>
+          <t>9789751963291</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi</t>
+          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751966391</t>
+          <t>9789751970299</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Aile Olmak (Ciltli)</t>
+          <t>Bir Arada Yaşama Ahlakı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751963529</t>
+          <t>9789751970305</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dedem Eve Dönüyor (Ciltli)</t>
+          <t>Kalbe Dokunan Hikayeler</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751964281</t>
+          <t>9789751970053</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
+          <t>Bitmeyen Hikaye</t>
         </is>
       </c>
       <c r="C618" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789751963703</t>
+          <t>9789751970268</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
+          <t>Hadislerle Evlilik</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751968197</t>
+          <t>9789751970275</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Terazinin Dili Tutulunca</t>
+          <t>Hadislerle Çocuk</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789751947581</t>
+          <t>9789751970244</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Unutulmasın</t>
+          <t>Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751962478</t>
+          <t>9789751968999</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
+          <t>Her Gün Özetidir Ömrün</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789751967480</t>
+          <t>9789751968043</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Oruç - Sıkça Sorulanlar</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751967541</t>
+          <t>9789751968821</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
+          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789751959270</t>
+          <t>9789751966407</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk (Ciltli)</t>
+          <t>Hak Duyarlılığı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789751962850</t>
+          <t>9789751968906</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Merhamet (Ciltli)</t>
+          <t>İsraf</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789751967091</t>
+          <t>9789751902047</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Tekrarı Yok</t>
+          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789751966759</t>
+          <t>9789751964014</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Çöl Masalı</t>
+          <t>Sorularla İslam</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751966780</t>
+          <t>9789751963048</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Gök Masalı</t>
+          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751966773</t>
+          <t>9789751964373</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Göl Masalı</t>
+          <t>Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751966766</t>
+          <t>9789751966391</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Köz Masalı</t>
+          <t>Aile Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751966278</t>
+          <t>9789751963529</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>Dedem Eve Dönüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789751966179</t>
+          <t>9789751964281</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Ciltli)</t>
+          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789751966247</t>
+          <t>9789751963703</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin 40 Kapısı</t>
+          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751960498</t>
+          <t>9789751968197</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
+          <t>Terazinin Dili Tutulunca</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789751960481</t>
+          <t>9789751947581</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kıtır ile Pıtır Hikaye Seti</t>
+          <t>Çanakkale Unutulmasın</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057519498</t>
+          <t>9789751962478</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Park</t>
+          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751964526</t>
+          <t>9789751967480</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Namazla Diriliş</t>
+          <t>Oruç - Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>90</v>
+        <v>22</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751963451</t>
+          <t>9789751967541</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
+          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751952578</t>
+          <t>9789751959270</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Kuran</t>
+          <t>Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751967497</t>
+          <t>9789751962850</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Merhamet (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>22</v>
+        <v>65</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751958396</t>
+          <t>9789751967091</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Divan Sunullah Gaybi (Ciltli)</t>
+          <t>Hayatın Tekrarı Yok</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751900166</t>
+          <t>9789751966759</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak ve Manevi Vazifeler</t>
+          <t>Çöl Masalı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751959591</t>
+          <t>9789751966780</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Din ve Samimiyet</t>
+          <t>Gök Masalı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751966001</t>
+          <t>9789751966773</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
+          <t>Göl Masalı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751965677</t>
+          <t>9789751966766</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 2 (Ciltli)</t>
+          <t>Köz Masalı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751965820</t>
+          <t>9789751966278</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Fetva Adabı</t>
+          <t>Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751962836</t>
+          <t>9789751966179</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Azimli Olmak (Ciltli)</t>
+          <t>Gazzali (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751962867</t>
+          <t>9789751966247</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Minnettarlık (Ciltli)</t>
+          <t>Hikmetin 40 Kapısı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751959263</t>
+          <t>9789751960498</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Saygı (Ciltli)</t>
+          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751959256</t>
+          <t>9789751960481</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tutumluluk (Ciltli)</t>
+          <t>Kıtır ile Pıtır Hikaye Seti</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751959287</t>
+          <t>9786057519498</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yardımseverlik (Ciltli)</t>
+          <t>Çiçekli Park</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751968647</t>
+          <t>9789751964526</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
+          <t>Cami ve Namazla Diriliş</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751964359</t>
+          <t>9789751963451</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi</t>
+          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751958693</t>
+          <t>9789751952578</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri (Ciltli)</t>
+          <t>Namaz ve Kuran</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>195</v>
+        <v>55</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751963253</t>
+          <t>9789751967497</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>1200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751963994</t>
+          <t>9789751958396</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Divan Sunullah Gaybi (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751964649</t>
+          <t>9789751900166</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Sokağı (Ciltli)</t>
+          <t>İslamda Ahlak ve Manevi Vazifeler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257137898</t>
+          <t>9789751959591</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Damlaları</t>
+          <t>Hz. Peygamber Din ve Samimiyet</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751962218</t>
+          <t>9789751966001</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
+          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>520</v>
+        <v>90</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751959652</t>
+          <t>9789751965677</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
+          <t>Minberden Öğütler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>295</v>
+        <v>50</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751900180</t>
+          <t>9789751965820</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
+          <t>Fetva Adabı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751962843</t>
+          <t>9789751962836</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Dostluk (Ciltli)</t>
+          <t>Azimli Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751940599</t>
+          <t>9789751962867</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Dualarımı Öğreniyorum</t>
+          <t>Minnettarlık (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751963727</t>
+          <t>9789751959263</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Aydınlığında Yürümek</t>
+          <t>Büyüklere Saygı (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751950383</t>
+          <t>9789751959256</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Yorum</t>
+          <t>Tutumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751964366</t>
+          <t>9789751959287</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>Yardımseverlik (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>375</v>
+        <v>65</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751963512</t>
+          <t>9789751968647</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>48</v>
+        <v>135</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751964304</t>
+          <t>9789751964359</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Varlık Boyutuyla İnsan</t>
+          <t>İhlas Risalesi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751963536</t>
+          <t>9789751958693</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
+          <t>Peygamber Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>48</v>
+        <v>195</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751963550</t>
+          <t>9789751963253</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
+          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>48</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751963543</t>
+          <t>9789751963994</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751963284</t>
+          <t>9789751964649</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ailem</t>
+          <t>Fesleğen Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789751963680</t>
+          <t>9786257137898</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
+          <t>Rahmet Damlaları</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751963093</t>
+          <t>9789751962218</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
+          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751962966</t>
+          <t>9789751959652</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman (Ciltli)</t>
+          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>22</v>
+        <v>295</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751962812</t>
+          <t>9789751900180</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Karşısında İslam</t>
+          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751962560</t>
+          <t>9789751962843</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
+          <t>Dostluk (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751962911</t>
+          <t>9789751940599</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
+          <t>Dualarımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751962935</t>
+          <t>9789751963727</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İman Esasları</t>
+          <t>Vahyin Aydınlığında Yürümek</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751962980</t>
+          <t>9789751950383</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnanç Problemleri</t>
+          <t>40 Hadis Yorum</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751963178</t>
+          <t>9789751964366</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>20</v>
+        <v>375</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789751935953</t>
+          <t>9789751963512</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789751958532</t>
+          <t>9789751964304</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
+          <t>Anlam ve Varlık Boyutuyla İnsan</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751958549</t>
+          <t>9789751963536</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751957504</t>
+          <t>9789751963550</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
+          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751958525</t>
+          <t>9789751963543</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Halveti Divanı</t>
+          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>105</v>
+        <v>90</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789751959683</t>
+          <t>9789751963284</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
+          <t>Ailem</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751936028</t>
+          <t>9789751963680</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Haccı Anlamak</t>
+          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751944672</t>
+          <t>9789751963093</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İnanıyorum (6 Kitap Takım)</t>
+          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751943675</t>
+          <t>9789751962966</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerimi Öğreniyorum</t>
+          <t>Meleklere İman (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751963970</t>
+          <t>9789751962812</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
+          <t>Şiddet Karşısında İslam</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751939814</t>
+          <t>9789751962560</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
+          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>475</v>
+        <v>80</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789751956330</t>
+          <t>9789751962911</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük (Ciltli)</t>
+          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>65</v>
+        <v>34</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751956354</t>
+          <t>9789751962935</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkını Gözetmek (Ciltli)</t>
+          <t>İslam'da İman Esasları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751948229</t>
+          <t>9789751962980</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Pezdevi'nin Kelami Görüşleri</t>
+          <t>Çağdaş İnanç Problemleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>12</v>
+        <v>90</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751901880</t>
+          <t>9789751963178</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751953360</t>
+          <t>9789751935953</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751912657</t>
+          <t>9789751958532</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 2</t>
+          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751943323</t>
+          <t>9789751958549</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Oruç İlmihali</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>29</v>
+        <v>160</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751912664</t>
+          <t>9789751957504</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 1</t>
+          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751941732</t>
+          <t>9789751958525</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
+          <t>Niyazi-i Mısri Halveti Divanı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751942593</t>
+          <t>9789751959683</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler (Ciltli)</t>
+          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751953353</t>
+          <t>9789751936028</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+          <t>Haccı Anlamak</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751959706</t>
+          <t>9789751944672</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>İnanıyorum (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751949172</t>
+          <t>9789751943675</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Duayı Anlamak</t>
+          <t>İbadetlerimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751924827</t>
+          <t>9789751963970</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Din Hürriyetinin Temelleri</t>
+          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789751900227</t>
+          <t>9789751939814</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751949165</t>
+          <t>9789751956330</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Zekatı Anlamak</t>
+          <t>Dürüstlük (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751956446</t>
+          <t>9789751956354</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy (Ciltli)</t>
+          <t>Kul Hakkını Gözetmek (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751952370</t>
+          <t>9789751948229</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile Yazıları</t>
+          <t>Pezdevi'nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
+          <t>9789751901880</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9789751953360</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9789751912657</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları 2</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789751943323</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Oruç İlmihali</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789751912664</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları 1</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9789751941732</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9789751942593</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9789751953353</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9789751959706</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9789751949172</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Duayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9789751924827</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Din Hürriyetinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789751900227</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9789751949165</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Zekatı Anlamak</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9789751956446</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif Ersoy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9789751952370</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Aile Yazıları</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
           <t>9789751917638</t>
         </is>
       </c>
-      <c r="B712" s="1" t="inlineStr">
+      <c r="B727" s="1" t="inlineStr">
         <is>
           <t>Alkollü İçkiler Sigara ve Madde Bağımlılığı</t>
         </is>
       </c>
-      <c r="C712" s="1">
+      <c r="C727" s="1">
         <v>95</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>