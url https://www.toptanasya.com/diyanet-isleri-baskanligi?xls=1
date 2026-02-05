--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,10930 +85,17335 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254354403</t>
+          <t>9786254351884</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Aleminde Yazı ve İslam Medeniyetinde Kalem Güzeli 2 Cilt</t>
+          <t>Faith In Angels In Islam</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254357213</t>
+          <t>9786254352874</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cabir b. Abdullah</t>
+          <t>La Foi Aux Prophetes En Islam (İslamda Peygamberlere İman) Fransızca</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254357312</t>
+          <t>9786254352966</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>La Famille En Islam (İslamda Aile) Fransızca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254357206</t>
+          <t>9786254352812</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hz. Übey B Kâb</t>
+          <t>Lassurance De La Vie Et Des Biens La Zakat (Malın ve Canın Sigortası Zekat) Fransızca</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254358166</t>
+          <t>9786254352867</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebü'd-Derda</t>
+          <t>Lascension Du Croyant La Priere (Müminin Miracı Namaz) Fransızca</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254357220</t>
+          <t>9786254352959</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sahabenin Yeri Ve Önemi</t>
+          <t>La Bonne Moralite En Islam (İslamda Güzel Ahlak) Fransızca</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254359385</t>
+          <t>9786254352775</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayal Treni Deve Dikeni</t>
+          <t>Le Jeune Le Bienfait Du Ramadan (Ramazan Bereketi Oruç) Fransızca</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254359354</t>
+          <t>9786254352942</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Kantarı Ayı Mantarı</t>
+          <t>La Foi Aux Livres En Islam (İslamda Kitaplara İman) Fransızca</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254359392</t>
+          <t>9786254352911</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pıtrak Tokalı Teke Sakalı</t>
+          <t>La Foi En Allah (İslamda Allaha İman) Fransızca</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254359347</t>
+          <t>9786254352904</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Kepçesi Aslan Pençesi</t>
+          <t>Un Voyage Sacre Le Pelerinage (Bir Mübarek Sefer Hac) Fransızca</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254359217</t>
+          <t>9786254352935</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kasenin Yolculuğu</t>
+          <t>La Foi Aux Anges En İslam (İslamda Meleklere İman) Fransızca</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254359286</t>
+          <t>9786254352928</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şeker Hoca Timurun Filleri</t>
+          <t>La Plus Belle Des Paroles Le Coran (Sözlerin En Güzeli Kuran) Fransızca</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254359378</t>
+          <t>9786257396400</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sözümüz Bal Olsun</t>
+          <t>Sily a Embarras Redouane Resoudra (Mesele Varsa Eğer Ömer Tamçözer) Fransızca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254358760</t>
+          <t>9786254350597</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aksa'nın Bahçesi - Sayıları Öğreniyorum</t>
+          <t>My Beautiful Words 6 Books (Benim Güzel Kelimelerim 6 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751957252</t>
+          <t>9786254351808</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>Life of Prophet Muhammed (Hz Muhammedin Hayatı) İngilizce</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751964885</t>
+          <t>9786254352539</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>La Science Cachee Chez Moi (Evimde Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254357039</t>
+          <t>9786254352560</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmak İsteyen Kedi</t>
+          <t>La Science Cachee Dans Le Savoir (İlimde Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254353130</t>
+          <t>9786254352546</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
+          <t>La Science Cachee Dans Llinivers (Evrende Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1000</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254352034</t>
+          <t>9786254352553</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sistemleri Çalıştayı</t>
+          <t>La Science Cachee Dans ma Vie (Hayatımda Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254355936</t>
+          <t>9786254352478</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
+          <t>Les Anges Qui Prient Pour Nous (Bizim için Dua Eden Melekler) Fransızca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254355356</t>
+          <t>9789751967282</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
+          <t>Ma Pratique Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İbadetim) Fransızca</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254350764</t>
+          <t>9789751965653</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslamda Meleklere İman Rusça</t>
+          <t>Ma Morale Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Ahlakım) Fransızca</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254352423</t>
+          <t>9789751968623</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
+          <t>Mon Prophete Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Peygamberim) Fransızca</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254352386</t>
+          <t>9789751968609</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
+          <t>Ma Foi Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İnancım) Fransızca</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254352454</t>
+          <t>9786254350825</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
+          <t>Approche Islamique Des Problemes Mondiaux (Küresel Sorunlara İslami Bakış) Fransızca</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254352362</t>
+          <t>9786257137683</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
+          <t>Bonjour a la Vie (Hayata Merhaba) Fransızca</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057519603</t>
+          <t>9786751901995</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Aile</t>
+          <t>Catechisme Concis Islamique (İlmihal Cep) Fransızca</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751959584</t>
+          <t>9786257137676</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Japonca</t>
+          <t>Premier Pas Vers le Mariage (Evliliğe İlk Adım) Fransızca</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057730077</t>
+          <t>9786257396226</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
+          <t>Haut Conseil Des Affaires Religieuses Les Fatwas (Fetvalar) Fransızca</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>65</v>
+        <v>645</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057519047</t>
+          <t>9789751963758</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hayvan Hakları</t>
+          <t>Koranen pa Dansk (Kur'an-ı Kerim Danca Meali) Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>24</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751936363</t>
+          <t>9786254350757</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uncovering İslam</t>
+          <t>İslamda Peygamberlere İman Rusça</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751962973</t>
+          <t>9786254350672</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Ciltli)</t>
+          <t>Bir Mübarek Sefer Hac Rusça</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>11</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751940629</t>
+          <t>9786254350665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında Tebliğ ve Davet</t>
+          <t>İslamda Allaha İman Rusça</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751963826</t>
+          <t>9786254350689</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
+          <t>İslamda Aile Rusça</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057730640</t>
+          <t>9786254350771</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>İslamda Güzel Ahlak Rusça</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057519177</t>
+          <t>9786254350733</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
+          <t>Ramazanın Bereketi Oruç Rusça</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057730619</t>
+          <t>9786254350788</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Niçin İnanıyorum?</t>
+          <t>Sözlerin En Güzeli Kur'an (Rusça)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254351761</t>
+          <t>9786254352782</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
+          <t>Peygamber Hikayeleri Seti (10 Kitap Rusça)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257396325</t>
+          <t>9786254352799</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Glaube</t>
+          <t>Kıtır ile Pıtır 5 Kitap Hikaye Seti (Rusça)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254350467</t>
+          <t>9786254350818</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
+          <t>Islamic Perspective On Global Issues</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751947802</t>
+          <t>9786254351730</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali</t>
+          <t>Basic Islamic Knowledge My Morality</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>245</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057751997</t>
+          <t>9786254351747</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri</t>
+          <t>Basic Islamic Knowledge My Worship</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057519528</t>
+          <t>9786254351990</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Basic Islamic Knowledge My Prophet</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751964045</t>
+          <t>9786254351754</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
+          <t>Basic Islamic Knowledge My Belief</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>20</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000051684</t>
+          <t>9789751960375</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
+          <t>Dinim İslam - Temel Bilgiler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751933768</t>
+          <t>8380000000298</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
+          <t>Riyazü's Salihin 3 Cilt Takım Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257137447</t>
+          <t>9786254352522</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Les Livres Saints Qui Guident (Yol Gösterici Kutsal Kitaplar) Fransızca</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057519597</t>
+          <t>9786254352515</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
+          <t>La Vie Eternelle Le Royaume de Lau Dela (Sonsuz Hayat Ahiret Yurdu) Fransızca</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057519757</t>
+          <t>9786254352508</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuran Öğreniyorum</t>
+          <t>Iı se Passe ce Qull Dit Qadha et Qadar (Onun Dediği Olur Kaza ve Kader) Fransızca</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254358449</t>
+          <t>9786254352485</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yiyenler</t>
+          <t>Les Meilleurs Exemples Les Prophetes (En Güzel Örnek Peygamberler) Fransızca</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>105</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254357626</t>
+          <t>9786254352294</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Saate</t>
+          <t>La Femme a Travers Les Hadiths (Hadislerle Kadın) Fransızca</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254359231</t>
+          <t>9786254352430</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
+          <t>La Famille a Travers Les Hadiths (Hadislerle Aile) Fransızca</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255792037</t>
+          <t>9786254352348</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Aile Ahlakı</t>
+          <t>Le Mariage a Travers Les Hadiths (Hadislerle Evlilik) Fransızca</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254358562</t>
+          <t>9786254350573</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şiirim Bulut Olsa</t>
+          <t>The Story Of The Prophet 10 Boks (Peygamber Hikayeleri 10 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>55</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056367403</t>
+          <t>9786254351921</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Questions on My Mind (Kafama Takılanlar) İngilizce</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254357121</t>
+          <t>9786254351945</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bi Dünya İnsan</t>
+          <t>Why do Believe (Niçin İnanıyorum) İngilizce</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254357107</t>
+          <t>9786254350832</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>En Lezzetli Dünya Turu</t>
+          <t>The Prophet Muhammed Says (İslam Peygamberi Hz Muhammed Diyor ki) İngilizce</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254357138</t>
+          <t>9786254351983</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Dünya</t>
+          <t>On The Footsteps Of The Prophet (Peygamberin İzinde) İngilizce</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254357114</t>
+          <t>9786254352331</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En İlginç Kafilesi</t>
+          <t>Women Through Hadiths (Hadislerle Kadın) İngilizce</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254357091</t>
+          <t>9786257396851</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Kulağa Oynayan Dünya</t>
+          <t>Peygamberin İzinde Rusça</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254355875</t>
+          <t>9786254350658</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hureyre’nin Merakı</t>
+          <t>Kafama Takılanlar Rusça</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254355868</t>
+          <t>9786254350580</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Muhafızları</t>
+          <t>İslam Hakkında Sıkça Sorulan Sorular Rusça</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254355851</t>
+          <t>9786254352416</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gamame’nin Özel Görevi</t>
+          <t>Das Kind Aus den Ahadithen (Hadislerle Çocuk) Almanca</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254355844</t>
+          <t>9786254352300</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Demir Gaga ve Hapşırık</t>
+          <t>Die Frau Aus den Ahadithen (Hadislerle Kadın) Almanca</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254354571</t>
+          <t>9786254352355</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
+          <t>Die Ehe Aus den Ahadithen (Hadislerle Evlilik) Almanca</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751965370</t>
+          <t>9786254352447</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
+          <t>Die Familie Aus den Ahadithen (Hadislerle Aile) Almanca</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257137577</t>
+          <t>9786254350924</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
+          <t>J'apprends ma Religion a Travers Les Activites (Etkinliklerle Dinimi Öğreniyorum) Fransızca</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751966735</t>
+          <t>9786254350900</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
+          <t>La Vie du Prophete Muhammed (Hz Muhammedin Hayatı) Fransızca</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254356551</t>
+          <t>9786254350870</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Elifba Kuran Öğreniyorum</t>
+          <t>Ce Qui me Traverse I'Esprit (Kafama Takılanlar) Fransızca</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>18</v>
+        <v>45.76</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254357633</t>
+          <t>9786254350795</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
+          <t>Le Prophete de L'Islam Muhammad Dit (İslam Peygamberi Hz Muhammed Diyor ki) Fransızca</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>285</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254358463</t>
+          <t>9786254350603</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit</t>
+          <t>Auf Den Spuren Des Propheten Peygamberin İzinde Almanca</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>480</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751963819</t>
+          <t>9786254350474</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>Das Leben Des Ehrenwehrten Propheten Muhammed saw Hz Muhammedin Hayatı Almanca</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751963123</t>
+          <t>9786254353963</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
+          <t>Der Heiliege Koran Sözlerin En Güzeli Kuran Almanca</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751960504</t>
+          <t>9786254350887</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
+          <t>Faq Sur L'Islam (İslam Hakkında Sıkça Sorulan Sorular) Fransızca</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751902290</t>
+          <t>9786254352379</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
+          <t>Hadislerle Evlilik Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751963161</t>
+          <t>9786254350566</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlüğü</t>
+          <t>Küresel Sorunlara İslami Bakış (Rusça)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751968029</t>
+          <t>9789751965578</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Farabi (el-Muallimu's-Sani)</t>
+          <t>Temel İslam Bilgileri Peygamberim (Rusça)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751956194</t>
+          <t>9789751965530</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
+          <t>Temel İslam Bilgileri İbadetim (Rusça)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254358586</t>
+          <t>9789751965585</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman b. Avf</t>
+          <t>Temel İslam Bilgileri Ahlakım (Rusça)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254358487</t>
+          <t>9789751965561</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Ömer</t>
+          <t>Temel İslam Bilgileri İnancım (Rusça)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254358494</t>
+          <t>9786257396929</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma bint Ebu Bekir</t>
+          <t>Hoher Rat Für Religiöse Angelegenheiten Fatwas</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254350726</t>
+          <t>9786254351723</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslamda Kitaplara İman Rusça</t>
+          <t>Hajj a Blessed Journey</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257396868</t>
+          <t>9786254351976</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
+          <t>Fasting The Blessing Of Ramadan</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751964915</t>
+          <t>9786254352010</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
+          <t>The Most Pleasant of The Words The Qur'an</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751953346</t>
+          <t>9786254351938</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
+          <t>Salah Mi'raj Of The Believer</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751955616</t>
+          <t>9786254351785</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy)</t>
+          <t>Family in Islam</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751965127</t>
+          <t>9786254351891</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Faith in Prophets in Islam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751969644</t>
+          <t>9786254351778</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayata Dair Dualar</t>
+          <t>Faith in Allah in Islam</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751963918</t>
+          <t>9786254351792</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Rusça</t>
+          <t>Morality in Islam</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751937191</t>
+          <t>9786254351877</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ümit Kuşağı</t>
+          <t>Faith in Books in Islam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254358111</t>
+          <t>4720000000528</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254357374</t>
+          <t>9789751963628</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Engel Yoktur</t>
+          <t>40 Hadiste İyilik Kartela</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254358470</t>
+          <t>4440000002317</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayata Kalbiyle Dokunur İnsan</t>
+          <t>40 Hadiste Helal Kazanç Kartela</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254358074</t>
+          <t>9789751966858</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
+          <t>40 Hadiste Emanet ve Güven Kartelası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>40</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254357961</t>
+          <t>9789751950208</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu</t>
+          <t>Kırk Ayette Merhamet Kartela</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>65</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254358685</t>
+          <t>9789751964274</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
+          <t>Kırk Hadiste Namaz Kartelası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>135</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751916037</t>
+          <t>9789751940797</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Örnek Vaazlar (2 Cilt Takım)</t>
+          <t>Senin Adınla</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257137300</t>
+          <t>9789751968883</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
+          <t>40 Hadiste İsraf ve Haddi Aşmak Kartelası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751900838</t>
+          <t>9786254351839</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
+          <t>Polisler İçin Dini ve Ahlaki Bilgiler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>115</v>
+        <v>40</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057519856</t>
+          <t>9789751944955</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Matüridi</t>
+          <t>Çiçekli Park</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751967688</t>
+          <t>9789751968753</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Deaş - Dehşete Dayalı Bir Din İstismarı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751963185</t>
+          <t>9789751968760</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi Endüstrisi</t>
+          <t>Fetö - Din İstismarının Arkasına Gizlenen Terör Örgütü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254352409</t>
+          <t>9789751943934</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
+          <t>Kur'an-i Kerim Rahle Boy - Sade</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751964625</t>
+          <t>4440000001033</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi Rehberi (Ciltli)</t>
+          <t>Diyanet Aylık Dergisi Sayı: 375 - Mart 2022</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>85</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751960238</t>
+          <t>4440000001032</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ailem Serisi 1</t>
+          <t>Diyanet Aylık Dergisi Sayı: 374 - Şubat 2022</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751953452</t>
+          <t>4440000001031</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dini Danışma ve Rehberlik</t>
+          <t>Diyanet Aylık Dergisi Sayı: 373 - Ocak 2022</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>165</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751969927</t>
+          <t>4440000001030</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 500 - Mart 2022</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>820</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751951755</t>
+          <t>4440000001029</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an Okuma Rehberi</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 499 - Şubat 2022</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>42</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751967886</t>
+          <t>4440000001028</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pencereyi Işığa Açmak</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 498 - Ocak 2022</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>95</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254358050</t>
+          <t>4440000001027</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum O Halde !</t>
+          <t>Diyanet Aile Dergisi Sayı: 39 - Mart 2022</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257137478</t>
+          <t>4440000001026</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Çocuk</t>
+          <t>Diyanet Aile Dergisi Sayı: 38 - Şubat 2022</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257396073</t>
+          <t>4440000001025</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
+          <t>Diyanet Aile Dergisi Sayı: 37 - Ocak 2022</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>380</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751970312</t>
+          <t>4440000001024</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 18 - Mart 2022</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>8</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254353123</t>
+          <t>4440000001023</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 17 - Şubat 2022</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>114</v>
+        <v>8</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751969910</t>
+          <t>4440000001022</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 16 - Ocak 2022</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>27.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751965714</t>
+          <t>4440000001021</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 15 - Mart 2022</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000016910</t>
+          <t>4440000001020</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 14 - Şubat 2022</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>65</v>
+        <v>8</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257137089</t>
+          <t>4440000001019</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 13 - Ocak 2022</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751933935</t>
+          <t>9789751952738</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Evrensel Mesajı</t>
+          <t>Ayetlerle Kardeşlik ve Hukuku (Kartela)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751958686</t>
+          <t>9789751948700</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Kırk Ayette Kur'an (Kartela)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254355240</t>
+          <t>9789751956026</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi</t>
+          <t>Hz. Peygamber Ve İnsan Onuru Kartela</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751968081</t>
+          <t>9789751960368</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
+          <t>Kırk Hadiste Yardımlaşma ve Dayanışma Kartela</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>325</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751960467</t>
+          <t>9789751963611</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Masal Kitabım (Ciltli)</t>
+          <t>Kırk Ayette İyilik Kartela</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257396097</t>
+          <t>9789751966841</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Dirilmek</t>
+          <t>40 Ayette Emanet ve Güven Kartela</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257137669</t>
+          <t>9789751966995</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yolu Güzel Yürümek</t>
+          <t>Ayet ve Hadislerde Kudüs Kartela</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>60</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254353864</t>
+          <t>9789751953568</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
+          <t>Kırk Hadiste Cami Cemaat İmamlık ve Müezzinlik (Kartela)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057519214</t>
+          <t>9789751959447</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
+          <t>Kırk Ayette Samimiyet</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>225</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751959836</t>
+          <t>9789751963642</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
+          <t>Kur’an Kursları Etkinlik ve Öğretici Kitabı 2 (4-6 YAŞ)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257779319</t>
+          <t>9789751959430</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle O’nu Anlamak</t>
+          <t>Kırk Hadiste Samimiyet Kartela</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>115</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257396103</t>
+          <t>9786057751614</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlam Dünyası</t>
+          <t>Meine Schönen Begriffe 6 Buchen (Benim Güzel Kelimelerim 6 Kitap) Almanca</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751967558</t>
+          <t>9789753899062</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan (Ciltli)</t>
+          <t>Le Saint Coran Fransızca Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751962225</t>
+          <t>9789751970015</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
+          <t>Mealli Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751932051</t>
+          <t>9789751968630</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kamil Miras Hayatı ve Eserleri</t>
+          <t>Les Fondements De La Foı (Temel Dini Bilgiler) Fransızca</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>15</v>
+        <v>165</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751963192</t>
+          <t>9789751970008</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
+          <t>Mealli Hatim Cüzü Orta Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751941282</t>
+          <t>9786257137645</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
+          <t>L Islam A Travers Les Questions (Sorularla İslam Fransızca)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057519924</t>
+          <t>9789751967824</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
+          <t>Mevlid-i Şerif - Vesiletü'n Necat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254354472</t>
+          <t>9786057519801</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>Mealli Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>40</v>
+        <v>265</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254354533</t>
+          <t>9789751933765</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kur'an Yolu Türkçe Tefsiri Deri Yaldızsız 5 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254354496</t>
+          <t>9789751967831</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254351693</t>
+          <t>9786057730589</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Mahremiyet Bilinci</t>
+          <t>Kuran Yolu Meali Cami Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751968067</t>
+          <t>9786254350160</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Okulda Birtakım İşler (Ciltli)</t>
+          <t>Kurtuluşun ve Cumhuriyetin Manevi Mimarları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257779852</t>
+          <t>9789751947550</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
+          <t>Kurandan Öğütler 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257137379</t>
+          <t>9789751967923</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ayine</t>
+          <t>Kuran Öğreniyorum Elif Ba Fransızca</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057730626</t>
+          <t>9789751941152</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>O'nun Gibi Yaşamak</t>
+          <t>Kur'an Mealleri Sempozyumu 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>90</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751970183</t>
+          <t>9789751960474</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Yaşı Yoktur</t>
+          <t>Kur'an Kursları Öğretici Kitabı 4 - 6 Yaş Grubu 1 - 2 Takım</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751970282</t>
+          <t>9786257137713</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile</t>
+          <t>Niçin İnanıyorum Fransızca</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254354434</t>
+          <t>9786257137836</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Niçin İnanıyorum Rusça</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254354540</t>
+          <t>9789751949967</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hizmet ve Projeler 2003-2010</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254350931</t>
+          <t>9786059962926</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
+          <t>Kırk Hadiste İnfak Kartela</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257137553</t>
+          <t>9786059962919</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
+          <t>Kırk Ayette İnfak Kartela</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>110</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254351952</t>
+          <t>9772687454001</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
+          <t>Diyanet İlmi Dergi Arapça</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254350948</t>
+          <t>9771300849514</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
+          <t>Diyanet İlmi Dergi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254353949</t>
+          <t>9789751936714</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
+          <t>Resimli Seçme Masalları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254353970</t>
+          <t>9786057751553</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
+          <t>Sorularla İslam Rusça</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254353956</t>
+          <t>9786057730718</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Das Fasten Der Segen Des Ramadan</t>
+          <t>Pourquoi Suis Je Devenu Müsülman Hıstoires de Conversions</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254353925</t>
+          <t>9786057730923</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Propheten im Islam</t>
+          <t>Peygamber Hikayeleri - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254353918</t>
+          <t>9786257137690</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Engel im Islam</t>
+          <t>Papi Retourne a la Masison</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254353871</t>
+          <t>9789751958389</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Die Familie im Islam</t>
+          <t>Özet Olarak İslam</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254353932</t>
+          <t>9789751964823</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Die Gute Moral im Islam</t>
+          <t>Il Sacro Corano Kuranı Kerim ve İtalyanca Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254353895</t>
+          <t>9786254351211</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Allah im Islam</t>
+          <t>Hayat Rehberi Kuran Konulu Tefsir (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254353888</t>
+          <t>9786257137263</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Die Pilgerfahrt Eine Heilige Reise</t>
+          <t>İhyaü Ulümid Din 4 Cilt</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254353901</t>
+          <t>9786057519788</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
+          <t>Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254353710</t>
+          <t>9789751942166</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Religiöses Grundwissen</t>
+          <t>İslam'a Giriş Temel Esaslar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257779722</t>
+          <t>9786057519795</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
+          <t>Hatim Cüzü Cami Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>90</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751902818</t>
+          <t>9789751938862</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>İslama Giriş Gençliğin İslam Bilgisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751962256</t>
+          <t>9786057751454</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
+          <t>Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1995</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753891356</t>
+          <t>9786057751430</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Tire</t>
+          <t>İnanıyorum Serisi 6 Kitap Set Fransızca</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751970695</t>
+          <t>9786257137485</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Rahman'ın Kadın Kulları</t>
+          <t>Güncel Dini Meseleler İstişare Toplantısı - IX</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751970688</t>
+          <t>9789751962669</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>El Noble Coran Kuranı Kerim ve İspanyolca Meali</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753898874</t>
+          <t>9789751930156</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Anne-Baba (Ciltli)</t>
+          <t>Braille Kuranı Kerim 6 Cilt Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751970718</t>
+          <t>9786257396615</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hafız (3 Cilt Takım)</t>
+          <t>Cümle Alem Uyandırma Servisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000046126</t>
+          <t>9786257137638</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>İslam Nedir Fransızca</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257396110</t>
+          <t>9786057730060</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe</t>
+          <t>Cami ve Hayat</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057751829</t>
+          <t>9786057751546</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
+          <t>İslam Nedir Rusça</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254355905</t>
+          <t>9786057751591</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Meryem Ve İyilik Ekibi</t>
+          <t>Benim Güzel Kelimelerim 6 Kitap Fransızca</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>50</v>
+        <v>475</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254355912</t>
+          <t>9789751963222</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Arkadaşı Nisa</t>
+          <t>Basics of Islam (Temel Dini Bilgiler) İngilizce</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>50</v>
+        <v>165</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254355899</t>
+          <t>9789751968777</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Kuşu Pıtırcık</t>
+          <t>Vaaz Rehberi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057519160</t>
+          <t>9786257779845</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu</t>
+          <t>Ayasofya Fethin Nişanesi Fatihin Emaneti</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057730954</t>
+          <t>9789751969149</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ay Işıyınca</t>
+          <t>Vatanım Herşeyim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254353062</t>
+          <t>9786057751539</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Esma-i Hüsna</t>
+          <t>What Is Islam? (İslam Nedir)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254357251</t>
+          <t>9786057519337</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
+          <t>Why Did I Become A Muslim Conversion Stories (Neden Müslüman Oldum İhtida Öyküleri İngilizce)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751964632</t>
+          <t>9789751951731</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
+          <t>Kırk Hadiste Ramazan Kartela</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254357244</t>
+          <t>9789751952899</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aile Medeniyetimiz</t>
+          <t>Diyanet İşleri Başkanlığı 40 Hadis Kartelası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>80</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254355172</t>
+          <t>9786254350412</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Canım Ramazan</t>
+          <t>İlahi Hadisler 99 Kudsi Hadis Ve Şerhi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254353017</t>
+          <t>9786257396424</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Misafirperver Orman</t>
+          <t>Sualli - Cevaplı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254353000</t>
+          <t>9789751901995</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Adası</t>
+          <t>Catechisme Concis Islamique (Fransızca Cep İlmihali)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>30</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254355257</t>
+          <t>9789751970121</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Müslümanın Edinmesi Gereken Ahlaki Erdemler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254354526</t>
+          <t>9789751969170</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes b. Malik</t>
+          <t>Dünün Ardından - Öyküler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254354465</t>
+          <t>9789751965417</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Seleme</t>
+          <t>Etkinliklerle Değerler Eğitimi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254353048</t>
+          <t>9789751963055</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Süt Şişeleri</t>
+          <t>Fetvalar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254353024</t>
+          <t>9789751946720</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Selam Ülkesi</t>
+          <t>Hatim Cüzü (30 Cüz)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254353055</t>
+          <t>9789751941169</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Vitamin Sofrası</t>
+          <t>Kur'an Mealleri Sempozyumu Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057730947</t>
+          <t>9789751935776</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Biz Bize</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>3</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057751942</t>
+          <t>9789751965721</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar</t>
+          <t>Warum Bin Ich Muslim Geworden?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>45</v>
+        <v>115</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057730978</t>
+          <t>9789751967572</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir?</t>
+          <t>Osmanlı'dan Günümüze Kur'an ve Hüsn-i Hat (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751949806</t>
+          <t>9789751964106</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
+          <t>Hak Dini Kuran Dili Tefsiri Osmanlıca (1-13 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>15</v>
+        <v>900</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254350740</t>
+          <t>9789751964830</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz Rusça</t>
+          <t>Kopah Kur'an-ı Kerim ve Rusça Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257396875</t>
+          <t>9789751964816</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Hayatı Rusça</t>
+          <t>Kur'an-ı Kerim ve Almanca Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254352126</t>
+          <t>9789751964328</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 2</t>
+          <t>Kur'an-ı Kerim ve Gürcüce Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254352119</t>
+          <t>9789751967565</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 1</t>
+          <t>Halid el-Bağdadi (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257366038</t>
+          <t>3990000052049</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ailem Ailem 1</t>
+          <t>Örnek Vaazlar Cilt: 2</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751966513</t>
+          <t>9789751901798</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şiddet</t>
+          <t>İyiliğin Mükafatı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>15</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3990000017454</t>
+          <t>9789751955395</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
+          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>40</v>
+        <v>865</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751965967</t>
+          <t>9789751968012</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Ukraynaca Meali</t>
+          <t>İçimdeki Zıp Zıp Ses</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>195</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254357237</t>
+          <t>9789751960511</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hac Deyince</t>
+          <t>İşitme Engelli Çocuklar İçin Din Eğitim Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>145</v>
+        <v>30</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254356582</t>
+          <t>9789751905741</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yolculuğu</t>
+          <t>İslam Kelamcılarına Ve Filozoflara Göre Allah'ın Varlığı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>4</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257137324</t>
+          <t>9786058574649</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Dini Sorular</t>
+          <t>Diyanet Kaynak Merkezi Yeterlilik ve MBSTS</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254356964</t>
+          <t>3990000017909</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlastaki Mavi Pencere</t>
+          <t>İslam ve Çocuk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254355882</t>
+          <t>9789751958976</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Atçılık Oyunu</t>
+          <t>Mevlana Celaleddin-i Rumi Rubailer (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751969040</t>
+          <t>9789751959676</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Ateş Tiyatro</t>
+          <t>Alvarlı Muhammed Lutfi Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254350153</t>
+          <t>9789751957238</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sözün Yankısı</t>
+          <t>Hikmet Burcundan Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057751737</t>
+          <t>9789751959805</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
+          <t>Asr Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751960320</t>
+          <t>9789751960214</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Akrabalarım Var Ailem 6</t>
+          <t>Hafızlık Risalesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751960313</t>
+          <t>9789751959140</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ailemin İletişim Dili Ailem 7</t>
+          <t>İşaretü'l-İ'caz fi Mezanni'l-İcaz (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751960306</t>
+          <t>9789751942159</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
+          <t>İslam'a Giriş - Evrensel Mesajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>16</v>
+        <v>80</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257779678</t>
+          <t>9789751948502</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Çocuk Var Ailem 2</t>
+          <t>İslam İnanç İlmihali Kur-an'ın ve Kainatın Dilinden İman Esasları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>16</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751960276</t>
+          <t>9789751937070</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
+          <t>Peygamberimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751960269</t>
+          <t>9789751952349</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Genç Var Ailem 3</t>
+          <t>Kur'an'ın Nüzulünün 1400.Yılı Anısına Diyanet İlmi Dergi kur'an Özel Sayısı (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751960252</t>
+          <t>9789751937926</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Engelli Var Ailem 5</t>
+          <t>Ayet ve Hadisler Işığında Engelliler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751960245</t>
+          <t>9789751943927</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ailem Dağılmasın Ailem 11</t>
+          <t>Kur'an-ı Kerim Meali (Hafız Boy, Desenli, Gri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751970329</t>
+          <t>9789751938879</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
+          <t>İslam'a Giriş - Ana Konulara yeni Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751970541</t>
+          <t>9789751934840</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Allah'a İman</t>
+          <t>Kur'an-ı Kerim Meali (Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>50</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751970022</t>
+          <t>9789751944993</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tutunmanın Öyküsü</t>
+          <t>Anadolu'da Türk İslam Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751970558</t>
+          <t>3990000017585</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübarek Sefer Hac</t>
+          <t>Din, Bilim, Uygarlık ve Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751970565</t>
+          <t>9789751941275</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kitaplara İman</t>
+          <t>Anadolu'da İslam Kültür ve Medeniyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751966537</t>
+          <t>9789751956040</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
+          <t>Diyanet Kültür Serisi (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751966438</t>
+          <t>9789751928948</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Güven Toplumu</t>
+          <t>Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751966490</t>
+          <t>9789751932433</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Onur ve İffet</t>
+          <t>Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751966506</t>
+          <t>9789751939937</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık</t>
+          <t>Peygamberlik ve Hz. Muhammed'in Peygamberliği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751966483</t>
+          <t>9789751941251</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hakkı</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751966452</t>
+          <t>9789751944665</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve İhsan</t>
+          <t>Sorunlarımız Sorumluluklarımız (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751966414</t>
+          <t>9789751953087</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Eserden Esmaya (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751966445</t>
+          <t>9789751955487</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti</t>
+          <t>Tefekkür Gezileri (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751966476</t>
+          <t>9789751951779</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Taassup</t>
+          <t>Kırk Hadiste Komşuluk Akrabalık ve Dostluk (Kartela)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751966469</t>
+          <t>9789751938473</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Terör</t>
+          <t>İhtida Öyküleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751959874</t>
+          <t>9789751946683</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Allah İnsan Ve Merhamet</t>
+          <t>Kur'an-ı Kerim (Hafız Boy Yaldızlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751960382</t>
+          <t>9789751941978</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
+          <t>Cikciki'nin Sevinci (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751949189</t>
+          <t>9789751934915</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Anlamak</t>
+          <t>Kur'an-ı Kerim Meali (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751932747</t>
+          <t>9789751948038</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
+          <t>Kur'an-ı Kerim (Cami Boy)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751966162</t>
+          <t>9789751967183</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari (Ciltli)</t>
+          <t>Seyahatte İbadet</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751962942</t>
+          <t>9789751960450</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadere İman</t>
+          <t>Kur'an Kursları Etkinlik Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751962959</t>
+          <t>9789751965066</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Kıraat-i Aşere</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751962904</t>
+          <t>9789751900212</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ahirete İman</t>
+          <t>Kur'an-ı Kerim Cep Tipi Kılıflı (Farklı Renklerde)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751935694</t>
+          <t>9789751964618</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751966797</t>
+          <t>9789751960351</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı</t>
+          <t>Kırk Ayette Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>15</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751950376</t>
+          <t>9799751939400</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Hayat</t>
+          <t>Ufak Şeyler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751964052</t>
+          <t>9789751944931</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
+          <t>Sarı Benek</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751937001</t>
+          <t>9789751935670</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz İnsan ve Din</t>
+          <t>Hayvan Masalları Tilkinin Oyunu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751963697</t>
+          <t>9789751936356</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan</t>
+          <t>Resimli Seçme Masallar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>65</v>
+        <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257396264</t>
+          <t>9789751944924</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
+          <t>Şehri Görmek İsteyen Balık</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257779807</t>
+          <t>9789751952684</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hac</t>
+          <t>Sekiz Elmaslı Kolye</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257137126</t>
+          <t>9789751923506</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Diyanet Türkçe Hac Duaları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>15</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257137096</t>
+          <t>9789751923492</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Diyanet Hac Rehberi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>28</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257779470</t>
+          <t>9789751923484</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
+          <t>Diyanet Tavaf ve Sa'y Duaları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>15</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257137355</t>
+          <t>9789751937919</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>O’na Gelene Engel Yoktur</t>
+          <t>Yaz Kur'an Kursları Öğretici Kılavuzu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>16</v>
+        <v>4</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057519184</t>
+          <t>9789751958501</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken</t>
+          <t>Uluslararası Serahsi Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057751782</t>
+          <t>9789751939203</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Bilinci</t>
+          <t>İnancım</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057751225</t>
+          <t>9789751938640</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dini Makalelerim</t>
+          <t>Religion And Society</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751968937</t>
+          <t>9789751923476</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hatıraları</t>
+          <t>Diyanet Hac Duaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>60</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254357022</t>
+          <t>9789751936845</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahirete İman</t>
+          <t>Ayetler ve Sureler Arasındaki Münasebet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257396844</t>
+          <t>9789751965042</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Tadilil Ulum (Arapça)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>295</v>
+        <v>50</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257137928</t>
+          <t>9789751964076</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yolu Meali Hafız Boy</t>
+          <t>Din Görevlisi Mevzuat Rehberi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751968449</t>
+          <t>9789751963505</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Kudüs</t>
+          <t>Hikayelerle Çocuklara 40 Dua</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751956460</t>
+          <t>9789751963345</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
+          <t>Qur'ana Piroz ü Meala We Ya Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751953551</t>
+          <t>9789751935784</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in İzinde</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254356599</t>
+          <t>9789751936691</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Necil Fazıl Kısakürek</t>
+          <t>Çocuk Kahramanları - Al Bayrak</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254356612</t>
+          <t>9789751955678</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde B.Cerrah</t>
+          <t>Kırk Hadiste Çocuk</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>60</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254356971</t>
+          <t>9789751946737</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 3</t>
+          <t>Kur'an-ı Kerim Hatim Cüzü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254356698</t>
+          <t>9789751935415</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
+          <t>Tabsıratü'l Edille Fi Usuli'd-Din (2. Cilt)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>60</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751939500</t>
+          <t>9789751949134</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Kuran'ı Kerim (Küçük Boy)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>3990000042208</t>
+          <t>9789751966360</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Kur'an-ı Kerim'i Anlamak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>7.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257396301</t>
+          <t>9789751962928</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
+          <t>Allah'a İman (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254351426</t>
+          <t>9789751963116</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Transhümanizm ve Din</t>
+          <t>Rabbim Allah (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>55</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254354229</t>
+          <t>9789751963130</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beka-yı Ruh</t>
+          <t>Hikayelerle Çocuklara Esma-i Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751967589</t>
+          <t>9789751962393</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
+          <t>Kerbela : Biz Hüseynilerdeniz (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751963109</t>
+          <t>9789751952028</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güneş İle Kovalamaca (Ciltli)</t>
+          <t>Kültür Coğrafyamızda Hz. Muhammed (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254354601</t>
+          <t>9789751951748</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>295</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254352997</t>
+          <t>9789751900210</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Cep Boy Kılıflı)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>295</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254355929</t>
+          <t>9789751959669</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
+          <t>Kur'an Yolu Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254355950</t>
+          <t>9789751937186</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Patili ve Dostları</t>
+          <t>Köprülü Mehmet Paşa</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>215</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254355790</t>
+          <t>9789751903501</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>İslamda Sosyal Dayanışma Müesseseleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>70</v>
+        <v>3</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254356490</t>
+          <t>9789751948854</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Hucurat Suresinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>80</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254355288</t>
+          <t>9789751948847</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
+          <t>Fatiha Suresinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>290</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254355776</t>
+          <t>9789751918697</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
+          <t>Ebu Hanife</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254356513</t>
+          <t>9789751967534</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
+          <t>Seyyid Taha Hakkari</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>198</v>
+        <v>20</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254355752</t>
+          <t>9789751967787</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Kudüs</t>
+          <t>Fatiha ve Hucurat Surelerinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254356520</t>
+          <t>9789751955852</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Sevgi Serisi Çocuk Kitapları (5 Kitap)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254355226</t>
+          <t>9789751966117</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Abide Kubbeler</t>
+          <t>Dürerül - Hükkam (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254355080</t>
+          <t>9789751966377</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
+          <t>İslam Hukuku Nazariyatı Hakkında Bir Etüt ( Cilt 1-2 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254355141</t>
+          <t>9789751966872</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Samimiyet</t>
+          <t>Hastalar Risalesi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254354946</t>
+          <t>9789751966896</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
+          <t>Ramazan İktisad Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254355189</t>
+          <t>9789751966889</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ramazan</t>
+          <t>Küçük Sözler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254355196</t>
+          <t>3990000078298</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Helal Kazanç</t>
+          <t>Resimli Hayvan Masalları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>15</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254355134</t>
+          <t>9789751939821</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Emanet ve Güven</t>
+          <t>İnsan Din ve Özgürlük</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254355035</t>
+          <t>4440000000852</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Binlerce Diliyle İnsan Yüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254355059</t>
+          <t>9789751937131</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Dilinden Dualar</t>
+          <t>Ülkemizde Engelliler Gerçeği ve İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254355158</t>
+          <t>9789751936011</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Samimiyet</t>
+          <t>Hac İlmihali</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254355097</t>
+          <t>9789751952790</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Merhamet</t>
+          <t>Yasin (Büyük Boy)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254355127</t>
+          <t>9789751947796</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İyilik</t>
+          <t>Caferi İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254355202</t>
+          <t>9789751936837</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Hz. Peygamber</t>
+          <t>Dini Kavramlar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786254355073</t>
+          <t>9789751931764</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>Kur'an'da Zikir Kavramı ve Allah'ı Zikir</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254356445</t>
+          <t>3990000017141</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Neşeli İzciler</t>
+          <t>Günahlar Tövbe ve İstiğfar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254354922</t>
+          <t>9789751943958</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
+          <t>Bir Din Eğitimi Kurumu Olarak Kur'an Kursu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254351495</t>
+          <t>9789751935106</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
+          <t>Gençlerle Söyleşi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>225</v>
+        <v>2</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057519610</t>
+          <t>3990000018508</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe İlk Adım</t>
+          <t>Kur'an Mealleri Sempozyumu (2 Cilt Takımı) (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753898324</t>
+          <t>9789751908063</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette İyilik Kartelası</t>
+          <t>İmam Ebu Hanife'nin Hadis Anlayışı ve Hanefi Mezhebinin Hadis Metodu</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789751965691</t>
+          <t>9789751955944</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri (Ciltli)</t>
+          <t>Çıkartma Kitabım (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789751957528</t>
+          <t>9789751938794</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Hicaz Albümü: Fotoğraflarla Kutsal Topraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789751966988</t>
+          <t>9789751967190</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
+          <t>Kürsüden Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>20</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751960221</t>
+          <t>9789751942647</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>275</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751902115</t>
+          <t>9789751958495</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>İslam Kültüründe Hoşgörü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789751967695</t>
+          <t>9789751965028</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
+          <t>İslam Mezhepleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257137935</t>
+          <t>9789751903433</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Rahle Boy)</t>
+          <t>Fetihlerle Anadolu'nun Türkleşmesi ve İslamlaşması</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>800</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257779784</t>
+          <t>9789751951762</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Komşuluk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751969996</t>
+          <t>9789751952868</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Hz. Peygamber ve Kardeşlik Hukuku</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>550</v>
+        <v>2</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751970046</t>
+          <t>9789751952097</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Aksa</t>
+          <t>Anne Sözü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>195</v>
+        <v>5</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751965813</t>
+          <t>9789751959317</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Büyük Boy)</t>
+          <t>Mutluluk İncileri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>580</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254356438</t>
+          <t>3990000031364</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Ekibi</t>
+          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254356469</t>
+          <t>9789751965035</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi</t>
+          <t>Kur'an-ı Kerim Orta Boy - Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254356452</t>
+          <t>9789751965134</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İbn Miskeveyh</t>
+          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>185</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254356476</t>
+          <t>3990000133768</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Yaldızsız (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254356315</t>
+          <t>9789751942357</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
+          <t>Sevgiliden (s.a.s)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786254356407</t>
+          <t>3990000016975</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gölgeler Dijital Evren</t>
+          <t>Yunus Emre Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254356391</t>
+          <t>9789751964038</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayen Olsun</t>
+          <t>Erzurumlu Bir Fikir Adamı İbrahim Hakkı Erzurumi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>45</v>
+        <v>3</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254356384</t>
+          <t>9789751963987</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
+          <t>Bursa'da Bir Buharalı Emir Sultan</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>55</v>
+        <v>3</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254355820</t>
+          <t>9789751964007</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Söyler</t>
+          <t>İstanbul'un Kutlu Ev Sahibi Eyyub Sultan</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>50</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254356070</t>
+          <t>9789751964069</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Baba Okulu</t>
+          <t>Ulu Cami'nin Bilge İmamı Süleyman Çelebi ve Mevlid</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786254354663</t>
+          <t>9789751964090</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
+          <t>Kuran Öğreniyorum (Muhtasar)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>195</v>
+        <v>7</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786254355301</t>
+          <t>9789751964083</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Din Hukuk ve Teknoloji</t>
+          <t>Kur'an Öğreniyorum (Tecvitli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257137133</t>
+          <t>9789751964298</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
+          <t>Sosyal Hizmet Kurumlarında Din Hizmetleri Rehberi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254355974</t>
+          <t>9789751965493</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak</t>
+          <t>Bir Endülüs Mütefekkiri İbn-i Hazm</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>275</v>
+        <v>10</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254355967</t>
+          <t>9789751964977</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şipşak</t>
+          <t>Kur'an Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254356377</t>
+          <t>9789751959300</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Kaidelerini Anlamak</t>
+          <t>Düşler Adası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>125</v>
+        <v>58</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254355714</t>
+          <t>9789751959829</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
+          <t>İhlas Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>110</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786254355745</t>
+          <t>9789751926098</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Öykü Zamanı Oyun Zamanı</t>
+          <t>Anadolu'da Birarada Yaşama Tecrübesi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254355813</t>
+          <t>9789751963239</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>Bir Milletin Yeniden Dirilişi Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254355783</t>
+          <t>9789751963321</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta’nın Yolunda - 1</t>
+          <t>Hz. Peygamber ve Birlikte Yaşama Ahlakı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>125</v>
+        <v>4</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786254355806</t>
+          <t>9789751955517</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Öncü Şahsiyetler</t>
+          <t>Tavşi ve Dostları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254355349</t>
+          <t>9789751956033</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Lisan-ı Kalp</t>
+          <t>İnceleme ve Soruşturma Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254355332</t>
+          <t>9789751943644</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İrfan Şiirleri Antolojisi</t>
+          <t>Seçme Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>195</v>
+        <v>9</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254353758</t>
+          <t>9789751933836</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satıra</t>
+          <t>Peygamberimiz ve Hoşgörü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>60</v>
+        <v>4</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751948915</t>
+          <t>9789751950352</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kitabımı Öğreniyorum</t>
+          <t>Hz. Peygamber ve Merhamet Eğitimi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254355264</t>
+          <t>3990000011011</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
+          <t>Hristiyanlık Propagandası ve Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>45</v>
+        <v>2</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254354564</t>
+          <t>9789751940810</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler IV</t>
+          <t>Yasin (Küçük Boy)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>295</v>
+        <v>45</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254355271</t>
+          <t>9789751955494</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
+          <t>Kur'an'ı Anlamaya Giriş</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>265</v>
+        <v>90</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254355295</t>
+          <t>9789751956088</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Halden Anlayanlar</t>
+          <t>Hz. Peygamber ve İnsan Onuru</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>35</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254352287</t>
+          <t>9789751940780</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
+          <t>Allah'a İman Ediyorum</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>135</v>
+        <v>8</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254355707</t>
+          <t>9789751921635</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
+          <t>İlahi Hadisler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786254355325</t>
+          <t>9789751943637</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>Kur'an-ı Kerim'den Sureler (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786254355318</t>
+          <t>9789751963888</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Nuri Pakdil</t>
+          <t>Islam For Youth</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254354915</t>
+          <t>9789751900234</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
+          <t>Toplumun Temelini Sarsan Belli Başlı Problemler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254355219</t>
+          <t>9789751953988</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah B. Mesud</t>
+          <t>Mehmet Akif Ersoy Tefsir Yazıları ve Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254354199</t>
+          <t>9789751905758</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
+          <t>Kur'an'da Salah Meselesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254354588</t>
+          <t>9789751948410</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Vaizlerinin Hatıraları</t>
+          <t>21. Yüzyıl Türkiye'sinde Din ve Diyanet (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>80</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254354595</t>
+          <t>9789751959843</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıkla Mücadele Hatıraları</t>
+          <t>Suretu'l-Halas fi Tefsiri Sureti'l-İhlas (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254354502</t>
+          <t>9789751959812</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa’d b. Ebu Vakkas</t>
+          <t>İhlas Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254354557</t>
+          <t>9789751959980</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Abbas</t>
+          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>45</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254354489</t>
+          <t>3990000017455</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz b. Cebel</t>
+          <t>Mevlid-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786254354441</t>
+          <t>9789751936035</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd B. Sabit</t>
+          <t>Kutsal İklimde Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254354458</t>
+          <t>3990000064534</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr B. Avvam</t>
+          <t>Kur'an Kursları Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254354519</t>
+          <t>9789751962201</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abbas</t>
+          <t>Hadislerle İslam (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>45</v>
+        <v>145</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254354328</t>
+          <t>9789751967855</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
+          <t>İslam'ın Ana Kaynakları Kur'an ve Sünnet</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254354649</t>
+          <t>9789751947000</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kumbaram</t>
+          <t>Peygamberimizle 27 Gün</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786254354656</t>
+          <t>9789751968913</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kainatta Harika Şeyler Oluyor</t>
+          <t>Kur’an’dan Esintiler (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>115</v>
+        <v>55</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057751317</t>
+          <t>9789751970107</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve Kerbela</t>
+          <t>Sürpriz! Tatilde Köydeyiz</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786254354380</t>
+          <t>9789751960436</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
+          <t>Hikayelerle Çocuklara 40 Ayet (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786254354366</t>
+          <t>9786057730480</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çevre Ahlakı</t>
+          <t>Peygamberimiz ve Aile</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254354243</t>
+          <t>9786257396622</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Alemin Göz Bebeği İnsan</t>
+          <t>Fethin Rüyası Osmanlı Şiirinde Ayasofya (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257779425</t>
+          <t>9786057730985</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
+          <t>İlk Müslüman Filozof Kindi (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254354267</t>
+          <t>9786257137232</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetin Sembolü Kurban</t>
+          <t>Kur’an’dan San’ata (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>35</v>
+        <v>330</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254354960</t>
+          <t>9786257779777</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254354335</t>
+          <t>9789751947574</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Usul-i Fıkhın Dayandığı İlimler</t>
+          <t>Kur'an'dan Öğütler - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257137102</t>
+          <t>3996974121212</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
+          <t>Hadislerle İslam Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>18</v>
+        <v>35.71</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257137140</t>
+          <t>9789751970596</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>18</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254354212</t>
+          <t>9789751951663</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
+          <t>Zekat İlmihali</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254354632</t>
+          <t>9759751960054</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet</t>
+          <t>Hadislerle İslam Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254354236</t>
+          <t>9789751596003</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Hadislerle İslam Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254354342</t>
+          <t>9789751960047</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Medya Ahlakı</t>
+          <t>Hadislerle İslam Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254355028</t>
+          <t>9789751960023</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Dayanışma</t>
+          <t>Hadislerle İslam Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254354205</t>
+          <t>9789751960009</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İdeal İnsan</t>
+          <t>Hadislerle İslam Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254354373</t>
+          <t>3999751955869</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tebliğ Davet ve İrşad</t>
+          <t>Mucize Hayvanlar 2</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>85</v>
+        <v>4</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254354281</t>
+          <t>3999751945013</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Helal - Haram Duyarlılığı</t>
+          <t>Bilge Çocuk</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254351549</t>
+          <t>3995959595120</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Başka Kardeşler</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>55</v>
+        <v>4</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254354274</t>
+          <t>9789751953384</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları Cilt IV</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254354021</t>
+          <t>3990000132365</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ateistlerin Yanılgıları</t>
+          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı -2</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>58</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254352492</t>
+          <t>3990000065226</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
+          <t>Diyanet Kültür Serisi - Güzel Ahlak</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>45</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254353703</t>
+          <t>3990000065113</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Cami ve İrşad</t>
+          <t>Diyanet Kültür Serisi - Isınan Kürede Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>30</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254352393</t>
+          <t>3999752955869</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
+          <t>Mucize Hayvanlar 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>65</v>
+        <v>4</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254352324</t>
+          <t>9786057751263</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
+          <t>Zehra’nın Hadis Günlüğü</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254354359</t>
+          <t>3990000085565</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Belagatı ve İ'cazı</t>
+          <t>Diyanet Kültür Serisi - Kur'an'ı Oku, Anla Yaşa</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>60</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254354113</t>
+          <t>3990000085569</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
+          <t>Diyanet Kültür Serisi - Seni Seviyoruz Ey Nebi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>48</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254354120</t>
+          <t>9786059962865</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Kadim Sorular</t>
+          <t>Hikayeler ve Etkinliklerle Değerler Eğitimi Seti 1 - 2 (Set)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>50</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254354038</t>
+          <t>3990001933768</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Vahiyden Hayata</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254352270</t>
+          <t>3994879854657</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>29</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254353369</t>
+          <t>9789751969880</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
+          <t>The Holy Quran</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254354052</t>
+          <t>9786057730527</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Anne Arı Neredeymiş ?</t>
+          <t>İslam Düşüncesinin İlahi Tarafı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254354069</t>
+          <t>9789751947833</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Köpek Suyu Nasıl İçmiş?</t>
+          <t>Günahlar Tövbe ve İstiğfar (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254354076</t>
+          <t>9789751966865</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kaya Kuşu Kimmiş ?</t>
+          <t>Hz. Peygamber ve Güven Toplumu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>55</v>
+        <v>5</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254354083</t>
+          <t>9789751968050</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Horoz Neden Ötüyormuş ?</t>
+          <t>Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254354090</t>
+          <t>9786057751775</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Ne Görmüş ?</t>
+          <t>Kur'an'ın Temel Konuları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>55</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254353345</t>
+          <t>9786057751386</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Peygamberim</t>
+          <t>İmam Şafii - Hayatı ve Fıkıh Usulü İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254353697</t>
+          <t>9786057751393</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Adım Adım Hacca</t>
+          <t>İmam Şafii</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254353352</t>
+          <t>3990000087978</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir Din Ne Değildir?</t>
+          <t>Örnek Vaazlar Cilt: 1</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254352980</t>
+          <t>3996974121213</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
+          <t>Hadislerle İslam Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>60</v>
+        <v>35.71</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254353727</t>
+          <t>9786057730633</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İslam Kardeşliği</t>
+          <t>40 Hadiste Ailemiz</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254352089</t>
+          <t>9789751964380</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Learning The Qur'an</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254352065</t>
+          <t>9789751965929</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha b. Ubeydullah</t>
+          <t>Kuranı Kerim ve Portekizce Meali</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>36</v>
+        <v>55</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254352072</t>
+          <t>9789751964236</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Eymen</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>36</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254352102</t>
+          <t>9789751964229</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer b. Ebu Talip</t>
+          <t>Hak Dini Kur'an Dili Cilt: 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>40</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254352027</t>
+          <t>9789751964144</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hz. Üsame b. Zeyd</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>40</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254352096</t>
+          <t>9789751964199</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid b. Velid</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>45</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258122343</t>
+          <t>9789751964137</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>1170</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254352041</t>
+          <t>9789751964168</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>60</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254350443</t>
+          <t>9789751964120</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cİlt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254353031</t>
+          <t>9789751964182</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bambu Dev ile Gökçe Kız</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>30</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254352171</t>
+          <t>9789751964113</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 2</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>45</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057751966</t>
+          <t>9789751964175</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Hurafeler</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>45</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254351853</t>
+          <t>9789751964151</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Doğruluk</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>30</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254351860</t>
+          <t>9789751931771</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Doğruluk</t>
+          <t>O'na Doğru</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254352188</t>
+          <t>9789751926068</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 2</t>
+          <t>Kur'anı Kerim'e ve Hadislere Göre Hz. İsa ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>45</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254352201</t>
+          <t>9786059962841</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 10</t>
+          <t>Pratik Arapça Konuşma Rehberi (Hac Görevlileri İçin)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>55</v>
+        <v>5</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254352218</t>
+          <t>9789751950307</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 9</t>
+          <t>Ahlakımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254352195</t>
+          <t>3999753897365</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 5</t>
+          <t>Kur'an Kursları Etkinlik Kitabı 2</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254352225</t>
+          <t>9786057519566</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 3</t>
+          <t>Canım Ailem (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254352249</t>
+          <t>9786057519535</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Bak Zatına</t>
+          <t>Kur'an-ı Kerim (Cep Boy Kılıflı Fermuarlı) Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254351822</t>
+          <t>3990000051693</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Askere Temel Dini Bilgiler</t>
+          <t>Riyaz'üs Salihin Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>40</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254352232</t>
+          <t>3990000051692</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İrfan Söyleşileri</t>
+          <t>Riyaz'üs Salihin Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>50</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254351013</t>
+          <t>9786254354403</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Temel Kavramları I-II Takım</t>
+          <t>Medeniyet Aleminde Yazı ve İslam Medeniyetinde Kalem Güzeli 2 Cilt</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257137034</t>
+          <t>9786254357213</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ahiret Bilinci</t>
+          <t>Hz. Cabir b. Abdullah</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257137010</t>
+          <t>9786254357312</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ahiret Bilinci</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254351525</t>
+          <t>9786254357206</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler I</t>
+          <t>Hz. Übey B Kâb</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>34</v>
+        <v>70</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254351501</t>
+          <t>9786254358166</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığında - Denemeler</t>
+          <t>Hz. Ebü'd-Derda</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254351532</t>
+          <t>9786254357220</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler II</t>
+          <t>İslam'da Sahabenin Yeri Ve Önemi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>34</v>
+        <v>95</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254351006</t>
+          <t>9786254359385</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kader ve Kaza İnancı</t>
+          <t>Hayal Treni Deve Dikeni</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>29</v>
+        <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254351662</t>
+          <t>9786254359354</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Oyuncak Kantarı Ayı Mantarı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>36</v>
+        <v>60</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254350993</t>
+          <t>9786254359392</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
+          <t>Pıtrak Tokalı Teke Sakalı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254351433</t>
+          <t>9786254359347</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 8</t>
+          <t>Kurabiye Kepçesi Aslan Pençesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254351600</t>
+          <t>9786254359217</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
+          <t>Kasenin Yolculuğu</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254350986</t>
+          <t>9786254359286</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
+          <t>Şeker Hoca Timurun Filleri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254351594</t>
+          <t>9786254359378</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
+          <t>Sözümüz Bal Olsun</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254351587</t>
+          <t>9786254358760</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Selam Şehri Kudüs</t>
+          <t>Aksa'nın Bahçesi - Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254351440</t>
+          <t>9789751957252</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 7</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254352058</t>
+          <t>9789751964885</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ramazan ve Oruç</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254351471</t>
+          <t>9786254357039</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 6</t>
+          <t>Oruç Tutmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>45</v>
+        <v>190</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254351570</t>
+          <t>9786254353130</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ahlakı</t>
+          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>35</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254350450</t>
+          <t>9786254352034</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
+          <t>Sigorta Sistemleri Çalıştayı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254351457</t>
+          <t>9786254355936</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 4</t>
+          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254351419</t>
+          <t>9786254355356</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Öncüsü Celal Hoca</t>
+          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254351518</t>
+          <t>9786254350764</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mehtabın Işığında -Denemeler-</t>
+          <t>İslamda Meleklere İman Rusça</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254351464</t>
+          <t>9786254352423</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 1</t>
+          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254351655</t>
+          <t>9786254352386</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ömer Nasuhi Bilmen</t>
+          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254350207</t>
+          <t>9786254352454</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
+          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254350115</t>
+          <t>9786254352362</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Vefa Toplumu</t>
+          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254350979</t>
+          <t>9786057519603</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ticaret Ahlakı</t>
+          <t>Koruyucu Aile</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751970190</t>
+          <t>9789751959584</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Şerefeddin Yaltkaya</t>
+          <t>Temel Dini Bilgiler Japonca</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057730053</t>
+          <t>9786057730077</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
+          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257137652</t>
+          <t>9786057519047</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ma Famille (Ailem Fransızca)</t>
+          <t>İslam Hukukunda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789751969217</t>
+          <t>9789751936363</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>My Family (Ailem İngilizce)</t>
+          <t>Uncovering İslam</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789751944894</t>
+          <t>9789751962973</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
+          <t>Peygamberlere İman (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>32</v>
+        <v>60</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257396257</t>
+          <t>9789751940629</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
+          <t>Sünnetin Işığında Tebliğ ve Davet</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>28</v>
+        <v>90</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254350313</t>
+          <t>9789751963826</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Özü Dua</t>
+          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254350023</t>
+          <t>9786057730640</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Salgını Sürecinde Vefa</t>
+          <t>40 Ayette Ailemiz</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257137706</t>
+          <t>9786057519177</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
+          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>375</v>
+        <v>20</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254350399</t>
+          <t>9786057730619</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Niçin İnanıyorum?</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>28</v>
+        <v>75</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789751969026</t>
+          <t>9786254351761</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman</t>
+          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>22</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751970213</t>
+          <t>9786257396325</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Elif Ba</t>
+          <t>Islamisches Grundwissen Meine Glaube</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057519832</t>
+          <t>9786254350467</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli Kuran</t>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>38</v>
+        <v>330</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751944948</t>
+          <t>9789751947802</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Şafii İlmihali</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>95</v>
+        <v>245</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751969972</t>
+          <t>9786057751997</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Bir Seyyahın Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>1250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789751969965</t>
+          <t>9786057519528</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>890</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254350382</t>
+          <t>9789751964045</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
+          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257137058</t>
+          <t>3990000051684</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Göç ve İnsanlık</t>
+          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>28</v>
+        <v>600</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257137171</t>
+          <t>9789751933768</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>36</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257137218</t>
+          <t>9786257137447</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Genç Hutbeler</t>
+          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059962872</t>
+          <t>9786057519597</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Fetö PYD</t>
+          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789751952745</t>
+          <t>9786057519757</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
+          <t>Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>25</v>
+        <v>130</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751960344</t>
+          <t>9786254358449</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
+          <t>Zaman Yiyenler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789751970084</t>
+          <t>9786254357626</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ahlakı</t>
+          <t>Bak Şu Saate</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254351204</t>
+          <t>9786254359231</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
+          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>22</v>
+        <v>145</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257396578</t>
+          <t>9786255792037</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
+          <t>Peygamberimiz ve Aile Ahlakı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789751965998</t>
+          <t>9786254358562</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisinin Hatıra Defteri</t>
+          <t>Şiirim Bulut Olsa</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>24</v>
+        <v>65</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257396608</t>
+          <t>9786056367403</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Darb-ı Mesel</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254350955</t>
+          <t>9786254357121</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları Büyüteç Altında</t>
+          <t>Bi Dünya İnsan</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>33</v>
+        <v>60</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789751932730</t>
+          <t>9786254357107</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
+          <t>En Lezzetli Dünya Turu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786057519504</t>
+          <t>9786254357138</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Çıkmazı</t>
+          <t>İyileşen Dünya</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254350375</t>
+          <t>9786254357114</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Vakti Gelmedi mi?</t>
+          <t>Dünyanın En İlginç Kafilesi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257137461</t>
+          <t>9786254357091</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Köpek ve Dostları</t>
+          <t>Kulaktan Kulağa Oynayan Dünya</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789751960290</t>
+          <t>9786254355875</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
+          <t>Hureyre’nin Merakı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786057519764</t>
+          <t>9786254355868</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
+          <t>Mağaranın Muhafızları</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789751966261</t>
+          <t>9786254355851</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
+          <t>Gamame’nin Özel Görevi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254352256</t>
+          <t>9786254355844</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
+          <t>Demir Gaga ve Hapşırık</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789751903518</t>
+          <t>9786254354571</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
+          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>22</v>
+        <v>145</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789751932716</t>
+          <t>9789751965370</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Satanizm</t>
+          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>65</v>
+        <v>235</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786057751973</t>
+          <t>9786257137577</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>11</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254351716</t>
+          <t>9789751966735</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Diyor ki…</t>
+          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254351273</t>
+          <t>9786254356551</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
+          <t>Elifba Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>1650</v>
+        <v>22</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254351846</t>
+          <t>9786254357633</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk - Özü Sözü Bir Olmak</t>
+          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257396769</t>
+          <t>9786254358463</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Üç Mescit</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>60</v>
+        <v>575</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254350221</t>
+          <t>9789751963819</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
+          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254350238</t>
+          <t>9789751963123</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
+          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254350269</t>
+          <t>9789751960504</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
+          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254350245</t>
+          <t>9789751902290</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
+          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254350252</t>
+          <t>9789751963161</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
+          <t>Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257396431</t>
+          <t>9789751968029</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Farabi (el-Muallimu's-Sani)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257396554</t>
+          <t>9789751956194</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
+          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>36</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257396547</t>
+          <t>9786254358586</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyası</t>
+          <t>Hz. Abdurrahman b. Avf</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257396561</t>
+          <t>9786254358487</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
+          <t>Hz. Abdullah b. Ömer</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257396295</t>
+          <t>9786254358494</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Niçin İbadet Ediyorum?</t>
+          <t>Hz. Esma bint Ebu Bekir</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>85</v>
+        <v>55</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257396233</t>
+          <t>9786254350726</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Tipleri</t>
+          <t>İslamda Kitaplara İman Rusça</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257779760</t>
+          <t>9786257396868</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatları</t>
+          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257779869</t>
+          <t>9789751964915</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
+          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257396240</t>
+          <t>9789751953346</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>55</v>
+        <v>135</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257779890</t>
+          <t>9789751955616</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ahlakı</t>
+          <t>Kur'an Yolu Meali (Hafız Boy)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>24</v>
+        <v>550</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257396080</t>
+          <t>9789751965127</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Gül Gezegeni (Ciltli)</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257396127</t>
+          <t>9789751969644</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Yaşamak</t>
+          <t>Günlük Hayata Dair Dualar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257137560</t>
+          <t>9789751963918</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kakao Ağacı (Ciltli)</t>
+          <t>Temel Dini Bilgiler Rusça</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257779982</t>
+          <t>9789751937191</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
+          <t>Ümit Kuşağı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257779975</t>
+          <t>9786254358111</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
+          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>40</v>
+        <v>95</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257779388</t>
+          <t>9786254357374</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>İneklerin Gösterisi - Kukla Misket</t>
+          <t>Sevgiye Engel Yoktur</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257779395</t>
+          <t>9786254358470</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
+          <t>Hayata Kalbiyle Dokunur İnsan</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257779418</t>
+          <t>9786254358074</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yumurtaların Peşinde - Kukla Misket</t>
+          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257779401</t>
+          <t>9786254357961</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ballı Şifa - Kukla Misket</t>
+          <t>Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257779371</t>
+          <t>9786254358685</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
+          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789751969897</t>
+          <t>9789751916037</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kurban Sıkça Sorulanlar</t>
+          <t>Örnek Vaazlar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257396059</t>
+          <t>9786257137300</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Minik Oruç Yıldızı (Ciltli)</t>
+          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>95</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257396066</t>
+          <t>9789751900838</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Hırka</t>
+          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257396158</t>
+          <t>9786057519856</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
+          <t>Matüridi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751969989</t>
+          <t>9789751967688</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789751955999</t>
+          <t>9789751963185</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan</t>
+          <t>İslamofobi Endüstrisi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>40</v>
+        <v>170</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257779821</t>
+          <t>9786254352409</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Cami Ziyaretleri</t>
+          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257366045</t>
+          <t>9789751964625</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Gölgesinde Bir Hayat</t>
+          <t>Din Görevlisi Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257366410</t>
+          <t>9789751960238</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Şifa Ayı Ramazan</t>
+          <t>Ailem Serisi 1</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257779791</t>
+          <t>9789751953452</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İnkar Bahaneleri</t>
+          <t>Dini Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257366007</t>
+          <t>9789751969927</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
+          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>40</v>
+        <v>985</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257779326</t>
+          <t>9789751951755</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Son Hurafe "Deizm"</t>
+          <t>Tecvidli Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257779364</t>
+          <t>9789751967886</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
+          <t>Pencereyi Işığa Açmak</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257779432</t>
+          <t>9786254358050</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve İbadet</t>
+          <t>Düşünüyorum O Halde !</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>24</v>
+        <v>85</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257779487</t>
+          <t>9786257137478</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Ahlakı</t>
+          <t>Peygamberimiz ve Çocuk</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257779654</t>
+          <t>9786257396073</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Canın ve Malın Sigortası Zekat</t>
+          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>50</v>
+        <v>455</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257779456</t>
+          <t>9789751970312</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Din</t>
+          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>28</v>
+        <v>385</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257779449</t>
+          <t>9786254353123</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Hayat</t>
+          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>36</v>
+        <v>135</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257779340</t>
+          <t>9789751969910</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
+          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257137331</t>
+          <t>9789751965714</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Aile Örnekleri</t>
+          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257779333</t>
+          <t>3990000016910</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtuluş Hz. Musa</t>
+          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257137362</t>
+          <t>9786257137089</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyetin İzinde</t>
+          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257137393</t>
+          <t>9789751933935</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Salgın Zamanında Manevi Destek</t>
+          <t>Hz. Muhammed ve Evrensel Mesajı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057751959</t>
+          <t>9789751958686</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bizi Kim Beğenecek</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257137454</t>
+          <t>9786254355240</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Hz. Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257137911</t>
+          <t>9789751968081</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ahlakı</t>
+          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257137348</t>
+          <t>9789751960467</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Ana Konuları</t>
+          <t>Masal Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>36</v>
+        <v>290</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257137409</t>
+          <t>9786257396097</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l  Esir el - Cezeri</t>
+          <t>Kur'an İle Dirilmek</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>36</v>
+        <v>120</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257137164</t>
+          <t>9786257137669</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Yolu Güzel Yürümek</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257137072</t>
+          <t>9786254353864</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>28</v>
+        <v>130</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057751270</t>
+          <t>9786057519214</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İslam Adliye Teşkilatı</t>
+          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257137157</t>
+          <t>9789751959836</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>20</v>
+        <v>130</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789751963734</t>
+          <t>9786257779319</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Aile - Sıkça Sorulanlar</t>
+          <t>Hadislerle O’nu Anlamak</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257137416</t>
+          <t>9786257396103</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Cami ve İlim</t>
+          <t>Kur'an'ın Anlam Dünyası</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254352461</t>
+          <t>9789751967558</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dinimi Öğreniyorum</t>
+          <t>Pir-i Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257137041</t>
+          <t>9789751962225</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
+          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257137225</t>
+          <t>9789751932051</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
+          <t>Kamil Miras Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257137188</t>
+          <t>9789751963192</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>En Sağlam İp (Ciltli)</t>
+          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>115</v>
+        <v>35</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257137119</t>
+          <t>9789751941282</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
+          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057751331</t>
+          <t>9786057519924</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>34</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257137005</t>
+          <t>9786254354472</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Satıh</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057751980</t>
+          <t>9786254354533</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057751904</t>
+          <t>9786254354496</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Engelliler İlmihali</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057751768</t>
+          <t>9786254351693</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
+          <t>Sorularla Mahremiyet Bilinci</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057751720</t>
+          <t>9789751968067</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bakım ve Danışma Psikolojisi</t>
+          <t>Okulda Birtakım İşler (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057751171</t>
+          <t>9786257779852</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mihraba Adanmış Gönüller</t>
+          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057751249</t>
+          <t>9786257137379</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve İletişim Psikolojisi</t>
+          <t>Ayine</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057751195</t>
+          <t>9786057730626</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
+          <t>O'nun Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>24</v>
+        <v>110</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057751744</t>
+          <t>9789751970183</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sorumluluk Bilinci</t>
+          <t>İyiliğin Yaşı Yoktur</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057751751</t>
+          <t>9789751970282</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Sorumluluk Bilinci</t>
+          <t>Hadislerle Aile</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057751218</t>
+          <t>9786254354434</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057751232</t>
+          <t>9786254354540</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kaplan ve Dostları</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789751969651</t>
+          <t>9786254350931</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İbadetlere Dair Dualar</t>
+          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>36</v>
+        <v>145</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057519573</t>
+          <t>9786257137553</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
+          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057730992</t>
+          <t>9786254351952</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
+          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057730497</t>
+          <t>9786254350948</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
+          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057730930</t>
+          <t>9786254353949</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789751970510</t>
+          <t>9786254353970</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve Güven Bağlamında Aile</t>
+          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786057730572</t>
+          <t>9786254353956</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Siyer-i Nebi</t>
+          <t>Das Fasten Der Segen Des Ramadan</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057730503</t>
+          <t>9786254353925</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>“Ol”ma Yolunda</t>
+          <t>Der Glaube an Die Propheten im Islam</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057730565</t>
+          <t>9786254353918</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Dini Bilgiler</t>
+          <t>Der Glaube an Die Engel im Islam</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057751164</t>
+          <t>9786254353871</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Yetiştirirken</t>
+          <t>Die Familie im Islam</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751970527</t>
+          <t>9786254353932</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve İhsan Bağlamında Aile</t>
+          <t>Die Gute Moral im Islam</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057751201</t>
+          <t>9786254353895</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>İslam Penceresinden Kadın</t>
+          <t>Der Glaube an Allah im Islam</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057730602</t>
+          <t>9786254353888</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>Die Pilgerfahrt Eine Heilige Reise</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057730596</t>
+          <t>9786254353901</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın İnanç Sorunları</t>
+          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057730510</t>
+          <t>9786254353710</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okumaları</t>
+          <t>Religiöses Grundwissen</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057519542</t>
+          <t>9786257779722</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
+          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057519900</t>
+          <t>9789751902818</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kitap Medeniyeti</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>28</v>
+        <v>170</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057519511</t>
+          <t>9789751962256</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Dostu Hz. İbrahim</t>
+          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>120</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057519825</t>
+          <t>9789753891356</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hayata Merhaba</t>
+          <t>Türk Kültüründe Tire</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>24</v>
+        <v>140</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057519580</t>
+          <t>9789751970695</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Raptiye</t>
+          <t>Rahman'ın Kadın Kulları</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>50</v>
+        <v>135</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057580146</t>
+          <t>9789751970688</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751969002</t>
+          <t>9789753898874</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
+          <t>40 Hadiste Anne-Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751969163</t>
+          <t>9789751970718</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Bir Çocuk</t>
+          <t>Hafız (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>45</v>
+        <v>310</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751969187</t>
+          <t>3990000046126</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 1</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>34</v>
+        <v>120</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751969194</t>
+          <t>9786257396110</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 2</t>
+          <t>Ters Köşe</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751969156</t>
+          <t>9786057751829</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar Evinde Uyumak</t>
+          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>28</v>
+        <v>600</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751967428</t>
+          <t>9786254355905</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Namaz</t>
+          <t>Meryem Ve İyilik Ekibi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059962964</t>
+          <t>9786254355912</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Meal ve Tefsiri</t>
+          <t>Meryem ve Arkadaşı Nisa</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057519146</t>
+          <t>9786254355899</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 3</t>
+          <t>Meryem ve Kuşu Pıtırcık</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057519320</t>
+          <t>9786057519160</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
+          <t>Nurettin Topçu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786059962858</t>
+          <t>9786057730954</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İnfak Hayatın Bereketi</t>
+          <t>Ay Işıyınca</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786059962933</t>
+          <t>9786254353062</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
+          <t>Bulmacalarla Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751968890</t>
+          <t>9786254357251</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kahramanları</t>
+          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751970480</t>
+          <t>9789751964632</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hayata Dair</t>
+          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751970503</t>
+          <t>9786254357244</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın</t>
+          <t>Aile Medeniyetimiz</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751970534</t>
+          <t>9786254355172</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz</t>
+          <t>Canım Ramazan</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751970572</t>
+          <t>9786254353017</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ramazanın Bereketi Oruç</t>
+          <t>Misafirperver Orman</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751970442</t>
+          <t>9786254353000</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hac Sıkça Sorulan Sorular</t>
+          <t>Arkadaşlık Adası</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751963291</t>
+          <t>9786254355257</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751970299</t>
+          <t>9786254354526</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Yaşama Ahlakı</t>
+          <t>Hz. Enes b. Malik</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751970305</t>
+          <t>9786254354465</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Hikayeler</t>
+          <t>Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751970053</t>
+          <t>9786254353048</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikaye</t>
+          <t>Süt Şişeleri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789751970268</t>
+          <t>9786254353024</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Evlilik</t>
+          <t>Selam Ülkesi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751970275</t>
+          <t>9786254353055</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk</t>
+          <t>Vitamin Sofrası</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789751970244</t>
+          <t>9786057730947</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ne Eksik Ne Fazla</t>
+          <t>Biz Bize</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751968999</t>
+          <t>9786057751942</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Özetidir Ömrün</t>
+          <t>Kafama Takılanlar</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789751968043</t>
+          <t>9786057730978</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>İslam Nedir?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751968821</t>
+          <t>9789751949806</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
+          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789751966407</t>
+          <t>9786254350740</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Hak Duyarlılığı</t>
+          <t>Müminin Miracı Namaz Rusça</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789751968906</t>
+          <t>9786257396875</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İsraf</t>
+          <t>Hz. Muhammedin Hayatı Rusça</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789751902047</t>
+          <t>9786254352126</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
+          <t>Dini Bilgiler Soru Kitabı - 2</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789751964014</t>
+          <t>9786254352119</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam</t>
+          <t>Dini Bilgiler Soru Kitabı - 1</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751963048</t>
+          <t>9786257366038</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
+          <t>Ailem Ailem 1</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751964373</t>
+          <t>9789751966513</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751966391</t>
+          <t>3990000017454</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Aile Olmak (Ciltli)</t>
+          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751963529</t>
+          <t>9789751965967</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dedem Eve Dönüyor (Ciltli)</t>
+          <t>Kuranı Kerim ve Ukraynaca Meali</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>40</v>
+        <v>235</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789751964281</t>
+          <t>9786254357237</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
+          <t>Hac Deyince</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789751963703</t>
+          <t>9786254356582</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
+          <t>Siyer Yolculuğu</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>24</v>
+        <v>170</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751968197</t>
+          <t>9786257137324</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Terazinin Dili Tutulunca</t>
+          <t>Gündemdeki Dini Sorular</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789751947581</t>
+          <t>9786254356964</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Unutulmasın</t>
+          <t>Orta Atlastaki Mavi Pencere</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789751962478</t>
+          <t>9786254355882</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
+          <t>Meryem ve Atçılık Oyunu</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751967480</t>
+          <t>9789751969040</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Oruç - Sıkça Sorulanlar</t>
+          <t>Sinsi Ateş Tiyatro</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751967541</t>
+          <t>9786254350153</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
+          <t>Sözün Yankısı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751959270</t>
+          <t>9786057751737</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk (Ciltli)</t>
+          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751962850</t>
+          <t>9789751960320</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Merhamet (Ciltli)</t>
+          <t>Akrabalarım Var Ailem 6</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751967091</t>
+          <t>9789751960313</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Tekrarı Yok</t>
+          <t>Ailemin İletişim Dili Ailem 7</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751966759</t>
+          <t>9789751960306</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Çöl Masalı</t>
+          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751966780</t>
+          <t>9786257779678</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Gök Masalı</t>
+          <t>Ailemde Çocuk Var Ailem 2</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751966773</t>
+          <t>9789751960276</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Göl Masalı</t>
+          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751966766</t>
+          <t>9789751960269</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Köz Masalı</t>
+          <t>Ailemde Bir Genç Var Ailem 3</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751966278</t>
+          <t>9789751960252</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>Ailemde Bir Engelli Var Ailem 5</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751966179</t>
+          <t>9789751960245</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Ciltli)</t>
+          <t>Ailem Dağılmasın Ailem 11</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751966247</t>
+          <t>9789751970329</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin 40 Kapısı</t>
+          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751960498</t>
+          <t>9789751970541</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
+          <t>İslam'da Allah'a İman</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751960481</t>
+          <t>9789751970022</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kıtır ile Pıtır Hikaye Seti</t>
+          <t>Tutunmanın Öyküsü</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786057519498</t>
+          <t>9789751970558</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Park</t>
+          <t>Bir Mübarek Sefer Hac</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751964526</t>
+          <t>9789751970565</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Namazla Diriliş</t>
+          <t>İslam'da Kitaplara İman</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751963451</t>
+          <t>9789751966537</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
+          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751952578</t>
+          <t>9789751966438</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Kuran</t>
+          <t>Güven Toplumu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751967497</t>
+          <t>9789751966490</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Onur ve İffet</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751958396</t>
+          <t>9789751966506</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Divan Sunullah Gaybi (Ciltli)</t>
+          <t>Irkçılık</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751900166</t>
+          <t>9789751966483</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak ve Manevi Vazifeler</t>
+          <t>Hayat Hakkı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751959591</t>
+          <t>9789751966452</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Din ve Samimiyet</t>
+          <t>İyilik ve İhsan</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751966001</t>
+          <t>9789751966414</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751965677</t>
+          <t>9789751966445</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 2 (Ciltli)</t>
+          <t>İslam Ümmeti</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751965820</t>
+          <t>9789751966476</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Fetva Adabı</t>
+          <t>Taassup</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751962836</t>
+          <t>9789751966469</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Azimli Olmak (Ciltli)</t>
+          <t>Terör</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751962867</t>
+          <t>9789751959874</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Minnettarlık (Ciltli)</t>
+          <t>Allah İnsan Ve Merhamet</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751959263</t>
+          <t>9789751960382</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Saygı (Ciltli)</t>
+          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751959256</t>
+          <t>9789751949189</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Tutumluluk (Ciltli)</t>
+          <t>Ezanı Anlamak</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751959287</t>
+          <t>9789751932747</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yardımseverlik (Ciltli)</t>
+          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751968647</t>
+          <t>9789751966162</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
+          <t>Eş'ari (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751964359</t>
+          <t>9789751962942</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi</t>
+          <t>Kadere İman</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751958693</t>
+          <t>9789751962959</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri (Ciltli)</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>195</v>
+        <v>18</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751963253</t>
+          <t>9789751962904</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
+          <t>Ahirete İman</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>1200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751963994</t>
+          <t>9789751935694</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751964649</t>
+          <t>9789751966797</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Sokağı (Ciltli)</t>
+          <t>Din İstismarı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257137898</t>
+          <t>9789751950376</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Damlaları</t>
+          <t>Din ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751962218</t>
+          <t>9789751964052</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
+          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>520</v>
+        <v>15</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751959652</t>
+          <t>9789751937001</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
+          <t>Peygamberimiz İnsan ve Din</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>295</v>
+        <v>15</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751900180</t>
+          <t>9789751963697</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
+          <t>İslam ve İnsan</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751962843</t>
+          <t>9786257396264</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Dostluk (Ciltli)</t>
+          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751940599</t>
+          <t>9786257779807</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Dualarımı Öğreniyorum</t>
+          <t>Hac</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751963727</t>
+          <t>9786257137126</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Aydınlığında Yürümek</t>
+          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751950383</t>
+          <t>9786257137096</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Yorum</t>
+          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751964366</t>
+          <t>9786257779470</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>375</v>
+        <v>15</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789751963512</t>
+          <t>9786257137355</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
+          <t>O’na Gelene Engel Yoktur</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>90</v>
+        <v>16</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789751964304</t>
+          <t>9786057519184</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Varlık Boyutuyla İnsan</t>
+          <t>Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751963536</t>
+          <t>9786057751782</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
+          <t>Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751963550</t>
+          <t>9786057751225</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
+          <t>Dini Makalelerim</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751963543</t>
+          <t>9789751968937</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
+          <t>Sahabe Hatıraları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789751963284</t>
+          <t>9786254357022</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ailem</t>
+          <t>İslam'da Ahirete İman</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751963680</t>
+          <t>9786257396844</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
+          <t>Şerhu Tadilil Ulum (Arapça)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>55</v>
+        <v>355</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751963093</t>
+          <t>9786257137928</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
+          <t>Kuran Yolu Meali Hafız Boy</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751962966</t>
+          <t>9789751968449</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman (Ciltli)</t>
+          <t>Selam Sana Ey Kudüs</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>22</v>
+        <v>65</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751962812</t>
+          <t>9789751956460</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Karşısında İslam</t>
+          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751962560</t>
+          <t>9789751953551</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
+          <t>Hz. Peygamber’in İzinde</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789751962911</t>
+          <t>9786254356599</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
+          <t>Necil Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>34</v>
+        <v>230</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751962935</t>
+          <t>9786254356612</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İman Esasları</t>
+          <t>Hz. Ebu Ubeyde B.Cerrah</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751962980</t>
+          <t>9786254356971</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnanç Problemleri</t>
+          <t>Kafama Takılanlar - 3</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751963178</t>
+          <t>9786254356698</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
+          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751935953</t>
+          <t>9789751939500</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751958532</t>
+          <t>3990000042208</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
+          <t>Hikaye Treni</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751958549</t>
+          <t>9786257396301</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751957504</t>
+          <t>9786254351426</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
+          <t>Yapay Zeka Transhümanizm ve Din</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751958525</t>
+          <t>9786254354229</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Halveti Divanı</t>
+          <t>Ruh ve Beka-yı Ruh</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>105</v>
+        <v>390</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751959683</t>
+          <t>9789751967589</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
+          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751936028</t>
+          <t>9789751963109</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Haccı Anlamak</t>
+          <t>Güneş İle Kovalamaca (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>40</v>
+        <v>135</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751944672</t>
+          <t>9786254354601</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>İnanıyorum (6 Kitap Takım)</t>
+          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>120</v>
+        <v>355</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751943675</t>
+          <t>9786254352997</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerimi Öğreniyorum</t>
+          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>45</v>
+        <v>355</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751963970</t>
+          <t>9786254355929</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
+          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>45</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789751939814</t>
+          <t>9786254355950</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
+          <t>Patili ve Dostları</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751956330</t>
+          <t>9786254355790</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük (Ciltli)</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751956354</t>
+          <t>9786254356490</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkını Gözetmek (Ciltli)</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751948229</t>
+          <t>9786254355288</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Pezdevi'nin Kelami Görüşleri</t>
+          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789751901880</t>
+          <t>9786254355776</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789751953360</t>
+          <t>9786254356513</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
+          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789751912657</t>
+          <t>9786254355752</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 2</t>
+          <t>Ayet ve Hadislerle Kudüs</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789751943323</t>
+          <t>9786254356520</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Oruç İlmihali</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>29</v>
+        <v>55</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789751912664</t>
+          <t>9786254355226</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 1</t>
+          <t>Abide Kubbeler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789751941732</t>
+          <t>9786254355080</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
+          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789751942593</t>
+          <t>9786254355141</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler (Ciltli)</t>
+          <t>40 Hadiste Samimiyet</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789751953353</t>
+          <t>9786254354946</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789751959706</t>
+          <t>9786254355189</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>40 Hadiste Ramazan</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>295</v>
+        <v>30</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789751949172</t>
+          <t>9786254355196</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Duayı Anlamak</t>
+          <t>40 Hadiste Helal Kazanç</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789751924827</t>
+          <t>9786254355134</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Din Hürriyetinin Temelleri</t>
+          <t>40 Hadiste Emanet ve Güven</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789751900227</t>
+          <t>9786254355035</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789751949165</t>
+          <t>9786254355059</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Zekatı Anlamak</t>
+          <t>Peygamberin Dilinden Dualar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789751956446</t>
+          <t>9786254355158</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy (Ciltli)</t>
+          <t>40 Ayette Samimiyet</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789751952370</t>
+          <t>9786254355097</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile Yazıları</t>
+          <t>40 Ayette Merhamet</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
+          <t>9786254355127</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette İyilik</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786254355202</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette Hz. Peygamber</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786254355073</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette Ailemiz</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786254356445</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli İzciler</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786254354922</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786254351495</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786057519610</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Evliliğe İlk Adım</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789753898324</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Ayette İyilik Kartelası</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789751965691</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Dersleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9789751957528</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9789751966988</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9789751960221</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789751902115</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Safahat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789751967695</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786257137935</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Yolu Meali (Rahle Boy)</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786257779784</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789751969996</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789751970046</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs ve Aksa</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789751965813</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Yolu Meali (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786254356438</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Sıfır Atık Ekibi</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786254356469</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Sühreverdi</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786254356452</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>İbn Miskeveyh</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786254356476</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Divan</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786254356315</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786254356407</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Gölgeler Dijital Evren</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786254356391</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hikayen Olsun</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786254356384</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786254355820</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Atalar Ne Söyler</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786254356070</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Baba Okulu</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786254354663</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786254355301</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Din Hukuk ve Teknoloji</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786257137133</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786254355974</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Bir De Buradan Bak</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786254355967</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Şipşak</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786254356377</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Mecelle Kaidelerini Anlamak</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786254355714</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786254355745</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Zamanı Oyun Zamanı</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786254355813</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786254355783</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>İbn Battuta’nın Yolunda - 1</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786254355806</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Öncü Şahsiyetler</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786254355349</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Lisan-ı Kalp</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786254355332</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>İrfan Şiirleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786254353758</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Sadırdan Satıra</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9789751948915</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Kitabımı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786254355264</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786254354564</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler IV</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786254355271</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786254355295</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Halden Anlayanlar</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786254352287</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786254355707</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786254355325</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786254355318</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Nuri Pakdil</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786254354915</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786254355219</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Abdullah B. Mesud</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786254354199</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786254354588</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Cezaevi Vaizlerinin Hatıraları</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786254354595</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılıkla Mücadele Hatıraları</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786254354502</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Sa’d b. Ebu Vakkas</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786254354557</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Abdullah b. Abbas</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786254354489</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muaz b. Cebel</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786254354441</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Zeyd B. Sabit</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786254354458</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Zübeyr B. Avvam</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786254354519</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Abbas</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786254354328</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786254354649</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Kumbaram</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786254354656</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Kainatta Harika Şeyler Oluyor</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786057751317</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt ve Kerbela</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786254354380</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786254354366</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Ahlakı</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786254354243</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Alemin Göz Bebeği İnsan</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786257779425</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786254354267</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Teslimiyetin Sembolü Kurban</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786254354960</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786254354335</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Usul-i Fıkhın Dayandığı İlimler</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786257137102</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786257137140</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786254354212</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786254354632</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Hikmet</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786254354236</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Benim Hikayem</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786254354342</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Medya Ahlakı</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786254355028</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan ve Dayanışma</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786254354205</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>İdeal İnsan</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786254354373</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Tebliğ Davet ve İrşad</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786254354281</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanların Helal - Haram Duyarlılığı</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786254351549</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786254354274</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları Cilt IV</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786254354021</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ateistlerin Yanılgıları</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786254352492</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786254353703</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz Cami ve İrşad</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786254352393</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786254352324</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786254354359</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Belagatı ve İ'cazı</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786254354113</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786254354120</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Çağda Kadim Sorular</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786254354038</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Vahiyden Hayata</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786254352270</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786254353369</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786254354052</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Anne Arı Neredeymiş ?</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786254354069</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Suyu Nasıl İçmiş?</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786254354076</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Kaya Kuşu Kimmiş ?</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786254354083</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Horoz Neden Ötüyormuş ?</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786254354090</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Çekirge Ne Görmüş ?</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786254353345</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerle Peygamberim</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786254353697</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Adım Adım Hacca</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786254353352</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Din Nedir Din Ne Değildir?</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786254352980</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786254353727</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786254352089</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Hüseyin</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786254352065</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Talha b. Ubeydullah</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786254352072</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ümmü Eymen</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786254352102</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Cafer b. Ebu Talip</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786254352027</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Üsame b. Zeyd</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786254352096</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Halid b. Velid</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786258122343</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786254352041</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786254350443</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786254353031</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Bambu Dev ile Gökçe Kız</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786254352171</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Kafama Takılanlar - 2</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786057751966</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Hurafeler</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786254351853</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste Doğruluk</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786254351860</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette Doğruluk</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786254352188</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 2</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786254352201</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 10</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786254352218</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 9</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786254352195</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 5</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786254352225</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 3</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786254352249</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Hoşça Bak Zatına</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786254351822</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Askere Temel Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786254352232</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>İrfan Söyleşileri</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786254351013</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Kuranın Temel Kavramları I-II Takım</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786257137034</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette Ahiret Bilinci</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786257137010</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste Ahiret Bilinci</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786254351525</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Yarıda Kalan Öyküler I</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786254351501</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Gün Işığında - Denemeler</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786254351532</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Yarıda Kalan Öyküler II</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786254351006</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Kader ve Kaza İnancı</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786254351662</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Fuat Sezgin</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786254350993</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786254351433</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 8</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786254351600</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786254350986</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786254351594</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786254351587</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Selam Şehri Kudüs</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786254351440</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 7</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786254352058</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ramazan ve Oruç</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786254351471</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 6</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786254351570</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Ahlakı</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786254350450</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786254351457</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 4</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786254351419</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Bir Neslin Öncüsü Celal Hoca</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786254351518</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Mehtabın Işığında -Denemeler-</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786254351464</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gençlere Dair 1</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786254351655</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Nasuhi Bilmen</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786254350207</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786254350115</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz ve Vefa Toplumu</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786254350979</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Ticaret Ahlakı</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789751970190</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Şerefeddin Yaltkaya</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786057730053</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786257137652</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Ma Famille (Ailem Fransızca)</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789751969217</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>My Family (Ailem İngilizce)</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789751944894</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786257396257</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786254350313</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Kulluğun Özü Dua</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786254350023</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Koronavirüs Salgını Sürecinde Vefa</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786257137706</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786254350399</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Geç Kalma</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789751969026</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberlere İman</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789751970213</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Engellilere Özel Elif Ba</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786057519832</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Sözlerin En Güzeli Kuran</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789751944948</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Treni</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789751969972</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789751969965</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786254350382</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786257137058</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve İnsanlık</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786257137171</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786257137218</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Genç Hutbeler</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786059962872</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Boyutlarıyla Fetö PYD</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789751952745</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789751960344</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9789751970084</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ahlakı</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786254351204</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786257396578</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9789751965998</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Din Görevlisinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786257396608</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Darb-ı Mesel</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786254350955</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Sorunları Büyüteç Altında</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789751932730</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786057519504</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Ateizm Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786254350375</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Vakti Gelmedi mi?</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786257137461</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Köpek ve Dostları</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789751960290</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786057519764</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9789751966261</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786254352256</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789751903518</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9789751932716</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Satanizm</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786057751973</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Atasözleri ve Deyimler</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786254351716</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali Diyor ki…</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786254351273</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786254351846</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Doğruluk - Özü Sözü Bir Olmak</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786257396769</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786254350221</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786254350238</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786254350269</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786254350245</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786254350252</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786257396431</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786257396554</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786257396547</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>İslam Dünyası</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786257396561</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786257396295</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Niçin İbadet Ediyorum?</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786257396233</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da İnsan Tipleri</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786257779760</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Sahabe Hayatları</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786257779869</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786257396240</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786257779890</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Ahlakı</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786257396080</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Gül Gezegeni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786257396127</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnete Göre Yaşamak</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786257137560</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Kakao Ağacı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786257779982</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786257779975</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786257779388</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>İneklerin Gösterisi - Kukla Misket</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786257779395</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786257779418</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Yumurtaların Peşinde - Kukla Misket</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786257779401</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Ballı Şifa - Kukla Misket</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786257779371</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9789751969897</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Kurban Sıkça Sorulanlar</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786257396059</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Minik Oruç Yıldızı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786257396066</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Kıkırdayan Hırka</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786257396158</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9789751969989</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9789751955999</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu İbrahim Hakkı Divan</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786257779821</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Cami Ziyaretleri</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786257366045</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Gölgesinde Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786257366410</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Ayı Ramazan</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786257779791</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>İnkar Bahaneleri</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786257366007</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786257779326</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Son Hurafe "Deizm"</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786257779364</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786257779432</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman ve İbadet</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786257779487</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda İletişim Ahlakı</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786257779654</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Canın ve Malın Sigortası Zekat</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786257779456</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman ve Din</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786257779449</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman ve Hayat</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786257779340</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786257137331</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Aile Örnekleri</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786257779333</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Esaretten Kurtuluş Hz. Musa</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786257137362</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Medeniyetin İzinde</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786257137393</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Salgın Zamanında Manevi Destek</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786057751959</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Kim Beğenecek</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786257137454</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786257137911</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Ahlakı</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786257137348</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun Ana Konuları</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786257137409</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>İbnü’l  Esir el - Cezeri</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786257137164</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786257137072</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786057751270</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>İslam Adliye Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786257137157</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9789751963734</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Aile - Sıkça Sorulanlar</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786257137416</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Cami ve İlim</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786254352461</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Dinimi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786257137041</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786257137225</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786257137188</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>En Sağlam İp (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786257137119</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786057751331</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786257137005</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Bozuk Satıh</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786057751980</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786057751904</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Sorulu Cevaplı Engelliler İlmihali</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786057751768</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786057751720</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Bakım ve Danışma Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786057751171</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Mihraba Adanmış Gönüller</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786057751249</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve İletişim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786057751195</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786057751744</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste Sorumluluk Bilinci</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786057751751</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayette Sorumluluk Bilinci</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786057751218</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786057751232</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Kaplan ve Dostları</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9789751969651</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>İbadetlere Dair Dualar</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786057519573</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786057730992</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786057730497</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786057730930</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Hadisler</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9789751970510</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Sadakat ve Güven Bağlamında Aile</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786057730572</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Bulmacalarla Siyer-i Nebi</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786057730503</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>“Ol”ma Yolunda</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786057730565</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Bulmacalarla Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786057751164</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumu Yetiştirirken</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9789751970527</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Adalet ve İhsan Bağlamında Aile</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786057751201</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>İslam Penceresinden Kadın</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786057730602</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Anlam Arayışı</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786057730596</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Modern Çağın İnanç Sorunları</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786057730510</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Okumaları</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786057519542</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786057519900</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786057519511</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Dostu Hz. İbrahim</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786057519825</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Merhaba</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786057519580</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Raptiye</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786057580146</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9789751969002</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9789751969163</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dağ Bir Çocuk</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9789751969187</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Dünün Ardından - Denemeler 1</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9789751969194</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Dünün Ardından - Denemeler 2</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9789751969156</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Ağıtlar Evinde Uyumak</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9789751967428</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk Bilinci ve Namaz</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786059962964</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Amme Cüzü Meal ve Tefsiri</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786057519146</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler 3</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786057519320</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786059962858</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>İnfak Hayatın Bereketi</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786059962933</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9789751968890</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Oruç Kahramanları</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9789751970480</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerle Hayata Dair</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9789751970503</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Kadın</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9789751970534</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Müminin Miracı Namaz</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9789751970572</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Ramazanın Bereketi Oruç</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9789751970442</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Hac Sıkça Sorulan Sorular</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9789751963291</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9789751970299</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Bir Arada Yaşama Ahlakı</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9789751970305</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Kalbe Dokunan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9789751970053</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Hikaye</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9789751970268</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Evlilik</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9789751970275</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Çocuk</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9789751970244</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Ne Eksik Ne Fazla</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9789751968999</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Her Gün Özetidir Ömrün</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9789751968043</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Basri Çantay</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9789751968821</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9789751966407</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Hak Duyarlılığı</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9789751968906</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>İsraf</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9789751902047</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9789751964014</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla İslam</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9789751963048</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9789751964373</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Uhuvvet Risalesi</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9789751966391</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Aile Olmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9789751963529</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Eve Dönüyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9789751964281</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9789751963703</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9789751968197</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Terazinin Dili Tutulunca</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9789751947581</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Unutulmasın</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9789751962478</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9789751967480</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Oruç - Sıkça Sorulanlar</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9789751967541</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9789751959270</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>Sorumluluk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9789751962850</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>Merhamet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9789751967091</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Tekrarı Yok</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9789751966759</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Masalı</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9789751966780</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Gök Masalı</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9789751966773</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Göl Masalı</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9789751966766</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Köz Masalı</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9789751966278</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed'in Hayatı</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9789751966179</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Gazzali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9789751966247</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Hikmetin 40 Kapısı</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9789751960498</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9789751960481</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Kıtır ile Pıtır Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9786057519498</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekli Park</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9789751964526</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Cami ve Namazla Diriliş</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9789751963451</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9789751952578</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Namaz ve Kuran</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9789751967497</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Zekat</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9789751958396</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>Divan Sunullah Gaybi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9789751900166</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>İslamda Ahlak ve Manevi Vazifeler</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9789751959591</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber Din ve Samimiyet</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9789751966001</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9789751965677</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9789751965820</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Fetva Adabı</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9789751962836</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Azimli Olmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9789751962867</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Minnettarlık (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9789751959263</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklere Saygı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9789751959256</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Tutumluluk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9789751959287</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Yardımseverlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9789751968647</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9789751964359</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>İhlas Risalesi</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9789751958693</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9789751963253</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9789751963994</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9789751964649</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Fesleğen Sokağı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786257137898</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Rahmet Damlaları</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9789751962218</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9789751959652</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9789751900180</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9789751962843</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Dostluk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9789751940599</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Dualarımı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9789751963727</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Vahyin Aydınlığında Yürümek</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9789751950383</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis Yorum</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9789751964366</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9789751963512</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9789751964304</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Anlam ve Varlık Boyutuyla İnsan</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9789751963536</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9789751963550</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9789751963543</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789751963284</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Ailem</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9789751963680</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9789751963093</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9789751962966</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Meleklere İman (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9789751962812</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Şiddet Karşısında İslam</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9789751962560</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9789751962911</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9789751962935</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da İman Esasları</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9789751962980</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İnanç Problemleri</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9789751963178</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9789751935953</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Dinimi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9789751958532</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9789751958549</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Galib Divanı</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9789751957504</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9789751958525</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Niyazi-i Mısri Halveti Divanı</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9789751959683</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9789751936028</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Haccı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9789751944672</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>İnanıyorum (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9789751943675</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>İbadetlerimi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9789751963970</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9789751939814</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9789751956330</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Dürüstlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9789751956354</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Kul Hakkını Gözetmek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9789751948229</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Pezdevi'nin Kelami Görüşleri</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9789751901880</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9789751953360</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9789751912657</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları 2</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9789751943323</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Oruç İlmihali</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9789751912664</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadelede Din Adamları 1</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9789751941732</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9789751942593</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9789751953353</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9789751959706</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9789751949172</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Duayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9789751924827</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Din Hürriyetinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9789751900227</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9789751949165</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Zekatı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9789751956446</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif Ersoy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9789751952370</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Aile Yazıları</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
           <t>9789751917638</t>
         </is>
       </c>
-      <c r="B727" s="1" t="inlineStr">
+      <c r="B1154" s="1" t="inlineStr">
         <is>
           <t>Alkollü İçkiler Sigara ve Madde Bağımlılığı</t>
         </is>
       </c>
-      <c r="C727" s="1">
-        <v>95</v>
+      <c r="C1154" s="1">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>