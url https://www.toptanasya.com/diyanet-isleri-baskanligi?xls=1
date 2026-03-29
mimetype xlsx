--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -85,17335 +85,17470 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254351884</t>
+          <t>9786254357015</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Faith In Angels In Islam</t>
+          <t>Hac ve Umre ile İlgili Fetvalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254352874</t>
+          <t>9786255792426</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>La Foi Aux Prophetes En Islam (İslamda Peygamberlere İman) Fransızca</t>
+          <t>İyilikle Geçinmek Ya da Yolları Güzellikle Ayırmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254352966</t>
+          <t>9786254359415</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>La Famille En Islam (İslamda Aile) Fransızca</t>
+          <t>Güvercin Dede</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254352812</t>
+          <t>9786254359408</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Lassurance De La Vie Et Des Biens La Zakat (Malın ve Canın Sigortası Zekat) Fransızca</t>
+          <t>Kuranı Kerim Okumadaki Yaygın Hatalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254352867</t>
+          <t>9786254359293</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lascension Du Croyant La Priere (Müminin Miracı Namaz) Fransızca</t>
+          <t>Kümese Düşen Tilki Şen</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254352959</t>
+          <t>9786254359309</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>La Bonne Moralite En Islam (İslamda Güzel Ahlak) Fransızca</t>
+          <t>Pulkek Mucidi Fil Bahri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254352775</t>
+          <t>9786254358678</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Le Jeune Le Bienfait Du Ramadan (Ramazan Bereketi Oruç) Fransızca</t>
+          <t>Ramazan Günlüğüm Öğrenci Kitabı 7-10 Yaş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254352942</t>
+          <t>9786254358647</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>La Foi Aux Livres En Islam (İslamda Kitaplara İman) Fransızca</t>
+          <t>Yetişkinler İçin Ramazan Günlüğüm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254352911</t>
+          <t>9786254357046</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>La Foi En Allah (İslamda Allaha İman) Fransızca</t>
+          <t>Tulu ile Uykucu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254352904</t>
+          <t>9786254351884</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Un Voyage Sacre Le Pelerinage (Bir Mübarek Sefer Hac) Fransızca</t>
+          <t>Faith In Angels In Islam</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254352935</t>
+          <t>9786254352874</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>La Foi Aux Anges En İslam (İslamda Meleklere İman) Fransızca</t>
+          <t>La Foi Aux Prophetes En Islam (İslamda Peygamberlere İman) Fransızca</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254352928</t>
+          <t>9786254352966</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>La Plus Belle Des Paroles Le Coran (Sözlerin En Güzeli Kuran) Fransızca</t>
+          <t>La Famille En Islam (İslamda Aile) Fransızca</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257396400</t>
+          <t>9786254352812</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sily a Embarras Redouane Resoudra (Mesele Varsa Eğer Ömer Tamçözer) Fransızca</t>
+          <t>Lassurance De La Vie Et Des Biens La Zakat (Malın ve Canın Sigortası Zekat) Fransızca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254350597</t>
+          <t>9786254352867</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>My Beautiful Words 6 Books (Benim Güzel Kelimelerim 6 Kitap) İngilizce</t>
+          <t>Lascension Du Croyant La Priere (Müminin Miracı Namaz) Fransızca</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>475</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254351808</t>
+          <t>9786254352959</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Life of Prophet Muhammed (Hz Muhammedin Hayatı) İngilizce</t>
+          <t>La Bonne Moralite En Islam (İslamda Güzel Ahlak) Fransızca</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254352539</t>
+          <t>9786254352775</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>La Science Cachee Chez Moi (Evimde Saklı Bilim) Fransızca</t>
+          <t>Le Jeune Le Bienfait Du Ramadan (Ramazan Bereketi Oruç) Fransızca</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254352560</t>
+          <t>9786254352942</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>La Science Cachee Dans Le Savoir (İlimde Saklı Bilim) Fransızca</t>
+          <t>La Foi Aux Livres En Islam (İslamda Kitaplara İman) Fransızca</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254352546</t>
+          <t>9786254352911</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>La Science Cachee Dans Llinivers (Evrende Saklı Bilim) Fransızca</t>
+          <t>La Foi En Allah (İslamda Allaha İman) Fransızca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254352553</t>
+          <t>9786254352904</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>La Science Cachee Dans ma Vie (Hayatımda Saklı Bilim) Fransızca</t>
+          <t>Un Voyage Sacre Le Pelerinage (Bir Mübarek Sefer Hac) Fransızca</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254352478</t>
+          <t>9786254352935</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Les Anges Qui Prient Pour Nous (Bizim için Dua Eden Melekler) Fransızca</t>
+          <t>La Foi Aux Anges En İslam (İslamda Meleklere İman) Fransızca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751967282</t>
+          <t>9786254352928</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ma Pratique Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İbadetim) Fransızca</t>
+          <t>La Plus Belle Des Paroles Le Coran (Sözlerin En Güzeli Kuran) Fransızca</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751965653</t>
+          <t>9786257396400</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ma Morale Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Ahlakım) Fransızca</t>
+          <t>Sily a Embarras Redouane Resoudra (Mesele Varsa Eğer Ömer Tamçözer) Fransızca</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751968623</t>
+          <t>9786254350597</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mon Prophete Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Peygamberim) Fransızca</t>
+          <t>My Beautiful Words 6 Books (Benim Güzel Kelimelerim 6 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>475</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751968609</t>
+          <t>9786254351808</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ma Foi Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İnancım) Fransızca</t>
+          <t>Life of Prophet Muhammed (Hz Muhammedin Hayatı) İngilizce</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254350825</t>
+          <t>9786254352539</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Approche Islamique Des Problemes Mondiaux (Küresel Sorunlara İslami Bakış) Fransızca</t>
+          <t>La Science Cachee Chez Moi (Evimde Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257137683</t>
+          <t>9786254352560</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bonjour a la Vie (Hayata Merhaba) Fransızca</t>
+          <t>La Science Cachee Dans Le Savoir (İlimde Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786751901995</t>
+          <t>9786254352546</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Catechisme Concis Islamique (İlmihal Cep) Fransızca</t>
+          <t>La Science Cachee Dans Llinivers (Evrende Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257137676</t>
+          <t>9786254352553</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Premier Pas Vers le Mariage (Evliliğe İlk Adım) Fransızca</t>
+          <t>La Science Cachee Dans ma Vie (Hayatımda Saklı Bilim) Fransızca</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257396226</t>
+          <t>9786254352478</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Haut Conseil Des Affaires Religieuses Les Fatwas (Fetvalar) Fransızca</t>
+          <t>Les Anges Qui Prient Pour Nous (Bizim için Dua Eden Melekler) Fransızca</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>645</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751963758</t>
+          <t>9789751967282</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Koranen pa Dansk (Kur'an-ı Kerim Danca Meali) Hafız Boy (Ciltli)</t>
+          <t>Ma Pratique Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İbadetim) Fransızca</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254350757</t>
+          <t>9789751965653</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İslamda Peygamberlere İman Rusça</t>
+          <t>Ma Morale Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Ahlakım) Fransızca</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254350672</t>
+          <t>9789751968623</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübarek Sefer Hac Rusça</t>
+          <t>Mon Prophete Les Fondements De La Foi Musulmane (Temel İslam Bilgileri Peygamberim) Fransızca</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254350665</t>
+          <t>9789751968609</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslamda Allaha İman Rusça</t>
+          <t>Ma Foi Les Fondements De La Foi Musulmane (Temel İslam Bilgileri İnancım) Fransızca</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254350689</t>
+          <t>9786254350825</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslamda Aile Rusça</t>
+          <t>Approche Islamique Des Problemes Mondiaux (Küresel Sorunlara İslami Bakış) Fransızca</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254350771</t>
+          <t>9786257137683</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslamda Güzel Ahlak Rusça</t>
+          <t>Bonjour a la Vie (Hayata Merhaba) Fransızca</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254350733</t>
+          <t>9786751901995</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ramazanın Bereketi Oruç Rusça</t>
+          <t>Catechisme Concis Islamique (İlmihal Cep) Fransızca</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254350788</t>
+          <t>9786257137676</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli Kur'an (Rusça)</t>
+          <t>Premier Pas Vers le Mariage (Evliliğe İlk Adım) Fransızca</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254352782</t>
+          <t>9786257396226</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Seti (10 Kitap Rusça)</t>
+          <t>Haut Conseil Des Affaires Religieuses Les Fatwas (Fetvalar) Fransızca</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>645</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254352799</t>
+          <t>9789751963758</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kıtır ile Pıtır 5 Kitap Hikaye Seti (Rusça)</t>
+          <t>Koranen pa Dansk (Kur'an-ı Kerim Danca Meali) Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254350818</t>
+          <t>9786254350757</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Islamic Perspective On Global Issues</t>
+          <t>İslamda Peygamberlere İman Rusça</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254351730</t>
+          <t>9786254350672</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Basic Islamic Knowledge My Morality</t>
+          <t>Bir Mübarek Sefer Hac Rusça</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254351747</t>
+          <t>9786254350665</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Basic Islamic Knowledge My Worship</t>
+          <t>İslamda Allaha İman Rusça</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254351990</t>
+          <t>9786254350689</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Basic Islamic Knowledge My Prophet</t>
+          <t>İslamda Aile Rusça</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>115</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254351754</t>
+          <t>9786254350771</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Basic Islamic Knowledge My Belief</t>
+          <t>İslamda Güzel Ahlak Rusça</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>115</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751960375</t>
+          <t>9786254350733</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dinim İslam - Temel Bilgiler</t>
+          <t>Ramazanın Bereketi Oruç Rusça</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>8380000000298</t>
+          <t>9786254350788</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin 3 Cilt Takım Beyaz (Ciltli)</t>
+          <t>Sözlerin En Güzeli Kur'an (Rusça)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254352522</t>
+          <t>9786254352782</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Les Livres Saints Qui Guident (Yol Gösterici Kutsal Kitaplar) Fransızca</t>
+          <t>Peygamber Hikayeleri Seti (10 Kitap Rusça)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>45</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254352515</t>
+          <t>9786254352799</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>La Vie Eternelle Le Royaume de Lau Dela (Sonsuz Hayat Ahiret Yurdu) Fransızca</t>
+          <t>Kıtır ile Pıtır 5 Kitap Hikaye Seti (Rusça)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254352508</t>
+          <t>9786254350818</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Iı se Passe ce Qull Dit Qadha et Qadar (Onun Dediği Olur Kaza ve Kader) Fransızca</t>
+          <t>Islamic Perspective On Global Issues</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254352485</t>
+          <t>9786254351730</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Les Meilleurs Exemples Les Prophetes (En Güzel Örnek Peygamberler) Fransızca</t>
+          <t>Basic Islamic Knowledge My Morality</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254352294</t>
+          <t>9786254351747</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>La Femme a Travers Les Hadiths (Hadislerle Kadın) Fransızca</t>
+          <t>Basic Islamic Knowledge My Worship</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254352430</t>
+          <t>9786254351990</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>La Famille a Travers Les Hadiths (Hadislerle Aile) Fransızca</t>
+          <t>Basic Islamic Knowledge My Prophet</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254352348</t>
+          <t>9786254351754</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Le Mariage a Travers Les Hadiths (Hadislerle Evlilik) Fransızca</t>
+          <t>Basic Islamic Knowledge My Belief</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254350573</t>
+          <t>9789751960375</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>The Story Of The Prophet 10 Boks (Peygamber Hikayeleri 10 Kitap) İngilizce</t>
+          <t>Dinim İslam - Temel Bilgiler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254351921</t>
+          <t>8380000000298</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Questions on My Mind (Kafama Takılanlar) İngilizce</t>
+          <t>Riyazü's Salihin 3 Cilt Takım Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>55</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254351945</t>
+          <t>9786254352522</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Why do Believe (Niçin İnanıyorum) İngilizce</t>
+          <t>Les Livres Saints Qui Guident (Yol Gösterici Kutsal Kitaplar) Fransızca</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254350832</t>
+          <t>9786254352515</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>The Prophet Muhammed Says (İslam Peygamberi Hz Muhammed Diyor ki) İngilizce</t>
+          <t>La Vie Eternelle Le Royaume de Lau Dela (Sonsuz Hayat Ahiret Yurdu) Fransızca</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254351983</t>
+          <t>9786254352508</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>On The Footsteps Of The Prophet (Peygamberin İzinde) İngilizce</t>
+          <t>Iı se Passe ce Qull Dit Qadha et Qadar (Onun Dediği Olur Kaza ve Kader) Fransızca</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254352331</t>
+          <t>9786254352485</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Women Through Hadiths (Hadislerle Kadın) İngilizce</t>
+          <t>Les Meilleurs Exemples Les Prophetes (En Güzel Örnek Peygamberler) Fransızca</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257396851</t>
+          <t>9786254352294</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin İzinde Rusça</t>
+          <t>La Femme a Travers Les Hadiths (Hadislerle Kadın) Fransızca</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254350658</t>
+          <t>9786254352430</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar Rusça</t>
+          <t>La Famille a Travers Les Hadiths (Hadislerle Aile) Fransızca</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254350580</t>
+          <t>9786254352348</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İslam Hakkında Sıkça Sorulan Sorular Rusça</t>
+          <t>Le Mariage a Travers Les Hadiths (Hadislerle Evlilik) Fransızca</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254352416</t>
+          <t>9786254350573</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Das Kind Aus den Ahadithen (Hadislerle Çocuk) Almanca</t>
+          <t>The Story Of The Prophet 10 Boks (Peygamber Hikayeleri 10 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254352300</t>
+          <t>9786254351921</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Die Frau Aus den Ahadithen (Hadislerle Kadın) Almanca</t>
+          <t>Questions on My Mind (Kafama Takılanlar) İngilizce</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254352355</t>
+          <t>9786254351945</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Die Ehe Aus den Ahadithen (Hadislerle Evlilik) Almanca</t>
+          <t>Why do Believe (Niçin İnanıyorum) İngilizce</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254352447</t>
+          <t>9786254350832</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Die Familie Aus den Ahadithen (Hadislerle Aile) Almanca</t>
+          <t>The Prophet Muhammed Says (İslam Peygamberi Hz Muhammed Diyor ki) İngilizce</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254350924</t>
+          <t>9786254351983</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>J'apprends ma Religion a Travers Les Activites (Etkinliklerle Dinimi Öğreniyorum) Fransızca</t>
+          <t>On The Footsteps Of The Prophet (Peygamberin İzinde) İngilizce</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>270</v>
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254350900</t>
+          <t>9786254352331</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>La Vie du Prophete Muhammed (Hz Muhammedin Hayatı) Fransızca</t>
+          <t>Women Through Hadiths (Hadislerle Kadın) İngilizce</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254350870</t>
+          <t>9786257396851</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ce Qui me Traverse I'Esprit (Kafama Takılanlar) Fransızca</t>
+          <t>Peygamberin İzinde Rusça</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>45.76</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254350795</t>
+          <t>9786254350658</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Le Prophete de L'Islam Muhammad Dit (İslam Peygamberi Hz Muhammed Diyor ki) Fransızca</t>
+          <t>Kafama Takılanlar Rusça</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254350603</t>
+          <t>9786254350580</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Auf Den Spuren Des Propheten Peygamberin İzinde Almanca</t>
+          <t>İslam Hakkında Sıkça Sorulan Sorular Rusça</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254350474</t>
+          <t>9786254352416</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Das Leben Des Ehrenwehrten Propheten Muhammed saw Hz Muhammedin Hayatı Almanca</t>
+          <t>Das Kind Aus den Ahadithen (Hadislerle Çocuk) Almanca</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254353963</t>
+          <t>9786254352300</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Der Heiliege Koran Sözlerin En Güzeli Kuran Almanca</t>
+          <t>Die Frau Aus den Ahadithen (Hadislerle Kadın) Almanca</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254350887</t>
+          <t>9786254352355</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Faq Sur L'Islam (İslam Hakkında Sıkça Sorulan Sorular) Fransızca</t>
+          <t>Die Ehe Aus den Ahadithen (Hadislerle Evlilik) Almanca</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254352379</t>
+          <t>9786254352447</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Evlilik Hadislerle Aile Seti Rusça</t>
+          <t>Die Familie Aus den Ahadithen (Hadislerle Aile) Almanca</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254350566</t>
+          <t>9786254350924</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sorunlara İslami Bakış (Rusça)</t>
+          <t>J'apprends ma Religion a Travers Les Activites (Etkinliklerle Dinimi Öğreniyorum) Fransızca</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789751965578</t>
+          <t>9786254350900</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Bilgileri Peygamberim (Rusça)</t>
+          <t>La Vie du Prophete Muhammed (Hz Muhammedin Hayatı) Fransızca</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751965530</t>
+          <t>9786254350870</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Bilgileri İbadetim (Rusça)</t>
+          <t>Ce Qui me Traverse I'Esprit (Kafama Takılanlar) Fransızca</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>85</v>
+        <v>45.76</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751965585</t>
+          <t>9786254350795</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Bilgileri Ahlakım (Rusça)</t>
+          <t>Le Prophete de L'Islam Muhammad Dit (İslam Peygamberi Hz Muhammed Diyor ki) Fransızca</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751965561</t>
+          <t>9786254350603</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Bilgileri İnancım (Rusça)</t>
+          <t>Auf Den Spuren Des Propheten Peygamberin İzinde Almanca</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257396929</t>
+          <t>9786254350474</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hoher Rat Für Religiöse Angelegenheiten Fatwas</t>
+          <t>Das Leben Des Ehrenwehrten Propheten Muhammed saw Hz Muhammedin Hayatı Almanca</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254351723</t>
+          <t>9786254353963</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hajj a Blessed Journey</t>
+          <t>Der Heiliege Koran Sözlerin En Güzeli Kuran Almanca</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254351976</t>
+          <t>9786254350887</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fasting The Blessing Of Ramadan</t>
+          <t>Faq Sur L'Islam (İslam Hakkında Sıkça Sorulan Sorular) Fransızca</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254352010</t>
+          <t>9786254352379</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>The Most Pleasant of The Words The Qur'an</t>
+          <t>Hadislerle Evlilik Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254351938</t>
+          <t>9786254350566</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Salah Mi'raj Of The Believer</t>
+          <t>Küresel Sorunlara İslami Bakış (Rusça)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254351785</t>
+          <t>9789751965578</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Family in Islam</t>
+          <t>Temel İslam Bilgileri Peygamberim (Rusça)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254351891</t>
+          <t>9789751965530</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Faith in Prophets in Islam</t>
+          <t>Temel İslam Bilgileri İbadetim (Rusça)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254351778</t>
+          <t>9789751965585</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Faith in Allah in Islam</t>
+          <t>Temel İslam Bilgileri Ahlakım (Rusça)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254351792</t>
+          <t>9789751965561</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Morality in Islam</t>
+          <t>Temel İslam Bilgileri İnancım (Rusça)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254351877</t>
+          <t>9786257396929</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Faith in Books in Islam</t>
+          <t>Hoher Rat Für Religiöse Angelegenheiten Fatwas</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>4720000000528</t>
+          <t>9786254351723</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Hajj a Blessed Journey</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>0.75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751963628</t>
+          <t>9786254351976</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İyilik Kartela</t>
+          <t>Fasting The Blessing Of Ramadan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4440000002317</t>
+          <t>9786254352010</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Helal Kazanç Kartela</t>
+          <t>The Most Pleasant of The Words The Qur'an</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751966858</t>
+          <t>9786254351938</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Emanet ve Güven Kartelası</t>
+          <t>Salah Mi'raj Of The Believer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751950208</t>
+          <t>9786254351785</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette Merhamet Kartela</t>
+          <t>Family in Islam</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>0.75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751964274</t>
+          <t>9786254351891</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Namaz Kartelası</t>
+          <t>Faith in Prophets in Islam</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751940797</t>
+          <t>9786254351778</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Senin Adınla</t>
+          <t>Faith in Allah in Islam</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751968883</t>
+          <t>9786254351792</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İsraf ve Haddi Aşmak Kartelası</t>
+          <t>Morality in Islam</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254351839</t>
+          <t>9786254351877</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Polisler İçin Dini ve Ahlaki Bilgiler</t>
+          <t>Faith in Books in Islam</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751944955</t>
+          <t>4720000000528</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Park</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751968753</t>
+          <t>9789751963628</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Deaş - Dehşete Dayalı Bir Din İstismarı</t>
+          <t>40 Hadiste İyilik Kartela</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751968760</t>
+          <t>4440000002317</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fetö - Din İstismarının Arkasına Gizlenen Terör Örgütü</t>
+          <t>40 Hadiste Helal Kazanç Kartela</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751943934</t>
+          <t>9789751966858</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-i Kerim Rahle Boy - Sade</t>
+          <t>40 Hadiste Emanet ve Güven Kartelası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>15</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>4440000001033</t>
+          <t>9789751950208</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Dergisi Sayı: 375 - Mart 2022</t>
+          <t>Kırk Ayette Merhamet Kartela</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>10</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>4440000001032</t>
+          <t>9789751964274</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Dergisi Sayı: 374 - Şubat 2022</t>
+          <t>Kırk Hadiste Namaz Kartelası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>10</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>4440000001031</t>
+          <t>9789751940797</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Dergisi Sayı: 373 - Ocak 2022</t>
+          <t>Senin Adınla</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>10</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4440000001030</t>
+          <t>9789751968883</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Çocuk Dergisi Sayı: 500 - Mart 2022</t>
+          <t>40 Hadiste İsraf ve Haddi Aşmak Kartelası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4440000001029</t>
+          <t>9786254351839</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Çocuk Dergisi Sayı: 499 - Şubat 2022</t>
+          <t>Polisler İçin Dini ve Ahlaki Bilgiler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>4440000001028</t>
+          <t>9789751944955</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aylık Çocuk Dergisi Sayı: 498 - Ocak 2022</t>
+          <t>Çiçekli Park</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>4440000001027</t>
+          <t>9789751968753</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aile Dergisi Sayı: 39 - Mart 2022</t>
+          <t>Deaş - Dehşete Dayalı Bir Din İstismarı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>4440000001026</t>
+          <t>9789751968760</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aile Dergisi Sayı: 38 - Şubat 2022</t>
+          <t>Fetö - Din İstismarının Arkasına Gizlenen Terör Örgütü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>4440000001025</t>
+          <t>9789751943934</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Aile Dergisi Sayı: 37 - Ocak 2022</t>
+          <t>Kur'an-i Kerim Rahle Boy - Sade</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>4440000001024</t>
+          <t>4440000001033</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 18 - Mart 2022</t>
+          <t>Diyanet Aylık Dergisi Sayı: 375 - Mart 2022</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>4440000001023</t>
+          <t>4440000001032</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 17 - Şubat 2022</t>
+          <t>Diyanet Aylık Dergisi Sayı: 374 - Şubat 2022</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>4440000001022</t>
+          <t>4440000001031</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 16 - Ocak 2022</t>
+          <t>Diyanet Aylık Dergisi Sayı: 373 - Ocak 2022</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>4440000001021</t>
+          <t>4440000001030</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 15 - Mart 2022</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 500 - Mart 2022</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>4440000001020</t>
+          <t>4440000001029</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 14 - Şubat 2022</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 499 - Şubat 2022</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>4440000001019</t>
+          <t>4440000001028</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 13 - Ocak 2022</t>
+          <t>Diyanet Aylık Çocuk Dergisi Sayı: 498 - Ocak 2022</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751952738</t>
+          <t>4440000001027</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerle Kardeşlik ve Hukuku (Kartela)</t>
+          <t>Diyanet Aile Dergisi Sayı: 39 - Mart 2022</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751948700</t>
+          <t>4440000001026</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette Kur'an (Kartela)</t>
+          <t>Diyanet Aile Dergisi Sayı: 38 - Şubat 2022</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751956026</t>
+          <t>4440000001025</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Ve İnsan Onuru Kartela</t>
+          <t>Diyanet Aile Dergisi Sayı: 37 - Ocak 2022</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751960368</t>
+          <t>4440000001024</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Yardımlaşma ve Dayanışma Kartela</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 18 - Mart 2022</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>1.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751963611</t>
+          <t>4440000001023</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette İyilik Kartela</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 17 - Şubat 2022</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751966841</t>
+          <t>4440000001022</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Emanet ve Güven Kartela</t>
+          <t>Geçerken Diyanet Gençlik Dergisi Sayı: 16 - Ocak 2022</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751966995</t>
+          <t>4440000001021</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerde Kudüs Kartela</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 15 - Mart 2022</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1.53</v>
+        <v>8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751953568</t>
+          <t>4440000001020</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Cami Cemaat İmamlık ve Müezzinlik (Kartela)</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 14 - Şubat 2022</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751959447</t>
+          <t>4440000001019</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette Samimiyet</t>
+          <t>Cim Diyanet Okul Öncesi Çocuk Dergisi Sayı: 13 - Ocak 2022</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1.02</v>
+        <v>8</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751963642</t>
+          <t>9789751952738</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kursları Etkinlik ve Öğretici Kitabı 2 (4-6 YAŞ)</t>
+          <t>Ayetlerle Kardeşlik ve Hukuku (Kartela)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751959430</t>
+          <t>9789751948700</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Samimiyet Kartela</t>
+          <t>Kırk Ayette Kur'an (Kartela)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057751614</t>
+          <t>9789751956026</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Meine Schönen Begriffe 6 Buchen (Benim Güzel Kelimelerim 6 Kitap) Almanca</t>
+          <t>Hz. Peygamber Ve İnsan Onuru Kartela</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>395</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753899062</t>
+          <t>9789751960368</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Le Saint Coran Fransızca Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
+          <t>Kırk Hadiste Yardımlaşma ve Dayanışma Kartela</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>25</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751970015</t>
+          <t>9789751963611</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kırk Ayette İyilik Kartela</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751968630</t>
+          <t>9789751966841</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Les Fondements De La Foı (Temel Dini Bilgiler) Fransızca</t>
+          <t>40 Ayette Emanet ve Güven Kartela</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>165</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751970008</t>
+          <t>9789751966995</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hatim Cüzü Orta Boy Bilgisayar Hatlı</t>
+          <t>Ayet ve Hadislerde Kudüs Kartela</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257137645</t>
+          <t>9789751953568</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>L Islam A Travers Les Questions (Sorularla İslam Fransızca)</t>
+          <t>Kırk Hadiste Cami Cemaat İmamlık ve Müezzinlik (Kartela)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>110</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751967824</t>
+          <t>9789751959447</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif - Vesiletü'n Necat</t>
+          <t>Kırk Ayette Samimiyet</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057519801</t>
+          <t>9789751963642</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kur’an Kursları Etkinlik ve Öğretici Kitabı 2 (4-6 YAŞ)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>265</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751933765</t>
+          <t>9789751959430</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Tefsiri Deri Yaldızsız 5 Cilt Takım (Ciltli)</t>
+          <t>Kırk Hadiste Samimiyet Kartela</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751967831</t>
+          <t>9786057751614</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Namaz İlmihali</t>
+          <t>Meine Schönen Begriffe 6 Buchen (Benim Güzel Kelimelerim 6 Kitap) Almanca</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>8</v>
+        <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057730589</t>
+          <t>9789753899062</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yolu Meali Cami Boy Bilgisayar Hatlı</t>
+          <t>Le Saint Coran Fransızca Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254350160</t>
+          <t>9789751970015</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun ve Cumhuriyetin Manevi Mimarları</t>
+          <t>Mealli Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751947550</t>
+          <t>9789751968630</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Öğütler 2 Cilt Takım</t>
+          <t>Les Fondements De La Foı (Temel Dini Bilgiler) Fransızca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>20</v>
+        <v>165</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751967923</t>
+          <t>9789751970008</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kuran Öğreniyorum Elif Ba Fransızca</t>
+          <t>Mealli Hatim Cüzü Orta Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751941152</t>
+          <t>9786257137645</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mealleri Sempozyumu 1</t>
+          <t>L Islam A Travers Les Questions (Sorularla İslam Fransızca)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>12.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751960474</t>
+          <t>9789751967824</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Öğretici Kitabı 4 - 6 Yaş Grubu 1 - 2 Takım</t>
+          <t>Mevlid-i Şerif - Vesiletü'n Necat</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257137713</t>
+          <t>9786057519801</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Niçin İnanıyorum Fransızca</t>
+          <t>Mealli Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>265</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257137836</t>
+          <t>9789751933765</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Niçin İnanıyorum Rusça</t>
+          <t>Kur'an Yolu Türkçe Tefsiri Deri Yaldızsız 5 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751949967</t>
+          <t>9789751967831</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hizmet ve Projeler 2003-2010</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059962926</t>
+          <t>9786057730589</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste İnfak Kartela</t>
+          <t>Kuran Yolu Meali Cami Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>15</v>
+        <v>270</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059962919</t>
+          <t>9786254350160</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette İnfak Kartela</t>
+          <t>Kurtuluşun ve Cumhuriyetin Manevi Mimarları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>5.09</v>
+        <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9772687454001</t>
+          <t>9789751947550</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İlmi Dergi Arapça</t>
+          <t>Kurandan Öğütler 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9771300849514</t>
+          <t>9789751967923</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İlmi Dergi</t>
+          <t>Kuran Öğreniyorum Elif Ba Fransızca</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751936714</t>
+          <t>9789751941152</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçme Masalları</t>
+          <t>Kur'an Mealleri Sempozyumu 1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057751553</t>
+          <t>9789751960474</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam Rusça</t>
+          <t>Kur'an Kursları Öğretici Kitabı 4 - 6 Yaş Grubu 1 - 2 Takım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057730718</t>
+          <t>9786257137713</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Pourquoi Suis Je Devenu Müsülman Hıstoires de Conversions</t>
+          <t>Niçin İnanıyorum Fransızca</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057730923</t>
+          <t>9786257137836</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - 10 Kitap Takım</t>
+          <t>Niçin İnanıyorum Rusça</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257137690</t>
+          <t>9789751949967</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Papi Retourne a la Masison</t>
+          <t>Hizmet ve Projeler 2003-2010</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751958389</t>
+          <t>9786059962926</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Özet Olarak İslam</t>
+          <t>Kırk Hadiste İnfak Kartela</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751964823</t>
+          <t>9786059962919</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Il Sacro Corano Kuranı Kerim ve İtalyanca Meali (Ciltli)</t>
+          <t>Kırk Ayette İnfak Kartela</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254351211</t>
+          <t>9772687454001</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Kuran Konulu Tefsir (5 Cilt) (Ciltli)</t>
+          <t>Diyanet İlmi Dergi Arapça</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1375</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257137263</t>
+          <t>9771300849514</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulümid Din 4 Cilt</t>
+          <t>Diyanet İlmi Dergi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057519788</t>
+          <t>9789751936714</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Resimli Seçme Masalları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>230</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751942166</t>
+          <t>9786057751553</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Giriş Temel Esaslar</t>
+          <t>Sorularla İslam Rusça</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>10</v>
+        <v>95</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057519795</t>
+          <t>9786057730718</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Cami Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Pourquoi Suis Je Devenu Müsülman Hıstoires de Conversions</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751938862</t>
+          <t>9786057730923</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslama Giriş Gençliğin İslam Bilgisi</t>
+          <t>Peygamber Hikayeleri - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057751454</t>
+          <t>9786257137690</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile Seti Rusça</t>
+          <t>Papi Retourne a la Masison</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057751430</t>
+          <t>9789751958389</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İnanıyorum Serisi 6 Kitap Set Fransızca</t>
+          <t>Özet Olarak İslam</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257137485</t>
+          <t>9789751964823</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler İstişare Toplantısı - IX</t>
+          <t>Il Sacro Corano Kuranı Kerim ve İtalyanca Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751962669</t>
+          <t>9786254351211</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>El Noble Coran Kuranı Kerim ve İspanyolca Meali</t>
+          <t>Hayat Rehberi Kuran Konulu Tefsir (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>295</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751930156</t>
+          <t>9786257137263</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Braille Kuranı Kerim 6 Cilt Kutulu (Ciltli)</t>
+          <t>İhyaü Ulümid Din 4 Cilt</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>1400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257396615</t>
+          <t>9786057519788</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cümle Alem Uyandırma Servisi</t>
+          <t>Hatim Cüzü Küçük Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257137638</t>
+          <t>9789751942166</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir Fransızca</t>
+          <t>İslam'a Giriş Temel Esaslar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057730060</t>
+          <t>9786057519795</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Hayat</t>
+          <t>Hatim Cüzü Cami Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>15</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057751546</t>
+          <t>9789751938862</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir Rusça</t>
+          <t>İslama Giriş Gençliğin İslam Bilgisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057751591</t>
+          <t>9786057751454</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Kelimelerim 6 Kitap Fransızca</t>
+          <t>Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751963222</t>
+          <t>9786057751430</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Basics of Islam (Temel Dini Bilgiler) İngilizce</t>
+          <t>İnanıyorum Serisi 6 Kitap Set Fransızca</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751968777</t>
+          <t>9786257137485</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vaaz Rehberi 2 Cilt Takım (Ciltli)</t>
+          <t>Güncel Dini Meseleler İstişare Toplantısı - IX</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257779845</t>
+          <t>9789751962669</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Fethin Nişanesi Fatihin Emaneti</t>
+          <t>El Noble Coran Kuranı Kerim ve İspanyolca Meali</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751969149</t>
+          <t>9789751930156</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Vatanım Herşeyim</t>
+          <t>Braille Kuranı Kerim 6 Cilt Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>15</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057751539</t>
+          <t>9786257396615</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>What Is Islam? (İslam Nedir)</t>
+          <t>Cümle Alem Uyandırma Servisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057519337</t>
+          <t>9786257137638</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Why Did I Become A Muslim Conversion Stories (Neden Müslüman Oldum İhtida Öyküleri İngilizce)</t>
+          <t>İslam Nedir Fransızca</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>115</v>
+        <v>35</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751951731</t>
+          <t>9786057730060</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Ramazan Kartela</t>
+          <t>Cami ve Hayat</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751952899</t>
+          <t>9786057751546</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı 40 Hadis Kartelası</t>
+          <t>İslam Nedir Rusça</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>2.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254350412</t>
+          <t>9786057751591</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İlahi Hadisler 99 Kudsi Hadis Ve Şerhi</t>
+          <t>Benim Güzel Kelimelerim 6 Kitap Fransızca</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>30</v>
+        <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257396424</t>
+          <t>9789751963222</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sualli - Cevaplı Dini Bilgiler</t>
+          <t>Basics of Islam (Temel Dini Bilgiler) İngilizce</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>50</v>
+        <v>165</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751901995</t>
+          <t>9789751968777</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Catechisme Concis Islamique (Fransızca Cep İlmihali)</t>
+          <t>Vaaz Rehberi 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751970121</t>
+          <t>9786257779845</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Edinmesi Gereken Ahlaki Erdemler</t>
+          <t>Ayasofya Fethin Nişanesi Fatihin Emaneti</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751969170</t>
+          <t>9789751969149</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Öyküler</t>
+          <t>Vatanım Herşeyim</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751965417</t>
+          <t>9786057751539</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Değerler Eğitimi (2 Cilt Takım)</t>
+          <t>What Is Islam? (İslam Nedir)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751963055</t>
+          <t>9786057519337</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fetvalar</t>
+          <t>Why Did I Become A Muslim Conversion Stories (Neden Müslüman Oldum İhtida Öyküleri İngilizce)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>40</v>
+        <v>115</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751946720</t>
+          <t>9789751951731</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü (30 Cüz)</t>
+          <t>Kırk Hadiste Ramazan Kartela</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751941169</t>
+          <t>9789751952899</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mealleri Sempozyumu Cilt: 2 (Ciltli)</t>
+          <t>Diyanet İşleri Başkanlığı 40 Hadis Kartelası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>25</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751935776</t>
+          <t>9786254350412</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>İlahi Hadisler 99 Kudsi Hadis Ve Şerhi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751965721</t>
+          <t>9786257396424</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Warum Bin Ich Muslim Geworden?</t>
+          <t>Sualli - Cevaplı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751967572</t>
+          <t>9789751901995</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Kur'an ve Hüsn-i Hat (Ciltli)</t>
+          <t>Catechisme Concis Islamique (Fransızca Cep İlmihali)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>40</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751964106</t>
+          <t>9789751970121</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kuran Dili Tefsiri Osmanlıca (1-13 Cilt) (Ciltli)</t>
+          <t>Müslümanın Edinmesi Gereken Ahlaki Erdemler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>900</v>
+        <v>55</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751964830</t>
+          <t>9789751969170</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kopah Kur'an-ı Kerim ve Rusça Meali (Orta Boy) (Ciltli)</t>
+          <t>Dünün Ardından - Öyküler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751964816</t>
+          <t>9789751965417</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Almanca Meali (Orta Boy) (Ciltli)</t>
+          <t>Etkinliklerle Değerler Eğitimi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751964328</t>
+          <t>9789751963055</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Gürcüce Meali (Orta Boy) (Ciltli)</t>
+          <t>Fetvalar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751967565</t>
+          <t>9789751946720</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Halid el-Bağdadi (Ciltli)</t>
+          <t>Hatim Cüzü (30 Cüz)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000052049</t>
+          <t>9789751941169</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Örnek Vaazlar Cilt: 2</t>
+          <t>Kur'an Mealleri Sempozyumu Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751901798</t>
+          <t>9789751935776</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Mükafatı</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>0.75</v>
+        <v>3</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751955395</t>
+          <t>9789751965721</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Büyük Boy) (Ciltli)</t>
+          <t>Warum Bin Ich Muslim Geworden?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>865</v>
+        <v>115</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751968012</t>
+          <t>9789751967572</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Zıp Zıp Ses</t>
+          <t>Osmanlı'dan Günümüze Kur'an ve Hüsn-i Hat (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751960511</t>
+          <t>9789751964106</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Çocuklar İçin Din Eğitim Seti 6 Kitap</t>
+          <t>Hak Dini Kuran Dili Tefsiri Osmanlıca (1-13 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>30</v>
+        <v>900</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751905741</t>
+          <t>9789751964830</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslam Kelamcılarına Ve Filozoflara Göre Allah'ın Varlığı</t>
+          <t>Kopah Kur'an-ı Kerim ve Rusça Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786058574649</t>
+          <t>9789751964816</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kaynak Merkezi Yeterlilik ve MBSTS</t>
+          <t>Kur'an-ı Kerim ve Almanca Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000017909</t>
+          <t>9789751964328</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çocuk</t>
+          <t>Kur'an-ı Kerim ve Gürcüce Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>2.31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751958976</t>
+          <t>9789751967565</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi Rubailer (Ciltli)</t>
+          <t>Halid el-Bağdadi (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751959676</t>
+          <t>3990000052049</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Alvarlı Muhammed Lutfi Divan (Ciltli)</t>
+          <t>Örnek Vaazlar Cilt: 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751957238</t>
+          <t>9789751901798</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Burcundan Şiirler (Ciltli)</t>
+          <t>İyiliğin Mükafatı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>35</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751959805</t>
+          <t>9789751955395</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Asr Suresi Tefsiri (Ciltli)</t>
+          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>30</v>
+        <v>865</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751960214</t>
+          <t>9789751968012</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Risalesi</t>
+          <t>İçimdeki Zıp Zıp Ses</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751959140</t>
+          <t>9789751960511</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İşaretü'l-İ'caz fi Mezanni'l-İcaz (Ciltli)</t>
+          <t>İşitme Engelli Çocuklar İçin Din Eğitim Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751942159</t>
+          <t>9789751905741</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Giriş - Evrensel Mesajlar (Ciltli)</t>
+          <t>İslam Kelamcılarına Ve Filozoflara Göre Allah'ın Varlığı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751948502</t>
+          <t>9786058574649</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç İlmihali Kur-an'ın ve Kainatın Dilinden İman Esasları</t>
+          <t>Diyanet Kaynak Merkezi Yeterlilik ve MBSTS</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>7.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751937070</t>
+          <t>3990000017909</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Öğreniyorum</t>
+          <t>İslam ve Çocuk</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>35</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751952349</t>
+          <t>9789751958976</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Nüzulünün 1400.Yılı Anısına Diyanet İlmi Dergi kur'an Özel Sayısı (Ciltli)</t>
+          <t>Mevlana Celaleddin-i Rumi Rubailer (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751937926</t>
+          <t>9789751959676</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Engelliler</t>
+          <t>Alvarlı Muhammed Lutfi Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751943927</t>
+          <t>9789751957238</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Hafız Boy, Desenli, Gri Kapak) (Ciltli)</t>
+          <t>Hikmet Burcundan Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751938879</t>
+          <t>9789751959805</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Giriş - Ana Konulara yeni Yaklaşımlar (Ciltli)</t>
+          <t>Asr Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751934840</t>
+          <t>9789751960214</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Cep Boy) (Ciltli)</t>
+          <t>Hafızlık Risalesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>7.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751944993</t>
+          <t>9789751959140</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Türk İslam Sanatı (Ciltli)</t>
+          <t>İşaretü'l-İ'caz fi Mezanni'l-İcaz (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000017585</t>
+          <t>9789751942159</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Din, Bilim, Uygarlık ve Atatürk (Ciltli)</t>
+          <t>İslam'a Giriş - Evrensel Mesajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>7.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751941275</t>
+          <t>9789751948502</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İslam Kültür ve Medeniyeti (Ciltli)</t>
+          <t>İslam İnanç İlmihali Kur-an'ın ve Kainatın Dilinden İman Esasları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>30</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751956040</t>
+          <t>9789751937070</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kültür Serisi (25 Kitap Takım)</t>
+          <t>Peygamberimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751928948</t>
+          <t>9789751952349</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
+          <t>Kur'an'ın Nüzulünün 1400.Yılı Anısına Diyanet İlmi Dergi kur'an Özel Sayısı (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751932433</t>
+          <t>9789751937926</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Ciltli)</t>
+          <t>Ayet ve Hadisler Işığında Engelliler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751939937</t>
+          <t>9789751943927</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlik ve Hz. Muhammed'in Peygamberliği</t>
+          <t>Kur'an-ı Kerim Meali (Hafız Boy, Desenli, Gri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751941251</t>
+          <t>9789751938879</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Namaz İlmihali</t>
+          <t>İslam'a Giriş - Ana Konulara yeni Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751944665</t>
+          <t>9789751934840</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sorunlarımız Sorumluluklarımız (16 Kitap Takım)</t>
+          <t>Kur'an-ı Kerim Meali (Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751953087</t>
+          <t>9789751944993</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Eserden Esmaya (Ciltli)</t>
+          <t>Anadolu'da Türk İslam Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751955487</t>
+          <t>3990000017585</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Gezileri (Ciltli)</t>
+          <t>Din, Bilim, Uygarlık ve Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>10</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751951779</t>
+          <t>9789751941275</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Komşuluk Akrabalık ve Dostluk (Kartela)</t>
+          <t>Anadolu'da İslam Kültür ve Medeniyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751938473</t>
+          <t>9789751956040</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İhtida Öyküleri</t>
+          <t>Diyanet Kültür Serisi (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751946683</t>
+          <t>9789751928948</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Hafız Boy Yaldızlı) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751941978</t>
+          <t>9789751932433</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Cikciki'nin Sevinci (6 Kitap Takım)</t>
+          <t>Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751934915</t>
+          <t>9789751939937</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Büyük Boy) (Ciltli)</t>
+          <t>Peygamberlik ve Hz. Muhammed'in Peygamberliği</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751948038</t>
+          <t>9789751941251</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cami Boy)</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751967183</t>
+          <t>9789751944665</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Seyahatte İbadet</t>
+          <t>Sorunlarımız Sorumluluklarımız (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751960450</t>
+          <t>9789751953087</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Etkinlik Kitabı (2 Cilt Takım)</t>
+          <t>Eserden Esmaya (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751965066</t>
+          <t>9789751955487</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kıraat-i Aşere</t>
+          <t>Tefekkür Gezileri (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751900212</t>
+          <t>9789751951779</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Cep Tipi Kılıflı (Farklı Renklerde)</t>
+          <t>Kırk Hadiste Komşuluk Akrabalık ve Dostluk (Kartela)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751964618</t>
+          <t>9789751938473</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
+          <t>İhtida Öyküleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751960351</t>
+          <t>9789751946683</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette Yardımlaşma ve Dayanışma</t>
+          <t>Kur'an-ı Kerim (Hafız Boy Yaldızlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9799751939400</t>
+          <t>9789751941978</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ufak Şeyler</t>
+          <t>Cikciki'nin Sevinci (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751944931</t>
+          <t>9789751934915</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benek</t>
+          <t>Kur'an-ı Kerim Meali (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751935670</t>
+          <t>9789751948038</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Masalları Tilkinin Oyunu</t>
+          <t>Kur'an-ı Kerim (Cami Boy)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751936356</t>
+          <t>9789751967183</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Resimli Seçme Masallar</t>
+          <t>Seyahatte İbadet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751944924</t>
+          <t>9789751960450</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şehri Görmek İsteyen Balık</t>
+          <t>Kur'an Kursları Etkinlik Kitabı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751952684</t>
+          <t>9789751965066</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Elmaslı Kolye</t>
+          <t>Kıraat-i Aşere</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751923506</t>
+          <t>9789751900212</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Türkçe Hac Duaları</t>
+          <t>Kur'an-ı Kerim Cep Tipi Kılıflı (Farklı Renklerde)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>0.75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789751923492</t>
+          <t>9789751964618</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Hac Rehberi</t>
+          <t>Aziz Mahmud Hüdayi (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1.25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789751923484</t>
+          <t>9789751960351</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Tavaf ve Sa'y Duaları</t>
+          <t>Kırk Ayette Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>0.75</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751937919</t>
+          <t>9799751939400</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur'an Kursları Öğretici Kılavuzu</t>
+          <t>Ufak Şeyler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751958501</t>
+          <t>9789751944931</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Serahsi Sempozyumu (Ciltli)</t>
+          <t>Sarı Benek</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751939203</t>
+          <t>9789751935670</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İnancım</t>
+          <t>Hayvan Masalları Tilkinin Oyunu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751938640</t>
+          <t>9789751936356</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Religion And Society</t>
+          <t>Resimli Seçme Masallar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751923476</t>
+          <t>9789751944924</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Hac Duaları</t>
+          <t>Şehri Görmek İsteyen Balık</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1.25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751936845</t>
+          <t>9789751952684</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Sureler Arasındaki Münasebet</t>
+          <t>Sekiz Elmaslı Kolye</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751965042</t>
+          <t>9789751923506</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Diyanet Türkçe Hac Duaları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>50</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751964076</t>
+          <t>9789751923492</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi Mevzuat Rehberi</t>
+          <t>Diyanet Hac Rehberi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>15</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751963505</t>
+          <t>9789751923484</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklara 40 Dua</t>
+          <t>Diyanet Tavaf ve Sa'y Duaları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>90</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751963345</t>
+          <t>9789751937919</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Qur'ana Piroz ü Meala We Ya Kurdi (Ciltli)</t>
+          <t>Yaz Kur'an Kursları Öğretici Kılavuzu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751935784</t>
+          <t>9789751958501</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Uluslararası Serahsi Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751936691</t>
+          <t>9789751939203</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanları - Al Bayrak</t>
+          <t>İnancım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>2.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751955678</t>
+          <t>9789751938640</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Çocuk</t>
+          <t>Religion And Society</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1.39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751946737</t>
+          <t>9789751923476</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hatim Cüzü (Küçük Boy)</t>
+          <t>Diyanet Hac Duaları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>40</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789751935415</t>
+          <t>9789751936845</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tabsıratü'l Edille Fi Usuli'd-Din (2. Cilt)</t>
+          <t>Ayetler ve Sureler Arasındaki Münasebet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>7.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751949134</t>
+          <t>9789751965042</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kuran'ı Kerim (Küçük Boy)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751966360</t>
+          <t>9789751964076</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Anlamak</t>
+          <t>Din Görevlisi Mevzuat Rehberi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789751962928</t>
+          <t>9789751963505</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İman (Ciltli)</t>
+          <t>Hikayelerle Çocuklara 40 Dua</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751963116</t>
+          <t>9789751963345</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Allah (Ciltli)</t>
+          <t>Qur'ana Piroz ü Meala We Ya Kurdi (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>6.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751963130</t>
+          <t>9789751935784</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklara Esma-i Hüsna (Ciltli)</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>90</v>
+        <v>3</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751962393</t>
+          <t>9789751936691</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kerbela : Biz Hüseynilerdeniz (Ciltli)</t>
+          <t>Çocuk Kahramanları - Al Bayrak</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>30</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751952028</t>
+          <t>9789751955678</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kültür Coğrafyamızda Hz. Muhammed (2 Cilt) (Ciltli)</t>
+          <t>Kırk Hadiste Çocuk</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>35</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751951748</t>
+          <t>9789751946737</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Hatim Cüzü (Küçük Boy)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>17.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751900210</t>
+          <t>9789751935415</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cep Boy Kılıflı)</t>
+          <t>Tabsıratü'l Edille Fi Usuli'd-Din (2. Cilt)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751959669</t>
+          <t>9789751949134</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Küçük Boy)</t>
+          <t>Kuran'ı Kerim (Küçük Boy)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789751937186</t>
+          <t>9789751966360</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Köprülü Mehmet Paşa</t>
+          <t>Kur'an-ı Kerim'i Anlamak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>1.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789751903501</t>
+          <t>9789751962928</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslamda Sosyal Dayanışma Müesseseleri</t>
+          <t>Allah'a İman (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789751948854</t>
+          <t>9789751963116</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hucurat Suresinin Meal ve Tefsiri</t>
+          <t>Rabbim Allah (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>2.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789751948847</t>
+          <t>9789751963130</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresinin Meal ve Tefsiri</t>
+          <t>Hikayelerle Çocuklara Esma-i Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>1.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789751918697</t>
+          <t>9789751962393</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife</t>
+          <t>Kerbela : Biz Hüseynilerdeniz (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789751967534</t>
+          <t>9789751952028</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Taha Hakkari</t>
+          <t>Kültür Coğrafyamızda Hz. Muhammed (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789751967787</t>
+          <t>9789751951748</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Fatiha ve Hucurat Surelerinin Meal ve Tefsiri</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789751955852</t>
+          <t>9789751900210</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Serisi Çocuk Kitapları (5 Kitap)</t>
+          <t>Kur'an-ı Kerim (Cep Boy Kılıflı)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789751966117</t>
+          <t>9789751959669</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dürerül - Hükkam (4 Cilt) (Ciltli)</t>
+          <t>Kur'an Yolu Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789751966377</t>
+          <t>9789751937186</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Nazariyatı Hakkında Bir Etüt ( Cilt 1-2 ) (Ciltli)</t>
+          <t>Köprülü Mehmet Paşa</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789751966872</t>
+          <t>9789751903501</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi</t>
+          <t>İslamda Sosyal Dayanışma Müesseseleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>26</v>
+        <v>3</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789751966896</t>
+          <t>9789751948854</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ramazan İktisad Şükür Risaleleri</t>
+          <t>Hucurat Suresinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>40</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751966889</t>
+          <t>9789751948847</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler</t>
+          <t>Fatiha Suresinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>35</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>3990000078298</t>
+          <t>9789751918697</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Resimli Hayvan Masalları</t>
+          <t>Ebu Hanife</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>2.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751939821</t>
+          <t>9789751967534</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İnsan Din ve Özgürlük</t>
+          <t>Seyyid Taha Hakkari</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>4440000000852</t>
+          <t>9789751967787</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Binlerce Diliyle İnsan Yüzü (Ciltli)</t>
+          <t>Fatiha ve Hucurat Surelerinin Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789751937131</t>
+          <t>9789751955852</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ülkemizde Engelliler Gerçeği ve İslam (Ciltli)</t>
+          <t>Sevgi Serisi Çocuk Kitapları (5 Kitap)</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751936011</t>
+          <t>9789751966117</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hac İlmihali</t>
+          <t>Dürerül - Hükkam (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>18</v>
+        <v>500</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789751952790</t>
+          <t>9789751966377</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yasin (Büyük Boy)</t>
+          <t>İslam Hukuku Nazariyatı Hakkında Bir Etüt ( Cilt 1-2 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789751947796</t>
+          <t>9789751966872</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Caferi İlmihali (Ciltli)</t>
+          <t>Hastalar Risalesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751936837</t>
+          <t>9789751966896</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dini Kavramlar Sözlüğü (Ciltli)</t>
+          <t>Ramazan İktisad Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751931764</t>
+          <t>9789751966889</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Zikir Kavramı ve Allah'ı Zikir</t>
+          <t>Küçük Sözler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000017141</t>
+          <t>3990000078298</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Günahlar Tövbe ve İstiğfar</t>
+          <t>Resimli Hayvan Masalları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>30</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789751943958</t>
+          <t>9789751939821</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Eğitimi Kurumu Olarak Kur'an Kursu</t>
+          <t>İnsan Din ve Özgürlük</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789751935106</t>
+          <t>4440000000852</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Söyleşi</t>
+          <t>Binlerce Diliyle İnsan Yüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>3990000018508</t>
+          <t>9789751937131</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mealleri Sempozyumu (2 Cilt Takımı) (Ciltli)</t>
+          <t>Ülkemizde Engelliler Gerçeği ve İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789751908063</t>
+          <t>9789751936011</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife'nin Hadis Anlayışı ve Hanefi Mezhebinin Hadis Metodu</t>
+          <t>Hac İlmihali</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789751955944</t>
+          <t>9789751952790</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çıkartma Kitabım (4 Kitap Takım) (Ciltli)</t>
+          <t>Yasin (Büyük Boy)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789751938794</t>
+          <t>9789751947796</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Albümü: Fotoğraflarla Kutsal Topraklar (Ciltli)</t>
+          <t>Caferi İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789751967190</t>
+          <t>9789751936837</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kürsüden Öğütler (Ciltli)</t>
+          <t>Dini Kavramlar Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>22.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751942647</t>
+          <t>9789751931764</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuma Rehberi</t>
+          <t>Kur'an'da Zikir Kavramı ve Allah'ı Zikir</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>1.25</v>
+        <v>3</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751958495</t>
+          <t>3990000017141</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Hoşgörü</t>
+          <t>Günahlar Tövbe ve İstiğfar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789751965028</t>
+          <t>9789751943958</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri Tarihi (Ciltli)</t>
+          <t>Bir Din Eğitimi Kurumu Olarak Kur'an Kursu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789751903433</t>
+          <t>9789751935106</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Fetihlerle Anadolu'nun Türkleşmesi ve İslamlaşması</t>
+          <t>Gençlerle Söyleşi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789751951762</t>
+          <t>3990000018508</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk</t>
+          <t>Kur'an Mealleri Sempozyumu (2 Cilt Takımı) (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751952868</t>
+          <t>9789751908063</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kardeşlik Hukuku</t>
+          <t>İmam Ebu Hanife'nin Hadis Anlayışı ve Hanefi Mezhebinin Hadis Metodu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751952097</t>
+          <t>9789751955944</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Anne Sözü</t>
+          <t>Çıkartma Kitabım (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751959317</t>
+          <t>9789751938794</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İncileri</t>
+          <t>Hicaz Albümü: Fotoğraflarla Kutsal Topraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>3990000031364</t>
+          <t>9789751967190</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı (2 Kitap Takım)</t>
+          <t>Kürsüden Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>35</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789751965035</t>
+          <t>9789751942647</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy - Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>35</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789751965134</t>
+          <t>9789751958495</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
+          <t>İslam Kültüründe Hoşgörü</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>4.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>3990000133768</t>
+          <t>9789751965028</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Yaldızsız (5 Cilt Takım) (Ciltli)</t>
+          <t>İslam Mezhepleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789751942357</t>
+          <t>9789751903433</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliden (s.a.s)</t>
+          <t>Fetihlerle Anadolu'nun Türkleşmesi ve İslamlaşması</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>3990000016975</t>
+          <t>9789751951762</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan (Ciltli)</t>
+          <t>Komşuluk</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789751964038</t>
+          <t>9789751952868</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Bir Fikir Adamı İbrahim Hakkı Erzurumi</t>
+          <t>Hz. Peygamber ve Kardeşlik Hukuku</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789751963987</t>
+          <t>9789751952097</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bursa'da Bir Buharalı Emir Sultan</t>
+          <t>Anne Sözü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789751964007</t>
+          <t>9789751959317</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kutlu Ev Sahibi Eyyub Sultan</t>
+          <t>Mutluluk İncileri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>3.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751964069</t>
+          <t>3990000031364</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ulu Cami'nin Bilge İmamı Süleyman Çelebi ve Mevlid</t>
+          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789751964090</t>
+          <t>9789751965035</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kuran Öğreniyorum (Muhtasar)</t>
+          <t>Kur'an-ı Kerim Orta Boy - Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789751964083</t>
+          <t>9789751965134</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğreniyorum (Tecvitli)</t>
+          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>155</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789751964298</t>
+          <t>3990000133768</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Kurumlarında Din Hizmetleri Rehberi</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Yaldızsız (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789751965493</t>
+          <t>9789751942357</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir Endülüs Mütefekkiri İbn-i Hazm</t>
+          <t>Sevgiliden (s.a.s)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789751964977</t>
+          <t>3990000016975</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğreniyorum (3 Kitap Takım)</t>
+          <t>Yunus Emre Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789751959300</t>
+          <t>9789751964038</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Düşler Adası</t>
+          <t>Erzurumlu Bir Fikir Adamı İbrahim Hakkı Erzurumi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>58</v>
+        <v>3</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789751959829</t>
+          <t>9789751963987</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İhlas Suresi Tefsiri (Ciltli)</t>
+          <t>Bursa'da Bir Buharalı Emir Sultan</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>20</v>
+        <v>3</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789751926098</t>
+          <t>9789751964007</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Birarada Yaşama Tecrübesi</t>
+          <t>İstanbul'un Kutlu Ev Sahibi Eyyub Sultan</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>15</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789751963239</t>
+          <t>9789751964069</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Yeniden Dirilişi Çanakkale (Ciltli)</t>
+          <t>Ulu Cami'nin Bilge İmamı Süleyman Çelebi ve Mevlid</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789751963321</t>
+          <t>9789751964090</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Birlikte Yaşama Ahlakı</t>
+          <t>Kuran Öğreniyorum (Muhtasar)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789751955517</t>
+          <t>9789751964083</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tavşi ve Dostları</t>
+          <t>Kur'an Öğreniyorum (Tecvitli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>10</v>
+        <v>155</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789751956033</t>
+          <t>9789751964298</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İnceleme ve Soruşturma Rehberi (Ciltli)</t>
+          <t>Sosyal Hizmet Kurumlarında Din Hizmetleri Rehberi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789751943644</t>
+          <t>9789751965493</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dualar (Ciltli)</t>
+          <t>Bir Endülüs Mütefekkiri İbn-i Hazm</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789751933836</t>
+          <t>9789751964977</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Hoşgörü</t>
+          <t>Kur'an Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751950352</t>
+          <t>9789751959300</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Merhamet Eğitimi</t>
+          <t>Düşler Adası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>3990000011011</t>
+          <t>9789751959829</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık Propagandası ve Misyonerlik Faaliyetleri</t>
+          <t>İhlas Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789751940810</t>
+          <t>9789751926098</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yasin (Küçük Boy)</t>
+          <t>Anadolu'da Birarada Yaşama Tecrübesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789751955494</t>
+          <t>9789751963239</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamaya Giriş</t>
+          <t>Bir Milletin Yeniden Dirilişi Çanakkale (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789751956088</t>
+          <t>9789751963321</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Onuru</t>
+          <t>Hz. Peygamber ve Birlikte Yaşama Ahlakı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>3.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789751940780</t>
+          <t>9789751955517</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İman Ediyorum</t>
+          <t>Tavşi ve Dostları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789751921635</t>
+          <t>9789751956033</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İlahi Hadisler</t>
+          <t>İnceleme ve Soruşturma Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789751943637</t>
+          <t>9789751943644</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Sureler (Ciltli)</t>
+          <t>Seçme Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789751963888</t>
+          <t>9789751933836</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Islam For Youth</t>
+          <t>Peygamberimiz ve Hoşgörü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789751900234</t>
+          <t>9789751950352</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Temelini Sarsan Belli Başlı Problemler</t>
+          <t>Hz. Peygamber ve Merhamet Eğitimi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789751953988</t>
+          <t>3990000011011</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy Tefsir Yazıları ve Vaazlar (Ciltli)</t>
+          <t>Hristiyanlık Propagandası ve Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789751905758</t>
+          <t>9789751940810</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Salah Meselesi</t>
+          <t>Yasin (Küçük Boy)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789751948410</t>
+          <t>9789751955494</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Türkiye'sinde Din ve Diyanet (2 Kitap Takım)</t>
+          <t>Kur'an'ı Anlamaya Giriş</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>12.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789751959843</t>
+          <t>9789751956088</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Suretu'l-Halas fi Tefsiri Sureti'l-İhlas (Ciltli)</t>
+          <t>Hz. Peygamber ve İnsan Onuru</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>50</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789751959812</t>
+          <t>9789751940780</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İhlas Suresi Tefsiri (Ciltli)</t>
+          <t>Allah'a İman Ediyorum</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789751959980</t>
+          <t>9789751921635</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Orta Boy) (Ciltli)</t>
+          <t>İlahi Hadisler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>2400</v>
+        <v>4</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>3990000017455</t>
+          <t>9789751943637</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif (Ciltli)</t>
+          <t>Kur'an-ı Kerim'den Sureler (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789751936035</t>
+          <t>9789751963888</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İklimde Dua (Ciltli)</t>
+          <t>Islam For Youth</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>3990000064534</t>
+          <t>9789751900234</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Etkinlik Kitabı 1</t>
+          <t>Toplumun Temelini Sarsan Belli Başlı Problemler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789751962201</t>
+          <t>9789751953988</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (Büyük Boy) (Ciltli)</t>
+          <t>Mehmet Akif Ersoy Tefsir Yazıları ve Vaazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>145</v>
+        <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789751967855</t>
+          <t>9789751905758</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ana Kaynakları Kur'an ve Sünnet</t>
+          <t>Kur'an'da Salah Meselesi</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789751947000</t>
+          <t>9789751948410</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizle 27 Gün</t>
+          <t>21. Yüzyıl Türkiye'sinde Din ve Diyanet (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>145</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789751968913</t>
+          <t>9789751959843</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Esintiler (Ciltli)</t>
+          <t>Suretu'l-Halas fi Tefsiri Sureti'l-İhlas (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789751970107</t>
+          <t>9789751959812</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz! Tatilde Köydeyiz</t>
+          <t>İhlas Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789751960436</t>
+          <t>9789751959980</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklara 40 Ayet (Ciltli)</t>
+          <t>Hadislerle İslam (7 Cilt Takım Kutulu, Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>90</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057730480</t>
+          <t>3990000017455</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Aile</t>
+          <t>Mevlid-i Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257396622</t>
+          <t>9789751936035</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Fethin Rüyası Osmanlı Şiirinde Ayasofya (Ciltli)</t>
+          <t>Kutsal İklimde Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057730985</t>
+          <t>3990000064534</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Filozof Kindi (Ciltli)</t>
+          <t>Kur'an Kursları Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257137232</t>
+          <t>9789751962201</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan San’ata (2 Cilt Takım) (Ciltli)</t>
+          <t>Hadislerle İslam (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257779777</t>
+          <t>9789751967855</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>İslam'ın Ana Kaynakları Kur'an ve Sünnet</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789751947574</t>
+          <t>9789751947000</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Öğütler - 2 Kitap Takım</t>
+          <t>Peygamberimizle 27 Gün</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>20</v>
+        <v>145</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>3996974121212</t>
+          <t>9789751968913</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 3 (Ciltli)</t>
+          <t>Kur’an’dan Esintiler (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>35.71</v>
+        <v>55</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789751970596</t>
+          <t>9789751970107</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Büyük Boy) (Ciltli)</t>
+          <t>Sürpriz! Tatilde Köydeyiz</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1530</v>
+        <v>50</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789751951663</t>
+          <t>9789751960436</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Zekat İlmihali</t>
+          <t>Hikayelerle Çocuklara 40 Ayet (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9759751960054</t>
+          <t>9786057730480</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 7 (Ciltli)</t>
+          <t>Peygamberimiz ve Aile</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789751596003</t>
+          <t>9786257396622</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 5 (Ciltli)</t>
+          <t>Fethin Rüyası Osmanlı Şiirinde Ayasofya (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789751960047</t>
+          <t>9786057730985</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 6 (Ciltli)</t>
+          <t>İlk Müslüman Filozof Kindi (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789751960023</t>
+          <t>9786257137232</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 4 (Ciltli)</t>
+          <t>Kur’an’dan San’ata (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789751960009</t>
+          <t>9786257779777</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 2 (Ciltli)</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>3999751955869</t>
+          <t>9789751947574</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mucize Hayvanlar 2</t>
+          <t>Kur'an'dan Öğütler - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>3999751945013</t>
+          <t>3996974121212</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bilge Çocuk</t>
+          <t>Hadislerle İslam Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>4</v>
+        <v>35.71</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>3995959595120</t>
+          <t>9789751970596</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Başka Kardeşler</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>4</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789751953384</t>
+          <t>9789751951663</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Zekat İlmihali</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>3990000132365</t>
+          <t>9759751960054</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı -2</t>
+          <t>Hadislerle İslam Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>17.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>3990000065226</t>
+          <t>9789751596003</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kültür Serisi - Güzel Ahlak</t>
+          <t>Hadislerle İslam Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>1.4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>3990000065113</t>
+          <t>9789751960047</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kültür Serisi - Isınan Kürede Çevre Ahlakı</t>
+          <t>Hadislerle İslam Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>1.4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3999752955869</t>
+          <t>9789751960023</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mucize Hayvanlar 1</t>
+          <t>Hadislerle İslam Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057751263</t>
+          <t>9789751960009</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Zehra’nın Hadis Günlüğü</t>
+          <t>Hadislerle İslam Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>3990000085565</t>
+          <t>3999751955869</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kültür Serisi - Kur'an'ı Oku, Anla Yaşa</t>
+          <t>Mucize Hayvanlar 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>1.4</v>
+        <v>4</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000085569</t>
+          <t>3999751945013</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Diyanet Kültür Serisi - Seni Seviyoruz Ey Nebi</t>
+          <t>Bilge Çocuk</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>1.4</v>
+        <v>4</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059962865</t>
+          <t>3995959595120</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Etkinliklerle Değerler Eğitimi Seti 1 - 2 (Set)</t>
+          <t>Başka Kardeşler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1500</v>
+        <v>4</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>3990001933768</t>
+          <t>9789751953384</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Cilt 5 (Ciltli)</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>3994879854657</t>
+          <t>3990000132365</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 5 (Ciltli)</t>
+          <t>Kur'an Kursları Etkinlik ve Öğretici Kitabı -2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>69.23</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789751969880</t>
+          <t>3990000065226</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>The Holy Quran</t>
+          <t>Diyanet Kültür Serisi - Güzel Ahlak</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>295</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057730527</t>
+          <t>3990000065113</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin İlahi Tarafı</t>
+          <t>Diyanet Kültür Serisi - Isınan Kürede Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>20</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789751947833</t>
+          <t>3999752955869</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Günahlar Tövbe ve İstiğfar (Ciltli)</t>
+          <t>Mucize Hayvanlar 1</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789751966865</t>
+          <t>9786057751263</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Güven Toplumu</t>
+          <t>Zehra’nın Hadis Günlüğü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789751968050</t>
+          <t>3990000085565</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim</t>
+          <t>Diyanet Kültür Serisi - Kur'an'ı Oku, Anla Yaşa</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>40</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057751775</t>
+          <t>3990000085569</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Temel Konuları</t>
+          <t>Diyanet Kültür Serisi - Seni Seviyoruz Ey Nebi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>19</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057751386</t>
+          <t>9786059962865</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii - Hayatı ve Fıkıh Usulü İlmindeki Yeri</t>
+          <t>Hikayeler ve Etkinliklerle Değerler Eğitimi Seti 1 - 2 (Set)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>95</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057751393</t>
+          <t>3990001933768</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir Deri Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>3990000087978</t>
+          <t>3994879854657</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Örnek Vaazlar Cilt: 1</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>10</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>3996974121213</t>
+          <t>9789751969880</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Cilt 1 (Ciltli)</t>
+          <t>The Holy Quran</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>35.71</v>
+        <v>295</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057730633</t>
+          <t>9786057730527</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ailemiz</t>
+          <t>İslam Düşüncesinin İlahi Tarafı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789751964380</t>
+          <t>9789751947833</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Learning The Qur'an</t>
+          <t>Günahlar Tövbe ve İstiğfar (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789751965929</t>
+          <t>9789751966865</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Portekizce Meali</t>
+          <t>Hz. Peygamber ve Güven Toplumu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>55</v>
+        <v>5</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789751964236</t>
+          <t>9789751968050</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 12 (Ciltli)</t>
+          <t>Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>69.23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789751964229</t>
+          <t>9786057751775</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 11 (Ciltli)</t>
+          <t>Kur'an'ın Temel Konuları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>69.23</v>
+        <v>80</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789751964144</t>
+          <t>9786057751386</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 4 (Ciltli)</t>
+          <t>İmam Şafii - Hayatı ve Fıkıh Usulü İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>69.23</v>
+        <v>95</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789751964199</t>
+          <t>9786057751393</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 10 (Ciltli)</t>
+          <t>İmam Şafii</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>69.23</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789751964137</t>
+          <t>3990000087978</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 3 (Ciltli)</t>
+          <t>Örnek Vaazlar Cilt: 1</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>69.23</v>
+        <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789751964168</t>
+          <t>3996974121213</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 7 (Ciltli)</t>
+          <t>Hadislerle İslam Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>69.23</v>
+        <v>35.71</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789751964120</t>
+          <t>9786057730633</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cİlt: 2 (Ciltli)</t>
+          <t>40 Hadiste Ailemiz</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>69.23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789751964182</t>
+          <t>9789751964380</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 9 (Ciltli)</t>
+          <t>Learning The Qur'an</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>69.23</v>
+        <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789751964113</t>
+          <t>9789751965929</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 1 (Ciltli)</t>
+          <t>Kuranı Kerim ve Portekizce Meali</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>69.23</v>
+        <v>55</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789751964175</t>
+          <t>9789751964236</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 8 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>69.23</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789751964151</t>
+          <t>9789751964229</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Meali Cilt: 6 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>69.23</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789751931771</t>
+          <t>9789751964144</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>O'na Doğru</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>2</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789751926068</t>
+          <t>9789751964199</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kur'anı Kerim'e ve Hadislere Göre Hz. İsa ve Hıristiyanlık</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>0.5</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059962841</t>
+          <t>9789751964137</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Pratik Arapça Konuşma Rehberi (Hac Görevlileri İçin)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>5</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789751950307</t>
+          <t>9789751964168</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ahlakımı Öğreniyorum</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>7</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>3999753897365</t>
+          <t>9789751964120</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursları Etkinlik Kitabı 2</t>
+          <t>Hak Dini Kur'an Dili Meali Cİlt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>10</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057519566</t>
+          <t>9789751964182</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Canım Ailem (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>35</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057519535</t>
+          <t>9789751964113</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cep Boy Kılıflı Fermuarlı) Bilgisayar Hatlı (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>60</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000051693</t>
+          <t>9789751964175</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Riyaz'üs Salihin Cilt: 2 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>33.33</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000051692</t>
+          <t>9789751964151</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Riyaz'üs Salihin Cilt: 1 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Meali Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>33.33</v>
+        <v>69.23</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254354403</t>
+          <t>9789751931771</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Aleminde Yazı ve İslam Medeniyetinde Kalem Güzeli 2 Cilt</t>
+          <t>O'na Doğru</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>600</v>
+        <v>2</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254357213</t>
+          <t>9789751926068</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cabir b. Abdullah</t>
+          <t>Kur'anı Kerim'e ve Hadislere Göre Hz. İsa ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>70</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254357312</t>
+          <t>9786059962841</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Pratik Arapça Konuşma Rehberi (Hac Görevlileri İçin)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254357206</t>
+          <t>9789751950307</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hz. Übey B Kâb</t>
+          <t>Ahlakımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>70</v>
+        <v>7</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254358166</t>
+          <t>3999753897365</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebü'd-Derda</t>
+          <t>Kur'an Kursları Etkinlik Kitabı 2</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254357220</t>
+          <t>9786057519566</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sahabenin Yeri Ve Önemi</t>
+          <t>Canım Ailem (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254359385</t>
+          <t>9786057519535</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hayal Treni Deve Dikeni</t>
+          <t>Kur'an-ı Kerim (Cep Boy Kılıflı Fermuarlı) Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254359354</t>
+          <t>3990000051693</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Kantarı Ayı Mantarı</t>
+          <t>Riyaz'üs Salihin Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>60</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254359392</t>
+          <t>3990000051692</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Pıtrak Tokalı Teke Sakalı</t>
+          <t>Riyaz'üs Salihin Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>60</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254359347</t>
+          <t>9786254354403</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kurabiye Kepçesi Aslan Pençesi</t>
+          <t>Medeniyet Aleminde Yazı ve İslam Medeniyetinde Kalem Güzeli 2 Cilt</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254359217</t>
+          <t>9786254357213</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kasenin Yolculuğu</t>
+          <t>Hz. Cabir b. Abdullah</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254359286</t>
+          <t>9786254357312</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şeker Hoca Timurun Filleri</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254359378</t>
+          <t>9786254357206</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sözümüz Bal Olsun</t>
+          <t>Hz. Übey B Kâb</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>145</v>
+        <v>70</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254358760</t>
+          <t>9786254358166</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Aksa'nın Bahçesi - Sayıları Öğreniyorum</t>
+          <t>Hz. Ebü'd-Derda</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789751957252</t>
+          <t>9786254357220</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>İslam'da Sahabenin Yeri Ve Önemi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>145</v>
+        <v>95</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789751964885</t>
+          <t>9786254359385</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>Hayal Treni Deve Dikeni</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254357039</t>
+          <t>9786254359354</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmak İsteyen Kedi</t>
+          <t>Oyuncak Kantarı Ayı Mantarı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254353130</t>
+          <t>9786254359392</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
+          <t>Pıtrak Tokalı Teke Sakalı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>1200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254352034</t>
+          <t>9786254359347</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Sistemleri Çalıştayı</t>
+          <t>Kurabiye Kepçesi Aslan Pençesi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254355936</t>
+          <t>9786254359217</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
+          <t>Kasenin Yolculuğu</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254355356</t>
+          <t>9786254359286</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
+          <t>Şeker Hoca Timurun Filleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254350764</t>
+          <t>9786254359378</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İslamda Meleklere İman Rusça</t>
+          <t>Sözümüz Bal Olsun</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254352423</t>
+          <t>9786254358760</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
+          <t>Aksa'nın Bahçesi - Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254352386</t>
+          <t>9789751957252</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>80</v>
+        <v>145</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254352454</t>
+          <t>9789751964885</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254352362</t>
+          <t>9786254357039</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
+          <t>Oruç Tutmak İsteyen Kedi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057519603</t>
+          <t>9786254353130</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Aile</t>
+          <t>Tarihimizde Din Hizmetleri Teşkilatları ve Diyanet İşleri Reisliği (2 Cilt)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>60</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751959584</t>
+          <t>9786254352034</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Japonca</t>
+          <t>Sigorta Sistemleri Çalıştayı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057730077</t>
+          <t>9786254355936</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
+          <t>Kore Türk Tugayı İmamları ve Kore’de İslamiyet</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057519047</t>
+          <t>9786254355356</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hayvan Hakları</t>
+          <t>İlme Adanan Bir Ömür Mehmet Savaş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>24</v>
+        <v>220</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789751936363</t>
+          <t>9786254350764</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Uncovering İslam</t>
+          <t>İslamda Meleklere İman Rusça</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789751962973</t>
+          <t>9786254352423</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Ciltli)</t>
+          <t>Family Through Hadiths (Hadislerle Aile) İngilizce</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789751940629</t>
+          <t>9786254352386</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında Tebliğ ve Davet</t>
+          <t>Hadislerle Çocuk Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789751963826</t>
+          <t>9786254352454</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
+          <t>Hadislerle Aile Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057730640</t>
+          <t>9786254352362</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>Hadislerle Kadın Hadislerle Aile Seti Rusça</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057519177</t>
+          <t>9786057519603</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
+          <t>Koruyucu Aile</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057730619</t>
+          <t>9789751959584</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Niçin İnanıyorum?</t>
+          <t>Temel Dini Bilgiler Japonca</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254351761</t>
+          <t>9786057730077</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
+          <t>Bı Hedisan İslamiyet - Hedisen Serlewhe (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257396325</t>
+          <t>9786057519047</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Meine Glaube</t>
+          <t>İslam Hukukunda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254350467</t>
+          <t>9789751936363</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
+          <t>Uncovering İslam</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751947802</t>
+          <t>9789751962973</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali</t>
+          <t>Peygamberlere İman (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>245</v>
+        <v>60</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057751997</t>
+          <t>9789751940629</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri</t>
+          <t>Sünnetin Işığında Tebliğ ve Davet</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057519528</t>
+          <t>9789751963826</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Sünnetin Işığında İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789751964045</t>
+          <t>9786057730640</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
+          <t>40 Ayette Ailemiz</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>3990000051684</t>
+          <t>9786057519177</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
+          <t>Ahmed Ziyaeddin Gümüşhanevi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751933768</t>
+          <t>9786057730619</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
+          <t>Niçin İnanıyorum?</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>1980</v>
+        <v>75</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257137447</t>
+          <t>9786254351761</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Islamisches Grundwissen Meine Ibadah Temel İslam Bilgileri İbadetim Almanca</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786057519597</t>
+          <t>9786257396325</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
+          <t>Islamisches Grundwissen Meine Glaube</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786057519757</t>
+          <t>9786254350467</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kuran Öğreniyorum</t>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Orta Boy)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254358449</t>
+          <t>9789751947802</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yiyenler</t>
+          <t>Şafii İlmihali</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254357626</t>
+          <t>9786057751997</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Saate</t>
+          <t>Bir Seyyahın Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254359231</t>
+          <t>9786057519528</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255792037</t>
+          <t>9789751964045</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Aile Ahlakı</t>
+          <t>İstanbul'da Buharalı Bir Derviş Emir Ahmed Buhari</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254358562</t>
+          <t>3990000051684</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Şiirim Bulut Olsa</t>
+          <t>Şafii Fıkhı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>65</v>
+        <v>600</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786056367403</t>
+          <t>9789751933768</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Kur'an Yolu Türkçe Meal ve Tefsir (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>50</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254357121</t>
+          <t>9786257137447</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bi Dünya İnsan</t>
+          <t>Utangaç Bülbül ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254357107</t>
+          <t>9786057519597</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>En Lezzetli Dünya Turu</t>
+          <t>Mesele Varsa Eğer Ömer Tamçözer</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254357138</t>
+          <t>9786057519757</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Dünya</t>
+          <t>Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254357114</t>
+          <t>9786254358449</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En İlginç Kafilesi</t>
+          <t>Zaman Yiyenler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254357091</t>
+          <t>9786254357626</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Kulağa Oynayan Dünya</t>
+          <t>Bak Şu Saate</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254355875</t>
+          <t>9786254359231</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hureyre’nin Merakı</t>
+          <t>Değişen Dünyanın Değişmeyen Gerçeği Aile</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254355868</t>
+          <t>9786255792037</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Muhafızları</t>
+          <t>Peygamberimiz ve Aile Ahlakı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254355851</t>
+          <t>9786254358562</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gamame’nin Özel Görevi</t>
+          <t>Şiirim Bulut Olsa</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254355844</t>
+          <t>9786056367403</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Demir Gaga ve Hapşırık</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254354571</t>
+          <t>9786254357121</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
+          <t>Bi Dünya İnsan</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789751965370</t>
+          <t>9786254357107</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
+          <t>En Lezzetli Dünya Turu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257137577</t>
+          <t>9786254357138</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
+          <t>İyileşen Dünya</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789751966735</t>
+          <t>9786254357114</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
+          <t>Dünyanın En İlginç Kafilesi</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254356551</t>
+          <t>9786254357091</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Elifba Kuran Öğreniyorum</t>
+          <t>Kulaktan Kulağa Oynayan Dünya</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254357633</t>
+          <t>9786254355875</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
+          <t>Hureyre’nin Merakı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>340</v>
+        <v>55</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254358463</t>
+          <t>9786254355868</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit</t>
+          <t>Mağaranın Muhafızları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>575</v>
+        <v>55</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789751963819</t>
+          <t>9786254355851</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
+          <t>Gamame’nin Özel Görevi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>10</v>
+        <v>55</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789751963123</t>
+          <t>9786254355844</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
+          <t>Demir Gaga ve Hapşırık</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789751960504</t>
+          <t>9786254354571</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
+          <t>Hükümdar Peygamberler - Hz. Davud Ve Hz. Süleyman</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789751902290</t>
+          <t>9789751965370</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
+          <t>Kur'an-ı Kerim Meali Cep Tipi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789751963161</t>
+          <t>9786257137577</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlüğü</t>
+          <t>Hz. Muhammed (s.a.s) - Alemlere Rahmet Son Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789751968029</t>
+          <t>9789751966735</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Farabi (el-Muallimu's-Sani)</t>
+          <t>Mavi Defterin Gizemi - Hz. Enesin Hayatı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789751956194</t>
+          <t>9786254356551</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
+          <t>Elifba Kuran Öğreniyorum</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254358586</t>
+          <t>9786254357633</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman b. Avf</t>
+          <t>Bir De Buradan Bak Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>55</v>
+        <v>340</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254358487</t>
+          <t>9786254358463</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Ömer</t>
+          <t>Üç Mescit</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>60</v>
+        <v>575</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254358494</t>
+          <t>9789751963819</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma bint Ebu Bekir</t>
+          <t>Kur'an Hıfzı Geleneği Ve Günümüzdeki Uygulama Biçimleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254350726</t>
+          <t>9789751963123</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>İslamda Kitaplara İman Rusça</t>
+          <t>Mucizeler Fabrikası - Yeryüzü Ayetleri 2</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257396868</t>
+          <t>9789751960504</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
+          <t>Büyük Karanlığın Sırrı - Yeryüzü Ayetleri 1</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789751964915</t>
+          <t>9789751902290</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
+          <t>Hazret-i Peygamberin Hayatı Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>295</v>
+        <v>110</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789751953346</t>
+          <t>9789751963161</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
+          <t>Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751955616</t>
+          <t>9789751968029</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy)</t>
+          <t>Farabi (el-Muallimu's-Sani)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751965127</t>
+          <t>9789751956194</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Alemlere Rahmet Hz. Muhammet (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789751969644</t>
+          <t>9786254358586</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayata Dair Dualar</t>
+          <t>Hz. Abdurrahman b. Avf</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789751963918</t>
+          <t>9786254358487</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler Rusça</t>
+          <t>Hz. Abdullah b. Ömer</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789751937191</t>
+          <t>9786254358494</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ümit Kuşağı</t>
+          <t>Hz. Esma bint Ebu Bekir</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254358111</t>
+          <t>9786254350726</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
+          <t>İslamda Kitaplara İman Rusça</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254357374</t>
+          <t>9786257396868</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Engel Yoktur</t>
+          <t>İslam Peygamberi Hz Muhammed Diyor ki Rusça</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254358470</t>
+          <t>9789751964915</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Hayata Kalbiyle Dokunur İnsan</t>
+          <t>Le Saınt Coran Kuranı Kerim ve Fransızca Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>70</v>
+        <v>295</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254358074</t>
+          <t>9789751953346</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>50</v>
+        <v>135</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254357961</t>
+          <t>9789751955616</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu</t>
+          <t>Kur'an Yolu Meali (Hafız Boy)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254358685</t>
+          <t>9789751965127</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789751916037</t>
+          <t>9789751969644</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Örnek Vaazlar (2 Cilt Takım)</t>
+          <t>Günlük Hayata Dair Dualar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257137300</t>
+          <t>9789751963918</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
+          <t>Temel Dini Bilgiler Rusça</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1800</v>
+        <v>165</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789751900838</t>
+          <t>9789751937191</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
+          <t>Ümit Kuşağı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>160</v>
+        <v>5</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057519856</t>
+          <t>9786254358111</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Matüridi</t>
+          <t>Gençliğe Yönelik Temel Dini Bilgiler İbadet</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751967688</t>
+          <t>9786254357374</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Ciltli)</t>
+          <t>Sevgiye Engel Yoktur</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789751963185</t>
+          <t>9786254358470</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi Endüstrisi</t>
+          <t>Hayata Kalbiyle Dokunur İnsan</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254352409</t>
+          <t>9786254358074</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
+          <t>Ahir Zaman İçinde Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789751964625</t>
+          <t>9786254357961</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi Rehberi (Ciltli)</t>
+          <t>Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789751960238</t>
+          <t>9786254358685</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ailem Serisi 1</t>
+          <t>Hacı Bayram Kürsüsünden - Nisa Suresinden Mesajlar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789751953452</t>
+          <t>9789751916037</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Dini Danışma ve Rehberlik</t>
+          <t>Örnek Vaazlar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789751969927</t>
+          <t>9786257137300</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
+          <t>İhyaü Ulümid Din 4 Cilt Lüx Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>985</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789751951755</t>
+          <t>9789751900838</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an Okuma Rehberi</t>
+          <t>Hatemü'l-Enbiya Hz. Muhammed ve Hayatı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789751967886</t>
+          <t>9786057519856</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Pencereyi Işığa Açmak</t>
+          <t>Matüridi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254358050</t>
+          <t>9789751967688</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum O Halde !</t>
+          <t>İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257137478</t>
+          <t>9789751963185</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Çocuk</t>
+          <t>İslamofobi Endüstrisi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257396073</t>
+          <t>9786254352409</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
+          <t>L'Enfant a Travers Les Hadiths (Hadislerle Çocuk) Fransızca</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>455</v>
+        <v>80</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789751970312</t>
+          <t>9789751964625</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
+          <t>Din Görevlisi Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>385</v>
+        <v>100</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254353123</t>
+          <t>9789751960238</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
+          <t>Ailem Serisi 1</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>135</v>
+        <v>25</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789751969910</t>
+          <t>9789751953452</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
+          <t>Dini Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>27.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789751965714</t>
+          <t>9789751969927</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
+          <t>Riyazüs Salihin 1-3 Cilt Dib (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>15</v>
+        <v>985</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>3990000016910</t>
+          <t>9789751951755</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
+          <t>Tecvidli Kur'an Okuma Rehberi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257137089</t>
+          <t>9789751967886</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Pencereyi Işığa Açmak</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789751933935</t>
+          <t>9786254358050</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Evrensel Mesajı</t>
+          <t>Düşünüyorum O Halde !</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789751958686</t>
+          <t>9786257137478</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Peygamberimiz ve Çocuk</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254355240</t>
+          <t>9786257396073</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi</t>
+          <t>Okul Öncesi Peygamber Hikayeleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>55</v>
+        <v>455</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789751968081</t>
+          <t>9789751970312</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
+          <t>Benim Güzel Kelimelerim (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789751960467</t>
+          <t>9786254353123</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Masal Kitabım (Ciltli)</t>
+          <t>Mutlular Takımı Saklı Tünelde - Hz. Hatice’nin İzinde</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257396097</t>
+          <t>9789751969910</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İle Dirilmek</t>
+          <t>Namaz Sürelerinin Türkçe Terceme ve Tefsiri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>120</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257137669</t>
+          <t>9789751965714</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yolu Güzel Yürümek</t>
+          <t>Destpeka Ferbüna Qur'ana Piroz Elif-Be</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254353864</t>
+          <t>3990000016910</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
+          <t>Ayet ve Hadislerin Işığında Sevgi ve Dostluk</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057519214</t>
+          <t>9786257137089</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
+          <t>Aile ve Dini Rehberlik Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789751959836</t>
+          <t>9789751933935</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
+          <t>Hz. Muhammed ve Evrensel Mesajı</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257779319</t>
+          <t>9789751958686</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle O’nu Anlamak</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257396103</t>
+          <t>9786254355240</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlam Dünyası</t>
+          <t>Hz. Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789751967558</t>
+          <t>9789751968081</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan (Ciltli)</t>
+          <t>İslam Fıtri Tabii ve Umumi Bir Dindir</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789751962225</t>
+          <t>9789751960467</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
+          <t>Masal Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789751932051</t>
+          <t>9786257396097</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kamil Miras Hayatı ve Eserleri</t>
+          <t>Kur'an İle Dirilmek</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>15</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789751963192</t>
+          <t>9786257137669</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
+          <t>Yolu Güzel Yürümek</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789751941282</t>
+          <t>9786254353864</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
+          <t>Muhteşem İcatlar Sıra Dışı Mucitler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057519924</t>
+          <t>9786057519214</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
+          <t>Değerlerimle Büyüyorum Havuç Kurdu Bi Di Ki (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>2500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254354472</t>
+          <t>9789751959836</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>Mişkatu'l-Envar Nurlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254354533</t>
+          <t>9786257779319</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Hadislerle O’nu Anlamak</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254354496</t>
+          <t>9786257396103</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Kur'an'ın Anlam Dünyası</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254351693</t>
+          <t>9789751967558</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Mahremiyet Bilinci</t>
+          <t>Pir-i Türkistan (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789751968067</t>
+          <t>9789751962225</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Okulda Birtakım İşler (Ciltli)</t>
+          <t>Hadislerle İslam Serlevha Hadisler 1 - 2 (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257779852</t>
+          <t>9789751932051</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
+          <t>Kamil Miras Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257137379</t>
+          <t>9789751963192</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ayine</t>
+          <t>Eş-Şeyhu'r-Reis İbn-i Sina (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057730626</t>
+          <t>9789751941282</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>O'nun Gibi Yaşamak</t>
+          <t>Ayet ve Hadislerin Işığında Allah'ın İsim ve Sıfatları Esma-i Hüsna (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789751970183</t>
+          <t>9786057519924</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Yaşı Yoktur</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (8 Cilt Takım Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>60</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789751970282</t>
+          <t>9786254354472</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Aile</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254354434</t>
+          <t>9786254354533</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254354540</t>
+          <t>9786254354496</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254350931</t>
+          <t>9786254351693</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
+          <t>Sorularla Mahremiyet Bilinci</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257137553</t>
+          <t>9789751968067</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
+          <t>Okulda Birtakım İşler (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254351952</t>
+          <t>9786257779852</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
+          <t>En Güzel İsimler 99 Esma Sonsuz Mana</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254350948</t>
+          <t>9786257137379</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
+          <t>Ayine</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254353949</t>
+          <t>9786057730626</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
+          <t>O'nun Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254353970</t>
+          <t>9789751970183</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
+          <t>İyiliğin Yaşı Yoktur</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254353956</t>
+          <t>9789751970282</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Das Fasten Der Segen Des Ramadan</t>
+          <t>Hadislerle Aile</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254353925</t>
+          <t>9786254354434</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Propheten im Islam</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254353918</t>
+          <t>9786254354540</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Engel im Islam</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254353871</t>
+          <t>9786254350931</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Die Familie im Islam</t>
+          <t>Warum Glau Be İch Niçin İnanıyorum Almanca</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254353932</t>
+          <t>9786257137553</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Die Gute Moral im Islam</t>
+          <t>Islamisches Grundwissen Menie Moral Temel İslam Bilgileri Ahlakım Almanca</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254353895</t>
+          <t>9786254351952</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Allah im Islam</t>
+          <t>Islamisches Grundwissen Mein Prophet Temel İslam Bilgileri Peygamberim Almanca</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254353888</t>
+          <t>9786254350948</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Die Pilgerfahrt Eine Heilige Reise</t>
+          <t>Die Fragen in Meinem Kopf Kafama Takılanlar Almanca</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254353901</t>
+          <t>9786254353949</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
+          <t>Das Ritualgebet Müminin Miracı Namaz Almanca</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254353710</t>
+          <t>9786254353970</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Religiöses Grundwissen</t>
+          <t>Die Sozialsteuer Malın ve Canın Sigortası Zekat Almanca</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257779722</t>
+          <t>9786254353956</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
+          <t>Das Fasten Der Segen Des Ramadan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789751902818</t>
+          <t>9786254353925</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Der Glaube an Die Propheten im Islam</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751962256</t>
+          <t>9786254353918</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
+          <t>Der Glaube an Die Engel im Islam</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>1995</v>
+        <v>100</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753891356</t>
+          <t>9786254353871</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Tire</t>
+          <t>Die Familie im Islam</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751970695</t>
+          <t>9786254353932</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Rahman'ın Kadın Kulları</t>
+          <t>Die Gute Moral im Islam</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789751970688</t>
+          <t>9786254353895</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Der Glaube an Allah im Islam</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753898874</t>
+          <t>9786254353888</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Anne-Baba (Ciltli)</t>
+          <t>Die Pilgerfahrt Eine Heilige Reise</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751970718</t>
+          <t>9786254353901</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hafız (3 Cilt Takım)</t>
+          <t>Der Glaube an Die Offenbarten Bücher im Islam</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>310</v>
+        <v>100</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>3990000046126</t>
+          <t>9786254353710</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ümmi Sinan Halveti Divan</t>
+          <t>Religiöses Grundwissen</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257396110</t>
+          <t>9786257779722</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe</t>
+          <t>Was Ist Islam? (İslam Nedir Almanca)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057751829</t>
+          <t>9789751902818</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254355905</t>
+          <t>9789751962256</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Meryem Ve İyilik Ekibi</t>
+          <t>Hadislerle İslam (7 Kitap Takım Kutulu, Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>60</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254355912</t>
+          <t>9789753891356</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Arkadaşı Nisa</t>
+          <t>Türk Kültüründe Tire</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254355899</t>
+          <t>9789751970695</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Kuşu Pıtırcık</t>
+          <t>Rahman'ın Kadın Kulları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057519160</t>
+          <t>9789751970688</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Nurettin Topçu</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057730954</t>
+          <t>9789753898874</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ay Işıyınca</t>
+          <t>40 Hadiste Anne-Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254353062</t>
+          <t>9789751970718</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Esma-i Hüsna</t>
+          <t>Hafız (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254357251</t>
+          <t>3990000046126</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
+          <t>Ümmi Sinan Halveti Divan</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751964632</t>
+          <t>9786257396110</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
+          <t>Ters Köşe</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254357244</t>
+          <t>9786057751829</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Aile Medeniyetimiz</t>
+          <t>Dürerü'l Hükkam Şerhü Mecelletil Ahkam (4 Cilt Takım) (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>95</v>
+        <v>600</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254355172</t>
+          <t>9786254355905</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Canım Ramazan</t>
+          <t>Meryem Ve İyilik Ekibi</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254353017</t>
+          <t>9786254355912</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Misafirperver Orman</t>
+          <t>Meryem ve Arkadaşı Nisa</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254353000</t>
+          <t>9786254355899</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Adası</t>
+          <t>Meryem ve Kuşu Pıtırcık</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254355257</t>
+          <t>9786057519160</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Nurettin Topçu</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254354526</t>
+          <t>9786057730954</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes b. Malik</t>
+          <t>Ay Işıyınca</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254354465</t>
+          <t>9786254353062</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Seleme</t>
+          <t>Bulmacalarla Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254353048</t>
+          <t>9786254357251</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Süt Şişeleri</t>
+          <t>Kudüs İsra ve Mirac Hatırasının Muhafızı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254353024</t>
+          <t>9789751964632</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Selam Ülkesi</t>
+          <t>Olmazsa Olmaz - Betülün Günlüğü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254353055</t>
+          <t>9786254357244</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Vitamin Sofrası</t>
+          <t>Aile Medeniyetimiz</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>35</v>
+        <v>95</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057730947</t>
+          <t>9786254355172</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Biz Bize</t>
+          <t>Canım Ramazan</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057751942</t>
+          <t>9786254353017</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar</t>
+          <t>Misafirperver Orman</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057730978</t>
+          <t>9786254353000</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İslam Nedir?</t>
+          <t>Arkadaşlık Adası</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751949806</t>
+          <t>9786254355257</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254350740</t>
+          <t>9786254354526</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz Rusça</t>
+          <t>Hz. Enes b. Malik</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257396875</t>
+          <t>9786254354465</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Hayatı Rusça</t>
+          <t>Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254352126</t>
+          <t>9786254353048</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 2</t>
+          <t>Süt Şişeleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254352119</t>
+          <t>9786254353024</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Soru Kitabı - 1</t>
+          <t>Selam Ülkesi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257366038</t>
+          <t>9786254353055</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ailem Ailem 1</t>
+          <t>Vitamin Sofrası</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751966513</t>
+          <t>9786057730947</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Şiddet</t>
+          <t>Biz Bize</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>3990000017454</t>
+          <t>9786057751942</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
+          <t>Kafama Takılanlar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751965967</t>
+          <t>9786057730978</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Ukraynaca Meali</t>
+          <t>İslam Nedir?</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>235</v>
+        <v>55</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254357237</t>
+          <t>9789751949806</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hac Deyince</t>
+          <t>Almanya'da Yaşayan Türk Kadınları Durumları, Sorunları, Din ve Diyanet Algıları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>145</v>
+        <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254356582</t>
+          <t>9786254350740</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Siyer Yolculuğu</t>
+          <t>Müminin Miracı Namaz Rusça</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257137324</t>
+          <t>9786257396875</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gündemdeki Dini Sorular</t>
+          <t>Hz. Muhammedin Hayatı Rusça</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254356964</t>
+          <t>9786254352126</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlastaki Mavi Pencere</t>
+          <t>Dini Bilgiler Soru Kitabı - 2</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254355882</t>
+          <t>9786254352119</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Meryem ve Atçılık Oyunu</t>
+          <t>Dini Bilgiler Soru Kitabı - 1</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751969040</t>
+          <t>9786257366038</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Ateş Tiyatro</t>
+          <t>Ailem Ailem 1</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254350153</t>
+          <t>9789751966513</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sözün Yankısı</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057751737</t>
+          <t>3990000017454</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
+          <t>Erzurumlu İbrahim Hakkı Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751960320</t>
+          <t>9789751965967</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Akrabalarım Var Ailem 6</t>
+          <t>Kuranı Kerim ve Ukraynaca Meali</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>16</v>
+        <v>235</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751960313</t>
+          <t>9786254357237</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ailemin İletişim Dili Ailem 7</t>
+          <t>Hac Deyince</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>35</v>
+        <v>145</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751960306</t>
+          <t>9786254356582</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
+          <t>Siyer Yolculuğu</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>16</v>
+        <v>170</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257779678</t>
+          <t>9786257137324</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Çocuk Var Ailem 2</t>
+          <t>Gündemdeki Dini Sorular</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>16</v>
+        <v>60</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751960276</t>
+          <t>9786254356964</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
+          <t>Orta Atlastaki Mavi Pencere</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>16</v>
+        <v>170</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751960269</t>
+          <t>9786254355882</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Genç Var Ailem 3</t>
+          <t>Meryem ve Atçılık Oyunu</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751960252</t>
+          <t>9789751969040</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Bir Engelli Var Ailem 5</t>
+          <t>Sinsi Ateş Tiyatro</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751960245</t>
+          <t>9786254350153</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ailem Dağılmasın Ailem 11</t>
+          <t>Sözün Yankısı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751970329</t>
+          <t>9786057751737</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
+          <t>İslam'ın Salgın Hastalıklara Bakışı</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751970541</t>
+          <t>9789751960320</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Allah'a İman</t>
+          <t>Akrabalarım Var Ailem 6</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751970022</t>
+          <t>9789751960313</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tutunmanın Öyküsü</t>
+          <t>Ailemin İletişim Dili Ailem 7</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751970558</t>
+          <t>9789751960306</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Bir Mübarek Sefer Hac</t>
+          <t>Ailemi Bağımlılıktan Koruyorum Ailem 9</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>95</v>
+        <v>16</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751970565</t>
+          <t>9786257779678</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kitaplara İman</t>
+          <t>Ailemde Çocuk Var Ailem 2</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>60</v>
+        <v>16</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751966537</t>
+          <t>9789751960276</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
+          <t>Ailemde Bir Yaşlı Var Ailem 4</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751966438</t>
+          <t>9789751960269</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Güven Toplumu</t>
+          <t>Ailemde Bir Genç Var Ailem 3</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751966490</t>
+          <t>9789751960252</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Onur ve İffet</t>
+          <t>Ailemde Bir Engelli Var Ailem 5</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751966506</t>
+          <t>9789751960245</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık</t>
+          <t>Ailem Dağılmasın Ailem 11</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751966483</t>
+          <t>9789751970329</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hakkı</t>
+          <t>Şafii Mezhebine Mensup Kişilere İmamlık Yaparken Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751966452</t>
+          <t>9789751970541</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve İhsan</t>
+          <t>İslam'da Allah'a İman</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751966414</t>
+          <t>9789751970022</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Tutunmanın Öyküsü</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751966445</t>
+          <t>9789751970558</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti</t>
+          <t>Bir Mübarek Sefer Hac</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>15</v>
+        <v>95</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751966476</t>
+          <t>9789751970565</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Taassup</t>
+          <t>İslam'da Kitaplara İman</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751966469</t>
+          <t>9789751966537</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Terör</t>
+          <t>İntihar ve Töre Cinayetleri Bağlamında Sosyal Sorunlar ve İslam</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751959874</t>
+          <t>9789751966438</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Allah İnsan Ve Merhamet</t>
+          <t>Güven Toplumu</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751960382</t>
+          <t>9789751966490</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
+          <t>Onur ve İffet</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751949189</t>
+          <t>9789751966506</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ezanı Anlamak</t>
+          <t>Irkçılık</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751932747</t>
+          <t>9789751966483</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
+          <t>Hayat Hakkı</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751966162</t>
+          <t>9789751966452</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari (Ciltli)</t>
+          <t>İyilik ve İhsan</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751962942</t>
+          <t>9789751966414</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kadere İman</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751962959</t>
+          <t>9789751966445</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>İslam Ümmeti</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751962904</t>
+          <t>9789751966476</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ahirete İman</t>
+          <t>Taassup</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751935694</t>
+          <t>9789751966469</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
+          <t>Terör</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751966797</t>
+          <t>9789751959874</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı</t>
+          <t>Allah İnsan Ve Merhamet</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789751950376</t>
+          <t>9789751960382</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Din ve Sosyal Hayat</t>
+          <t>Osmanlı Devletinde Fetva Eminliği (1826-1922)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751964052</t>
+          <t>9789751949189</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
+          <t>Ezanı Anlamak</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751937001</t>
+          <t>9789751932747</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz İnsan ve Din</t>
+          <t>Din Eğitiminde Rehberlik ve Psikolojik Danışmanlık</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751963697</t>
+          <t>9789751966162</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan</t>
+          <t>Eş'ari (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257396264</t>
+          <t>9789751962942</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
+          <t>Kadere İman</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>16</v>
+        <v>90</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257779807</t>
+          <t>9789751962959</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Hac</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257137126</t>
+          <t>9789751962904</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Ahirete İman</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257137096</t>
+          <t>9789751935694</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Din ve Bilimin Işığında Oruç ve Sağlık</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257779470</t>
+          <t>9789751966797</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
+          <t>Din İstismarı</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257137355</t>
+          <t>9789751950376</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>O’na Gelene Engel Yoktur</t>
+          <t>Din ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057519184</t>
+          <t>9789751964052</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken</t>
+          <t>Teslimiyet ve Samimiyet Örneği Şeyh Şaban-ı Veli</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786057751782</t>
+          <t>9789751937001</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Bilinci</t>
+          <t>Peygamberimiz İnsan ve Din</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057751225</t>
+          <t>9789751963697</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Dini Makalelerim</t>
+          <t>İslam ve İnsan</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751968937</t>
+          <t>9786257396264</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hatıraları</t>
+          <t>Tüketime Dayalı Hayat Tarzı ve İslam</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254357022</t>
+          <t>9786257779807</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ahirete İman</t>
+          <t>Hac</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257396844</t>
+          <t>9786257137126</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Tadilil Ulum (Arapça)</t>
+          <t>Engellilere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>355</v>
+        <v>35</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257137928</t>
+          <t>9786257137096</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yolu Meali Hafız Boy</t>
+          <t>Hastanelerde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>270</v>
+        <v>35</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751968449</t>
+          <t>9786257779470</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Kudüs</t>
+          <t>İslamofobi ve Batı'da Yükselen Irkçılık</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751956460</t>
+          <t>9786257137355</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
+          <t>O’na Gelene Engel Yoktur</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751953551</t>
+          <t>9786057519184</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in İzinde</t>
+          <t>Hilmi Ziya Ülken</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>145</v>
+        <v>18</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254356599</t>
+          <t>9786057751782</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Necil Fazıl Kısakürek</t>
+          <t>Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254356612</t>
+          <t>9786057751225</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde B.Cerrah</t>
+          <t>Dini Makalelerim</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254356971</t>
+          <t>9789751968937</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 3</t>
+          <t>Sahabe Hatıraları</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254356698</t>
+          <t>9786254357022</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
+          <t>İslam'da Ahirete İman</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751939500</t>
+          <t>9786257396844</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dualar</t>
+          <t>Şerhu Tadilil Ulum (Arapça)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>15</v>
+        <v>355</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>3990000042208</t>
+          <t>9786257137928</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Kuran Yolu Meali Hafız Boy</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>7.5</v>
+        <v>270</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257396301</t>
+          <t>9789751968449</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
+          <t>Selam Sana Ey Kudüs</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254351426</t>
+          <t>9789751956460</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Transhümanizm ve Din</t>
+          <t>Büyük Mütefekkir Gazali (Ciltli)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254354229</t>
+          <t>9789751953551</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beka-yı Ruh</t>
+          <t>Hz. Peygamber’in İzinde</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751967589</t>
+          <t>9786254356599</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
+          <t>Necil Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751963109</t>
+          <t>9786254356612</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Güneş İle Kovalamaca (Ciltli)</t>
+          <t>Hz. Ebu Ubeyde B.Cerrah</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254354601</t>
+          <t>9786254356971</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
+          <t>Kafama Takılanlar - 3</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>355</v>
+        <v>70</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254352997</t>
+          <t>9786254356698</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
+          <t>Kaygı Çağının Şafağında İnsanı Savunmak</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>355</v>
+        <v>70</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254355929</t>
+          <t>9789751939500</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
+          <t>Dualar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>1320</v>
+        <v>15</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254355950</t>
+          <t>3990000042208</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Patili ve Dostları</t>
+          <t>Hikaye Treni</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>260</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254355790</t>
+          <t>9786257396301</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Hz. Peygamber'in Veda Haccı Hutbeleri</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254356490</t>
+          <t>9786254351426</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yapay Zeka Transhümanizm ve Din</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254355288</t>
+          <t>9786254354229</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
+          <t>Ruh ve Beka-yı Ruh</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254355776</t>
+          <t>9789751967589</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
+          <t>Ahmet Hamdi Akseki Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254356513</t>
+          <t>9789751963109</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
+          <t>Güneş İle Kovalamaca (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>235</v>
+        <v>135</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254355752</t>
+          <t>9786254354601</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Kudüs</t>
+          <t>The Clear Quran - Kur'an-ı Kerim Meali Orta Boy (İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>55</v>
+        <v>355</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254356520</t>
+          <t>9786254352997</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Le Noble Coran - Kur'an-ı Kerim Meali Orta Boy (Fransızca) (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>55</v>
+        <v>355</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254355226</t>
+          <t>9786254355929</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Abide Kubbeler</t>
+          <t>Kur'an-ı Kerim Cami Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>120</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254355080</t>
+          <t>9786254355950</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
+          <t>Patili ve Dostları</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>24</v>
+        <v>260</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254355141</t>
+          <t>9786254355790</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Samimiyet</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>24</v>
+        <v>85</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254354946</t>
+          <t>9786254356490</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>24</v>
+        <v>95</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254355189</t>
+          <t>9786254355288</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ramazan</t>
+          <t>Güncel Türk İşaret Dili Dini Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254355196</t>
+          <t>9786254355776</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Helal Kazanç</t>
+          <t>Dijital Dünyada Değerleriyle Aile Olmak</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254355134</t>
+          <t>9786254356513</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Emanet ve Güven</t>
+          <t>Bir Seyyahın Yol Hikayeleri - Balkanlar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>24</v>
+        <v>235</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254355035</t>
+          <t>9786254355752</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Ayet ve Hadislerle Kudüs</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254355059</t>
+          <t>9786254356520</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Dilinden Dualar</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254355158</t>
+          <t>9786254355226</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Samimiyet</t>
+          <t>Abide Kubbeler</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254355097</t>
+          <t>9786254355080</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Merhamet</t>
+          <t>40 Hadiste Yardımlaşma ve Dayanışma</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254355127</t>
+          <t>9786254355141</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İyilik</t>
+          <t>40 Hadiste Samimiyet</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254355202</t>
+          <t>9786254354946</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Hz. Peygamber</t>
+          <t>40 Hadiste Sağlık, Hastalık ve Tedavi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254355073</t>
+          <t>9786254355189</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ailemiz</t>
+          <t>40 Hadiste Ramazan</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254356445</t>
+          <t>9786254355196</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Neşeli İzciler</t>
+          <t>40 Hadiste Helal Kazanç</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254354922</t>
+          <t>9786254355134</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
+          <t>40 Hadiste Emanet ve Güven</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254351495</t>
+          <t>9786254355035</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>270</v>
+        <v>30</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786057519610</t>
+          <t>9786254355059</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe İlk Adım</t>
+          <t>Peygamberin Dilinden Dualar</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789753898324</t>
+          <t>9786254355158</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ayette İyilik Kartelası</t>
+          <t>40 Ayette Samimiyet</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789751965691</t>
+          <t>9786254355097</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri (Ciltli)</t>
+          <t>40 Ayette Merhamet</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789751957528</t>
+          <t>9786254355127</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
+          <t>40 Ayette İyilik</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>540</v>
+        <v>24</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789751966988</t>
+          <t>9786254355202</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
+          <t>40 Ayette Hz. Peygamber</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789751960221</t>
+          <t>9786254355073</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>40 Ayette Ailemiz</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>330</v>
+        <v>24</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789751902115</t>
+          <t>9786254356445</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Neşeli İzciler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789751967695</t>
+          <t>9786254354922</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
+          <t>Yasin ve Kısa Sureler “Rahle Boy“ Arapça</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>355</v>
+        <v>40</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257137935</t>
+          <t>9786254351495</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Rahle Boy)</t>
+          <t>Günümüze Ulaşan Mesahif-i Kadime İlk Mushaflar Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>960</v>
+        <v>270</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257779784</t>
+          <t>9786057519610</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Evliliğe İlk Adım</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789751969996</t>
+          <t>9789753898324</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Kırk Ayette İyilik Kartelası</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>660</v>
+        <v>20</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789751970046</t>
+          <t>9789751965691</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kudüs ve Aksa</t>
+          <t>Ahlak Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789751965813</t>
+          <t>9789751957528</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Büyük Boy)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>700</v>
+        <v>540</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254356438</t>
+          <t>9789751966988</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Ekibi</t>
+          <t>İslam Medeniyetinde Sala ve Salavat Geleneği</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254356469</t>
+          <t>9789751960221</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi</t>
+          <t>Kur'an-ı Kerim Hafız Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254356452</t>
+          <t>9789751902115</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İbn Miskeveyh</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254356476</t>
+          <t>9789751967695</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>İslam İlmihali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>120</v>
+        <v>355</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254356315</t>
+          <t>9786257137935</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
+          <t>Kur’an Yolu Meali (Rahle Boy)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>170</v>
+        <v>960</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254356407</t>
+          <t>9786257779784</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gölgeler Dijital Evren</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254356391</t>
+          <t>9789751969996</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayen Olsun</t>
+          <t>Kur'an Yolu Meali (Hafız Boy Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>55</v>
+        <v>660</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254356384</t>
+          <t>9789751970046</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
+          <t>Kudüs ve Aksa</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>65</v>
+        <v>235</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254355820</t>
+          <t>9789751965813</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Söyler</t>
+          <t>Kur'an Yolu Meali (Büyük Boy)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>60</v>
+        <v>700</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254356070</t>
+          <t>9786254356438</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Baba Okulu</t>
+          <t>Sıfır Atık Ekibi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254354663</t>
+          <t>9786254356469</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
+          <t>Sühreverdi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254355301</t>
+          <t>9786254356452</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Din Hukuk ve Teknoloji</t>
+          <t>İbn Miskeveyh</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257137133</t>
+          <t>9786254356476</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254355974</t>
+          <t>9786254356315</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Bir De Buradan Bak</t>
+          <t>Matüridinin Hikmetli Sözleri ve İlmi İzahları</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254355967</t>
+          <t>9786254356407</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Şipşak</t>
+          <t>Yeni Gölgeler Dijital Evren</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254356377</t>
+          <t>9786254356391</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Kaidelerini Anlamak</t>
+          <t>Bir Hikayen Olsun</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254355714</t>
+          <t>9786254356384</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
+          <t>Siyaset Ahlakı Seçmenden Siyasetçiye Ahlaklı Siyasetin İmkan ve İlkeleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254355745</t>
+          <t>9786254355820</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Öykü Zamanı Oyun Zamanı</t>
+          <t>Atalar Ne Söyler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254355813</t>
+          <t>9786254356070</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>Baba Okulu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254355783</t>
+          <t>9786254354663</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta’nın Yolunda - 1</t>
+          <t>Kıraat: Eğitim - Öğretim Geleneği ve Günümüzdeki Uygulamalar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254355806</t>
+          <t>9786254355301</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Öncü Şahsiyetler</t>
+          <t>Din Hukuk ve Teknoloji</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254355349</t>
+          <t>9786257137133</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Lisan-ı Kalp</t>
+          <t>Çocukevi Çocukevleri Sitesi ve Çocuk Destek Merkezlerinde Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254355332</t>
+          <t>9786254355974</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İrfan Şiirleri Antolojisi</t>
+          <t>Bir De Buradan Bak</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254353758</t>
+          <t>9786254355967</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satıra</t>
+          <t>Meraklı Şipşak</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789751948915</t>
+          <t>9786254356377</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kitabımı Öğreniyorum</t>
+          <t>Mecelle Kaidelerini Anlamak</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254355264</t>
+          <t>9786254355714</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
+          <t>İyilik Dururken Niçin Kötülüğe Koşuyorsunuz?</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>55</v>
+        <v>130</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254354564</t>
+          <t>9786254355745</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler IV</t>
+          <t>Öykü Zamanı Oyun Zamanı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>355</v>
+        <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254355271</t>
+          <t>9786254355813</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
+          <t>Sezai Karakoç</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254355295</t>
+          <t>9786254355783</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Halden Anlayanlar</t>
+          <t>İbn Battuta’nın Yolunda - 1</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254352287</t>
+          <t>9786254355806</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
+          <t>Öncü Şahsiyetler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254355707</t>
+          <t>9786254355349</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
+          <t>Lisan-ı Kalp</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254355325</t>
+          <t>9786254355332</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç</t>
+          <t>İrfan Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254355318</t>
+          <t>9786254353758</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Nuri Pakdil</t>
+          <t>Sadırdan Satıra</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254354915</t>
+          <t>9789751948915</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
+          <t>Kitabımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254355219</t>
+          <t>9786254355264</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah B. Mesud</t>
+          <t>Maide Suresinde Birey ve Toplum Hayatı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254354199</t>
+          <t>9786254354564</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
+          <t>Minberden Öğütler IV</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>35</v>
+        <v>355</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254354588</t>
+          <t>9786254355271</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Vaizlerinin Hatıraları</t>
+          <t>Son Peygamber Hz.Muhammed Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254354595</t>
+          <t>9786254355295</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıkla Mücadele Hatıraları</t>
+          <t>Halden Anlayanlar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254354502</t>
+          <t>9786254352287</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa’d b. Ebu Vakkas</t>
+          <t>4-6 Yaş Grubu Yaz Kur'an Kursları Etkinlik  Kitabı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254354557</t>
+          <t>9786254355707</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah b. Abbas</t>
+          <t>Osmanlı Devletinin Son Döneminde Bir Üst Kurul - Darul Hikmetil İslamiye</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254354489</t>
+          <t>9786254355325</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz b. Cebel</t>
+          <t>Sezai Karakoç</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254354441</t>
+          <t>9786254355318</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd B. Sabit</t>
+          <t>Nuri Pakdil</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254354458</t>
+          <t>9786254354915</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr B. Avvam</t>
+          <t>Kur'an Kursu Öğreticileri İçin - Etkinlik Kitapçığı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254354519</t>
+          <t>9786254355219</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abbas</t>
+          <t>Hz. Abdullah B. Mesud</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254354328</t>
+          <t>9786254354199</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
+          <t>4-6 Yaş Kuran Kursu Öğreticilerine Yönelik Rehber Kitapçık</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254354649</t>
+          <t>9786254354588</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kumbaram</t>
+          <t>Cezaevi Vaizlerinin Hatıraları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254354656</t>
+          <t>9786254354595</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kainatta Harika Şeyler Oluyor</t>
+          <t>Bağımlılıkla Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786057751317</t>
+          <t>9786254354502</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve Kerbela</t>
+          <t>Hz. Sa’d b. Ebu Vakkas</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254354380</t>
+          <t>9786254354557</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
+          <t>Hz. Abdullah b. Abbas</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>355</v>
+        <v>55</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254354366</t>
+          <t>9786254354489</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Çevre Ahlakı</t>
+          <t>Hz. Muaz b. Cebel</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254354243</t>
+          <t>9786254354441</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Alemin Göz Bebeği İnsan</t>
+          <t>Hz. Zeyd B. Sabit</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786257779425</t>
+          <t>9786254354458</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
+          <t>Hz. Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254354267</t>
+          <t>9786254354519</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetin Sembolü Kurban</t>
+          <t>Hz. Abbas</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254354960</t>
+          <t>9786254354328</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
+          <t>Tasavvufta İrşad İrfani Tebliğ ve Davet</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>32</v>
+        <v>180</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254354335</t>
+          <t>9786254354649</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Usul-i Fıkhın Dayandığı İlimler</t>
+          <t>Hikaye Kumbaram</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>55</v>
+        <v>125</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786257137102</t>
+          <t>9786254354656</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
+          <t>Kainatta Harika Şeyler Oluyor</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>35</v>
+        <v>140</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786257137140</t>
+          <t>9786057751317</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Ehl-i Beyt ve Kerbela</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254354212</t>
+          <t>9786254354380</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
+          <t>Vesiletü’n-Necat Kurtuluş Yolu Mevlid Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>95</v>
+        <v>355</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254354632</t>
+          <t>9786254354366</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Hikmet</t>
+          <t>Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254354236</t>
+          <t>9786254354243</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Alemin Göz Bebeği İnsan</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254354342</t>
+          <t>9786257779425</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Medya Ahlakı</t>
+          <t>Allah’ın Son Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254355028</t>
+          <t>9786254354267</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Dayanışma</t>
+          <t>Teslimiyetin Sembolü Kurban</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254354205</t>
+          <t>9786254354960</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İdeal İnsan</t>
+          <t>Yasin ve Kısa Sureler “Orta Boy“ Arapça</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254354373</t>
+          <t>9786254354335</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tebliğ Davet ve İrşad</t>
+          <t>Usul-i Fıkhın Dayandığı İlimler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254354281</t>
+          <t>9786257137102</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Helal - Haram Duyarlılığı</t>
+          <t>Huzurevi Yaşlı Bakım ve Rehabilitasyon Merkezlerinde Manevi Danışmanlık ve Rehberlik Hizmetle</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254351549</t>
+          <t>9786257137140</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
+          <t>Ceza İnfaz Kurumlarında Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254354274</t>
+          <t>9786254354212</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları Cilt IV</t>
+          <t>Şafii Fıkıh Literatürü ve Terminolojisi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254354021</t>
+          <t>9786254354632</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ateistlerin Yanılgıları</t>
+          <t>İslam Düşüncesinde Hikmet</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254352492</t>
+          <t>9786254354236</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254353703</t>
+          <t>9786254354342</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Cami ve İrşad</t>
+          <t>Medya Ahlakı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254352393</t>
+          <t>9786254355028</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
+          <t>Ramazan ve Dayanışma</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254352324</t>
+          <t>9786254354205</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
+          <t>İdeal İnsan</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254354359</t>
+          <t>9786254354373</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Belagatı ve İ'cazı</t>
+          <t>İslam’da Tebliğ Davet ve İrşad</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254354113</t>
+          <t>9786254354281</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
+          <t>Müslümanların Helal - Haram Duyarlılığı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254354120</t>
+          <t>9786254351549</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Kadim Sorular</t>
+          <t>Geçmişten Günümüze Dinler ve Mezhepler</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254354038</t>
+          <t>9786254354274</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Vahiyden Hayata</t>
+          <t>Milli Mücadelede Din Adamları Cilt IV</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254352270</t>
+          <t>9786254354021</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
+          <t>Yeni Ateistlerin Yanılgıları</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254353369</t>
+          <t>9786254352492</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
+          <t>Allah Celui Qui Ma Cree Ainsi Que Toutes Choses (Beni ve Her şeyi Yaratan Allah) Fransızca</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254354052</t>
+          <t>9786254353703</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Anne Arı Neredeymiş ?</t>
+          <t>Peygamberimiz Cami ve İrşad</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254354069</t>
+          <t>9786254352393</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Köpek Suyu Nasıl İçmiş?</t>
+          <t>Children Through Hadiths (Hadislerle Çocuk) İngilizce</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254354076</t>
+          <t>9786254352324</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Kaya Kuşu Kimmiş ?</t>
+          <t>Marriage Through Hadiths (Hadislerle Evlilik) İngilizce</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254354083</t>
+          <t>9786254354359</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Horoz Neden Ötüyormuş ?</t>
+          <t>Kur'an'ın Belagatı ve İ'cazı</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254354090</t>
+          <t>9786254354113</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Ne Görmüş ?</t>
+          <t>Sezai Karakoç'un Düşünce ve Sanat Dünyası</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254353345</t>
+          <t>9786254354120</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Peygamberim</t>
+          <t>Postmodern Çağda Kadim Sorular</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254353697</t>
+          <t>9786254354038</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Adım Adım Hacca</t>
+          <t>Vahiyden Hayata</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254353352</t>
+          <t>9786254352270</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir Din Ne Değildir?</t>
+          <t>Müslüman'ın Günlük Hayatında Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254352980</t>
+          <t>9786254353369</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
+          <t>İşitme Engellilere Özel Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>70</v>
+        <v>175</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254353727</t>
+          <t>9786254354052</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İslam Kardeşliği</t>
+          <t>Anne Arı Neredeymiş ?</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254352089</t>
+          <t>9786254354069</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Köpek Suyu Nasıl İçmiş?</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254352065</t>
+          <t>9786254354076</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha b. Ubeydullah</t>
+          <t>Kaya Kuşu Kimmiş ?</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254352072</t>
+          <t>9786254354083</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Eymen</t>
+          <t>Horoz Neden Ötüyormuş ?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254352102</t>
+          <t>9786254354090</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer b. Ebu Talip</t>
+          <t>Çekirge Ne Görmüş ?</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254352027</t>
+          <t>9786254353345</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Hz. Üsame b. Zeyd</t>
+          <t>Şiirlerle Peygamberim</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254352096</t>
+          <t>9786254353697</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid b. Velid</t>
+          <t>Hadislerle Adım Adım Hacca</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258122343</t>
+          <t>9786254353352</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
+          <t>Din Nedir Din Ne Değildir?</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>1170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254352041</t>
+          <t>9786254352980</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
+          <t>Meraklı Çocuk ile Annesi İslam'ın Amentüsü</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254350443</t>
+          <t>9786254353727</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
+          <t>İslam Kardeşliği</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>420</v>
+        <v>40</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254353031</t>
+          <t>9786254352089</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bambu Dev ile Gökçe Kız</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254352171</t>
+          <t>9786254352065</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılanlar - 2</t>
+          <t>Hz. Talha b. Ubeydullah</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>55</v>
+        <v>36</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786057751966</t>
+          <t>9786254352072</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Hurafeler</t>
+          <t>Hz. Ümmü Eymen</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254351853</t>
+          <t>9786254352102</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Doğruluk</t>
+          <t>Hz. Cafer b. Ebu Talip</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254351860</t>
+          <t>9786254352027</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Doğruluk</t>
+          <t>Hz. Üsame b. Zeyd</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254352188</t>
+          <t>9786254352096</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 2</t>
+          <t>Hz. Halid b. Velid</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254352201</t>
+          <t>9786258122343</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 10</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Gazi Firkateyni (Ciltli)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>60</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254352218</t>
+          <t>9786254352041</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 9</t>
+          <t>Bir Ayet Bir Yorum Kur’an’dan Hayata</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254352195</t>
+          <t>9786254350443</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 5</t>
+          <t>Müsned Muhtasarı Mülteka'l Ashab - Prestij Lüks Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>55</v>
+        <v>420</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254352225</t>
+          <t>9786254353031</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 3</t>
+          <t>Bambu Dev ile Gökçe Kız</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254352249</t>
+          <t>9786254352171</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Bak Zatına</t>
+          <t>Kafama Takılanlar - 2</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254351822</t>
+          <t>9786057751966</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Askere Temel Dini Bilgiler</t>
+          <t>Geçmişten Günümüze Hurafeler</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254352232</t>
+          <t>9786254351853</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İrfan Söyleşileri</t>
+          <t>40 Hadiste Doğruluk</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254351013</t>
+          <t>9786254351860</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Temel Kavramları I-II Takım</t>
+          <t>40 Ayette Doğruluk</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257137034</t>
+          <t>9786254352188</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Ahiret Bilinci</t>
+          <t>Biz Gençlere Dair 2</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257137010</t>
+          <t>9786254352201</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ahiret Bilinci</t>
+          <t>Biz Gençlere Dair 10</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254351525</t>
+          <t>9786254352218</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler I</t>
+          <t>Biz Gençlere Dair 9</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254351501</t>
+          <t>9786254352195</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığında - Denemeler</t>
+          <t>Biz Gençlere Dair 5</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254351532</t>
+          <t>9786254352225</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Yarıda Kalan Öyküler II</t>
+          <t>Biz Gençlere Dair 3</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254351006</t>
+          <t>9786254352249</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kader ve Kaza İnancı</t>
+          <t>Hoşça Bak Zatına</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254351662</t>
+          <t>9786254351822</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Askere Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254350993</t>
+          <t>9786254352232</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
+          <t>İrfan Söyleşileri</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>145</v>
+        <v>50</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254351433</t>
+          <t>9786254351013</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 8</t>
+          <t>Kuranın Temel Kavramları I-II Takım</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>55</v>
+        <v>270</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254351600</t>
+          <t>9786257137034</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
+          <t>40 Ayette Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254350986</t>
+          <t>9786257137010</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
+          <t>40 Hadiste Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>115</v>
+        <v>40</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254351594</t>
+          <t>9786254351525</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
+          <t>Yarıda Kalan Öyküler I</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254351587</t>
+          <t>9786254351501</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Selam Şehri Kudüs</t>
+          <t>Gün Işığında - Denemeler</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254351440</t>
+          <t>9786254351532</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 7</t>
+          <t>Yarıda Kalan Öyküler II</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>60</v>
+        <v>34</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254352058</t>
+          <t>9786254351006</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ramazan ve Oruç</t>
+          <t>İslam'da Kader ve Kaza İnancı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254351471</t>
+          <t>9786254351662</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 6</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254351570</t>
+          <t>9786254350993</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ahlakı</t>
+          <t>Mucizelerle Dolu Bir Hayat - Hz. İsa</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254350450</t>
+          <t>9786254351433</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
+          <t>Biz Gençlere Dair 8</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254351457</t>
+          <t>9786254351600</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 4</t>
+          <t>Ebu Mansur Matürudi'nin Nübüvvet Anlayışı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254351419</t>
+          <t>9786254350986</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Öncüsü Celal Hoca</t>
+          <t>Yeni Bir Başlangıç - Hz. Nuh</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254351518</t>
+          <t>9786254351594</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Mehtabın Işığında -Denemeler-</t>
+          <t>Bugyetu'l-Hasis Fi Tarihi İlmi'l-Hadis</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254351464</t>
+          <t>9786254351587</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Biz Gençlere Dair 1</t>
+          <t>Selam Şehri Kudüs</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254351655</t>
+          <t>9786254351440</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ömer Nasuhi Bilmen</t>
+          <t>Biz Gençlere Dair 7</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254350207</t>
+          <t>9786254352058</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
+          <t>İnsan Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254350115</t>
+          <t>9786254351471</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Vefa Toplumu</t>
+          <t>Biz Gençlere Dair 6</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254350979</t>
+          <t>9786254351570</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Ticaret Ahlakı</t>
+          <t>Bilim Ahlakı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789751970190</t>
+          <t>9786254350450</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Şerefeddin Yaltkaya</t>
+          <t>Müsned Muhtasarı - Mülteka’l-Ashab (Büyük Boy)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786057730053</t>
+          <t>9786254351457</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
+          <t>Biz Gençlere Dair 4</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257137652</t>
+          <t>9786254351419</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ma Famille (Ailem Fransızca)</t>
+          <t>Bir Neslin Öncüsü Celal Hoca</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789751969217</t>
+          <t>9786254351518</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>My Family (Ailem İngilizce)</t>
+          <t>Mehtabın Işığında -Denemeler-</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789751944894</t>
+          <t>9786254351464</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
+          <t>Biz Gençlere Dair 1</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>32</v>
+        <v>65</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257396257</t>
+          <t>9786254351655</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
+          <t>Ömer Nasuhi Bilmen</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254350313</t>
+          <t>9786254350207</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Özü Dua</t>
+          <t>İstanbul Müftülerinden Abdurrahman Şeref Güzelyazıcı ve Divanı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>55</v>
+        <v>230</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254350023</t>
+          <t>9786254350115</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Salgını Sürecinde Vefa</t>
+          <t>Peygamberimiz ve Vefa Toplumu</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257137706</t>
+          <t>9786254350979</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
+          <t>Hadislerde Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254350399</t>
+          <t>9789751970190</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Mehmet Şerefeddin Yaltkaya</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789751969026</t>
+          <t>9786057730053</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman</t>
+          <t>Milli Mücadelede Din Adamları 3. Cilt</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789751970213</t>
+          <t>9786257137652</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilere Özel Elif Ba</t>
+          <t>Ma Famille (Ailem Fransızca)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786057519832</t>
+          <t>9789751969217</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin En Güzeli Kuran</t>
+          <t>My Family (Ailem İngilizce)</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789751944948</t>
+          <t>9789751944894</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Treni</t>
+          <t>Meşihat-i İslamiyye ve Ceride-i İlmiyye</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>180</v>
+        <v>32</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789751969972</t>
+          <t>9786257396257</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kuran ve Sünnette İman Ahlak Bütünlüğü</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>1500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789751969965</t>
+          <t>9786254350313</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
+          <t>Kulluğun Özü Dua</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>1070</v>
+        <v>55</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254350382</t>
+          <t>9786254350023</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
+          <t>Koronavirüs Salgını Sürecinde Vefa</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257137058</t>
+          <t>9786257137706</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Göç ve İnsanlık</t>
+          <t>Kıtır İle Pıtır Hikaye Seti 5 Kitap Set Fransızca</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>28</v>
+        <v>450</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257137171</t>
+          <t>9786254350399</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
+          <t>Kendine Geç Kalma</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257137218</t>
+          <t>9789751969026</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Genç Hutbeler</t>
+          <t>Peygamberlere İman</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>115</v>
+        <v>22</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059962872</t>
+          <t>9789751970213</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Fetö PYD</t>
+          <t>İşitme Engellilere Özel Elif Ba</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789751952745</t>
+          <t>9786057519832</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
+          <t>Sözlerin En Güzeli Kuran</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789751960344</t>
+          <t>9789751944948</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
+          <t>Hikaye Treni</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789751970084</t>
+          <t>9789751969972</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ahlakı</t>
+          <t>Hatim Cüzü Rahle Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254351204</t>
+          <t>9789751969965</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
+          <t>Hatim Cüzü Orta Boy Bilgisayar Hatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>22</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257396578</t>
+          <t>9786254350382</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
+          <t>Hafız Musikişinaslar Osmanlıdan Cumhuriyete Geçiş Dönemi</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789751965998</t>
+          <t>9786257137058</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisinin Hatıra Defteri</t>
+          <t>Göç ve İnsanlık</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257396608</t>
+          <t>9786257137171</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Darb-ı Mesel</t>
+          <t>Gençliğin Korunması Bağlamında Din İstismarıyla Mücadele</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254350955</t>
+          <t>9786257137218</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları Büyüteç Altında</t>
+          <t>Genç Hutbeler</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789751932730</t>
+          <t>9786059962872</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
+          <t>Farklı Boyutlarıyla Fetö PYD</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786057519504</t>
+          <t>9789751952745</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Çıkmazı</t>
+          <t>Tecvidli Kuranı Kerim Elif Bası Dib</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254350375</t>
+          <t>9789751960344</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Vakti Gelmedi mi?</t>
+          <t>Teknolojiyi Bilinçli Kullanıyorum Ailem 8</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257137461</t>
+          <t>9789751970084</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Köpek ve Dostları</t>
+          <t>Eğitim Ahlakı</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789751960290</t>
+          <t>9786254351204</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
+          <t>Dünden Bugüne Kuran Eğitim Öğretimi ve Kuran Kursları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786057519764</t>
+          <t>9786257396578</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
+          <t>Din İstismarı İle Mücadelede Sahih Dini Bilginin Önemi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>145</v>
+        <v>40</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789751966261</t>
+          <t>9789751965998</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
+          <t>Din Görevlisinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>355</v>
+        <v>24</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254352256</t>
+          <t>9786257396608</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
+          <t>Darb-ı Mesel</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789751903518</t>
+          <t>9786254350955</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
+          <t>Çevre Sorunları Büyüteç Altında</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>22</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789751932716</t>
+          <t>9789751932730</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Satanizm</t>
+          <t>Ayet ve Hadis Işığında Sevgi ve Dostluk</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786057751973</t>
+          <t>9786057519504</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Ateizm Çıkmazı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>22</v>
+        <v>150</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254351716</t>
+          <t>9786254350375</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Diyor ki…</t>
+          <t>Vakti Gelmedi mi?</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254351273</t>
+          <t>9786257137461</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
+          <t>Akıllı Köpek ve Dostları</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>1980</v>
+        <v>100</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254351846</t>
+          <t>9789751960290</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk - Özü Sözü Bir Olmak</t>
+          <t>Ailemde Merhamet İstiyorum Ailem 10</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257396769</t>
+          <t>9786057519764</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre (Ciltli)</t>
+          <t>Ahmet Hamdi Akseki Hayatı Eserleri Mücadelesi 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>70</v>
+        <v>145</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254350221</t>
+          <t>9789751966261</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
+          <t>Ahmet Cevdet Paşa Tercüme İ Şerife ve Tefsir İlmi Açısından Değeri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>55</v>
+        <v>355</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254350238</t>
+          <t>9786254352256</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
+          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254350269</t>
+          <t>9789751903518</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
+          <t>İlim Felsefe ve Din Açısından Yaratılış ve Gayelilik (Teleoloji)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254350245</t>
+          <t>9789751932716</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
+          <t>Satanizm</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254350252</t>
+          <t>9786057751973</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
+          <t>Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>55</v>
+        <v>22</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257396431</t>
+          <t>9786254351716</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Hz. Ali Diyor ki…</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257396554</t>
+          <t>9786254351273</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
+          <t>Hayat Rehberi Kur’an Konulu Tefsir 5 Cilt (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>36</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786257396547</t>
+          <t>9786254351846</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyası</t>
+          <t>Doğruluk - Özü Sözü Bir Olmak</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786257396561</t>
+          <t>9786257396769</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
+          <t>Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257396295</t>
+          <t>9786254350221</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Niçin İbadet Ediyorum?</t>
+          <t>Üzüm ile Mürdümden Kandil Bulmacaları 5. Kitap</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257396233</t>
+          <t>9786254350238</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan Tipleri</t>
+          <t>Üzüm ile Mürdümden İman Bulmacaları 1. Kitap</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257779760</t>
+          <t>9786254350269</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hayatları</t>
+          <t>Üzüm ile Mürdümden Peygamber Bulmacaları 4. Kitap</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257779869</t>
+          <t>9786254350245</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
+          <t>Üzüm ile Mürdümden Ahlak Bulmacaları 3. Kitap</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786257396240</t>
+          <t>9786254350252</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
+          <t>Üzüm ile Mürdümden İbadet Bulmacaları 2. Kitap</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257779890</t>
+          <t>9786257396431</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ahlakı</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257396080</t>
+          <t>9786257396554</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Gül Gezegeni (Ciltli)</t>
+          <t>Kur’an Tilavetinde Yaygın Hatalar</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>155</v>
+        <v>36</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257396127</t>
+          <t>9786257396547</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Yaşamak</t>
+          <t>İslam Dünyası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257137560</t>
+          <t>9786257396561</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Kakao Ağacı (Ciltli)</t>
+          <t>İslam’ın Barış ve Esenlik Çağrısı</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257779982</t>
+          <t>9786257396295</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
+          <t>Niçin İbadet Ediyorum?</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257779975</t>
+          <t>9786257396233</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
+          <t>Kur'an'da İnsan Tipleri</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257779388</t>
+          <t>9786257779760</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>İneklerin Gösterisi - Kukla Misket</t>
+          <t>Sahabe Hayatları</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257779395</t>
+          <t>9786257779869</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
+          <t>Muhtasar Şafii İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>65</v>
+        <v>295</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257779418</t>
+          <t>9786257396240</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yumurtaların Peşinde - Kukla Misket</t>
+          <t>Şerh-i Tercüme-i Lamiyye (Emali Şerhi) (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257779401</t>
+          <t>9786257779890</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ballı Şifa - Kukla Misket</t>
+          <t>Sosyal Medya Ahlakı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>65</v>
+        <v>24</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257779371</t>
+          <t>9786257396080</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
+          <t>Gül Gezegeni (Ciltli)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>65</v>
+        <v>155</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789751969897</t>
+          <t>9786257396127</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kurban Sıkça Sorulanlar</t>
+          <t>Kur'an ve Sünnete Göre Yaşamak</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257396059</t>
+          <t>9786257137560</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Minik Oruç Yıldızı (Ciltli)</t>
+          <t>Kakao Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257396066</t>
+          <t>9786257779982</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdayan Hırka</t>
+          <t>Son Dönem Osmanlı Medreselerinde Ders Vekaleti ve Meclis-i Mesalih-i Talebe</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>140</v>
+        <v>32</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257396158</t>
+          <t>9786257779975</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
+          <t>Peygamberimizin Örnekliğinde Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C955" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789751969989</t>
+          <t>9786257779388</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
+          <t>İneklerin Gösterisi - Kukla Misket</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>600</v>
+        <v>65</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789751955999</t>
+          <t>9786257779395</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı Divan</t>
+          <t>Ekmeğin Yolculuğu - Kukla Misket</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257779821</t>
+          <t>9786257779418</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Cami Ziyaretleri</t>
+          <t>Yumurtaların Peşinde - Kukla Misket</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257366045</t>
+          <t>9786257779401</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Gölgesinde Bir Hayat</t>
+          <t>Ballı Şifa - Kukla Misket</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257366410</t>
+          <t>9786257779371</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Şifa Ayı Ramazan</t>
+          <t>Kabak Dalda Ceviz Yerde - Kukla Misket</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257779791</t>
+          <t>9789751969897</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>İnkar Bahaneleri</t>
+          <t>Kurban Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257366007</t>
+          <t>9786257396059</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
+          <t>Minik Oruç Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257779326</t>
+          <t>9786257396066</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Son Hurafe "Deizm"</t>
+          <t>Kıkırdayan Hırka</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257779364</t>
+          <t>9786257396158</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
+          <t>Bilişim Çağında İnsan Din ve Diyanet</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257779432</t>
+          <t>9789751969989</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve İbadet</t>
+          <t>Kur’an Yolu Meali (Orta Boy) Bilgisayar Hatlı - Tam Sayfa Mealli (Ciltli)</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>24</v>
+        <v>600</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257779487</t>
+          <t>9789751955999</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Ahlakı</t>
+          <t>Erzurumlu İbrahim Hakkı Divan</t>
         </is>
       </c>
       <c r="C966" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257779654</t>
+          <t>9786257779821</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Canın ve Malın Sigortası Zekat</t>
+          <t>Cami Ziyaretleri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257779456</t>
+          <t>9786257366045</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Din</t>
+          <t>Ramazan Gölgesinde Bir Hayat</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257779449</t>
+          <t>9786257366410</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Müslüman ve Hayat</t>
+          <t>Şifa Ayı Ramazan</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>36</v>
+        <v>50</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257779340</t>
+          <t>9786257779791</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
+          <t>İnkar Bahaneleri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257137331</t>
+          <t>9786257366007</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Aile Örnekleri</t>
+          <t>Mehmed Akif Ersoy ve İstiklal Marşı'mız</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257779333</t>
+          <t>9786257779326</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtuluş Hz. Musa</t>
+          <t>Son Hurafe "Deizm"</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257137362</t>
+          <t>9786257779364</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Medeniyetin İzinde</t>
+          <t>Akışkan Zamanlarda Değer'li Yaşamak</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257137393</t>
+          <t>9786257779432</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Salgın Zamanında Manevi Destek</t>
+          <t>Müslüman ve İbadet</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057751959</t>
+          <t>9786257779487</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bizi Kim Beğenecek</t>
+          <t>Dijital Çağda İletişim Ahlakı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257137454</t>
+          <t>9786257779654</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Canın ve Malın Sigortası Zekat</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257137911</t>
+          <t>9786257779456</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ahlakı</t>
+          <t>Müslüman ve Din</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257137348</t>
+          <t>9786257779449</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Ana Konuları</t>
+          <t>Müslüman ve Hayat</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257137409</t>
+          <t>9786257779340</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l  Esir el - Cezeri</t>
+          <t>Hz. Yusuf - Kuyudan Saraya Uzanan Yolculuk</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>36</v>
+        <v>180</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257137164</t>
+          <t>9786257137331</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Kur’an’da Aile Örnekleri</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257137072</t>
+          <t>9786257779333</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Esaretten Kurtuluş Hz. Musa</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>35</v>
+        <v>180</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786057751270</t>
+          <t>9786257137362</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İslam Adliye Teşkilatı</t>
+          <t>Kayıp Medeniyetin İzinde</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257137157</t>
+          <t>9786257137393</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
+          <t>Salgın Zamanında Manevi Destek</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789751963734</t>
+          <t>9786057751959</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Aile - Sıkça Sorulanlar</t>
+          <t>Bizi Kim Beğenecek</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257137416</t>
+          <t>9786257137454</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Cami ve İlim</t>
+          <t>Sabırlı Ayı ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254352461</t>
+          <t>9786257137911</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Dinimi Öğreniyorum</t>
+          <t>Sanat Ahlakı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257137041</t>
+          <t>9786257137348</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
+          <t>Tasavvufun Ana Konuları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257137225</t>
+          <t>9786257137409</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
+          <t>İbnü’l  Esir el - Cezeri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257137188</t>
+          <t>9786257137164</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>En Sağlam İp (Ciltli)</t>
+          <t>Gençlere Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257137119</t>
+          <t>9786257137072</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
+          <t>Bağımlılara Yönelik Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786057751331</t>
+          <t>9786057751270</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
+          <t>İslam Adliye Teşkilatı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257137005</t>
+          <t>9786257137157</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Satıh</t>
+          <t>Kadın Konukevlerinde Manevi Danışmanlık ve Rehberlik Hizmetleri</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786057751980</t>
+          <t>9789751963734</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
+          <t>Aile - Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786057751904</t>
+          <t>9786257137416</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Engelliler İlmihali</t>
+          <t>Cami ve İlim</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786057751768</t>
+          <t>9786254352461</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
+          <t>Etkinliklerle Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786057751720</t>
+          <t>9786257137041</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bakım ve Danışma Psikolojisi</t>
+          <t>Güncel Dini Meseleler İstişare Toplantısı - X (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786057751171</t>
+          <t>9786257137225</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Mihraba Adanmış Gönüller</t>
+          <t>Tıp ve Sağlıkla İlgili Fetvalar</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786057751249</t>
+          <t>9786257137188</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve İletişim Psikolojisi</t>
+          <t>En Sağlam İp (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786057751195</t>
+          <t>9786257137119</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
+          <t>Manevi Danışmanlık ve Rehberlik Hizmetleri Temel Bilgiler Kılavuzu</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786057751744</t>
+          <t>9786057751331</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sorumluluk Bilinci</t>
+          <t>Diyanet İşleri Başkanlığı Din İşleri Yüksek Kurulu</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786057751751</t>
+          <t>9786257137005</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Sorumluluk Bilinci</t>
+          <t>Bozuk Satıh</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786057751218</t>
+          <t>9786057751980</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
+          <t>Kayıp Kimliklerin Bilinç Tıkanması (Ciltli)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>70</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786057751232</t>
+          <t>9786057751904</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kaplan ve Dostları</t>
+          <t>Sorulu Cevaplı Engelliler İlmihali</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789751969651</t>
+          <t>9786057751768</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İbadetlere Dair Dualar</t>
+          <t>Kuran ve Sünnet'te Cemaatle Namaz</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786057519573</t>
+          <t>9786057751720</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
+          <t>Manevi Bakım ve Danışma Psikolojisi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>115</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786057730992</t>
+          <t>9786057751171</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
+          <t>Mihraba Adanmış Gönüller</t>
         </is>
       </c>
       <c r="C1006" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786057730497</t>
+          <t>9786057751249</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
+          <t>Sosyal Medya ve İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786057730930</t>
+          <t>9786057751195</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hadisler</t>
+          <t>Din Hizmetleri ve Din Eğitiminde Türkiye Tecrübesi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789751970510</t>
+          <t>9786057751744</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve Güven Bağlamında Aile</t>
+          <t>40 Hadiste Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786057730572</t>
+          <t>9786057751751</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Siyer-i Nebi</t>
+          <t>40 Ayette Sorumluluk Bilinci</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786057730503</t>
+          <t>9786057751218</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>“Ol”ma Yolunda</t>
+          <t>Kısa Boylu Zürafa ve Dostları - Hikayelerle Değerlerim</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786057730565</t>
+          <t>9786057751232</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Dini Bilgiler</t>
+          <t>Dedektif Kaplan ve Dostları</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>210</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786057751164</t>
+          <t>9789751969651</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Yetiştirirken</t>
+          <t>İbadetlere Dair Dualar</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789751970527</t>
+          <t>9786057519573</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve İhsan Bağlamında Aile</t>
+          <t>Peygamber Hikayeleri - Minik Kalbim Kur’an’la Buluşuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786057751201</t>
+          <t>9786057730992</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>İslam Penceresinden Kadın</t>
+          <t>Acayip Bir Operasyon – Hz. Ebu Bekir’in Hayatı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786057730602</t>
+          <t>9786057730497</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>İyilik Ekseninde Aile (Aile Forumu 4)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786057730596</t>
+          <t>9786057730930</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın İnanç Sorunları</t>
+          <t>Seçme Hadisler</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786057730510</t>
+          <t>9789751970510</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okumaları</t>
+          <t>Sadakat ve Güven Bağlamında Aile</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786057519542</t>
+          <t>9786057730572</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
+          <t>Bulmacalarla Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786057519900</t>
+          <t>9786057730503</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kitap Medeniyeti</t>
+          <t>“Ol”ma Yolunda</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>28</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786057519511</t>
+          <t>9786057730565</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Dostu Hz. İbrahim</t>
+          <t>Bulmacalarla Dini Bilgiler</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786057519825</t>
+          <t>9786057751164</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Hayata Merhaba</t>
+          <t>Çocuğumu Yetiştirirken</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>24</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786057519580</t>
+          <t>9789751970527</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Raptiye</t>
+          <t>Adalet ve İhsan Bağlamında Aile</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786057580146</t>
+          <t>9786057751201</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>İslam Penceresinden Kadın</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789751969002</t>
+          <t>9786057730602</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
+          <t>İnsanın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789751969163</t>
+          <t>9786057730596</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Bir Çocuk</t>
+          <t>Modern Çağın İnanç Sorunları</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789751969187</t>
+          <t>9786057730510</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 1</t>
+          <t>Hayat Okumaları</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789751969194</t>
+          <t>9786057519542</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Dünün Ardından - Denemeler 2</t>
+          <t>Kur’an-ı Kerim Küçük Boy Bilgisayar Hatlı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>26</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789751969156</t>
+          <t>9786057519900</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlar Evinde Uyumak</t>
+          <t>Kitap Medeniyeti</t>
         </is>
       </c>
       <c r="C1029" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789751967428</t>
+          <t>9786057519511</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci ve Namaz</t>
+          <t>Allah'ın Dostu Hz. İbrahim</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786059962964</t>
+          <t>9786057519825</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Meal ve Tefsiri</t>
+          <t>Hayata Merhaba</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786057519146</t>
+          <t>9786057519580</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 3</t>
+          <t>Raptiye</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786057519320</t>
+          <t>9786057580146</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
+          <t>İbrahim Peygamber - Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786059962858</t>
+          <t>9789751969002</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>İnfak Hayatın Bereketi</t>
+          <t>Mahremiyet Bağlamında Sosyal Medya ve Aile</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786059962933</t>
+          <t>9789751969163</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
+          <t>Bir Dağ Bir Çocuk</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789751968890</t>
+          <t>9789751969187</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kahramanları</t>
+          <t>Dünün Ardından - Denemeler 1</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>130</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789751970480</t>
+          <t>9789751969194</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hayata Dair</t>
+          <t>Dünün Ardından - Denemeler 2</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>90</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789751970503</t>
+          <t>9789751969156</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın</t>
+          <t>Ağıtlar Evinde Uyumak</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789751970534</t>
+          <t>9789751967428</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Müminin Miracı Namaz</t>
+          <t>Kulluk Bilinci ve Namaz</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789751970572</t>
+          <t>9786059962964</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Ramazanın Bereketi Oruç</t>
+          <t>Amme Cüzü Meal ve Tefsiri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789751970442</t>
+          <t>9786057519146</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hac Sıkça Sorulan Sorular</t>
+          <t>Minberden Öğütler 3</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789751963291</t>
+          <t>9786057519320</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
+          <t>Ayet ve Hadislerin Işığında Sigara Alkol Uyuşturucu Zararları ve Dini Hükmü</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789751970299</t>
+          <t>9786059962858</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Yaşama Ahlakı</t>
+          <t>İnfak Hayatın Bereketi</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789751970305</t>
+          <t>9786059962933</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Dokunan Hikayeler</t>
+          <t>Ramazan Günlükleri (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789751970053</t>
+          <t>9789751968890</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikaye</t>
+          <t>Oruç Kahramanları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789751970268</t>
+          <t>9789751970480</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Evlilik</t>
+          <t>Gençlerle Hayata Dair</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789751970275</t>
+          <t>9789751970503</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Çocuk</t>
+          <t>Hadislerle Kadın</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789751970244</t>
+          <t>9789751970534</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ne Eksik Ne Fazla</t>
+          <t>Müminin Miracı Namaz</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789751968999</t>
+          <t>9789751970572</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Özetidir Ömrün</t>
+          <t>Ramazanın Bereketi Oruç</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789751968043</t>
+          <t>9789751970442</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>Hac Sıkça Sorulan Sorular</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789751968821</t>
+          <t>9789751963291</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
+          <t>Diyanet İşleri Başkanlığının Ailenin Korunması ve Kadına Yönelik Şiddetin Önlenmesi Konusunda Görüş ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789751966407</t>
+          <t>9789751970299</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Hak Duyarlılığı</t>
+          <t>Bir Arada Yaşama Ahlakı</t>
         </is>
       </c>
       <c r="C1052" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789751968906</t>
+          <t>9789751970305</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>İsraf</t>
+          <t>Kalbe Dokunan Hikayeler</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789751902047</t>
+          <t>9789751970053</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
+          <t>Bitmeyen Hikaye</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789751964014</t>
+          <t>9789751970268</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam</t>
+          <t>Hadislerle Evlilik</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789751963048</t>
+          <t>9789751970275</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
+          <t>Hadislerle Çocuk</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789751964373</t>
+          <t>9789751970244</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi</t>
+          <t>Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789751966391</t>
+          <t>9789751968999</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Aile Olmak (Ciltli)</t>
+          <t>Her Gün Özetidir Ömrün</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789751963529</t>
+          <t>9789751968043</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Dedem Eve Dönüyor (Ciltli)</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789751964281</t>
+          <t>9789751968821</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
+          <t>40 Hadiste İş ve Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789751963703</t>
+          <t>9789751966407</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
+          <t>Hak Duyarlılığı</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789751968197</t>
+          <t>9789751968906</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Terazinin Dili Tutulunca</t>
+          <t>İsraf</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789751947581</t>
+          <t>9789751902047</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Unutulmasın</t>
+          <t>Osmanlı Devletinde Surre-i Hümayun ve Surre Alayları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789751962478</t>
+          <t>9789751964014</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
+          <t>Sorularla İslam</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789751967480</t>
+          <t>9789751963048</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Oruç - Sıkça Sorulanlar</t>
+          <t>Cezaevlerinde Sıkça Sorulan Sorular (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789751967541</t>
+          <t>9789751964373</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
+          <t>Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789751959270</t>
+          <t>9789751966391</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk (Ciltli)</t>
+          <t>Aile Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789751962850</t>
+          <t>9789751963529</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Merhamet (Ciltli)</t>
+          <t>Dedem Eve Dönüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789751967091</t>
+          <t>9789751964281</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Tekrarı Yok</t>
+          <t>Kur'an-ı Kerim Harflerini Yazmayı Öğreniyorm</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789751966759</t>
+          <t>9789751963703</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Çöl Masalı</t>
+          <t>İmam Ebu Hanife Ve Hanefi Mezhebi</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>90</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789751966780</t>
+          <t>9789751968197</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Gök Masalı</t>
+          <t>Terazinin Dili Tutulunca</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789751966773</t>
+          <t>9789751947581</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Göl Masalı</t>
+          <t>Çanakkale Unutulmasın</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789751966766</t>
+          <t>9789751962478</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Köz Masalı</t>
+          <t>İslam Ahlakı Temel Konular Güncel Yorumlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789751966278</t>
+          <t>9789751967480</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Hayatı</t>
+          <t>Oruç - Sıkça Sorulanlar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789751966179</t>
+          <t>9789751967541</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Gazzali (Ciltli)</t>
+          <t>Büyük Kur'an Mütefekkiri Elmalılı M. Hamdi Yazır (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789751966247</t>
+          <t>9789751959270</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Hikmetin 40 Kapısı</t>
+          <t>Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789751960498</t>
+          <t>9789751962850</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
+          <t>Merhamet (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789751960481</t>
+          <t>9789751967091</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kıtır ile Pıtır Hikaye Seti</t>
+          <t>Hayatın Tekrarı Yok</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786057519498</t>
+          <t>9789751966759</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Park</t>
+          <t>Çöl Masalı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789751964526</t>
+          <t>9789751966780</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Cami ve Namazla Diriliş</t>
+          <t>Gök Masalı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789751963451</t>
+          <t>9789751966773</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
+          <t>Göl Masalı</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789751952578</t>
+          <t>9789751966766</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Kuran</t>
+          <t>Köz Masalı</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789751967497</t>
+          <t>9789751966278</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789751958396</t>
+          <t>9789751966179</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Divan Sunullah Gaybi (Ciltli)</t>
+          <t>Gazzali (Ciltli)</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>55</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789751900166</t>
+          <t>9789751966247</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak ve Manevi Vazifeler</t>
+          <t>Hikmetin 40 Kapısı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789751959591</t>
+          <t>9789751960498</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Din ve Samimiyet</t>
+          <t>İşitme Engelli Çocuklar İçin Din Eğitim Etkinlik Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789751966001</t>
+          <t>9789751960481</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
+          <t>Kıtır ile Pıtır Hikaye Seti</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789751965677</t>
+          <t>9786057519498</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler 2 (Ciltli)</t>
+          <t>Çiçekli Park</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789751965820</t>
+          <t>9789751964526</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Fetva Adabı</t>
+          <t>Cami ve Namazla Diriliş</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789751962836</t>
+          <t>9789751963451</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Azimli Olmak (Ciltli)</t>
+          <t>Hz. Peygamber ve İnsan Yetiştirme Düzeni</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789751962867</t>
+          <t>9789751952578</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Minnettarlık (Ciltli)</t>
+          <t>Namaz ve Kuran</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789751959263</t>
+          <t>9789751967497</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Saygı (Ciltli)</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>80</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789751959256</t>
+          <t>9789751958396</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Tutumluluk (Ciltli)</t>
+          <t>Divan Sunullah Gaybi (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789751959287</t>
+          <t>9789751900166</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yardımseverlik (Ciltli)</t>
+          <t>İslamda Ahlak ve Manevi Vazifeler</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789751968647</t>
+          <t>9789751959591</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
+          <t>Hz. Peygamber Din ve Samimiyet</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789751964359</t>
+          <t>9789751966001</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi</t>
+          <t>Mevlid Külliyatı (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789751958693</t>
+          <t>9789751965677</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri (Ciltli)</t>
+          <t>Minberden Öğütler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>235</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789751963253</t>
+          <t>9789751965820</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
+          <t>Fetva Adabı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>1440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789751963994</t>
+          <t>9789751962836</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Azimli Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789751964649</t>
+          <t>9789751962867</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen Sokağı (Ciltli)</t>
+          <t>Minnettarlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257137898</t>
+          <t>9789751959263</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Damlaları</t>
+          <t>Büyüklere Saygı (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789751962218</t>
+          <t>9789751959256</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
+          <t>Tutumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>625</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789751959652</t>
+          <t>9789751959287</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
+          <t>Yardımseverlik (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>355</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789751900180</t>
+          <t>9789751968647</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
+          <t>Kur'an-ı Kerim'deki Sureleri Tanıyalım (Ciltli)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789751962843</t>
+          <t>9789751964359</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Dostluk (Ciltli)</t>
+          <t>İhlas Risalesi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789751940599</t>
+          <t>9789751958693</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Dualarımı Öğreniyorum</t>
+          <t>Peygamber Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>55</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789751963727</t>
+          <t>9789751963253</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Aydınlığında Yürümek</t>
+          <t>Şafii Fıkhı 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>40</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789751950383</t>
+          <t>9789751963994</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Yorum</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789751964366</t>
+          <t>9789751964649</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>Fesleğen Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789751963512</t>
+          <t>9786257137898</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
+          <t>Rahmet Damlaları</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789751964304</t>
+          <t>9789751962218</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Varlık Boyutuyla İnsan</t>
+          <t>Hadislerle İslam (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>50</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789751963536</t>
+          <t>9789751959652</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
+          <t>Kur'an Yolu Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789751963550</t>
+          <t>9789751900180</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
+          <t>İslam Hukukunda Temel Hak ve Hürriyetler</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789751963543</t>
+          <t>9789751962843</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
+          <t>Dostluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789751963284</t>
+          <t>9789751940599</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Ailem</t>
+          <t>Dualarımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C1115" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789751963680</t>
+          <t>9789751963727</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
+          <t>Vahyin Aydınlığında Yürümek</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789751963093</t>
+          <t>9789751950383</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
+          <t>40 Hadis Yorum</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789751962966</t>
+          <t>9789751964366</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>22</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789751962812</t>
+          <t>9789751963512</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Karşısında İslam</t>
+          <t>Güzel Dinim Her Yanı Bilim 1 - İlimde Saklı Bilim</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789751962560</t>
+          <t>9789751964304</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
+          <t>Anlam ve Varlık Boyutuyla İnsan</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789751962911</t>
+          <t>9789751963536</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
+          <t>Güzel Dinim Her Yanı Bilim 4 - Evimde Saklı Bilim</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>34</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789751962935</t>
+          <t>9789751963550</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İman Esasları</t>
+          <t>Güzel Dinim Her Yanı Bilim 3 - Hayatımda Saklı Bilim</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789751962980</t>
+          <t>9789751963543</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnanç Problemleri</t>
+          <t>Güzel Dinim Her Yanı Bilim 2 - Evrende Saklı Bilim</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789751963178</t>
+          <t>9789751963284</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
+          <t>Ailem</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789751935953</t>
+          <t>9789751963680</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Ahlak ve Hukuk Ekseninde Aile Hayatımız</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789751958532</t>
+          <t>9789751963093</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
+          <t>Ela İle Efe Umreye Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789751958549</t>
+          <t>9789751962966</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı</t>
+          <t>Meleklere İman (Ciltli)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789751957504</t>
+          <t>9789751962812</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
+          <t>Şiddet Karşısında İslam</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789751958525</t>
+          <t>9789751962560</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Halveti Divanı</t>
+          <t>Sabit ve Değişken (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>125</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789751959683</t>
+          <t>9789751962911</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
+          <t>İlahi Adalet ve Rahmet Penceresinden Kötülük ve Musibetler</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>80</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789751936028</t>
+          <t>9789751962935</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Haccı Anlamak</t>
+          <t>İslam'da İman Esasları</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789751944672</t>
+          <t>9789751962980</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>İnanıyorum (6 Kitap Takım)</t>
+          <t>Çağdaş İnanç Problemleri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789751943675</t>
+          <t>9789751963178</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerimi Öğreniyorum</t>
+          <t>Bir Milletin Yeniden Dirilişi Çanakkale</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789751963970</t>
+          <t>9789751935953</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789751939814</t>
+          <t>9789751958532</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
+          <t>Vahib Ümmi Halveti Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>475</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789751956330</t>
+          <t>9789751958549</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük (Ciltli)</t>
+          <t>Şeyh Galib Divanı</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789751956354</t>
+          <t>9789751957504</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkını Gözetmek (Ciltli)</t>
+          <t>Kaygusuz Abdal Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789751948229</t>
+          <t>9789751958525</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Pezdevi'nin Kelami Görüşleri</t>
+          <t>Niyazi-i Mısri Halveti Divanı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789751901880</t>
+          <t>9789751959683</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Eşrefoğlu Rumi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789751953360</t>
+          <t>9789751936028</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
+          <t>Haccı Anlamak</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789751912657</t>
+          <t>9789751944672</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 2</t>
+          <t>İnanıyorum (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789751943323</t>
+          <t>9789751943675</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Oruç İlmihali</t>
+          <t>İbadetlerimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789751912664</t>
+          <t>9789751963970</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Din Adamları 1</t>
+          <t>Ankara'nın Gönül Sultanı Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789751941732</t>
+          <t>9789751939814</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
+          <t>Yaşayan Dünya Dinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789751942593</t>
+          <t>9789751956330</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Minberden Öğütler (Ciltli)</t>
+          <t>Dürüstlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789751953353</t>
+          <t>9789751956354</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+          <t>Kul Hakkını Gözetmek (Ciltli)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789751959706</t>
+          <t>9789751948229</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Pezdevi'nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>420</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789751949172</t>
+          <t>9789751901880</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Duayı Anlamak</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789751924827</t>
+          <t>9789751953360</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Din Hürriyetinin Temelleri</t>
+          <t>Cemil Dede Namaz Duaları Anlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>40</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789751900227</t>
+          <t>9789751912657</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+          <t>Milli Mücadelede Din Adamları 2</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789751949165</t>
+          <t>9789751943323</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Zekatı Anlamak</t>
+          <t>Oruç İlmihali</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789751956446</t>
+          <t>9789751912664</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy (Ciltli)</t>
+          <t>Milli Mücadelede Din Adamları 1</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789751952370</t>
+          <t>9789751941732</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile Yazıları</t>
+          <t>Cemil Dede Namaz Surelerini Anlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
+          <t>9789751942593</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Minberden Öğütler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9789751953353</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Kur'an Terimleri Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9789751959706</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9789751949172</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Duayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9789751924827</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Din Hürriyetinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9789751900227</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Mülkiyet Hakkı ve Servet Dağılımı</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9789751949165</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Zekatı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9789751956446</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif Ersoy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9789751952370</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Aile Yazıları</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
           <t>9789751917638</t>
         </is>
       </c>
-      <c r="B1154" s="1" t="inlineStr">
+      <c r="B1163" s="1" t="inlineStr">
         <is>
           <t>Alkollü İçkiler Sigara ve Madde Bağımlılığı</t>
         </is>
       </c>
-      <c r="C1154" s="1">
+      <c r="C1163" s="1">
         <v>115</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>