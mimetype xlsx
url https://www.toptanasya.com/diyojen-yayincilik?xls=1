--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1750 +85,1765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255989246</t>
+          <t>9786255989352</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Varsayımı</t>
+          <t>Duygusal Tükenmişlikte Öz Şefkatin Gücü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>388</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255989192</t>
+          <t>9786255989246</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>8 Küçük Gezegen (Ciltli)</t>
+          <t>Mutluluk Varsayımı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>228</v>
+        <v>388</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255989239</t>
+          <t>9786255989192</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>52 Haftalık Bilinçaltı Çalışması</t>
+          <t>8 Küçük Gezegen (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>318</v>
+        <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255989215</t>
+          <t>9786255989239</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dijital Minimalizm</t>
+          <t>52 Haftalık Bilinçaltı Çalışması</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255989222</t>
+          <t>9786255989215</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Hisset... Ve Yine De Vazgeçme</t>
+          <t>Dijital Minimalizm</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255989178</t>
+          <t>9786255989222</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beş Adımda Yeni Mod Terapisi</t>
+          <t>Korkuyu Hisset... Ve Yine De Vazgeçme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255989208</t>
+          <t>9786255989178</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Beş Adımda Yeni Mod Terapisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255989130</t>
+          <t>9786255989208</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dopamin Toplumu</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>298</v>
+        <v>328</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255989185</t>
+          <t>9786255989130</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Engeller Yolun Ta Kendisidir</t>
+          <t>Dopamin Toplumu</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057409294</t>
+          <t>9786255989185</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şefkatli Zihin</t>
+          <t>Engeller Yolun Ta Kendisidir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>498</v>
+        <v>298</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056913211</t>
+          <t>9786057409294</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Göremediğimiz Tüm Işıklar</t>
+          <t>Şefkatli Zihin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>448</v>
+        <v>498</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255989161</t>
+          <t>9786056913211</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan ve Marangoz</t>
+          <t>Göremediğimiz Tüm Işıklar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>328</v>
+        <v>448</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255989154</t>
+          <t>9786255989161</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Evrimleşmiş Yuva</t>
+          <t>Bahçıvan ve Marangoz</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255989147</t>
+          <t>9786255989154</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özsaygınızı Güçlendirin</t>
+          <t>Evrimleşmiş Yuva</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255989116</t>
+          <t>9786255989147</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Özsaygınızı Güçlendirin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>348</v>
+        <v>328</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255989123</t>
+          <t>9786255989116</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hisset, Anlat, Güçlen Serisi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>794</v>
+        <v>348</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255989079</t>
+          <t>9786255989123</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Benim Yanımda Değildin</t>
+          <t>Hisset, Anlat, Güçlen Serisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>248</v>
+        <v>794</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255989086</t>
+          <t>9786255989079</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annemin Dalgaları</t>
+          <t>Benim Yanımda Değildin</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>248</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255989062</t>
+          <t>9786255989086</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Keresinde Çok Korkmuştum</t>
+          <t>Annemin Dalgaları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>298</v>
+        <v>248</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255989093</t>
+          <t>9786255989062</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Kadınların Gizli Düşünceleri</t>
+          <t>Bir Keresinde Çok Korkmuştum</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255989109</t>
+          <t>9786255989093</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Yetişkin Olmak</t>
+          <t>Başarılı Kadınların Gizli Düşünceleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255989048</t>
+          <t>9786255989109</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Plasebo Sensin</t>
+          <t>İlişkilerde Yetişkin Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>398</v>
+        <v>318</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255989055</t>
+          <t>9786255989048</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bu DEHB Müthiş Bir Şey!</t>
+          <t>Plasebo Sensin</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>398</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255989024</t>
+          <t>9786255989055</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yas Tutan Beyin</t>
+          <t>Bu DEHB Müthiş Bir Şey!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>318</v>
+        <v>398</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255989031</t>
+          <t>9786255989024</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zihin Okuma Oyunları</t>
+          <t>Yas Tutan Beyin</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254434082</t>
+          <t>9786255989031</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Yerçekimi</t>
+          <t>Zihin Okuma Oyunları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198</v>
+        <v>318</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255989000</t>
+          <t>9786254434082</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kadın</t>
+          <t>Bebekler İçin Yerçekimi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>318</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259835693</t>
+          <t>9786255989000</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü ile Gelen Şifa</t>
+          <t>Yaralı Kadın</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254434068</t>
+          <t>9786259835693</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Kuantum Fiziği</t>
+          <t>Bilinçaltının Gücü ile Gelen Şifa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>198</v>
+        <v>298</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259835686</t>
+          <t>9786254434068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Satıcısı</t>
+          <t>Bebekler İçin Kuantum Fiziği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>168</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259835679</t>
+          <t>9786259835686</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sert Öz Şefkat</t>
+          <t>Dünyanın En Büyük Satıcısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>328</v>
+        <v>168</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259835662</t>
+          <t>9786259835679</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilge Aklın Sırları</t>
+          <t>Sert Öz Şefkat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>188</v>
+        <v>328</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259835655</t>
+          <t>9786259835662</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Gizli Gücü</t>
+          <t>Bilge Aklın Sırları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>288</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259835600</t>
+          <t>9786259835655</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pembe Bulutlar Diyarı</t>
+          <t>Bedenin Gizli Gücü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>398</v>
+        <v>288</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259835631</t>
+          <t>9786259835600</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Tokadı</t>
+          <t>Pembe Bulutlar Diyarı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>318</v>
+        <v>398</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259835648</t>
+          <t>9786259835631</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gizli Manipülasyon</t>
+          <t>Gerçeğin Tokadı</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057409256</t>
+          <t>9786259835648</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rezilyans</t>
+          <t>Gizli Manipülasyon</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057285706</t>
+          <t>9786057409256</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nil Uyumadan Önce</t>
+          <t>Rezilyans</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>128</v>
+        <v>318</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056812361</t>
+          <t>9786057285706</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikanalistin Notları</t>
+          <t>Nil Uyumadan Önce</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>298</v>
+        <v>128</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254434006</t>
+          <t>9786056812361</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Demans Hastası Bir Sevdiğinizle Hayata Bakmak</t>
+          <t>Bir Psikanalistin Notları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>29</v>
+        <v>298</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056949593</t>
+          <t>9786254434006</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zihin Avcısı - Mindhunter</t>
+          <t>Demans Hastası Bir Sevdiğinizle Hayata Bakmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>398</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254434044</t>
+          <t>9786056949593</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness’in İyileştirici Gücü</t>
+          <t>Zihin Avcısı - Mindhunter</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>498</v>
+        <v>398</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058031470</t>
+          <t>9786254434044</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yakın İlişkiler Dansı</t>
+          <t>Mindfulness’in İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>318</v>
+        <v>498</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259835617</t>
+          <t>9786058031470</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Annesinden Kopamayan Erkekler</t>
+          <t>Yakın İlişkiler Dansı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259835624</t>
+          <t>9786259835617</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Sanatı</t>
+          <t>Annesinden Kopamayan Erkekler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>178</v>
+        <v>318</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259883489</t>
+          <t>9786259835624</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerinizi Değiştirin Hayatınız Değişsin</t>
+          <t>Erteleme Sanatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>318</v>
+        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259883496</t>
+          <t>9786259883489</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Polivagal Teori ve Gelişen Çocuk</t>
+          <t>Düşüncelerinizi Değiştirin Hayatınız Değişsin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>368</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259883472</t>
+          <t>9786259883496</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Sınırlar</t>
+          <t>Polivagal Teori ve Gelişen Çocuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>318</v>
+        <v>368</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259883465</t>
+          <t>9786259883472</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Aralıklı Oruç</t>
+          <t>Evlilikte Sınırlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>348</v>
+        <v>318</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259883434</t>
+          <t>9786259883465</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Sanatı Uygulama Rehberi</t>
+          <t>Kadınlar İçin Aralıklı Oruç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259883441</t>
+          <t>9786259883434</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beynin Evrimi ve Tanrıların Ortaya Çıkışı</t>
+          <t>İyi Hissetme Sanatı Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>398</v>
+        <v>318</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259883458</t>
+          <t>9786259883441</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü İle Zengin Ol</t>
+          <t>Beynin Evrimi ve Tanrıların Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259883410</t>
+          <t>9786259883458</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kötü Biri Değilim, Sadece Öfkeliyim</t>
+          <t>Bilinçaltının Gücü İle Zengin Ol</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>248</v>
+        <v>298</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259883427</t>
+          <t>9786259883410</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yanında Olmanın Gücü</t>
+          <t>Kötü Biri Değilim, Sadece Öfkeliyim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>318</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259883403</t>
+          <t>9786259883427</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gittiğin Her Yere Kendini De Götürürsün</t>
+          <t>Yanında Olmanın Gücü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259918587</t>
+          <t>9786259883403</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ufak Şeyleri Dert Etmeyin</t>
+          <t>Gittiğin Her Yere Kendini De Götürürsün</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>208</v>
+        <v>298</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259918594</t>
+          <t>9786259918587</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mentalist - Akıl Okuma Sırları</t>
+          <t>Ufak Şeyleri Dert Etmeyin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>248</v>
+        <v>208</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259918556</t>
+          <t>9786259918594</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Doğaüstü Olmak</t>
+          <t>Mentalist - Akıl Okuma Sırları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>398</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259918563</t>
+          <t>9786259918556</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Etkili Müzakere Sanatı</t>
+          <t>Doğaüstü Olmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259918549</t>
+          <t>9786259918563</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Düşünen Kadınlar</t>
+          <t>Etkili Müzakere Sanatı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259918532</t>
+          <t>9786259918549</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mucize Beyin</t>
+          <t>Aşırı Düşünen Kadınlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259918518</t>
+          <t>9786259918532</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçilik Tuzağı</t>
+          <t>Mucize Beyin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057285782</t>
+          <t>9786259918518</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Özsaygının Altı Prensibi</t>
+          <t>Mükemmeliyetçilik Tuzağı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>348</v>
+        <v>318</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259918501</t>
+          <t>9786057285782</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Bağlanma</t>
+          <t>Özsaygının Altı Prensibi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057409218</t>
+          <t>9786259918501</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bütün-Beyinli Çocuk Uygulamalı Rehberi</t>
+          <t>Kaygılı Bağlanma</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057285775</t>
+          <t>9786057409218</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gaslight Etkisi - Psikolojik Manipülasyon</t>
+          <t>Bütün-Beyinli Çocuk Uygulamalı Rehberi</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057285768</t>
+          <t>9786057285775</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek Zorunda Değilsin</t>
+          <t>Gaslight Etkisi - Psikolojik Manipülasyon</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057285744</t>
+          <t>9786057285768</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beyni ve Bağlanma</t>
+          <t>İyi Hissetmek Zorunda Değilsin</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057285751</t>
+          <t>9786057285744</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Travma Ve Beden</t>
+          <t>Çocuğunuzun Beyni ve Bağlanma</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>488</v>
+        <v>318</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057285737</t>
+          <t>9786057285751</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uyku Masalları Seti (2 Kitap)</t>
+          <t>Travma Ve Beden</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>256</v>
+        <v>488</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057285713</t>
+          <t>9786057285737</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Deniz Uyumadan Önce</t>
+          <t>Uyku Masalları Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>128</v>
+        <v>256</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057285720</t>
+          <t>9786057285713</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Özgüven Boşluğu</t>
+          <t>Deniz Uyumadan Önce</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>318</v>
+        <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057409270</t>
+          <t>9786057285720</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Tuzağı</t>
+          <t>Özgüven Boşluğu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>348</v>
+        <v>318</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057409263</t>
+          <t>9786057409270</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Ek Gıdadan?</t>
+          <t>Mutluluk Tuzağı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>248</v>
+        <v>348</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057409232</t>
+          <t>9786057409263</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Matematik Seti 3 Kitap</t>
+          <t>Kim Korkar Ek Gıdadan?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>248</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057409225</t>
+          <t>9786057409232</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Serisi 8 Kitap Set</t>
+          <t>Küçük Dahiler Matematik Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1600</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254434075</t>
+          <t>9786057409225</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Einstein</t>
+          <t>Küçük Dahiler Serisi 8 Kitap Set</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>198</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254434099</t>
+          <t>9786254434075</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Roket Bilimi</t>
+          <t>Bebekler İçin Einstein</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254434037</t>
+          <t>9786254434099</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkat</t>
+          <t>Bebekler İçin Roket Bilimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>328</v>
+        <v>198</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254434020</t>
+          <t>9786254434037</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kesintiye Uğrayan Çocukluk</t>
+          <t>Öz Şefkat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>348</v>
+        <v>328</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058031449</t>
+          <t>9786254434020</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Bilim Bulmacaları</t>
+          <t>Kesintiye Uğrayan Çocukluk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>348</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058031494</t>
+          <t>9786058031449</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Zihinden Matematik Oyunları</t>
+          <t>Küçük Dahiler İçin Bilim Bulmacaları</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058031456</t>
+          <t>9786058031494</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Mantık Oyunları</t>
+          <t>Küçük Dahiler İçin Zihinden Matematik Oyunları</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056913273</t>
+          <t>9786058031456</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Seti (5 Kitap Takım)</t>
+          <t>Küçük Dahiler İçin Mantık Oyunları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058031432</t>
+          <t>9786056913273</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Evet-Beyinli Çocuk</t>
+          <t>Küçük Dahiler Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>318</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058031463</t>
+          <t>9786058031432</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness</t>
+          <t>Evet-Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058031487</t>
+          <t>9786058031463</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevgi İle Bağlanma</t>
+          <t>Mindfulness</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>318</v>
+        <v>328</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058031425</t>
+          <t>9786058031487</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkatli Farkındalık Uygulama Rehberi</t>
+          <t>Sevgi İle Bağlanma</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058031401</t>
+          <t>9786058031425</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Öz Şefkatli Farkındalık Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>398</v>
+        <v>328</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056913204</t>
+          <t>9786058031401</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>488</v>
+        <v>398</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058031418</t>
+          <t>9786056913204</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oynadığı Oyunlar</t>
+          <t>Stratejik İkna</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>318</v>
+        <v>488</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056812316</t>
+          <t>9786058031418</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sınırlar</t>
+          <t>İnsanların Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056913228</t>
+          <t>9786056812316</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin 13 Kuralı</t>
+          <t>Çocuklarda Sınırlar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056949579</t>
+          <t>9786056913228</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin iyileştirici Gücü</t>
+          <t>Etkili İletişimin 13 Kuralı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056913297</t>
+          <t>9786056949579</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sizi Seviyor!</t>
+          <t>Düşüncenin iyileştirici Gücü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056949586</t>
+          <t>9786056913297</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Hayat Sizi Seviyor!</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>148</v>
+        <v>298</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056949531</t>
+          <t>9786056949586</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Akılgözü</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>398</v>
+        <v>148</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056949500</t>
+          <t>9786056949531</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>Akılgözü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056949524</t>
+          <t>9786056949500</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056949548</t>
+          <t>9786056949524</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bütün Beyinli Çocuk</t>
+          <t>Sınırlar</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056949517</t>
+          <t>9786056949548</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Güç İçinizde</t>
+          <t>Bütün Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056949562</t>
+          <t>9786056949517</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Gücün Büyüsü</t>
+          <t>21 Günde Güç İçinizde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056949555</t>
+          <t>9786056949562</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın Gücü</t>
+          <t>Pozitif Gücün Büyüsü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056913242</t>
+          <t>9786056949555</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Zeka Oyunları</t>
+          <t>Var Olmanın Gücü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>328</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056913266</t>
+          <t>9786056913242</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Bilgi Avı</t>
+          <t>Küçük Dahiler İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056913259</t>
+          <t>9786056913266</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Çarpım Tablosu Oyunları</t>
+          <t>Küçük Dahiler İçin Bilgi Avı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056812354</t>
+          <t>9786056913259</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dehası - Etkili İkna Becerileri</t>
+          <t>Küçük Dahiler İçin Çarpım Tablosu Oyunları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>318</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056812378</t>
+          <t>9786056812354</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkatli Farkındalık</t>
+          <t>İletişim Dehası - Etkili İkna Becerileri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056812347</t>
+          <t>9786056812378</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Matematik Oyunları</t>
+          <t>Öz Şefkatli Farkındalık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>328</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056812330</t>
+          <t>9786056812347</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Akıl Oyunları</t>
+          <t>Küçük Dahiler İçin Matematik Oyunları</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058631281</t>
+          <t>9786056812330</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İkna Oyunları</t>
+          <t>Küçük Dahiler İçin Akıl Oyunları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>318</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058631250</t>
+          <t>9786058631281</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İkna Dehası</t>
+          <t>İkna Oyunları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>488</v>
+        <v>318</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058631243</t>
+          <t>9786058631250</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Sanatı</t>
+          <t>İkna Dehası</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>318</v>
+        <v>488</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
+          <t>9786058631243</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>İyi Hissetme Sanatı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
           <t>9786058631205</t>
         </is>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Akıl Okuma Sanatı</t>
         </is>
       </c>
-      <c r="C115" s="1">
+      <c r="C116" s="1">
         <v>318</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>