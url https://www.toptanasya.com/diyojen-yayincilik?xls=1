--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,1765 +85,1780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255989352</t>
+          <t>9786255989369</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Tükenmişlikte Öz Şefkatin Gücü</t>
+          <t>Büyük Düşünmenin Büyüsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>349</v>
+        <v>328</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255989246</t>
+          <t>9786255989352</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Varsayımı</t>
+          <t>Duygusal Tükenmişlikte Öz Şefkatin Gücü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>388</v>
+        <v>349</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255989192</t>
+          <t>9786255989246</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>8 Küçük Gezegen (Ciltli)</t>
+          <t>Mutluluk Varsayımı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>228</v>
+        <v>388</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255989239</t>
+          <t>9786255989192</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>52 Haftalık Bilinçaltı Çalışması</t>
+          <t>8 Küçük Gezegen (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>318</v>
+        <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255989215</t>
+          <t>9786255989239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dijital Minimalizm</t>
+          <t>52 Haftalık Bilinçaltı Çalışması</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255989222</t>
+          <t>9786255989215</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Hisset... Ve Yine De Vazgeçme</t>
+          <t>Dijital Minimalizm</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255989178</t>
+          <t>9786255989222</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beş Adımda Yeni Mod Terapisi</t>
+          <t>Korkuyu Hisset... Ve Yine De Vazgeçme</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255989208</t>
+          <t>9786255989178</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Beş Adımda Yeni Mod Terapisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255989130</t>
+          <t>9786255989208</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dopamin Toplumu</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>298</v>
+        <v>328</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255989185</t>
+          <t>9786255989130</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Engeller Yolun Ta Kendisidir</t>
+          <t>Dopamin Toplumu</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057409294</t>
+          <t>9786255989185</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şefkatli Zihin</t>
+          <t>Engeller Yolun Ta Kendisidir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>498</v>
+        <v>298</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056913211</t>
+          <t>9786057409294</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göremediğimiz Tüm Işıklar</t>
+          <t>Şefkatli Zihin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>448</v>
+        <v>498</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255989161</t>
+          <t>9786056913211</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan ve Marangoz</t>
+          <t>Göremediğimiz Tüm Işıklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>328</v>
+        <v>448</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255989154</t>
+          <t>9786255989161</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Evrimleşmiş Yuva</t>
+          <t>Bahçıvan ve Marangoz</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255989147</t>
+          <t>9786255989154</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Özsaygınızı Güçlendirin</t>
+          <t>Evrimleşmiş Yuva</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255989116</t>
+          <t>9786255989147</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Özsaygınızı Güçlendirin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>348</v>
+        <v>328</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255989123</t>
+          <t>9786255989116</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hisset, Anlat, Güçlen Serisi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>794</v>
+        <v>348</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255989079</t>
+          <t>9786255989123</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Benim Yanımda Değildin</t>
+          <t>Hisset, Anlat, Güçlen Serisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>248</v>
+        <v>794</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255989086</t>
+          <t>9786255989079</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Annemin Dalgaları</t>
+          <t>Benim Yanımda Değildin</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>248</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255989062</t>
+          <t>9786255989086</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Keresinde Çok Korkmuştum</t>
+          <t>Annemin Dalgaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>298</v>
+        <v>248</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255989093</t>
+          <t>9786255989062</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Kadınların Gizli Düşünceleri</t>
+          <t>Bir Keresinde Çok Korkmuştum</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255989109</t>
+          <t>9786255989093</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Yetişkin Olmak</t>
+          <t>Başarılı Kadınların Gizli Düşünceleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255989048</t>
+          <t>9786255989109</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Plasebo Sensin</t>
+          <t>İlişkilerde Yetişkin Olmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>398</v>
+        <v>318</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255989055</t>
+          <t>9786255989048</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bu DEHB Müthiş Bir Şey!</t>
+          <t>Plasebo Sensin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>398</v>
+        <v>498</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255989024</t>
+          <t>9786255989055</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yas Tutan Beyin</t>
+          <t>Bu DEHB Müthiş Bir Şey!</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>318</v>
+        <v>398</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255989031</t>
+          <t>9786255989024</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zihin Okuma Oyunları</t>
+          <t>Yas Tutan Beyin</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254434082</t>
+          <t>9786255989031</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Yerçekimi</t>
+          <t>Zihin Okuma Oyunları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>198</v>
+        <v>318</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255989000</t>
+          <t>9786254434082</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kadın</t>
+          <t>Bebekler İçin Yerçekimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>318</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259835693</t>
+          <t>9786255989000</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü ile Gelen Şifa</t>
+          <t>Yaralı Kadın</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254434068</t>
+          <t>9786259835693</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Kuantum Fiziği</t>
+          <t>Bilinçaltının Gücü ile Gelen Şifa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>198</v>
+        <v>298</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259835686</t>
+          <t>9786254434068</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Satıcısı</t>
+          <t>Bebekler İçin Kuantum Fiziği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>168</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259835679</t>
+          <t>9786259835686</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sert Öz Şefkat</t>
+          <t>Dünyanın En Büyük Satıcısı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>328</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259835662</t>
+          <t>9786259835679</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bilge Aklın Sırları</t>
+          <t>Sert Öz Şefkat</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>188</v>
+        <v>368</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259835655</t>
+          <t>9786259835662</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Gizli Gücü</t>
+          <t>Bilge Aklın Sırları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>288</v>
+        <v>188</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259835600</t>
+          <t>9786259835655</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Pembe Bulutlar Diyarı</t>
+          <t>Bedenin Gizli Gücü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>398</v>
+        <v>288</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259835631</t>
+          <t>9786259835600</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Tokadı</t>
+          <t>Pembe Bulutlar Diyarı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>318</v>
+        <v>398</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259835648</t>
+          <t>9786259835631</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gizli Manipülasyon</t>
+          <t>Gerçeğin Tokadı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057409256</t>
+          <t>9786259835648</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rezilyans</t>
+          <t>Gizli Manipülasyon</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057285706</t>
+          <t>9786057409256</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nil Uyumadan Önce</t>
+          <t>Rezilyans</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>128</v>
+        <v>348</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056812361</t>
+          <t>9786057285706</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikanalistin Notları</t>
+          <t>Nil Uyumadan Önce</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>298</v>
+        <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254434006</t>
+          <t>9786056812361</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Demans Hastası Bir Sevdiğinizle Hayata Bakmak</t>
+          <t>Bir Psikanalistin Notları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>29</v>
+        <v>298</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056949593</t>
+          <t>9786254434006</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zihin Avcısı - Mindhunter</t>
+          <t>Demans Hastası Bir Sevdiğinizle Hayata Bakmak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>398</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254434044</t>
+          <t>9786056949593</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness’in İyileştirici Gücü</t>
+          <t>Zihin Avcısı - Mindhunter</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>498</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058031470</t>
+          <t>9786254434044</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yakın İlişkiler Dansı</t>
+          <t>Mindfulness’in İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>318</v>
+        <v>598</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259835617</t>
+          <t>9786058031470</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Annesinden Kopamayan Erkekler</t>
+          <t>Yakın İlişkiler Dansı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259835624</t>
+          <t>9786259835617</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Erteleme Sanatı</t>
+          <t>Annesinden Kopamayan Erkekler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>178</v>
+        <v>318</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259883489</t>
+          <t>9786259835624</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerinizi Değiştirin Hayatınız Değişsin</t>
+          <t>Erteleme Sanatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>318</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259883496</t>
+          <t>9786259883489</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Polivagal Teori ve Gelişen Çocuk</t>
+          <t>Düşüncelerinizi Değiştirin Hayatınız Değişsin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>368</v>
+        <v>318</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259883472</t>
+          <t>9786259883496</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Sınırlar</t>
+          <t>Polivagal Teori ve Gelişen Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>318</v>
+        <v>368</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259883465</t>
+          <t>9786259883472</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Aralıklı Oruç</t>
+          <t>Evlilikte Sınırlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>348</v>
+        <v>318</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259883434</t>
+          <t>9786259883465</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Sanatı Uygulama Rehberi</t>
+          <t>Kadınlar İçin Aralıklı Oruç</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>318</v>
+        <v>448</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259883441</t>
+          <t>9786259883434</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Beynin Evrimi ve Tanrıların Ortaya Çıkışı</t>
+          <t>İyi Hissetme Sanatı Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>398</v>
+        <v>318</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259883458</t>
+          <t>9786259883441</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü İle Zengin Ol</t>
+          <t>Beynin Evrimi ve Tanrıların Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259883410</t>
+          <t>9786259883458</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kötü Biri Değilim, Sadece Öfkeliyim</t>
+          <t>Bilinçaltının Gücü İle Zengin Ol</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>248</v>
+        <v>298</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259883427</t>
+          <t>9786259883410</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yanında Olmanın Gücü</t>
+          <t>Kötü Biri Değilim, Sadece Öfkeliyim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>318</v>
+        <v>248</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259883403</t>
+          <t>9786259883427</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gittiğin Her Yere Kendini De Götürürsün</t>
+          <t>Yanında Olmanın Gücü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259918587</t>
+          <t>9786259883403</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ufak Şeyleri Dert Etmeyin</t>
+          <t>Gittiğin Her Yere Kendini De Götürürsün</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>208</v>
+        <v>298</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259918594</t>
+          <t>9786259918587</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mentalist - Akıl Okuma Sırları</t>
+          <t>Ufak Şeyleri Dert Etmeyin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>248</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259918556</t>
+          <t>9786259918594</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Doğaüstü Olmak</t>
+          <t>Mentalist - Akıl Okuma Sırları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>398</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259918563</t>
+          <t>9786259918556</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Etkili Müzakere Sanatı</t>
+          <t>Doğaüstü Olmak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>298</v>
+        <v>498</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259918549</t>
+          <t>9786259918563</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Düşünen Kadınlar</t>
+          <t>Etkili Müzakere Sanatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259918532</t>
+          <t>9786259918549</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mucize Beyin</t>
+          <t>Aşırı Düşünen Kadınlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259918518</t>
+          <t>9786259918532</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçilik Tuzağı</t>
+          <t>Mucize Beyin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057285782</t>
+          <t>9786259918518</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Özsaygının Altı Prensibi</t>
+          <t>Mükemmeliyetçilik Tuzağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>348</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259918501</t>
+          <t>9786057285782</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Bağlanma</t>
+          <t>Özsaygının Altı Prensibi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057409218</t>
+          <t>9786259918501</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bütün-Beyinli Çocuk Uygulamalı Rehberi</t>
+          <t>Kaygılı Bağlanma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057285775</t>
+          <t>9786057409218</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gaslight Etkisi - Psikolojik Manipülasyon</t>
+          <t>Bütün-Beyinli Çocuk Uygulamalı Rehberi</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057285768</t>
+          <t>9786057285775</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmek Zorunda Değilsin</t>
+          <t>Gaslight Etkisi - Psikolojik Manipülasyon</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057285744</t>
+          <t>9786057285768</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beyni ve Bağlanma</t>
+          <t>İyi Hissetmek Zorunda Değilsin</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057285751</t>
+          <t>9786057285744</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Travma Ve Beden</t>
+          <t>Çocuğunuzun Beyni ve Bağlanma</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>488</v>
+        <v>318</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057285737</t>
+          <t>9786057285751</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uyku Masalları Seti (2 Kitap)</t>
+          <t>Travma Ve Beden</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>256</v>
+        <v>588</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057285713</t>
+          <t>9786057285737</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Deniz Uyumadan Önce</t>
+          <t>Uyku Masalları Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>128</v>
+        <v>256</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057285720</t>
+          <t>9786057285713</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Özgüven Boşluğu</t>
+          <t>Deniz Uyumadan Önce</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>318</v>
+        <v>128</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057409270</t>
+          <t>9786057285720</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Tuzağı</t>
+          <t>Özgüven Boşluğu</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057409263</t>
+          <t>9786057409270</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Ek Gıdadan?</t>
+          <t>Mutluluk Tuzağı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>248</v>
+        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057409232</t>
+          <t>9786057409263</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Matematik Seti 3 Kitap</t>
+          <t>Kim Korkar Ek Gıdadan?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>248</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057409225</t>
+          <t>9786057409232</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Serisi 8 Kitap Set</t>
+          <t>Küçük Dahiler Matematik Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1600</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254434075</t>
+          <t>9786057409225</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Einstein</t>
+          <t>Küçük Dahiler Serisi 8 Kitap Set</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>198</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254434099</t>
+          <t>9786254434075</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bebekler İçin Roket Bilimi</t>
+          <t>Bebekler İçin Einstein</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254434037</t>
+          <t>9786254434099</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkat</t>
+          <t>Bebekler İçin Roket Bilimi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>328</v>
+        <v>198</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254434020</t>
+          <t>9786254434037</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kesintiye Uğrayan Çocukluk</t>
+          <t>Öz Şefkat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>348</v>
+        <v>368</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058031449</t>
+          <t>9786254434020</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Bilim Bulmacaları</t>
+          <t>Kesintiye Uğrayan Çocukluk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058031494</t>
+          <t>9786058031449</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Zihinden Matematik Oyunları</t>
+          <t>Küçük Dahiler İçin Bilim Bulmacaları</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058031456</t>
+          <t>9786058031494</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Mantık Oyunları</t>
+          <t>Küçük Dahiler İçin Zihinden Matematik Oyunları</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056913273</t>
+          <t>9786058031456</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Seti (5 Kitap Takım)</t>
+          <t>Küçük Dahiler İçin Mantık Oyunları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058031432</t>
+          <t>9786056913273</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Evet-Beyinli Çocuk</t>
+          <t>Küçük Dahiler Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>318</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058031463</t>
+          <t>9786058031432</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness</t>
+          <t>Evet-Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058031487</t>
+          <t>9786058031463</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevgi İle Bağlanma</t>
+          <t>Mindfulness</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058031425</t>
+          <t>9786058031487</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkatli Farkındalık Uygulama Rehberi</t>
+          <t>Sevgi İle Bağlanma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058031401</t>
+          <t>9786058031425</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ne Düşündüğünü Biliyorum</t>
+          <t>Öz Şefkatli Farkındalık Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>398</v>
+        <v>368</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056913204</t>
+          <t>9786058031401</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna</t>
+          <t>Ne Düşündüğünü Biliyorum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>488</v>
+        <v>398</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058031418</t>
+          <t>9786056913204</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Oynadığı Oyunlar</t>
+          <t>Stratejik İkna</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>318</v>
+        <v>588</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056812316</t>
+          <t>9786058031418</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sınırlar</t>
+          <t>İnsanların Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056913228</t>
+          <t>9786056812316</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin 13 Kuralı</t>
+          <t>Çocuklarda Sınırlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056949579</t>
+          <t>9786056913228</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin iyileştirici Gücü</t>
+          <t>Etkili İletişimin 13 Kuralı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056913297</t>
+          <t>9786056949579</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sizi Seviyor!</t>
+          <t>Düşüncenin iyileştirici Gücü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056949586</t>
+          <t>9786056913297</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Hayat Sizi Seviyor!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>148</v>
+        <v>298</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056949531</t>
+          <t>9786056949586</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Akılgözü</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>398</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056949500</t>
+          <t>9786056949531</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>Akılgözü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>298</v>
+        <v>398</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056949524</t>
+          <t>9786056949500</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056949548</t>
+          <t>9786056949524</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bütün Beyinli Çocuk</t>
+          <t>Sınırlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>318</v>
+        <v>348</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056949517</t>
+          <t>9786056949548</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Güç İçinizde</t>
+          <t>Bütün Beyinli Çocuk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>298</v>
+        <v>318</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056949562</t>
+          <t>9786056949517</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Gücün Büyüsü</t>
+          <t>21 Günde Güç İçinizde</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>318</v>
+        <v>298</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056949555</t>
+          <t>9786056949562</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Var Olmanın Gücü</t>
+          <t>Pozitif Gücün Büyüsü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>328</v>
+        <v>318</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056913242</t>
+          <t>9786056949555</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Zeka Oyunları</t>
+          <t>Var Olmanın Gücü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>398</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056913266</t>
+          <t>9786056913242</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Bilgi Avı</t>
+          <t>Küçük Dahiler İçin Zeka Oyunları</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056913259</t>
+          <t>9786056913266</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Çarpım Tablosu Oyunları</t>
+          <t>Küçük Dahiler İçin Bilgi Avı</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056812354</t>
+          <t>9786056913259</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dehası - Etkili İkna Becerileri</t>
+          <t>Küçük Dahiler İçin Çarpım Tablosu Oyunları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>318</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056812378</t>
+          <t>9786056812354</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkatli Farkındalık</t>
+          <t>İletişim Dehası - Etkili İkna Becerileri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>328</v>
+        <v>348</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056812347</t>
+          <t>9786056812378</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Matematik Oyunları</t>
+          <t>Öz Şefkatli Farkındalık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>368</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056812330</t>
+          <t>9786056812347</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler İçin Akıl Oyunları</t>
+          <t>Küçük Dahiler İçin Matematik Oyunları</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058631281</t>
+          <t>9786056812330</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İkna Oyunları</t>
+          <t>Küçük Dahiler İçin Akıl Oyunları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>318</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058631250</t>
+          <t>9786058631281</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İkna Dehası</t>
+          <t>İkna Oyunları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>488</v>
+        <v>348</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058631243</t>
+          <t>9786058631250</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Sanatı</t>
+          <t>İkna Dehası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>318</v>
+        <v>488</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
+          <t>9786058631243</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İyi Hissetme Sanatı</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
           <t>9786058631205</t>
         </is>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Akıl Okuma Sanatı</t>
         </is>
       </c>
-      <c r="C116" s="1">
-        <v>318</v>
+      <c r="C117" s="1">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>