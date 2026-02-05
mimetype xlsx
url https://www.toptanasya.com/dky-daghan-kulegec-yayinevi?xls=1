--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,760 +85,1150 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057658708</t>
+          <t>9786057658715</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tablodaki Yabancı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057658692</t>
+          <t>9786057658531</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Lioness'in Günahları</t>
+          <t>İskeletler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057658630</t>
+          <t>9786057658463</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus İle Konuşmalar - 3</t>
+          <t>Zifiride Bir Başına</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057658647</t>
+          <t>9786057658401</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Açelyayı Sulamak</t>
+          <t>Eğreti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057658678</t>
+          <t>9786057658395</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dyscalculia</t>
+          <t>Günü Geldiğinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057658654</t>
+          <t>9786057658357</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bulanık</t>
+          <t>Saatte 430 Metre</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057658623</t>
+          <t>9786057658234</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Labirent Bul Beni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057658616</t>
+          <t>9786057658241</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Her Daim</t>
+          <t>Kelebekler ve Sinekler, Sineklerin Dansı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057658593</t>
+          <t>9786057658166</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gece Tuşları</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057658609</t>
+          <t>9786057658173</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimde İyilik Var</t>
+          <t>Alo Anne Benim Ben</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057658555</t>
+          <t>9786057658197</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Buralarda Herkes Fatma</t>
+          <t>Sen Benim Kim Olduğumu Biliyor musun</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057658418</t>
+          <t>9786057658210</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Azaldıkça Çoğalıyorum</t>
+          <t>Beklenen</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057658494</t>
+          <t>9786057658203</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Leyla</t>
+          <t>Kurtlu Kuyu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057658579</t>
+          <t>9786057658128</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aç Perdesini Hayatın</t>
+          <t>Peperit’ten Sonra: Firari</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057658548</t>
+          <t>9786057658111</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hemdert Hemdem</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057658562</t>
+          <t>9786057658074</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İki Ayna</t>
+          <t>Karlışehir’in İnsanları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057658500</t>
+          <t>9786057658067</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yara Bantları</t>
+          <t>Yaşamadığım Bir Gün</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057658517</t>
+          <t>9786057658104</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sahnenin Ötesinde</t>
+          <t>Düğme</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057658524</t>
+          <t>9786057658388</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Narinnar</t>
+          <t>Kame'nin Sandığı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057658425</t>
+          <t>9786057658296</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus İle Konuşmalar-II</t>
+          <t>Hayat Baydıysa Seni Böyle Alayım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057658487</t>
+          <t>9786057658012</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Adsız</t>
+          <t>Dedem Hulusi Kentmen</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057658449</t>
+          <t>9786057658005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sırnaşık Sarmaşık</t>
+          <t>Gülriz Oyuncak Müzesi'nde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057658470</t>
+          <t>9786056817366</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Berzah</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057658456</t>
+          <t>9786056817328</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>11. Vagon</t>
+          <t>Zamanı Azdı Dedem Ondan Azdı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057658364</t>
+          <t>9786056817342</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Oksijen Tüplü Tabut</t>
+          <t>Sen Sus</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057658371</t>
+          <t>9786056817373</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Münzevinin Fısıltıları</t>
+          <t>Mıh</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057658319</t>
+          <t>9786057658708</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Yalanı</t>
+          <t>Tablodaki Yabancı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057658272</t>
+          <t>9786057658692</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Galata'da Yedi Renk</t>
+          <t>Lioness'in Günahları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057658265</t>
+          <t>9786057658630</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cidarlar ve Böcekler</t>
+          <t>Nostradamus İle Konuşmalar - 3</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057658326</t>
+          <t>9786057658647</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Suskun</t>
+          <t>Açelyayı Sulamak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057658289</t>
+          <t>9786057658678</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Gölgeler</t>
+          <t>Dyscalculia</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057658302</t>
+          <t>9786057658654</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce - Pandemiden Sonra</t>
+          <t>Bulanık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057658159</t>
+          <t>9786057658623</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uç Dedi Yüreğim</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057658180</t>
+          <t>9786057658616</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>0 dB</t>
+          <t>Her Daim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057658142</t>
+          <t>9786057658593</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Teyel</t>
+          <t>Gece Tuşları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>28</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057658135</t>
+          <t>9786057658609</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eylemsiz</t>
+          <t>İçimde İyilik Var</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057658081</t>
+          <t>9786057658555</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zula</t>
+          <t>Buralarda Herkes Fatma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057658098</t>
+          <t>9786057658418</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Akronom: Kara Maru’nun Çağrısı (Ciltli)</t>
+          <t>Azaldıkça Çoğalıyorum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057658050</t>
+          <t>9786057658494</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Takdir</t>
+          <t>Sonrası Leyla</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057658258</t>
+          <t>9786057658579</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nostradamus ile Konuşmalar 1</t>
+          <t>Aç Perdesini Hayatın</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057658043</t>
+          <t>9786057658548</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Affet Beni</t>
+          <t>Hemdert Hemdem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057658036</t>
+          <t>9786057658562</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aldatılan Aslında Senmişsin</t>
+          <t>İki Ayna</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056817359</t>
+          <t>9786057658500</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Zamana Yara Bantları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056817380</t>
+          <t>9786057658517</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kapan</t>
+          <t>Sahnenin Ötesinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056817335</t>
+          <t>9786057658524</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Narinnar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057658029</t>
+          <t>9786057658425</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Checkpoint Charlie</t>
+          <t>Nostradamus İle Konuşmalar-II</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056817397</t>
+          <t>9786057658487</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Fragmanı Olsaydı</t>
+          <t>Adsız</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
+          <t>9786057658449</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sırnaşık Sarmaşık</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057658470</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Berzah</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786057658456</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>11. Vagon</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786057658364</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Oksijen Tüplü Tabut</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786057658371</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Münzevinin Fısıltıları</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057658319</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Yalanı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786057658272</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Galata'da Yedi Renk</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786057658265</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Cidarlar ve Böcekler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057658326</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Suskun</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057658289</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Gece ve Gölgeler</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057658302</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce - Pandemiden Sonra</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057658159</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Uç Dedi Yüreğim</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057658180</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>0 dB</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786057658142</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Teyel</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057658135</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Eylemsiz</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057658081</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Zula</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786057658098</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Akronom: Kara Maru’nun Çağrısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786057658050</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Takdir</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057658258</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Nostradamus ile Konuşmalar 1</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057658043</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Affet Beni</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057658036</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Aldatılan Aslında Senmişsin</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786056817359</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Sade</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786056817380</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kapan</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786056817335</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Son</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786057658029</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Checkpoint Charlie</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786056817397</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımın Fragmanı Olsaydı</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
           <t>9786056817311</t>
         </is>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>İhanet</t>
         </is>
       </c>
-      <c r="C49" s="1">
+      <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>