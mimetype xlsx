--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,11590 +85,12235 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255922939</t>
+          <t>9786255745576</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
+          <t>Zootropolis 2 - Rüya Takımı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255922823</t>
+          <t>9786255745477</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Unicorn - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
+          <t>Zootropolis 2: Çok Boya! - Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255642974</t>
+          <t>9786255922151</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Deneme 1,2,3</t>
+          <t>Peppa Pig - Dünya Günü Macerası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255642547</t>
+          <t>9786255745651</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kolaj Olur - Sürpriz Suratlar</t>
+          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Turuncu (7 Kitap Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8696602034110</t>
+          <t>9786255745422</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar Serisi Kutulu Set (Ciltli)</t>
+          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Mor Kapak (7 Kitap Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255642608</t>
+          <t>9786255745620</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Vurmak Yok (Ciltli)</t>
+          <t>Kendin Gibi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255642592</t>
+          <t>9786255745613</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Güle Güle Emzik (Ciltli)</t>
+          <t>Göğe Bakan Çocuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255642110</t>
+          <t>9786255745590</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Güle Güle Bez (Ciltli)</t>
+          <t>Bir Sinan Bir de Süleyman</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255642615</t>
+          <t>9786255745606</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Isırmak Yok (Ciltli)</t>
+          <t>Topraktaki Yıldızlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255642929</t>
+          <t>9786255745224</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ustam, Ben ve Beyaz Fil</t>
+          <t>Geleceği Merak Ediyorum - Yapay Zeka</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255642912</t>
+          <t>9786255642851</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar - Bazen Endişeleniyorum (Ciltli)</t>
+          <t>Disney Stiç - Bol Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>399</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255642523</t>
+          <t>9786255642868</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Mozart</t>
+          <t>Disney Karlar Ülkesi 2 - Bol Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>399</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255642752</t>
+          <t>8696602034356</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı Kitabı</t>
+          <t>Kendim Yapabilirim Kutulu Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255922304</t>
+          <t>9786255745248</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty and Friends Oyun Kutusu</t>
+          <t>Kendim Yapabilirim - Odamı Topluyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>495</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255642226</t>
+          <t>9786255745279</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuromi Oyun Kutusu</t>
+          <t>Kendim Yapabilirim - Giyinmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>495</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255642561</t>
+          <t>9786255745262</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Pamuk Prenses Ve Yedi Cüceler</t>
+          <t>Kendim Yapabilirim - Dişlerimi Fırçalıyorum</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255642578</t>
+          <t>9786255745255</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Pinokyo</t>
+          <t>Kendim Yapabilirim - Uyku Zamanı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255642554</t>
+          <t>9786255642622</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Bambi</t>
+          <t>Peppa Pig ve Evie - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255642585</t>
+          <t>9786255642769</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Sihirbazın Çırağı</t>
+          <t>Peppa Pig Yeni Kız Kardeşimiz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255642653</t>
+          <t>9786255642905</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Labubu Pinky Rose Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Mutluyum (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255642639</t>
+          <t>9786255642936</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Labubu Clover Luck Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Nebulous Stars – Marinia Ve Ateş Kalbi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255642646</t>
+          <t>9786255642967</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Labubu Honeypie Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Nebulous Stars – Nebullia ve Kayan Gizemli Küçük Yıldız</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255642288</t>
+          <t>9786255642943</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Labubu Blueberry Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Nebulous Stars – Iceana ve Kaybolan Mavi Çiçekler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255642745</t>
+          <t>9786255642950</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Aradığım Gün</t>
+          <t>Nebulous Stars – Hazelia ve Büyülü Ağaç Ev</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255642738</t>
+          <t>9786255745019</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gezegen İnşa Etme Rehberi</t>
+          <t>Disney İlk Öykülerim – Winnie Arkadaş Ediniyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>279</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255642721</t>
+          <t>9786255745002</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Platon</t>
+          <t>Disney İlk Öykülerim – Tinker Bell Sürpriz Parti Düzenliyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255922595</t>
+          <t>9786255642998</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Macera (Ciltli)</t>
+          <t>Disney İlk Öykülerim – Minnie İle Sevimli Unicorn</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255642240</t>
+          <t>9786255642981</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuzcuk - Bildiğin Masallardan Değil (Ciltli)</t>
+          <t>Disney İlk Öykülerim – Alis Büyümek İstiyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255642233</t>
+          <t>9786255642899</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Bildiğin Masallardan Değil (Ciltli)</t>
+          <t>Issız Ada</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255922991</t>
+          <t>9786255745026</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Görgü Kuralları (Ciltli)</t>
+          <t>Teo ve Hüso - Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255642004</t>
+          <t>9786255745033</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Sihirli Kelimeler (Ciltli)</t>
+          <t>Teo ve Hüso - Dinozorlar Vadisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255922977</t>
+          <t>9786255745231</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Beş Duyumuz (Ciltli)</t>
+          <t>Annemin Kayıp Renkleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255922984</t>
+          <t>9786254168956</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum - Duygularımız (Ciltli)</t>
+          <t>Peppa Pig - George'un Yarış Arabası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255922427</t>
+          <t>9786254168727</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Sihirli Saray</t>
+          <t>Peppa Pig - Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255642134</t>
+          <t>9786255922939</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>SMA Hastası Bir Kardeşim Var</t>
+          <t>Kuromi - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255642516</t>
+          <t>9786255922823</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt’tan</t>
+          <t>Unicorn - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255642394</t>
+          <t>9786255642974</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>3 Muzip Matrak Masal</t>
+          <t>Deneme 1,2,3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255642448</t>
+          <t>9786255642547</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Evimiz (Ciltli)</t>
+          <t>Her Şey Kolaj Olur - Sürpriz Suratlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255922816</t>
+          <t>8696602034110</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabaları - Parıltılı Etkinlikler Kitabı (Ciltli)</t>
+          <t>Küçük Adımlar Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255642141</t>
+          <t>9786255642608</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bu Robotlar Çok Akıllı</t>
+          <t>Küçük Adımlar - Vurmak Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>219</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255922847</t>
+          <t>9786255642592</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dısney Prenses - Sonsuza Dek Mutlu Boyama (Ciltli)</t>
+          <t>Küçük Adımlar - Güle Güle Emzik (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255642271</t>
+          <t>9786255642110</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Rehber Öyküler - Denesen Belki Seversin (Ciltli)</t>
+          <t>Küçük Adımlar - Güle Güle Bez (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255922953</t>
+          <t>9786255642615</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Rehber Öyküler - Bazen Üzülüyorum (Ciltli)</t>
+          <t>Küçük Adımlar - Isırmak Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255642219</t>
+          <t>9786255642929</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Disney- Lilo ve Stiç</t>
+          <t>Ustam, Ben ve Beyaz Fil</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255642202</t>
+          <t>9786255642912</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Disney- Stiç</t>
+          <t>Küçük Bay ve Bayanlar Bazen Endişeleniyorum</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255642363</t>
+          <t>9786255642523</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Labubu- 100 Çıkartmalı Boyama Kitabı</t>
+          <t>Kardeşim Mozart</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255642332</t>
+          <t>9786255642752</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mor Labubu</t>
+          <t>Dünyanın En Sıkıcı Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255642349</t>
+          <t>9786255922304</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mavi Labubu</t>
+          <t>Hello Kitty and Friends Oyun Kutusu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255922854</t>
+          <t>9786255642226</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg - En Büyük Abla Peppa</t>
+          <t>Kuromi Oyun Kutusu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>495</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255642172</t>
+          <t>9786255642561</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Tatlı Boyama Kitabı</t>
+          <t>Sihirli Kütüphane - Pamuk Prenses Ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255642158</t>
+          <t>9786255642578</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Parti Boyama Kitabı</t>
+          <t>Sihirli Kütüphane - Pinokyo</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255642165</t>
+          <t>9786255642554</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Muhteşem Boyama Kitabı</t>
+          <t>Sihirli Kütüphane - Bambi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255642189</t>
+          <t>9786255642585</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Bubble Tea Boyama Kitabı</t>
+          <t>Sihirli Kütüphane - Sihirbazın Çırağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255642127</t>
+          <t>9786255642653</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Arı Sarı ve Şehrin Duvarları</t>
+          <t>Labubu Pinky Rose Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255922274</t>
+          <t>9786255642639</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Biri Daha Var</t>
+          <t>Labubu Clover Luck Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255642080</t>
+          <t>9786255642646</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’in Masalları</t>
+          <t>Labubu Honeypie Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>189</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255922960</t>
+          <t>9786255642288</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Horozlar Ötmüyor</t>
+          <t>Labubu Blueberry Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255922724</t>
+          <t>9786255642745</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Parıltılı Etkinlikler Kitabı</t>
+          <t>Mutluluğu Aradığım Gün</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255922717</t>
+          <t>9786255642738</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Parıltılı Etkinlikler Kitabı</t>
+          <t>Gezegen İnşa Etme Rehberi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256161658</t>
+          <t>9786255642721</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Şampiyonluk Öyküleri</t>
+          <t>Kardeşim Platon</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>790</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255922229</t>
+          <t>9786255922595</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör’le Klasik Müzik Masalları Beethoven - Duygu Makinesi</t>
+          <t>Transformers - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255922212</t>
+          <t>9786255642240</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör’le Klasik Müzik Masalları Vivaldi - Çobanın Mevsim Yolculuğu</t>
+          <t>Üç Küçük Domuzcuk - Bildiğin Masallardan Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255922601</t>
+          <t>9786255642233</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Barbie Medmaıd Power – Pofuduk Çıkartmalı Boyama Kitabı</t>
+          <t>Kırmızı Başlıklı Kız - Bildiğin Masallardan Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>199</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255922748</t>
+          <t>9786255922991</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Rehber Öyküler - Kendime Güveniyorum</t>
+          <t>Öykülerle Öğreniyorum- Görgü Kuralları (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255922731</t>
+          <t>9786255642004</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Rehber Öyküler - Seni Önemsiyorum</t>
+          <t>Öykülerle Öğreniyorum- Sihirli Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255642073</t>
+          <t>9786255922977</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Spor Öyküleri - Tarih Yazan 30 Futbolcu</t>
+          <t>Öykülerle Öğreniyorum- Beş Duyumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>339</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256161733</t>
+          <t>9786255922984</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Monster High – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Öykülerle Öğreniyorum - Duygularımız (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255922670</t>
+          <t>9786255922427</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zirzoplar - Sihir Macerası</t>
+          <t>Disney Karlar Ülkesi - Sihirli Saray</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255922663</t>
+          <t>9786255642134</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zirzoplar - Kamp Macerası</t>
+          <t>SMA Hastası Bir Kardeşim Var</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255922649</t>
+          <t>9786255642516</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Prenses</t>
+          <t>Kim Korkar Mavi Kurt’tan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255922656</t>
+          <t>9786255642394</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bay Pis Boğaz</t>
+          <t>3 Muzip Matrak Masal</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255922526</t>
+          <t>9786255642448</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar İçin</t>
+          <t>Sihirli Evimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>199</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255922625</t>
+          <t>9786255922816</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Hayvan Bitki Eşya</t>
+          <t>Disney Arabaları - Parıltılı Etkinlikler Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>349</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255922502</t>
+          <t>9786255642141</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı - Bildiğin Masallardan Değil</t>
+          <t>Bu Robotlar Çok Akıllı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255922519</t>
+          <t>9786255922847</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Bildiğin Masallardan Değil</t>
+          <t>Dısney Prenses - Sonsuza Dek Mutlu Boyama (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>199</v>
+        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255922618</t>
+          <t>9786255642271</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şehri Yeşile Boyayan Çocuk</t>
+          <t>Küçük Bay ve Bayanlar Denesen Belki Seversin (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255922366</t>
+          <t>9786255922953</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Neşeli Etkinlik ve Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Bazen Üzülüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256161764</t>
+          <t>9786255642219</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Disney Stiç Parıltılı Etkinlikler Kitabı</t>
+          <t>Disney- Lilo ve Stiç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256161009</t>
+          <t>9786255642202</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Parti Zamanı Çıkartmalı Boyama Kitabı</t>
+          <t>Disney- Stiç</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256161795</t>
+          <t>9786255642363</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Baştan Sona Maskeli Boyama Kitabı</t>
+          <t>Labubu- 100 Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256161511</t>
+          <t>9786255642332</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Renk Koleksiyonu Boyama Kitabı</t>
+          <t>Mor Labubu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256153226</t>
+          <t>9786255642349</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Star Simli Çıkartmalı Boyama Kitabı</t>
+          <t>Mavi Labubu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253942229</t>
+          <t>9786255922854</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartmalı Boyama Kitabı - Maskot Şapka</t>
+          <t>Peppa Pıg - En Büyük Abla Peppa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255922496</t>
+          <t>9786255642172</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Boş Kaplumbağa Kabuğu</t>
+          <t>Kapibara - Tatlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255922342</t>
+          <t>9786255642158</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Pokemon-Ara ve Bul Boyamalarım – Paldea’ya Hoş Geldin</t>
+          <t>Kapibara - Parti Boyama Kitabı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255922465</t>
+          <t>9786255642165</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Kapibara - Muhteşem Boyama Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255922441</t>
+          <t>9786255642189</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Laf Ebesi- Sözün Ustaları</t>
+          <t>Kapibara - Bubble Tea Boyama Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255922458</t>
+          <t>9786255642127</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Finaller- Sözün Ustaları</t>
+          <t>Arı Sarı ve Şehrin Duvarları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255922434</t>
+          <t>9786255922274</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Lila'nın Sorusu</t>
+          <t>Biri Daha Var</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>149</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255922472</t>
+          <t>9786255642080</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Tesadüf</t>
+          <t>La Fontaine’in Masalları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>189</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255922489</t>
+          <t>9786255922960</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Pireli Bale Ayakkabıları</t>
+          <t>Eyvah Horozlar Ötmüyor</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255922083</t>
+          <t>9786255922724</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>I Love You Unicorn - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
+          <t>Kuromi - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255922106</t>
+          <t>9786255922717</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
+          <t>Ters Yüz 2 - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255922281</t>
+          <t>9786256161658</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Köpek Çocuk Felix Powell</t>
+          <t>Disney Pixar Arabalar Şampiyonluk Öyküleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>790</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255922298</t>
+          <t>9786255922229</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zihin Atölyesi (Ciltli)</t>
+          <t>Bay Majör’le Klasik Müzik Masalları Beethoven - Duygu Makinesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255922267</t>
+          <t>9786255922212</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazma, Yaratıcı Düşünme, Dikkat ve Odaklanma Kitabı (Ciltli)</t>
+          <t>Bay Majör’le Klasik Müzik Masalları Vivaldi - Çobanın Mevsim Yolculuğu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>339</v>
+        <v>299</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255922250</t>
+          <t>9786255922601</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Bir Şenliktir</t>
+          <t>Barbie Medmaıd Power – Pofuduk Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255922243</t>
+          <t>9786255922748</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Aile Geziyor/ Atatürk İstanbul'da</t>
+          <t>Küçük Bay ve Bayanlar Kendime Güveniyorum</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255922113</t>
+          <t>9786255922731</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kedicorn</t>
+          <t>Küçük Bay ve Bayanlar Seni Önemsiyorum</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255922090</t>
+          <t>9786255642073</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bubble Tea</t>
+          <t>Spor Öyküleri - Tarih Yazan 30 Futbolcu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>339</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255922120</t>
+          <t>9786256161733</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Dünya Futbol Takımları</t>
+          <t>Monster High – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255922182</t>
+          <t>9786255922670</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İşte Duygular</t>
+          <t>Zirzoplar - Sihir Macerası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255922236</t>
+          <t>9786255922663</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Ayrı, Birlikte</t>
+          <t>Zirzoplar - Kamp Macerası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255922199</t>
+          <t>9786255922649</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Düş Kanatları</t>
+          <t>Küçük Bayan Prenses</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256161757</t>
+          <t>9786255922656</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Yağmurda Eğleniyor</t>
+          <t>Bay Pis Boğaz</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256161740</t>
+          <t>9786255922526</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Doğayı Koruyor</t>
+          <t>Kuşlar İçin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>199</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255922076</t>
+          <t>9786255922625</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>İsim Şehir Hayvan Bitki Eşya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>349</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254161643</t>
+          <t>9786255922502</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Doktora Gidiyor</t>
+          <t>Jack ve Fasulye Sırığı - Bildiğin Masallardan Değil</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>199</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255922021</t>
+          <t>9786255922519</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Öyküler 3 - Spor Bizim İşimiz</t>
+          <t>Hansel ve Gretel - Bildiğin Masallardan Değil</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255922014</t>
+          <t>9786255922618</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Öyküler 1 - Uç Uç Uğur Böceğim</t>
+          <t>Şehri Yeşile Boyayan Çocuk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255922168</t>
+          <t>9786255922366</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ada Bale Gösterisinde - Kuğu Gölü</t>
+          <t>My Little Pony - Neşeli Etkinlik ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>209</v>
+        <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255922045</t>
+          <t>9786256161764</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Yaşar Kemal</t>
+          <t>Disney Stiç Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>159</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255922052</t>
+          <t>9786256161009</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Halide Edip Adıvar</t>
+          <t>Kuromi - Parti Zamanı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255922038</t>
+          <t>9786256161795</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Afife</t>
+          <t>Kuromi - Baştan Sona Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>159</v>
+        <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255922175</t>
+          <t>9786256161511</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Patiköy Fare ve Köpeği</t>
+          <t>Kuromi - Renk Koleksiyonu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>210</v>
+        <v>99</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256161924</t>
+          <t>9786256153226</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Doğum Günü</t>
+          <t>Kuromi - Star Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>99</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256161917</t>
+          <t>9786253942229</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ada Evcil Hayvan Sahiplenmek İstiyor</t>
+          <t>Kuromi - Çıkartmalı Boyama Kitabı - Maskot Şapka</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>99</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256161894</t>
+          <t>9786255922496</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ada Hasta Oldu</t>
+          <t>Boş Kaplumbağa Kabuğu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256161856</t>
+          <t>9786255922342</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Uyku Saati</t>
+          <t>Pokemon-Ara ve Bul Boyamalarım – Paldea’ya Hoş Geldin</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256161870</t>
+          <t>9786255922465</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ada Kuaförde</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256161863</t>
+          <t>9786255922441</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Sevimli Ailesi</t>
+          <t>Laf Ebesi- Sözün Ustaları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256161887</t>
+          <t>9786255922458</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ada Dişlerini Fırçalıyor</t>
+          <t>Finaller- Sözün Ustaları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256161467</t>
+          <t>9786255922434</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Çok Boya</t>
+          <t>Lila'nın Sorusu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>290</v>
+        <v>149</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255922007</t>
+          <t>9786255922472</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dadanık Halay Ekibi</t>
+          <t>Tatlı Bir Tesadüf</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255922069</t>
+          <t>9786255922489</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Limonçiçi’nin Maceralı Yolculuğu</t>
+          <t>Pireli Bale Ayakkabıları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256161962</t>
+          <t>9786255922083</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sebze Bahçesinde</t>
+          <t>I Love You Unicorn - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256161955</t>
+          <t>9786255922106</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çamur Birikintileri</t>
+          <t>Kuromi - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256153950</t>
+          <t>9786255922281</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar (Ciltli)</t>
+          <t>Köpek Çocuk Felix Powell</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>990</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256161986</t>
+          <t>9786255922298</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Çocuk</t>
+          <t>Yaratıcı Zihin Atölyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>339</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256161993</t>
+          <t>9786255922267</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kukla Yarışması</t>
+          <t>Yaratıcı Yazma, Yaratıcı Düşünme, Dikkat ve Odaklanma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>339</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256161474</t>
+          <t>9786255922250</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pembe The Pink Cat Parıltılı Etkinlikler Kitabı</t>
+          <t>Tiyatro Bir Şenliktir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8696602033526</t>
+          <t>9786255922243</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mega Minecraft Küpü 12 Kitap Set</t>
+          <t>Çekirdek Aile Geziyor/ Atatürk İstanbul'da</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1800</v>
+        <v>195</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256161603</t>
+          <t>9786255922113</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bidigago 5 Bi Ses Duydum Sanki</t>
+          <t>Kedicorn</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256161313</t>
+          <t>9786255922090</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dinozor</t>
+          <t>Bubble Tea</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256161610</t>
+          <t>9786255922120</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Biri Daha Var</t>
+          <t>Çıkartmalarla Dünya Futbol Takımları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>399</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256161344</t>
+          <t>9786255922182</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Pırıltılı Etkinlikler</t>
+          <t>İşte Duygular</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256161337</t>
+          <t>9786255922236</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Monster High – Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Ayrı Ayrı, Birlikte</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256161078</t>
+          <t>9786255922199</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi</t>
+          <t>Düş Kanatları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>690</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256161597</t>
+          <t>9786256161757</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Robot Hisler</t>
+          <t>Küçük Bay ve Bayanlar Yağmurda Eğleniyor</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256161115</t>
+          <t>9786256161740</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Macerası</t>
+          <t>Küçük Bay ve Bayanlar Doğayı Koruyor</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>385</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256161641</t>
+          <t>9786255922076</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Varsın Tilki Toni 2 - Bir Dilek Tut</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256161634</t>
+          <t>9786254161643</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Tilki Toni 1 - Arkadaşlık Puding Gibidir</t>
+          <t>Küçük Bay ve Bayanlar Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256153943</t>
+          <t>9786255922021</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Uykudan Önce Öyküler (Ciltli)</t>
+          <t>Zıpır Öyküler 3 - Spor Bizim İşimiz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>990</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256161450</t>
+          <t>9786255922014</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bugün İlginç Bir Şey Oldu</t>
+          <t>Zıpır Öyküler 1 - Uç Uç Uğur Böceğim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256161412</t>
+          <t>9786255922168</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cebirce</t>
+          <t>Ada Bale Gösterisinde - Kuğu Gölü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256153899</t>
+          <t>9786255922045</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Barbie Günlük Etkinlik Kitabım</t>
+          <t>Bir Devrin Çocukları - Yaşar Kemal</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>480</v>
+        <v>159</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256153875</t>
+          <t>9786255922052</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Transformers Earthspark</t>
+          <t>Bir Devrin Çocukları - Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256153882</t>
+          <t>9786255922038</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Transformers Earthspark</t>
+          <t>Bir Devrin Çocukları - Afife</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256161061</t>
+          <t>9786255922175</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar</t>
+          <t>Patiköy Fare ve Köpeği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256153905</t>
+          <t>9786256161924</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Pokemon</t>
+          <t>Ada’nın Doğum Günü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256153912</t>
+          <t>9786256161917</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Pokemon</t>
+          <t>Ada Evcil Hayvan Sahiplenmek İstiyor</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256153998</t>
+          <t>9786256161894</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Hayvanlarla Renkler</t>
+          <t>Ada Hasta Oldu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256153981</t>
+          <t>9786256161856</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Evdeki Şekiller</t>
+          <t>Ada’nın Uyku Saati</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256153967</t>
+          <t>9786256161870</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Çiftlikteki Zıtlıklar</t>
+          <t>Ada Kuaförde</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256153974</t>
+          <t>9786256161863</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Ağaçtaki Sayılar</t>
+          <t>Ada’nın Sevimli Ailesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256161382</t>
+          <t>9786256161887</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Son Deniz Kabuğu</t>
+          <t>Ada Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>295</v>
+        <v>99</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256161221</t>
+          <t>9786256161467</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>9 Kapı 1 hazine</t>
+          <t>Peppa Pig - Çok Boya</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256153172</t>
+          <t>9786255922007</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Patlat Bir Şarkı</t>
+          <t>Dadanık Halay Ekibi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256161207</t>
+          <t>9786255922069</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör'le Klasik Müzik Masalları Mozart</t>
+          <t>Limonçiçi’nin Maceralı Yolculuğu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>299</v>
+        <v>130</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256153721</t>
+          <t>9786256161962</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar -10 Klasik Öykü 3 (Ciltli)</t>
+          <t>Sebze Bahçesinde</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256161108</t>
+          <t>9786256161955</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Benim Bedenim Benim Kurallarım</t>
+          <t>Çamur Birikintileri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256153929</t>
+          <t>9786256153950</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>290</v>
+        <v>990</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256153271</t>
+          <t>9786256161986</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Matematiksel Düşünme Etkinlik Kitabı</t>
+          <t>Bidigago Bir Dünya Çocuk</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256153288</t>
+          <t>9786256161993</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Mantıksal Düşünme Etkinlik Kitabı</t>
+          <t>Kukla Yarışması</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256153295</t>
+          <t>9786256161474</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Yaratıcı Problem Çözme Etkinlik Kitabı</t>
+          <t>Pembe The Pink Cat Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256153264</t>
+          <t>8696602033526</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Dikkat Geliştirme Etkinlik Kitabı</t>
+          <t>Mega Minecraft Küpü 12 Kitap Set</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>95</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256153936</t>
+          <t>9786256161603</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Bidigago 5 Bi Ses Duydum Sanki</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256153868</t>
+          <t>9786256161313</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımdan Aleve</t>
+          <t>Arkadaşım Dinozor</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259782133</t>
+          <t>9786256161610</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimize Nutuk - Çizgi Roman</t>
+          <t>Biri Daha Var</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253942397</t>
+          <t>9786256161344</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Çok Boya - Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Karlar Ülkesi Pırıltılı Etkinlikler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253942908</t>
+          <t>9786256161337</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum - Kayıp Dünya</t>
+          <t>Monster High – Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253941482</t>
+          <t>9786256161078</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Neonliciousin Defilesi</t>
+          <t>Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>690</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253941536</t>
+          <t>9786256161597</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Pırıltılı Bir Moda Sezonu</t>
+          <t>Robot Hisler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253942915</t>
+          <t>9786256161115</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ön Sıradaki Kız</t>
+          <t>Arkeoloji Macerası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253942885</t>
+          <t>9786256161641</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Gün</t>
+          <t>İyi Ki Varsın Tilki Toni 2 - Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253942854</t>
+          <t>9786256161634</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Püskürüklü Resimlerim</t>
+          <t>İyi ki Varsın Tilki Toni 1 - Arkadaşlık Puding Gibidir</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253942113</t>
+          <t>9786256153943</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Orada Ne Var?</t>
+          <t>Peppa Pig Uykudan Önce Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>155</v>
+        <v>990</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253942090</t>
+          <t>9786256161450</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Biz Kimiz?</t>
+          <t>Bugün İlginç Bir Şey Oldu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253942106</t>
+          <t>9786256161412</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Bugün Ne Yesem?</t>
+          <t>Cebirce</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>155</v>
+        <v>129</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253942205</t>
+          <t>9786256153899</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Disnep Prenses – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Barbie Günlük Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253942892</t>
+          <t>9786256153875</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kedicorn - Parıltılı Etkinlikler Kitabı</t>
+          <t>Transformers Earthspark</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253942861</t>
+          <t>9786256153882</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yemelik Şiirler</t>
+          <t>Transformers Earthspark</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253942878</t>
+          <t>9786256161061</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaçak Şeyler</t>
+          <t>Disney Arabalar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253942380</t>
+          <t>9786256153905</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Kitabı Boyarım! 4-5 Yaş</t>
+          <t>Pokemon</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>119</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253942373</t>
+          <t>9786256153912</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Kitabı Boyarım! 3-4 Yaş</t>
+          <t>Pokemon</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>119</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253941468</t>
+          <t>9786256153998</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Charmender - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Hello Kitty-Hayvanlarla Renkler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253942359</t>
+          <t>9786256153981</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Bahçecilik</t>
+          <t>Hello Kitty-Evdeki Şekiller</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253942366</t>
+          <t>9786256153967</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Jorn’un Muhteşem Hayal Gücü</t>
+          <t>Hello Kitty-Çiftlikteki Zıtlıklar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253941659</t>
+          <t>9786256153974</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kuromi &amp; My Melody Günlük Etkinlik Kitabım</t>
+          <t>Hello Kitty-Ağaçtaki Sayılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>495</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253942199</t>
+          <t>9786256161382</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartma Çılgınlığı</t>
+          <t>Son Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253941628</t>
+          <t>9786256161221</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Stiç - Çıkartma Çılgınlığı</t>
+          <t>9 Kapı 1 hazine</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253941475</t>
+          <t>9786256153172</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Bulbasaur Çıkartma Çılgınlığı</t>
+          <t>Patlat Bir Şarkı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253942328</t>
+          <t>9786256161207</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçikle Kedi Olma Kuralları - Zıtlıklar Kitabı</t>
+          <t>Bay Majör'le Klasik Müzik Masalları Mozart</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>299</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253942298</t>
+          <t>9786256153721</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in Sevdikleri - Renkler Kitabı</t>
+          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253942304</t>
+          <t>9786256161108</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in Bir Günü - Şekiller Kitabı</t>
+          <t>Benim Bedenim Benim Kurallarım</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253942311</t>
+          <t>9786256153929</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in 10 Hali - Sayılar Kitabı</t>
+          <t>Disney Minnie Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253942335</t>
+          <t>9786256153271</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Dedektifleri</t>
+          <t>Bidigago - Matematiksel Düşünme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>215</v>
+        <v>95</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253941888</t>
+          <t>9786256153288</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>L.O.L Surprise! Hep Birlikte Sahnede</t>
+          <t>Bidigago - Mantıksal Düşünme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253942076</t>
+          <t>9786256153295</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>L.O.L Surprise! Hepsinin En İyisi</t>
+          <t>Bidigago - Yaratıcı Problem Çözme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253942137</t>
+          <t>9786256153264</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Bilge</t>
+          <t>Bidigago Dikkat Geliştirme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253942045</t>
+          <t>9786256153936</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bay Bilgin</t>
+          <t>Ters Yüz 2 - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253941635</t>
+          <t>9786256153868</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Eve Dönüş</t>
+          <t>Kıvılcımdan Aleve</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253941642</t>
+          <t>9786259782133</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Dedektif Hitch</t>
+          <t>Geleceğimize Nutuk - Çizgi Roman</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253942267</t>
+          <t>9786253942397</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 4 Vedalaşmak İçin Üç Gün</t>
+          <t>Pokemon Çok Boya - Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253941963</t>
+          <t>9786253942908</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum - Kayıp Dünya</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253941871</t>
+          <t>9786253941482</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Duygular İş Başında</t>
+          <t>Lol Surprise Neonliciousin Defilesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253941840</t>
+          <t>9786253941536</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplığım Seti</t>
+          <t>Lol Surprise Pırıltılı Bir Moda Sezonu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253941970</t>
+          <t>9786253942915</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Ön Sıradaki Kız</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253941956</t>
+          <t>9786253942885</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Cumbalak</t>
+          <t>Gökyüzünde Bir Gün</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254162459</t>
+          <t>9786253942854</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Püskürüklü Resimlerim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253940072</t>
+          <t>9786253942113</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Bayan ve Hain Kurt</t>
+          <t>Haydi Konuşalım - Orada Ne Var?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254169281</t>
+          <t>9786253942090</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Büyük Babacık Oyun Parkında</t>
+          <t>Haydi Konuşalım - Biz Kimiz?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253941260</t>
+          <t>9786253942106</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Değiş Kardeş</t>
+          <t>Haydi Konuşalım - Bugün Ne Yesem?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253941253</t>
+          <t>9786253942205</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Lıttle Pony-Özel Bir Gün</t>
+          <t>Disnep Prenses – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253941857</t>
+          <t>9786253942892</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Pokemon - Squirtle Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Kedicorn - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253941864</t>
+          <t>9786253942861</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pokemon - Pikachu Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Yemelik Şiirler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253940133</t>
+          <t>9786255745293</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bay Titrek ve Korsanlar</t>
+          <t>Küçük Kaçak Şeyler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253942069</t>
+          <t>9786253942380</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar - Çizgi Roman</t>
+          <t>Ben Bu Kitabı Boyarım! 4-5 Yaş</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>340</v>
+        <v>119</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253942052</t>
+          <t>9786253942373</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kızı Heidi - Çizgi Roman</t>
+          <t>Ben Bu Kitabı Boyarım! 3-4 Yaş</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>340</v>
+        <v>119</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253942083</t>
+          <t>9786253941468</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 3 - Poseidon Adında Bir Balık</t>
+          <t>Pokemon Charmender - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253941543</t>
+          <t>9786253942359</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Çocuklar İçin Kolay Bahçecilik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253940355</t>
+          <t>9786253942366</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Disney Uykudan Önce En Tatlı Öyküler (Ciltli)</t>
+          <t>Jorn’un Muhteşem Hayal Gücü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253940195</t>
+          <t>9786253941659</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bay Gıdık ve Ejderha</t>
+          <t>Kuromi &amp; My Melody Günlük Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>495</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254169236</t>
+          <t>9786253942199</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Baloncuklar</t>
+          <t>Kuromi - Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254169274</t>
+          <t>9786253941628</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Sihirli Aynalar</t>
+          <t>Stiç - Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254169328</t>
+          <t>9786253941475</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa’nın Balık Dostları</t>
+          <t>Pokemon Bulbasaur Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253941819</t>
+          <t>9786253942328</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları - Çizgi Roman</t>
+          <t>Kedi Ponçikle Kedi Olma Kuralları - Zıtlıklar Kitabı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253941789</t>
+          <t>9786253942298</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Uçurtma</t>
+          <t>Kedi Ponçik'in Sevdikleri - Renkler Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253941444</t>
+          <t>9786253942304</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Kedi Ponçik'in Bir Günü - Şekiller Kitabı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253940898</t>
+          <t>9786253942311</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Kedi Ponçik'in 10 Hali - Sayılar Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253941246</t>
+          <t>9786253942335</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dısney Arabalar Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Hayvan Hakları Dedektifleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253941284</t>
+          <t>9786253941888</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Barbie Çok Boya Çıkartmalı Dev Boyama Kitabı</t>
+          <t>L.O.L Surprise! Hep Birlikte Sahnede</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253941802</t>
+          <t>9786253942076</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>L.O.L Surprise! Hepsinin En İyisi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253941772</t>
+          <t>9786253942137</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Küçük Bayan Bilge</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253941796</t>
+          <t>9786253942045</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Bay Bilgin</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253941451</t>
+          <t>9786253941635</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Minnie Çıkartma Hediyeli Boyama Albümü</t>
+          <t>İlk Çizgi Romanım My Little Pony-Eve Dönüş</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253941369</t>
+          <t>9786253941642</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kitap Adında Bir Çocuk</t>
+          <t>İlk Çizgi Romanım My Little Pony-Dedektif Hitch</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253941437</t>
+          <t>9786253942267</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Herkese Köfte ve Makarna - Bir Matematik Hikayesi</t>
+          <t>Kedimin Adı Odin 4 Vedalaşmak İçin Üç Gün</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253940904</t>
+          <t>9786253941963</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg - Peppa’nın Öykü Hazinesi 10 Klasik Öykü (Ciltli)</t>
+          <t>Hello Kitty - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>990</v>
+        <v>290</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253941277</t>
+          <t>9786253941871</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Ters Yüz 2 - Duygular İş Başında</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253941666</t>
+          <t>9786253941840</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dadanık</t>
+          <t>İlk Kitaplığım Seti</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253941291</t>
+          <t>9786253941970</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bay Havalı</t>
+          <t>Ters Yüz 2 - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253941192</t>
+          <t>9786253941956</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar 5 - Bir Dakika Dinler Misin?</t>
+          <t>Küçük Bayan Cumbalak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>309</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253941208</t>
+          <t>9786254162459</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Yaratıklar</t>
+          <t>Disney Prenses Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253941215</t>
+          <t>9786253940072</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Sihir</t>
+          <t>Üç Küçük Bayan ve Hain Kurt</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253941338</t>
+          <t>9786254169281</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Anime Unicornlar Boyama Kitabı</t>
+          <t>Peppa Pig Büyük Babacık Oyun Parkında</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>62.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253941321</t>
+          <t>9786253941260</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anime Ejderhalar Boyama Kitabı</t>
+          <t>İlk Çizgi Romanım My Little Pony-Değiş Kardeş</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253940881</t>
+          <t>9786253941253</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartma Hediyeli Boyama Albümü</t>
+          <t>İlk Çizgi Romanım My Lıttle Pony-Özel Bir Gün</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254164811</t>
+          <t>9786253941857</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Pokemon - Squirtle Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254169731</t>
+          <t>9786253941864</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Simli Çıkartmalı Boyama Kitabı</t>
+          <t>Pokemon - Pikachu Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254169816</t>
+          <t>9786253940133</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Simli Çıkartmalı Boyama Kitabı</t>
+          <t>Bay Titrek ve Korsanlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254166624</t>
+          <t>9786253942069</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Kadınlar - Çizgi Roman</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>79.9</v>
+        <v>340</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254162817</t>
+          <t>9786253942052</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg Kütüphaneye Gidiyor</t>
+          <t>Dağların Kızı Heidi - Çizgi Roman</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254163876</t>
+          <t>9786253942083</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg Kamp Gezisi</t>
+          <t>Kedimin Adı Odin 3 - Poseidon Adında Bir Balık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254169489</t>
+          <t>9786253941543</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Unicorn - Külah Külah Boyama</t>
+          <t>Kuromi - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254169090</t>
+          <t>9786253940355</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 1 - Büyücünün Yeğeni</t>
+          <t>Disney Uykudan Önce En Tatlı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254169212</t>
+          <t>9786253940195</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Bay Gıdık ve Ejderha</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254167638</t>
+          <t>9786254169236</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Yollarda - Gösteri Zamanı Faaliyet Kitabı</t>
+          <t>Peppa Pig - Baloncuklar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254163104</t>
+          <t>9786254169274</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Eğlenceli Boyama Kitabım</t>
+          <t>Peppa Pig - Sihirli Aynalar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>69.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254163135</t>
+          <t>9786254169328</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Eğlenceli Boyama Kitabım</t>
+          <t>Peppa Pig Peppa’nın Balık Dostları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>69.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254167645</t>
+          <t>9786253941819</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri - Gizli Bahçede Macera</t>
+          <t>Tom Sawyer’ın Maceraları - Çizgi Roman</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254167362</t>
+          <t>9786253941789</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri - Pofuduk Bir Sürpriz</t>
+          <t>Harika Bir Uçurtma</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254167324</t>
+          <t>9786253941444</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Altın Saray'a Yolculuk</t>
+          <t>Pjmask Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254166488</t>
+          <t>9786253940898</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Çılgın Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>52</v>
+        <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254164712</t>
+          <t>9786253941246</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Transformers Boyama Kitabı</t>
+          <t>Dısney Arabalar Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>75</v>
+        <v>290</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254164590</t>
+          <t>9786253941284</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Cruz Ramirez Boyama Kitabı</t>
+          <t>Barbie Çok Boya Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050949551</t>
+          <t>9786253941802</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı - Film Rulosu</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>89</v>
+        <v>340</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254164163</t>
+          <t>9786253941772</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Korsan Maceraları - Taçlı Boyama Kitabı</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>45</v>
+        <v>340</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254164446</t>
+          <t>9786253941796</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Güneşe Bakan Yanı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254162824</t>
+          <t>9786253941451</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>Minnie Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050971507</t>
+          <t>9786253941369</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Prenses Okulu 31</t>
+          <t>Kitap Adında Bir Çocuk</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>139</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254161407</t>
+          <t>9786253941437</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı</t>
+          <t>Herkese Köfte ve Makarna - Bir Matematik Hikayesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254162053</t>
+          <t>9786253940904</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Alfabem</t>
+          <t>Peppa Pıg - Peppa’nın Öykü Hazinesi 10 Klasik Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>99</v>
+        <v>990</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254162534</t>
+          <t>9786253941277</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Unicorn</t>
+          <t>Lol Surprise - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>54.9</v>
+        <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050905144</t>
+          <t>9786253941666</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Disney Minik Fare'nin Kulüp Evi (Ciltli)</t>
+          <t>Dadanık</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050941241</t>
+          <t>9786253941291</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin Yaratıcı Minikler</t>
+          <t>Bay Havalı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050950304</t>
+          <t>9786253941192</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Lego Starwars Yaşasın Asiler</t>
+          <t>Kafacanlar 5 - Bir Dakika Dinler Misin?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>204</v>
+        <v>309</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050959291</t>
+          <t>9786253941208</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Yaratıcı Minikler</t>
+          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Yaratıklar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050969528</t>
+          <t>9786253941215</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Çiftlik</t>
+          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Sihir</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050946031</t>
+          <t>9786253941338</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kedi</t>
+          <t>Anime Unicornlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050939750</t>
+          <t>9786253941321</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum-Denizler Altında Yirmi Bin Fersah</t>
+          <t>Anime Ejderhalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050940770</t>
+          <t>9786253940881</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kitap Dedektifleri - Hazine Avı</t>
+          <t>Kuromi - Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050932720</t>
+          <t>9786254164811</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum - Tom Sawyer’in Maceraları</t>
+          <t>Peppa Pig 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050932683</t>
+          <t>9786254169731</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Yaşıyorum - Alice Harikalar Ülkesinde</t>
+          <t>Unicorn Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>119</v>
+        <v>130</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050948196</t>
+          <t>9786254169816</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol</t>
+          <t>Kawaii Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>139</v>
+        <v>130</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050939767</t>
+          <t>9786254166624</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum- Pollyanna</t>
+          <t>Disney Minnie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050937480</t>
+          <t>9786254162817</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 2: Prenssiz Bir Dünya</t>
+          <t>Peppa Pıg Kütüphaneye Gidiyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050932287</t>
+          <t>9786254163876</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Uzaylılar</t>
+          <t>Peppa Pıg Kamp Gezisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>206</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050970074</t>
+          <t>9786254169489</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Mandalina Ağaçları</t>
+          <t>Unicorn - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050972511</t>
+          <t>9786254169090</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Süper Kolay Boyama Kitabı</t>
+          <t>Narnia Günlükleri 1 - Büyücünün Yeğeni</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>62.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050970289</t>
+          <t>9786254169212</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Barbie Süper Kolay Boyama Kitabı</t>
+          <t>LOL Surprise 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>62.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050972528</t>
+          <t>9786254167638</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks Süper Kolay Boyama Kitabı</t>
+          <t>Disney Pixar Arabalar Yollarda - Gösteri Zamanı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>62.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050970258</t>
+          <t>9786254163104</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Süper Kolay Boyama Kitabı</t>
+          <t>Disney Pixar Arabalar Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>62.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050975727</t>
+          <t>9786254163135</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Klasiklerle Tanışıyorum</t>
+          <t>Disney Minnie Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>119</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050978001</t>
+          <t>9786254167645</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Doya Doya Boya</t>
+          <t>Unicorn Sihri - Gizli Bahçede Macera</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050978018</t>
+          <t>9786254167362</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Barbie - Doya Doya Boya</t>
+          <t>Unicorn Sihri - Pofuduk Bir Sürpriz</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>42</v>
+        <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050968811</t>
+          <t>9786254167324</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Altın Saray'a Yolculuk</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>179</v>
+        <v>140</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050965711</t>
+          <t>9786254166488</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Altın Oranı</t>
+          <t>I Love Unicorn Çılgın Boyama Kitabı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>89</v>
+        <v>52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256161900</t>
+          <t>9786254164712</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ada Odasını Topluyor</t>
+          <t>Maskeni Tak - Transformers Boyama Kitabı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050980455</t>
+          <t>9786254164590</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Disney Pixar Arabalar - Cruz Ramirez Boyama Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050982268</t>
+          <t>9786050949551</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bay Yavaş</t>
+          <t>Maşa ile Koca Ayı - Film Rulosu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>89</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050970166</t>
+          <t>9786254164163</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Barbie Maskeli Boyama Kitabı</t>
+          <t>Korsan Maceraları - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>119</v>
+        <v>45</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050928679</t>
+          <t>9786254164446</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu</t>
+          <t>Bulutların Güneşe Bakan Yanı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786050938005</t>
+          <t>9786254162824</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın Adı Sır</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254168963</t>
+          <t>9786050971507</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - George Nezle Oldu</t>
+          <t>Prenses Okulu 31</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>120</v>
+        <v>139</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253940966</t>
+          <t>9786254161407</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Sihirli Unicorn Ormanı</t>
+          <t>Maşa ile Koca Ayı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253941239</t>
+          <t>9786254162053</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bay Harika</t>
+          <t>Muhteşem Alfabem</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253940102</t>
+          <t>9786254162534</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Geveze ve Kurbağa Prens</t>
+          <t>Unicorn</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253940171</t>
+          <t>9786050905144</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bay Kocaburun ve Sihirli Fasulye</t>
+          <t>Disney Minik Fare'nin Kulüp Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253941116</t>
+          <t>9786050941241</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedektifleri 3 - Ekin ve Metin Pazırık Halısı’nın Gizemi</t>
+          <t>Güzel ve Çirkin Yaratıcı Minikler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253941093</t>
+          <t>9786050950304</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bumçikiler 2 - Öylesine Bir Gün</t>
+          <t>Lego Starwars Yaşasın Asiler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>195</v>
+        <v>204</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253941086</t>
+          <t>9786050959291</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bumçikiler 1- Bumçikiler Doğuyor</t>
+          <t>Disney Vampirina Yaratıcı Minikler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253941109</t>
+          <t>9786050969528</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aygırına Kaptırdığınız Kanepenizi Kurtarma Rehberi</t>
+          <t>Kıpır Kıpır Kitaplar Çiftlik</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253940874</t>
+          <t>9786050946031</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 2 (Ciltli)</t>
+          <t>Görünmez Kedi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>1100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253940324</t>
+          <t>9786050939750</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Simli Çıkartmalı Boyama</t>
+          <t>Klasiklerle Tanışıyorum-Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253940805</t>
+          <t>9786050940770</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 2 - Kara Goblinler Kraliçesi</t>
+          <t>Kitap Dedektifleri - Hazine Avı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253940829</t>
+          <t>9786050932720</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Meraklı</t>
+          <t>Klasiklerle Tanışıyorum - Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254168857</t>
+          <t>9786050932683</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Peppa Uzayda</t>
+          <t>Klasiklerle Yaşıyorum - Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254161308</t>
+          <t>9786050948196</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mickey ile Renkli Klasikler - Frankenstein</t>
+          <t>Kendin Ol</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>115</v>
+        <v>139</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253940515</t>
+          <t>9786050939767</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar 3 - Yıldızlar Kupası Etkinlik Kitabı</t>
+          <t>Klasiklerle Tanışıyorum- Pollyanna</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254164132</t>
+          <t>9786050937480</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı - Bir Günde Dünya Turu</t>
+          <t>İyilik ve Kötülük Okulu 2: Prenssiz Bir Dünya</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>36.5</v>
+        <v>330</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253940799</t>
+          <t>9786050932287</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgifty ve Laklak Sam - Yılbaşı Hediyeleri</t>
+          <t>Ah Şu Uzaylılar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>206</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253940553</t>
+          <t>9786050970074</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgifty ve Laklak Sam - Okulda Hortlak Var</t>
+          <t>Cebimdeki Mandalina Ağaçları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>38</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254164040</t>
+          <t>9786050972511</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Pj Masks 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi 2 - Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>220</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253940768</t>
+          <t>9786050970289</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Günlük</t>
+          <t>Barbie Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>480</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253940782</t>
+          <t>9786050972528</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Patiköy</t>
+          <t>Pjmasks Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>230</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786254169014</t>
+          <t>9786050970258</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars Maskeli Boyama Kitabı</t>
+          <t>Lol Surprise Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>75</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253940485</t>
+          <t>9786050975727</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Özel Seçki - 10 Temel Eser</t>
+          <t>Beyaz Diş - Klasiklerle Tanışıyorum</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>650</v>
+        <v>119</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253940539</t>
+          <t>9786050978001</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem İlk Marslı</t>
+          <t>Disney Karlar Ülkesi 2 - Doya Doya Boya</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253940447</t>
+          <t>9786050978018</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! Glam Diary</t>
+          <t>Barbie - Doya Doya Boya</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>540</v>
+        <v>42</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786254168734</t>
+          <t>9786050968811</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ben Yaprağım</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253940478</t>
+          <t>9786050965711</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihirli Günlüğüm</t>
+          <t>Zamanın Altın Oranı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>89</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253940546</t>
+          <t>9786256161900</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Altı Kere Sekiz?</t>
+          <t>Ada Odasını Topluyor</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253940393</t>
+          <t>9786050980455</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Tek Cilt Özel Baskı</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253940386</t>
+          <t>9786050982268</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Deprem Kitabı</t>
+          <t>Bay Yavaş</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253940409</t>
+          <t>9786050970166</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>I Love Unıcorn Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Barbie Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>119</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253940454</t>
+          <t>9786050928679</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Şahane</t>
+          <t>İyilik ve Kötülük Okulu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253940461</t>
+          <t>9786050938005</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Uyku Zamanı</t>
+          <t>Bu Kitabın Adı Sır</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254164200</t>
+          <t>9786254168963</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Peppa Pig - George Nezle Oldu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786254161360</t>
+          <t>9786253940966</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Disney Wınnıe The Pooh Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Disney Prenses - Sihirli Unicorn Ormanı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786254166556</t>
+          <t>9786253941239</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Bay Harika</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253940331</t>
+          <t>9786253940102</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Çocuk</t>
+          <t>Küçük Bayan Geveze ve Kurbağa Prens</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>4440000003908</t>
+          <t>9786253940171</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kawaii 2023 - 05</t>
+          <t>Bay Kocaburun ve Sihirli Fasulye</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>79</v>
+        <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253940270</t>
+          <t>9786253941116</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Gazi Mustafa Kemal Atatürk Çocuklarımıza Kurtuluş Savaşı’nı Anlatıyor</t>
+          <t>Sanat Dedektifleri 3 - Ekin ve Metin Pazırık Halısı’nın Gizemi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254169953</t>
+          <t>9786253941093</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! - Totally Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Bumçikiler 2 - Öylesine Bir Gün</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>119</v>
+        <v>195</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254169977</t>
+          <t>9786253941086</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! - Mc Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Bumçikiler 1- Bumçikiler Doğuyor</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>119</v>
+        <v>195</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786254169946</t>
+          <t>9786253941109</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprıse! - Grand Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Deniz Aygırına Kaptırdığınız Kanepenizi Kurtarma Rehberi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>119</v>
+        <v>260</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786254169960</t>
+          <t>9786253940874</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprıse! - Crown Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>119</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253940287</t>
+          <t>9786253940324</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Çocuk</t>
+          <t>Peppa Pig Simli Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253940232</t>
+          <t>9786253940805</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Haytek</t>
+          <t>Kedimin Adı Odin 2 - Kara Goblinler Kraliçesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786254168482</t>
+          <t>9786253940829</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar - Boyamayı Seviyorum</t>
+          <t>Küçük Bayan Meraklı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254169632</t>
+          <t>9786254168857</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Denizler Altında 20.000 Fersah</t>
+          <t>Peppa Pig - Peppa Uzayda</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253940225</t>
+          <t>9786254161308</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Gullıver’in Gezileri</t>
+          <t>Mickey ile Renkli Klasikler - Frankenstein</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786254165214</t>
+          <t>9786253940515</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Beyaz Diş</t>
+          <t>Disney Arabalar 3 - Yıldızlar Kupası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253940218</t>
+          <t>9786254164132</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Robınson Crusoe</t>
+          <t>Maşa ile Koca Ayı - Bir Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>99</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786254166969</t>
+          <t>9786253940799</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Olıver Twıst</t>
+          <t>Fırıldak Mcgifty ve Laklak Sam - Yılbaşı Hediyeleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786254162237</t>
+          <t>9786253940553</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Define Adası</t>
+          <t>Fırıldak Mcgifty ve Laklak Sam - Okulda Hortlak Var</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254168413</t>
+          <t>9786254164040</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Siyah İnci</t>
+          <t>Pj Masks 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253940201</t>
+          <t>9786253940768</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Üç Silahşorlar</t>
+          <t>Küçük Bay ve Bayanlar Günlük</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>99</v>
+        <v>480</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786254167225</t>
+          <t>9786253940782</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı - Peppa Pig Çıkartmalı Boyama Partisi</t>
+          <t>Patiköy</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254167522</t>
+          <t>9786254169014</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı! - L.O.L. Surprıse! Çıkartmalı Boyama Partisi</t>
+          <t>Brawl Stars Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786254168932</t>
+          <t>9786253940485</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı- Disney Prenses Çıkartmalı Boyama Partisi</t>
+          <t>Dünya Çocuk Klasikleri Özel Seçki - 10 Temel Eser</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786254162220</t>
+          <t>9786253940539</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Tatlı Tonton Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Büyükannem İlk Marslı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253940065</t>
+          <t>9786253940447</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hello Kıtty 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>L.O.L. Surprise! Glam Diary</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254168949</t>
+          <t>9786254168734</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Disney Yardım Takımı Boyama Kitabı</t>
+          <t>Ben Yaprağım</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>90</v>
+        <v>159</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253940041</t>
+          <t>9786253940478</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’le Yolculuk</t>
+          <t>Unicorn Sihirli Günlüğüm</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253940058</t>
+          <t>9786253940546</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedektifleri Ekin ve Metin - Keçenin Yolculuğu</t>
+          <t>Altı Kere Sekiz?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786254163852</t>
+          <t>9786253940393</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgıfty ve Laklak Sam – Uzaylı İstilası</t>
+          <t>Küçük Bay ve Bayanlar Tek Cilt Özel Baskı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>180</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786254163463</t>
+          <t>9786253940386</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgıfty ve Laklak Sam – Uçuş Zamanı</t>
+          <t>Çocuklar İçin Deprem Kitabı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786254168451</t>
+          <t>9786253940409</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Şekillerle Boya</t>
+          <t>I Love Unıcorn Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>119</v>
+        <v>280</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786254161773</t>
+          <t>9786253940454</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sevimliler Kawaii Şekillerle Boya</t>
+          <t>Küçük Bayan Şahane</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786254161636</t>
+          <t>9786253940461</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Küçük Bay ve Bayanlar Uyku Zamanı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254163890</t>
+          <t>9786254164200</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Barbie 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Disney Arabalar 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254169847</t>
+          <t>9786254161360</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Disney Wınnıe The Pooh Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254168710</t>
+          <t>9786254166556</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig İyi Uykular Peppa</t>
+          <t>Disney Karlar Ülkesi 2 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254169267</t>
+          <t>9786253940331</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa’nın Kum Havuzu</t>
+          <t>Çılgın Çocuk</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786254161810</t>
+          <t>4440000003908</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>7 Yaşıma Girmeden Önce Bilmem Gerekenler</t>
+          <t>Kawaii 2023 - 05</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>230</v>
+        <v>79</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786254161261</t>
+          <t>9786253940270</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ejderha</t>
+          <t>Nutuk - Gazi Mustafa Kemal Atatürk Çocuklarımıza Kurtuluş Savaşı’nı Anlatıyor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254166754</t>
+          <t>9786254169953</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Süper Kahraman</t>
+          <t>L.O.L. Surprise! - Totally Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254166785</t>
+          <t>9786254169977</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Mektup Arkadaşım</t>
+          <t>L.O.L. Surprise! - Mc Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>210</v>
+        <v>119</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254160844</t>
+          <t>9786254169946</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Yollarda İki Macera Birden Tuz Gözü Yarışı - Efsane</t>
+          <t>L.O.L. Surprıse! - Grand Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>99</v>
+        <v>119</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254169755</t>
+          <t>9786254169960</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Çıkartma Hediyeli Boyama Albümü</t>
+          <t>L.O.L. Surprıse! - Crown Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>280</v>
+        <v>119</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254169298</t>
+          <t>9786253940287</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Peppa Tatile Çıkıyor</t>
+          <t>Görünmez Çocuk</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254169304</t>
+          <t>9786253940232</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Peppa Yüzmeye Gidiyor</t>
+          <t>Haytek</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254162831</t>
+          <t>9786254168482</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin</t>
+          <t>Disney Arabalar - Boyamayı Seviyorum</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>185</v>
+        <v>119</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254164064</t>
+          <t>9786254169632</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bay Saçma</t>
+          <t>Klasikleri Okuyorum Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786254167508</t>
+          <t>9786253940225</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Gullıver’in Gezileri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254167515</t>
+          <t>9786254165214</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Beyaz Diş</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>79.9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786254166617</t>
+          <t>9786253940218</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Robınson Crusoe</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254167485</t>
+          <t>9786254166969</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Barbie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Olıver Twıst</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254167492</t>
+          <t>9786254162237</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk Kuzucuk Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Define Adası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>54.9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254166815</t>
+          <t>9786254168413</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2 Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Siyah İnci</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254160011</t>
+          <t>9786253940201</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kendin Gibi (Ciltli)</t>
+          <t>Klasikleri Okuyorum Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254169441</t>
+          <t>9786254167225</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Babam</t>
+          <t>Renkler Çıldırdı - Peppa Pig Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254163401</t>
+          <t>9786254167522</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Barbie Süper Macera Boyama Kitabı</t>
+          <t>Renkler Çıldırdı! - L.O.L. Surprıse! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>72</v>
+        <v>90</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254168802</t>
+          <t>9786254168932</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu - Resimli Klasikler</t>
+          <t>Renkler Çıldırdı- Disney Prenses Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254168772</t>
+          <t>9786254162220</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Kawaii Tatlı Tonton Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>99</v>
+        <v>280</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254168789</t>
+          <t>9786253940065</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk - Resimli Klasikler</t>
+          <t>Hello Kıtty 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254167065</t>
+          <t>9786254168949</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Siz Hiçbir Kitaba Sarıldınız mı?</t>
+          <t>Disney Yardım Takımı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>195</v>
+        <v>90</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254169786</t>
+          <t>9786253940041</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Tatilde</t>
+          <t>Mustafa Kemal’le Yolculuk</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254169854</t>
+          <t>9786253940058</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Turna Turna Kal Burada</t>
+          <t>Sanat Dedektifleri Ekin ve Metin - Keçenin Yolculuğu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254169205</t>
+          <t>9786254163852</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Anime Pembe Prenses Boyama Kitabı</t>
+          <t>Fırıldak Mcgıfty ve Laklak Sam – Uzaylı İstilası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254169199</t>
+          <t>9786254163463</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Anime Mavi Prenses Boyama Kitabı</t>
+          <t>Fırıldak Mcgıfty ve Laklak Sam – Uçuş Zamanı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254169724</t>
+          <t>9786254168451</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Ağlar</t>
+          <t>Küçük Bay ve Bayanlar Şekillerle Boya</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>119</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254160127</t>
+          <t>9786254161773</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gur Gur Göbekli Kedi</t>
+          <t>Sevimliler Kawaii Şekillerle Boya</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254169908</t>
+          <t>9786254161636</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Noa’ya Mektup</t>
+          <t>Hello Kitty Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>169</v>
+        <v>280</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254169885</t>
+          <t>9786254163890</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Müsmükemmel Pisicorn</t>
+          <t>Barbie 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254169878</t>
+          <t>9786254169847</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Miniminnacık Pisicorn</t>
+          <t>Disney Arabalar Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254168970</t>
+          <t>9786254168710</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+          <t>Peppa Pig İyi Uykular Peppa</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>579</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254169021</t>
+          <t>9786254169267</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Brawl - Maskeli Boyama Kitabı</t>
+          <t>Peppa Pig Peppa’nın Kum Havuzu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254168666</t>
+          <t>9786254161810</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Evde Şarkı Partisi - Cocomelon Boyama Evi</t>
+          <t>7 Yaşıma Girmeden Önce Bilmem Gerekenler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254168635</t>
+          <t>9786254161261</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Evde Kahkaha Partisi - Peppa Pig</t>
+          <t>İçimdeki Ejderha</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>109</v>
+        <v>175</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254169410</t>
+          <t>9786254166754</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Disney The Never Girls 2 - Aradaki Geçit</t>
+          <t>Her Şeyden Korkan Süper Kahraman</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254169700</t>
+          <t>9786254166785</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kawaii - Külah Külah Boyama</t>
+          <t>Mektup Arkadaşım</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254169465</t>
+          <t>9786254160844</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise - Külah Külah Boyama</t>
+          <t>Disney Arabalar Yollarda İki Macera Birden Tuz Gözü Yarışı - Efsane</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254169472</t>
+          <t>9786254169755</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks - Külah Külah Boyama</t>
+          <t>My Little Pony - Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254169380</t>
+          <t>9786254169298</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar - Külah Külah Boyama</t>
+          <t>Peppa Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254169373</t>
+          <t>9786254169304</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Külah Külah Boyama</t>
+          <t>Peppa Yüzmeye Gidiyor</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254169458</t>
+          <t>9786254162831</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice'in Harikalar Pastanesi - Külah Külah Boyama</t>
+          <t>Kedimin Adı Odin</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254169519</t>
+          <t>9786254164064</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çekilin, Ben Yazarım!</t>
+          <t>Bay Saçma</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254169663</t>
+          <t>9786254167508</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Geyiği</t>
+          <t>I Love Unicorn Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254169656</t>
+          <t>9786254167515</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bubu Türkan Saylan'ı Anlatıyor</t>
+          <t>Pjmasks Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>190</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254168888</t>
+          <t>9786254166617</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Şanslı Ördek</t>
+          <t>Disney Pixar Arabalar Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254168925</t>
+          <t>9786254167485</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Okulda Yetenek Günü</t>
+          <t>Barbie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254163913</t>
+          <t>9786254167492</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Akıllı</t>
+          <t>TRT Çocuk Kuzucuk Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>120</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254169687</t>
+          <t>9786254166815</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar - Taşıt Macerası</t>
+          <t>Karlar Ülkesi 2 Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254169670</t>
+          <t>9786254160011</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Haklarımız ve Sorumluluklarımız</t>
+          <t>Kendin Gibi (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>229</v>
+        <v>260</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254169526</t>
+          <t>9786254169441</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclise Yolculuk</t>
+          <t>Haylaz Babam</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254169533</t>
+          <t>9786254163401</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavuk Hikayesi - Kümeste Curcuna</t>
+          <t>Barbie Süper Macera Boyama Kitabı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>72</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254169229</t>
+          <t>9786254168802</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Seksen Günde Dünya Turu - Resimli Klasikler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>220</v>
+        <v>99</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254168673</t>
+          <t>9786254168772</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak Disney Prenses Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Güliver'in Gezileri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>119</v>
+        <v>99</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254168642</t>
+          <t>9786254168789</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice’in Harikalar Pastanesi Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Dünyanın Merkezine Yolculuk - Resimli Klasikler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>79.9</v>
+        <v>99</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254165290</t>
+          <t>9786254167065</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Karlar Ülkesi 2</t>
+          <t>Siz Hiçbir Kitaba Sarıldınız mı?</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254165283</t>
+          <t>9786254169786</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Mickey Farenin Kulüp Evi</t>
+          <t>Küçük Bay ve Bayanlar Tatilde</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254165276</t>
+          <t>9786254169854</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Arabalar 3</t>
+          <t>Turna Turna Kal Burada</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050986259</t>
+          <t>9786254169205</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Geveze</t>
+          <t>Anime Pembe Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254164927</t>
+          <t>9786254169199</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli 20 Öykü</t>
+          <t>Anime Mavi Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>210</v>
+        <v>99</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254169496</t>
+          <t>9786254169724</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Acıyooo</t>
+          <t>Erkekler Ağlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254169502</t>
+          <t>9786254160127</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg İlk Boyama Kitabım</t>
+          <t>Gur Gur Göbekli Kedi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>90</v>
+        <v>129</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254168703</t>
+          <t>9786254169908</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Noa’ya Mektup</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>169</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254169106</t>
+          <t>9786254169885</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 7 - Son Savaş</t>
+          <t>Müsmükemmel Pisicorn</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254169083</t>
+          <t>9786254169878</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 6 - Gümüş Sandalye</t>
+          <t>Miniminnacık Pisicorn</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254169120</t>
+          <t>9786254168970</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 5 - Şafak Yıldızı’nın Son Yolculuğu</t>
+          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>579</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254169137</t>
+          <t>9786254169021</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 4 - Prens Caspian</t>
+          <t>Brawl - Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254169113</t>
+          <t>9786254168666</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 3 - At ve Çocuk</t>
+          <t>Evde Şarkı Partisi - Cocomelon Boyama Evi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254169144</t>
+          <t>9786254168635</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 2 - Aslan, Cadı Ve Dolap</t>
+          <t>Evde Kahkaha Partisi - Peppa Pig</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>140</v>
+        <v>109</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254166518</t>
+          <t>9786254169410</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavuk Hikayesi</t>
+          <t>Disney The Never Girls 2 - Aradaki Geçit</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254169403</t>
+          <t>9786254169700</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcusu</t>
+          <t>Kawaii - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254169182</t>
+          <t>9786254169465</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı Keyfine Bak</t>
+          <t>Lol Surprise - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>79.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254169175</t>
+          <t>9786254169472</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı Kucaklaş</t>
+          <t>Pjmasks - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>79.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254169168</t>
+          <t>9786254169380</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Arabalar - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254168659</t>
+          <t>9786254169373</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>79.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254168147</t>
+          <t>9786254169458</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars Boyama Kitabı</t>
+          <t>Disney Alice'in Harikalar Pastanesi - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>34.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254169359</t>
+          <t>9786254169519</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Barbie Mermaid Power Çıkartmalı Boyama Kitabı</t>
+          <t>Çekilin, Ben Yazarım!</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>36.9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254169397</t>
+          <t>9786254169663</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kızı</t>
+          <t>Defne'nin Geyiği</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>370</v>
+        <v>135</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254169007</t>
+          <t>9786254169656</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Antik Yunan Macerası</t>
+          <t>Bubu Türkan Saylan'ı Anlatıyor</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254168901</t>
+          <t>9786254168888</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa İyi Biri</t>
+          <t>Peppa Pig - Şanslı Ördek</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254168871</t>
+          <t>9786254168925</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa'nın İlk Pijama Partisi</t>
+          <t>Peppa Pig - Okulda Yetenek Günü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254169335</t>
+          <t>9786254163913</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Bale Dersi</t>
+          <t>Küçük Bayan Akıllı</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254168994</t>
+          <t>9786254169687</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Barbie Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Küçük Bay ve Bayanlar Taşıt Macerası</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254168697</t>
+          <t>9786254169670</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Haklarımız ve Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>280</v>
+        <v>229</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254168987</t>
+          <t>9786254169526</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Çıkartma Hediyeli Boyama Albümü</t>
+          <t>İlk Meclise Yolculuk</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254165542</t>
+          <t>9786254169533</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Mickey İle Renkli Klasikler Denizler Altında 20 Bin Fersah</t>
+          <t>Bir Tavuk Hikayesi - Kümeste Curcuna</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254163517</t>
+          <t>9786254169229</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2 Oyun Zamanı</t>
+          <t>I Love Unicorn 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254168741</t>
+          <t>9786254168673</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kitap Arkadaşlarım</t>
+          <t>Maskeni Tak Disney Prenses Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>260</v>
+        <v>119</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254160462</t>
+          <t>9786254168642</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Disney Alice’in Harikalar Pastanesi Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254160479</t>
+          <t>9786254165290</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Disney Sonsuz Öykü Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254160486</t>
+          <t>9786254165283</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Disney Sonsuz Öykü Mickey Farenin Kulüp Evi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254160493</t>
+          <t>9786254165276</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Disney Sonsuz Öykü Arabalar 3</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254160509</t>
+          <t>9786050986259</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Küçük Bayan Geveze</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254162954</t>
+          <t>9786254164927</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Canavarlar</t>
+          <t>İyi Kalpli 20 Öykü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>45</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254165023</t>
+          <t>9786254169496</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü Öte Evrene Yolculuk</t>
+          <t>Acıyooo</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>199</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254165573</t>
+          <t>9786254169502</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars - Maskeni Tak ve Boya!</t>
+          <t>Peppa Pıg İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254168161</t>
+          <t>9786254168703</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars - Bulmacalar ve Aktiviteler</t>
+          <t>Karlar Ülkesi Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254168031</t>
+          <t>9786254169106</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 7 - Son Savaş</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254167713</t>
+          <t>9786254169083</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 6 - Gümüş Sandalye</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254168154</t>
+          <t>9786254169120</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Barbie - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 5 - Şafak Yıldızı’nın Son Yolculuğu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254166549</t>
+          <t>9786254169137</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 4 - Prens Caspian</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254166532</t>
+          <t>9786254169113</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Disney Hayvancıklar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 3 - At ve Çocuk</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254168130</t>
+          <t>9786254169144</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Narnia Günlükleri 2 - Aslan, Cadı Ve Dolap</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254168581</t>
+          <t>9786254166518</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Fare</t>
+          <t>Bir Tavuk Hikayesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254168383</t>
+          <t>9786254169403</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Sihirli Unicorn</t>
+          <t>Gece Yolcusu</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254168390</t>
+          <t>9786254169182</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Doğum Günü Partisi</t>
+          <t>Kawaii Boyama Kitabı Keyfine Bak</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>120</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254165580</t>
+          <t>9786254169175</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bay Kusursuz</t>
+          <t>Kawaii Boyama Kitabı Kucaklaş</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>120</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254166723</t>
+          <t>9786254169168</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Yürekli'nin İnanılmaz Gemisi</t>
+          <t>Peppa Pig Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254166730</t>
+          <t>9786254168659</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Cadıca İşler</t>
+          <t>LOL Surprise Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254168536</t>
+          <t>9786254168147</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Lila'nın Odası</t>
+          <t>Brawl Stars Boyama Kitabı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>160</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254167355</t>
+          <t>9786254169359</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Robot Var</t>
+          <t>Barbie Mermaid Power Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254168468</t>
+          <t>9786254169397</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Takımı - Enerji Operasyonu</t>
+          <t>Okyanusun Kızı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254168178</t>
+          <t>9786254169007</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi- Mezarlığın Sırrı</t>
+          <t>Küçük Bay ve Bayanlar Antik Yunan Macerası</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254167706</t>
+          <t>9786254168901</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedeftifleri Ekin ve Metin Cama Can Üfleyenler</t>
+          <t>Peppa Pig Peppa İyi Biri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254168123</t>
+          <t>9786254168871</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çıkartma Çılgınlığı Boyama Kitabı</t>
+          <t>Peppa Pig Peppa'nın İlk Pijama Partisi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>89.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254167997</t>
+          <t>9786254169335</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Türkiye Yolculuğu</t>
+          <t>Peppa Pig Bale Dersi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254167980</t>
+          <t>9786254168994</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty Beni Giydir Çıkartmalı Etkinlik Kitabı</t>
+          <t>Barbie Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254163906</t>
+          <t>9786254168697</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Disney The Never Girls Sihirli Bir An</t>
+          <t>Pjmask Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254167584</t>
+          <t>9786254168987</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice'in Harikalar Pastanesi Yılbaşı Pastası Sarayı</t>
+          <t>Peppa Pig Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254168192</t>
+          <t>9786254165542</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım</t>
+          <t>Mickey İle Renkli Klasikler Denizler Altında 20 Bin Fersah</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254167218</t>
+          <t>9786254163517</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sindirella - Disney Unutulmaz Klasikler</t>
+          <t>Karlar Ülkesi 2 Oyun Zamanı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254167195</t>
+          <t>9786254168741</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Disney Unutulmaz Klasikler</t>
+          <t>Kitap Arkadaşlarım</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>99</v>
+        <v>260</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254167232</t>
+          <t>9786254160462</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde - Disney Unutulmaz Klasikler</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254168109</t>
+          <t>9786254160479</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Bu İşin İçinde Matematik Var</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>265</v>
+        <v>45</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254168116</t>
+          <t>9786254160486</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Pırtı</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254168062</t>
+          <t>9786254160493</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>145</v>
+        <v>45</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>8696602031591</t>
+          <t>9786254160509</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbet Kartları</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>1200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254167935</t>
+          <t>9786254162954</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Ormanda Yürüyüş Boyama Kitabı</t>
+          <t>Boyama Şenliği Canavarlar</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254167911</t>
+          <t>9786254165023</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Evinin Yanında Boyama Kitabı</t>
+          <t>Çılgın Deneyler Kulübü Öte Evrene Yolculuk</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254167904</t>
+          <t>9786254165573</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Deniz Altında Boyama Kitabı</t>
+          <t>Brawl Stars - Maskeni Tak ve Boya!</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254167898</t>
+          <t>9786254168161</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Çiftlikte Oyun Boyama Kitabı</t>
+          <t>Brawl Stars - Bulmacalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254167942</t>
+          <t>9786254168031</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları - Batık Adası</t>
+          <t>Pjmasks - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254165498</t>
+          <t>9786254167713</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Sihirli Unicorn Günü</t>
+          <t>My Little Pony - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254167874</t>
+          <t>9786254168154</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Arkadaşım</t>
+          <t>Barbie - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254167966</t>
+          <t>9786254166549</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Disney Pixar Arabalar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254167805</t>
+          <t>9786254166532</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Robot Macerası</t>
+          <t>Disney Hayvancıklar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254167287</t>
+          <t>9786254168130</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Gösterişli</t>
+          <t>Disney Karlar Ülkesi - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254166747</t>
+          <t>9786254168581</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Öpücüklere Dikkat Et</t>
+          <t>Yaşlı Adam ve Fare</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254166709</t>
+          <t>9786254168383</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Burundaki Parmak</t>
+          <t>Peppa Pig - Sihirli Unicorn</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254165146</t>
+          <t>9786254168390</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Peppa Pig - Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254167621</t>
+          <t>9786254165580</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon JJ Ve Arkadaşları İz Peşinde Ara Bul</t>
+          <t>Bay Kusursuz</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254167652</t>
+          <t>9786254166723</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Renkler Küsünce - Bir İnsan Hakları Masalı</t>
+          <t>Kaptan Yürekli'nin İnanılmaz Gemisi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254167782</t>
+          <t>9786254166730</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Fikir</t>
+          <t>Cadıca İşler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254167690</t>
+          <t>9786254168536</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Dünya Efsanelerinin Peşinde</t>
+          <t>Lila'nın Odası</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254167683</t>
+          <t>9786254167355</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Eğlenceli Boyama Kitabım</t>
+          <t>Aramızda Robot Var</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>69.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254167775</t>
+          <t>9786254168468</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri Denizkızları Buluşması</t>
+          <t>Yeryüzü Takımı - Enerji Operasyonu</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254167676</t>
+          <t>9786254168178</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Miyav Eğlenceli Boyama Kitabım</t>
+          <t>Sırlar Serisi- Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>69.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254164125</t>
+          <t>9786254167706</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Eğlenceli Boyama Kitabım</t>
+          <t>Sanat Dedeftifleri Ekin ve Metin Cama Can Üfleyenler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>69.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254163128</t>
+          <t>9786254168123</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Eğlenceli Boyama Kitabım</t>
+          <t>Pjmask Çıkartma Çılgınlığı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>69.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254167669</t>
+          <t>9786254167997</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Eğlenceli Boyama Kitabım</t>
+          <t>Müzikli Türkiye Yolculuğu</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>69.9</v>
+        <v>210</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254164941</t>
+          <t>9786254167980</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Bethany 1</t>
+          <t>Hello Kitty Beni Giydir Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254167461</t>
+          <t>9786254163906</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bidigago- Fikrin Ustaları</t>
+          <t>Disney The Never Girls Sihirli Bir An</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254167331</t>
+          <t>9786254167584</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Unicorn ve Deniz Kızı Etkinlik Çantam</t>
+          <t>Disney Alice'in Harikalar Pastanesi Yılbaşı Pastası Sarayı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>97</v>
+        <v>55</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254166853</t>
+          <t>9786254168192</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Robotlar</t>
+          <t>Arkadaşım</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>45</v>
+        <v>185</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254166846</t>
+          <t>9786254167218</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Pjmasks</t>
+          <t>Sindirella - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>45</v>
+        <v>99</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254166808</t>
+          <t>9786254167195</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Küçük Bay Ve Bayanlar</t>
+          <t>Pamuk Prenses - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>45</v>
+        <v>99</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254167089</t>
+          <t>9786254167232</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Büyüyüorum Yuvada Bir Gün</t>
+          <t>Alice Harikalar Ülkesinde - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>72</v>
+        <v>99</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254166839</t>
+          <t>9786254168109</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Hayvanlar</t>
+          <t>Bidigago - Bu İşin İçinde Matematik Var</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>45</v>
+        <v>265</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254167072</t>
+          <t>9786254168116</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Büyüyüorum Sebzeler</t>
+          <t>Dünyanın En Büyük Pırtı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>72</v>
+        <v>230</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254166792</t>
+          <t>9786254168062</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Doğa</t>
+          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>45</v>
+        <v>145</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254167171</t>
+          <t>8696602031591</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mental Aritmetik Toplama Çıkarma Alıştırmaları</t>
+          <t>Aile Sohbet Kartları</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>52</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254166860</t>
+          <t>9786254167935</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Bilim</t>
+          <t>Minik Dostlar - Ormanda Yürüyüş Boyama Kitabı</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254166884</t>
+          <t>9786254167911</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen Ve Ben - Çifte Final</t>
+          <t>Minik Dostlar - Evinin Yanında Boyama Kitabı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254166877</t>
+          <t>9786254167904</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sakura Baharı Bekliyor</t>
+          <t>Minik Dostlar - Deniz Altında Boyama Kitabı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>185</v>
+        <v>45</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254166594</t>
+          <t>9786254167898</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Mcqueen Çıkartmalı Boyama Kitabı</t>
+          <t>Minik Dostlar - Çiftlikte Oyun Boyama Kitabı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>54.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254166587</t>
+          <t>9786254167942</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Matchy Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Kayıp Dünyanın Tanrıları - Batık Adası</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>54.9</v>
+        <v>320</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254166570</t>
+          <t>9786254165498</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Grand Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Minnie Sihirli Unicorn Günü</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254166563</t>
+          <t>9786254167874</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Shine On Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Ağaç Arkadaşım</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>54.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254164750</t>
+          <t>9786254167966</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Sihirli Misafir</t>
+          <t>LOL Surprise Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254164767</t>
+          <t>9786254167805</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Doğum Günü Sürprizi</t>
+          <t>Küçük Bay ve Bayanlar Robot Macerası</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254164903</t>
+          <t>9786254167287</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Mükemmel Bir Yuva</t>
+          <t>Küçük Bayan Gösterişli</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254164910</t>
+          <t>9786254166747</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Okuma Dünyası Disney Alıce'in Harikalar Pastanesi Tatlı Bir Macera</t>
+          <t>Öpücüklere Dikkat Et</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>49</v>
+        <v>170</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254165306</t>
+          <t>9786254166709</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Şövalye Macerası</t>
+          <t>Burundaki Parmak</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254166495</t>
+          <t>9786254165146</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Çılgın Sihirli Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi 2 Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>42.9</v>
+        <v>119</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254165177</t>
+          <t>9786254167621</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Unicorn Boyama Kitabı</t>
+          <t>Cocomelon JJ Ve Arkadaşları İz Peşinde Ara Bul</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>54.9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254164729</t>
+          <t>9786254167652</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Pjmasks Kertenkele Çocuk Boyama Kitabı</t>
+          <t>Renkler Küsünce - Bir İnsan Hakları Masalı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254164736</t>
+          <t>9786254167782</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Pjmasks Baykuş Kız Boyama Kitabı</t>
+          <t>Bidigago Bir Dünya Fikir</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>119</v>
+        <v>265</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254165184</t>
+          <t>9786254167690</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Maskeni Tak Boyama Kitabı</t>
+          <t>Dünya Efsanelerinin Peşinde</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>54.9</v>
+        <v>205</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254164743</t>
+          <t>9786254167683</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - LOL Surprise Boyama Kitabı</t>
+          <t>Uzayda Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>119</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254165061</t>
+          <t>9786254167775</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar - Orman Macerası</t>
+          <t>Unicorn Sihri Denizkızları Buluşması</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254165078</t>
+          <t>9786254167676</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar - Mısır Macerası</t>
+          <t>Miyav Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>120</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254165054</t>
+          <t>9786254164125</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bay Sakin</t>
+          <t>Lol Surprise Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>120</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254164545</t>
+          <t>9786254163128</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Pandalık Yapalım! - Disney Pixar Kırmızı</t>
+          <t>Disney Karlar Ülkesi 2 - Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>45</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254163340</t>
+          <t>9786254167669</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Bidigago’ya Yolculuk</t>
+          <t>Çiftlikte Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>265</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254160349</t>
+          <t>9786254164941</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Mini Mini Prensesler Boyama Kitabı - 2</t>
+          <t>Canavar ve Bethany 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>72</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254163050</t>
+          <t>9786254167461</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 1 - Hızlı Okuyan Kazanır!</t>
+          <t>Bidigago- Fikrin Ustaları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>119</v>
+        <v>265</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254163074</t>
+          <t>9786254167331</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 3 - Hızlı Okuyan Kazanır!</t>
+          <t>Unicorn ve Deniz Kızı Etkinlik Çantam</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>119</v>
+        <v>97</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254163081</t>
+          <t>9786254166853</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 4 - Hızlı Okuyan Kazanır!</t>
+          <t>Oyun Temelli Okula Hazırlık Robotlar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>119</v>
+        <v>45</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254163524</t>
+          <t>9786254166846</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben, Hepimiz, Yaşasın Bedenimiz!</t>
+          <t>Oyun Temelli Okula Hazırlık Pjmasks</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>189</v>
+        <v>45</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254164088</t>
+          <t>9786254166808</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Neşelen! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Oyun Temelli Okula Hazırlık</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>39.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254164095</t>
+          <t>9786254167089</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Mutlu Ol! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Cocomelon Büyüyüorum Yuvada Bir Gün</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>39.9</v>
+        <v>72</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254164101</t>
+          <t>9786254166839</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kawaii İyi Hisset! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Oyun Temelli Okula Hazırlık Hayvanlar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>29.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254164118</t>
+          <t>9786254167072</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Gülümse - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Cocomelon Büyüyüorum Sebzeler</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>34.9</v>
+        <v>72</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254163067</t>
+          <t>9786254166792</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 2 - Hızlı Okuyan Kazanır!</t>
+          <t>Oyun Temelli Okula Hazırlık Doğa</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>119</v>
+        <v>45</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786050922172</t>
+          <t>9786254167171</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Fener Balığının Kayıp Işığı</t>
+          <t>Mental Aritmetik Toplama Çıkarma Alıştırmaları</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>28</v>
+        <v>52</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786050941456</t>
+          <t>9786254166860</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Portakal Sokağı Çocukları</t>
+          <t>Oyun Temelli Okula Hazırlık Bilim</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786050947854</t>
+          <t>9786254166884</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Işıltı ve Parıltı En Tatlı Kapkek Öykü</t>
+          <t>Sherlock Lüpen Ve Ben - Çifte Final</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786050951844</t>
+          <t>9786254166877</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Sofia Boyama Seti</t>
+          <t>Sakura Baharı Bekliyor</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>24</v>
+        <v>185</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786050951868</t>
+          <t>9786254166594</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Boyama Seti</t>
+          <t>Lol Surprise Mcqueen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>32</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786050963656</t>
+          <t>9786254166587</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Bahçe</t>
+          <t>Lol Surprise Matchy Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>30</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786050967944</t>
+          <t>9786254166570</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Lol Surprise Grand Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786050969245</t>
+          <t>9786254166563</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen Ve Ben 3</t>
+          <t>Lol Surprise Shine On Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>250</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786050969252</t>
+          <t>9786254164750</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen Ve Ben</t>
+          <t>Disney Prenses Saray Masalları Sihirli Misafir</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786050969269</t>
+          <t>9786254164767</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 8</t>
+          <t>Disney Prenses Saray Masalları Doğum Günü Sürprizi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786050969276</t>
+          <t>9786254164903</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 2</t>
+          <t>Disney Prenses Saray Masalları Mükemmel Bir Yuva</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786050970586</t>
+          <t>9786254164910</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Disney Uykudan Önce En Güzel Öyküler</t>
+          <t>Okuma Dünyası Disney Alıce'in Harikalar Pastanesi Tatlı Bir Macera</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>89</v>
+        <v>49</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786050970630</t>
+          <t>9786254165306</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Küçük Bay ve Bayanlar Şövalye Macerası</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>99.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786050971378</t>
+          <t>9786254166495</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Lol Surorise Neon Splatters</t>
+          <t>I Love Unicorn Çılgın Sihirli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>14.95</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786050971392</t>
+          <t>9786254165177</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Prezzie</t>
+          <t>Maskeni Tak - Unicorn Boyama Kitabı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>14.95</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786050971408</t>
+          <t>9786254164729</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprıse Snow Leopard</t>
+          <t>Maskeni Tak - Pjmasks Kertenkele Çocuk Boyama Kitabı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>14.95</v>
+        <v>119</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786050982466</t>
+          <t>9786254164736</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuklarına Günaydın (Ciltli)</t>
+          <t>Maskeni Tak - Pjmasks Baykuş Kız Boyama Kitabı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>500</v>
+        <v>119</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254167348</t>
+          <t>9786254165184</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar ve Hayvanlar Etkinlik Çantam</t>
+          <t>My Little Pony - Maskeni Tak Boyama Kitabı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>140</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254167294</t>
+          <t>9786254164743</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şarkısı</t>
+          <t>Maskeni Tak - LOL Surprise Boyama Kitabı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>210</v>
+        <v>119</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254167300</t>
+          <t>9786254165061</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Boyacısı</t>
+          <t>Küçük Bay ve Bayanlar Orman Macerası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254167188</t>
+          <t>9786254165078</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar-Tabii Ki Ben Kazanacağım!</t>
+          <t>Küçük Bay ve Bayanlar Mısır Macerası</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>309</v>
+        <v>120</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254161575</t>
+          <t>9786254165054</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kampı Maceraları</t>
+          <t>Bay Sakin</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254166631</t>
+          <t>9786254164545</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Minik Kulaklı Çello Miçello</t>
+          <t>Pandalık Yapalım! - Disney Pixar Kırmızı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>132</v>
+        <v>45</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254166457</t>
+          <t>9786254163340</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Anime Mutlu Boyama 2 Yeşil</t>
+          <t>Bidigago - Bidigago’ya Yolculuk</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>32</v>
+        <v>265</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254166440</t>
+          <t>9786254160349</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Anime Mutlu Boyama 1 Mor</t>
+          <t>Disney Prenses - Mini Mini Prensesler Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>32</v>
+        <v>72</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254166471</t>
+          <t>9786254163050</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Spor</t>
+          <t>Lol Surprise! Oyunlu Boyama 1 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>45</v>
+        <v>119</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254166464</t>
+          <t>9786254163074</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Meslekler</t>
+          <t>Lol Surprise! Oyunlu Boyama 3 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>45</v>
+        <v>119</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254166501</t>
+          <t>9786254163081</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çekilin Ben Okurum</t>
+          <t>Lol Surprise! Oyunlu Boyama 4 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>165</v>
+        <v>119</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254163333</t>
+          <t>9786254163524</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Amma da Korktunuz?</t>
+          <t>Sen, Ben, Hepimiz, Yaşasın Bedenimiz!</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>309</v>
+        <v>189</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254163326</t>
+          <t>9786254164088</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Ben de Oynayabilir miyim?</t>
+          <t>Kawaii Neşelen! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>309</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254165559</t>
+          <t>9786254164095</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Genç Kızım Ben 4 - Yaz Maceralarım</t>
+          <t>Kawaii Mutlu Ol! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254165535</t>
+          <t>9786254164101</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Yardım İster Misin?</t>
+          <t>Kawaii İyi Hisset! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>309</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254165511</t>
+          <t>9786254164118</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
+          <t>Kawaii Gülümse - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>109</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254165504</t>
+          <t>9786254163067</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
+          <t>Lol Surprise! Oyunlu Boyama 2 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254164835</t>
+          <t>9786050922172</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ile Renkli Klasikler Küçük Kadınlar</t>
+          <t>Fener Balığının Kayıp Işığı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254164842</t>
+          <t>9786050941456</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ile Renkli Klasikler - Hamlet</t>
+          <t>Portakal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>59</v>
+        <v>240</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254165269</t>
+          <t>9786050947854</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bostan Kardeşliği</t>
+          <t>Işıltı ve Parıltı En Tatlı Kapkek Öykü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>275</v>
+        <v>25</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254165252</t>
+          <t>9786050951844</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kaya</t>
+          <t>Disney Prenses Sofia Boyama Seti</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>169</v>
+        <v>24</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254165160</t>
+          <t>9786050951868</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Kovboy Boyama Kitabı</t>
+          <t>Disney Mickey Boyama Seti</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>75</v>
+        <v>32</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254165153</t>
+          <t>9786050963656</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - İtfaiyeci Boyama Kitabı</t>
+          <t>Buzdan Bahçe</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>54.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254163494</t>
+          <t>9786050967944</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Aceleci</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254163500</t>
+          <t>9786050969245</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Bay Neşeli</t>
+          <t>Sherlock Lupen Ve Ben 3</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254164637</t>
+          <t>9786050969252</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Uzamsal Akıl Yürütme</t>
+          <t>Sherlock Lupen Ve Ben</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254164859</t>
+          <t>9786050969269</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları</t>
+          <t>Sherlock Lüpen ve Ben 8</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254164606</t>
+          <t>9786050969276</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Aynı Farklı</t>
+          <t>Sherlock Lüpen ve Ben 2</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254164613</t>
+          <t>9786050970586</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Mantık</t>
+          <t>Disney Uykudan Önce En Güzel Öyküler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>270</v>
+        <v>89</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254164620</t>
+          <t>9786050970630</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Yaratıcılık</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>270</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254164934</t>
+          <t>9786050971378</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Lo</t>
+          <t>Lol Surorise Neon Splatters</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>320</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254165030</t>
+          <t>9786050971392</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz</t>
+          <t>Lol Surprise Prezzie</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>260</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254164781</t>
+          <t>9786050971408</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Dağ</t>
+          <t>Lol Surprıse Snow Leopard</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>260</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254164583</t>
+          <t>9786050982466</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty - Gezegenler Boyama Kitabı</t>
+          <t>Dünya Çocuklarına Günaydın (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>42</v>
+        <v>500</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254161506</t>
+          <t>9786254167348</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Dört Mevsim Boyama Kitabı</t>
+          <t>Taşıtlar ve Hayvanlar Etkinlik Çantam</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254165009</t>
+          <t>9786254167294</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar - Su Altı Macerası</t>
+          <t>Rüzgarın Şarkısı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254163456</t>
+          <t>9786254167300</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Yeni Bir Nesil Faaliyet Kitabı</t>
+          <t>Gökyüzü Boyacısı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254164873</t>
+          <t>9786254167188</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk: Eğlence Zamanı - Etkinlik Kitabı</t>
+          <t>Kafacanlar-Tabii Ki Ben Kazanacağım!</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>45</v>
+        <v>309</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254164880</t>
+          <t>9786254161575</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Düşleri - Neşeli Meyveler Boyama Kitabı</t>
+          <t>Uzay Kampı Maceraları</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254163487</t>
+          <t>9786254166631</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Cesur ve İyi Çıkartmalı Boyama Kitabı</t>
+          <t>Minik Kulaklı Çello Miçello</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>45</v>
+        <v>132</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254164996</t>
+          <t>9786254166457</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Meraklılar Kulübü - Pes Etmiyor</t>
+          <t>Kawaii Anime Mutlu Boyama 2 Yeşil</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254164866</t>
+          <t>9786254166440</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk: Mutlu Renkler - Boyama Kitabı</t>
+          <t>Kawaii Anime Mutlu Boyama 1 Mor</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254165016</t>
+          <t>9786254166471</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Cesur</t>
+          <t>Boyama Şenliği Spor</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254164897</t>
+          <t>9786254166464</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Düşleri - Harfleri Öğreniyorum</t>
+          <t>Boyama Şenliği Meslekler</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254164576</t>
+          <t>9786254166501</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı 2</t>
+          <t>Çekilin Ben Okurum</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254164569</t>
+          <t>9786254163333</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı</t>
+          <t>Kafacanlar - Amma da Korktunuz?</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>72</v>
+        <v>309</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254164538</t>
+          <t>9786254163326</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Mevsimler Boyama Kitabı</t>
+          <t>Kafacanlar - Ben de Oynayabilir miyim?</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>79.9</v>
+        <v>309</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254164484</t>
+          <t>9786254165559</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Labirentli Boyama Kitabı</t>
+          <t>14 Yaşında Bir Genç Kızım Ben 4 - Yaz Maceralarım</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>79.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254164514</t>
+          <t>9786254165535</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Dünya Turu Boyama Kitabı</t>
+          <t>Kafacanlar - Yardım İster Misin?</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>79.9</v>
+        <v>309</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254163425</t>
+          <t>9786254165511</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Okuma Dünyası Dısney Mıckey Yaz Günü Kar Eğlencesi (Ciltli)</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>49</v>
+        <v>109</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254164149</t>
+          <t>9786254165504</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Kraliçe Elsa Boyama Kitabı</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>45</v>
+        <v>109</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254164217</t>
+          <t>9786254164835</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Barbie Taçlı Boyama Kitabı</t>
+          <t>Disney Mickey ile Renkli Klasikler Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>36.9</v>
+        <v>59</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254164392</t>
+          <t>9786254164842</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sevimliliği - Taçlı Boyama Kitabı</t>
+          <t>Disney Mickey ile Renkli Klasikler - Hamlet</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254164385</t>
+          <t>9786254165269</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Robot Evreni - Taçlı Boyama Kitabı</t>
+          <t>Bostan Kardeşliği</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254164194</t>
+          <t>9786254165252</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Taçlı Boyama Kitabı</t>
+          <t>Yaşlı Kaya</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>45</v>
+        <v>169</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254161346</t>
+          <t>9786254165160</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Transformers Rescue Bots Academy - Şekillerle Öğreniyorum Faaliyet Kitabı</t>
+          <t>Maskeni Tak - Kovboy Boyama Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>54.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254164187</t>
+          <t>9786254165153</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Disney Süslü Minnie Boyama Kitabı</t>
+          <t>Maskeni Tak - İtfaiyeci Boyama Kitabı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>36.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254163470</t>
+          <t>9786254163494</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Şimşek Mcqueen Boyama Kitabı</t>
+          <t>Küçük Bayan Aceleci</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>32.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254164156</t>
+          <t>9786254163500</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Yarışları Boyama Kitabı</t>
+          <t>Bay Neşeli</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254164170</t>
+          <t>9786254164637</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Taçlı Boyama Kitabı</t>
+          <t>Kumon - Uzamsal Akıl Yürütme</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254163418</t>
+          <t>9786254164859</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Disney 101 Dalmaçyalı Afacan Benekler</t>
+          <t>Kayıp Dünyanın Tanrıları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254164491</t>
+          <t>9786254164606</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Uzay Macerası</t>
+          <t>Kumon - Aynı Farklı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254164521</t>
+          <t>9786254164613</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Japonya Macerası</t>
+          <t>Kumon - Mantık</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254164507</t>
+          <t>9786254164620</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay Ve Bayanlar Dinozor Macerası</t>
+          <t>Kumon - Yaratıcılık</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254164552</t>
+          <t>9786254164934</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kiki Ve Mohan Zombi Kral’a Karşı</t>
+          <t>Lo</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254163289</t>
+          <t>9786254165030</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Kuzucuk Çiftlikte - Eğlence Boyama Kitabı</t>
+          <t>Hepimiz</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>45</v>
+        <v>260</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254163296</t>
+          <t>9786254164781</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Kahraman Kuzucuk</t>
+          <t>Minecraft Dağ</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>45</v>
+        <v>260</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254163302</t>
+          <t>9786254164583</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Elif'in Düşleri - Şekillerle Öğreniyorum</t>
+          <t>Hello Kitty - Gezegenler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254163319</t>
+          <t>9786254161506</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Elif'in Düşleri - Ayva Bahçesinde Düş Zamanı</t>
+          <t>Disney Karlar Ülkesi 2 - Dört Mevsim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254163364</t>
+          <t>9786254165009</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Bulmaca Kulesi Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Su Altı Macerası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254163357</t>
+          <t>9786254163456</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Bulmaca Kulesi Faaliyet Kitabı</t>
+          <t>My Little Pony - Yeni Bir Nesil Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254164378</t>
+          <t>9786254164873</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Genç Kızım Ben 3 - Eyvah Zikzak Çiziyorum</t>
+          <t>Kuzucuk: Eğlence Zamanı - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254162862</t>
+          <t>9786254164880</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi’ne Yolculuk</t>
+          <t>Elif'in Düşleri - Neşeli Meyveler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254164415</t>
+          <t>9786254163487</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kulübü Zeka Bulmacaları</t>
+          <t>Disney Prenses - Cesur ve İyi Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254164408</t>
+          <t>9786254164996</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kulübü Sayı Bulmacaları</t>
+          <t>Küçük Bay ve Bayanlar Pes Etmiyor</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254163432</t>
+          <t>9786254164866</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
+          <t>Kuzucuk: Mutlu Renkler - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>29</v>
+        <v>45</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254163449</t>
+          <t>9786254165016</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
+          <t>Küçük Bayan Cesur</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254163234</t>
+          <t>9786254164897</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Tatlı Boyama Çok Çok Çıkartmalı!</t>
+          <t>Elif'in Düşleri - Harfleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254163241</t>
+          <t>9786254164576</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Şirin Boyama Çok Çok Çıkartmalı!</t>
+          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254163227</t>
+          <t>9786254164569</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Sevimli Boyama Çok Çok Çıkartmalı!</t>
+          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>52</v>
+        <v>72</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254163258</t>
+          <t>9786254164538</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Güzel Boyama Çok Çok Çıkartmalı!</t>
+          <t>Küçük Bay ve Bayanlar Mevsimler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254163272</t>
+          <t>9786254164484</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimi Nildişi İle Gülmenin Formülü</t>
+          <t>Küçük Bay ve Bayanlar Labirentli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>189</v>
+        <v>79</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786253942144</t>
+          <t>9786254164514</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar</t>
+          <t>Küçük Bay ve Bayanlar Dünya Turu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>150</v>
+        <v>79</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254163203</t>
+          <t>9786254163425</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing'den Zeka Oyunları</t>
+          <t>Okuma Dünyası Dısney Mıckey Yaz Günü Kar Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>239</v>
+        <v>49</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254163197</t>
+          <t>9786254164149</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing'den Matematik Oyunları</t>
+          <t>Disney Karlar Ülkesi - Kraliçe Elsa Boyama Kitabı</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254162909</t>
+          <t>9786254164217</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks</t>
+          <t>Barbie Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>90</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254162916</t>
+          <t>9786254164392</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Evde Pony Partisi Boyama Evi</t>
+          <t>Unicorn Sevimliliği - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254162770</t>
+          <t>9786254164385</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Disney Junnior Minnie</t>
+          <t>Robot Evreni - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254162794</t>
+          <t>9786254164194</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Disney Junior Mickey</t>
+          <t>My Little Pony - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786253942151</t>
+          <t>9786254161346</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Transformers Rescue Bots Academy - Şekillerle Öğreniyorum Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>150</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254162923</t>
+          <t>9786254164187</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Barbie (Evde Moda Partisi)</t>
+          <t>Disney Süslü Minnie Boyama Kitabı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>90</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254162930</t>
+          <t>9786254163470</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Aris’in Yolculuğu Dünya</t>
+          <t>Disney Arabalar Şimşek Mcqueen Boyama Kitabı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>175</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254162602</t>
+          <t>9786254164156</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Kırçıl</t>
+          <t>Disney Mickey Yarışları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254162756</t>
+          <t>9786254164170</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Cam Kafes</t>
+          <t>LOL Surprise Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254162039</t>
+          <t>9786254163418</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Lol O.M.G Boyama Kitabı Harika Kızlar!</t>
+          <t>Disney 101 Dalmaçyalı Afacan Benekler</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>34.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254162947</t>
+          <t>9786254164491</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Taşıtlar</t>
+          <t>Küçük Bay ve Bayanlar Uzay Macerası</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254162978</t>
+          <t>9786254164521</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Rakamlar</t>
+          <t>Küçük Bay ve Bayanlar Japonya Macerası</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>42</v>
+        <v>120</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254162961</t>
+          <t>9786254164507</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Meyve Sebze</t>
+          <t>Küçük Bay ve Bayanlar Dinozor Macerası</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>42</v>
+        <v>120</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254162749</t>
+          <t>9786254164552</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceği Sözü</t>
+          <t>Kiki Ve Mohan Zombi Kral’a Karşı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254160004</t>
+          <t>9786254163289</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen ve Ben 12</t>
+          <t>TRT Çocuk - Kuzucuk Çiftlikte - Eğlence Boyama Kitabı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>165</v>
+        <v>45</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254162886</t>
+          <t>9786254163296</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Cadıların Gecesi</t>
+          <t>TRT Çocuk - Kahraman Kuzucuk</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254162329</t>
+          <t>9786254163302</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Karpuz</t>
+          <t>TRT Çocuk - Elif'in Düşleri - Şekillerle Öğreniyorum</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254162060</t>
+          <t>9786254163319</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>George ve Zaman Gemisi</t>
+          <t>TRT Çocuk - Elif'in Düşleri - Ayva Bahçesinde Düş Zamanı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>8696602030624</t>
+          <t>9786254163364</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Kartları Sorularla Büyüyoruz</t>
+          <t>TRT Çocuk - Bulmaca Kulesi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>127.12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254162527</t>
+          <t>9786254163357</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Cam Kavanozlar</t>
+          <t>TRT Çocuk - Bulmaca Kulesi Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>219</v>
+        <v>45</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254160608</t>
+          <t>9786254164378</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>14 Yaşında Bir Genç Kızım Ben 3 - Eyvah Zikzak Çiziyorum</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254160448</t>
+          <t>9786254162862</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Satranç Ülkesi’ne Yolculuk</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>49.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254162077</t>
+          <t>9786254164415</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İlk Maç Heyecanı</t>
+          <t>Beyin Kulübü Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>199</v>
+        <v>75</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254161841</t>
+          <t>9786254164408</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Pembe Seven Oğlan</t>
+          <t>Beyin Kulübü Sayı Bulmacaları</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254160431</t>
+          <t>9786254163432</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>49.9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254160455</t>
+          <t>9786254163449</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>49.9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254160592</t>
+          <t>9786254163234</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>I Love Unicorn En Tatlı Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>175</v>
+        <v>52</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254160585</t>
+          <t>9786254163241</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>I Love Unicorn En Şirin Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>175</v>
+        <v>52</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254162046</t>
+          <t>9786254163227</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Alfabem</t>
+          <t>I Love Unicorn En Sevimli Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>140</v>
+        <v>52</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254160424</t>
+          <t>9786254163258</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>I Love Unicorn En Güzel Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>49.9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254161353</t>
+          <t>9786254163272</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks</t>
+          <t>Diş Hekimi Nildişi İle Gülmenin Formülü</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>14.9</v>
+        <v>189</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254161469</t>
+          <t>9786253942144</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Son Darin 3</t>
+          <t>Disney Pixar Arabalar</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>58</v>
+        <v>150</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254160578</t>
+          <t>9786254163203</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Portakal Sokağı Çocukları 3</t>
+          <t>Alan Turing'den Zeka Oyunları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>240</v>
+        <v>239</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254161650</t>
+          <t>9786254163197</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Geç Kızım Ben 2</t>
+          <t>Alan Turing'den Matematik Oyunları</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>140</v>
+        <v>239</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786050983661</t>
+          <t>9786254162909</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Cingo</t>
+          <t>Pjmasks</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786050979671</t>
+          <t>9786254162916</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekalı Robotlar - Çılgın Deneyler Kulübü 2</t>
+          <t>My Little Pony - Evde Pony Partisi Boyama Evi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050979626</t>
+          <t>9786254162770</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Işınlama Kazası - Çılgın Deneyler Kulübü 1</t>
+          <t>Disney Junnior Minnie</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786050969504</t>
+          <t>9786254162794</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Taşıtlar</t>
+          <t>Disney Junior Mickey</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786050969535</t>
+          <t>9786253942151</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Evcil Dostlar</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786050969542</t>
+          <t>9786254162923</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Okyanus</t>
+          <t>Barbie (Evde Moda Partisi)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050978100</t>
+          <t>9786254162930</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Eğlence</t>
+          <t>Aris’in Yolculuğu Dünya</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050971248</t>
+          <t>9786254162602</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yapay Zekanın Sırları</t>
+          <t>Teşekkürler Kırçıl</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050964790</t>
+          <t>9786254162756</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2</t>
+          <t>Cam Kafes</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>75.25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050965490</t>
+          <t>9786254162039</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Zile Basıp Kaçanlar</t>
+          <t>Lol O.M.G Boyama Kitabı Harika Kızlar!</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>140</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050928785</t>
+          <t>9786254162947</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Fosforik Orman Boyama Kitabı</t>
+          <t>Boyama Şenliği Taşıtlar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>40.58</v>
+        <v>45</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789759910259</t>
+          <t>9786254162978</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Dişleme Kitabım (Ciltli)</t>
+          <t>Boyama Şenliği Rakamlar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>57.97</v>
+        <v>42</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050929706</t>
+          <t>9786254162961</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Noktala</t>
+          <t>Boyama Şenliği Meyve Sebze</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>71.08</v>
+        <v>42</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050927672</t>
+          <t>9786254162749</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Star Wars (Ciltli)</t>
+          <t>Ateş Böceği Sözü</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>86.44</v>
+        <v>175</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050928235</t>
+          <t>9786254160004</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi</t>
+          <t>Sherlock Lupen ve Ben 12</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>98</v>
+        <v>165</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786050928242</t>
+          <t>9786254162886</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Disney Presnses Sofia</t>
+          <t>Arayış Ormanı - Cadıların Gecesi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>98</v>
+        <v>230</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786050919264</t>
+          <t>9786254162329</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Oyun Seti</t>
+          <t>Sihirli Karpuz</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786050902846</t>
+          <t>9786254162060</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Maceraları</t>
+          <t>George ve Zaman Gemisi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>86</v>
+        <v>220</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050928068</t>
+          <t>8696602030624</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Disney Yaz Sil Minnie</t>
+          <t>Sohbet Kartları Sorularla Büyüyoruz</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>185</v>
+        <v>127.12</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050932621</t>
+          <t>9786254162527</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+          <t>Cam Kavanozlar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>64</v>
+        <v>219</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050932638</t>
+          <t>9786254160608</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses 3 Boyutlu Maske Kitabı</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>52.88</v>
+        <v>175</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050928792</t>
+          <t>9786254160448</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Fosforik Çiftlik Boyama Kitabı</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>61</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050927979</t>
+          <t>9786254162077</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Barbie Sihirli Kanatlar</t>
+          <t>İlk Maç Heyecanı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>61</v>
+        <v>199</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050921014</t>
+          <t>9786254161841</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Pembecik ile Çıkartmalı Oyunlar</t>
+          <t>Pembe Seven Oğlan</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>71.08</v>
+        <v>155</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050914429</t>
+          <t>9786254160431</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kız (Ciltli)</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>100.68</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050901450</t>
+          <t>9786254160455</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Disney Winnie The Pooh (Ciltli)</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>121</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050935615</t>
+          <t>9786254160592</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Pinkie'nin Sessiz Partisi</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>98</v>
+        <v>175</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050935301</t>
+          <t>9786254160585</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Donkey Ville Hazinesi</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>98</v>
+        <v>175</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050959307</t>
+          <t>9786254162046</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Disney Toy Story 4</t>
+          <t>Muhteşem Alfabem</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050935653</t>
+          <t>9786254160424</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Barbie Ve Ajanlar Gizli Görevde Çıkartma</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>61</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050928860</t>
+          <t>9786254161353</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Mini Yapboz Kitabım</t>
+          <t>Pjmasks</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>90</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050928853</t>
+          <t>9786254161469</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Fare'nin Kulüpevi</t>
+          <t>Son Darin 3</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050928556</t>
+          <t>9786254160578</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Lego Friends Güzel Anılar</t>
+          <t>Portakal Sokağı Çocukları 3</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050935219</t>
+          <t>9786254161650</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Sahne Çıkartmaları</t>
+          <t>14 Yaşında Bir Geç Kızım Ben 2</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050929591</t>
+          <t>9786255745149</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Sil Alıştırma Kitabı</t>
+          <t>Eyvah Arılar Müzelik Oldu!</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050930320</t>
+          <t>9786050983661</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Kutlama İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Cingo</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050928020</t>
+          <t>9786050979671</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Disney Channel Boyama Keyfi</t>
+          <t>Yapay Zekalı Robotlar - Çılgın Deneyler Kulübü 2</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>50.75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050931112</t>
+          <t>9786255745125</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Neşeli Yapboz Kitabım</t>
+          <t>Zehirli Topraklar - Yeryüzü Takımı 2</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050944426</t>
+          <t>9786050979626</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Zaman Hakkında Her Şey</t>
+          <t>Işınlama Kazası - Çılgın Deneyler Kulübü 1</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050944419</t>
+          <t>9786050969504</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Pinkie Pie ve Sır Tutma Sorunu</t>
+          <t>Kıpır Kıpır Kitaplar Taşıtlar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050945249</t>
+          <t>9786050969535</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Prenses Eğlence Çantam</t>
+          <t>Kıpır Kıpır Kitaplar Evcil Dostlar</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050944815</t>
+          <t>9786050969542</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balık Dori Boyama Rulosu</t>
+          <t>Kıpır Kıpır Kitaplar Okyanus</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050936216</t>
+          <t>9786050978100</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Buz Canavarı</t>
+          <t>Küçük Bayan Eğlence</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>81.25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050950588</t>
+          <t>9786050971248</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dişleme Kitabım (Ciltli)</t>
+          <t>Çocuklar İçin Yapay Zekanın Sırları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>49.83</v>
+        <v>275</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050950571</t>
+          <t>9786050964790</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Renkler Dişleme Kitabım (Ciltli)</t>
+          <t>Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>49.83</v>
+        <v>75.25</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050944709</t>
+          <t>9786050965490</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Boyama</t>
+          <t>Zile Basıp Kaçanlar</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050945232</t>
+          <t>9786050928785</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Peri Eğlence Çantam</t>
+          <t>Fosforik Orman Boyama Kitabı</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>82.8</v>
+        <v>40.58</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050958638</t>
+          <t>9789759910259</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Maşa İle Koca Ayı Faaliyet Zamanı</t>
+          <t>Dişleme Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>91.42</v>
+        <v>57.97</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050944747</t>
+          <t>9786050929706</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Arabalar 3 Boyama Rulosu</t>
+          <t>Noktala</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>250</v>
+        <v>71.08</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050950274</t>
+          <t>9786050927672</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar-İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Star Wars (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>250</v>
+        <v>86.44</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050946338</t>
+          <t>9786050928235</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Mouse ve Çılgın Yarışçılar (Ciltli)</t>
+          <t>Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>225</v>
+        <v>98</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050948684</t>
+          <t>9786050928242</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Lego Starwars</t>
+          <t>Disney Presnses Sofia</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>225</v>
+        <v>98</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050950465</t>
+          <t>9786050919264</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Yaratıcı Minikler (Ciltli)</t>
+          <t>Disney Minnie Oyun Seti</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050944839</t>
+          <t>9786050902846</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Mouse (Ciltli)</t>
+          <t>Kahramanlık Maceraları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>230</v>
+        <v>86</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050948905</t>
+          <t>9786050928068</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İlginç Meslekler 2 - Pandonim Sanatçısı</t>
+          <t>Disney Yaz Sil Minnie</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050945713</t>
+          <t>9786050932621</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 3: Sonsuz Mutluluğun Sonu</t>
+          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>480</v>
+        <v>64</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050941685</t>
+          <t>9786050932638</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Olaf'ın Maceraları (Ciltli)</t>
+          <t>Disney Prenses 3 Boyutlu Maske Kitabı</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>170</v>
+        <v>52.88</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050941678</t>
+          <t>9786050928792</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Mickey Fare'nin Kulüpevi (Ciltli)</t>
+          <t>Fosforik Çiftlik Boyama Kitabı</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>250</v>
+        <v>61</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050934304</t>
+          <t>9786050927979</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Arkadaşları Hayvanların Muhteşem Dünyası</t>
+          <t>Barbie Sihirli Kanatlar</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>71.08</v>
+        <v>61</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050933963</t>
+          <t>9786050921014</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Anna ve Elsa'nın Harika Dünyası</t>
+          <t>Pembecik ile Çıkartmalı Oyunlar</t>
         </is>
       </c>
       <c r="C768" s="1">
         <v>71.08</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050932799</t>
+          <t>9786050914429</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Disney Zootropolis Hayvanlar Şehri</t>
+          <t>Çilek Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>99</v>
+        <v>100.68</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050931815</t>
+          <t>9786050901450</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+          <t>Disney Winnie The Pooh (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>55.93</v>
+        <v>121</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
+          <t>9786050935615</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Pinkie'nin Sessiz Partisi</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786050935301</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Donkey Ville Hazinesi</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786050959307</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Disney Toy Story 4</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786050935653</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Barbie Ve Ajanlar Gizli Görevde Çıkartma</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786050928860</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Disney Prenses Mini Yapboz Kitabım</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786050928853</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Fare'nin Kulüpevi</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786050928556</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Lego Friends Güzel Anılar</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786050935219</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Sahne Çıkartmaları</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786050929591</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Yaz ve Sil Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786050930320</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi Kutlama İlk Yapboz Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786050928020</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Disney Channel Boyama Keyfi</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>50.75</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786050931112</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Neşeli Yapboz Kitabım</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786050944426</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Zaman Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786050944419</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>My Little Pony - Pinkie Pie ve Sır Tutma Sorunu</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786050945249</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Prenses Eğlence Çantam</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786050944815</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Balık Dori Boyama Rulosu</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786050936216</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi Buz Canavarı</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>81.25</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786050950588</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dişleme Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>49.83</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786050950571</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Dişleme Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>49.83</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786050944709</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Disney Prenses Boyama</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786050945232</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Peri Eğlence Çantam</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>82.8</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786255745330</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Çantamdaki Öyküler</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786050958638</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Maşa İle Koca Ayı Faaliyet Zamanı</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>91.42</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786050944747</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Arabalar 3 Boyama Rulosu</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786050950274</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey ve Çılgın Yarışçılar-İlk Yapboz Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786050946338</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Mouse ve Çılgın Yarışçılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786050948684</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Lego Starwars</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786050950465</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Yaratıcı Minikler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786050944839</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Mouse (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786050948905</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Meslekler 2 - Pandonim Sanatçısı</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786050945713</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>İyilik ve Kötülük Okulu 3: Sonsuz Mutluluğun Sonu</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786050941685</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Karlar Ülkesi Olaf'ın Maceraları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786050941678</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Mickey Fare'nin Kulüpevi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786050934304</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey ve Arkadaşları Hayvanların Muhteşem Dünyası</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>71.08</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786050933963</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi Anna ve Elsa'nın Harika Dünyası</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>71.08</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786050932799</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Disney Zootropolis Hayvanlar Şehri</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786050931815</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>55.93</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786255745316</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Gıdıklanan Kitap</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786255745286</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Evin Gizemi</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786255745118</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Mühürler Sandığı 1 - Gizli Görev: Sümer</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
           <t>9786050930153</t>
         </is>
       </c>
-      <c r="B771" s="1" t="inlineStr">
+      <c r="B811" s="1" t="inlineStr">
         <is>
           <t>Doğa Dedektifleri-1 Gizemli Laboratuvar</t>
         </is>
       </c>
-      <c r="C771" s="1">
+      <c r="C811" s="1">
         <v>170</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786255745347</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Valizdeki Kedi</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786255745309</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Tarih 6. Sınıf</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786255745323</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Fener Balığının Kayıp Işığı</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>