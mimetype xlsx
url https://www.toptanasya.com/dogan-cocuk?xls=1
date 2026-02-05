--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,12235 +85,12475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255745576</t>
+          <t>9786255745910</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zootropolis 2 - Rüya Takımı</t>
+          <t>Disney Zootropolis Sihirli Dünya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255745477</t>
+          <t>9786255745682</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zootropolis 2: Çok Boya! - Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Disney Winnie The Pooh - Bahar Öykülerim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255922151</t>
+          <t>9786255745675</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Dünya Günü Macerası</t>
+          <t>Disney Winnie The Pooh - Güz Öykülerim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255745651</t>
+          <t>9786255745699</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Turuncu (7 Kitap Bir Arada) (Ciltli)</t>
+          <t>Disney Winnie The Pooh - Yaz Öykülerim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255745422</t>
+          <t>9786255745668</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Mor Kapak (7 Kitap Bir Arada) (Ciltli)</t>
+          <t>Disney Winnie The Pooh - Kış Öykülerim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255745620</t>
+          <t>9786255745644</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kendin Gibi</t>
+          <t>Disney İlk Öykülerim – Stiç Çok Nazik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255745613</t>
+          <t>9786255745637</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Göğe Bakan Çocuk</t>
+          <t>Disney İlk Öykülerim - Elsa Kız Kardeşini Seviyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255745590</t>
+          <t>9786255745569</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinan Bir de Süleyman</t>
+          <t>Disney Sihirli Öykü Hazinem (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255745606</t>
+          <t>9786255642097</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Topraktaki Yıldızlar</t>
+          <t>Squishmallows Pofuduk Çıkartmalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255745224</t>
+          <t>9786255642103</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Merak Ediyorum - Yapay Zeka</t>
+          <t>Squishmallows Sevimli Çıkartmalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255642851</t>
+          <t>9786255745842</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Disney Stiç - Bol Çıkartmalı Etkinlik Kitabı</t>
+          <t>Ne Olmuş Yani?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>399</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255642868</t>
+          <t>9786255642837</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Bol Çıkartmalı Etkinlik Kitabı</t>
+          <t>İlham Perileri: Mimar Sinan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>399</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8696602034356</t>
+          <t>9786255745873</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yapabilirim Kutulu Set</t>
+          <t>Doğa Dostunun Başucu Rehberi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255745248</t>
+          <t>9786255642882</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yapabilirim - Odamı Topluyorum</t>
+          <t>Hot Wheels – Turbo Meydan Okuma Çok Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255745279</t>
+          <t>9786255642844</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yapabilirim - Giyinmeyi Öğreniyorum</t>
+          <t>Disney Prenses – Şatoları Keşfet Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255745262</t>
+          <t>9786256161979</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yapabilirim - Dişlerimi Fırçalıyorum</t>
+          <t>Disney Karlar Ülkesi: Sihirli Elbiseler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255745255</t>
+          <t>9786255745576</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kendim Yapabilirim - Uyku Zamanı</t>
+          <t>Zootropolis 2 - Rüya Takımı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255642622</t>
+          <t>9786255745477</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig ve Evie - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Zootropolis 2: Çok Boya! - Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255642769</t>
+          <t>9786255922151</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Yeni Kız Kardeşimiz</t>
+          <t>Peppa Pig - Dünya Günü Macerası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255642905</t>
+          <t>9786255745651</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Mutluyum (Ciltli)</t>
+          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Turuncu (7 Kitap Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255642936</t>
+          <t>9786255745422</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nebulous Stars – Marinia Ve Ateş Kalbi</t>
+          <t>Klasik Müzik Masalları Tek Cilt Özel Baskı Mor Kapak (7 Kitap Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>199</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255642967</t>
+          <t>9786255745620</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nebulous Stars – Nebullia ve Kayan Gizemli Küçük Yıldız</t>
+          <t>Kendin Gibi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255642943</t>
+          <t>9786255745613</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nebulous Stars – Iceana ve Kaybolan Mavi Çiçekler</t>
+          <t>Göğe Bakan Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255642950</t>
+          <t>9786255745590</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nebulous Stars – Hazelia ve Büyülü Ağaç Ev</t>
+          <t>Bir Sinan Bir de Süleyman</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255745019</t>
+          <t>9786255745606</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim – Winnie Arkadaş Ediniyor</t>
+          <t>Topraktaki Yıldızlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255745002</t>
+          <t>9786255745224</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim – Tinker Bell Sürpriz Parti Düzenliyor</t>
+          <t>Geleceği Merak Ediyorum - Yapay Zeka</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255642998</t>
+          <t>9786255642851</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim – Minnie İle Sevimli Unicorn</t>
+          <t>Disney Stiç - Bol Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255642981</t>
+          <t>9786255642868</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim – Alis Büyümek İstiyor</t>
+          <t>Disney Karlar Ülkesi 2 - Bol Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255642899</t>
+          <t>8696602034356</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada</t>
+          <t>Kendim Yapabilirim Kutulu Set</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255745026</t>
+          <t>9786255745248</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Teo ve Hüso - Uzay Yolculuğu</t>
+          <t>Kendim Yapabilirim - Odamı Topluyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255745033</t>
+          <t>9786255745279</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Teo ve Hüso - Dinozorlar Vadisi</t>
+          <t>Kendim Yapabilirim - Giyinmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255745231</t>
+          <t>9786255745262</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kayıp Renkleri</t>
+          <t>Kendim Yapabilirim - Dişlerimi Fırçalıyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254168956</t>
+          <t>9786255745255</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - George'un Yarış Arabası</t>
+          <t>Kendim Yapabilirim - Uyku Zamanı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254168727</t>
+          <t>9786255642622</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Büyüyünce Ne Olsam?</t>
+          <t>Peppa Pig ve Evie - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255922939</t>
+          <t>9786255642769</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
+          <t>Peppa Pig Yeni Kız Kardeşimiz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255922823</t>
+          <t>9786255642905</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Unicorn - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
+          <t>Küçük Bay ve Bayanlar Mutluyum (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255642974</t>
+          <t>9786255642936</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Deneme 1,2,3</t>
+          <t>Nebulous Stars – Marinia Ve Ateş Kalbi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255642547</t>
+          <t>9786255642967</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kolaj Olur - Sürpriz Suratlar</t>
+          <t>Nebulous Stars – Nebullia ve Kayan Gizemli Küçük Yıldız</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8696602034110</t>
+          <t>9786255642943</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar Serisi Kutulu Set (Ciltli)</t>
+          <t>Nebulous Stars – Iceana ve Kaybolan Mavi Çiçekler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255642608</t>
+          <t>9786255642950</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Vurmak Yok (Ciltli)</t>
+          <t>Nebulous Stars – Hazelia ve Büyülü Ağaç Ev</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255642592</t>
+          <t>9786255745019</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Güle Güle Emzik (Ciltli)</t>
+          <t>Disney İlk Öykülerim – Winnie Arkadaş Ediniyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255642110</t>
+          <t>9786255745002</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Güle Güle Bez (Ciltli)</t>
+          <t>Disney İlk Öykülerim – Tinker Bell Sürpriz Parti Düzenliyor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255642615</t>
+          <t>9786255642998</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adımlar - Isırmak Yok (Ciltli)</t>
+          <t>Disney İlk Öykülerim – Minnie İle Sevimli Unicorn</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255642929</t>
+          <t>9786255642981</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ustam, Ben ve Beyaz Fil</t>
+          <t>Disney İlk Öykülerim – Alis Büyümek İstiyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255642912</t>
+          <t>9786255642899</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Bazen Endişeleniyorum</t>
+          <t>Issız Ada</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255642523</t>
+          <t>9786255745026</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Mozart</t>
+          <t>Teo ve Hüso - Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255642752</t>
+          <t>9786255745033</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Sıkıcı Kitabı</t>
+          <t>Teo ve Hüso - Dinozorlar Vadisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255922304</t>
+          <t>9786255745231</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty and Friends Oyun Kutusu</t>
+          <t>Annemin Kayıp Renkleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255642226</t>
+          <t>9786254168956</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuromi Oyun Kutusu</t>
+          <t>Peppa Pig - George'un Yarış Arabası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255642561</t>
+          <t>9786254168727</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Pamuk Prenses Ve Yedi Cüceler</t>
+          <t>Peppa Pig - Büyüyünce Ne Olsam?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255642578</t>
+          <t>9786255922939</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Pinokyo</t>
+          <t>Kuromi - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255642554</t>
+          <t>9786255922823</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Bambi</t>
+          <t>Unicorn - Hazine Sandığı (Taç Hediyeli Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255642585</t>
+          <t>9786255642974</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kütüphane - Sihirbazın Çırağı</t>
+          <t>Deneme 1,2,3</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255642653</t>
+          <t>9786255642547</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Labubu Pinky Rose Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Her Şey Kolaj Olur - Sürpriz Suratlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255642639</t>
+          <t>8696602034110</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Labubu Clover Luck Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Adımlar Serisi Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255642646</t>
+          <t>9786255642608</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Labubu Honeypie Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Adımlar - Vurmak Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255642288</t>
+          <t>9786255642592</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Labubu Blueberry Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Adımlar - Güle Güle Emzik (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255642745</t>
+          <t>9786255642110</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Aradığım Gün</t>
+          <t>Küçük Adımlar - Güle Güle Bez (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255642738</t>
+          <t>9786255642615</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gezegen İnşa Etme Rehberi</t>
+          <t>Küçük Adımlar - Isırmak Yok (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>279</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255642721</t>
+          <t>9786255642929</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Platon</t>
+          <t>Ustam, Ben ve Beyaz Fil</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255922595</t>
+          <t>9786255642912</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Transformers - Macera (Ciltli)</t>
+          <t>Küçük Bay ve Bayanlar Bazen Endişeleniyorum</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255642240</t>
+          <t>9786255642523</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Domuzcuk - Bildiğin Masallardan Değil (Ciltli)</t>
+          <t>Kardeşim Mozart</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255642233</t>
+          <t>9786255642752</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Bildiğin Masallardan Değil (Ciltli)</t>
+          <t>Dünyanın En Sıkıcı Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>199</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255922991</t>
+          <t>9786255922304</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Görgü Kuralları (Ciltli)</t>
+          <t>Hello Kitty and Friends Oyun Kutusu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255642004</t>
+          <t>9786255642226</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Sihirli Kelimeler (Ciltli)</t>
+          <t>Kuromi Oyun Kutusu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255922977</t>
+          <t>9786255642561</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum- Beş Duyumuz (Ciltli)</t>
+          <t>Sihirli Kütüphane - Pamuk Prenses Ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255922984</t>
+          <t>9786255642578</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Öğreniyorum - Duygularımız (Ciltli)</t>
+          <t>Sihirli Kütüphane - Pinokyo</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255922427</t>
+          <t>9786255642554</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Sihirli Saray</t>
+          <t>Sihirli Kütüphane - Bambi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255642134</t>
+          <t>9786255642585</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>SMA Hastası Bir Kardeşim Var</t>
+          <t>Sihirli Kütüphane - Sihirbazın Çırağı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255642516</t>
+          <t>9786255642653</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt’tan</t>
+          <t>Labubu Pinky Rose Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255642394</t>
+          <t>9786255642639</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>3 Muzip Matrak Masal</t>
+          <t>Labubu Clover Luck Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255642448</t>
+          <t>9786255642646</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Evimiz (Ciltli)</t>
+          <t>Labubu Honeypie Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255922816</t>
+          <t>9786255642288</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabaları - Parıltılı Etkinlikler Kitabı (Ciltli)</t>
+          <t>Labubu Blueberry Çılgın Koleksiyon – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255642141</t>
+          <t>9786255642745</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bu Robotlar Çok Akıllı</t>
+          <t>Mutluluğu Aradığım Gün</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255922847</t>
+          <t>9786255642738</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dısney Prenses - Sonsuza Dek Mutlu Boyama (Ciltli)</t>
+          <t>Gezegen İnşa Etme Rehberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255642271</t>
+          <t>9786255642721</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Denesen Belki Seversin (Ciltli)</t>
+          <t>Kardeşim Platon</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255922953</t>
+          <t>9786255922595</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Bazen Üzülüyorum (Ciltli)</t>
+          <t>Transformers - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255642219</t>
+          <t>9786255642240</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Disney- Lilo ve Stiç</t>
+          <t>Üç Küçük Domuzcuk - Bildiğin Masallardan Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255642202</t>
+          <t>9786255642233</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Disney- Stiç</t>
+          <t>Kırmızı Başlıklı Kız - Bildiğin Masallardan Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255642363</t>
+          <t>9786255922991</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Labubu- 100 Çıkartmalı Boyama Kitabı</t>
+          <t>Öykülerle Öğreniyorum- Görgü Kuralları (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255642332</t>
+          <t>9786255642004</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mor Labubu</t>
+          <t>Öykülerle Öğreniyorum- Sihirli Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255642349</t>
+          <t>9786255922977</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mavi Labubu</t>
+          <t>Öykülerle Öğreniyorum- Beş Duyumuz (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255922854</t>
+          <t>9786255922984</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg - En Büyük Abla Peppa</t>
+          <t>Öykülerle Öğreniyorum - Duygularımız (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255642172</t>
+          <t>9786255922427</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Tatlı Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi - Sihirli Saray</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255642158</t>
+          <t>9786255642134</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Parti Boyama Kitabı</t>
+          <t>SMA Hastası Bir Kardeşim Var</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255642165</t>
+          <t>9786255642516</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Muhteşem Boyama Kitabı</t>
+          <t>Kim Korkar Mavi Kurt’tan</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255642189</t>
+          <t>9786255642394</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kapibara - Bubble Tea Boyama Kitabı</t>
+          <t>3 Muzip Matrak Masal</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255642127</t>
+          <t>9786255642448</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arı Sarı ve Şehrin Duvarları</t>
+          <t>Sihirli Evimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255922274</t>
+          <t>9786255922816</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Biri Daha Var</t>
+          <t>Disney Arabaları - Parıltılı Etkinlikler Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255642080</t>
+          <t>9786255642141</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’in Masalları</t>
+          <t>Bu Robotlar Çok Akıllı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>189</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255922960</t>
+          <t>9786255922847</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Horozlar Ötmüyor</t>
+          <t>Dısney Prenses - Sonsuza Dek Mutlu Boyama (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255922724</t>
+          <t>9786255642271</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Parıltılı Etkinlikler Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Denesen Belki Seversin (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255922717</t>
+          <t>9786255922953</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Parıltılı Etkinlikler Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Bazen Üzülüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256161658</t>
+          <t>9786255642219</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Şampiyonluk Öyküleri</t>
+          <t>Disney- Lilo ve Stiç</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>790</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255922229</t>
+          <t>9786255642202</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör’le Klasik Müzik Masalları Beethoven - Duygu Makinesi</t>
+          <t>Disney- Stiç</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255922212</t>
+          <t>9786255642363</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör’le Klasik Müzik Masalları Vivaldi - Çobanın Mevsim Yolculuğu</t>
+          <t>Labubu- 100 Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>299</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255922601</t>
+          <t>9786255642332</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Barbie Medmaıd Power – Pofuduk Çıkartmalı Boyama Kitabı</t>
+          <t>Mor Labubu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255922748</t>
+          <t>9786255642349</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Kendime Güveniyorum</t>
+          <t>Mavi Labubu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255922731</t>
+          <t>9786255922854</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Seni Önemsiyorum</t>
+          <t>Peppa Pıg - En Büyük Abla Peppa</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255642073</t>
+          <t>9786255642172</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Spor Öyküleri - Tarih Yazan 30 Futbolcu</t>
+          <t>Kapibara - Tatlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>339</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256161733</t>
+          <t>9786255642158</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Monster High – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Kapibara - Parti Boyama Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255922670</t>
+          <t>9786255642165</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zirzoplar - Sihir Macerası</t>
+          <t>Kapibara - Muhteşem Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255922663</t>
+          <t>9786255642189</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zirzoplar - Kamp Macerası</t>
+          <t>Kapibara - Bubble Tea Boyama Kitabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255922649</t>
+          <t>9786255642127</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Prenses</t>
+          <t>Arı Sarı ve Şehrin Duvarları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255922656</t>
+          <t>9786255922274</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bay Pis Boğaz</t>
+          <t>Biri Daha Var</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255922526</t>
+          <t>9786255642080</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar İçin</t>
+          <t>La Fontaine’in Masalları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255922625</t>
+          <t>9786255922960</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İsim Şehir Hayvan Bitki Eşya</t>
+          <t>Eyvah Horozlar Ötmüyor</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>349</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255922502</t>
+          <t>9786255922724</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı - Bildiğin Masallardan Değil</t>
+          <t>Kuromi - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255922519</t>
+          <t>9786255922717</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Bildiğin Masallardan Değil</t>
+          <t>Ters Yüz 2 - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255922618</t>
+          <t>9786256161658</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şehri Yeşile Boyayan Çocuk</t>
+          <t>Disney Pixar Arabalar Şampiyonluk Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>145</v>
+        <v>990</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255922366</t>
+          <t>9786255922229</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Neşeli Etkinlik ve Boyama Kitabı</t>
+          <t>Bay Majör’le Klasik Müzik Masalları Beethoven - Duygu Makinesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256161764</t>
+          <t>9786255922212</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Disney Stiç Parıltılı Etkinlikler Kitabı</t>
+          <t>Bay Majör’le Klasik Müzik Masalları Vivaldi - Çobanın Mevsim Yolculuğu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256161009</t>
+          <t>9786255922601</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Parti Zamanı Çıkartmalı Boyama Kitabı</t>
+          <t>Barbie Medmaıd Power – Pofuduk Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256161795</t>
+          <t>9786255922748</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Baştan Sona Maskeli Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Kendime Güveniyorum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256161511</t>
+          <t>9786255922731</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Renk Koleksiyonu Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Seni Önemsiyorum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256153226</t>
+          <t>9786255642073</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Star Simli Çıkartmalı Boyama Kitabı</t>
+          <t>Spor Öyküleri - Tarih Yazan 30 Futbolcu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253942229</t>
+          <t>9786256161733</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartmalı Boyama Kitabı - Maskot Şapka</t>
+          <t>Monster High – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255922496</t>
+          <t>9786255922670</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Boş Kaplumbağa Kabuğu</t>
+          <t>Zirzoplar - Sihir Macerası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255922342</t>
+          <t>9786255922663</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pokemon-Ara ve Bul Boyamalarım – Paldea’ya Hoş Geldin</t>
+          <t>Zirzoplar - Kamp Macerası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255922465</t>
+          <t>9786255922649</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Küçük Bayan Prenses</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255922441</t>
+          <t>9786255922656</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Laf Ebesi- Sözün Ustaları</t>
+          <t>Bay Pis Boğaz</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255922458</t>
+          <t>9786255922526</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Finaller- Sözün Ustaları</t>
+          <t>Kuşlar İçin</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255922434</t>
+          <t>9786255922625</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Lila'nın Sorusu</t>
+          <t>İsim Şehir Hayvan Bitki Eşya</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>149</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255922472</t>
+          <t>9786255922502</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Tesadüf</t>
+          <t>Jack ve Fasulye Sırığı - Bildiğin Masallardan Değil</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255922489</t>
+          <t>9786255922519</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Pireli Bale Ayakkabıları</t>
+          <t>Hansel ve Gretel - Bildiğin Masallardan Değil</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255922083</t>
+          <t>9786255922618</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>I Love You Unicorn - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
+          <t>Şehri Yeşile Boyayan Çocuk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255922106</t>
+          <t>9786255922366</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
+          <t>My Little Pony - Neşeli Etkinlik ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255922281</t>
+          <t>9786256161764</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Köpek Çocuk Felix Powell</t>
+          <t>Disney Stiç Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255922298</t>
+          <t>9786256161009</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zihin Atölyesi (Ciltli)</t>
+          <t>Kuromi - Parti Zamanı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>339</v>
+        <v>130</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255922267</t>
+          <t>9786256161795</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazma, Yaratıcı Düşünme, Dikkat ve Odaklanma Kitabı (Ciltli)</t>
+          <t>Kuromi - Baştan Sona Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>339</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255922250</t>
+          <t>9786256161511</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Bir Şenliktir</t>
+          <t>Kuromi - Renk Koleksiyonu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255922243</t>
+          <t>9786256153226</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Aile Geziyor/ Atatürk İstanbul'da</t>
+          <t>Kuromi - Star Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255922113</t>
+          <t>9786253942229</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kedicorn</t>
+          <t>Kuromi - Çıkartmalı Boyama Kitabı - Maskot Şapka</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255922090</t>
+          <t>9786255922496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bubble Tea</t>
+          <t>Boş Kaplumbağa Kabuğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255922120</t>
+          <t>9786255922342</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Dünya Futbol Takımları</t>
+          <t>Pokemon-Ara ve Bul Boyamalarım – Paldea’ya Hoş Geldin</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255922182</t>
+          <t>9786255922465</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İşte Duygular</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255922236</t>
+          <t>9786255922441</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Ayrı, Birlikte</t>
+          <t>Laf Ebesi- Sözün Ustaları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255922199</t>
+          <t>9786255922458</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Düş Kanatları</t>
+          <t>Finaller- Sözün Ustaları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256161757</t>
+          <t>9786255922434</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Yağmurda Eğleniyor</t>
+          <t>Lila'nın Sorusu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256161740</t>
+          <t>9786255922472</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Doğayı Koruyor</t>
+          <t>Tatlı Bir Tesadüf</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255922076</t>
+          <t>9786255922489</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Pireli Bale Ayakkabıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254161643</t>
+          <t>9786255922083</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Doktora Gidiyor</t>
+          <t>I Love You Unicorn - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255922021</t>
+          <t>9786255922106</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Öyküler 3 - Spor Bizim İşimiz</t>
+          <t>Kuromi - Pofuduk Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255922014</t>
+          <t>9786255922281</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Öyküler 1 - Uç Uç Uğur Böceğim</t>
+          <t>Köpek Çocuk Felix Powell</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255922168</t>
+          <t>9786255922298</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ada Bale Gösterisinde - Kuğu Gölü</t>
+          <t>Yaratıcı Zihin Atölyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>209</v>
+        <v>339</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255922045</t>
+          <t>9786255922267</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Yaşar Kemal</t>
+          <t>Yaratıcı Yazma, Yaratıcı Düşünme, Dikkat ve Odaklanma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>159</v>
+        <v>380</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255922052</t>
+          <t>9786255922250</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Halide Edip Adıvar</t>
+          <t>Tiyatro Bir Şenliktir</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>159</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255922038</t>
+          <t>9786255922243</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Çocukları - Afife</t>
+          <t>Çekirdek Aile Geziyor/ Atatürk İstanbul'da</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>159</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255922175</t>
+          <t>9786255922113</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Patiköy Fare ve Köpeği</t>
+          <t>Kedicorn</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256161924</t>
+          <t>9786255922090</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Doğum Günü</t>
+          <t>Bubble Tea</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>99</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256161917</t>
+          <t>9786255922120</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ada Evcil Hayvan Sahiplenmek İstiyor</t>
+          <t>Çıkartmalarla Dünya Futbol Takımları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256161894</t>
+          <t>9786255922182</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ada Hasta Oldu</t>
+          <t>İşte Duygular</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256161856</t>
+          <t>9786255922236</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Uyku Saati</t>
+          <t>Ayrı Ayrı, Birlikte</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256161870</t>
+          <t>9786255922199</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ada Kuaförde</t>
+          <t>Düş Kanatları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>99</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256161863</t>
+          <t>9786256161757</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Sevimli Ailesi</t>
+          <t>Küçük Bay ve Bayanlar Yağmurda Eğleniyor</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256161887</t>
+          <t>9786256161740</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ada Dişlerini Fırçalıyor</t>
+          <t>Küçük Bay ve Bayanlar Doğayı Koruyor</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256161467</t>
+          <t>9786255922076</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Çok Boya</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786255922007</t>
+          <t>9786254161643</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dadanık Halay Ekibi</t>
+          <t>Küçük Bay ve Bayanlar Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255922069</t>
+          <t>9786255922021</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Limonçiçi’nin Maceralı Yolculuğu</t>
+          <t>Zıpır Öyküler 3 - Spor Bizim İşimiz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256161962</t>
+          <t>9786255922014</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sebze Bahçesinde</t>
+          <t>Zıpır Öyküler 1 - Uç Uç Uğur Böceğim</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256161955</t>
+          <t>9786255922168</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çamur Birikintileri</t>
+          <t>Ada Bale Gösterisinde - Kuğu Gölü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256153950</t>
+          <t>9786255922045</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar (Ciltli)</t>
+          <t>Bir Devrin Çocukları - Yaşar Kemal</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>990</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256161986</t>
+          <t>9786255922052</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Çocuk</t>
+          <t>Bir Devrin Çocukları - Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256161993</t>
+          <t>9786255922038</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kukla Yarışması</t>
+          <t>Bir Devrin Çocukları - Afife</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256161474</t>
+          <t>9786255922175</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Pembe The Pink Cat Parıltılı Etkinlikler Kitabı</t>
+          <t>Patiköy Fare ve Köpeği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8696602033526</t>
+          <t>9786256161924</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Mega Minecraft Küpü 12 Kitap Set</t>
+          <t>Ada’nın Doğum Günü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256161603</t>
+          <t>9786256161917</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bidigago 5 Bi Ses Duydum Sanki</t>
+          <t>Ada Evcil Hayvan Sahiplenmek İstiyor</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256161313</t>
+          <t>9786256161894</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dinozor</t>
+          <t>Ada Hasta Oldu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256161610</t>
+          <t>9786256161856</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Biri Daha Var</t>
+          <t>Ada’nın Uyku Saati</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>399</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256161344</t>
+          <t>9786256161870</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Pırıltılı Etkinlikler</t>
+          <t>Ada Kuaförde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256161337</t>
+          <t>9786256161863</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Monster High – Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Ada’nın Sevimli Ailesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256161078</t>
+          <t>9786256161887</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi</t>
+          <t>Ada Dişlerini Fırçalıyor</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>690</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256161597</t>
+          <t>9786256161467</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Robot Hisler</t>
+          <t>Peppa Pig - Çok Boya</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256161115</t>
+          <t>9786255922007</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Macerası</t>
+          <t>Dadanık Halay Ekibi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256161641</t>
+          <t>9786255922069</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Varsın Tilki Toni 2 - Bir Dilek Tut</t>
+          <t>Limonçiçi’nin Maceralı Yolculuğu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256161634</t>
+          <t>9786256161962</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Tilki Toni 1 - Arkadaşlık Puding Gibidir</t>
+          <t>Sebze Bahçesinde</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256153943</t>
+          <t>9786256161955</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Uykudan Önce Öyküler (Ciltli)</t>
+          <t>Çamur Birikintileri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>990</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256161450</t>
+          <t>9786256153950</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bugün İlginç Bir Şey Oldu</t>
+          <t>Küçük Bay ve Bayanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256161412</t>
+          <t>9786256161986</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Cebirce</t>
+          <t>Bidigago Bir Dünya Çocuk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>129</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256153899</t>
+          <t>9786256161993</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Barbie Günlük Etkinlik Kitabım</t>
+          <t>Kukla Yarışması</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256153875</t>
+          <t>9786256161474</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Transformers Earthspark</t>
+          <t>Pembe The Pink Cat Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256153882</t>
+          <t>8696602033526</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Transformers Earthspark</t>
+          <t>Mega Minecraft Küpü 12 Kitap Set</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256161061</t>
+          <t>9786256161603</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar</t>
+          <t>Bidigago 5 Bi Ses Duydum Sanki</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256153905</t>
+          <t>9786256161313</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Pokemon</t>
+          <t>Arkadaşım Dinozor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256153912</t>
+          <t>9786256161610</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Pokemon</t>
+          <t>Biri Daha Var</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>399</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256153998</t>
+          <t>9786256161344</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Hayvanlarla Renkler</t>
+          <t>Karlar Ülkesi Pırıltılı Etkinlikler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256153981</t>
+          <t>9786256161337</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Evdeki Şekiller</t>
+          <t>Monster High – Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256153967</t>
+          <t>9786256161078</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Çiftlikteki Zıtlıklar</t>
+          <t>Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256153974</t>
+          <t>9786256161597</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty-Ağaçtaki Sayılar</t>
+          <t>Robot Hisler</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256161382</t>
+          <t>9786256161115</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Son Deniz Kabuğu</t>
+          <t>Arkeoloji Macerası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256161221</t>
+          <t>9786256161641</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>9 Kapı 1 hazine</t>
+          <t>İyi Ki Varsın Tilki Toni 2 - Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256153172</t>
+          <t>9786256161634</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Patlat Bir Şarkı</t>
+          <t>İyi ki Varsın Tilki Toni 1 - Arkadaşlık Puding Gibidir</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256161207</t>
+          <t>9786256153943</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bay Majör'le Klasik Müzik Masalları Mozart</t>
+          <t>Peppa Pig Uykudan Önce Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256153721</t>
+          <t>9786256161450</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 3 (Ciltli)</t>
+          <t>Bugün İlginç Bir Şey Oldu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256161108</t>
+          <t>9786256161412</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Benim Bedenim Benim Kurallarım</t>
+          <t>Cebirce</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256153929</t>
+          <t>9786256153899</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Barbie Günlük Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256153271</t>
+          <t>9786256153875</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Matematiksel Düşünme Etkinlik Kitabı</t>
+          <t>Transformers Earthspark</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256153288</t>
+          <t>9786256153882</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Mantıksal Düşünme Etkinlik Kitabı</t>
+          <t>Transformers Earthspark</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256153295</t>
+          <t>9786256161061</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Yaratıcı Problem Çözme Etkinlik Kitabı</t>
+          <t>Disney Arabalar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256153264</t>
+          <t>9786256153905</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Dikkat Geliştirme Etkinlik Kitabı</t>
+          <t>Pokemon</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256153936</t>
+          <t>9786256153912</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Pokemon</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256153868</t>
+          <t>9786256153998</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımdan Aleve</t>
+          <t>Hello Kitty-Hayvanlarla Renkler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259782133</t>
+          <t>9786256153981</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimize Nutuk - Çizgi Roman</t>
+          <t>Hello Kitty-Evdeki Şekiller</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253942397</t>
+          <t>9786256153967</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Çok Boya - Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Hello Kitty-Çiftlikteki Zıtlıklar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253942908</t>
+          <t>9786256153974</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum - Kayıp Dünya</t>
+          <t>Hello Kitty-Ağaçtaki Sayılar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253941482</t>
+          <t>9786256161382</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Neonliciousin Defilesi</t>
+          <t>Son Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253941536</t>
+          <t>9786256161221</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Pırıltılı Bir Moda Sezonu</t>
+          <t>9 Kapı 1 hazine</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253942915</t>
+          <t>9786256153172</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ön Sıradaki Kız</t>
+          <t>Patlat Bir Şarkı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253942885</t>
+          <t>9786256161207</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Gün</t>
+          <t>Bay Majör'le Klasik Müzik Masalları Mozart</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253942854</t>
+          <t>9786256153721</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Püskürüklü Resimlerim</t>
+          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253942113</t>
+          <t>9786256161108</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Orada Ne Var?</t>
+          <t>Benim Bedenim Benim Kurallarım</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253942090</t>
+          <t>9786256153929</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Biz Kimiz?</t>
+          <t>Disney Minnie Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253942106</t>
+          <t>9786256153271</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Haydi Konuşalım - Bugün Ne Yesem?</t>
+          <t>Bidigago - Matematiksel Düşünme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253942205</t>
+          <t>9786256153288</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Disnep Prenses – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Bidigago - Mantıksal Düşünme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253942892</t>
+          <t>9786256153295</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kedicorn - Parıltılı Etkinlikler Kitabı</t>
+          <t>Bidigago - Yaratıcı Problem Çözme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253942861</t>
+          <t>9786256153264</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yemelik Şiirler</t>
+          <t>Bidigago Dikkat Geliştirme Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786255745293</t>
+          <t>9786256153936</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaçak Şeyler</t>
+          <t>Ters Yüz 2 - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253942380</t>
+          <t>9786256153868</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Kitabı Boyarım! 4-5 Yaş</t>
+          <t>Kıvılcımdan Aleve</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253942373</t>
+          <t>9786259782133</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Kitabı Boyarım! 3-4 Yaş</t>
+          <t>Geleceğimize Nutuk - Çizgi Roman</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253941468</t>
+          <t>9786253942397</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Charmender - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Pokemon Çok Boya - Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253942359</t>
+          <t>9786253942908</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Bahçecilik</t>
+          <t>Klasikleri Okuyorum - Kayıp Dünya</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253942366</t>
+          <t>9786253941482</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Jorn’un Muhteşem Hayal Gücü</t>
+          <t>Lol Surprise Neonliciousin Defilesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253941659</t>
+          <t>9786253941536</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kuromi &amp; My Melody Günlük Etkinlik Kitabım</t>
+          <t>Lol Surprise Pırıltılı Bir Moda Sezonu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>495</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253942199</t>
+          <t>9786253942915</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartma Çılgınlığı</t>
+          <t>Ön Sıradaki Kız</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253941628</t>
+          <t>9786253942885</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Stiç - Çıkartma Çılgınlığı</t>
+          <t>Gökyüzünde Bir Gün</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253941475</t>
+          <t>9786253942854</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Pokemon Bulbasaur Çıkartma Çılgınlığı</t>
+          <t>Püskürüklü Resimlerim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253942328</t>
+          <t>9786253942113</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçikle Kedi Olma Kuralları - Zıtlıklar Kitabı</t>
+          <t>Haydi Konuşalım - Orada Ne Var?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253942298</t>
+          <t>9786253942090</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in Sevdikleri - Renkler Kitabı</t>
+          <t>Haydi Konuşalım - Biz Kimiz?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253942304</t>
+          <t>9786253942106</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in Bir Günü - Şekiller Kitabı</t>
+          <t>Haydi Konuşalım - Bugün Ne Yesem?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253942311</t>
+          <t>9786253942205</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ponçik'in 10 Hali - Sayılar Kitabı</t>
+          <t>Disnep Prenses – Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253942335</t>
+          <t>9786253942892</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Dedektifleri</t>
+          <t>Kedicorn - Parıltılı Etkinlikler Kitabı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253941888</t>
+          <t>9786253942861</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>L.O.L Surprise! Hep Birlikte Sahnede</t>
+          <t>Yemelik Şiirler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253942076</t>
+          <t>9786255745293</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>L.O.L Surprise! Hepsinin En İyisi</t>
+          <t>Küçük Kaçak Şeyler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253942137</t>
+          <t>9786253942380</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Bilge</t>
+          <t>Ben Bu Kitabı Boyarım! 4-5 Yaş</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253942045</t>
+          <t>9786253942373</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bay Bilgin</t>
+          <t>Ben Bu Kitabı Boyarım! 3-4 Yaş</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253941635</t>
+          <t>9786253941468</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Eve Dönüş</t>
+          <t>Pokemon Charmender - Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253941642</t>
+          <t>9786253942359</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Dedektif Hitch</t>
+          <t>Çocuklar İçin Kolay Bahçecilik</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253942267</t>
+          <t>9786253942366</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 4 Vedalaşmak İçin Üç Gün</t>
+          <t>Jorn’un Muhteşem Hayal Gücü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253941963</t>
+          <t>9786253941659</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Kuromi &amp; My Melody Günlük Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253941871</t>
+          <t>9786253942199</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Duygular İş Başında</t>
+          <t>Kuromi - Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253941840</t>
+          <t>9786253941628</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplığım Seti</t>
+          <t>Stiç - Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253941970</t>
+          <t>9786253941475</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz 2 - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Pokemon Bulbasaur Çıkartma Çılgınlığı</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253941956</t>
+          <t>9786253942328</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Cumbalak</t>
+          <t>Kedi Ponçikle Kedi Olma Kuralları - Zıtlıklar Kitabı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254162459</t>
+          <t>9786253942298</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Kedi Ponçik'in Sevdikleri - Renkler Kitabı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253940072</t>
+          <t>9786253942304</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Üç Küçük Bayan ve Hain Kurt</t>
+          <t>Kedi Ponçik'in Bir Günü - Şekiller Kitabı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254169281</t>
+          <t>9786253942311</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Büyük Babacık Oyun Parkında</t>
+          <t>Kedi Ponçik'in 10 Hali - Sayılar Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253941260</t>
+          <t>9786253942335</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Little Pony-Değiş Kardeş</t>
+          <t>Hayvan Hakları Dedektifleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253941253</t>
+          <t>9786253941888</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgi Romanım My Lıttle Pony-Özel Bir Gün</t>
+          <t>L.O.L Surprise! Hep Birlikte Sahnede</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253941857</t>
+          <t>9786253942076</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Pokemon - Squirtle Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>L.O.L Surprise! Hepsinin En İyisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253941864</t>
+          <t>9786253942137</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pokemon - Pikachu Çıkartma Çılgınlığı Etkinlik Kitabı</t>
+          <t>Küçük Bayan Bilge</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253940133</t>
+          <t>9786253942045</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bay Titrek ve Korsanlar</t>
+          <t>Bay Bilgin</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253942069</t>
+          <t>9786253941635</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar - Çizgi Roman</t>
+          <t>İlk Çizgi Romanım My Little Pony-Eve Dönüş</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253942052</t>
+          <t>9786253941642</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kızı Heidi - Çizgi Roman</t>
+          <t>İlk Çizgi Romanım My Little Pony-Dedektif Hitch</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253942083</t>
+          <t>9786253942267</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 3 - Poseidon Adında Bir Balık</t>
+          <t>Kedimin Adı Odin 4 Vedalaşmak İçin Üç Gün</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253941543</t>
+          <t>9786253941963</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Hello Kitty - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253940355</t>
+          <t>9786253941871</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Disney Uykudan Önce En Tatlı Öyküler (Ciltli)</t>
+          <t>Ters Yüz 2 - Duygular İş Başında</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253940195</t>
+          <t>9786253941840</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bay Gıdık ve Ejderha</t>
+          <t>İlk Kitaplığım Seti</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254169236</t>
+          <t>9786253941970</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Baloncuklar</t>
+          <t>Ters Yüz 2 - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254169274</t>
+          <t>9786253941956</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Sihirli Aynalar</t>
+          <t>Küçük Bayan Cumbalak</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254169328</t>
+          <t>9786254162459</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa’nın Balık Dostları</t>
+          <t>Disney Prenses Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253941819</t>
+          <t>9786253940072</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları - Çizgi Roman</t>
+          <t>Üç Küçük Bayan ve Hain Kurt</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253941789</t>
+          <t>9786254169281</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Uçurtma</t>
+          <t>Peppa Pig Büyük Babacık Oyun Parkında</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253941444</t>
+          <t>9786253941260</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>İlk Çizgi Romanım My Little Pony-Değiş Kardeş</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253940898</t>
+          <t>9786253941253</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>İlk Çizgi Romanım My Lıttle Pony-Özel Bir Gün</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253941246</t>
+          <t>9786253941857</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dısney Arabalar Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Pokemon - Squirtle Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253941284</t>
+          <t>9786253941864</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Barbie Çok Boya Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Pokemon - Pikachu Çıkartma Çılgınlığı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253941802</t>
+          <t>9786253940133</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Bay Titrek ve Korsanlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253941772</t>
+          <t>9786253942069</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu</t>
+          <t>Küçük Kadınlar - Çizgi Roman</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253941796</t>
+          <t>9786253942052</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Dağların Kızı Heidi - Çizgi Roman</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253941451</t>
+          <t>9786253942083</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Minnie Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Kedimin Adı Odin 3 - Poseidon Adında Bir Balık</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253941369</t>
+          <t>9786253941543</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kitap Adında Bir Çocuk</t>
+          <t>Kuromi - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253941437</t>
+          <t>9786253940355</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Herkese Köfte ve Makarna - Bir Matematik Hikayesi</t>
+          <t>Disney Uykudan Önce En Tatlı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253940904</t>
+          <t>9786253940195</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg - Peppa’nın Öykü Hazinesi 10 Klasik Öykü (Ciltli)</t>
+          <t>Bay Gıdık ve Ejderha</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>990</v>
+        <v>160</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253941277</t>
+          <t>9786254169236</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
+          <t>Peppa Pig - Baloncuklar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253941666</t>
+          <t>9786254169274</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dadanık</t>
+          <t>Peppa Pig - Sihirli Aynalar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253941291</t>
+          <t>9786254169328</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bay Havalı</t>
+          <t>Peppa Pig Peppa’nın Balık Dostları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253941192</t>
+          <t>9786253941819</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar 5 - Bir Dakika Dinler Misin?</t>
+          <t>Tom Sawyer’ın Maceraları - Çizgi Roman</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>309</v>
+        <v>340</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253941208</t>
+          <t>9786253941789</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Yaratıklar</t>
+          <t>Harika Bir Uçurtma</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253941215</t>
+          <t>9786253941444</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Sihir</t>
+          <t>Pjmask Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253941338</t>
+          <t>9786253940898</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Anime Unicornlar Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>62.9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253941321</t>
+          <t>9786253941246</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Anime Ejderhalar Boyama Kitabı</t>
+          <t>Dısney Arabalar Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253940881</t>
+          <t>9786253941284</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kuromi - Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Barbie Çok Boya Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254164811</t>
+          <t>9786253941802</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254169731</t>
+          <t>9786253941772</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Simli Çıkartmalı Boyama Kitabı</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254169816</t>
+          <t>9786253941796</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Simli Çıkartmalı Boyama Kitabı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254166624</t>
+          <t>9786253941451</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Minnie Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>79.9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254162817</t>
+          <t>9786253941369</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg Kütüphaneye Gidiyor</t>
+          <t>Kitap Adında Bir Çocuk</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254163876</t>
+          <t>9786253941437</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg Kamp Gezisi</t>
+          <t>Herkese Köfte ve Makarna - Bir Matematik Hikayesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254169489</t>
+          <t>9786253940904</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Unicorn - Külah Külah Boyama</t>
+          <t>Peppa Pıg - Peppa’nın Öykü Hazinesi 10 Klasik Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>90</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254169090</t>
+          <t>9786253941277</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 1 - Büyücünün Yeğeni</t>
+          <t>Lol Surprise - Çok Boya! Çıkartmalı Dev Boyama Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254169212</t>
+          <t>9786253941666</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Dadanık</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254167638</t>
+          <t>9786253941291</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Yollarda - Gösteri Zamanı Faaliyet Kitabı</t>
+          <t>Bay Havalı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254163104</t>
+          <t>9786253941192</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Eğlenceli Boyama Kitabım</t>
+          <t>Kafacanlar 5 - Bir Dakika Dinler Misin?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>69.9</v>
+        <v>309</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254163135</t>
+          <t>9786253941208</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Eğlenceli Boyama Kitabım</t>
+          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Yaratıklar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>69.9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254167645</t>
+          <t>9786253941215</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri - Gizli Bahçede Macera</t>
+          <t>Çok Boya! - Çıkartmalı Dev Boyama Kitabı: Sihir</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254167362</t>
+          <t>9786253941338</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri - Pofuduk Bir Sürpriz</t>
+          <t>Anime Unicornlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>140</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254167324</t>
+          <t>9786253941321</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Altın Saray'a Yolculuk</t>
+          <t>Anime Ejderhalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>99</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254166488</t>
+          <t>9786253940881</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Çılgın Boyama Kitabı</t>
+          <t>Kuromi - Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>52</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254164712</t>
+          <t>9786254164811</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Transformers Boyama Kitabı</t>
+          <t>Peppa Pig 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>75</v>
+        <v>270</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254164590</t>
+          <t>9786254169731</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Cruz Ramirez Boyama Kitabı</t>
+          <t>Unicorn Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050949551</t>
+          <t>9786254169816</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı - Film Rulosu</t>
+          <t>Kawaii Simli Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>89</v>
+        <v>170</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254164163</t>
+          <t>9786254166624</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Korsan Maceraları - Taçlı Boyama Kitabı</t>
+          <t>Disney Minnie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>45</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254164446</t>
+          <t>9786254162817</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Güneşe Bakan Yanı</t>
+          <t>Peppa Pıg Kütüphaneye Gidiyor</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254162824</t>
+          <t>9786254163876</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>Peppa Pıg Kamp Gezisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050971507</t>
+          <t>9786254169489</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Prenses Okulu 31</t>
+          <t>Unicorn - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>139</v>
+        <v>90</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254161407</t>
+          <t>9786254169090</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı</t>
+          <t>Narnia Günlükleri 1 - Büyücünün Yeğeni</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>14.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254162053</t>
+          <t>9786254169212</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Alfabem</t>
+          <t>LOL Surprise 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254162534</t>
+          <t>9786254167638</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Unicorn</t>
+          <t>Disney Pixar Arabalar Yollarda - Gösteri Zamanı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>54.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050905144</t>
+          <t>9786254163104</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Disney Minik Fare'nin Kulüp Evi (Ciltli)</t>
+          <t>Disney Pixar Arabalar Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>225</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050941241</t>
+          <t>9786254163135</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin Yaratıcı Minikler</t>
+          <t>Disney Minnie Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786050950304</t>
+          <t>9786254167645</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Lego Starwars Yaşasın Asiler</t>
+          <t>Unicorn Sihri - Gizli Bahçede Macera</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>204</v>
+        <v>170</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050959291</t>
+          <t>9786254167362</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Yaratıcı Minikler</t>
+          <t>Unicorn Sihri - Pofuduk Bir Sürpriz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786050969528</t>
+          <t>9786254167324</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Çiftlik</t>
+          <t>Altın Saray'a Yolculuk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050946031</t>
+          <t>9786254166488</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Kedi</t>
+          <t>I Love Unicorn Çılgın Boyama Kitabı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>175</v>
+        <v>52</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050939750</t>
+          <t>9786254164712</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum-Denizler Altında Yirmi Bin Fersah</t>
+          <t>Maskeni Tak - Transformers Boyama Kitabı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050940770</t>
+          <t>9786254164590</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kitap Dedektifleri - Hazine Avı</t>
+          <t>Disney Pixar Arabalar - Cruz Ramirez Boyama Kitabı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050932720</t>
+          <t>9786050949551</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum - Tom Sawyer’in Maceraları</t>
+          <t>Maşa ile Koca Ayı - Film Rulosu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050932683</t>
+          <t>9786254164163</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Yaşıyorum - Alice Harikalar Ülkesinde</t>
+          <t>Korsan Maceraları - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>119</v>
+        <v>45</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050948196</t>
+          <t>9786254164446</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol</t>
+          <t>Bulutların Güneşe Bakan Yanı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>139</v>
+        <v>65</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786050939767</t>
+          <t>9786254162824</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Klasiklerle Tanışıyorum- Pollyanna</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786050937480</t>
+          <t>9786050971507</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 2: Prenssiz Bir Dünya</t>
+          <t>Prenses Okulu 31</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050932287</t>
+          <t>9786254161407</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Uzaylılar</t>
+          <t>Maşa ile Koca Ayı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>206</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050970074</t>
+          <t>9786254162053</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Mandalina Ağaçları</t>
+          <t>Muhteşem Alfabem</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>38</v>
+        <v>99</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050972511</t>
+          <t>9786254162534</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Süper Kolay Boyama Kitabı</t>
+          <t>Unicorn</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>62.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050970289</t>
+          <t>9786050905144</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Barbie Süper Kolay Boyama Kitabı</t>
+          <t>Disney Minik Fare'nin Kulüp Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>62.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050972528</t>
+          <t>9786050941241</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks Süper Kolay Boyama Kitabı</t>
+          <t>Güzel ve Çirkin Yaratıcı Minikler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>62.9</v>
+        <v>185</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050970258</t>
+          <t>9786050950304</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Süper Kolay Boyama Kitabı</t>
+          <t>Lego Starwars Yaşasın Asiler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>62.9</v>
+        <v>204</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050975727</t>
+          <t>9786050959291</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Klasiklerle Tanışıyorum</t>
+          <t>Disney Vampirina Yaratıcı Minikler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>119</v>
+        <v>185</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050978001</t>
+          <t>9786050969528</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Doya Doya Boya</t>
+          <t>Kıpır Kıpır Kitaplar Çiftlik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050978018</t>
+          <t>9786050946031</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Barbie - Doya Doya Boya</t>
+          <t>Görünmez Kedi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>42</v>
+        <v>220</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050968811</t>
+          <t>9786050939750</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Klasiklerle Tanışıyorum-Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050965711</t>
+          <t>9786050940770</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Altın Oranı</t>
+          <t>Kitap Dedektifleri - Hazine Avı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>89</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256161900</t>
+          <t>9786050932720</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ada Odasını Topluyor</t>
+          <t>Klasiklerle Tanışıyorum - Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050980455</t>
+          <t>9786050932683</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Klasiklerle Yaşıyorum - Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>69</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050982268</t>
+          <t>9786050948196</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bay Yavaş</t>
+          <t>Kendin Ol</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>139</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050970166</t>
+          <t>9786050939767</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Barbie Maskeli Boyama Kitabı</t>
+          <t>Klasiklerle Tanışıyorum- Pollyanna</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>119</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050928679</t>
+          <t>9786050937480</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu</t>
+          <t>İyilik ve Kötülük Okulu 2: Prenssiz Bir Dünya</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050938005</t>
+          <t>9786050932287</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın Adı Sır</t>
+          <t>Ah Şu Uzaylılar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786254168963</t>
+          <t>9786050970074</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - George Nezle Oldu</t>
+          <t>Cebimdeki Mandalina Ağaçları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>38</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253940966</t>
+          <t>9786050972511</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Sihirli Unicorn Ormanı</t>
+          <t>Disney Karlar Ülkesi 2 - Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253941239</t>
+          <t>9786050970289</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bay Harika</t>
+          <t>Barbie Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253940102</t>
+          <t>9786050972528</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Geveze ve Kurbağa Prens</t>
+          <t>Pjmasks Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253940171</t>
+          <t>9786050970258</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bay Kocaburun ve Sihirli Fasulye</t>
+          <t>Lol Surprise Süper Kolay Boyama Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>62.9</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253941116</t>
+          <t>9786050975727</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedektifleri 3 - Ekin ve Metin Pazırık Halısı’nın Gizemi</t>
+          <t>Beyaz Diş - Klasiklerle Tanışıyorum</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>69</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253941093</t>
+          <t>9786050978001</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bumçikiler 2 - Öylesine Bir Gün</t>
+          <t>Disney Karlar Ülkesi 2 - Doya Doya Boya</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253941086</t>
+          <t>9786050978018</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bumçikiler 1- Bumçikiler Doğuyor</t>
+          <t>Barbie - Doya Doya Boya</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>195</v>
+        <v>42</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253941109</t>
+          <t>9786050968811</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aygırına Kaptırdığınız Kanepenizi Kurtarma Rehberi</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>179</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253940874</t>
+          <t>9786050965711</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 2 (Ciltli)</t>
+          <t>Zamanın Altın Oranı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1100</v>
+        <v>89</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253940324</t>
+          <t>9786256161900</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Simli Çıkartmalı Boyama</t>
+          <t>Ada Odasını Topluyor</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253940805</t>
+          <t>9786050980455</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin 2 - Kara Goblinler Kraliçesi</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253940829</t>
+          <t>9786050982268</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Meraklı</t>
+          <t>Bay Yavaş</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786254168857</t>
+          <t>9786050970166</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Peppa Uzayda</t>
+          <t>Barbie Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786254161308</t>
+          <t>9786050928679</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mickey ile Renkli Klasikler - Frankenstein</t>
+          <t>İyilik ve Kötülük Okulu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253940515</t>
+          <t>9786050938005</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar 3 - Yıldızlar Kupası Etkinlik Kitabı</t>
+          <t>Bu Kitabın Adı Sır</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>170</v>
+        <v>55</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254164132</t>
+          <t>9786254168963</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Maşa ile Koca Ayı - Bir Günde Dünya Turu</t>
+          <t>Peppa Pig - George Nezle Oldu</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>36.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253940799</t>
+          <t>9786253940966</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgifty ve Laklak Sam - Yılbaşı Hediyeleri</t>
+          <t>Disney Prenses - Sihirli Unicorn Ormanı</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253940553</t>
+          <t>9786253941239</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgifty ve Laklak Sam - Okulda Hortlak Var</t>
+          <t>Bay Harika</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786254164040</t>
+          <t>9786253940102</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Pj Masks 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Küçük Bayan Geveze ve Kurbağa Prens</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253940768</t>
+          <t>9786253940171</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Günlük</t>
+          <t>Bay Kocaburun ve Sihirli Fasulye</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253940782</t>
+          <t>9786253941116</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Patiköy</t>
+          <t>Sanat Dedektifleri 3 - Ekin ve Metin Pazırık Halısı’nın Gizemi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786254169014</t>
+          <t>9786253941093</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars Maskeli Boyama Kitabı</t>
+          <t>Bumçikiler 2 - Öylesine Bir Gün</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253940485</t>
+          <t>9786253941086</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Özel Seçki - 10 Temel Eser</t>
+          <t>Bumçikiler 1- Bumçikiler Doğuyor</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253940539</t>
+          <t>9786253941109</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem İlk Marslı</t>
+          <t>Deniz Aygırına Kaptırdığınız Kanepenizi Kurtarma Rehberi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253940447</t>
+          <t>9786253940874</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! Glam Diary</t>
+          <t>Küçük Bay ve Bayanlar 10 Klasik Öykü 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>540</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786254168734</t>
+          <t>9786253940324</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ben Yaprağım</t>
+          <t>Peppa Pig Simli Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>159</v>
+        <v>170</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253940478</t>
+          <t>9786253940805</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihirli Günlüğüm</t>
+          <t>Kedimin Adı Odin 2 - Kara Goblinler Kraliçesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253940546</t>
+          <t>9786253940829</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Altı Kere Sekiz?</t>
+          <t>Küçük Bayan Meraklı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253940393</t>
+          <t>9786254168857</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Tek Cilt Özel Baskı</t>
+          <t>Peppa Pig - Peppa Uzayda</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>1100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253940386</t>
+          <t>9786254161308</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Deprem Kitabı</t>
+          <t>Mickey ile Renkli Klasikler - Frankenstein</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253940409</t>
+          <t>9786253940515</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>I Love Unıcorn Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Disney Arabalar 3 - Yıldızlar Kupası Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253940454</t>
+          <t>9786254164132</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Şahane</t>
+          <t>Maşa ile Koca Ayı - Bir Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>120</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253940461</t>
+          <t>9786253940799</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Uyku Zamanı</t>
+          <t>Fırıldak Mcgifty ve Laklak Sam - Yılbaşı Hediyeleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786254164200</t>
+          <t>9786253940553</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Fırıldak Mcgifty ve Laklak Sam - Okulda Hortlak Var</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254161360</t>
+          <t>9786254164040</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Disney Wınnıe The Pooh Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Pj Masks 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254166556</t>
+          <t>9786253940768</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Günlük</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253940331</t>
+          <t>9786253940782</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Çocuk</t>
+          <t>Patiköy</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>4440000003908</t>
+          <t>9786254169014</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kawaii 2023 - 05</t>
+          <t>Brawl Stars Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253940270</t>
+          <t>9786253940485</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Nutuk - Gazi Mustafa Kemal Atatürk Çocuklarımıza Kurtuluş Savaşı’nı Anlatıyor</t>
+          <t>Dünya Çocuk Klasikleri Özel Seçki - 10 Temel Eser</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786254169953</t>
+          <t>9786253940539</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! - Totally Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Büyükannem İlk Marslı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>119</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786254169977</t>
+          <t>9786253940447</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprise! - Mc Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>L.O.L. Surprise! Glam Diary</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>119</v>
+        <v>540</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786254169946</t>
+          <t>9786254168734</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprıse! - Grand Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Ben Yaprağım</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786254169960</t>
+          <t>9786253940478</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>L.O.L. Surprıse! - Crown Queen - Çıkartmalı Boyama Kitabı</t>
+          <t>Unicorn Sihirli Günlüğüm</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253940287</t>
+          <t>9786253940546</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Çocuk</t>
+          <t>Altı Kere Sekiz?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253940232</t>
+          <t>9786253940393</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Haytek</t>
+          <t>Küçük Bay ve Bayanlar Tek Cilt Özel Baskı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254168482</t>
+          <t>9786253940386</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar - Boyamayı Seviyorum</t>
+          <t>Çocuklar İçin Deprem Kitabı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254169632</t>
+          <t>9786253940409</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Denizler Altında 20.000 Fersah</t>
+          <t>I Love Unıcorn Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253940225</t>
+          <t>9786253940454</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Gullıver’in Gezileri</t>
+          <t>Küçük Bayan Şahane</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786254165214</t>
+          <t>9786253940461</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Beyaz Diş</t>
+          <t>Küçük Bay ve Bayanlar Uyku Zamanı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253940218</t>
+          <t>9786254164200</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Robınson Crusoe</t>
+          <t>Disney Arabalar 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786254166969</t>
+          <t>9786254161360</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Olıver Twıst</t>
+          <t>Disney Wınnıe The Pooh Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786254162237</t>
+          <t>9786254166556</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Define Adası</t>
+          <t>Disney Karlar Ülkesi 2 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254168413</t>
+          <t>9786253940331</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Siyah İnci</t>
+          <t>Çılgın Çocuk</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253940201</t>
+          <t>4440000003908</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum Üç Silahşorlar</t>
+          <t>Kawaii 2023 - 05</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254167225</t>
+          <t>9786253940270</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı - Peppa Pig Çıkartmalı Boyama Partisi</t>
+          <t>Nutuk - Gazi Mustafa Kemal Atatürk Çocuklarımıza Kurtuluş Savaşı’nı Anlatıyor</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254167522</t>
+          <t>9786254169953</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı! - L.O.L. Surprıse! Çıkartmalı Boyama Partisi</t>
+          <t>L.O.L. Surprise! - Totally Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254168932</t>
+          <t>9786254169977</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Renkler Çıldırdı- Disney Prenses Çıkartmalı Boyama Partisi</t>
+          <t>L.O.L. Surprise! - Mc Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>90</v>
+        <v>119</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254162220</t>
+          <t>9786254169946</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Tatlı Tonton Çıkartma Hediyeli Boyama Albümü</t>
+          <t>L.O.L. Surprıse! - Grand Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>119</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253940065</t>
+          <t>9786254169960</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hello Kıtty 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>L.O.L. Surprıse! - Crown Queen - Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>220</v>
+        <v>119</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254168949</t>
+          <t>9786253940287</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Disney Yardım Takımı Boyama Kitabı</t>
+          <t>Görünmez Çocuk</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253940041</t>
+          <t>9786253940232</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’le Yolculuk</t>
+          <t>Haytek</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253940058</t>
+          <t>9786254168482</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedektifleri Ekin ve Metin - Keçenin Yolculuğu</t>
+          <t>Disney Arabalar - Boyamayı Seviyorum</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>119</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254163852</t>
+          <t>9786254169632</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgıfty ve Laklak Sam – Uzaylı İstilası</t>
+          <t>Klasikleri Okuyorum Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254163463</t>
+          <t>9786253940225</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Mcgıfty ve Laklak Sam – Uçuş Zamanı</t>
+          <t>Klasikleri Okuyorum Gullıver’in Gezileri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254168451</t>
+          <t>9786254165214</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Şekillerle Boya</t>
+          <t>Klasikleri Okuyorum Beyaz Diş</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254161773</t>
+          <t>9786253940218</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sevimliler Kawaii Şekillerle Boya</t>
+          <t>Klasikleri Okuyorum Robınson Crusoe</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254161636</t>
+          <t>9786254166969</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Klasikleri Okuyorum Olıver Twıst</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254163890</t>
+          <t>9786254162237</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Barbie 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Klasikleri Okuyorum Define Adası</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254169847</t>
+          <t>9786254168413</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Klasikleri Okuyorum Siyah İnci</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254168710</t>
+          <t>9786253940201</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig İyi Uykular Peppa</t>
+          <t>Klasikleri Okuyorum Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254169267</t>
+          <t>9786254167225</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa’nın Kum Havuzu</t>
+          <t>Renkler Çıldırdı - Peppa Pig Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254161810</t>
+          <t>9786254167522</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>7 Yaşıma Girmeden Önce Bilmem Gerekenler</t>
+          <t>Renkler Çıldırdı! - L.O.L. Surprıse! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254161261</t>
+          <t>9786254168932</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ejderha</t>
+          <t>Renkler Çıldırdı- Disney Prenses Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254166754</t>
+          <t>9786254162220</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Korkan Süper Kahraman</t>
+          <t>Kawaii Tatlı Tonton Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>125</v>
+        <v>330</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254166785</t>
+          <t>9786253940065</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Mektup Arkadaşım</t>
+          <t>Hello Kıtty 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254160844</t>
+          <t>9786254168949</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Yollarda İki Macera Birden Tuz Gözü Yarışı - Efsane</t>
+          <t>Disney Yardım Takımı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254169755</t>
+          <t>9786253940041</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Mustafa Kemal’le Yolculuk</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254169298</t>
+          <t>9786253940058</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Peppa Tatile Çıkıyor</t>
+          <t>Sanat Dedektifleri Ekin ve Metin - Keçenin Yolculuğu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254169304</t>
+          <t>9786254163852</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Peppa Yüzmeye Gidiyor</t>
+          <t>Fırıldak Mcgıfty ve Laklak Sam – Uzaylı İstilası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254162831</t>
+          <t>9786254163463</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Adı Odin</t>
+          <t>Fırıldak Mcgıfty ve Laklak Sam – Uçuş Zamanı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254164064</t>
+          <t>9786254168451</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bay Saçma</t>
+          <t>Küçük Bay ve Bayanlar Şekillerle Boya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254167508</t>
+          <t>9786254161773</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Sevimliler Kawaii Şekillerle Boya</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>119</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786254167515</t>
+          <t>9786254161636</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Hello Kitty Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>79.9</v>
+        <v>330</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254166617</t>
+          <t>9786254163890</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Barbie 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254167485</t>
+          <t>9786254169847</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Barbie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Arabalar Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254167492</t>
+          <t>9786254168710</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk Kuzucuk Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Peppa Pig İyi Uykular Peppa</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>54.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254166815</t>
+          <t>9786254169267</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2 Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Peppa Pig Peppa’nın Kum Havuzu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254160011</t>
+          <t>9786254161810</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kendin Gibi (Ciltli)</t>
+          <t>7 Yaşıma Girmeden Önce Bilmem Gerekenler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254169441</t>
+          <t>9786254161261</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Babam</t>
+          <t>İçimdeki Ejderha</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254163401</t>
+          <t>9786254166754</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Barbie Süper Macera Boyama Kitabı</t>
+          <t>Her Şeyden Korkan Süper Kahraman</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>72</v>
+        <v>125</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254168802</t>
+          <t>9786254166785</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu - Resimli Klasikler</t>
+          <t>Mektup Arkadaşım</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254168772</t>
+          <t>9786254160844</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Disney Arabalar Yollarda İki Macera Birden Tuz Gözü Yarışı - Efsane</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254168789</t>
+          <t>9786254169755</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk - Resimli Klasikler</t>
+          <t>My Little Pony - Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254167065</t>
+          <t>9786254169298</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Siz Hiçbir Kitaba Sarıldınız mı?</t>
+          <t>Peppa Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254169786</t>
+          <t>9786254169304</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Tatilde</t>
+          <t>Peppa Yüzmeye Gidiyor</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254169854</t>
+          <t>9786254162831</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Turna Turna Kal Burada</t>
+          <t>Kedimin Adı Odin</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254169205</t>
+          <t>9786254164064</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Anime Pembe Prenses Boyama Kitabı</t>
+          <t>Bay Saçma</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254169199</t>
+          <t>9786254167508</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Anime Mavi Prenses Boyama Kitabı</t>
+          <t>I Love Unicorn Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254169724</t>
+          <t>9786254167515</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Ağlar</t>
+          <t>Pjmasks Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254160127</t>
+          <t>9786254166617</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gur Gur Göbekli Kedi</t>
+          <t>Disney Pixar Arabalar Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>129</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254169908</t>
+          <t>9786254167485</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Noa’ya Mektup</t>
+          <t>Barbie Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>169</v>
+        <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254169885</t>
+          <t>9786254167492</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Müsmükemmel Pisicorn</t>
+          <t>TRT Çocuk Kuzucuk Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>190</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254169878</t>
+          <t>9786254166815</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Miniminnacık Pisicorn</t>
+          <t>Karlar Ülkesi 2 Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254168970</t>
+          <t>9786254160011</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+          <t>Kendin Gibi (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>579</v>
+        <v>260</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254169021</t>
+          <t>9786254169441</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Brawl - Maskeli Boyama Kitabı</t>
+          <t>Haylaz Babam</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254168666</t>
+          <t>9786254163401</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Evde Şarkı Partisi - Cocomelon Boyama Evi</t>
+          <t>Barbie Süper Macera Boyama Kitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>90</v>
+        <v>72</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254168635</t>
+          <t>9786254168802</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Evde Kahkaha Partisi - Peppa Pig</t>
+          <t>Seksen Günde Dünya Turu - Resimli Klasikler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>109</v>
+        <v>99</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254169410</t>
+          <t>9786254168772</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Disney The Never Girls 2 - Aradaki Geçit</t>
+          <t>Güliver'in Gezileri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>170</v>
+        <v>99</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254169700</t>
+          <t>9786254168789</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kawaii - Külah Külah Boyama</t>
+          <t>Dünyanın Merkezine Yolculuk - Resimli Klasikler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254169465</t>
+          <t>9786254167065</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise - Külah Külah Boyama</t>
+          <t>Siz Hiçbir Kitaba Sarıldınız mı?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254169472</t>
+          <t>9786254169786</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks - Külah Külah Boyama</t>
+          <t>Küçük Bay ve Bayanlar Tatilde</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254169380</t>
+          <t>9786254169854</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar - Külah Külah Boyama</t>
+          <t>Turna Turna Kal Burada</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>90</v>
+        <v>215</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254169373</t>
+          <t>9786254169205</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Külah Külah Boyama</t>
+          <t>Anime Pembe Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254169458</t>
+          <t>9786254169199</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice'in Harikalar Pastanesi - Külah Külah Boyama</t>
+          <t>Anime Mavi Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254169519</t>
+          <t>9786254169724</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çekilin, Ben Yazarım!</t>
+          <t>Erkekler Ağlar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786254169663</t>
+          <t>9786254160127</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Geyiği</t>
+          <t>Gur Gur Göbekli Kedi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254169656</t>
+          <t>9786254169908</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bubu Türkan Saylan'ı Anlatıyor</t>
+          <t>Noa’ya Mektup</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254168888</t>
+          <t>9786254169885</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Şanslı Ördek</t>
+          <t>Müsmükemmel Pisicorn</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254168925</t>
+          <t>9786254169878</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Okulda Yetenek Günü</t>
+          <t>Miniminnacık Pisicorn</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254163913</t>
+          <t>9786254168970</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Akıllı</t>
+          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>579</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254169687</t>
+          <t>9786254169021</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Taşıt Macerası</t>
+          <t>Brawl - Maskeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254169670</t>
+          <t>9786254168666</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Haklarımız ve Sorumluluklarımız</t>
+          <t>Evde Şarkı Partisi - Cocomelon Boyama Evi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>229</v>
+        <v>90</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254169526</t>
+          <t>9786254168635</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclise Yolculuk</t>
+          <t>Evde Kahkaha Partisi - Peppa Pig</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>185</v>
+        <v>109</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254169533</t>
+          <t>9786254169410</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavuk Hikayesi - Kümeste Curcuna</t>
+          <t>Disney The Never Girls 2 - Aradaki Geçit</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254169229</t>
+          <t>9786254169700</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn 100+ Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Kawaii - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254168673</t>
+          <t>9786254169465</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak Disney Prenses Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Lol Surprise - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>119</v>
+        <v>90</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254168642</t>
+          <t>9786254169472</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice’in Harikalar Pastanesi Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Pjmasks - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>79.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254165290</t>
+          <t>9786254169380</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Karlar Ülkesi 2</t>
+          <t>Disney Arabalar - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254165283</t>
+          <t>9786254169373</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Mickey Farenin Kulüp Evi</t>
+          <t>Disney Karlar Ülkesi - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254165276</t>
+          <t>9786254169458</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Disney Sonsuz Öykü Arabalar 3</t>
+          <t>Disney Alice'in Harikalar Pastanesi - Külah Külah Boyama</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050986259</t>
+          <t>9786254169519</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Geveze</t>
+          <t>Çekilin, Ben Yazarım!</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254164927</t>
+          <t>9786254169663</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli 20 Öykü</t>
+          <t>Defne'nin Geyiği</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254169496</t>
+          <t>9786254169656</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Acıyooo</t>
+          <t>Bubu Türkan Saylan'ı Anlatıyor</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>199</v>
+        <v>230</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254169502</t>
+          <t>9786254168888</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pıg İlk Boyama Kitabım</t>
+          <t>Peppa Pig - Şanslı Ördek</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254168703</t>
+          <t>9786254168925</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Peppa Pig - Okulda Yetenek Günü</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254169106</t>
+          <t>9786254163913</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 7 - Son Savaş</t>
+          <t>Küçük Bayan Akıllı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254169083</t>
+          <t>9786254169687</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 6 - Gümüş Sandalye</t>
+          <t>Küçük Bay ve Bayanlar Taşıt Macerası</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254169120</t>
+          <t>9786254169670</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 5 - Şafak Yıldızı’nın Son Yolculuğu</t>
+          <t>Haklarımız ve Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254169137</t>
+          <t>9786254169526</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 4 - Prens Caspian</t>
+          <t>İlk Meclise Yolculuk</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254169113</t>
+          <t>9786254169533</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 3 - At ve Çocuk</t>
+          <t>Bir Tavuk Hikayesi - Kümeste Curcuna</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254169144</t>
+          <t>9786254169229</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 2 - Aslan, Cadı Ve Dolap</t>
+          <t>I Love Unicorn 100+ Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254166518</t>
+          <t>9786254168673</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavuk Hikayesi</t>
+          <t>Maskeni Tak Disney Prenses Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>220</v>
+        <v>119</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254169403</t>
+          <t>9786254168642</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcusu</t>
+          <t>Disney Alice’in Harikalar Pastanesi Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>280</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254169182</t>
+          <t>9786254165290</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı Keyfine Bak</t>
+          <t>Disney Sonsuz Öykü Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>79.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254169175</t>
+          <t>9786254165283</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı Kucaklaş</t>
+          <t>Disney Sonsuz Öykü Mickey Farenin Kulüp Evi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>79.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254169168</t>
+          <t>9786254165276</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Sonsuz Öykü Arabalar 3</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254168659</t>
+          <t>9786050986259</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Bayan Geveze</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>79.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254168147</t>
+          <t>9786254164927</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars Boyama Kitabı</t>
+          <t>İyi Kalpli 20 Öykü</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>34.9</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254169359</t>
+          <t>9786254169496</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Barbie Mermaid Power Çıkartmalı Boyama Kitabı</t>
+          <t>Acıyooo</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>36.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254169397</t>
+          <t>9786254169502</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kızı</t>
+          <t>Peppa Pıg İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254169007</t>
+          <t>9786254168703</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Antik Yunan Macerası</t>
+          <t>Karlar Ülkesi Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254168901</t>
+          <t>9786254169106</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa İyi Biri</t>
+          <t>Narnia Günlükleri 7 - Son Savaş</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254168871</t>
+          <t>9786254169083</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Peppa'nın İlk Pijama Partisi</t>
+          <t>Narnia Günlükleri 6 - Gümüş Sandalye</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254169335</t>
+          <t>9786254169120</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Bale Dersi</t>
+          <t>Narnia Günlükleri 5 - Şafak Yıldızı’nın Son Yolculuğu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254168994</t>
+          <t>9786254169137</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Barbie Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Narnia Günlükleri 4 - Prens Caspian</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254168697</t>
+          <t>9786254169113</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Narnia Günlükleri 3 - At ve Çocuk</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254168987</t>
+          <t>9786254169144</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Narnia Günlükleri 2 - Aslan, Cadı Ve Dolap</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254165542</t>
+          <t>9786254166518</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Mickey İle Renkli Klasikler Denizler Altında 20 Bin Fersah</t>
+          <t>Bir Tavuk Hikayesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>115</v>
+        <v>260</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254163517</t>
+          <t>9786254169403</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2 Oyun Zamanı</t>
+          <t>Gece Yolcusu</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254168741</t>
+          <t>9786254169182</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kitap Arkadaşlarım</t>
+          <t>Kawaii Boyama Kitabı Keyfine Bak</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>260</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254160462</t>
+          <t>9786254169175</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Kawaii Boyama Kitabı Kucaklaş</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>45</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254160479</t>
+          <t>9786254169168</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Peppa Pig Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254160486</t>
+          <t>9786254168659</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>LOL Surprise Eğlenceye Açılan Pencere Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>45</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254160493</t>
+          <t>9786254168147</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Brawl Stars Boyama Kitabı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>45</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254160509</t>
+          <t>9786254169359</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğlenceli Keşifler</t>
+          <t>Barbie Mermaid Power Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>45</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254162954</t>
+          <t>9786254169397</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Canavarlar</t>
+          <t>Okyanusun Kızı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>45</v>
+        <v>370</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254165023</t>
+          <t>9786254169007</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Kulübü Öte Evrene Yolculuk</t>
+          <t>Küçük Bay ve Bayanlar Antik Yunan Macerası</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254165573</t>
+          <t>9786254168901</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars - Maskeni Tak ve Boya!</t>
+          <t>Peppa Pig Peppa İyi Biri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254168161</t>
+          <t>9786254168871</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Brawl Stars - Bulmacalar ve Aktiviteler</t>
+          <t>Peppa Pig Peppa'nın İlk Pijama Partisi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254168031</t>
+          <t>9786254169335</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Peppa Pig Bale Dersi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254167713</t>
+          <t>9786254168994</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Barbie Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254168154</t>
+          <t>9786254168697</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Barbie - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Pjmask Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254166549</t>
+          <t>9786254168987</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Peppa Pig Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254166532</t>
+          <t>9786254165542</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Disney Hayvancıklar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Mickey İle Renkli Klasikler Denizler Altında 20 Bin Fersah</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254168130</t>
+          <t>9786254163517</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
+          <t>Karlar Ülkesi 2 Oyun Zamanı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254168581</t>
+          <t>9786254168741</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adam ve Fare</t>
+          <t>Kitap Arkadaşlarım</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254168383</t>
+          <t>9786254160462</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Sihirli Unicorn</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254168390</t>
+          <t>9786254160479</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Peppa Pig - Doğum Günü Partisi</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254165580</t>
+          <t>9786254160486</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Bay Kusursuz</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254166723</t>
+          <t>9786254160493</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Yürekli'nin İnanılmaz Gemisi</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254166730</t>
+          <t>9786254160509</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Cadıca İşler</t>
+          <t>Disney Eğlenceli Keşifler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254168536</t>
+          <t>9786254162954</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Lila'nın Odası</t>
+          <t>Boyama Şenliği Canavarlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254167355</t>
+          <t>9786254165023</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Robot Var</t>
+          <t>Çılgın Deneyler Kulübü Öte Evrene Yolculuk</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254168468</t>
+          <t>9786254165573</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Takımı - Enerji Operasyonu</t>
+          <t>Brawl Stars - Maskeni Tak ve Boya!</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254168178</t>
+          <t>9786254168161</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi- Mezarlığın Sırrı</t>
+          <t>Brawl Stars - Bulmacalar ve Aktiviteler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254167706</t>
+          <t>9786254168031</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dedeftifleri Ekin ve Metin Cama Can Üfleyenler</t>
+          <t>Pjmasks - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254168123</t>
+          <t>9786254167713</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Pjmask Çıkartma Çılgınlığı Boyama Kitabı</t>
+          <t>My Little Pony - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>89.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254167997</t>
+          <t>9786254168154</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Türkiye Yolculuğu</t>
+          <t>Barbie - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254167980</t>
+          <t>9786254166549</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty Beni Giydir Çıkartmalı Etkinlik Kitabı</t>
+          <t>Disney Pixar Arabalar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254163906</t>
+          <t>9786254166532</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Disney The Never Girls Sihirli Bir An</t>
+          <t>Disney Hayvancıklar - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254167584</t>
+          <t>9786254168130</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Disney Alice'in Harikalar Pastanesi Yılbaşı Pastası Sarayı</t>
+          <t>Disney Karlar Ülkesi - Renkler Çıldırdı! Çıkartmalı Boyama Partisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254168192</t>
+          <t>9786254168581</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım</t>
+          <t>Yaşlı Adam ve Fare</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254167218</t>
+          <t>9786254168383</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sindirella - Disney Unutulmaz Klasikler</t>
+          <t>Peppa Pig - Sihirli Unicorn</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254167195</t>
+          <t>9786254168390</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses - Disney Unutulmaz Klasikler</t>
+          <t>Peppa Pig - Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254167232</t>
+          <t>9786254165580</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde - Disney Unutulmaz Klasikler</t>
+          <t>Bay Kusursuz</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254168109</t>
+          <t>9786254166723</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Bu İşin İçinde Matematik Var</t>
+          <t>Kaptan Yürekli'nin İnanılmaz Gemisi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254168116</t>
+          <t>9786254166730</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Pırtı</t>
+          <t>Cadıca İşler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254168062</t>
+          <t>9786254168536</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
+          <t>Lila'nın Odası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>8696602031591</t>
+          <t>9786254167355</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbet Kartları</t>
+          <t>Aramızda Robot Var</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>1200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254167935</t>
+          <t>9786254168468</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Ormanda Yürüyüş Boyama Kitabı</t>
+          <t>Yeryüzü Takımı - Enerji Operasyonu</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254167911</t>
+          <t>9786254168178</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Evinin Yanında Boyama Kitabı</t>
+          <t>Sırlar Serisi- Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254167904</t>
+          <t>9786254167706</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Deniz Altında Boyama Kitabı</t>
+          <t>Sanat Dedeftifleri Ekin ve Metin Cama Can Üfleyenler</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254167898</t>
+          <t>9786254168123</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostlar - Çiftlikte Oyun Boyama Kitabı</t>
+          <t>Pjmask Çıkartma Çılgınlığı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>45</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254167942</t>
+          <t>9786254167997</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları - Batık Adası</t>
+          <t>Müzikli Türkiye Yolculuğu</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254165498</t>
+          <t>9786254167980</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Sihirli Unicorn Günü</t>
+          <t>Hello Kitty Beni Giydir Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254167874</t>
+          <t>9786254163906</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Arkadaşım</t>
+          <t>Disney The Never Girls Sihirli Bir An</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254167966</t>
+          <t>9786254167584</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Çıkartma Hediyeli Boyama Albümü</t>
+          <t>Disney Alice'in Harikalar Pastanesi Yılbaşı Pastası Sarayı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254167805</t>
+          <t>9786254168192</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Robot Macerası</t>
+          <t>Arkadaşım</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254167287</t>
+          <t>9786254167218</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Gösterişli</t>
+          <t>Sindirella - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254166747</t>
+          <t>9786254167195</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Öpücüklere Dikkat Et</t>
+          <t>Pamuk Prenses - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>170</v>
+        <v>99</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254166709</t>
+          <t>9786254167232</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Burundaki Parmak</t>
+          <t>Alice Harikalar Ülkesinde - Disney Unutulmaz Klasikler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254165146</t>
+          <t>9786254168109</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 Çıkartma Hediyeli Boyama Kitabı</t>
+          <t>Bidigago - Bu İşin İçinde Matematik Var</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>119</v>
+        <v>320</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254167621</t>
+          <t>9786254168116</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon JJ Ve Arkadaşları İz Peşinde Ara Bul</t>
+          <t>Dünyanın En Büyük Pırtı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>52</v>
+        <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254167652</t>
+          <t>9786254168062</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Renkler Küsünce - Bir İnsan Hakları Masalı</t>
+          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254167782</t>
+          <t>8696602031591</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Bidigago Bir Dünya Fikir</t>
+          <t>Aile Sohbet Kartları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>265</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254167690</t>
+          <t>9786254167935</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Dünya Efsanelerinin Peşinde</t>
+          <t>Minik Dostlar - Ormanda Yürüyüş Boyama Kitabı</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>205</v>
+        <v>45</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254167683</t>
+          <t>9786254167911</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Eğlenceli Boyama Kitabım</t>
+          <t>Minik Dostlar - Evinin Yanında Boyama Kitabı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>69.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254167775</t>
+          <t>9786254167904</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sihri Denizkızları Buluşması</t>
+          <t>Minik Dostlar - Deniz Altında Boyama Kitabı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254167676</t>
+          <t>9786254167898</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Miyav Eğlenceli Boyama Kitabım</t>
+          <t>Minik Dostlar - Çiftlikte Oyun Boyama Kitabı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>69.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254164125</t>
+          <t>9786254167942</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Eğlenceli Boyama Kitabım</t>
+          <t>Kayıp Dünyanın Tanrıları - Batık Adası</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>69.9</v>
+        <v>350</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254163128</t>
+          <t>9786254165498</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Eğlenceli Boyama Kitabım</t>
+          <t>Disney Minnie Sihirli Unicorn Günü</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>69.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254167669</t>
+          <t>9786254167874</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Eğlenceli Boyama Kitabım</t>
+          <t>Ağaç Arkadaşım</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>69.9</v>
+        <v>270</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254164941</t>
+          <t>9786254167966</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Bethany 1</t>
+          <t>LOL Surprise Çıkartma Hediyeli Boyama Albümü</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254167461</t>
+          <t>9786254167805</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bidigago- Fikrin Ustaları</t>
+          <t>Küçük Bay ve Bayanlar Robot Macerası</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254167331</t>
+          <t>9786254167287</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Unicorn ve Deniz Kızı Etkinlik Çantam</t>
+          <t>Küçük Bayan Gösterişli</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>97</v>
+        <v>160</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254166853</t>
+          <t>9786254166747</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Robotlar</t>
+          <t>Öpücüklere Dikkat Et</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254166846</t>
+          <t>9786254166709</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Pjmasks</t>
+          <t>Burundaki Parmak</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254166808</t>
+          <t>9786254165146</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Oyun Temelli Okula Hazırlık</t>
+          <t>Disney Karlar Ülkesi 2 Çıkartma Hediyeli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>45</v>
+        <v>119</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254167089</t>
+          <t>9786254167621</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Büyüyüorum Yuvada Bir Gün</t>
+          <t>Cocomelon JJ Ve Arkadaşları İz Peşinde Ara Bul</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>72</v>
+        <v>52</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254166839</t>
+          <t>9786254167652</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Hayvanlar</t>
+          <t>Renkler Küsünce - Bir İnsan Hakları Masalı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254167072</t>
+          <t>9786254167782</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Büyüyüorum Sebzeler</t>
+          <t>Bidigago Bir Dünya Fikir</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254166792</t>
+          <t>9786254167690</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Doğa</t>
+          <t>Dünya Efsanelerinin Peşinde</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254167171</t>
+          <t>9786254167683</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Mental Aritmetik Toplama Çıkarma Alıştırmaları</t>
+          <t>Uzayda Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>52</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786254166860</t>
+          <t>9786254167775</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Oyun Temelli Okula Hazırlık Bilim</t>
+          <t>Unicorn Sihri Denizkızları Buluşması</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254166884</t>
+          <t>9786254167676</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen Ve Ben - Çifte Final</t>
+          <t>Miyav Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254166877</t>
+          <t>9786254164125</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Sakura Baharı Bekliyor</t>
+          <t>Lol Surprise Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>185</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254166594</t>
+          <t>9786254163128</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Mcqueen Çıkartmalı Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi 2 - Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>54.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254166587</t>
+          <t>9786254167669</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Matchy Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Çiftlikte Eğlenceli Boyama Kitabım</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>54.9</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254166570</t>
+          <t>9786254164941</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Grand Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Canavar ve Bethany 1</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254166563</t>
+          <t>9786254167461</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Shine On Queen Çıkartmalı Boyama Kitabı</t>
+          <t>Bidigago- Fikrin Ustaları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>54.9</v>
+        <v>320</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254164750</t>
+          <t>9786254167331</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Sihirli Misafir</t>
+          <t>Unicorn ve Deniz Kızı Etkinlik Çantam</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>110</v>
+        <v>97</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254164767</t>
+          <t>9786254166853</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Doğum Günü Sürprizi</t>
+          <t>Oyun Temelli Okula Hazırlık Robotlar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254164903</t>
+          <t>9786254166846</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Saray Masalları Mükemmel Bir Yuva</t>
+          <t>Oyun Temelli Okula Hazırlık Pjmasks</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254164910</t>
+          <t>9786254166808</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Okuma Dünyası Disney Alıce'in Harikalar Pastanesi Tatlı Bir Macera</t>
+          <t>Küçük Bay ve Bayanlar Oyun Temelli Okula Hazırlık</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254165306</t>
+          <t>9786254167089</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Şövalye Macerası</t>
+          <t>Cocomelon Büyüyüorum Yuvada Bir Gün</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254166495</t>
+          <t>9786254166839</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn Çılgın Sihirli Boyama Kitabı</t>
+          <t>Oyun Temelli Okula Hazırlık Hayvanlar</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>42.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254165177</t>
+          <t>9786254167072</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Unicorn Boyama Kitabı</t>
+          <t>Cocomelon Büyüyüorum Sebzeler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>54.9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254164729</t>
+          <t>9786254166792</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Pjmasks Kertenkele Çocuk Boyama Kitabı</t>
+          <t>Oyun Temelli Okula Hazırlık Doğa</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>119</v>
+        <v>45</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254164736</t>
+          <t>9786254167171</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Pjmasks Baykuş Kız Boyama Kitabı</t>
+          <t>Mental Aritmetik Toplama Çıkarma Alıştırmaları</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>119</v>
+        <v>52</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254165184</t>
+          <t>9786254166860</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Maskeni Tak Boyama Kitabı</t>
+          <t>Oyun Temelli Okula Hazırlık Bilim</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>54.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254164743</t>
+          <t>9786254166884</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - LOL Surprise Boyama Kitabı</t>
+          <t>Sherlock Lüpen Ve Ben - Çifte Final</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>119</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254165061</t>
+          <t>9786254166877</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Orman Macerası</t>
+          <t>Sakura Baharı Bekliyor</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254165078</t>
+          <t>9786254166594</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Mısır Macerası</t>
+          <t>Lol Surprise Mcqueen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>120</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254165054</t>
+          <t>9786254166587</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Bay Sakin</t>
+          <t>Lol Surprise Matchy Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>120</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254164545</t>
+          <t>9786254166570</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Pandalık Yapalım! - Disney Pixar Kırmızı</t>
+          <t>Lol Surprise Grand Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254163340</t>
+          <t>9786254166563</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Bidigago - Bidigago’ya Yolculuk</t>
+          <t>Lol Surprise Shine On Queen Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>265</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254160349</t>
+          <t>9786254164750</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Mini Mini Prensesler Boyama Kitabı - 2</t>
+          <t>Disney Prenses Saray Masalları Sihirli Misafir</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>72</v>
+        <v>110</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254163050</t>
+          <t>9786254164767</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 1 - Hızlı Okuyan Kazanır!</t>
+          <t>Disney Prenses Saray Masalları Doğum Günü Sürprizi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254163074</t>
+          <t>9786254164903</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 3 - Hızlı Okuyan Kazanır!</t>
+          <t>Disney Prenses Saray Masalları Mükemmel Bir Yuva</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>119</v>
+        <v>110</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254163081</t>
+          <t>9786254164910</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 4 - Hızlı Okuyan Kazanır!</t>
+          <t>Okuma Dünyası Disney Alıce'in Harikalar Pastanesi Tatlı Bir Macera</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>119</v>
+        <v>49</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254163524</t>
+          <t>9786254165306</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben, Hepimiz, Yaşasın Bedenimiz!</t>
+          <t>Küçük Bay ve Bayanlar Şövalye Macerası</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>189</v>
+        <v>160</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254164088</t>
+          <t>9786254166495</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Neşelen! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>I Love Unicorn Çılgın Sihirli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>39.9</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254164095</t>
+          <t>9786254165177</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Mutlu Ol! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Maskeni Tak - Unicorn Boyama Kitabı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>39.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254164101</t>
+          <t>9786254164729</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kawaii İyi Hisset! - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Maskeni Tak - Pjmasks Kertenkele Çocuk Boyama Kitabı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>29.9</v>
+        <v>119</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254164118</t>
+          <t>9786254164736</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Gülümse - En Tatlı Çıkartmalı Boyama Kitabı</t>
+          <t>Maskeni Tak - Pjmasks Baykuş Kız Boyama Kitabı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>34.9</v>
+        <v>119</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254163067</t>
+          <t>9786254165184</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise! Oyunlu Boyama 2 - Hızlı Okuyan Kazanır!</t>
+          <t>My Little Pony - Maskeni Tak Boyama Kitabı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>119</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786050922172</t>
+          <t>9786254164743</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Fener Balığının Kayıp Işığı</t>
+          <t>Maskeni Tak - LOL Surprise Boyama Kitabı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>28</v>
+        <v>119</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786050941456</t>
+          <t>9786254165061</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Portakal Sokağı Çocukları</t>
+          <t>Küçük Bay ve Bayanlar Orman Macerası</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786050947854</t>
+          <t>9786254165078</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Işıltı ve Parıltı En Tatlı Kapkek Öykü</t>
+          <t>Küçük Bay ve Bayanlar Mısır Macerası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786050951844</t>
+          <t>9786254165054</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Sofia Boyama Seti</t>
+          <t>Bay Sakin</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>24</v>
+        <v>160</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786050951868</t>
+          <t>9786254164545</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Boyama Seti</t>
+          <t>Pandalık Yapalım! - Disney Pixar Kırmızı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786050963656</t>
+          <t>9786254163340</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Bahçe</t>
+          <t>Bidigago - Bidigago’ya Yolculuk</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>30</v>
+        <v>320</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786050967944</t>
+          <t>9786254160349</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Disney Prenses - Mini Mini Prensesler Boyama Kitabı - 2</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>45</v>
+        <v>72</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786050969245</t>
+          <t>9786254163050</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen Ve Ben 3</t>
+          <t>Lol Surprise! Oyunlu Boyama 1 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>250</v>
+        <v>119</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786050969252</t>
+          <t>9786254163074</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen Ve Ben</t>
+          <t>Lol Surprise! Oyunlu Boyama 3 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>119</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786050969269</t>
+          <t>9786254163081</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 8</t>
+          <t>Lol Surprise! Oyunlu Boyama 4 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>250</v>
+        <v>119</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786050969276</t>
+          <t>9786254163524</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 2</t>
+          <t>Sen, Ben, Hepimiz, Yaşasın Bedenimiz!</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>189</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786050970586</t>
+          <t>9786254164088</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Disney Uykudan Önce En Güzel Öyküler</t>
+          <t>Kawaii Neşelen! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>89</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786050970630</t>
+          <t>9786254164095</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Kawaii Mutlu Ol! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>99.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786050971378</t>
+          <t>9786254164101</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Lol Surorise Neon Splatters</t>
+          <t>Kawaii İyi Hisset! - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>14.95</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786050971392</t>
+          <t>9786254164118</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprise Prezzie</t>
+          <t>Kawaii Gülümse - En Tatlı Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>14.95</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786050971408</t>
+          <t>9786254163067</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Lol Surprıse Snow Leopard</t>
+          <t>Lol Surprise! Oyunlu Boyama 2 - Hızlı Okuyan Kazanır!</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>14.95</v>
+        <v>119</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050982466</t>
+          <t>9786050922172</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuklarına Günaydın (Ciltli)</t>
+          <t>Fener Balığının Kayıp Işığı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>500</v>
+        <v>28</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254167348</t>
+          <t>9786050941456</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar ve Hayvanlar Etkinlik Çantam</t>
+          <t>Portakal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254167294</t>
+          <t>9786050947854</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Şarkısı</t>
+          <t>Işıltı ve Parıltı En Tatlı Kapkek Öykü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254167300</t>
+          <t>9786050951844</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Boyacısı</t>
+          <t>Disney Prenses Sofia Boyama Seti</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254167188</t>
+          <t>9786050951868</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar-Tabii Ki Ben Kazanacağım!</t>
+          <t>Disney Mickey Boyama Seti</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>309</v>
+        <v>32</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254161575</t>
+          <t>9786050963656</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kampı Maceraları</t>
+          <t>Buzdan Bahçe</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254166631</t>
+          <t>9786050967944</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Minik Kulaklı Çello Miçello</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>132</v>
+        <v>45</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254166457</t>
+          <t>9786050969245</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Anime Mutlu Boyama 2 Yeşil</t>
+          <t>Sherlock Lupen Ve Ben 3</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>32</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254166440</t>
+          <t>9786050969252</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Anime Mutlu Boyama 1 Mor</t>
+          <t>Sherlock Lupen Ve Ben</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>32</v>
+        <v>280</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254166471</t>
+          <t>9786050969269</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Spor</t>
+          <t>Sherlock Lüpen ve Ben 8</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254166464</t>
+          <t>9786050969276</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Meslekler</t>
+          <t>Sherlock Lüpen ve Ben 2</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254166501</t>
+          <t>9786050970586</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çekilin Ben Okurum</t>
+          <t>Disney Uykudan Önce En Güzel Öyküler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>165</v>
+        <v>89</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254163333</t>
+          <t>9786050970630</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Amma da Korktunuz?</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>309</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254163326</t>
+          <t>9786050971378</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Ben de Oynayabilir miyim?</t>
+          <t>Lol Surorise Neon Splatters</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>309</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254165559</t>
+          <t>9786050971392</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Genç Kızım Ben 4 - Yaz Maceralarım</t>
+          <t>Lol Surprise Prezzie</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254165535</t>
+          <t>9786050971408</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kafacanlar - Yardım İster Misin?</t>
+          <t>Lol Surprıse Snow Leopard</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>309</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254165511</t>
+          <t>9786050982466</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
+          <t>Dünya Çocuklarına Günaydın (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>109</v>
+        <v>500</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254165504</t>
+          <t>9786254167348</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
+          <t>Taşıtlar ve Hayvanlar Etkinlik Çantam</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>109</v>
+        <v>140</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254164835</t>
+          <t>9786254167294</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ile Renkli Klasikler Küçük Kadınlar</t>
+          <t>Rüzgarın Şarkısı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>59</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254164842</t>
+          <t>9786254167300</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ile Renkli Klasikler - Hamlet</t>
+          <t>Gökyüzü Boyacısı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>59</v>
+        <v>300</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254165269</t>
+          <t>9786254167188</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bostan Kardeşliği</t>
+          <t>Kafacanlar-Tabii Ki Ben Kazanacağım!</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>275</v>
+        <v>309</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254165252</t>
+          <t>9786254161575</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kaya</t>
+          <t>Uzay Kampı Maceraları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>169</v>
+        <v>270</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254165160</t>
+          <t>9786254166631</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - Kovboy Boyama Kitabı</t>
+          <t>Minik Kulaklı Çello Miçello</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254165153</t>
+          <t>9786254166457</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Maskeni Tak - İtfaiyeci Boyama Kitabı</t>
+          <t>Kawaii Anime Mutlu Boyama 2 Yeşil</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>54.9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254163494</t>
+          <t>9786254166440</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Aceleci</t>
+          <t>Kawaii Anime Mutlu Boyama 1 Mor</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254163500</t>
+          <t>9786254166471</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bay Neşeli</t>
+          <t>Boyama Şenliği Spor</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254164637</t>
+          <t>9786254166464</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Uzamsal Akıl Yürütme</t>
+          <t>Boyama Şenliği Meslekler</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>270</v>
+        <v>45</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254164859</t>
+          <t>9786254166501</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları</t>
+          <t>Çekilin Ben Okurum</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254164606</t>
+          <t>9786254163333</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Aynı Farklı</t>
+          <t>Kafacanlar - Amma da Korktunuz?</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>270</v>
+        <v>309</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254164613</t>
+          <t>9786254163326</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Mantık</t>
+          <t>Kafacanlar - Ben de Oynayabilir miyim?</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>270</v>
+        <v>309</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254164620</t>
+          <t>9786254165559</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kumon - Yaratıcılık</t>
+          <t>14 Yaşında Bir Genç Kızım Ben 4 - Yaz Maceralarım</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254164934</t>
+          <t>9786254165535</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Lo</t>
+          <t>Kafacanlar - Yardım İster Misin?</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>320</v>
+        <v>309</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254165030</t>
+          <t>9786254165511</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>260</v>
+        <v>109</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254164781</t>
+          <t>9786254165504</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Dağ</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>260</v>
+        <v>109</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254164583</t>
+          <t>9786254164835</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hello Kitty - Gezegenler Boyama Kitabı</t>
+          <t>Disney Mickey ile Renkli Klasikler Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254161506</t>
+          <t>9786254164842</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Dört Mevsim Boyama Kitabı</t>
+          <t>Disney Mickey ile Renkli Klasikler - Hamlet</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254165009</t>
+          <t>9786254165269</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Su Altı Macerası</t>
+          <t>Bostan Kardeşliği</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254163456</t>
+          <t>9786254165252</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Yeni Bir Nesil Faaliyet Kitabı</t>
+          <t>Yaşlı Kaya</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254164873</t>
+          <t>9786254165160</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk: Eğlence Zamanı - Etkinlik Kitabı</t>
+          <t>Maskeni Tak - Kovboy Boyama Kitabı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254164880</t>
+          <t>9786254165153</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Düşleri - Neşeli Meyveler Boyama Kitabı</t>
+          <t>Maskeni Tak - İtfaiyeci Boyama Kitabı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>45</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254163487</t>
+          <t>9786254163494</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses - Cesur ve İyi Çıkartmalı Boyama Kitabı</t>
+          <t>Küçük Bayan Aceleci</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254164996</t>
+          <t>9786254163500</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Pes Etmiyor</t>
+          <t>Bay Neşeli</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254164866</t>
+          <t>9786254164637</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk: Mutlu Renkler - Boyama Kitabı</t>
+          <t>Kumon - Uzamsal Akıl Yürütme</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254165016</t>
+          <t>9786254164859</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Cesur</t>
+          <t>Kayıp Dünyanın Tanrıları</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254164897</t>
+          <t>9786254164606</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Düşleri - Harfleri Öğreniyorum</t>
+          <t>Kumon - Aynı Farklı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254164576</t>
+          <t>9786254164613</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı 2</t>
+          <t>Kumon - Mantık</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>45</v>
+        <v>270</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254164569</t>
+          <t>9786254164620</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı</t>
+          <t>Kumon - Yaratıcılık</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>72</v>
+        <v>270</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254164538</t>
+          <t>9786254164934</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Mevsimler Boyama Kitabı</t>
+          <t>Lo</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>79</v>
+        <v>380</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254164484</t>
+          <t>9786254165030</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Labirentli Boyama Kitabı</t>
+          <t>Hepimiz</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>79</v>
+        <v>320</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254164514</t>
+          <t>9786254164781</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Dünya Turu Boyama Kitabı</t>
+          <t>Minecraft Dağ</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>79</v>
+        <v>260</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254163425</t>
+          <t>9786254164583</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Okuma Dünyası Dısney Mıckey Yaz Günü Kar Eğlencesi (Ciltli)</t>
+          <t>Hello Kitty - Gezegenler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254164149</t>
+          <t>9786254161506</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Kraliçe Elsa Boyama Kitabı</t>
+          <t>Disney Karlar Ülkesi 2 - Dört Mevsim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254164217</t>
+          <t>9786254165009</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Barbie Taçlı Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Su Altı Macerası</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>36.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254164392</t>
+          <t>9786254163456</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Sevimliliği - Taçlı Boyama Kitabı</t>
+          <t>My Little Pony - Yeni Bir Nesil Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254164385</t>
+          <t>9786254164873</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Robot Evreni - Taçlı Boyama Kitabı</t>
+          <t>Kuzucuk: Eğlence Zamanı - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254164194</t>
+          <t>9786254164880</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Taçlı Boyama Kitabı</t>
+          <t>Elif'in Düşleri - Neşeli Meyveler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254161346</t>
+          <t>9786254163487</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Transformers Rescue Bots Academy - Şekillerle Öğreniyorum Faaliyet Kitabı</t>
+          <t>Disney Prenses - Cesur ve İyi Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>54.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254164187</t>
+          <t>9786254164996</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Disney Süslü Minnie Boyama Kitabı</t>
+          <t>Küçük Bay ve Bayanlar Pes Etmiyor</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>36.9</v>
+        <v>160</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254163470</t>
+          <t>9786254164866</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Şimşek Mcqueen Boyama Kitabı</t>
+          <t>Kuzucuk: Mutlu Renkler - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>32.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254164156</t>
+          <t>9786254165016</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Yarışları Boyama Kitabı</t>
+          <t>Küçük Bayan Cesur</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254164170</t>
+          <t>9786254164897</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>LOL Surprise Taçlı Boyama Kitabı</t>
+          <t>Elif'in Düşleri - Harfleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254163418</t>
+          <t>9786254164576</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Disney 101 Dalmaçyalı Afacan Benekler</t>
+          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254164491</t>
+          <t>9786254164569</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Uzay Macerası</t>
+          <t>Cocomelon Sevimli Gökkuşağı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>120</v>
+        <v>72</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254164521</t>
+          <t>9786254164538</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Japonya Macerası</t>
+          <t>Küçük Bay ve Bayanlar Mevsimler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>120</v>
+        <v>79</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254164507</t>
+          <t>9786254164484</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bay ve Bayanlar Dinozor Macerası</t>
+          <t>Küçük Bay ve Bayanlar Labirentli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>120</v>
+        <v>79</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254164552</t>
+          <t>9786254164514</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kiki Ve Mohan Zombi Kral’a Karşı</t>
+          <t>Küçük Bay ve Bayanlar Dünya Turu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>210</v>
+        <v>79</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254163289</t>
+          <t>9786254163425</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Kuzucuk Çiftlikte - Eğlence Boyama Kitabı</t>
+          <t>Okuma Dünyası Dısney Mıckey Yaz Günü Kar Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254163296</t>
+          <t>9786254164149</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Kahraman Kuzucuk</t>
+          <t>Disney Karlar Ülkesi - Kraliçe Elsa Boyama Kitabı</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254163302</t>
+          <t>9786254164217</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Elif'in Düşleri - Şekillerle Öğreniyorum</t>
+          <t>Barbie Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>45</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254163319</t>
+          <t>9786254164392</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Elif'in Düşleri - Ayva Bahçesinde Düş Zamanı</t>
+          <t>Unicorn Sevimliliği - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254163364</t>
+          <t>9786254164385</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Bulmaca Kulesi Boyama Kitabı</t>
+          <t>Robot Evreni - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254163357</t>
+          <t>9786254164194</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>TRT Çocuk - Bulmaca Kulesi Faaliyet Kitabı</t>
+          <t>My Little Pony - Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254164378</t>
+          <t>9786254161346</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Genç Kızım Ben 3 - Eyvah Zikzak Çiziyorum</t>
+          <t>Transformers Rescue Bots Academy - Şekillerle Öğreniyorum Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>180</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254162862</t>
+          <t>9786254164187</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi’ne Yolculuk</t>
+          <t>Disney Süslü Minnie Boyama Kitabı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>160</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254164415</t>
+          <t>9786254163470</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kulübü Zeka Bulmacaları</t>
+          <t>Disney Arabalar Şimşek Mcqueen Boyama Kitabı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>75</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254164408</t>
+          <t>9786254164156</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kulübü Sayı Bulmacaları</t>
+          <t>Disney Mickey Yarışları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254163432</t>
+          <t>9786254164170</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
+          <t>LOL Surprise Taçlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>29</v>
+        <v>45</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254163449</t>
+          <t>9786254163418</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
+          <t>Disney 101 Dalmaçyalı Afacan Benekler</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>29</v>
+        <v>180</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254163234</t>
+          <t>9786254164491</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Tatlı Boyama Çok Çok Çıkartmalı!</t>
+          <t>Küçük Bay ve Bayanlar Uzay Macerası</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254163241</t>
+          <t>9786254164521</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Şirin Boyama Çok Çok Çıkartmalı!</t>
+          <t>Küçük Bay ve Bayanlar Japonya Macerası</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254163227</t>
+          <t>9786254164507</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Sevimli Boyama Çok Çok Çıkartmalı!</t>
+          <t>Küçük Bay ve Bayanlar Dinozor Macerası</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254163258</t>
+          <t>9786254164552</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>I Love Unicorn En Güzel Boyama Çok Çok Çıkartmalı!</t>
+          <t>Kiki Ve Mohan Zombi Kral’a Karşı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>52</v>
+        <v>250</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254163272</t>
+          <t>9786254163289</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimi Nildişi İle Gülmenin Formülü</t>
+          <t>TRT Çocuk - Kuzucuk Çiftlikte - Eğlence Boyama Kitabı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>189</v>
+        <v>45</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786253942144</t>
+          <t>9786254163296</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar</t>
+          <t>TRT Çocuk - Kahraman Kuzucuk</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254163203</t>
+          <t>9786254163302</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing'den Zeka Oyunları</t>
+          <t>TRT Çocuk - Elif'in Düşleri - Şekillerle Öğreniyorum</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254163197</t>
+          <t>9786254163319</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Alan Turing'den Matematik Oyunları</t>
+          <t>TRT Çocuk - Elif'in Düşleri - Ayva Bahçesinde Düş Zamanı</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254162909</t>
+          <t>9786254163364</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks</t>
+          <t>TRT Çocuk - Bulmaca Kulesi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254162916</t>
+          <t>9786254163357</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Evde Pony Partisi Boyama Evi</t>
+          <t>TRT Çocuk - Bulmaca Kulesi Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254162770</t>
+          <t>9786254164378</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Disney Junnior Minnie</t>
+          <t>14 Yaşında Bir Genç Kızım Ben 3 - Eyvah Zikzak Çiziyorum</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254162794</t>
+          <t>9786254162862</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Disney Junior Mickey</t>
+          <t>Satranç Ülkesi’ne Yolculuk</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786253942151</t>
+          <t>9786254164415</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Beyin Kulübü Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254162923</t>
+          <t>9786254164408</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Barbie (Evde Moda Partisi)</t>
+          <t>Beyin Kulübü Sayı Bulmacaları</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254162930</t>
+          <t>9786254163432</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Aris’in Yolculuğu Dünya</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>175</v>
+        <v>29</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254162602</t>
+          <t>9786254163449</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Kırçıl</t>
+          <t>Piri ve Ruti Rüyalar Ülkesi'nde - Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>195</v>
+        <v>29</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254162756</t>
+          <t>9786254163234</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Cam Kafes</t>
+          <t>I Love Unicorn En Tatlı Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>150</v>
+        <v>52</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254162039</t>
+          <t>9786254163241</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Lol O.M.G Boyama Kitabı Harika Kızlar!</t>
+          <t>I Love Unicorn En Şirin Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>34.9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254162947</t>
+          <t>9786254163227</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Taşıtlar</t>
+          <t>I Love Unicorn En Sevimli Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254162978</t>
+          <t>9786254163258</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Rakamlar</t>
+          <t>I Love Unicorn En Güzel Boyama Çok Çok Çıkartmalı!</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>42</v>
+        <v>52</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254162961</t>
+          <t>9786254163272</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Boyama Şenliği Meyve Sebze</t>
+          <t>Diş Hekimi Nildişi İle Gülmenin Formülü</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>42</v>
+        <v>189</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254162749</t>
+          <t>9786253942144</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceği Sözü</t>
+          <t>Disney Pixar Arabalar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254160004</t>
+          <t>9786254163203</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lupen ve Ben 12</t>
+          <t>Alan Turing'den Zeka Oyunları</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>165</v>
+        <v>239</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254162886</t>
+          <t>9786254163197</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Cadıların Gecesi</t>
+          <t>Alan Turing'den Matematik Oyunları</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>230</v>
+        <v>239</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254162329</t>
+          <t>9786254162909</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Karpuz</t>
+          <t>Pjmasks</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254162060</t>
+          <t>9786254162916</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>George ve Zaman Gemisi</t>
+          <t>My Little Pony - Evde Pony Partisi Boyama Evi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>8696602030624</t>
+          <t>9786254162770</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Kartları Sorularla Büyüyoruz</t>
+          <t>Disney Junnior Minnie</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>127.12</v>
+        <v>90</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254162527</t>
+          <t>9786254162794</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Cam Kavanozlar</t>
+          <t>Disney Junior Mickey</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>219</v>
+        <v>90</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254160608</t>
+          <t>9786253942151</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254160448</t>
+          <t>9786254162923</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Barbie (Evde Moda Partisi)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>49.9</v>
+        <v>90</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254162077</t>
+          <t>9786254162930</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>İlk Maç Heyecanı</t>
+          <t>Aris’in Yolculuğu Dünya</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254161841</t>
+          <t>9786254162602</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Pembe Seven Oğlan</t>
+          <t>Teşekkürler Kırçıl</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254160431</t>
+          <t>9786254162756</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Cam Kafes</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>49.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254160455</t>
+          <t>9786254162039</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Lol O.M.G Boyama Kitabı Harika Kızlar!</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>49.9</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254160592</t>
+          <t>9786254162947</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>Boyama Şenliği Taşıtlar</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254160585</t>
+          <t>9786254162978</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses</t>
+          <t>Boyama Şenliği Rakamlar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>175</v>
+        <v>42</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254162046</t>
+          <t>9786254162961</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Alfabem</t>
+          <t>Boyama Şenliği Meyve Sebze</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254160424</t>
+          <t>9786254162749</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Disney İlk Öykülerim</t>
+          <t>Ateş Böceği Sözü</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>49.9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254161353</t>
+          <t>9786254160004</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Pjmasks</t>
+          <t>Sherlock Lupen ve Ben 12</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>14.9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254161469</t>
+          <t>9786254162886</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Son Darin 3</t>
+          <t>Arayış Ormanı - Cadıların Gecesi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>58</v>
+        <v>230</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254160578</t>
+          <t>9786254162329</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Portakal Sokağı Çocukları 3</t>
+          <t>Sihirli Karpuz</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254161650</t>
+          <t>9786254162060</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>14 Yaşında Bir Geç Kızım Ben 2</t>
+          <t>George ve Zaman Gemisi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786255745149</t>
+          <t>8696602030624</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Arılar Müzelik Oldu!</t>
+          <t>Sohbet Kartları Sorularla Büyüyoruz</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>190</v>
+        <v>127.12</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050983661</t>
+          <t>9786254162527</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Cingo</t>
+          <t>Cam Kavanozlar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050979671</t>
+          <t>9786254160608</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekalı Robotlar - Çılgın Deneyler Kulübü 2</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786255745125</t>
+          <t>9786254160448</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Topraklar - Yeryüzü Takımı 2</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>165</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050979626</t>
+          <t>9786254162077</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Işınlama Kazası - Çılgın Deneyler Kulübü 1</t>
+          <t>İlk Maç Heyecanı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>160</v>
+        <v>199</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050969504</t>
+          <t>9786254161841</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Taşıtlar</t>
+          <t>Pembe Seven Oğlan</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050969535</t>
+          <t>9786254160431</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Evcil Dostlar</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>240</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050969542</t>
+          <t>9786254160455</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kıpır Kıpır Kitaplar Okyanus</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>240</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050978100</t>
+          <t>9786254160592</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bayan Eğlence</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050971248</t>
+          <t>9786254160585</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yapay Zekanın Sırları</t>
+          <t>Disney Prenses</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050964790</t>
+          <t>9786254162046</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi 2</t>
+          <t>Muhteşem Alfabem</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>75.25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050965490</t>
+          <t>9786254160424</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Zile Basıp Kaçanlar</t>
+          <t>Disney İlk Öykülerim</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>140</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050928785</t>
+          <t>9786254161353</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Fosforik Orman Boyama Kitabı</t>
+          <t>Pjmasks</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>40.58</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789759910259</t>
+          <t>9786254161469</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Dişleme Kitabım (Ciltli)</t>
+          <t>Son Darin 3</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>57.97</v>
+        <v>58</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050929706</t>
+          <t>9786254160578</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Noktala</t>
+          <t>Portakal Sokağı Çocukları 3</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>71.08</v>
+        <v>270</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050927672</t>
+          <t>9786254161650</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Star Wars (Ciltli)</t>
+          <t>14 Yaşında Bir Geç Kızım Ben 2</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>86.44</v>
+        <v>140</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050928235</t>
+          <t>9786255745149</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi</t>
+          <t>Eyvah Arılar Müzelik Oldu!</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>98</v>
+        <v>220</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050928242</t>
+          <t>9786050983661</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Disney Presnses Sofia</t>
+          <t>Cingo</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>98</v>
+        <v>395</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050919264</t>
+          <t>9786050979671</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Oyun Seti</t>
+          <t>Yapay Zekalı Robotlar - Çılgın Deneyler Kulübü 2</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050902846</t>
+          <t>9786255745125</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Maceraları</t>
+          <t>Zehirli Topraklar - Yeryüzü Takımı 2</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>86</v>
+        <v>200</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050928068</t>
+          <t>9786050979626</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Disney Yaz Sil Minnie</t>
+          <t>Işınlama Kazası - Çılgın Deneyler Kulübü 1</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050932621</t>
+          <t>9786050969504</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+          <t>Kıpır Kıpır Kitaplar Taşıtlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>64</v>
+        <v>240</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050932638</t>
+          <t>9786050969535</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses 3 Boyutlu Maske Kitabı</t>
+          <t>Kıpır Kıpır Kitaplar Evcil Dostlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>52.88</v>
+        <v>240</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050928792</t>
+          <t>9786050969542</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Fosforik Çiftlik Boyama Kitabı</t>
+          <t>Kıpır Kıpır Kitaplar Okyanus</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>61</v>
+        <v>240</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050927979</t>
+          <t>9786050978100</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Barbie Sihirli Kanatlar</t>
+          <t>Küçük Bayan Eğlence</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>61</v>
+        <v>160</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050921014</t>
+          <t>9786050971248</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Pembecik ile Çıkartmalı Oyunlar</t>
+          <t>Çocuklar İçin Yapay Zekanın Sırları</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>71.08</v>
+        <v>320</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050914429</t>
+          <t>9786050964790</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kız (Ciltli)</t>
+          <t>Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>100.68</v>
+        <v>75.25</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050901450</t>
+          <t>9786050965490</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Disney Winnie The Pooh (Ciltli)</t>
+          <t>Zile Basıp Kaçanlar</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>121</v>
+        <v>170</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786050935615</t>
+          <t>9786050928785</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Pinkie'nin Sessiz Partisi</t>
+          <t>Fosforik Orman Boyama Kitabı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>98</v>
+        <v>40.58</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050935301</t>
+          <t>9789759910259</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Donkey Ville Hazinesi</t>
+          <t>Dişleme Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>98</v>
+        <v>57.97</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050959307</t>
+          <t>9786050929706</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Disney Toy Story 4</t>
+          <t>Noktala</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>140</v>
+        <v>71.08</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786050935653</t>
+          <t>9786050927672</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Barbie Ve Ajanlar Gizli Görevde Çıkartma</t>
+          <t>Star Wars (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>61</v>
+        <v>86.44</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050928860</t>
+          <t>9786050928235</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Mini Yapboz Kitabım</t>
+          <t>Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>90</v>
+        <v>98</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050928853</t>
+          <t>9786050928242</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Fare'nin Kulüpevi</t>
+          <t>Disney Presnses Sofia</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>120</v>
+        <v>98</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050928556</t>
+          <t>9786050919264</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Lego Friends Güzel Anılar</t>
+          <t>Disney Minnie Oyun Seti</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050935219</t>
+          <t>9786050902846</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Sahne Çıkartmaları</t>
+          <t>Kahramanlık Maceraları</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>98</v>
+        <v>86</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786050929591</t>
+          <t>9786050928068</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Sil Alıştırma Kitabı</t>
+          <t>Disney Yaz Sil Minnie</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786050930320</t>
+          <t>9786050932621</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Kutlama İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>64</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786050928020</t>
+          <t>9786050932638</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Disney Channel Boyama Keyfi</t>
+          <t>Disney Prenses 3 Boyutlu Maske Kitabı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>50.75</v>
+        <v>52.88</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786050931112</t>
+          <t>9786050928792</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Neşeli Yapboz Kitabım</t>
+          <t>Fosforik Çiftlik Boyama Kitabı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>150</v>
+        <v>61</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786050944426</t>
+          <t>9786050927979</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Zaman Hakkında Her Şey</t>
+          <t>Barbie Sihirli Kanatlar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>170</v>
+        <v>61</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050944419</t>
+          <t>9786050921014</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>My Little Pony - Pinkie Pie ve Sır Tutma Sorunu</t>
+          <t>Pembecik ile Çıkartmalı Oyunlar</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>140</v>
+        <v>71.08</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786050945249</t>
+          <t>9786050914429</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Prenses Eğlence Çantam</t>
+          <t>Çilek Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>160</v>
+        <v>100.68</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786050944815</t>
+          <t>9786050901450</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balık Dori Boyama Rulosu</t>
+          <t>Disney Winnie The Pooh (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>250</v>
+        <v>121</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786050936216</t>
+          <t>9786050935615</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Buz Canavarı</t>
+          <t>My Little Pony - Pinkie'nin Sessiz Partisi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>81.25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786050950588</t>
+          <t>9786050935301</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dişleme Kitabım (Ciltli)</t>
+          <t>My Little Pony - Donkey Ville Hazinesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>49.83</v>
+        <v>98</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786050950571</t>
+          <t>9786050959307</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Renkler Dişleme Kitabım (Ciltli)</t>
+          <t>Disney Toy Story 4</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>49.83</v>
+        <v>140</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786050944709</t>
+          <t>9786050935653</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Boyama</t>
+          <t>Barbie Ve Ajanlar Gizli Görevde Çıkartma</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>250</v>
+        <v>61</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786050945232</t>
+          <t>9786050928860</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Peri Eğlence Çantam</t>
+          <t>Disney Prenses Mini Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>82.8</v>
+        <v>90</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786255745330</t>
+          <t>9786050928853</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çantamdaki Öyküler</t>
+          <t>Disney Mickey Fare'nin Kulüpevi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786050958638</t>
+          <t>9786050928556</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Maşa İle Koca Ayı Faaliyet Zamanı</t>
+          <t>Lego Friends Güzel Anılar</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>91.42</v>
+        <v>75</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786050944747</t>
+          <t>9786050935219</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Arabalar 3 Boyama Rulosu</t>
+          <t>My Little Pony - Sahne Çıkartmaları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786050950274</t>
+          <t>9786050929591</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar-İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Yaz ve Sil Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786050946338</t>
+          <t>9786050930320</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Mouse ve Çılgın Yarışçılar (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Kutlama İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786050948684</t>
+          <t>9786050928020</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Lego Starwars</t>
+          <t>Disney Channel Boyama Keyfi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>225</v>
+        <v>50.75</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786050950465</t>
+          <t>9786050931112</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Yaratıcı Minikler (Ciltli)</t>
+          <t>My Little Pony - Neşeli Yapboz Kitabım</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786050944839</t>
+          <t>9786050944426</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey Mouse (Ciltli)</t>
+          <t>My Little Pony - Zaman Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050948905</t>
+          <t>9786050944419</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>İlginç Meslekler 2 - Pandonim Sanatçısı</t>
+          <t>My Little Pony - Pinkie Pie ve Sır Tutma Sorunu</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786050945713</t>
+          <t>9786050945249</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 3: Sonsuz Mutluluğun Sonu</t>
+          <t>Prenses Eğlence Çantam</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786050941685</t>
+          <t>9786050944815</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi Olaf'ın Maceraları (Ciltli)</t>
+          <t>Kayıp Balık Dori Boyama Rulosu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786050941678</t>
+          <t>9786050936216</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Mickey Fare'nin Kulüpevi (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Buz Canavarı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>250</v>
+        <v>81.25</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786050934304</t>
+          <t>9786050950588</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Arkadaşları Hayvanların Muhteşem Dünyası</t>
+          <t>Sözcükler Dişleme Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>71.08</v>
+        <v>49.83</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786050933963</t>
+          <t>9786050950571</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Anna ve Elsa'nın Harika Dünyası</t>
+          <t>Renkler Dişleme Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>71.08</v>
+        <v>49.83</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786050932799</t>
+          <t>9786050944709</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Disney Zootropolis Hayvanlar Şehri</t>
+          <t>Disney Prenses Boyama</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786050931815</t>
+          <t>9786050945232</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+          <t>Peri Eğlence Çantam</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>55.93</v>
+        <v>82.8</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786255745316</t>
+          <t>9786255745330</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Gıdıklanan Kitap</t>
+          <t>Çantamdaki Öyküler</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786255745286</t>
+          <t>9786050958638</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Evin Gizemi</t>
+          <t>Maşa İle Koca Ayı Faaliyet Zamanı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>220</v>
+        <v>91.42</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786255745118</t>
+          <t>9786050944747</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Mühürler Sandığı 1 - Gizli Görev: Sümer</t>
+          <t>Arabalar 3 Boyama Rulosu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786050930153</t>
+          <t>9786050950274</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifleri-1 Gizemli Laboratuvar</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar-İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786255745347</t>
+          <t>9786050946338</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Valizdeki Kedi</t>
+          <t>Disney Mickey Mouse ve Çılgın Yarışçılar (Ciltli)</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786255745309</t>
+          <t>9786050948684</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 6. Sınıf</t>
+          <t>Lego Starwars</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
+          <t>9786050950465</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Yaratıcı Minikler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786050944839</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey Mouse (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786050948905</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Meslekler 2 - Pandonim Sanatçısı</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786050945713</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>İyilik ve Kötülük Okulu 3: Sonsuz Mutluluğun Sonu</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786050941685</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Karlar Ülkesi Olaf'ın Maceraları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786050941678</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Mickey Fare'nin Kulüpevi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786050934304</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Disney Mickey ve Arkadaşları Hayvanların Muhteşem Dünyası</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>71.08</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786050933963</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi Anna ve Elsa'nın Harika Dünyası</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>71.08</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786050932799</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Disney Zootropolis Hayvanlar Şehri</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786050931815</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Disney Karlar Ülkesi 3 Boyutlu Maske Kitabı</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>55.93</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786255745316</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Gıdıklanan Kitap</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786255745286</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Evin Gizemi</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786255745118</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Mühürler Sandığı 1 - Gizli Görev: Sümer</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786050930153</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Dedektifleri-1 Gizemli Laboratuvar</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786255745347</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Valizdeki Kedi</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786255745309</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Tarih 6. Sınıf</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
           <t>9786255745323</t>
         </is>
       </c>
-      <c r="B814" s="1" t="inlineStr">
+      <c r="B830" s="1" t="inlineStr">
         <is>
           <t>Fener Balığının Kayıp Işığı</t>
         </is>
       </c>
-      <c r="C814" s="1">
-        <v>180</v>
+      <c r="C830" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>