--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3820 +85,3865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256057340</t>
+          <t>9786256057371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Enerji Temizliği</t>
+          <t>Velenor - İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258004472</t>
+          <t>9786256057364</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yörük Kızından Kadim Şifa Bilgileri</t>
+          <t>Güneş Kral - Erkekliğe Yeni Bir Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258344356</t>
+          <t>9786256057357</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
+          <t>Velenor: İki Dünya Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050952292</t>
+          <t>9786256057340</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uyan - Yeni Çağın Bilincine Hazırlık Kitabı</t>
+          <t>Enerji Temizliği</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>20.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050963120</t>
+          <t>9786258004472</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Bir Rüya Gördüm</t>
+          <t>Yörük Kızından Kadim Şifa Bilgileri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>18.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050956771</t>
+          <t>9786258344356</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İstif Çağı</t>
+          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050963380</t>
+          <t>9786050952292</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sadeleş Rahatla</t>
+          <t>Uyan - Yeni Çağın Bilincine Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050953770</t>
+          <t>9786050963120</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Japonların Kadim Beslenme Sırrı</t>
+          <t>Dün Gece Bir Rüya Gördüm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050957556</t>
+          <t>9786050956771</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>180 Günde Hayallere Yolculuk</t>
+          <t>İstif Çağı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25.95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050955842</t>
+          <t>9786050963380</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Binnaz Abla ile Kahve Falı</t>
+          <t>Sadeleş Rahatla</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>59</v>
+        <v>129</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050950502</t>
+          <t>9786050953770</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Koca Bulma Sanatı</t>
+          <t>Japonların Kadim Beslenme Sırrı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>24.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050944884</t>
+          <t>9786050957556</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Güzellik</t>
+          <t>180 Günde Hayallere Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>22.22</v>
+        <v>25.95</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050958652</t>
+          <t>9786050955842</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sonuçta Erkek</t>
+          <t>Binnaz Abla ile Kahve Falı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>23.15</v>
+        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050951424</t>
+          <t>9786050950502</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Varoluşa Tutunmak</t>
+          <t>Koca Bulma Sanatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>59</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050946819</t>
+          <t>9786050944884</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eyvallahım Var</t>
+          <t>Ev Yapımı Güzellik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>25</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050945737</t>
+          <t>9786050958652</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yatıyorum Bir Şey Diyor Musun?</t>
+          <t>Sonuçta Erkek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>24.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050944914</t>
+          <t>9786050951424</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim ve Kader</t>
+          <t>Varoluşa Tutunmak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>29.63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050926491</t>
+          <t>9786050946819</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Öğrendim ki...</t>
+          <t>Eyvallahım Var</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050917420</t>
+          <t>9786050945737</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alfa Cadı’ya Veda</t>
+          <t>Yatıyorum Bir Şey Diyor Musun?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12.96</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050924190</t>
+          <t>9786050944914</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>90'lık Delikanlı Yogi Kazım</t>
+          <t>Ruhsal Gelişim ve Kader</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>139</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050913453</t>
+          <t>9786050926491</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Sağlık Hafızası</t>
+          <t>Öğrendim ki...</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>56</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050920345</t>
+          <t>9786050917420</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşk Büyük Harfle Biter</t>
+          <t>Alfa Cadı’ya Veda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050943153</t>
+          <t>9786050924190</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Gönlün Şifası</t>
+          <t>90'lık Delikanlı Yogi Kazım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>68</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050943078</t>
+          <t>9786050913453</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bırak Gitsin</t>
+          <t>Bedenin Sağlık Hafızası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>33</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050943177</t>
+          <t>9786050920345</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gecede Saklı Yalnız Aşklar</t>
+          <t>Aşk Büyük Harfle Biter</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>29.65</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050953787</t>
+          <t>9786050943153</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Masallar</t>
+          <t>Yükseliş Gönlün Şifası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>29.65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050951981</t>
+          <t>9786050943078</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bu Küçük Kitap Seni Zayıflatacak</t>
+          <t>Bırak Gitsin</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>26.85</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050952278</t>
+          <t>9786050943177</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Gecede Saklı Yalnız Aşklar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>89</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050949728</t>
+          <t>9786050953787</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevgi'li Kelimeler</t>
+          <t>Zehirli Masallar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>23.15</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050949759</t>
+          <t>9786050951981</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Nasıl Bulunur?</t>
+          <t>Bu Küçük Kitap Seni Zayıflatacak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>24.07</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050947014</t>
+          <t>9786050952278</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şövalyeliğin Kuralları</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>29.65</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050936421</t>
+          <t>9786050949728</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapanı (Ciltli)</t>
+          <t>Sevgi'li Kelimeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>22.22</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050936452</t>
+          <t>9786050949759</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler İçin Astroloji Rehberi</t>
+          <t>Sevgili Nasıl Bulunur?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>31.48</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050957235</t>
+          <t>9786050947014</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Şövalyeliğin Kuralları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>89</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050954104</t>
+          <t>9786050936421</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Tasavvufu</t>
+          <t>Aşk Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050950229</t>
+          <t>9786050936452</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Parayı Sev!</t>
+          <t>Kırık Kalpler İçin Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>25.93</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050949063</t>
+          <t>9786050957235</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Koşuyorum Öyleyse Varım</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>49</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050947670</t>
+          <t>9786050954104</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızın Renkleri</t>
+          <t>Bugünün Tasavvufu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>24.07</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050948219</t>
+          <t>9786050950229</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü 2018</t>
+          <t>Parayı Sev!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050953947</t>
+          <t>9786050949063</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Rönesans</t>
+          <t>Koşuyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>159</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050944310</t>
+          <t>9786050947670</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dost Sensin</t>
+          <t>Hayatınızın Renkleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>21.3</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050942231</t>
+          <t>9786050948219</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Derd-i Aşk</t>
+          <t>Zamanlamanın Gücü 2018</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050954609</t>
+          <t>9786050953947</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Her Şeyi Hayatta</t>
+          <t>Ruhsal Rönesans</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>59</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050937497</t>
+          <t>9786050944310</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Pinokyo'yu Seviyor</t>
+          <t>Dost Sensin</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>25</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050936063</t>
+          <t>9786050942231</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>John Of God - Şifanın Eli</t>
+          <t>Derd-i Aşk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>23.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050943023</t>
+          <t>9786050954609</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sus Be Kadın</t>
+          <t>Dert Etme Her Şeyi Hayatta</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>32.41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>8696602025026</t>
+          <t>9786050937497</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Mavi Bez Kapak) (Ciltli)</t>
+          <t>Külkedisi Pinokyo'yu Seviyor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>36.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050924527</t>
+          <t>9786050936063</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uzat Elini</t>
+          <t>John Of God - Şifanın Eli</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>20.37</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050945805</t>
+          <t>9786050943023</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hiç Pas Vermiyorsun!</t>
+          <t>Sus Be Kadın</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050944037</t>
+          <t>8696602025026</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uyurken</t>
+          <t>Mesnevi'den Cevaplar (Mavi Bez Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>29.63</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050943160</t>
+          <t>9786050924527</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Resimli Aşk Ansiklopedisi (Ciltli)</t>
+          <t>Uzat Elini</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050936070</t>
+          <t>9786050945805</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma!</t>
+          <t>Hiç Pas Vermiyorsun!</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050935745</t>
+          <t>9786050944037</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kehanet Kartları</t>
+          <t>Yaz Uyurken</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>45.37</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050926163</t>
+          <t>9786050943160</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dönmez Diyeti</t>
+          <t>Resimli Aşk Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>20.37</v>
+        <v>89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050924398</t>
+          <t>9786050936070</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Canı Cehenneme</t>
+          <t>Bana Öyle Bakma!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050945287</t>
+          <t>9786050935745</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadınları Yüzünü Gerdirmez</t>
+          <t>Büyülü Kehanet Kartları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>26.85</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050941531</t>
+          <t>9786050926163</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Düşle İnan Yaşa</t>
+          <t>Dönmez Diyeti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>36.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050941548</t>
+          <t>9786050924398</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Neuro Aşk</t>
+          <t>Aşkın Canı Cehenneme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>82</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050940336</t>
+          <t>9786050945287</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Fransız Kadınları Yüzünü Gerdirmez</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.55</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050940084</t>
+          <t>9786050941531</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sözleri</t>
+          <t>Düşle İnan Yaşa</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>22.22</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050931891</t>
+          <t>9786050941548</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Neden O?</t>
+          <t>Neuro Aşk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050922394</t>
+          <t>9786050940336</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Filozof</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>22.22</v>
+        <v>18.55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050945300</t>
+          <t>9786050940084</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şans Bileziği</t>
+          <t>Hakikat Sözleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>26.85</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050945546</t>
+          <t>9786050931891</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Parfümün Gizemi</t>
+          <t>Neden O?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>26.85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050942477</t>
+          <t>9786050922394</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Bir Kral Bir Çobana Rastlar</t>
+          <t>Keşiş ve Filozof</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>21.3</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050934601</t>
+          <t>9786050945300</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yarın  Diyete Başlıyorum</t>
+          <t>Şans Bileziği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>38.9</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050932850</t>
+          <t>9786050945546</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Edepsizin El Kitabı</t>
+          <t>Parfümün Gizemi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>21.3</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050932553</t>
+          <t>9786050942477</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Atarlı Evliya</t>
+          <t>Bir Gün Bir Kral Bir Çobana Rastlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>25</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050928136</t>
+          <t>9786050934601</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Afrika’ya Taşınıyorum</t>
+          <t>Yarın  Diyete Başlıyorum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>22.22</v>
+        <v>38.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050927320</t>
+          <t>9786050932850</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nefesle Yeniden Doğuş</t>
+          <t>Edepsizin El Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>23.15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050927405</t>
+          <t>9786050932553</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Düşler</t>
+          <t>Atarlı Evliya</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050926149</t>
+          <t>9786050928136</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>Anne Ben Afrika’ya Taşınıyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>46</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050933994</t>
+          <t>9786050927320</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var</t>
+          <t>Nefesle Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050931686</t>
+          <t>9786050927405</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yıldızsın, Işılda!</t>
+          <t>Düşler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050940398</t>
+          <t>9786050926149</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İyileştirir</t>
+          <t>180</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>24.5</v>
+        <v>46</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050938890</t>
+          <t>9786050933994</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sırrı</t>
+          <t>Bir Yol Var</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>18.52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050938999</t>
+          <t>9786050931686</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rüya ve Hayal Günlüğü</t>
+          <t>Sen Bir Yıldızsın, Işılda!</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27.69</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050939019</t>
+          <t>9786050940398</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Damascena</t>
+          <t>Gülmek İyileştirir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>25</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050937527</t>
+          <t>9786050938890</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gibi Kadın</t>
+          <t>Aşkın Sırrı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>23.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8696602024814</t>
+          <t>9786050938999</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Mavi Kapak)</t>
+          <t>Rüya ve Hayal Günlüğü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>36.11</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050940602</t>
+          <t>9786050939019</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seve Seve Aldattım</t>
+          <t>Damascena</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>23.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050940404</t>
+          <t>9786050937527</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıkla Doğum</t>
+          <t>Kadın Gibi Kadın</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>33.33</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050939729</t>
+          <t>8696602024814</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir</t>
+          <t>Mesnevi'den Cevaplar (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20.37</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050927337</t>
+          <t>9786050940602</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Seve Seve Aldattım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>29</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050921885</t>
+          <t>9786050940404</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>E2 - Sen Yeter ki İste</t>
+          <t>Farkındalıkla Doğum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>12.96</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050920017</t>
+          <t>9786050939729</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>The Profesyonel</t>
+          <t>Bir</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>49</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050936711</t>
+          <t>9786050927337</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Sonsuzluk Rehberinim</t>
+          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>18.52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050935110</t>
+          <t>9786050921885</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Görenler</t>
+          <t>E2 - Sen Yeter ki İste</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050935257</t>
+          <t>9786050920017</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Sana Emanet</t>
+          <t>The Profesyonel</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>15.74</v>
+        <v>49</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050919554</t>
+          <t>9786050936711</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sağlığına Format At</t>
+          <t>Ben Senin Sonsuzluk Rehberinim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>149</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050937909</t>
+          <t>9786050935110</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü</t>
+          <t>Karanlıkta Görenler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>22.22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050929164</t>
+          <t>9786050935257</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Masal</t>
+          <t>Bu Aşk Sana Emanet</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>26.85</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050927870</t>
+          <t>9786050919554</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fat Fatale</t>
+          <t>Sağlığına Format At</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>21.3</v>
+        <v>149</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050927887</t>
+          <t>9786050937909</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dünyası - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Zamanlamanın Gücü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>26.85</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050927849</t>
+          <t>9786050929164</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ye</t>
+          <t>Bir Parça Masal</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>13.89</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050925241</t>
+          <t>9786050927870</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan</t>
+          <t>Fat Fatale</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>26.85</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050923230</t>
+          <t>9786050927887</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nun Kapısı</t>
+          <t>Çiçeklerin Dünyası - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>17.59</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050933062</t>
+          <t>9786050927849</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>33 Gün Diyet</t>
+          <t>Korkma Ye</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050927177</t>
+          <t>9786050925241</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prensi Öldür</t>
+          <t>Yeni İnsan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20.37</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050923070</t>
+          <t>9786050923230</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü</t>
+          <t>Nun Kapısı</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050933581</t>
+          <t>9786050933062</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Akış Oyunu</t>
+          <t>33 Gün Diyet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>22.22</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050932300</t>
+          <t>9786050927177</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma Notlar</t>
+          <t>Beyaz Atlı Prensi Öldür</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050925609</t>
+          <t>9786050923070</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat İçin Yoga</t>
+          <t>Zamanlamanın Gücü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>36.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050937602</t>
+          <t>9786050933581</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yürü: Evliyalar ve Yücelerle Yaşamak</t>
+          <t>Akış Oyunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>23.15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050920536</t>
+          <t>9786050932300</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Güneş'le Kaçamak Diyet</t>
+          <t>Kızlarıma Notlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>19.44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050936742</t>
+          <t>9786050925609</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Büyüleri</t>
+          <t>Gerçek Hayat İçin Yoga</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.89</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050935462</t>
+          <t>9786050937602</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlişkisi Var</t>
+          <t>Aşka Yürü: Evliyalar ve Yücelerle Yaşamak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050934526</t>
+          <t>9786050920536</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Her İşte Bir Hayır Var</t>
+          <t>Güneş'le Kaçamak Diyet</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23.15</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050933109</t>
+          <t>9786050936742</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Artık Biliyorum</t>
+          <t>Tanrıça Büyüleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050925524</t>
+          <t>9786050935462</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yıka Beynini</t>
+          <t>İlişkisi Var</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>139</v>
+        <v>52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050920611</t>
+          <t>9786050934526</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aslolan Yolculuğun Ta Kendisidir</t>
+          <t>Her İşte Bir Hayır Var</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050930122</t>
+          <t>9786050933109</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neden Hasta Olur</t>
+          <t>Artık Biliyorum</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>23.15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050930085</t>
+          <t>9786050925524</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü- 2016 Yılı Günlük Astroloji Rehberi</t>
+          <t>Yıka Beynini</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>22.22</v>
+        <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050986105</t>
+          <t>9786050920611</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Yaşam Şifreleri</t>
+          <t>Aslolan Yolculuğun Ta Kendisidir</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>99</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050983524</t>
+          <t>9786050930122</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Yakışıyor</t>
+          <t>İnsan Neden Hasta Olur</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>69</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050986655</t>
+          <t>9786050930085</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mutluluklar Kitabı</t>
+          <t>Zamanlamanın Gücü- 2016 Yılı Günlük Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>44</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050978223</t>
+          <t>9786050986105</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sera’dan Süreyya’ya</t>
+          <t>Yeni Dünyanın Yaşam Şifreleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>99</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050967517</t>
+          <t>9786050983524</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Geleceği</t>
+          <t>Mutluluk Sana Yakışıyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>80</v>
+        <v>69</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050973556</t>
+          <t>9786050986655</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Mutluluklar Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050959987</t>
+          <t>9786050978223</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sonra Konuşuruz</t>
+          <t>Sera’dan Süreyya’ya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>54</v>
+        <v>80</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050971224</t>
+          <t>9786050967517</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İkinci Yarısı</t>
+          <t>Tanrı'nın Geleceği</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256057333</t>
+          <t>9786050973556</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Seviyor</t>
+          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256057326</t>
+          <t>9786050959987</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Ustalığı Mutluluk</t>
+          <t>Sonra Konuşuruz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>295</v>
+        <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256057302</t>
+          <t>9786050971224</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sana İyi Gelecek</t>
+          <t>Hayatın İkinci Yarısı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>59</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256057319</t>
+          <t>9786256057333</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Artık Sıra Sende</t>
+          <t>Hayat Seni Seviyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050934748</t>
+          <t>9786256057326</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mimozalar ve Lor Peyniri</t>
+          <t>Bir Yaşam Ustalığı Mutluluk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050966558</t>
+          <t>9786256057302</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Küs Müyüz Tanrım?</t>
+          <t>Sana İyi Gelecek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>52</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050970784</t>
+          <t>9786256057319</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ararken Aldatılmak Neden Sahte Bilimi Satın Alıyoruz?</t>
+          <t>Artık Sıra Sende</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256057296</t>
+          <t>9786050934748</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bolluk</t>
+          <t>Mimozalar ve Lor Peyniri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256057289</t>
+          <t>9786050966558</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Huzur</t>
+          <t>Küs Müyüz Tanrım?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256057272</t>
+          <t>9786050970784</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kalpte Yaşamak</t>
+          <t>Sağlık Ararken Aldatılmak Neden Sahte Bilimi Satın Alıyoruz?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>325</v>
+        <v>99</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256057258</t>
+          <t>9786256057296</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gören Sen</t>
+          <t>Bolluk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256057203</t>
+          <t>9786256057289</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda 2.0</t>
+          <t>Aşk ve Huzur</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256057241</t>
+          <t>9786256057272</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İyi Enerji</t>
+          <t>Kalpte Yaşamak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256057210</t>
+          <t>9786256057258</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>2. Doğuş Kalbinle Çevrimiçi Ol, Ruhuna Bağlan</t>
+          <t>Gören Sen</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256057197</t>
+          <t>9786256057203</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kendinle Başlar</t>
+          <t>Ayurveda 2.0</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256417120</t>
+          <t>9786256057241</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Otoparktaki Yabancı: Sanrılı Keşişin Öğretileri</t>
+          <t>İyi Enerji</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>99</v>
+        <v>440</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258004410</t>
+          <t>9786256057210</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman İyileşiriz?</t>
+          <t>2. Doğuş Kalbinle Çevrimiçi Ol, Ruhuna Bağlan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258004229</t>
+          <t>9786256057197</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalbi Tutmak</t>
+          <t>Şifa Kendinle Başlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050908565</t>
+          <t>9786256417120</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Keşke Kadın Olsam</t>
+          <t>Otoparktaki Yabancı: Sanrılı Keşişin Öğretileri</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050942217</t>
+          <t>9786258004410</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Signum</t>
+          <t>Ne Zaman İyileşiriz?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>99</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050944877</t>
+          <t>9786258004229</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Maviye Bakmak</t>
+          <t>Kırık Bir Kalbi Tutmak</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050938951</t>
+          <t>9786050908565</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tam 30</t>
+          <t>Keşke Kadın Olsam</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050928334</t>
+          <t>9786050942217</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sakura - Yeniden Doğuyorum</t>
+          <t>Signum</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050940190</t>
+          <t>9786050944877</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayata Aşk Mektupları</t>
+          <t>Maviye Bakmak</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050920000</t>
+          <t>9786050938951</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Egoist Beyin ve Kilo</t>
+          <t>Tam 30</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050930061</t>
+          <t>9786050928334</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Esne</t>
+          <t>Sakura - Yeniden Doğuyorum</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050986594</t>
+          <t>9786050940190</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Kitabı</t>
+          <t>Hayata Aşk Mektupları</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050986648</t>
+          <t>9786050920000</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlangıçlar Kitabı</t>
+          <t>Egoist Beyin ve Kilo</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050986570</t>
+          <t>9786050930061</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Dostluk Kitabı</t>
+          <t>Esne</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050978650</t>
+          <t>9786050986594</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İste Olsun!</t>
+          <t>Hayatın Anlamı Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050975802</t>
+          <t>9786050986648</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Devadır</t>
+          <t>Yeni Başlangıçlar Kitabı</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050986877</t>
+          <t>9786050986570</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Güzel Düştüm İyi Acıdı</t>
+          <t>Sevgi ve Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050975079</t>
+          <t>9786050978650</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Kalbi Nasıl Çarpar?</t>
+          <t>İste Olsun!</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050981940</t>
+          <t>9786050975802</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Düş Ün Sen</t>
+          <t>Aşk Bir Devadır</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050967586</t>
+          <t>9786050986877</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Daha Adını Koyamadık</t>
+          <t>Güzel Düştüm İyi Acıdı</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050965902</t>
+          <t>9786050975079</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşam Sanatı</t>
+          <t>Türk’ün Kalbi Nasıl Çarpar?</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050981438</t>
+          <t>9786050981940</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Gücüyle Gençleşme</t>
+          <t>Düş Ün Sen</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256057180</t>
+          <t>9786050967586</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yanılıyor Olabilirim</t>
+          <t>Daha Adını Koyamadık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256057173</t>
+          <t>9786050965902</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Değerlendirme Sanatı</t>
+          <t>Basit Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256057142</t>
+          <t>9786050981438</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Altın Öğütler</t>
+          <t>Düşünce Gücüyle Gençleşme</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256417458</t>
+          <t>9786256057180</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>100 Kadim Öğreti</t>
+          <t>Yanılıyor Olabilirim</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050928563</t>
+          <t>9786256057173</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Hayat Sırları</t>
+          <t>Zamanı Değerlendirme Sanatı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050983876</t>
+          <t>9786256057142</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Arketipler</t>
+          <t>Altın Öğütler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256057050</t>
+          <t>9786256417458</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Veda Temizliği</t>
+          <t>100 Kadim Öğreti</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258004526</t>
+          <t>9786050928563</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Terapi</t>
+          <t>Kelebeğin Hayat Sırları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050986891</t>
+          <t>9786050983876</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yabancı</t>
+          <t>Astrolojik Arketipler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256057029</t>
+          <t>9786256057050</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ataların İzleri 2: Köklerden Göklere</t>
+          <t>Veda Temizliği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050923155</t>
+          <t>9786258004526</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Kırmızı Kapak)</t>
+          <t>Kendi Kendine Terapi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>595</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258004953</t>
+          <t>9786050986891</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
+          <t>Kendine Yabancı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050934700</t>
+          <t>9786256057029</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Terapi Defteri</t>
+          <t>Ataların İzleri 2: Köklerden Göklere</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258004984</t>
+          <t>9786050923155</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Anne Yarası</t>
+          <t>Mesnevi'den Cevaplar (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>595</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050965612</t>
+          <t>9786258004953</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sakin</t>
+          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256057005</t>
+          <t>9786050934700</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sen Varsan Bereket Var</t>
+          <t>Terapi Defteri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258004960</t>
+          <t>9786258004984</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Umudun Rengi Mavi - Bir Terapistin Not Defteri</t>
+          <t>Anne Yarası</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258004915</t>
+          <t>9786050965612</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Vazgeçebilme Takvimi (Ciltli)</t>
+          <t>Sakin</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258004939</t>
+          <t>9786256057005</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ahenk İçinde</t>
+          <t>Sen Varsan Bereket Var</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258004854</t>
+          <t>9786258004960</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Hep Varmış</t>
+          <t>Umudun Rengi Mavi - Bir Terapistin Not Defteri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050975505</t>
+          <t>9786258004915</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Her Gün Vazgeçebilme Takvimi (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258004847</t>
+          <t>9786258004939</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yaralar Yararlıdır</t>
+          <t>Ahenk İçinde</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258004892</t>
+          <t>9786258004854</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Var Ruhunda</t>
+          <t>Bir Varmış Hep Varmış</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258004823</t>
+          <t>9786050975505</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aristo Diyeti İle Yeni Yaşam</t>
+          <t>Yakın</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258004809</t>
+          <t>9786258004847</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Bazı Yaralar Yararlıdır</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258004724</t>
+          <t>9786258004892</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Affedersiniz İçedönük</t>
+          <t>Kanatların Var Ruhunda</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258004731</t>
+          <t>9786258004823</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kadınlarına İç Huzur Sağlama Rehberi</t>
+          <t>Aristo Diyeti İle Yeni Yaşam</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258004700</t>
+          <t>9786258004809</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Mektupları</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258004687</t>
+          <t>9786258004724</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İşaretler, Semboller ve Alametler</t>
+          <t>Affedersiniz İçedönük</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258004632</t>
+          <t>9786258004731</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Amazon Kadınlarına İç Huzur Sağlama Rehberi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258004595</t>
+          <t>9786258004700</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Şimdi ve Sonsuzluğa Doğru</t>
+          <t>Pazartesi Mektupları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258004571</t>
+          <t>9786258004687</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kaynak: Beynin Bilimi, Evrenin Sırları</t>
+          <t>İşaretler, Semboller ve Alametler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>185</v>
+        <v>295</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258004564</t>
+          <t>9786258004632</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Saf Mutluluk</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258004496</t>
+          <t>9786258004595</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Benzer Kuşlar Birlikte Uçar</t>
+          <t>Uyanış: Şimdi ve Sonsuzluğa Doğru</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256417151</t>
+          <t>9786258004571</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Kaynak: Beynin Bilimi, Evrenin Sırları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258004465</t>
+          <t>9786258004564</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İçimde Sakinlik Buldum</t>
+          <t>Saf Mutluluk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258004458</t>
+          <t>9786258004496</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Benlik Aynasına Bakmak</t>
+          <t>Benzer Kuşlar Birlikte Uçar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258215250</t>
+          <t>9786256417151</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ataların İzleri</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258004311</t>
+          <t>9786258004465</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kadın Su Gibidir Akar Erkek Ateş Gibidir Yakar</t>
+          <t>İçimde Sakinlik Buldum</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258004366</t>
+          <t>9786258004458</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bana Nerenin Ağrıdığını Söyle, Sana Nedenini Söyleyeyim</t>
+          <t>Benlik Aynasına Bakmak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258344028</t>
+          <t>9786258215250</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Travma Haritası</t>
+          <t>Ataların İzleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258004335</t>
+          <t>9786258004311</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İfade Tasarımı</t>
+          <t>Kadın Su Gibidir Akar Erkek Ateş Gibidir Yakar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258004298</t>
+          <t>9786258004366</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tıp Fakültesinde Öğretilmeyen Sağlık</t>
+          <t>Bana Nerenin Ağrıdığını Söyle, Sana Nedenini Söyleyeyim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>109</v>
+        <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258090680</t>
+          <t>9786258344028</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Derdim Bana Derman İmiş</t>
+          <t>Travma Haritası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258004243</t>
+          <t>9786258004335</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yen</t>
+          <t>İfade Tasarımı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258004090</t>
+          <t>9786258004298</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ederim Tanrım</t>
+          <t>Tıp Fakültesinde Öğretilmeyen Sağlık</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>49</v>
+        <v>109</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258004007</t>
+          <t>9786258090680</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Beni Büyüten Kadınlar</t>
+          <t>Derdim Bana Derman İmiş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050986358</t>
+          <t>9786258004243</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Geçiş</t>
+          <t>Yen</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>99</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050983814</t>
+          <t>9786258004090</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Teşekkür Ederim Tanrım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050983852</t>
+          <t>9786258004007</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Övgü</t>
+          <t>Beni Büyüten Kadınlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>99</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050982671</t>
+          <t>9786050986358</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mümkün</t>
+          <t>Geçiş</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050980707</t>
+          <t>9786050983814</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm Dilime Dargın</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050980219</t>
+          <t>9786050983852</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ağıtların Tanrısı</t>
+          <t>Mutluluğa Övgü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050980073</t>
+          <t>9786050982671</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Şifadır</t>
+          <t>Mümkün</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>770</v>
+        <v>119</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050977790</t>
+          <t>9786050980707</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ben Artık Özgürüm</t>
+          <t>Gönlüm Dilime Dargın</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050977691</t>
+          <t>9786050980219</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Es Semi - Susma Konuş O Seni Duyar</t>
+          <t>Ağıtların Tanrısı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050977738</t>
+          <t>9786050980073</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yaşım 19</t>
+          <t>Kadınlar Şifadır</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>99</v>
+        <v>770</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050970845</t>
+          <t>9786050977790</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bir Kahraman Gibi Yaşa</t>
+          <t>Ben Artık Özgürüm</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050969658</t>
+          <t>9786050977691</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Unutursan Hatırla</t>
+          <t>Es Semi - Susma Konuş O Seni Duyar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050968675</t>
+          <t>9786050977738</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmanın Dayanılmaz Hafifliği</t>
+          <t>Yaşım 19</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>275</v>
+        <v>99</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050967302</t>
+          <t>9786050970845</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Masallar</t>
+          <t>Bir Kahraman Gibi Yaşa</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050958133</t>
+          <t>9786050969658</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Can</t>
+          <t>Unutursan Hatırla</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050966077</t>
+          <t>9786050968675</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İyi Gelen Yazılar</t>
+          <t>Kendin Olmanın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050965537</t>
+          <t>9786050967302</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bedenini Sev</t>
+          <t>Şifa Veren Masallar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050964431</t>
+          <t>9786050958133</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol!</t>
+          <t>Benim Adım Can</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050960822</t>
+          <t>9786050966077</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ortalıkta Düzgün Erkek Var</t>
+          <t>İyi Gelen Yazılar</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050960600</t>
+          <t>9786050965537</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Japonların 100 Yıl Yaşama Sırrı</t>
+          <t>Bedenini Sev</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050959598</t>
+          <t>9786050964431</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyi Taşımak</t>
+          <t>Kendin Ol!</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050959710</t>
+          <t>9786050960822</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aldırma Gönül</t>
+          <t>Ortalıkta Düzgün Erkek Var</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050958317</t>
+          <t>9786050960600</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Masal</t>
+          <t>Japonların 100 Yıl Yaşama Sırrı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050951134</t>
+          <t>9786050959598</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ergen Erkekler Yalnız Kadınlar</t>
+          <t>Mucizeyi Taşımak</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050951301</t>
+          <t>9786050959710</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Aldırma Gönül</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050950915</t>
+          <t>9786050958317</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Nil’e Hayat Dersleri</t>
+          <t>Masal</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050949940</t>
+          <t>9786050951134</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Görüşeceğiz</t>
+          <t>Ergen Erkekler Yalnız Kadınlar</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050947922</t>
+          <t>9786050951301</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dinle Aşk Yolcusu</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050947939</t>
+          <t>9786050950915</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Her Güne Bir Hikmet</t>
+          <t>Nil’e Hayat Dersleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>500</v>
+        <v>99</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050944921</t>
+          <t>9786050949940</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Daha Çok Görüşeceğiz</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050943993</t>
+          <t>9786050947922</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kalbim</t>
+          <t>Dinle Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050943856</t>
+          <t>9786050947939</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Mesnevi'den Her Güne Bir Hikmet</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050942132</t>
+          <t>9786050944921</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bazen Mavi Doğar</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>39</v>
+        <v>99</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050940992</t>
+          <t>9786050943993</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başı Merkür</t>
+          <t>Haylaz Kalbim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050938289</t>
+          <t>9786050943856</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Endişesiz İlaçsız</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050937206</t>
+          <t>9786050942132</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kaybedenler</t>
+          <t>Güneş Bazen Mavi Doğar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050936964</t>
+          <t>9786050940992</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kötülükçü</t>
+          <t>Her Şeyin Başı Merkür</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050951233</t>
+          <t>9786050938289</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Astrolojide Karmik Ay Düğümleri</t>
+          <t>Endişesiz İlaçsız</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050932669</t>
+          <t>9786050937206</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Eros'un Okları - Hangi Burç Nasıl Sever?</t>
+          <t>Güzel Kaybedenler</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050930962</t>
+          <t>9786050936964</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Artık Zenginim</t>
+          <t>Kötülükçü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>245</v>
+        <v>99</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050925357</t>
+          <t>9786050951233</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Masal Terapi</t>
+          <t>Astrolojide Karmik Ay Düğümleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050924855</t>
+          <t>9786050932669</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Evrenden Torpilim Var</t>
+          <t>Eros'un Okları - Hangi Burç Nasıl Sever?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>99</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050926170</t>
+          <t>9786050930962</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şifa Sende 2 : İçimizdeki Hekim</t>
+          <t>Artık Zenginim</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>99</v>
+        <v>245</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050924008</t>
+          <t>9786050925357</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Değiştir</t>
+          <t>Masal Terapi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050921953</t>
+          <t>9786050924855</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Beşikte Durduğu Gibi Durmuyor</t>
+          <t>Evrenden Torpilim Var</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050920895</t>
+          <t>9786050926170</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kainat Sensin</t>
+          <t>Şifa Sende 2 : İçimizdeki Hekim</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
+          <t>9786050924008</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Kaderini Değiştir</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786050921953</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Beşikte Durduğu Gibi Durmuyor</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786050920895</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Kainat Sensin</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
           <t>9786050921991</t>
         </is>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B256" s="1" t="inlineStr">
         <is>
           <t>Sufi’nin Hayat Rehberi</t>
         </is>
       </c>
-      <c r="C253" s="1">
+      <c r="C256" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>