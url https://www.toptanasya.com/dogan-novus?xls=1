--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,3865 +85,3895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256057371</t>
+          <t>9786256057395</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Velenor - İki Dünya Arasında</t>
+          <t>Tsundoku</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256057364</t>
+          <t>9786256057388</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kral - Erkekliğe Yeni Bir Bakış (Ciltli)</t>
+          <t>Dost Kazanma ve İnsanları Etkileme Sanatı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256057357</t>
+          <t>9786256057371</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Velenor: İki Dünya Arasında (Ciltli)</t>
+          <t>Velenor - İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256057340</t>
+          <t>9786256057364</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Enerji Temizliği</t>
+          <t>Güneş Kral - Erkekliğe Yeni Bir Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258004472</t>
+          <t>9786256057357</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yörük Kızından Kadim Şifa Bilgileri</t>
+          <t>Velenor: İki Dünya Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258344356</t>
+          <t>9786256057340</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
+          <t>Enerji Temizliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050952292</t>
+          <t>9786258004472</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uyan - Yeni Çağın Bilincine Hazırlık Kitabı</t>
+          <t>Yörük Kızından Kadim Şifa Bilgileri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>20.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050963120</t>
+          <t>9786258344356</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Bir Rüya Gördüm</t>
+          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>18.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050956771</t>
+          <t>9786050952292</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İstif Çağı</t>
+          <t>Uyan - Yeni Çağın Bilincine Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>89</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050963380</t>
+          <t>9786050963120</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sadeleş Rahatla</t>
+          <t>Dün Gece Bir Rüya Gördüm</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>129</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050953770</t>
+          <t>9786050956771</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Japonların Kadim Beslenme Sırrı</t>
+          <t>İstif Çağı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050957556</t>
+          <t>9786050963380</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>180 Günde Hayallere Yolculuk</t>
+          <t>Sadeleş Rahatla</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25.95</v>
+        <v>129</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050955842</t>
+          <t>9786050953770</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Binnaz Abla ile Kahve Falı</t>
+          <t>Japonların Kadim Beslenme Sırrı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>59</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050950502</t>
+          <t>9786050957556</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Koca Bulma Sanatı</t>
+          <t>180 Günde Hayallere Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>24.5</v>
+        <v>25.95</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050944884</t>
+          <t>9786050955842</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Güzellik</t>
+          <t>Binnaz Abla ile Kahve Falı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>22.22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050958652</t>
+          <t>9786050950502</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sonuçta Erkek</t>
+          <t>Koca Bulma Sanatı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>23.15</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050951424</t>
+          <t>9786050944884</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Varoluşa Tutunmak</t>
+          <t>Ev Yapımı Güzellik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050946819</t>
+          <t>9786050958652</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eyvallahım Var</t>
+          <t>Sonuçta Erkek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050945737</t>
+          <t>9786050951424</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yatıyorum Bir Şey Diyor Musun?</t>
+          <t>Varoluşa Tutunmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>24.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050944914</t>
+          <t>9786050946819</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim ve Kader</t>
+          <t>Eyvallahım Var</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>29.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050926491</t>
+          <t>9786050945737</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öğrendim ki...</t>
+          <t>Yatıyorum Bir Şey Diyor Musun?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>15.74</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050917420</t>
+          <t>9786050944914</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alfa Cadı’ya Veda</t>
+          <t>Ruhsal Gelişim ve Kader</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>12.96</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050924190</t>
+          <t>9786050926491</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>90'lık Delikanlı Yogi Kazım</t>
+          <t>Öğrendim ki...</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>139</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050913453</t>
+          <t>9786050917420</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Sağlık Hafızası</t>
+          <t>Alfa Cadı’ya Veda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050920345</t>
+          <t>9786050924190</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aşk Büyük Harfle Biter</t>
+          <t>90'lık Delikanlı Yogi Kazım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>16.67</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050943153</t>
+          <t>9786050913453</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Gönlün Şifası</t>
+          <t>Bedenin Sağlık Hafızası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>68</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050943078</t>
+          <t>9786050920345</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bırak Gitsin</t>
+          <t>Aşk Büyük Harfle Biter</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050943177</t>
+          <t>9786050943153</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gecede Saklı Yalnız Aşklar</t>
+          <t>Yükseliş Gönlün Şifası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>29.65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050953787</t>
+          <t>9786050943078</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Masallar</t>
+          <t>Bırak Gitsin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>29.65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050951981</t>
+          <t>9786050943177</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Küçük Kitap Seni Zayıflatacak</t>
+          <t>Gecede Saklı Yalnız Aşklar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>26.85</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050952278</t>
+          <t>9786050953787</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Zehirli Masallar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>89</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050949728</t>
+          <t>9786050951981</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sevgi'li Kelimeler</t>
+          <t>Bu Küçük Kitap Seni Zayıflatacak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>23.15</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050949759</t>
+          <t>9786050952278</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Nasıl Bulunur?</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>24.07</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050947014</t>
+          <t>9786050949728</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şövalyeliğin Kuralları</t>
+          <t>Sevgi'li Kelimeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>29.65</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050936421</t>
+          <t>9786050949759</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapanı (Ciltli)</t>
+          <t>Sevgili Nasıl Bulunur?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>22.22</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050936452</t>
+          <t>9786050947014</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalpler İçin Astroloji Rehberi</t>
+          <t>Şövalyeliğin Kuralları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>31.48</v>
+        <v>29.65</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050957235</t>
+          <t>9786050936421</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Aşk Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050954104</t>
+          <t>9786050936452</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Tasavvufu</t>
+          <t>Kırık Kalpler İçin Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050950229</t>
+          <t>9786050957235</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Parayı Sev!</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>25.93</v>
+        <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050949063</t>
+          <t>9786050954104</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Koşuyorum Öyleyse Varım</t>
+          <t>Bugünün Tasavvufu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>49</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050947670</t>
+          <t>9786050950229</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızın Renkleri</t>
+          <t>Parayı Sev!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>24.07</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050948219</t>
+          <t>9786050949063</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü 2018</t>
+          <t>Koşuyorum Öyleyse Varım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050953947</t>
+          <t>9786050947670</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Rönesans</t>
+          <t>Hayatınızın Renkleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>159</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050944310</t>
+          <t>9786050948219</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dost Sensin</t>
+          <t>Zamanlamanın Gücü 2018</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>21.3</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050942231</t>
+          <t>9786050953947</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Derd-i Aşk</t>
+          <t>Ruhsal Rönesans</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>27.78</v>
+        <v>159</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050954609</t>
+          <t>9786050944310</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Her Şeyi Hayatta</t>
+          <t>Dost Sensin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>59</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050937497</t>
+          <t>9786050942231</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi Pinokyo'yu Seviyor</t>
+          <t>Derd-i Aşk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050936063</t>
+          <t>9786050954609</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>John Of God - Şifanın Eli</t>
+          <t>Dert Etme Her Şeyi Hayatta</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050943023</t>
+          <t>9786050937497</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sus Be Kadın</t>
+          <t>Külkedisi Pinokyo'yu Seviyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>32.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>8696602025026</t>
+          <t>9786050936063</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Mavi Bez Kapak) (Ciltli)</t>
+          <t>John Of God - Şifanın Eli</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>36.11</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050924527</t>
+          <t>9786050943023</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uzat Elini</t>
+          <t>Sus Be Kadın</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20.37</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050945805</t>
+          <t>8696602025026</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hiç Pas Vermiyorsun!</t>
+          <t>Mesnevi'den Cevaplar (Mavi Bez Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18.52</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050944037</t>
+          <t>9786050924527</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uyurken</t>
+          <t>Uzat Elini</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>29.63</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050943160</t>
+          <t>9786050945805</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Resimli Aşk Ansiklopedisi (Ciltli)</t>
+          <t>Hiç Pas Vermiyorsun!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050936070</t>
+          <t>9786050944037</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma!</t>
+          <t>Yaz Uyurken</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>23.15</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050935745</t>
+          <t>9786050943160</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kehanet Kartları</t>
+          <t>Resimli Aşk Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>45.37</v>
+        <v>89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050926163</t>
+          <t>9786050936070</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dönmez Diyeti</t>
+          <t>Bana Öyle Bakma!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050924398</t>
+          <t>9786050935745</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Canı Cehenneme</t>
+          <t>Büyülü Kehanet Kartları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20.37</v>
+        <v>45.37</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050945287</t>
+          <t>9786050926163</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadınları Yüzünü Gerdirmez</t>
+          <t>Dönmez Diyeti</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>26.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050941531</t>
+          <t>9786050924398</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Düşle İnan Yaşa</t>
+          <t>Aşkın Canı Cehenneme</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>36.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050941548</t>
+          <t>9786050945287</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Neuro Aşk</t>
+          <t>Fransız Kadınları Yüzünü Gerdirmez</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>82</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050940336</t>
+          <t>9786050941531</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Düşle İnan Yaşa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18.55</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050940084</t>
+          <t>9786050941548</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sözleri</t>
+          <t>Neuro Aşk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>22.22</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050931891</t>
+          <t>9786050940336</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Neden O?</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>25</v>
+        <v>18.55</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050922394</t>
+          <t>9786050940084</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Keşiş ve Filozof</t>
+          <t>Hakikat Sözleri</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050945300</t>
+          <t>9786050931891</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şans Bileziği</t>
+          <t>Neden O?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>26.85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050945546</t>
+          <t>9786050922394</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Parfümün Gizemi</t>
+          <t>Keşiş ve Filozof</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>26.85</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050942477</t>
+          <t>9786050945300</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Bir Kral Bir Çobana Rastlar</t>
+          <t>Şans Bileziği</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>21.3</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050934601</t>
+          <t>9786050945546</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yarın  Diyete Başlıyorum</t>
+          <t>Parfümün Gizemi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>38.9</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050932850</t>
+          <t>9786050942477</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Edepsizin El Kitabı</t>
+          <t>Bir Gün Bir Kral Bir Çobana Rastlar</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>21.3</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050932553</t>
+          <t>9786050934601</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Atarlı Evliya</t>
+          <t>Yarın  Diyete Başlıyorum</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>25</v>
+        <v>38.9</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050928136</t>
+          <t>9786050932850</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Afrika’ya Taşınıyorum</t>
+          <t>Edepsizin El Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>22.22</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050927320</t>
+          <t>9786050932553</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nefesle Yeniden Doğuş</t>
+          <t>Atarlı Evliya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050927405</t>
+          <t>9786050928136</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Düşler</t>
+          <t>Anne Ben Afrika’ya Taşınıyorum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050926149</t>
+          <t>9786050927320</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>Nefesle Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>46</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050933994</t>
+          <t>9786050927405</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var</t>
+          <t>Düşler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050931686</t>
+          <t>9786050926149</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yıldızsın, Işılda!</t>
+          <t>180</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>23.15</v>
+        <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050940398</t>
+          <t>9786050933994</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İyileştirir</t>
+          <t>Bir Yol Var</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>24.5</v>
+        <v>46</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050938890</t>
+          <t>9786050931686</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sırrı</t>
+          <t>Sen Bir Yıldızsın, Işılda!</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050938999</t>
+          <t>9786050940398</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rüya ve Hayal Günlüğü</t>
+          <t>Gülmek İyileştirir</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>27.69</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050939019</t>
+          <t>9786050938890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Damascena</t>
+          <t>Aşkın Sırrı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050937527</t>
+          <t>9786050938999</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gibi Kadın</t>
+          <t>Rüya ve Hayal Günlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>23.5</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>8696602024814</t>
+          <t>9786050939019</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Mavi Kapak)</t>
+          <t>Damascena</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>36.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050940602</t>
+          <t>9786050937527</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Seve Seve Aldattım</t>
+          <t>Kadın Gibi Kadın</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>23.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050940404</t>
+          <t>8696602024814</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıkla Doğum</t>
+          <t>Mesnevi'den Cevaplar (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>33.33</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050939729</t>
+          <t>9786050940602</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir</t>
+          <t>Seve Seve Aldattım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>20.37</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050927337</t>
+          <t>9786050940404</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Farkındalıkla Doğum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>29</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050921885</t>
+          <t>9786050939729</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>E2 - Sen Yeter ki İste</t>
+          <t>Bir</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050920017</t>
+          <t>9786050927337</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>The Profesyonel</t>
+          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050936711</t>
+          <t>9786050921885</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Sonsuzluk Rehberinim</t>
+          <t>E2 - Sen Yeter ki İste</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050935110</t>
+          <t>9786050920017</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Görenler</t>
+          <t>The Profesyonel</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050935257</t>
+          <t>9786050936711</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Sana Emanet</t>
+          <t>Ben Senin Sonsuzluk Rehberinim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050919554</t>
+          <t>9786050935110</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sağlığına Format At</t>
+          <t>Karanlıkta Görenler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>149</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050937909</t>
+          <t>9786050935257</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü</t>
+          <t>Bu Aşk Sana Emanet</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>22.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050929164</t>
+          <t>9786050919554</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Masal</t>
+          <t>Sağlığına Format At</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>26.85</v>
+        <v>149</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050927870</t>
+          <t>9786050937909</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fat Fatale</t>
+          <t>Zamanlamanın Gücü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>21.3</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050927887</t>
+          <t>9786050929164</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dünyası - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Bir Parça Masal</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>26.85</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050927849</t>
+          <t>9786050927870</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ye</t>
+          <t>Fat Fatale</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>13.89</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050925241</t>
+          <t>9786050927887</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan</t>
+          <t>Çiçeklerin Dünyası - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>26.85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050923230</t>
+          <t>9786050927849</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nun Kapısı</t>
+          <t>Korkma Ye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050933062</t>
+          <t>9786050925241</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>33 Gün Diyet</t>
+          <t>Yeni İnsan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>23.15</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050927177</t>
+          <t>9786050923230</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prensi Öldür</t>
+          <t>Nun Kapısı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050923070</t>
+          <t>9786050933062</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü</t>
+          <t>33 Gün Diyet</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050933581</t>
+          <t>9786050927177</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Akış Oyunu</t>
+          <t>Beyaz Atlı Prensi Öldür</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>22.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050932300</t>
+          <t>9786050923070</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kızlarıma Notlar</t>
+          <t>Zamanlamanın Gücü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050925609</t>
+          <t>9786050933581</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat İçin Yoga</t>
+          <t>Akış Oyunu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>36.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050937602</t>
+          <t>9786050932300</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yürü: Evliyalar ve Yücelerle Yaşamak</t>
+          <t>Kızlarıma Notlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>23.15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050920536</t>
+          <t>9786050925609</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Güneş'le Kaçamak Diyet</t>
+          <t>Gerçek Hayat İçin Yoga</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>19.44</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050936742</t>
+          <t>9786050937602</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Büyüleri</t>
+          <t>Aşka Yürü: Evliyalar ve Yücelerle Yaşamak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050935462</t>
+          <t>9786050920536</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İlişkisi Var</t>
+          <t>Güneş'le Kaçamak Diyet</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050934526</t>
+          <t>9786050936742</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Her İşte Bir Hayır Var</t>
+          <t>Tanrıça Büyüleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050933109</t>
+          <t>9786050935462</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Artık Biliyorum</t>
+          <t>İlişkisi Var</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>52</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050925524</t>
+          <t>9786050934526</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yıka Beynini</t>
+          <t>Her İşte Bir Hayır Var</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>139</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050920611</t>
+          <t>9786050933109</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aslolan Yolculuğun Ta Kendisidir</t>
+          <t>Artık Biliyorum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>14.81</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050930122</t>
+          <t>9786050925524</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neden Hasta Olur</t>
+          <t>Yıka Beynini</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>23.15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050930085</t>
+          <t>9786050920611</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zamanlamanın Gücü- 2016 Yılı Günlük Astroloji Rehberi</t>
+          <t>Aslolan Yolculuğun Ta Kendisidir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>22.22</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050986105</t>
+          <t>9786050930122</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Yaşam Şifreleri</t>
+          <t>İnsan Neden Hasta Olur</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>99</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050983524</t>
+          <t>9786050930085</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Yakışıyor</t>
+          <t>Zamanlamanın Gücü- 2016 Yılı Günlük Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>69</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050986655</t>
+          <t>9786050986105</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mutluluklar Kitabı</t>
+          <t>Yeni Dünyanın Yaşam Şifreleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>44</v>
+        <v>99</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050978223</t>
+          <t>9786050983524</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sera’dan Süreyya’ya</t>
+          <t>Mutluluk Sana Yakışıyor</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>69</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050967517</t>
+          <t>9786050986655</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Geleceği</t>
+          <t>Mutluluklar Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050973556</t>
+          <t>9786050978223</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
+          <t>Sera’dan Süreyya’ya</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050959987</t>
+          <t>9786050967517</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sonra Konuşuruz</t>
+          <t>Tanrı'nın Geleceği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>54</v>
+        <v>80</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050971224</t>
+          <t>9786050973556</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İkinci Yarısı</t>
+          <t>Mandala - Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256057333</t>
+          <t>9786050959987</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Seviyor</t>
+          <t>Sonra Konuşuruz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256057326</t>
+          <t>9786050971224</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Ustalığı Mutluluk</t>
+          <t>Hayatın İkinci Yarısı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>395</v>
+        <v>59</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256057302</t>
+          <t>9786256057333</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sana İyi Gelecek</t>
+          <t>Hayat Seni Seviyor</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256057319</t>
+          <t>9786256057326</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Artık Sıra Sende</t>
+          <t>Bir Yaşam Ustalığı Mutluluk</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050934748</t>
+          <t>9786256057302</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mimozalar ve Lor Peyniri</t>
+          <t>Sana İyi Gelecek</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050966558</t>
+          <t>9786256057319</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küs Müyüz Tanrım?</t>
+          <t>Artık Sıra Sende</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>52</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050970784</t>
+          <t>9786050934748</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ararken Aldatılmak Neden Sahte Bilimi Satın Alıyoruz?</t>
+          <t>Mimozalar ve Lor Peyniri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256057296</t>
+          <t>9786050966558</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bolluk</t>
+          <t>Küs Müyüz Tanrım?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256057289</t>
+          <t>9786050970784</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Huzur</t>
+          <t>Sağlık Ararken Aldatılmak Neden Sahte Bilimi Satın Alıyoruz?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>99</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256057272</t>
+          <t>9786256057296</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kalpte Yaşamak</t>
+          <t>Bolluk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256057258</t>
+          <t>9786256057289</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gören Sen</t>
+          <t>Aşk ve Huzur</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256057203</t>
+          <t>9786256057272</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda 2.0</t>
+          <t>Kalpte Yaşamak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256057241</t>
+          <t>9786256057258</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İyi Enerji</t>
+          <t>Gören Sen</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256057210</t>
+          <t>9786256057203</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>2. Doğuş Kalbinle Çevrimiçi Ol, Ruhuna Bağlan</t>
+          <t>Ayurveda 2.0</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256057197</t>
+          <t>9786256057241</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kendinle Başlar</t>
+          <t>İyi Enerji</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256417120</t>
+          <t>9786256057210</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Otoparktaki Yabancı: Sanrılı Keşişin Öğretileri</t>
+          <t>2. Doğuş Kalbinle Çevrimiçi Ol, Ruhuna Bağlan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258004410</t>
+          <t>9786256057197</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman İyileşiriz?</t>
+          <t>Şifa Kendinle Başlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258004229</t>
+          <t>9786256417120</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Kalbi Tutmak</t>
+          <t>Otoparktaki Yabancı: Sanrılı Keşişin Öğretileri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>99</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050908565</t>
+          <t>9786258004410</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Keşke Kadın Olsam</t>
+          <t>Ne Zaman İyileşiriz?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050942217</t>
+          <t>9786258004229</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Signum</t>
+          <t>Kırık Bir Kalbi Tutmak</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050944877</t>
+          <t>9786050908565</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Maviye Bakmak</t>
+          <t>Keşke Kadın Olsam</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050938951</t>
+          <t>9786050942217</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tam 30</t>
+          <t>Signum</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050928334</t>
+          <t>9786050944877</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sakura - Yeniden Doğuyorum</t>
+          <t>Maviye Bakmak</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050940190</t>
+          <t>9786050938951</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayata Aşk Mektupları</t>
+          <t>Tam 30</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050920000</t>
+          <t>9786050928334</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Egoist Beyin ve Kilo</t>
+          <t>Sakura - Yeniden Doğuyorum</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050930061</t>
+          <t>9786050940190</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Esne</t>
+          <t>Hayata Aşk Mektupları</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050986594</t>
+          <t>9786050920000</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Kitabı</t>
+          <t>Egoist Beyin ve Kilo</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050986648</t>
+          <t>9786050930061</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlangıçlar Kitabı</t>
+          <t>Esne</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050986570</t>
+          <t>9786050986594</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Dostluk Kitabı</t>
+          <t>Hayatın Anlamı Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050978650</t>
+          <t>9786050986648</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İste Olsun!</t>
+          <t>Yeni Başlangıçlar Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050975802</t>
+          <t>9786050986570</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Devadır</t>
+          <t>Sevgi ve Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050986877</t>
+          <t>9786050978650</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güzel Düştüm İyi Acıdı</t>
+          <t>İste Olsun!</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050975079</t>
+          <t>9786050975802</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Kalbi Nasıl Çarpar?</t>
+          <t>Aşk Bir Devadır</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050981940</t>
+          <t>9786050986877</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Düş Ün Sen</t>
+          <t>Güzel Düştüm İyi Acıdı</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050967586</t>
+          <t>9786050975079</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Daha Adını Koyamadık</t>
+          <t>Türk’ün Kalbi Nasıl Çarpar?</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050965902</t>
+          <t>9786050981940</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşam Sanatı</t>
+          <t>Düş Ün Sen</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050981438</t>
+          <t>9786050967586</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Gücüyle Gençleşme</t>
+          <t>Daha Adını Koyamadık</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256057180</t>
+          <t>9786050965902</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yanılıyor Olabilirim</t>
+          <t>Basit Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256057173</t>
+          <t>9786050981438</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Değerlendirme Sanatı</t>
+          <t>Düşünce Gücüyle Gençleşme</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256057142</t>
+          <t>9786256057180</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Altın Öğütler</t>
+          <t>Yanılıyor Olabilirim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256417458</t>
+          <t>9786256057173</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>100 Kadim Öğreti</t>
+          <t>Zamanı Değerlendirme Sanatı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050928563</t>
+          <t>9786256057142</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Hayat Sırları</t>
+          <t>Altın Öğütler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050983876</t>
+          <t>9786256417458</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Arketipler</t>
+          <t>100 Kadim Öğreti</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256057050</t>
+          <t>9786050928563</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Veda Temizliği</t>
+          <t>Kelebeğin Hayat Sırları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258004526</t>
+          <t>9786050983876</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Terapi</t>
+          <t>Astrolojik Arketipler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050986891</t>
+          <t>9786256057050</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yabancı</t>
+          <t>Veda Temizliği</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256057029</t>
+          <t>9786258004526</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ataların İzleri 2: Köklerden Göklere</t>
+          <t>Kendi Kendine Terapi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050923155</t>
+          <t>9786050986891</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Cevaplar (Kırmızı Kapak)</t>
+          <t>Kendine Yabancı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>595</v>
+        <v>315</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258004953</t>
+          <t>9786256057029</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
+          <t>Ataların İzleri 2: Köklerden Göklere</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050934700</t>
+          <t>9786050923155</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Terapi Defteri</t>
+          <t>Mesnevi'den Cevaplar (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>595</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258004984</t>
+          <t>9786258004953</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Anne Yarası</t>
+          <t>Ruhun Yaralı Şifacısı Carl Jung</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050965612</t>
+          <t>9786050934700</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sakin</t>
+          <t>Terapi Defteri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256057005</t>
+          <t>9786258004984</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sen Varsan Bereket Var</t>
+          <t>Anne Yarası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258004960</t>
+          <t>9786050965612</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Umudun Rengi Mavi - Bir Terapistin Not Defteri</t>
+          <t>Sakin</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258004915</t>
+          <t>9786256057005</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Vazgeçebilme Takvimi (Ciltli)</t>
+          <t>Sen Varsan Bereket Var</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258004939</t>
+          <t>9786258004960</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahenk İçinde</t>
+          <t>Umudun Rengi Mavi - Bir Terapistin Not Defteri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258004854</t>
+          <t>9786258004915</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Hep Varmış</t>
+          <t>Her Gün Vazgeçebilme Takvimi (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050975505</t>
+          <t>9786258004939</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Ahenk İçinde</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258004847</t>
+          <t>9786258004854</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yaralar Yararlıdır</t>
+          <t>Bir Varmış Hep Varmış</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258004892</t>
+          <t>9786050975505</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Var Ruhunda</t>
+          <t>Yakın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258004823</t>
+          <t>9786258004847</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aristo Diyeti İle Yeni Yaşam</t>
+          <t>Bazı Yaralar Yararlıdır</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258004809</t>
+          <t>9786258004892</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Kanatların Var Ruhunda</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258004724</t>
+          <t>9786258004823</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Affedersiniz İçedönük</t>
+          <t>Aristo Diyeti İle Yeni Yaşam</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258004731</t>
+          <t>9786258004809</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kadınlarına İç Huzur Sağlama Rehberi</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258004700</t>
+          <t>9786258004724</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Mektupları</t>
+          <t>Affedersiniz İçedönük</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258004687</t>
+          <t>9786258004731</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İşaretler, Semboller ve Alametler</t>
+          <t>Amazon Kadınlarına İç Huzur Sağlama Rehberi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258004632</t>
+          <t>9786258004700</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Pazartesi Mektupları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258004595</t>
+          <t>9786258004687</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Şimdi ve Sonsuzluğa Doğru</t>
+          <t>İşaretler, Semboller ve Alametler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258004571</t>
+          <t>9786258004632</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kaynak: Beynin Bilimi, Evrenin Sırları</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258004564</t>
+          <t>9786258004595</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Saf Mutluluk</t>
+          <t>Uyanış: Şimdi ve Sonsuzluğa Doğru</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258004496</t>
+          <t>9786258004571</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Benzer Kuşlar Birlikte Uçar</t>
+          <t>Kaynak: Beynin Bilimi, Evrenin Sırları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>99</v>
+        <v>185</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256417151</t>
+          <t>9786258004564</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Saf Mutluluk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258004465</t>
+          <t>9786258004496</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İçimde Sakinlik Buldum</t>
+          <t>Benzer Kuşlar Birlikte Uçar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258004458</t>
+          <t>9786256417151</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Benlik Aynasına Bakmak</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258215250</t>
+          <t>9786258004465</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ataların İzleri</t>
+          <t>İçimde Sakinlik Buldum</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258004311</t>
+          <t>9786258004458</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kadın Su Gibidir Akar Erkek Ateş Gibidir Yakar</t>
+          <t>Benlik Aynasına Bakmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258004366</t>
+          <t>9786258215250</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bana Nerenin Ağrıdığını Söyle, Sana Nedenini Söyleyeyim</t>
+          <t>Ataların İzleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258344028</t>
+          <t>9786258004311</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Travma Haritası</t>
+          <t>Kadın Su Gibidir Akar Erkek Ateş Gibidir Yakar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258004335</t>
+          <t>9786258004366</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İfade Tasarımı</t>
+          <t>Bana Nerenin Ağrıdığını Söyle, Sana Nedenini Söyleyeyim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258004298</t>
+          <t>9786258344028</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tıp Fakültesinde Öğretilmeyen Sağlık</t>
+          <t>Travma Haritası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258090680</t>
+          <t>9786258004335</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Derdim Bana Derman İmiş</t>
+          <t>İfade Tasarımı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258004243</t>
+          <t>9786258004298</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yen</t>
+          <t>Tıp Fakültesinde Öğretilmeyen Sağlık</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258004090</t>
+          <t>9786258090680</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ederim Tanrım</t>
+          <t>Derdim Bana Derman İmiş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>49</v>
+        <v>99</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258004007</t>
+          <t>9786258004243</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Beni Büyüten Kadınlar</t>
+          <t>Yen</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050986358</t>
+          <t>9786258004090</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Geçiş</t>
+          <t>Teşekkür Ederim Tanrım</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>49</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050983814</t>
+          <t>9786258004007</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Başka</t>
+          <t>Beni Büyüten Kadınlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050983852</t>
+          <t>9786050986358</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Övgü</t>
+          <t>Geçiş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050982671</t>
+          <t>9786050983814</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mümkün</t>
+          <t>Başka</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>119</v>
+        <v>240</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050980707</t>
+          <t>9786050983852</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm Dilime Dargın</t>
+          <t>Mutluluğa Övgü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050980219</t>
+          <t>9786050982671</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ağıtların Tanrısı</t>
+          <t>Mümkün</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>370</v>
+        <v>119</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050980073</t>
+          <t>9786050980707</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Şifadır</t>
+          <t>Gönlüm Dilime Dargın</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>770</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050977790</t>
+          <t>9786050980219</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ben Artık Özgürüm</t>
+          <t>Ağıtların Tanrısı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>99</v>
+        <v>370</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050977691</t>
+          <t>9786050980073</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Es Semi - Susma Konuş O Seni Duyar</t>
+          <t>Kadınlar Şifadır</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>295</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050977738</t>
+          <t>9786050977790</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yaşım 19</t>
+          <t>Ben Artık Özgürüm</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050970845</t>
+          <t>9786050977691</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bir Kahraman Gibi Yaşa</t>
+          <t>Es Semi - Susma Konuş O Seni Duyar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050969658</t>
+          <t>9786050977738</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Unutursan Hatırla</t>
+          <t>Yaşım 19</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>99</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050968675</t>
+          <t>9786050970845</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmanın Dayanılmaz Hafifliği</t>
+          <t>Bir Kahraman Gibi Yaşa</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>275</v>
+        <v>99</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050967302</t>
+          <t>9786050969658</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Masallar</t>
+          <t>Unutursan Hatırla</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050958133</t>
+          <t>9786050968675</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Can</t>
+          <t>Kendin Olmanın Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>99</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050966077</t>
+          <t>9786050967302</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İyi Gelen Yazılar</t>
+          <t>Şifa Veren Masallar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>99</v>
+        <v>265</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050965537</t>
+          <t>9786050958133</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bedenini Sev</t>
+          <t>Benim Adım Can</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>140</v>
+        <v>99</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050964431</t>
+          <t>9786050966077</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol!</t>
+          <t>İyi Gelen Yazılar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050960822</t>
+          <t>9786050965537</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ortalıkta Düzgün Erkek Var</t>
+          <t>Bedenini Sev</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>99</v>
+        <v>195</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050960600</t>
+          <t>9786050964431</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Japonların 100 Yıl Yaşama Sırrı</t>
+          <t>Kendin Ol!</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050959598</t>
+          <t>9786050960822</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyi Taşımak</t>
+          <t>Ortalıkta Düzgün Erkek Var</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050959710</t>
+          <t>9786050960600</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aldırma Gönül</t>
+          <t>Japonların 100 Yıl Yaşama Sırrı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050958317</t>
+          <t>9786050959598</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Masal</t>
+          <t>Mucizeyi Taşımak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050951134</t>
+          <t>9786050959710</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ergen Erkekler Yalnız Kadınlar</t>
+          <t>Aldırma Gönül</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050951301</t>
+          <t>9786050958317</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Masal</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050950915</t>
+          <t>9786050951134</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nil’e Hayat Dersleri</t>
+          <t>Ergen Erkekler Yalnız Kadınlar</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050949940</t>
+          <t>9786050951301</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Daha Çok Görüşeceğiz</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050947922</t>
+          <t>9786050950915</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dinle Aşk Yolcusu</t>
+          <t>Nil’e Hayat Dersleri</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050947939</t>
+          <t>9786050949940</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Her Güne Bir Hikmet</t>
+          <t>Daha Çok Görüşeceğiz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>500</v>
+        <v>99</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050944921</t>
+          <t>9786050947922</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Dinle Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050943993</t>
+          <t>9786050947939</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Kalbim</t>
+          <t>Mesnevi'den Her Güne Bir Hikmet</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>35</v>
+        <v>500</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050943856</t>
+          <t>9786050944921</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050942132</t>
+          <t>9786050943993</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bazen Mavi Doğar</t>
+          <t>Haylaz Kalbim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050940992</t>
+          <t>9786050943856</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Başı Merkür</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050938289</t>
+          <t>9786050942132</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Endişesiz İlaçsız</t>
+          <t>Güneş Bazen Mavi Doğar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>99</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050937206</t>
+          <t>9786050940992</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kaybedenler</t>
+          <t>Her Şeyin Başı Merkür</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050936964</t>
+          <t>9786050938289</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kötülükçü</t>
+          <t>Endişesiz İlaçsız</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050951233</t>
+          <t>9786050937206</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Astrolojide Karmik Ay Düğümleri</t>
+          <t>Güzel Kaybedenler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>325</v>
+        <v>99</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050932669</t>
+          <t>9786050936964</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eros'un Okları - Hangi Burç Nasıl Sever?</t>
+          <t>Kötülükçü</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050930962</t>
+          <t>9786050951233</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Artık Zenginim</t>
+          <t>Astrolojide Karmik Ay Düğümleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050925357</t>
+          <t>9786050932669</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Masal Terapi</t>
+          <t>Eros'un Okları - Hangi Burç Nasıl Sever?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050924855</t>
+          <t>9786050930962</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Evrenden Torpilim Var</t>
+          <t>Artık Zenginim</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050926170</t>
+          <t>9786050925357</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Şifa Sende 2 : İçimizdeki Hekim</t>
+          <t>Masal Terapi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050924008</t>
+          <t>9786050924855</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Değiştir</t>
+          <t>Evrenden Torpilim Var</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050921953</t>
+          <t>9786050926170</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Beşikte Durduğu Gibi Durmuyor</t>
+          <t>Şifa Sende 2 : İçimizdeki Hekim</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050920895</t>
+          <t>9786050924008</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kainat Sensin</t>
+          <t>Kaderini Değiştir</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
+          <t>9786050921953</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Beşikte Durduğu Gibi Durmuyor</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786050920895</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Kainat Sensin</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
           <t>9786050921991</t>
         </is>
       </c>
-      <c r="B256" s="1" t="inlineStr">
+      <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Sufi’nin Hayat Rehberi</t>
         </is>
       </c>
-      <c r="C256" s="1">
+      <c r="C258" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>