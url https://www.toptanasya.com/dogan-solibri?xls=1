--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,925 +85,970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258474916</t>
+          <t>9786258474992</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Serap Gibi</t>
+          <t>Kırışıklıklar ve Kırılganlıklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258474893</t>
+          <t>9786258474961</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kovboy Dağhan Baydur</t>
+          <t>Umudun İzinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>299</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258474282</t>
+          <t>9786258474909</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Ormanı</t>
+          <t>Sporcu Eskisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258474886</t>
+          <t>9786258474916</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Önden Üç Bilet</t>
+          <t>Serap Gibi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258474879</t>
+          <t>9786258474893</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Babasının Kızları</t>
+          <t>Yalnız Kovboy Dağhan Baydur</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258474855</t>
+          <t>9786258474282</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sessiz</t>
+          <t>Deniz’in Ormanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258474862</t>
+          <t>9786258474886</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Sessizlik</t>
+          <t>Önden Üç Bilet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258474848</t>
+          <t>9786258474879</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Davet</t>
+          <t>Babasının Kızları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258474558</t>
+          <t>9786258474855</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çıkmazı</t>
+          <t>Sessiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258474824</t>
+          <t>9786258474862</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kalbi 1 (Ciltli)</t>
+          <t>Gerisi Sessizlik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258474831</t>
+          <t>9786258474848</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Hayallerin Ötesi</t>
+          <t>Davet</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050978735</t>
+          <t>9786258474558</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rüyadaki Vuslat</t>
+          <t>Sevgi Çıkmazı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258474794</t>
+          <t>9786258474824</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcı İlişkilerinin Gücü</t>
+          <t>Savaşçı Kalbi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258474756</t>
+          <t>9786258474831</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özge Şahin ile Geleceğin Mutfağı</t>
+          <t>Gezegen Hayallerin Ötesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>880</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258474602</t>
+          <t>9786050978735</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sonsuz Değildir</t>
+          <t>Rüyadaki Vuslat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258474732</t>
+          <t>9786258474794</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Döngüsü</t>
+          <t>Yatırımcı İlişkilerinin Gücü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258474640</t>
+          <t>9786258474756</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat Hayat İşte</t>
+          <t>Özge Şahin ile Geleceğin Mutfağı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258474718</t>
+          <t>9786258474602</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sonsuz Değildir Masmavi Gökyüzüne Bak Yeter</t>
+          <t>Yaşam Sonsuz Değildir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258474695</t>
+          <t>9786258474732</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Demans: Bir Unutma Hikayesi</t>
+          <t>Kelebeğin Döngüsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258474671</t>
+          <t>9786258474640</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikayenin Kahramanı Olabilirsin</t>
+          <t>İşte Hayat Hayat İşte</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258474305</t>
+          <t>9786258474718</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yaşam - Siyaset ve İhanet</t>
+          <t>Yaşam Sonsuz Değildir Masmavi Gökyüzüne Bak Yeter</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258474619</t>
+          <t>9786258474695</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İsmet Aktekin'in Golf ile İç İçe Geçen 25 Yıllık Anıları</t>
+          <t>Demans: Bir Unutma Hikayesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258474435</t>
+          <t>9786258474671</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tok Evin Aç Kedileri</t>
+          <t>Kendi Hikayenin Kahramanı Olabilirsin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258474589</t>
+          <t>9786258474305</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aile Mirası Reçeteler</t>
+          <t>İkinci Yaşam - Siyaset ve İhanet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258474565</t>
+          <t>9786258474619</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Filtresiz Bir Dünya Mümkün</t>
+          <t>İsmet Aktekin'in Golf ile İç İçe Geçen 25 Yıllık Anıları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258474480</t>
+          <t>9786258474435</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Sağlık Markasının Yolculuğu</t>
+          <t>Tok Evin Aç Kedileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258474466</t>
+          <t>9786258474589</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Taşları: Bozkırdan Okyanusa Zamansız Bir Masal</t>
+          <t>Aile Mirası Reçeteler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99</v>
+        <v>580</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258492149</t>
+          <t>9786258474565</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Önyargıların Ötesindeki Türkiye</t>
+          <t>Filtresiz Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258474381</t>
+          <t>9786258474480</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahim Rahmi Zapsu - Çok Yönlü Bir Tanıklığın Öyküsü (Ciltli)</t>
+          <t>Bir Sağlık Markasının Yolculuğu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258474404</t>
+          <t>9786258474466</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahim Rahmi Zapsu - Çok Yönlü Bir Tanıklığın Öyküsü</t>
+          <t>Evrenin Taşları: Bozkırdan Okyanusa Zamansız Bir Masal</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258474459</t>
+          <t>9786258492149</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kader Tatil Yapmaz</t>
+          <t>Önyargıların Ötesindeki Türkiye</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258474411</t>
+          <t>9786258474381</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meksika - Büyülü Ülke</t>
+          <t>Abdurrahim Rahmi Zapsu - Çok Yönlü Bir Tanıklığın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258474350</t>
+          <t>9786258474404</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Işık Tutan Liderler</t>
+          <t>Abdurrahim Rahmi Zapsu - Çok Yönlü Bir Tanıklığın Öyküsü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258474329</t>
+          <t>9786258474459</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dalgaları Aşmak</t>
+          <t>Kader Tatil Yapmaz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258474015</t>
+          <t>9786258474411</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tarzınız Kaç Puan?</t>
+          <t>Meksika - Büyülü Ülke</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258474145</t>
+          <t>9786258474350</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Davet Sofraları</t>
+          <t>Geleceğe Işık Tutan Liderler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258474107</t>
+          <t>9786258474329</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıbrıs Rüyası</t>
+          <t>Yeni Dalgaları Aşmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>99</v>
+        <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258474244</t>
+          <t>9786258474015</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>SMA - Bir Umuttur Yaşatan İnsanı</t>
+          <t>Yaşam Tarzınız Kaç Puan?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258474268</t>
+          <t>9786258474145</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Felek Beni Okyanustan Aşırdı</t>
+          <t>Davet Sofraları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>99</v>
+        <v>186</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258474176</t>
+          <t>9786258474107</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Bir Kıbrıs Rüyası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258474190</t>
+          <t>9786258474244</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dört Ayak Üstünde</t>
+          <t>SMA - Bir Umuttur Yaşatan İnsanı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258474114</t>
+          <t>9786258474268</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Duru Kediden Korkuyor</t>
+          <t>Felek Beni Okyanustan Aşırdı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>55</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258474169</t>
+          <t>9786258474176</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Komşu Kızı Hijyen</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258474121</t>
+          <t>9786258474190</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Işığımı Söndürmeyin</t>
+          <t>Dört Ayak Üstünde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>109</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258474091</t>
+          <t>9786258474114</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaşa</t>
+          <t>Duru Kediden Korkuyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050987058</t>
+          <t>9786258474169</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çok Unutkn Oldum</t>
+          <t>Komşu Kızı Hijyen</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050986235</t>
+          <t>9786258474121</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ah’lı Geçmiş</t>
+          <t>Işığımı Söndürmeyin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050983937</t>
+          <t>9786258474091</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Erim’in Mutfağı</t>
+          <t>Yaşa</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050983708</t>
+          <t>9786050987058</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteyi Gıda Sanayi İle Buluşturan Akademisyen Mehmet Pala</t>
+          <t>Çok Unutkn Oldum</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050983739</t>
+          <t>9786050986235</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası</t>
+          <t>Ah’lı Geçmiş</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050983487</t>
+          <t>9786050983937</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yalnızlık</t>
+          <t>Erim’in Mutfağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050983074</t>
+          <t>9786050983708</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Serüven</t>
+          <t>Üniversiteyi Gıda Sanayi İle Buluşturan Akademisyen Mehmet Pala</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050980196</t>
+          <t>9786050983739</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kova Çağı</t>
+          <t>Kırılma Noktası</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050979640</t>
+          <t>9786050983487</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İntihardan Bir Gün Sonra</t>
+          <t>Sevgili Yalnızlık</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050979763</t>
+          <t>9786050983074</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fena Halde Mühendis</t>
+          <t>Serüven</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050979695</t>
+          <t>9786050980196</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bana Borcun Var</t>
+          <t>Kova Çağı</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050979145</t>
+          <t>9786050979640</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Umudun Rengi</t>
+          <t>İntihardan Bir Gün Sonra</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050979015</t>
+          <t>9786050979763</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Olamayanların Mabedi</t>
+          <t>Fena Halde Mühendis</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786050979695</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bana Borcun Var</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786050979145</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Umudun Rengi</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786050979015</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Olamayanların Mabedi</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
           <t>9786050978377</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Tek Satırlık Entel</t>
         </is>
       </c>
-      <c r="C60" s="1">
+      <c r="C63" s="1">
         <v>99</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>