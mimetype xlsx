--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,6490 +85,6550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758717750</t>
+          <t>9786256194397</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’da Felsefe ve Çağımıza Etkileri</t>
+          <t>Teolojinin Kısa Özeti</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256194373</t>
+          <t>9786059328616</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yogasütra</t>
+          <t>Can Çekişen Küresel Güç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256194366</t>
+          <t>9786256194380</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Patancali ve Yoga</t>
+          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059328197</t>
+          <t>9786256194403</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Ziryab'ın Hasreti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055063900</t>
+          <t>9789758717750</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Genel Edebiyat Bilimi</t>
+          <t>Antik Yunan’da Felsefe ve Çağımıza Etkileri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256194342</t>
+          <t>9786256194373</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hukuk Tarihi</t>
+          <t>Yogasütra</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256194335</t>
+          <t>9786256194366</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Teselli Üzerine</t>
+          <t>Patancali ve Yoga</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758717651</t>
+          <t>9786059328197</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256194359</t>
+          <t>9786055063900</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Haikular</t>
+          <t>Genel Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758717880</t>
+          <t>9786256194342</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Romanı Üzerine İncelemeler</t>
+          <t>Avrupa Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055063153</t>
+          <t>9786256194335</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Heinrich Von Ofterdingen</t>
+          <t>Teselli Üzerine</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055063092</t>
+          <t>9789758717651</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256194328</t>
+          <t>9786256194359</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lizbon</t>
+          <t>Haikular</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758717507</t>
+          <t>9789758717880</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Toplumu Üzerine İncelemeler</t>
+          <t>Çağdaş Türk Romanı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>34</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758717248</t>
+          <t>9786055063153</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sözlüğü: Siyaset, Toplum ve Kültür (Ciltli)</t>
+          <t>Heinrich Von Ofterdingen</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>72</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758717590</t>
+          <t>9786055063092</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Metodu ve Siyaset Teorisi</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758717460</t>
+          <t>9786256194328</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein: Erken Döneminde Dilin Sınırları ve Felsefe</t>
+          <t>Lizbon</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758717729</t>
+          <t>9789758717507</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Usta - Balzac Dickens Dostoyevski</t>
+          <t>Eski Türk Toplumu Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758717736</t>
+          <t>9789758717248</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hayatının Şiirini Yazanlar: Casanova, Stendhal, Tolstoy</t>
+          <t>Türkiye Sözlüğü: Siyaset, Toplum ve Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059328586</t>
+          <t>9789758717590</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Demokrasi 2</t>
+          <t>İbn Haldun Metodu ve Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758717415</t>
+          <t>9789758717460</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şerif Mardin Okumaları</t>
+          <t>Wittgenstein: Erken Döneminde Dilin Sınırları ve Felsefe</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758717606</t>
+          <t>9789758717729</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fransız Aydınlanma Felsefesi</t>
+          <t>Üç Büyük Usta - Balzac Dickens Dostoyevski</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256194298</t>
+          <t>9789758717736</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mitos ve İnsan</t>
+          <t>Kendi Hayatının Şiirini Yazanlar: Casanova, Stendhal, Tolstoy</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256194311</t>
+          <t>9786059328586</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağda Müzik</t>
+          <t>Amerika'da Demokrasi 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256194304</t>
+          <t>9789758717415</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Savaş ve Barış</t>
+          <t>Şerif Mardin Okumaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256194267</t>
+          <t>9789758717606</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Çatışması</t>
+          <t>Fransız Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256194281</t>
+          <t>9786256194298</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Adetleri Üzerine</t>
+          <t>Mitos ve İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256194106</t>
+          <t>9786256194311</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Sözcükler</t>
+          <t>Antik Çağda Müzik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256194250</t>
+          <t>9786256194304</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Seyyahları</t>
+          <t>21. Yüzyılda Savaş ve Barış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256194274</t>
+          <t>9786256194267</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Monolog ve Söylem</t>
+          <t>Dinlerin Çatışması</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256194243</t>
+          <t>9786256194281</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Maldoror’un Şarkıları</t>
+          <t>Türklerin Adetleri Üzerine</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256194236</t>
+          <t>9786256194106</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Başkasıdır</t>
+          <t>Anahtar Sözcükler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256194120</t>
+          <t>9786256194250</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gaspard De La Nuit</t>
+          <t>Ortaçağ Seyyahları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259194229</t>
+          <t>9786256194274</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İsteme ve Tasavvur Olarak Dünya - II</t>
+          <t>Monolog ve Söylem</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256194205</t>
+          <t>9786256194243</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşçılık Sanatı</t>
+          <t>Maldoror’un Şarkıları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256194212</t>
+          <t>9786256194236</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Paganlara Karşı Hıristiyanlık Savunusu</t>
+          <t>Ben Bir Başkasıdır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256194199</t>
+          <t>9786256194120</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Tarihi</t>
+          <t>Gaspard De La Nuit</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758717002</t>
+          <t>9786259194229</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fransız Tarih Devrimi: Annales Okulu</t>
+          <t>İsteme ve Tasavvur Olarak Dünya - II</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758717392</t>
+          <t>9786256194205</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğa Bilimleri</t>
+          <t>Aşçılık Sanatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>32</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758717538</t>
+          <t>9786256194212</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olarak Kendisi</t>
+          <t>Paganlara Karşı Hıristiyanlık Savunusu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>68</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758717026</t>
+          <t>9786256194199</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yığınların Gölgesinde</t>
+          <t>Arap Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758717767</t>
+          <t>9789758717002</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji Metafizik Üzerine Konuşma</t>
+          <t>Fransız Tarih Devrimi: Annales Okulu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758717842</t>
+          <t>9789758717392</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Modernleşme 1839 - 1939 (Ciltli)</t>
+          <t>Felsefe ve Doğa Bilimleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>690</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257030007</t>
+          <t>9789758717538</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Başkası Olarak Kendisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>215</v>
+        <v>68</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258123999</t>
+          <t>9789758717026</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Klasik İran Edebiyatı/ Firdevsî’den Câmî’ye</t>
+          <t>Sessiz Yığınların Gölgesinde</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256194182</t>
+          <t>9789758717767</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İran ve İranlıların Tarihi</t>
+          <t>Monadoloji Metafizik Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256194113</t>
+          <t>9789758717842</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizm (Ciltli)</t>
+          <t>İslam’da Modernleşme 1839 - 1939 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>750</v>
+        <v>690</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256194168</t>
+          <t>9786257030007</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-3 (Ciltli)</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>720</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256194151</t>
+          <t>9786258123999</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-2 (Ciltli)</t>
+          <t>Klasik İran Edebiyatı/ Firdevsî’den Câmî’ye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256194144</t>
+          <t>9786256194182</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-1 (Ciltli)</t>
+          <t>İran ve İranlıların Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256194175</t>
+          <t>9786256194113</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çağdaş Düşünce Tarihi</t>
+          <t>Modern Kapitalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>590</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256194090</t>
+          <t>9786256194168</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Romanda Anlam Arkeolojisi</t>
+          <t>Akdeniz ve Akdeniz Dünyası-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758717361</t>
+          <t>9786256194151</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Kuramları</t>
+          <t>Akdeniz ve Akdeniz Dünyası-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758717804</t>
+          <t>9786256194144</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyoloji Kuramları</t>
+          <t>Akdeniz ve Akdeniz Dünyası-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055063733</t>
+          <t>9786256194175</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Batı Uygarlığı</t>
+          <t>Türkiye’de Çağdaş Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256194083</t>
+          <t>9786256194090</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizm - Kapitalizmin Doğuşu</t>
+          <t>Romanda Anlam Arkeolojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256194076</t>
+          <t>9789758717361</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İspanya Tarihi (Ciltli)</t>
+          <t>Milliyetçilik Kuramları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>620</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256194069</t>
+          <t>9789758717804</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hint Ortaçağ Tarihi</t>
+          <t>Çağdaş Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>540</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256194052</t>
+          <t>9786055063733</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 1</t>
+          <t>Ortaçağ Batı Uygarlığı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055063184</t>
+          <t>9786256194083</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Çağı</t>
+          <t>Modern Kapitalizm - Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257030021</t>
+          <t>9786256194076</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Tarihi</t>
+          <t>İspanya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>490</v>
+        <v>620</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256194007</t>
+          <t>9786256194069</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İberya’dan İstanbul’a Bir Ortaçağ Masalı</t>
+          <t>Hint Ortaçağ Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256194021</t>
+          <t>9786256194052</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kenti</t>
+          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258123920</t>
+          <t>9786055063184</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İspanya Tarihi</t>
+          <t>Sanayi Çağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052133170</t>
+          <t>9786257030021</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kökenine Dair Mitler</t>
+          <t>İngiltere Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>295</v>
+        <v>490</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055063191</t>
+          <t>9786256194007</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ontolojisi</t>
+          <t>İberya’dan İstanbul’a Bir Ortaçağ Masalı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257030748</t>
+          <t>9786256194021</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küba Füze Krizi 1962 - Diplomasi Tarihi 1</t>
+          <t>Tanrı Kenti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258123975</t>
+          <t>9786258123920</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Tanrıya Yolculuğu</t>
+          <t>İspanya Tarihi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258123982</t>
+          <t>9786052133170</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cinsiyetçilik</t>
+          <t>Ateşin Kökenine Dair Mitler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258123968</t>
+          <t>9786055063191</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Stoacıların Çelişkileri Üzerine</t>
+          <t>Oyunun Ontolojisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258123944</t>
+          <t>9786257030748</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Küba Füze Krizi 1962 - Diplomasi Tarihi 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258123951</t>
+          <t>9786258123975</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Plinius Doğa Tarihi</t>
+          <t>Zihnin Tanrıya Yolculuğu</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258123913</t>
+          <t>9786258123982</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Helenistik Anadolu</t>
+          <t>İkinci Cinsiyetçilik</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>395</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258123937</t>
+          <t>9786258123968</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Tarihi Adalet</t>
+          <t>Stoacıların Çelişkileri Üzerine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752410855</t>
+          <t>9786258123944</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İmgeler ve Simgeler</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258123906</t>
+          <t>9786258123951</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Yaşlı Plinius Doğa Tarihi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258123890</t>
+          <t>9786258123913</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>1945' ten Günümüze Uluslararası İlişkiler</t>
+          <t>Helenistik Anadolu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258123869</t>
+          <t>9786258123937</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefe - 2 [1923-2023]</t>
+          <t>Kavramlar Tarihi Adalet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258123852</t>
+          <t>9789752410855</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefe - I [1923-2023]</t>
+          <t>İmgeler ve Simgeler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258123883</t>
+          <t>9786258123906</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ahlakı</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055063160</t>
+          <t>9786258123890</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine: Ruh Dinginliği Üzerine</t>
+          <t>1945' ten Günümüze Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257030687</t>
+          <t>9786258123869</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Pop Kültür</t>
+          <t>Türkiye’de Felsefe - 2 [1923-2023]</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052133149</t>
+          <t>9786258123852</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Türkiye’de Felsefe - I [1923-2023]</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258123876</t>
+          <t>9786258123883</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Geziler</t>
+          <t>Aşk Ahlakı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258123838</t>
+          <t>9786055063160</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benliğimin Şarkısı</t>
+          <t>Hoşgörü Üzerine: Ruh Dinginliği Üzerine</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258123821</t>
+          <t>9786257030687</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Günah</t>
+          <t>Kapitalizm ve Pop Kültür</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258123807</t>
+          <t>9786052133149</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>520</v>
+        <v>560</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758717866</t>
+          <t>9786258123876</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Geziler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758717422</t>
+          <t>9786258123838</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Makaleler 2</t>
+          <t>Benliğimin Şarkısı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758717378</t>
+          <t>9786258123821</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Burjuva</t>
+          <t>Haz ve Günah</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752410664</t>
+          <t>9786258123807</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aydınların İhaneti</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758717705</t>
+          <t>9789758717866</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Düşüncesinin Serüveni</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052133811</t>
+          <t>9789758717422</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Satılan Ruh Ya Da Kötülüğün Egemenliği</t>
+          <t>Doğu Batı Makaleler 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758717873</t>
+          <t>9789758717378</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Burjuva</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758717934</t>
+          <t>9789752410664</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Res Publica</t>
+          <t>Aydınların İhaneti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758717330</t>
+          <t>9789758717705</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Kültürel Geçişler</t>
+          <t>Avrupa Düşüncesinin Serüveni</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758717897</t>
+          <t>9786052133811</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Budizm</t>
+          <t>Şeytana Satılan Ruh Ya Da Kötülüğün Egemenliği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059328395</t>
+          <t>9789758717873</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İlkel Toplumlarda Mistik Deneyim ve Simgeler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052133071</t>
+          <t>9789758717934</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesi</t>
+          <t>Res Publica</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258123814</t>
+          <t>9789758717330</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Niran İle Ziryab</t>
+          <t>Ortadoğu’da Kültürel Geçişler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258123791</t>
+          <t>9789758717897</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Manu Kanunları</t>
+          <t>Japonya’da Budizm</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258123784</t>
+          <t>9786059328395</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Faust (Ciltli)</t>
+          <t>İlkel Toplumlarda Mistik Deneyim ve Simgeler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>475</v>
+        <v>255</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258123654</t>
+          <t>9786052133071</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şehir Sosyolojisi İnsan Ekolojisi Ve Şehirsel Sağlık</t>
+          <t>Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258123760</t>
+          <t>9786258123814</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Tasavvurları</t>
+          <t>Niran İle Ziryab</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258123753</t>
+          <t>9786258123791</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Tedirgin İnsanı</t>
+          <t>Manu Kanunları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258123777</t>
+          <t>9786258123784</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Faust (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258123746</t>
+          <t>9786258123654</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nesne ve Doğası</t>
+          <t>Şehir Sosyolojisi İnsan Ekolojisi Ve Şehirsel Sağlık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258123739</t>
+          <t>9786258123760</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Etik – Kendini Tanı</t>
+          <t>İmparatorluk Tasavvurları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258123708</t>
+          <t>9786258123753</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Çağımızın Tedirgin İnsanı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258123722</t>
+          <t>9786258123777</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çoban Türküleri</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258123715</t>
+          <t>9786258123746</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bhagavadgita Tanrı’nın Şarkısı</t>
+          <t>Nesne ve Doğası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258123661</t>
+          <t>9786258123739</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Angora’dan Ankara’ya Bir Başkentin Doğuşu (1919-1950)</t>
+          <t>Etik – Kendini Tanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258123647</t>
+          <t>9786258123708</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Kutsal</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258123494</t>
+          <t>9786258123722</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İndra - Tanrı ve Kral</t>
+          <t>Çoban Türküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258123524</t>
+          <t>9786258123715</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücûd Felsefesi</t>
+          <t>Bhagavadgita Tanrı’nın Şarkısı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258123517</t>
+          <t>9786258123661</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yüceliği Üzerine Söylev</t>
+          <t>Angora’dan Ankara’ya Bir Başkentin Doğuşu (1919-1950)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258123449</t>
+          <t>9786258123647</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çıldıran Herkül</t>
+          <t>İnsan ve Kutsal</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258123616</t>
+          <t>9786258123494</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dimitraş İle Pıtıraş</t>
+          <t>İndra - Tanrı ve Kral</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258123609</t>
+          <t>9786258123524</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi İle Akıllı Kız</t>
+          <t>Vahdet-i Vücûd Felsefesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258123593</t>
+          <t>9786258123517</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas İle Şah Banu</t>
+          <t>İnsanın Yüceliği Üzerine Söylev</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258123586</t>
+          <t>9786258123449</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uçan Palto</t>
+          <t>Çıldıran Herkül</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258123623</t>
+          <t>9786258123616</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dillidüdük İle Altınses</t>
+          <t>Dimitraş İle Pıtıraş</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258123630</t>
+          <t>9786258123609</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçiler</t>
+          <t>Selahaddin Eyyubi İle Akıllı Kız</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258123579</t>
+          <t>9786258123593</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Şah Abbas İle Şah Banu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258123548</t>
+          <t>9786258123586</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Psikoloji</t>
+          <t>Uçan Palto</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258123562</t>
+          <t>9786258123623</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Melodram</t>
+          <t>Dillidüdük İle Altınses</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258123555</t>
+          <t>9786258123630</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Etika</t>
+          <t>Tarih ve Tarihçiler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258123513</t>
+          <t>9786258123579</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İyilikler Üzerine</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258123432</t>
+          <t>9786258123548</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İç Konuşmalar ve Ruhun Ölümsüzlüğü Üzerine</t>
+          <t>Ekonomik Psikoloji</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258123487</t>
+          <t>9786258123562</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Biçim ve İçerik</t>
+          <t>Melodram</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258123456</t>
+          <t>9786258123555</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamı</t>
+          <t>Etika</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258123463</t>
+          <t>9786258123513</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kritias</t>
+          <t>İyilikler Üzerine</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258123470</t>
+          <t>9786258123432</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kharmides</t>
+          <t>İç Konuşmalar ve Ruhun Ölümsüzlüğü Üzerine</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258123425</t>
+          <t>9786258123487</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens</t>
+          <t>Biçim ve İçerik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258123418</t>
+          <t>9786258123456</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mucizesi</t>
+          <t>Devlet Adamı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258123401</t>
+          <t>9786258123463</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Görünür İle Görünmez</t>
+          <t>Kritias</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258123104</t>
+          <t>9786258123470</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyata Giriş -Yeni Eğilimler ve Uygulamalar</t>
+          <t>Kharmides</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258123128</t>
+          <t>9786258123425</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick - Yerküre ve Denizküre Arasında</t>
+          <t>Homo Ludens</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258123395</t>
+          <t>9786258123418</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şer Çiçekleri</t>
+          <t>Mısır Mucizesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258123388</t>
+          <t>9786258123401</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal – 05</t>
+          <t>Görünür İle Görünmez</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258123371</t>
+          <t>9786258123104</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Marcel Proust - Geniş Zamanın İzinde: Alışkanlık, Arzu ve Unutkanlık</t>
+          <t>Karşılaştırmalı Edebiyata Giriş -Yeni Eğilimler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258123357</t>
+          <t>9786258123128</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Floransa Tarihi</t>
+          <t>Moby Dick - Yerküre ve Denizküre Arasında</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258123302</t>
+          <t>9786258123395</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Denemeler - Birinci Seri</t>
+          <t>Şer Çiçekleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258123340</t>
+          <t>9786258123388</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Üretimin Aynası Ya Da Tarihi Materyalist Eleştiri Yanılsaması</t>
+          <t>Sinemasal – 05</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258123333</t>
+          <t>9786258123371</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Ekran</t>
+          <t>Marcel Proust - Geniş Zamanın İzinde: Alışkanlık, Arzu ve Unutkanlık</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258123326</t>
+          <t>9786258123357</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çalkantı Ve Dalga</t>
+          <t>Floransa Tarihi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258123319</t>
+          <t>9786258123302</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Çaresizliği</t>
+          <t>Denemeler - Birinci Seri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258123296</t>
+          <t>9786258123340</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Mekanları</t>
+          <t>Üretimin Aynası Ya Da Tarihi Materyalist Eleştiri Yanılsaması</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258123289</t>
+          <t>9786258123333</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kokunun Tarihi</t>
+          <t>Her Yer Ekran</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258123272</t>
+          <t>9786258123326</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Neoliberal İletişim Ve İnsan Anlayışı</t>
+          <t>Çalkantı Ve Dalga</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258123265</t>
+          <t>9786258123319</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Catilina Kalkışması Ugurtha Savaşı Tarih</t>
+          <t>İnsanın Çaresizliği</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258123159</t>
+          <t>9786258123296</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'ten Anılar</t>
+          <t>Hafıza Mekanları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258123258</t>
+          <t>9786258123289</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Kokunun Tarihi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258123180</t>
+          <t>9786258123272</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kısa Roma Tarihi</t>
+          <t>Kişisel Gelişim Neoliberal İletişim Ve İnsan Anlayışı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258123142</t>
+          <t>9786258123265</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Catilina Kalkışması Ugurtha Savaşı Tarih</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258123173</t>
+          <t>9786258123159</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Filozof, Yahudi ve Hıristiyan Arasındaki Diyaloglar</t>
+          <t>Sokrates'ten Anılar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258123135</t>
+          <t>9786258123258</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Karakterler</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258123210</t>
+          <t>9786258123180</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aldar Köse - Kazakistan Masalları</t>
+          <t>Kısa Roma Tarihi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258123197</t>
+          <t>9786258123142</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yanık İle Dilek Boncuğu</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258123203</t>
+          <t>9786258123173</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Er Tapıldı ile Kardıgaç</t>
+          <t>Filozof, Yahudi ve Hıristiyan Arasındaki Diyaloglar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258123234</t>
+          <t>9786258123135</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Alişir ile Gül</t>
+          <t>Karakterler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258123227</t>
+          <t>9786258123210</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Öksüzoğul</t>
+          <t>Aldar Köse - Kazakistan Masalları</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258123166</t>
+          <t>9786258123197</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dil (ve Zihnin) Felsefesi</t>
+          <t>Yanık İle Dilek Boncuğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258123111</t>
+          <t>9786258123203</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Öfke Üzerine</t>
+          <t>Er Tapıldı ile Kardıgaç</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258123241</t>
+          <t>9786258123234</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hadrıanus</t>
+          <t>Alişir ile Gül</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258123074</t>
+          <t>9786258123227</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Transandantal İdealizm Sistemi</t>
+          <t>Öksüzoğul</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258123098</t>
+          <t>9786258123166</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlkel İnsanın Zihni</t>
+          <t>Dil (ve Zihnin) Felsefesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258123081</t>
+          <t>9786258123111</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İyinin Ve Kötünün Ötesinde</t>
+          <t>Öfke Üzerine</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258123050</t>
+          <t>9786258123241</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Hadrıanus</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258123067</t>
+          <t>9786258123074</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Transandantal İdealizm Sistemi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258123043</t>
+          <t>9786258123098</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon, Ayinler, Gizli Cemiyetler</t>
+          <t>İlkel İnsanın Zihni</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258123029</t>
+          <t>9786258123081</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Leyla Erbil - Bilinç Akışında Kesintiler</t>
+          <t>İyinin Ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258123012</t>
+          <t>9786258123050</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu - Dirim Belirtileri: Işık, Zemin, Hayvan</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258123005</t>
+          <t>9786258123067</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett - Varlığa Eşlik Eden Kahramanlar</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257030991</t>
+          <t>9786258123043</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay - Yazı Eylemi ve Oyun</t>
+          <t>İnisiyasyon, Ayinler, Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257030960</t>
+          <t>9786258123029</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Engelleme, Çatışma ve Savunma</t>
+          <t>Leyla Erbil - Bilinç Akışında Kesintiler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257030717</t>
+          <t>9786258123012</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asır Filozofları</t>
+          <t>Bilge Karasu - Dirim Belirtileri: Işık, Zemin, Hayvan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758717477</t>
+          <t>9786258123005</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein ve Dilin Sınırları</t>
+          <t>Samuel Beckett - Varlığa Eşlik Eden Kahramanlar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257030410</t>
+          <t>9786257030991</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Osmanlı Tarihyazımı - 1</t>
+          <t>Oğuz Atay - Yazı Eylemi ve Oyun</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052133835</t>
+          <t>9786257030960</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Eğitim Akımları</t>
+          <t>Engelleme, Çatışma ve Savunma</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257030984</t>
+          <t>9786257030717</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Tarihi Özgürlük</t>
+          <t>Yirminci Asır Filozofları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258123036</t>
+          <t>9789758717477</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Vahhabiler 1</t>
+          <t>Wittgenstein ve Dilin Sınırları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257030977</t>
+          <t>9786257030410</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Dünyada Osmanlı Tarihyazımı - 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257030953</t>
+          <t>9786052133835</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Tarihi - 19. Yüzyıldan Günümüze</t>
+          <t>Çağdaş Eğitim Akımları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>460</v>
+        <v>215</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257030946</t>
+          <t>9786257030984</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tarım Üzerine</t>
+          <t>Kavramlar Tarihi Özgürlük</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257030922</t>
+          <t>9786258123036</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Anıları</t>
+          <t>Vahhabiler 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257030908</t>
+          <t>9786257030977</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Derrida'nın Nietzsche'si: Bir Ortak İmza Geliştirmek</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257030786</t>
+          <t>9786257030953</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Asena</t>
+          <t>Ortadoğu Tarihi - 19. Yüzyıldan Günümüze</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257030915</t>
+          <t>9786257030946</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mahmuzlar: Nietzsche'nin Üslupları</t>
+          <t>Tarım Üzerine</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257030939</t>
+          <t>9786257030922</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da Türklerin Tarihi</t>
+          <t>Türkiye Anıları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257030892</t>
+          <t>9786257030908</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Derrida'nın Nietzsche'si: Bir Ortak İmza Geliştirmek</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>590</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257030878</t>
+          <t>9786257030786</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki İsteme Üzerine</t>
+          <t>Asena</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257030885</t>
+          <t>9786257030915</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Mahmuzlar: Nietzsche'nin Üslupları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257030854</t>
+          <t>9786257030939</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Obsesyon</t>
+          <t>Fransa'da Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257030847</t>
+          <t>9786257030892</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ziraat İşleri</t>
+          <t>Anarşizm</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257030816</t>
+          <t>9786257030878</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Stratejiler</t>
+          <t>Doğadaki İsteme Üzerine</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257030830</t>
+          <t>9786257030885</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Meyve Hasadı</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257030823</t>
+          <t>9786257030854</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Firari</t>
+          <t>Geçmişten Günümüze Obsesyon</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257030694</t>
+          <t>9786257030847</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kısa İklim Tarihi</t>
+          <t>Ziraat İşleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257030724</t>
+          <t>9786257030816</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hekim</t>
+          <t>Çaresiz Stratejiler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257030779</t>
+          <t>9786257030830</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Kahkaha Hanım</t>
+          <t>Meyve Hasadı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257030731</t>
+          <t>9786257030823</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Konuşmalar 1</t>
+          <t>Firari</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257030762</t>
+          <t>9786257030694</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İristu ile Ak Kağan</t>
+          <t>Kısa İklim Tarihi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257030496</t>
+          <t>9786257030724</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Temelleri</t>
+          <t>Lokman Hekim</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257030809</t>
+          <t>9786257030779</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler’in Afganistan’ı İşgali 1978-1979 - Diplomasi Tarihi 4</t>
+          <t>Keloğlan İle Kahkaha Hanım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257030793</t>
+          <t>9786257030731</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Arap-İsrail Savaşı 1967 - Diplomasi Tarihi 2</t>
+          <t>Tarihi Konuşmalar 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257030755</t>
+          <t>9786257030762</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kürt Dosyası 1972-1975 - Diplomasi Tarihi 3</t>
+          <t>İristu ile Ak Kağan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257030557</t>
+          <t>9786257030496</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Latin Dili Üzerine</t>
+          <t>Bilginin Temelleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257030632</t>
+          <t>9786257030809</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gösterge Ekonomi Politiği Hakkında Bir Eleştiri</t>
+          <t>Sovyetler’in Afganistan’ı İşgali 1978-1979 - Diplomasi Tarihi 4</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257030458</t>
+          <t>9786257030793</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Değiş Tokuş ve Ölüm</t>
+          <t>Arap-İsrail Savaşı 1967 - Diplomasi Tarihi 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257030656</t>
+          <t>9786257030755</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal 04 "Melodram"</t>
+          <t>Kürt Dosyası 1972-1975 - Diplomasi Tarihi 3</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257030663</t>
+          <t>9786257030557</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Nedir ?</t>
+          <t>Latin Dili Üzerine</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257030670</t>
+          <t>9786257030632</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Rock Hayatı</t>
+          <t>Gösterge Ekonomi Politiği Hakkında Bir Eleştiri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257030625</t>
+          <t>9786257030458</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kadim Düşünceler</t>
+          <t>Simgesel Değiş Tokuş ve Ölüm</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257030618</t>
+          <t>9786257030656</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali</t>
+          <t>Sinemasal 04 "Melodram"</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257030113</t>
+          <t>9786257030663</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hıdırellez Geliyor - Kardeş Masallar Dizisi Anadolu 5</t>
+          <t>Aydınlanma Nedir ?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257030588</t>
+          <t>9786257030670</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yazı Çivilemek - Kardeş Masallar Dizisi Kağıdın Öyküsü</t>
+          <t>İstanbul'da Rock Hayatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257030601</t>
+          <t>9786257030625</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil Mi Zehra?</t>
+          <t>Kadim Düşünceler</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257030519</t>
+          <t>9786257030618</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Nedensellik</t>
+          <t>Gitanjali</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257030540</t>
+          <t>9786257030113</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yartı Kulak</t>
+          <t>Hıdırellez Geliyor - Kardeş Masallar Dizisi Anadolu 5</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257030571</t>
+          <t>9786257030588</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Günün Sosyolojisine Giriş</t>
+          <t>Yazı Çivilemek - Kardeş Masallar Dizisi Kağıdın Öyküsü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257030526</t>
+          <t>9786257030601</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Öyle Değil Mi Zehra?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257030533</t>
+          <t>9786257030519</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sultan Süleyman</t>
+          <t>Anlam ve Nedensellik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257030595</t>
+          <t>9786257030540</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sadhana - Hayatı Anlamak</t>
+          <t>Yartı Kulak</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257030427</t>
+          <t>9786257030571</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Felsefe (Ciltli)</t>
+          <t>Günün Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>790</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257030489</t>
+          <t>9786257030526</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Aydın ve Bürokrat Tarihçi Mustafa Ali</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257030472</t>
+          <t>9786257030533</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Zalimlerin Ölümleri Üzerine</t>
+          <t>Sultan Süleyman</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257030502</t>
+          <t>9786257030595</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Attika Geceleri</t>
+          <t>Sadhana - Hayatı Anlamak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257030434</t>
+          <t>9786257030427</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Varoluş, Ahlak ve Ölüm</t>
+          <t>Ortaçağ’da Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>790</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257030465</t>
+          <t>9786257030489</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Temel İlkesinin Dörtlü Kökü Üzerine</t>
+          <t>Osmanlı İmparatorluğu’nda Aydın ve Bürokrat Tarihçi Mustafa Ali</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257030441</t>
+          <t>9786257030472</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Zalimlerin Ölümleri Üzerine</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257030373</t>
+          <t>9786257030502</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hayali</t>
+          <t>Attika Geceleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257030397</t>
+          <t>9786257030434</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Köklerini Arayış</t>
+          <t>Varoluş, Ahlak ve Ölüm</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257030380</t>
+          <t>9786257030465</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlık Felsefesi</t>
+          <t>Yeterli Temel İlkesinin Dörtlü Kökü Üzerine</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257030403</t>
+          <t>9786257030441</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Anarşizmin Felsefi Temelleri</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257030359</t>
+          <t>9786257030373</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İlk Tarikat Zümreleşmeleri</t>
+          <t>Anadolu Hayali</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257030335</t>
+          <t>9786257030397</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günleri</t>
+          <t>Anadolu Köklerini Arayış</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257030342</t>
+          <t>9786257030380</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Platonculuk</t>
+          <t>Yavaşlık Felsefesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257030328</t>
+          <t>9786257030403</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ayıkulak</t>
+          <t>Anarşizmin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257030311</t>
+          <t>9786257030359</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Babil Simyası ve Kozmolojisi</t>
+          <t>Türkiye'de İlk Tarikat Zümreleşmeleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257030304</t>
+          <t>9786257030335</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Masallar Bize Ne Anlatır?</t>
+          <t>Okuma Günleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257030298</t>
+          <t>9786257030342</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji ve Nicolai Hartmann</t>
+          <t>Platonculuk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257030281</t>
+          <t>9786257030328</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mefisto ile Erdişi</t>
+          <t>Ayıkulak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257030175</t>
+          <t>9786257030311</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Çocuk Hakları</t>
+          <t>Babil Simyası ve Kozmolojisi</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257030229</t>
+          <t>9786257030304</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Tren Oyunu</t>
+          <t>Masallar Bize Ne Anlatır?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257030205</t>
+          <t>9786257030298</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Çilek Dile Gelirse?</t>
+          <t>Fenomenoloji ve Nicolai Hartmann</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>70</v>
+        <v>265</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257030212</t>
+          <t>9786257030281</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Çiçekçi Teyze</t>
+          <t>Mefisto ile Erdişi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257030236</t>
+          <t>9786257030175</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Bodrumda Hayalet</t>
+          <t>Masallarla Çocuk Hakları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>70</v>
+        <v>210</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257030250</t>
+          <t>9786257030229</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Arılar Ne Yapar?</t>
+          <t>Diya ile Nuni Masalı - Tren Oyunu</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257030243</t>
+          <t>9786257030205</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Arılar Çilek Bahçesinde</t>
+          <t>Diya ile Nuni Masalı - Çilek Dile Gelirse?</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257030199</t>
+          <t>9786257030212</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ’da Doğa Felsefeleri</t>
+          <t>Diya ile Nuni Masalı - Çiçekçi Teyze</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257030168</t>
+          <t>9786257030236</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal 03</t>
+          <t>Diya ile Nuni Masalı - Bodrumda Hayalet</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257030151</t>
+          <t>9786257030250</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tarihyazımı</t>
+          <t>Diya ile Nuni Masalı - Arılar Ne Yapar?</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257030144</t>
+          <t>9786257030243</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Diya ile Nuni Masalı - Arılar Çilek Bahçesinde</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257030137</t>
+          <t>9786257030199</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İsteme ve Tasavvur Olarak Dünya</t>
+          <t>İlkçağ’da Doğa Felsefeleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052133859</t>
+          <t>9786257030168</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>On İki Caesar'ın Yaşamı</t>
+          <t>Sinemasal 03</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257030120</t>
+          <t>9786257030151</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Tarihyazımı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052133873</t>
+          <t>9786257030144</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Doğuşu</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257030090</t>
+          <t>9786257030137</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Deccal - Hıristiyanlığa Sövgü</t>
+          <t>İsteme ve Tasavvur Olarak Dünya</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257030106</t>
+          <t>9786052133859</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo - Kişi Nasıl Kendisi Olur</t>
+          <t>On İki Caesar'ın Yaşamı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257030083</t>
+          <t>9786257030120</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Nesneler Sistemi</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257030069</t>
+          <t>9786052133873</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Türk Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257030076</t>
+          <t>9786257030090</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aile Sosyolojisi</t>
+          <t>Deccal - Hıristiyanlığa Sövgü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257030052</t>
+          <t>9786257030106</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Demirciler ve Simyacılar</t>
+          <t>Ecce Homo - Kişi Nasıl Kendisi Olur</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257030045</t>
+          <t>9786257030083</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ars Morıendı</t>
+          <t>Nesneler Sistemi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257030038</t>
+          <t>9786257030069</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052133866</t>
+          <t>9786257030076</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karnaval ve Yamyam</t>
+          <t>Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052133842</t>
+          <t>9786257030052</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Neden Her Şey Hala Yok Olup Gitmedi?</t>
+          <t>Demirciler ve Simyacılar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052133880</t>
+          <t>9786257030045</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Biliminden Toplumsal Dünyaya Bakmak</t>
+          <t>Ars Morıendı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052133897</t>
+          <t>9786257030038</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Destanlar</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>340</v>
+        <v>135</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052133996</t>
+          <t>9786052133866</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Karnaval ve Yamyam</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052133828</t>
+          <t>9786052133842</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji ve Sosyoloji</t>
+          <t>Neden Her Şey Hala Yok Olup Gitmedi?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052133804</t>
+          <t>9786052133880</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal - 02</t>
+          <t>Biyoloji Biliminden Toplumsal Dünyaya Bakmak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052133798</t>
+          <t>9786052133897</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Destanlar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052133781</t>
+          <t>9786052133996</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Etnografi</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052133774</t>
+          <t>9786052133828</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Antikçağ Masalı</t>
+          <t>Monadoloji ve Sosyoloji</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052133750</t>
+          <t>9786052133804</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Sinemasal - 02</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052133767</t>
+          <t>9786052133798</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052133699</t>
+          <t>9786052133781</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek</t>
+          <t>Etnografi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052133743</t>
+          <t>9786052133774</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Bir Antikçağ Masalı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052133712</t>
+          <t>9786052133750</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Geç Osmanlı'dan Günümüze Modern Doğa Bilimciliği</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052133736</t>
+          <t>9786052133767</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gücü</t>
+          <t>Efsaneler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052133729</t>
+          <t>9786052133699</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi ve İnayet</t>
+          <t>Kültürel Bellek</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052133705</t>
+          <t>9786052133743</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Sözlüğü</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052133569</t>
+          <t>9786052133712</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal</t>
+          <t>Geç Osmanlı'dan Günümüze Modern Doğa Bilimciliği</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052133545</t>
+          <t>9786052133736</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Doğası</t>
+          <t>Kelimelerin Gücü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052133514</t>
+          <t>9786052133729</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Notlar - İç Savaş Üzerine</t>
+          <t>Yerçekimi ve İnayet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052133576</t>
+          <t>9786052133705</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Genç Plinius’un Mektupları</t>
+          <t>Tanpınar Sözlüğü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052133507</t>
+          <t>9786052133569</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Keşke Hiç Olmasaydık</t>
+          <t>Sinemasal</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052133477</t>
+          <t>9786052133545</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Avustralya Dinleri</t>
+          <t>Tanrıların Doğası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052133460</t>
+          <t>9786052133514</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Notlar - İç Savaş Üzerine</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752410886</t>
+          <t>9786052133576</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Sosyolojisi</t>
+          <t>Genç Plinius’un Mektupları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052133255</t>
+          <t>9786052133507</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Döneminde Akdeniz ve Akdeniz Dünyası 3</t>
+          <t>Keşke Hiç Olmasaydık</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052133101</t>
+          <t>9786052133477</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisinde Doğu - Batı Bütünleşmesi</t>
+          <t>Avustralya Dinleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052133095</t>
+          <t>9786052133460</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisinde Aşk (Ciltli)</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>2700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052133231</t>
+          <t>9789752410886</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Avatar</t>
+          <t>Çağdaş Alman Sosyolojisi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052133217</t>
+          <t>9786052133255</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Öyküler</t>
+          <t>2. Felipe Döneminde Akdeniz ve Akdeniz Dünyası 3</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052133224</t>
+          <t>9786052133101</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde Tuhaf Bir Vaka</t>
+          <t>Yunan Mitolojisinde Doğu - Batı Bütünleşmesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>110</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052133248</t>
+          <t>9786052133095</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Tüccarları ve Bankerleri</t>
+          <t>Yunan Mitolojisinde Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>230</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052133156</t>
+          <t>9786052133231</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Özne Nasıl Susturulur?</t>
+          <t>Avatar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052133187</t>
+          <t>9786052133217</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Antropoloji</t>
+          <t>Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052133200</t>
+          <t>9786052133224</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Politik İnceleme</t>
+          <t>Dr. Jekyll ve Bay Hyde Tuhaf Bir Vaka</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052133088</t>
+          <t>9786052133248</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Ortaçağ Tüccarları ve Bankerleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052133125</t>
+          <t>9786052133156</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Özne Nasıl Susturulur?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052133118</t>
+          <t>9786052133187</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bunun Konumuzla Bir İlgisi Yok</t>
+          <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052133064</t>
+          <t>9786052133200</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Aydın Portreleri 1 - Kurtuluş Kayalı</t>
+          <t>Politik İnceleme</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752410893</t>
+          <t>9786052133088</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Defterler (1914-1916)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752410862</t>
+          <t>9786052133125</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Dönemi’nde Akdeniz ve Akdeniz Dünyası 2</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752410848</t>
+          <t>9786052133118</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Dönemi'nde Akdeniz ve Akdeniz Dünyası 1</t>
+          <t>Bunun Konumuzla Bir İlgisi Yok</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752410879</t>
+          <t>9786052133064</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mitler, Rüyalar ve Gizemler</t>
+          <t>Türkiye’den Aydın Portreleri 1 - Kurtuluş Kayalı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752410671</t>
+          <t>9789752410893</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı</t>
+          <t>Defterler (1914-1916)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752410800</t>
+          <t>9789752410862</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Buddhizm Sözlüğü</t>
+          <t>2. Felipe Dönemi’nde Akdeniz ve Akdeniz Dünyası 2</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752410817</t>
+          <t>9789752410848</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ’da Korsanlık</t>
+          <t>2. Felipe Dönemi'nde Akdeniz ve Akdeniz Dünyası 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752410824</t>
+          <t>9789752410879</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Eski Çin'de Dinler</t>
+          <t>Mitler, Rüyalar ve Gizemler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752410732</t>
+          <t>9789752410671</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş Dersleri</t>
+          <t>Arap Edebiyatı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752410718</t>
+          <t>9789752410800</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Buddhizm Sözlüğü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752410794</t>
+          <t>9789752410817</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Sarsılmazlığı</t>
+          <t>Antikçağ’da Korsanlık</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752410602</t>
+          <t>9789752410824</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Eski Çin'de Dinler</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752410688</t>
+          <t>9789752410732</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Sosyolojiye Giriş Dersleri</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752410640</t>
+          <t>9789752410718</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Özdeyişler</t>
+          <t>İvan İlyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752410633</t>
+          <t>9789752410794</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bizi Seviyor</t>
+          <t>Bilgenin Sarsılmazlığı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752410695</t>
+          <t>9789752410602</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesi Tarihi</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752410596</t>
+          <t>9789752410688</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nazar</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059328562</t>
+          <t>9789752410640</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sanat</t>
+          <t>Özdeyişler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>155</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752410558</t>
+          <t>9789752410633</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültürü Üzerine Makaleler</t>
+          <t>Sanat Bizi Seviyor</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752410541</t>
+          <t>9789752410695</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Batı Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752410534</t>
+          <t>9789752410596</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şiirler / Tiyatro Oyunları Denemeler</t>
+          <t>Nazar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752410527</t>
+          <t>9786059328562</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Masallar</t>
+          <t>Sanat</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752410404</t>
+          <t>9789752410558</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Anadolu Kültürü Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752410428</t>
+          <t>9789752410541</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji ve Modern Yaşam</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752410411</t>
+          <t>9789752410534</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Şiirler / Tiyatro Oyunları Denemeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752410398</t>
+          <t>9789752410527</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisine Eleştirel Bir Bakış</t>
+          <t>Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059328661</t>
+          <t>9789752410404</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Armağanı-3</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>95</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059328678</t>
+          <t>9789752410428</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Notlar</t>
+          <t>Antropoloji ve Modern Yaşam</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059328623</t>
+          <t>9789752410411</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Okültizm, Büyücülük ve Kültürel Modalar</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059328555</t>
+          <t>9789752410398</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Küçümseme</t>
+          <t>Edebiyat Eleştirisine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059328388</t>
+          <t>9786059328661</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Freudculuk: Eleştirel Bir Taslak</t>
+          <t>Halil İnalcık Armağanı-3</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059328579</t>
+          <t>9786059328678</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Altın Ayna veya Şeşian Kralları</t>
+          <t>Notlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059328593</t>
+          <t>9786059328623</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Edebiyat Olarak Hayat</t>
+          <t>Okültizm, Büyücülük ve Kültürel Modalar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059328180</t>
+          <t>9786059328555</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Japonya</t>
+          <t>Ölümü Küçümseme</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059328609</t>
+          <t>9786059328388</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Yazılar</t>
+          <t>Freudculuk: Eleştirel Bir Taslak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059328548</t>
+          <t>9786059328579</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Altın Ayna veya Şeşian Kralları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059328531</t>
+          <t>9786059328593</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Francis Hutcheson ve Ahlak Duyusu Teorisi</t>
+          <t>Nietzsche: Edebiyat Olarak Hayat</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059328166</t>
+          <t>9786059328180</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Japonya</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059328159</t>
+          <t>9786059328609</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Minerva ve Bilgelik</t>
+          <t>Tarih Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059328371</t>
+          <t>9786059328548</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İdaresi</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059328203</t>
+          <t>9786059328531</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefesinin Temelleri</t>
+          <t>Francis Hutcheson ve Ahlak Duyusu Teorisi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059328104</t>
+          <t>9786059328166</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059328111</t>
+          <t>9786059328159</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault'da İktidar ve Direnme Odakları</t>
+          <t>Minerva ve Bilgelik</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059328098</t>
+          <t>9786059328371</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tekil Düşünce</t>
+          <t>Yaşamın İdaresi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059328128</t>
+          <t>9786059328203</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Değer</t>
+          <t>Hint Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059328135</t>
+          <t>9786059328104</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Plotinos ya da Bakışın Saflığı</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059328081</t>
+          <t>9786059328111</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihyazımında Öteki Selçuklu Kimliği</t>
+          <t>Michel Foucault'da İktidar ve Direnme Odakları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059328043</t>
+          <t>9786059328098</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Günah ve İtiraf</t>
+          <t>Tekil Düşünce</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059328036</t>
+          <t>9786059328128</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Bilgi ve Değer</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055063894</t>
+          <t>9786059328135</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yorumbilim Kuramları</t>
+          <t>Plotinos ya da Bakışın Saflığı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059328142</t>
+          <t>9786059328081</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Kültür Teorisi</t>
+          <t>Bizans Tarihyazımında Öteki Selçuklu Kimliği</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055063917</t>
+          <t>9786059328043</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Bilimi</t>
+          <t>Günah ve İtiraf</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055063054</t>
+          <t>9786059328036</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055063641</t>
+          <t>9786055063894</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>Çağdaş Yorumbilim Kuramları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055063603</t>
+          <t>9786059328142</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi</t>
+          <t>Bilimsel Bir Kültür Teorisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055063436</t>
+          <t>9786055063917</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Estetik Anlayış</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055063634</t>
+          <t>9786055063054</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Geceler</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789758717972</t>
+          <t>9786055063641</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Modern, Narsist ve Yaralı</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055063016</t>
+          <t>9786055063603</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmi 2: Hegel</t>
+          <t>İslam Felsefesi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>720</v>
+        <v>450</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055063429</t>
+          <t>9786055063436</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar 3</t>
+          <t>Estetik Anlayış</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055063405</t>
+          <t>9786055063634</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Joseph Fouche - Bir Politikacının Portresi</t>
+          <t>Kendime İyi Geceler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055063610</t>
+          <t>9789758717972</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Demokrasi 1</t>
+          <t>Modern, Narsist ve Yaralı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055063412</t>
+          <t>9786055063016</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar - 2</t>
+          <t>Alman İdealizmi 2: Hegel</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>360</v>
+        <v>720</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055063399</t>
+          <t>9786055063429</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar 3</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>95</v>
+        <v>360</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055063221</t>
+          <t>9786055063405</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Joseph Fouche - Bir Politikacının Portresi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055063245</t>
+          <t>9786055063610</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çin Uygarlığı</t>
+          <t>Amerika'da Demokrasi 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257030649</t>
+          <t>9786055063412</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilim</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar - 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055063177</t>
+          <t>9786055063399</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihyazımında Gerçeklik ve El-Mes’udi</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055063214</t>
+          <t>9786055063221</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Scheler'de İnsan Problemi</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789758717217</t>
+          <t>9786055063245</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devlet Geleneği</t>
+          <t>Çin Uygarlığı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789758717941</t>
+          <t>9786257030649</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Evrimi</t>
+          <t>Yeni Bilim</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752410701</t>
+          <t>9786055063177</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi Seçme Metinler Herder-Kant-Fichte-Schelling-Hegel-Schopenhauer</t>
+          <t>İslam Tarihyazımında Gerçeklik ve El-Mes’udi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758717040</t>
+          <t>9786055063214</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Patron</t>
+          <t>Kant ve Scheler'de İnsan Problemi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758717101</t>
+          <t>9789758717217</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Antropoloji</t>
+          <t>Türkiye’de Devlet Geleneği</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789758717811</t>
+          <t>9789758717941</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kuramları Tarihi</t>
+          <t>Teknolojinin Evrimi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758717019</t>
+          <t>9789752410701</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Simülakrlar ve Simülasyon</t>
+          <t>Tarih Felsefesi Seçme Metinler Herder-Kant-Fichte-Schelling-Hegel-Schopenhauer</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789758717149</t>
+          <t>9789758717040</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlerin Yükselişi ve Düşüşü</t>
+          <t>Şair ve Patron</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257030861</t>
+          <t>9789758717101</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sainte-Beuve’e Karşı</t>
+          <t>Sosyoloji ve Antropoloji</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789758717064</t>
+          <t>9789758717811</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hastalık Umutsuzluk</t>
+          <t>Sosyoloji Kuramları Tarihi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758717903</t>
+          <t>9789758717019</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Avrupalılar</t>
+          <t>Simülakrlar ve Simülasyon</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258123364</t>
+          <t>9789758717149</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Tartışma Metinleri</t>
+          <t>Seçkinlerin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789758717569</t>
+          <t>9786257030861</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Orada Saat Kaç?</t>
+          <t>Sainte-Beuve’e Karşı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789758717583</t>
+          <t>9789758717064</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Hegel Üzerine Çalışmalar</t>
+          <t>Ölümcül Hastalık Umutsuzluk</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758717712</t>
+          <t>9789758717903</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kent Efsaneleri</t>
+          <t>Osmanlı ve Avrupalılar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758717613</t>
+          <t>9786258123364</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Ahmet Hamdi Tanpınar</t>
+          <t>Oryantalizm Tartışma Metinleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758717316</t>
+          <t>9789758717569</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kant’ın Felsefesi</t>
+          <t>Orada Saat Kaç?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052133521</t>
+          <t>9789758717583</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İlkel İnsanda Ruh Anlayışı</t>
+          <t>Marx ve Hegel Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758717576</t>
+          <t>9789758717712</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Goethe Der ki...</t>
+          <t>Kent Efsaneleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257030564</t>
+          <t>9789758717613</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmi 1: Fichte</t>
+          <t>Kayıp Zamanın İzinde Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052133989</t>
+          <t>9789758717316</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Feodal Toplum</t>
+          <t>Kant’ın Felsefesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789758717323</t>
+          <t>9786052133521</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Disiplinleri</t>
+          <t>İlkel İnsanda Ruh Anlayışı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758717774</t>
+          <t>9789758717576</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Faust (Tam Metin)</t>
+          <t>Goethe Der ki...</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789758717545</t>
+          <t>9786257030564</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyaya Yeni Bir Bakış</t>
+          <t>Alman İdealizmi 1: Fichte</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758717859</t>
+          <t>9786052133989</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci Yönüyle Ahmed Cevdet Paşa</t>
+          <t>Feodal Toplum</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758717095</t>
+          <t>9789758717323</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Makaleler 1</t>
+          <t>Felsefenin Temel Disiplinleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758717958</t>
+          <t>9789758717774</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Devrim’in Yorumu</t>
+          <t>Faust (Tam Metin)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758717927</t>
+          <t>9789758717545</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Eski Dünyaya Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789758717637</t>
+          <t>9789758717859</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bilim Sosyolojisi İncelemeleri</t>
+          <t>Eğitimci Yönüyle Ahmed Cevdet Paşa</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>570</v>
+        <v>260</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752410657</t>
+          <t>9789758717095</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bay How Ne Yapmalı?</t>
+          <t>Doğu Batı Makaleler 1</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758717668</t>
+          <t>9789758717958</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bahtin ve Çevresi</t>
+          <t>Devrim’in Yorumu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758717071</t>
+          <t>9789758717927</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın ve Dinin İki Kaynağı</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789758717118</t>
+          <t>9789758717637</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>ABD Tarihi</t>
+          <t>Bilim Sosyolojisi İncelemeleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>420</v>
+        <v>570</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055063030</t>
+          <t>9789752410657</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi Tarihi</t>
+          <t>Bay How Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>690</v>
+        <v>170</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059328029</t>
+          <t>9789758717668</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Maariften Eğitime</t>
+          <t>Bahtin ve Çevresi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055063146</t>
+          <t>9789758717071</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Oluş</t>
+          <t>Ahlakın ve Dinin İki Kaynağı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055063122</t>
+          <t>9789758717118</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu - Sahaf Mendel</t>
+          <t>ABD Tarihi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052133552</t>
+          <t>9786055063030</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehirleri ve Kırsal Hayatı</t>
+          <t>Siyaset Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>225</v>
+        <v>690</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055063382</t>
+          <t>9786059328029</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi</t>
+          <t>Maariften Eğitime</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055063108</t>
+          <t>9786055063146</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Speculum Mentis ya da Bilginin Haritası</t>
+          <t>Varlık ve Oluş</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055063061</t>
+          <t>9786055063122</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Amok Koşucusu - Sahaf Mendel</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055063740</t>
+          <t>9786052133552</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>Osmanlı Şehirleri ve Kırsal Hayatı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>420</v>
+        <v>225</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055063818</t>
+          <t>9786055063382</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Boşluk, Aşırılık ve Keyfilik</t>
+          <t>İslam Düşüncesi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055063115</t>
+          <t>9786055063108</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>Speculum Mentis ya da Bilginin Haritası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055063139</t>
+          <t>9786055063061</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yöntemin Kuralları</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789758717491</t>
+          <t>9786055063740</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Sosyoloji</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789758717309</t>
+          <t>9786055063818</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Tarih Tasarımı</t>
+          <t>Boşluk, Aşırılık ve Keyfilik</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055063078</t>
+          <t>9786055063115</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789758717033</t>
+          <t>9786055063139</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Weber’in Metodolojisi</t>
+          <t>Sosyolojik Yöntemin Kuralları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055063832</t>
+          <t>9789758717491</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Felsefesinde Apriori Problemi</t>
+          <t>Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758717996</t>
+          <t>9789758717309</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Tarih Tasarımı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789758717965</t>
+          <t>9786055063078</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çin Halkının Zihniyeti</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055063023</t>
+          <t>9789758717033</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Resim, Söz ve Yazı</t>
+          <t>Weber’in Metodolojisi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789758717484</t>
+          <t>9786055063832</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze</t>
+          <t>Yeniçağ Felsefesinde Apriori Problemi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
+          <t>9789758717996</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789758717965</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Çin Halkının Zihniyeti</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055063023</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Resim, Söz ve Yazı</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789758717484</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Gilles Deleuze</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
           <t>9789758717989</t>
         </is>
       </c>
-      <c r="B431" s="1" t="inlineStr">
+      <c r="B435" s="1" t="inlineStr">
         <is>
           <t>Foucault’yu Unutmak</t>
         </is>
       </c>
-      <c r="C431" s="1">
+      <c r="C435" s="1">
         <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>