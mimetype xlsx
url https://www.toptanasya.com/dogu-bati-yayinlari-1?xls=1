--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -85,6550 +85,6625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256194397</t>
+          <t>9786052133194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Teolojinin Kısa Özeti</t>
+          <t>Tablodaki Tablo</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059328616</t>
+          <t>9786257030014</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen Küresel Güç</t>
+          <t>Psikolojinin Felsefi Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256194380</t>
+          <t>9789752410725</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 2</t>
+          <t>Hyperion</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256194403</t>
+          <t>9786052133484</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ziryab'ın Hasreti</t>
+          <t>Dünyanın Anlamsızlığı Üzerine</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758717750</t>
+          <t>9786052133538</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’da Felsefe ve Çağımıza Etkileri</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256194373</t>
+          <t>9786256194397</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yogasütra</t>
+          <t>Teolojinin Kısa Özeti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256194366</t>
+          <t>9786059328616</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Patancali ve Yoga</t>
+          <t>Can Çekişen Küresel Güç</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059328197</t>
+          <t>9786256194380</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055063900</t>
+          <t>9786256194403</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Genel Edebiyat Bilimi</t>
+          <t>Ziryab'ın Hasreti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256194342</t>
+          <t>9789758717750</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hukuk Tarihi</t>
+          <t>Antik Yunan’da Felsefe ve Çağımıza Etkileri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>540</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256194335</t>
+          <t>9786256194373</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Teselli Üzerine</t>
+          <t>Yogasütra</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758717651</t>
+          <t>9786256194366</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar</t>
+          <t>Patancali ve Yoga</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256194359</t>
+          <t>9786059328197</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Haikular</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758717880</t>
+          <t>9786055063900</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Romanı Üzerine İncelemeler</t>
+          <t>Genel Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055063153</t>
+          <t>9786256194342</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Heinrich Von Ofterdingen</t>
+          <t>Avrupa Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055063092</t>
+          <t>9786256194335</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar</t>
+          <t>Teselli Üzerine</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256194328</t>
+          <t>9789758717651</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lizbon</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758717507</t>
+          <t>9786256194359</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Toplumu Üzerine İncelemeler</t>
+          <t>Haikular</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>34</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758717248</t>
+          <t>9789758717880</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sözlüğü: Siyaset, Toplum ve Kültür (Ciltli)</t>
+          <t>Çağdaş Türk Romanı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>72</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758717590</t>
+          <t>9786055063153</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Metodu ve Siyaset Teorisi</t>
+          <t>Heinrich Von Ofterdingen</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758717460</t>
+          <t>9786055063092</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein: Erken Döneminde Dilin Sınırları ve Felsefe</t>
+          <t>Fragmanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758717729</t>
+          <t>9786256194328</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Usta - Balzac Dickens Dostoyevski</t>
+          <t>Lizbon</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758717736</t>
+          <t>9789758717507</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hayatının Şiirini Yazanlar: Casanova, Stendhal, Tolstoy</t>
+          <t>Eski Türk Toplumu Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059328586</t>
+          <t>9789758717248</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Demokrasi 2</t>
+          <t>Türkiye Sözlüğü: Siyaset, Toplum ve Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758717415</t>
+          <t>9789758717590</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şerif Mardin Okumaları</t>
+          <t>İbn Haldun Metodu ve Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758717606</t>
+          <t>9789758717460</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fransız Aydınlanma Felsefesi</t>
+          <t>Wittgenstein: Erken Döneminde Dilin Sınırları ve Felsefe</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256194298</t>
+          <t>9789758717729</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mitos ve İnsan</t>
+          <t>Üç Büyük Usta - Balzac Dickens Dostoyevski</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256194311</t>
+          <t>9789758717736</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağda Müzik</t>
+          <t>Kendi Hayatının Şiirini Yazanlar: Casanova, Stendhal, Tolstoy</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256194304</t>
+          <t>9786059328586</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Savaş ve Barış</t>
+          <t>Amerika'da Demokrasi 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256194267</t>
+          <t>9789758717415</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Çatışması</t>
+          <t>Şerif Mardin Okumaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256194281</t>
+          <t>9789758717606</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Adetleri Üzerine</t>
+          <t>Fransız Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256194106</t>
+          <t>9786256194298</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Sözcükler</t>
+          <t>Mitos ve İnsan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256194250</t>
+          <t>9786256194311</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Seyyahları</t>
+          <t>Antik Çağda Müzik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256194274</t>
+          <t>9786256194304</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Monolog ve Söylem</t>
+          <t>21. Yüzyılda Savaş ve Barış</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256194243</t>
+          <t>9786256194267</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Maldoror’un Şarkıları</t>
+          <t>Dinlerin Çatışması</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256194236</t>
+          <t>9786256194281</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Başkasıdır</t>
+          <t>Türklerin Adetleri Üzerine</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256194120</t>
+          <t>9786256194106</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gaspard De La Nuit</t>
+          <t>Anahtar Sözcükler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259194229</t>
+          <t>9786256194250</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İsteme ve Tasavvur Olarak Dünya - II</t>
+          <t>Ortaçağ Seyyahları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256194205</t>
+          <t>9786256194274</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşçılık Sanatı</t>
+          <t>Monolog ve Söylem</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256194212</t>
+          <t>9786256194243</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Paganlara Karşı Hıristiyanlık Savunusu</t>
+          <t>Maldoror’un Şarkıları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256194199</t>
+          <t>9786256194236</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Tarihi</t>
+          <t>Ben Bir Başkasıdır</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758717002</t>
+          <t>9786256194120</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fransız Tarih Devrimi: Annales Okulu</t>
+          <t>Gaspard De La Nuit</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758717392</t>
+          <t>9786259194229</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğa Bilimleri</t>
+          <t>İsteme ve Tasavvur Olarak Dünya - II</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>32</v>
+        <v>900</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758717538</t>
+          <t>9786256194205</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olarak Kendisi</t>
+          <t>Aşçılık Sanatı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>68</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758717026</t>
+          <t>9786256194212</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yığınların Gölgesinde</t>
+          <t>Paganlara Karşı Hıristiyanlık Savunusu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758717767</t>
+          <t>9786256194199</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji Metafizik Üzerine Konuşma</t>
+          <t>Arap Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>15</v>
+        <v>580</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758717842</t>
+          <t>9789758717002</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Modernleşme 1839 - 1939 (Ciltli)</t>
+          <t>Fransız Tarih Devrimi: Annales Okulu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>690</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257030007</t>
+          <t>9789758717392</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Felsefe ve Doğa Bilimleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>215</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258123999</t>
+          <t>9789758717538</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Klasik İran Edebiyatı/ Firdevsî’den Câmî’ye</t>
+          <t>Başkası Olarak Kendisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>68</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256194182</t>
+          <t>9789758717026</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İran ve İranlıların Tarihi</t>
+          <t>Sessiz Yığınların Gölgesinde</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256194113</t>
+          <t>9789758717767</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizm (Ciltli)</t>
+          <t>Monadoloji Metafizik Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256194168</t>
+          <t>9789758717842</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-3 (Ciltli)</t>
+          <t>İslam’da Modernleşme 1839 - 1939 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>720</v>
+        <v>690</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256194151</t>
+          <t>9786257030007</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-2 (Ciltli)</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>750</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256194144</t>
+          <t>9786258123999</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz ve Akdeniz Dünyası-1 (Ciltli)</t>
+          <t>Klasik İran Edebiyatı/ Firdevsî’den Câmî’ye</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256194175</t>
+          <t>9786256194182</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çağdaş Düşünce Tarihi</t>
+          <t>İran ve İranlıların Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>590</v>
+        <v>540</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256194090</t>
+          <t>9786256194113</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Romanda Anlam Arkeolojisi</t>
+          <t>Modern Kapitalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758717361</t>
+          <t>9786256194168</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik Kuramları</t>
+          <t>Akdeniz ve Akdeniz Dünyası-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>950</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758717804</t>
+          <t>9786256194151</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyoloji Kuramları</t>
+          <t>Akdeniz ve Akdeniz Dünyası-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>540</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055063733</t>
+          <t>9786256194144</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Batı Uygarlığı</t>
+          <t>Akdeniz ve Akdeniz Dünyası-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>900</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256194083</t>
+          <t>9786256194175</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizm - Kapitalizmin Doğuşu</t>
+          <t>Türkiye’de Çağdaş Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256194076</t>
+          <t>9786256194090</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İspanya Tarihi (Ciltli)</t>
+          <t>Romanda Anlam Arkeolojisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256194069</t>
+          <t>9789758717361</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hint Ortaçağ Tarihi</t>
+          <t>Milliyetçilik Kuramları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256194052</t>
+          <t>9789758717804</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 1</t>
+          <t>Çağdaş Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055063184</t>
+          <t>9786055063733</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Çağı</t>
+          <t>Ortaçağ Batı Uygarlığı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257030021</t>
+          <t>9786256194083</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Tarihi</t>
+          <t>Modern Kapitalizm - Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>490</v>
+        <v>720</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256194007</t>
+          <t>9786256194076</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İberya’dan İstanbul’a Bir Ortaçağ Masalı</t>
+          <t>İspanya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256194021</t>
+          <t>9786256194069</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kenti</t>
+          <t>Hint Ortaçağ Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258123920</t>
+          <t>9786256194052</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İspanya Tarihi</t>
+          <t>İlkel Zihniyette Doğaüstü ve Doğa Anlayışı 1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052133170</t>
+          <t>9786055063184</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kökenine Dair Mitler</t>
+          <t>Sanayi Çağı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055063191</t>
+          <t>9786257030021</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ontolojisi</t>
+          <t>İngiltere Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257030748</t>
+          <t>9786256194007</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küba Füze Krizi 1962 - Diplomasi Tarihi 1</t>
+          <t>İberya’dan İstanbul’a Bir Ortaçağ Masalı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258123975</t>
+          <t>9786256194021</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Tanrıya Yolculuğu</t>
+          <t>Tanrı Kenti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258123982</t>
+          <t>9786258123920</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cinsiyetçilik</t>
+          <t>İspanya Tarihi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258123968</t>
+          <t>9786052133170</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Stoacıların Çelişkileri Üzerine</t>
+          <t>Ateşin Kökenine Dair Mitler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258123944</t>
+          <t>9786055063191</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Oyunun Ontolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258123951</t>
+          <t>9786257030748</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Plinius Doğa Tarihi</t>
+          <t>Küba Füze Krizi 1962 - Diplomasi Tarihi 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258123913</t>
+          <t>9786258123975</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Helenistik Anadolu</t>
+          <t>Zihnin Tanrıya Yolculuğu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>395</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258123937</t>
+          <t>9786258123982</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Tarihi Adalet</t>
+          <t>İkinci Cinsiyetçilik</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752410855</t>
+          <t>9786258123968</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İmgeler ve Simgeler</t>
+          <t>Stoacıların Çelişkileri Üzerine</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258123906</t>
+          <t>9786258123944</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258123890</t>
+          <t>9786258123951</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>1945' ten Günümüze Uluslararası İlişkiler</t>
+          <t>Yaşlı Plinius Doğa Tarihi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258123869</t>
+          <t>9786258123913</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefe - 2 [1923-2023]</t>
+          <t>Helenistik Anadolu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>540</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258123852</t>
+          <t>9786258123937</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefe - I [1923-2023]</t>
+          <t>Kavramlar Tarihi Adalet</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>540</v>
+        <v>430</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258123883</t>
+          <t>9789752410855</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ahlakı</t>
+          <t>İmgeler ve Simgeler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055063160</t>
+          <t>9786258123906</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine: Ruh Dinginliği Üzerine</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257030687</t>
+          <t>9786258123890</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Pop Kültür</t>
+          <t>1945' ten Günümüze Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052133149</t>
+          <t>9786258123869</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Türkiye’de Felsefe - 2 [1923-2023]</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258123876</t>
+          <t>9786258123852</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geziler</t>
+          <t>Türkiye’de Felsefe - I [1923-2023]</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258123838</t>
+          <t>9786258123883</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Benliğimin Şarkısı</t>
+          <t>Aşk Ahlakı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258123821</t>
+          <t>9786055063160</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Günah</t>
+          <t>Hoşgörü Üzerine: Ruh Dinginliği Üzerine</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258123807</t>
+          <t>9786257030687</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Kapitalizm ve Pop Kültür</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758717866</t>
+          <t>9786052133149</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>680</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758717422</t>
+          <t>9786258123876</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Makaleler 2</t>
+          <t>Geziler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758717378</t>
+          <t>9786258123838</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Burjuva</t>
+          <t>Benliğimin Şarkısı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752410664</t>
+          <t>9786258123821</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aydınların İhaneti</t>
+          <t>Haz ve Günah</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758717705</t>
+          <t>9786258123807</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Düşüncesinin Serüveni</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>420</v>
+        <v>680</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052133811</t>
+          <t>9789758717866</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Satılan Ruh Ya Da Kötülüğün Egemenliği</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758717873</t>
+          <t>9789758717422</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Doğu Batı Makaleler 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>95</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758717934</t>
+          <t>9789758717378</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Res Publica</t>
+          <t>Burjuva</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758717330</t>
+          <t>9789752410664</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Kültürel Geçişler</t>
+          <t>Aydınların İhaneti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758717897</t>
+          <t>9789758717705</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Budizm</t>
+          <t>Avrupa Düşüncesinin Serüveni</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059328395</t>
+          <t>9786052133811</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İlkel Toplumlarda Mistik Deneyim ve Simgeler</t>
+          <t>Şeytana Satılan Ruh Ya Da Kötülüğün Egemenliği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052133071</t>
+          <t>9789758717873</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258123814</t>
+          <t>9789758717934</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Niran İle Ziryab</t>
+          <t>Res Publica</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258123791</t>
+          <t>9789758717330</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Manu Kanunları</t>
+          <t>Ortadoğu’da Kültürel Geçişler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258123784</t>
+          <t>9789758717897</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Faust (Ciltli)</t>
+          <t>Japonya’da Budizm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258123654</t>
+          <t>9786059328395</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şehir Sosyolojisi İnsan Ekolojisi Ve Şehirsel Sağlık</t>
+          <t>İlkel Toplumlarda Mistik Deneyim ve Simgeler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258123760</t>
+          <t>9786052133071</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Tasavvurları</t>
+          <t>Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>490</v>
+        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258123753</t>
+          <t>9786258123814</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Tedirgin İnsanı</t>
+          <t>Niran İle Ziryab</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258123777</t>
+          <t>9786258123791</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Manu Kanunları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258123746</t>
+          <t>9786258123784</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nesne ve Doğası</t>
+          <t>Faust (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258123739</t>
+          <t>9786258123654</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Etik – Kendini Tanı</t>
+          <t>Şehir Sosyolojisi İnsan Ekolojisi Ve Şehirsel Sağlık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258123708</t>
+          <t>9786258123760</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>İmparatorluk Tasavvurları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>640</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258123722</t>
+          <t>9786258123753</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çoban Türküleri</t>
+          <t>Çağımızın Tedirgin İnsanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258123715</t>
+          <t>9786258123777</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bhagavadgita Tanrı’nın Şarkısı</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258123661</t>
+          <t>9786258123746</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Angora’dan Ankara’ya Bir Başkentin Doğuşu (1919-1950)</t>
+          <t>Nesne ve Doğası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>440</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258123647</t>
+          <t>9786258123739</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Kutsal</t>
+          <t>Etik – Kendini Tanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258123494</t>
+          <t>9786258123708</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İndra - Tanrı ve Kral</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258123524</t>
+          <t>9786258123722</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücûd Felsefesi</t>
+          <t>Çoban Türküleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258123517</t>
+          <t>9786258123715</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yüceliği Üzerine Söylev</t>
+          <t>Bhagavadgita Tanrı’nın Şarkısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258123449</t>
+          <t>9786258123661</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çıldıran Herkül</t>
+          <t>Angora’dan Ankara’ya Bir Başkentin Doğuşu (1919-1950)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>570</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258123616</t>
+          <t>9786258123647</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dimitraş İle Pıtıraş</t>
+          <t>İnsan ve Kutsal</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258123609</t>
+          <t>9786258123494</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi İle Akıllı Kız</t>
+          <t>İndra - Tanrı ve Kral</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258123593</t>
+          <t>9786258123524</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas İle Şah Banu</t>
+          <t>Vahdet-i Vücûd Felsefesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258123586</t>
+          <t>9786258123517</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uçan Palto</t>
+          <t>İnsanın Yüceliği Üzerine Söylev</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258123623</t>
+          <t>9786258123449</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dillidüdük İle Altınses</t>
+          <t>Çıldıran Herkül</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258123630</t>
+          <t>9786258123616</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçiler</t>
+          <t>Dimitraş İle Pıtıraş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258123579</t>
+          <t>9786258123609</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Selahaddin Eyyubi İle Akıllı Kız</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258123548</t>
+          <t>9786258123593</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Psikoloji</t>
+          <t>Şah Abbas İle Şah Banu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258123562</t>
+          <t>9786258123586</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Melodram</t>
+          <t>Uçan Palto</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258123555</t>
+          <t>9786258123623</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Etika</t>
+          <t>Dillidüdük İle Altınses</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258123513</t>
+          <t>9786258123630</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İyilikler Üzerine</t>
+          <t>Tarih ve Tarihçiler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258123432</t>
+          <t>9786258123579</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İç Konuşmalar ve Ruhun Ölümsüzlüğü Üzerine</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258123487</t>
+          <t>9786258123548</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Biçim ve İçerik</t>
+          <t>Ekonomik Psikoloji</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258123456</t>
+          <t>9786258123562</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamı</t>
+          <t>Melodram</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258123463</t>
+          <t>9786258123555</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kritias</t>
+          <t>Etika</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258123470</t>
+          <t>9786258123513</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kharmides</t>
+          <t>İyilikler Üzerine</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258123425</t>
+          <t>9786258123432</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens</t>
+          <t>İç Konuşmalar ve Ruhun Ölümsüzlüğü Üzerine</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258123418</t>
+          <t>9786258123487</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mucizesi</t>
+          <t>Biçim ve İçerik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258123401</t>
+          <t>9786258123456</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Görünür İle Görünmez</t>
+          <t>Devlet Adamı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258123104</t>
+          <t>9786258123463</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyata Giriş -Yeni Eğilimler ve Uygulamalar</t>
+          <t>Kritias</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258123128</t>
+          <t>9786258123470</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick - Yerküre ve Denizküre Arasında</t>
+          <t>Kharmides</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258123395</t>
+          <t>9786258123425</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şer Çiçekleri</t>
+          <t>Homo Ludens</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258123388</t>
+          <t>9786258123418</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal – 05</t>
+          <t>Mısır Mucizesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258123371</t>
+          <t>9786258123401</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Marcel Proust - Geniş Zamanın İzinde: Alışkanlık, Arzu ve Unutkanlık</t>
+          <t>Görünür İle Görünmez</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258123357</t>
+          <t>9786258123104</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Floransa Tarihi</t>
+          <t>Karşılaştırmalı Edebiyata Giriş -Yeni Eğilimler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258123302</t>
+          <t>9786258123128</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Denemeler - Birinci Seri</t>
+          <t>Moby Dick - Yerküre ve Denizküre Arasında</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258123340</t>
+          <t>9786258123395</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Üretimin Aynası Ya Da Tarihi Materyalist Eleştiri Yanılsaması</t>
+          <t>Şer Çiçekleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258123333</t>
+          <t>9786258123388</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Ekran</t>
+          <t>Sinemasal – 05</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258123326</t>
+          <t>9786258123371</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çalkantı Ve Dalga</t>
+          <t>Marcel Proust - Geniş Zamanın İzinde: Alışkanlık, Arzu ve Unutkanlık</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258123319</t>
+          <t>9786258123357</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Çaresizliği</t>
+          <t>Floransa Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>545</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258123296</t>
+          <t>9786258123302</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Mekanları</t>
+          <t>Denemeler - Birinci Seri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258123289</t>
+          <t>9786258123340</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kokunun Tarihi</t>
+          <t>Üretimin Aynası Ya Da Tarihi Materyalist Eleştiri Yanılsaması</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258123272</t>
+          <t>9786258123333</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Neoliberal İletişim Ve İnsan Anlayışı</t>
+          <t>Her Yer Ekran</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258123265</t>
+          <t>9786258123326</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Catilina Kalkışması Ugurtha Savaşı Tarih</t>
+          <t>Çalkantı Ve Dalga</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>235</v>
+        <v>430</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258123159</t>
+          <t>9786258123319</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'ten Anılar</t>
+          <t>İnsanın Çaresizliği</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258123258</t>
+          <t>9786258123296</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Hafıza Mekanları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258123180</t>
+          <t>9786258123289</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kısa Roma Tarihi</t>
+          <t>Kokunun Tarihi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258123142</t>
+          <t>9786258123272</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Kişisel Gelişim Neoliberal İletişim Ve İnsan Anlayışı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258123173</t>
+          <t>9786258123265</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Filozof, Yahudi ve Hıristiyan Arasındaki Diyaloglar</t>
+          <t>Catilina Kalkışması Ugurtha Savaşı Tarih</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258123135</t>
+          <t>9786258123159</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Karakterler</t>
+          <t>Sokrates'ten Anılar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258123210</t>
+          <t>9786258123258</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aldar Köse - Kazakistan Masalları</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258123197</t>
+          <t>9786258123180</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yanık İle Dilek Boncuğu</t>
+          <t>Kısa Roma Tarihi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258123203</t>
+          <t>9786258123142</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Er Tapıldı ile Kardıgaç</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258123234</t>
+          <t>9786258123173</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Alişir ile Gül</t>
+          <t>Filozof, Yahudi ve Hıristiyan Arasındaki Diyaloglar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258123227</t>
+          <t>9786258123135</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Öksüzoğul</t>
+          <t>Karakterler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258123166</t>
+          <t>9786258123210</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dil (ve Zihnin) Felsefesi</t>
+          <t>Aldar Köse - Kazakistan Masalları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258123111</t>
+          <t>9786258123197</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Öfke Üzerine</t>
+          <t>Yanık İle Dilek Boncuğu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258123241</t>
+          <t>9786258123203</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hadrıanus</t>
+          <t>Er Tapıldı ile Kardıgaç</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258123074</t>
+          <t>9786258123234</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Transandantal İdealizm Sistemi</t>
+          <t>Alişir ile Gül</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258123098</t>
+          <t>9786258123227</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İlkel İnsanın Zihni</t>
+          <t>Öksüzoğul</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258123081</t>
+          <t>9786258123166</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İyinin Ve Kötünün Ötesinde</t>
+          <t>Dil (ve Zihnin) Felsefesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258123050</t>
+          <t>9786258123111</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarihi</t>
+          <t>Öfke Üzerine</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258123067</t>
+          <t>9786258123241</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Hadrıanus</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258123043</t>
+          <t>9786258123074</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon, Ayinler, Gizli Cemiyetler</t>
+          <t>Transandantal İdealizm Sistemi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258123029</t>
+          <t>9786258123098</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Leyla Erbil - Bilinç Akışında Kesintiler</t>
+          <t>İlkel İnsanın Zihni</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258123012</t>
+          <t>9786258123081</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu - Dirim Belirtileri: Işık, Zemin, Hayvan</t>
+          <t>İyinin Ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258123005</t>
+          <t>9786258123050</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett - Varlığa Eşlik Eden Kahramanlar</t>
+          <t>Doğa Tarihi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257030991</t>
+          <t>9786258123067</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay - Yazı Eylemi ve Oyun</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257030960</t>
+          <t>9786258123043</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Engelleme, Çatışma ve Savunma</t>
+          <t>İnisiyasyon, Ayinler, Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257030717</t>
+          <t>9786258123029</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asır Filozofları</t>
+          <t>Leyla Erbil - Bilinç Akışında Kesintiler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758717477</t>
+          <t>9786258123012</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein ve Dilin Sınırları</t>
+          <t>Bilge Karasu - Dirim Belirtileri: Işık, Zemin, Hayvan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257030410</t>
+          <t>9786258123005</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Osmanlı Tarihyazımı - 1</t>
+          <t>Samuel Beckett - Varlığa Eşlik Eden Kahramanlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052133835</t>
+          <t>9786257030991</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Eğitim Akımları</t>
+          <t>Oğuz Atay - Yazı Eylemi ve Oyun</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257030984</t>
+          <t>9786257030960</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar Tarihi Özgürlük</t>
+          <t>Engelleme, Çatışma ve Savunma</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258123036</t>
+          <t>9786257030717</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Vahhabiler 1</t>
+          <t>Yirminci Asır Filozofları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>380</v>
+        <v>595</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257030977</t>
+          <t>9789758717477</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Wittgenstein ve Dilin Sınırları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257030953</t>
+          <t>9786257030410</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Tarihi - 19. Yüzyıldan Günümüze</t>
+          <t>Dünyada Osmanlı Tarihyazımı - 1</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257030946</t>
+          <t>9786052133835</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tarım Üzerine</t>
+          <t>Çağdaş Eğitim Akımları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257030922</t>
+          <t>9786257030984</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Anıları</t>
+          <t>Kavramlar Tarihi Özgürlük</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257030908</t>
+          <t>9786258123036</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Derrida'nın Nietzsche'si: Bir Ortak İmza Geliştirmek</t>
+          <t>Vahhabiler 1</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257030786</t>
+          <t>9786257030977</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Asena</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257030915</t>
+          <t>9786257030953</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mahmuzlar: Nietzsche'nin Üslupları</t>
+          <t>Ortadoğu Tarihi - 19. Yüzyıldan Günümüze</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>165</v>
+        <v>590</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257030939</t>
+          <t>9786257030946</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da Türklerin Tarihi</t>
+          <t>Tarım Üzerine</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257030892</t>
+          <t>9786257030922</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Türkiye Anıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257030878</t>
+          <t>9786257030908</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki İsteme Üzerine</t>
+          <t>Derrida'nın Nietzsche'si: Bir Ortak İmza Geliştirmek</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257030885</t>
+          <t>9786257030786</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Asena</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257030854</t>
+          <t>9786257030915</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Obsesyon</t>
+          <t>Mahmuzlar: Nietzsche'nin Üslupları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257030847</t>
+          <t>9786257030939</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ziraat İşleri</t>
+          <t>Fransa'da Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257030816</t>
+          <t>9786257030892</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Stratejiler</t>
+          <t>Anarşizm</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257030830</t>
+          <t>9786257030878</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Meyve Hasadı</t>
+          <t>Doğadaki İsteme Üzerine</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257030823</t>
+          <t>9786257030885</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Firari</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257030694</t>
+          <t>9786257030854</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kısa İklim Tarihi</t>
+          <t>Geçmişten Günümüze Obsesyon</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257030724</t>
+          <t>9786257030847</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hekim</t>
+          <t>Ziraat İşleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257030779</t>
+          <t>9786257030816</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Kahkaha Hanım</t>
+          <t>Çaresiz Stratejiler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257030731</t>
+          <t>9786257030830</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Konuşmalar 1</t>
+          <t>Meyve Hasadı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257030762</t>
+          <t>9786257030823</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İristu ile Ak Kağan</t>
+          <t>Firari</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257030496</t>
+          <t>9786257030694</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Temelleri</t>
+          <t>Kısa İklim Tarihi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257030809</t>
+          <t>9786257030724</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler’in Afganistan’ı İşgali 1978-1979 - Diplomasi Tarihi 4</t>
+          <t>Lokman Hekim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257030793</t>
+          <t>9786257030779</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Arap-İsrail Savaşı 1967 - Diplomasi Tarihi 2</t>
+          <t>Keloğlan İle Kahkaha Hanım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257030755</t>
+          <t>9786257030731</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kürt Dosyası 1972-1975 - Diplomasi Tarihi 3</t>
+          <t>Tarihi Konuşmalar 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257030557</t>
+          <t>9786257030762</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Latin Dili Üzerine</t>
+          <t>İristu ile Ak Kağan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257030632</t>
+          <t>9786257030496</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gösterge Ekonomi Politiği Hakkında Bir Eleştiri</t>
+          <t>Bilginin Temelleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257030458</t>
+          <t>9786257030809</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Değiş Tokuş ve Ölüm</t>
+          <t>Sovyetler’in Afganistan’ı İşgali 1978-1979 - Diplomasi Tarihi 4</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257030656</t>
+          <t>9786257030793</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal 04 "Melodram"</t>
+          <t>Arap-İsrail Savaşı 1967 - Diplomasi Tarihi 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257030663</t>
+          <t>9786257030755</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Nedir ?</t>
+          <t>Kürt Dosyası 1972-1975 - Diplomasi Tarihi 3</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257030670</t>
+          <t>9786257030557</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Rock Hayatı</t>
+          <t>Latin Dili Üzerine</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257030625</t>
+          <t>9786257030632</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kadim Düşünceler</t>
+          <t>Gösterge Ekonomi Politiği Hakkında Bir Eleştiri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257030618</t>
+          <t>9786257030458</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gitanjali</t>
+          <t>Simgesel Değiş Tokuş ve Ölüm</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257030113</t>
+          <t>9786257030656</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hıdırellez Geliyor - Kardeş Masallar Dizisi Anadolu 5</t>
+          <t>Sinemasal 04 "Melodram"</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257030588</t>
+          <t>9786257030663</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yazı Çivilemek - Kardeş Masallar Dizisi Kağıdın Öyküsü</t>
+          <t>Aydınlanma Nedir ?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257030601</t>
+          <t>9786257030670</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil Mi Zehra?</t>
+          <t>İstanbul'da Rock Hayatı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257030519</t>
+          <t>9786257030625</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Nedensellik</t>
+          <t>Kadim Düşünceler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257030540</t>
+          <t>9786257030618</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yartı Kulak</t>
+          <t>Gitanjali</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257030571</t>
+          <t>9786257030113</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Günün Sosyolojisine Giriş</t>
+          <t>Hıdırellez Geliyor - Kardeş Masallar Dizisi Anadolu 5</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257030526</t>
+          <t>9786257030588</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Yazı Çivilemek - Kardeş Masallar Dizisi Kağıdın Öyküsü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257030533</t>
+          <t>9786257030601</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sultan Süleyman</t>
+          <t>Öyle Değil Mi Zehra?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257030595</t>
+          <t>9786257030519</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sadhana - Hayatı Anlamak</t>
+          <t>Anlam ve Nedensellik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257030427</t>
+          <t>9786257030540</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Felsefe (Ciltli)</t>
+          <t>Yartı Kulak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>790</v>
+        <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257030489</t>
+          <t>9786257030571</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Aydın ve Bürokrat Tarihçi Mustafa Ali</t>
+          <t>Günün Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257030472</t>
+          <t>9786257030526</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Zalimlerin Ölümleri Üzerine</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257030502</t>
+          <t>9786257030533</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Attika Geceleri</t>
+          <t>Sultan Süleyman</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257030434</t>
+          <t>9786257030595</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Varoluş, Ahlak ve Ölüm</t>
+          <t>Sadhana - Hayatı Anlamak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257030465</t>
+          <t>9786257030427</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Temel İlkesinin Dörtlü Kökü Üzerine</t>
+          <t>Ortaçağ’da Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257030441</t>
+          <t>9786257030489</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Osmanlı İmparatorluğu’nda Aydın ve Bürokrat Tarihçi Mustafa Ali</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257030373</t>
+          <t>9786257030472</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hayali</t>
+          <t>Zalimlerin Ölümleri Üzerine</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257030397</t>
+          <t>9786257030502</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Köklerini Arayış</t>
+          <t>Attika Geceleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257030380</t>
+          <t>9786257030434</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlık Felsefesi</t>
+          <t>Varoluş, Ahlak ve Ölüm</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257030403</t>
+          <t>9786257030465</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Anarşizmin Felsefi Temelleri</t>
+          <t>Yeterli Temel İlkesinin Dörtlü Kökü Üzerine</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257030359</t>
+          <t>9786257030441</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İlk Tarikat Zümreleşmeleri</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257030335</t>
+          <t>9786257030373</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günleri</t>
+          <t>Anadolu Hayali</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257030342</t>
+          <t>9786257030397</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Platonculuk</t>
+          <t>Anadolu Köklerini Arayış</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257030328</t>
+          <t>9786257030380</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ayıkulak</t>
+          <t>Yavaşlık Felsefesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257030311</t>
+          <t>9786257030403</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Babil Simyası ve Kozmolojisi</t>
+          <t>Anarşizmin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257030304</t>
+          <t>9786257030359</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Masallar Bize Ne Anlatır?</t>
+          <t>Türkiye'de İlk Tarikat Zümreleşmeleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257030298</t>
+          <t>9786257030335</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji ve Nicolai Hartmann</t>
+          <t>Okuma Günleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257030281</t>
+          <t>9786257030342</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mefisto ile Erdişi</t>
+          <t>Platonculuk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257030175</t>
+          <t>9786257030328</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Çocuk Hakları</t>
+          <t>Ayıkulak</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257030229</t>
+          <t>9786257030311</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Tren Oyunu</t>
+          <t>Babil Simyası ve Kozmolojisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257030205</t>
+          <t>9786257030304</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Çilek Dile Gelirse?</t>
+          <t>Masallar Bize Ne Anlatır?</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257030212</t>
+          <t>9786257030298</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Çiçekçi Teyze</t>
+          <t>Fenomenoloji ve Nicolai Hartmann</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257030236</t>
+          <t>9786257030281</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Bodrumda Hayalet</t>
+          <t>Mefisto ile Erdişi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>70</v>
+        <v>330</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257030250</t>
+          <t>9786257030175</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Arılar Ne Yapar?</t>
+          <t>Masallarla Çocuk Hakları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257030243</t>
+          <t>9786257030229</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Diya ile Nuni Masalı - Arılar Çilek Bahçesinde</t>
+          <t>Diya ile Nuni Masalı - Tren Oyunu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257030199</t>
+          <t>9786257030205</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ’da Doğa Felsefeleri</t>
+          <t>Diya ile Nuni Masalı - Çilek Dile Gelirse?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257030168</t>
+          <t>9786257030212</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal 03</t>
+          <t>Diya ile Nuni Masalı - Çiçekçi Teyze</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257030151</t>
+          <t>9786257030236</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tarihyazımı</t>
+          <t>Diya ile Nuni Masalı - Bodrumda Hayalet</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257030144</t>
+          <t>9786257030250</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Diya ile Nuni Masalı - Arılar Ne Yapar?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257030137</t>
+          <t>9786257030243</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İsteme ve Tasavvur Olarak Dünya</t>
+          <t>Diya ile Nuni Masalı - Arılar Çilek Bahçesinde</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052133859</t>
+          <t>9786257030199</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>On İki Caesar'ın Yaşamı</t>
+          <t>İlkçağ’da Doğa Felsefeleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257030120</t>
+          <t>9786257030168</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Sinemasal 03</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052133873</t>
+          <t>9786257030151</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Doğuşu</t>
+          <t>Tarihyazımı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257030090</t>
+          <t>9786257030144</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Deccal - Hıristiyanlığa Sövgü</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257030106</t>
+          <t>9786257030137</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo - Kişi Nasıl Kendisi Olur</t>
+          <t>İsteme ve Tasavvur Olarak Dünya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257030083</t>
+          <t>9786052133859</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Nesneler Sistemi</t>
+          <t>On İki Caesar'ın Yaşamı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257030069</t>
+          <t>9786257030120</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257030076</t>
+          <t>9786052133873</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aile Sosyolojisi</t>
+          <t>Türk Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257030052</t>
+          <t>9786257030090</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Demirciler ve Simyacılar</t>
+          <t>Deccal - Hıristiyanlığa Sövgü</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257030045</t>
+          <t>9786257030106</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ars Morıendı</t>
+          <t>Ecce Homo - Kişi Nasıl Kendisi Olur</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257030038</t>
+          <t>9786257030083</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Nesneler Sistemi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>135</v>
+        <v>385</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052133866</t>
+          <t>9786257030069</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Karnaval ve Yamyam</t>
+          <t>Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052133842</t>
+          <t>9786257030076</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Neden Her Şey Hala Yok Olup Gitmedi?</t>
+          <t>Aile Sosyolojisi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052133880</t>
+          <t>9786257030052</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Biliminden Toplumsal Dünyaya Bakmak</t>
+          <t>Demirciler ve Simyacılar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052133897</t>
+          <t>9786257030045</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Destanlar</t>
+          <t>Ars Morıendı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052133996</t>
+          <t>9786257030038</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052133828</t>
+          <t>9786052133866</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji ve Sosyoloji</t>
+          <t>Karnaval ve Yamyam</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052133804</t>
+          <t>9786052133842</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal - 02</t>
+          <t>Neden Her Şey Hala Yok Olup Gitmedi?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052133798</t>
+          <t>9786052133880</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Biyoloji Biliminden Toplumsal Dünyaya Bakmak</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052133781</t>
+          <t>9786052133897</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Etnografi</t>
+          <t>Destanlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052133774</t>
+          <t>9786052133996</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bir Antikçağ Masalı</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052133750</t>
+          <t>9786052133828</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Lyon'da Düğün</t>
+          <t>Monadoloji ve Sosyoloji</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052133767</t>
+          <t>9786052133804</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler</t>
+          <t>Sinemasal - 02</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052133699</t>
+          <t>9786052133798</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052133743</t>
+          <t>9786052133781</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Etnografi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>95</v>
+        <v>285</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052133712</t>
+          <t>9786052133774</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Geç Osmanlı'dan Günümüze Modern Doğa Bilimciliği</t>
+          <t>Bir Antikçağ Masalı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052133736</t>
+          <t>9786052133750</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gücü</t>
+          <t>Lyon'da Düğün</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052133729</t>
+          <t>9786052133767</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi ve İnayet</t>
+          <t>Efsaneler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052133705</t>
+          <t>9786052133699</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Sözlüğü</t>
+          <t>Kültürel Bellek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052133569</t>
+          <t>9786052133743</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sinemasal</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052133545</t>
+          <t>9786052133712</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Doğası</t>
+          <t>Geç Osmanlı'dan Günümüze Modern Doğa Bilimciliği</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052133514</t>
+          <t>9786052133736</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Notlar - İç Savaş Üzerine</t>
+          <t>Kelimelerin Gücü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052133576</t>
+          <t>9786052133729</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Genç Plinius’un Mektupları</t>
+          <t>Yerçekimi ve İnayet</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052133507</t>
+          <t>9786052133705</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Keşke Hiç Olmasaydık</t>
+          <t>Tanpınar Sözlüğü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052133477</t>
+          <t>9786052133569</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Avustralya Dinleri</t>
+          <t>Sinemasal</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052133460</t>
+          <t>9786052133545</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Tanrıların Doğası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752410886</t>
+          <t>9786052133514</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Sosyolojisi</t>
+          <t>Notlar - İç Savaş Üzerine</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052133255</t>
+          <t>9786052133576</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Döneminde Akdeniz ve Akdeniz Dünyası 3</t>
+          <t>Genç Plinius’un Mektupları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052133101</t>
+          <t>9786052133507</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisinde Doğu - Batı Bütünleşmesi</t>
+          <t>Keşke Hiç Olmasaydık</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>2700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052133095</t>
+          <t>9786052133477</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisinde Aşk (Ciltli)</t>
+          <t>Avustralya Dinleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>2700</v>
+        <v>310</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052133231</t>
+          <t>9786052133460</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Avatar</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052133217</t>
+          <t>9789752410886</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Öyküler</t>
+          <t>Çağdaş Alman Sosyolojisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052133224</t>
+          <t>9786052133255</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde Tuhaf Bir Vaka</t>
+          <t>2. Felipe Döneminde Akdeniz ve Akdeniz Dünyası 3</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052133248</t>
+          <t>9786052133101</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Tüccarları ve Bankerleri</t>
+          <t>Yunan Mitolojisinde Doğu - Batı Bütünleşmesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>230</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052133156</t>
+          <t>9786052133095</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Özne Nasıl Susturulur?</t>
+          <t>Yunan Mitolojisinde Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052133187</t>
+          <t>9786052133231</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Antropoloji</t>
+          <t>Avatar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052133200</t>
+          <t>9786052133217</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Politik İnceleme</t>
+          <t>Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052133088</t>
+          <t>9786052133224</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Dr. Jekyll ve Bay Hyde Tuhaf Bir Vaka</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052133125</t>
+          <t>9786052133248</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Ortaçağ Tüccarları ve Bankerleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052133118</t>
+          <t>9786052133156</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bunun Konumuzla Bir İlgisi Yok</t>
+          <t>Özne Nasıl Susturulur?</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052133064</t>
+          <t>9786052133187</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Aydın Portreleri 1 - Kurtuluş Kayalı</t>
+          <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752410893</t>
+          <t>9786052133200</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Defterler (1914-1916)</t>
+          <t>Politik İnceleme</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752410862</t>
+          <t>9786052133088</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Dönemi’nde Akdeniz ve Akdeniz Dünyası 2</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752410848</t>
+          <t>9786052133125</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>2. Felipe Dönemi'nde Akdeniz ve Akdeniz Dünyası 1</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752410879</t>
+          <t>9786052133118</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mitler, Rüyalar ve Gizemler</t>
+          <t>Bunun Konumuzla Bir İlgisi Yok</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752410671</t>
+          <t>9786052133064</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı</t>
+          <t>Türkiye’den Aydın Portreleri 1 - Kurtuluş Kayalı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752410800</t>
+          <t>9789752410893</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Buddhizm Sözlüğü</t>
+          <t>Defterler (1914-1916)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752410817</t>
+          <t>9789752410862</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ’da Korsanlık</t>
+          <t>2. Felipe Dönemi’nde Akdeniz ve Akdeniz Dünyası 2</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>825</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752410824</t>
+          <t>9789752410848</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Eski Çin'de Dinler</t>
+          <t>2. Felipe Dönemi'nde Akdeniz ve Akdeniz Dünyası 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>720</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752410732</t>
+          <t>9789752410879</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş Dersleri</t>
+          <t>Mitler, Rüyalar ve Gizemler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752410718</t>
+          <t>9789752410671</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Arap Edebiyatı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752410794</t>
+          <t>9789752410800</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Sarsılmazlığı</t>
+          <t>Buddhizm Sözlüğü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752410602</t>
+          <t>9789752410817</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Antikçağ’da Korsanlık</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752410688</t>
+          <t>9789752410824</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayetleri</t>
+          <t>Eski Çin'de Dinler</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752410640</t>
+          <t>9789752410732</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Özdeyişler</t>
+          <t>Sosyolojiye Giriş Dersleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>155</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752410633</t>
+          <t>9789752410718</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bizi Seviyor</t>
+          <t>İvan İlyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752410695</t>
+          <t>9789752410794</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Batı Felsefesi Tarihi</t>
+          <t>Bilgenin Sarsılmazlığı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752410596</t>
+          <t>9789752410602</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Nazar</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059328562</t>
+          <t>9789752410688</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sanat</t>
+          <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752410558</t>
+          <t>9789752410640</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültürü Üzerine Makaleler</t>
+          <t>Özdeyişler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752410541</t>
+          <t>9789752410633</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Sanat Bizi Seviyor</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752410534</t>
+          <t>9789752410695</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Şiirler / Tiyatro Oyunları Denemeler</t>
+          <t>Batı Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752410527</t>
+          <t>9789752410596</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Masallar</t>
+          <t>Nazar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752410404</t>
+          <t>9786059328562</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Sanat</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>95</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752410428</t>
+          <t>9789752410558</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji ve Modern Yaşam</t>
+          <t>Anadolu Kültürü Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752410411</t>
+          <t>9789752410541</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752410398</t>
+          <t>9789752410534</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisine Eleştirel Bir Bakış</t>
+          <t>Şiirler / Tiyatro Oyunları Denemeler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059328661</t>
+          <t>9789752410527</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık Armağanı-3</t>
+          <t>Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059328678</t>
+          <t>9789752410404</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Notlar</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059328623</t>
+          <t>9789752410428</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Okültizm, Büyücülük ve Kültürel Modalar</t>
+          <t>Antropoloji ve Modern Yaşam</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059328555</t>
+          <t>9789752410411</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Küçümseme</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059328388</t>
+          <t>9789752410398</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Freudculuk: Eleştirel Bir Taslak</t>
+          <t>Edebiyat Eleştirisine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059328579</t>
+          <t>9786059328661</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Altın Ayna veya Şeşian Kralları</t>
+          <t>Halil İnalcık Armağanı-3</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059328593</t>
+          <t>9786059328678</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Edebiyat Olarak Hayat</t>
+          <t>Notlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059328180</t>
+          <t>9786059328623</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Japonya</t>
+          <t>Okültizm, Büyücülük ve Kültürel Modalar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>335</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059328609</t>
+          <t>9786059328555</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Yazılar</t>
+          <t>Ölümü Küçümseme</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059328548</t>
+          <t>9786059328388</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Freudculuk: Eleştirel Bir Taslak</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059328531</t>
+          <t>9786059328579</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Francis Hutcheson ve Ahlak Duyusu Teorisi</t>
+          <t>Altın Ayna veya Şeşian Kralları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059328166</t>
+          <t>9786059328593</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Nietzsche: Edebiyat Olarak Hayat</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>95</v>
+        <v>410</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059328159</t>
+          <t>9786059328180</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Minerva ve Bilgelik</t>
+          <t>Japonya</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059328371</t>
+          <t>9786059328609</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İdaresi</t>
+          <t>Tarih Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059328203</t>
+          <t>9786059328548</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefesinin Temelleri</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059328104</t>
+          <t>9786059328531</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Francis Hutcheson ve Ahlak Duyusu Teorisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059328111</t>
+          <t>9786059328166</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault'da İktidar ve Direnme Odakları</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059328098</t>
+          <t>9786059328159</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tekil Düşünce</t>
+          <t>Minerva ve Bilgelik</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059328128</t>
+          <t>9786059328371</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Değer</t>
+          <t>Yaşamın İdaresi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059328135</t>
+          <t>9786059328203</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Plotinos ya da Bakışın Saflığı</t>
+          <t>Hint Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059328081</t>
+          <t>9786059328104</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihyazımında Öteki Selçuklu Kimliği</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059328043</t>
+          <t>9786059328111</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Günah ve İtiraf</t>
+          <t>Michel Foucault'da İktidar ve Direnme Odakları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059328036</t>
+          <t>9786059328098</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Tekil Düşünce</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>380</v>
+        <v>245</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055063894</t>
+          <t>9786059328128</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yorumbilim Kuramları</t>
+          <t>Bilgi ve Değer</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059328142</t>
+          <t>9786059328135</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Kültür Teorisi</t>
+          <t>Plotinos ya da Bakışın Saflığı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055063917</t>
+          <t>9786059328081</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat Bilimi</t>
+          <t>Bizans Tarihyazımında Öteki Selçuklu Kimliği</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055063054</t>
+          <t>9786059328043</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Günah ve İtiraf</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055063641</t>
+          <t>9786059328036</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonat</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>95</v>
+        <v>480</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055063603</t>
+          <t>9786055063894</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi</t>
+          <t>Çağdaş Yorumbilim Kuramları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055063436</t>
+          <t>9786059328142</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Estetik Anlayış</t>
+          <t>Bilimsel Bir Kültür Teorisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055063634</t>
+          <t>9786055063917</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kendime İyi Geceler</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758717972</t>
+          <t>9786055063054</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Modern, Narsist ve Yaralı</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055063016</t>
+          <t>9786055063641</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmi 2: Hegel</t>
+          <t>Kreutzer Sonat</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>720</v>
+        <v>140</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055063429</t>
+          <t>9786055063603</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar 3</t>
+          <t>İslam Felsefesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055063405</t>
+          <t>9786055063436</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Joseph Fouche - Bir Politikacının Portresi</t>
+          <t>Estetik Anlayış</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055063610</t>
+          <t>9786055063634</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Amerika'da Demokrasi 1</t>
+          <t>Kendime İyi Geceler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055063412</t>
+          <t>9789758717972</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Yeni Siyasal Yaklaşımlar - 2</t>
+          <t>Modern, Narsist ve Yaralı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>360</v>
+        <v>235</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055063399</t>
+          <t>9786055063016</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Alman İdealizmi 2: Hegel</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>95</v>
+        <v>890</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055063221</t>
+          <t>9786055063429</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar 3</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055063245</t>
+          <t>9786055063405</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çin Uygarlığı</t>
+          <t>Joseph Fouche - Bir Politikacının Portresi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257030649</t>
+          <t>9786055063610</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilim</t>
+          <t>Amerika'da Demokrasi 1</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>520</v>
+        <v>590</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055063177</t>
+          <t>9786055063412</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihyazımında Gerçeklik ve El-Mes’udi</t>
+          <t>Günümüzde Yeni Siyasal Yaklaşımlar - 2</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>280</v>
+        <v>470</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055063214</t>
+          <t>9786055063399</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kant ve Scheler'de İnsan Problemi</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758717217</t>
+          <t>9786055063221</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devlet Geleneği</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789758717941</t>
+          <t>9786055063245</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Evrimi</t>
+          <t>Çin Uygarlığı</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752410701</t>
+          <t>9786257030649</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi Seçme Metinler Herder-Kant-Fichte-Schelling-Hegel-Schopenhauer</t>
+          <t>Yeni Bilim</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>260</v>
+        <v>675</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789758717040</t>
+          <t>9786055063177</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Patron</t>
+          <t>İslam Tarihyazımında Gerçeklik ve El-Mes’udi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789758717101</t>
+          <t>9786055063214</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Antropoloji</t>
+          <t>Kant ve Scheler'de İnsan Problemi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789758717811</t>
+          <t>9789758717217</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kuramları Tarihi</t>
+          <t>Türkiye’de Devlet Geleneği</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758717019</t>
+          <t>9789758717941</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Simülakrlar ve Simülasyon</t>
+          <t>Teknolojinin Evrimi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758717149</t>
+          <t>9789752410701</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlerin Yükselişi ve Düşüşü</t>
+          <t>Tarih Felsefesi Seçme Metinler Herder-Kant-Fichte-Schelling-Hegel-Schopenhauer</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257030861</t>
+          <t>9789758717040</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sainte-Beuve’e Karşı</t>
+          <t>Şair ve Patron</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789758717064</t>
+          <t>9789758717101</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hastalık Umutsuzluk</t>
+          <t>Sosyoloji ve Antropoloji</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758717903</t>
+          <t>9789758717811</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Avrupalılar</t>
+          <t>Sosyoloji Kuramları Tarihi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258123364</t>
+          <t>9789758717019</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Tartışma Metinleri</t>
+          <t>Simülakrlar ve Simülasyon</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>520</v>
+        <v>330</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758717569</t>
+          <t>9789758717149</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Orada Saat Kaç?</t>
+          <t>Seçkinlerin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789758717583</t>
+          <t>9786257030861</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Hegel Üzerine Çalışmalar</t>
+          <t>Sainte-Beuve’e Karşı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758717712</t>
+          <t>9789758717064</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kent Efsaneleri</t>
+          <t>Ölümcül Hastalık Umutsuzluk</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789758717613</t>
+          <t>9789758717903</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanın İzinde Ahmet Hamdi Tanpınar</t>
+          <t>Osmanlı ve Avrupalılar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789758717316</t>
+          <t>9786258123364</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kant’ın Felsefesi</t>
+          <t>Oryantalizm Tartışma Metinleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>230</v>
+        <v>670</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052133521</t>
+          <t>9789758717569</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İlkel İnsanda Ruh Anlayışı</t>
+          <t>Orada Saat Kaç?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758717576</t>
+          <t>9789758717583</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Goethe Der ki...</t>
+          <t>Marx ve Hegel Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257030564</t>
+          <t>9789758717712</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Alman İdealizmi 1: Fichte</t>
+          <t>Kent Efsaneleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>580</v>
+        <v>310</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052133989</t>
+          <t>9789758717613</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Feodal Toplum</t>
+          <t>Kayıp Zamanın İzinde Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758717323</t>
+          <t>9789758717316</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Disiplinleri</t>
+          <t>Kant’ın Felsefesi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758717774</t>
+          <t>9786052133521</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Faust (Tam Metin)</t>
+          <t>İlkel İnsanda Ruh Anlayışı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758717545</t>
+          <t>9789758717576</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyaya Yeni Bir Bakış</t>
+          <t>Goethe Der ki...</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789758717859</t>
+          <t>9786257030564</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci Yönüyle Ahmed Cevdet Paşa</t>
+          <t>Alman İdealizmi 1: Fichte</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789758717095</t>
+          <t>9786052133989</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Makaleler 1</t>
+          <t>Feodal Toplum</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758717958</t>
+          <t>9789758717323</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Devrim’in Yorumu</t>
+          <t>Felsefenin Temel Disiplinleri</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758717927</t>
+          <t>9789758717774</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Faust (Tam Metin)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789758717637</t>
+          <t>9789758717545</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bilim Sosyolojisi İncelemeleri</t>
+          <t>Eski Dünyaya Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>570</v>
+        <v>740</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752410657</t>
+          <t>9789758717859</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bay How Ne Yapmalı?</t>
+          <t>Eğitimci Yönüyle Ahmed Cevdet Paşa</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789758717668</t>
+          <t>9789758717095</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bahtin ve Çevresi</t>
+          <t>Doğu Batı Makaleler 1</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789758717071</t>
+          <t>9789758717958</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın ve Dinin İki Kaynağı</t>
+          <t>Devrim’in Yorumu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789758717118</t>
+          <t>9789758717927</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>ABD Tarihi</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055063030</t>
+          <t>9789758717637</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi Tarihi</t>
+          <t>Bilim Sosyolojisi İncelemeleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>690</v>
+        <v>570</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059328029</t>
+          <t>9789752410657</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Maariften Eğitime</t>
+          <t>Bay How Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055063146</t>
+          <t>9789758717668</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Oluş</t>
+          <t>Bahtin ve Çevresi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055063122</t>
+          <t>9789758717071</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu - Sahaf Mendel</t>
+          <t>Ahlakın ve Dinin İki Kaynağı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052133552</t>
+          <t>9789758717118</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehirleri ve Kırsal Hayatı</t>
+          <t>ABD Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055063382</t>
+          <t>9786055063030</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi</t>
+          <t>Siyaset Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>520</v>
+        <v>890</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055063108</t>
+          <t>9786059328029</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Speculum Mentis ya da Bilginin Haritası</t>
+          <t>Maariften Eğitime</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055063061</t>
+          <t>9786055063146</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Varlık ve Oluş</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>110</v>
+        <v>690</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055063740</t>
+          <t>9786055063122</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>Amok Koşucusu - Sahaf Mendel</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055063818</t>
+          <t>9786052133552</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Boşluk, Aşırılık ve Keyfilik</t>
+          <t>Osmanlı Şehirleri ve Kırsal Hayatı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055063115</t>
+          <t>9786055063382</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>İslam Düşüncesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>160</v>
+        <v>675</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055063139</t>
+          <t>9786055063108</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yöntemin Kuralları</t>
+          <t>Speculum Mentis ya da Bilginin Haritası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789758717491</t>
+          <t>9786055063061</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Sosyoloji</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758717309</t>
+          <t>9786055063740</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tarih Tasarımı</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055063078</t>
+          <t>9786055063818</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Boşluk, Aşırılık ve Keyfilik</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789758717033</t>
+          <t>9786055063115</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Weber’in Metodolojisi</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055063832</t>
+          <t>9786055063139</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Felsefesinde Apriori Problemi</t>
+          <t>Sosyolojik Yöntemin Kuralları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789758717996</t>
+          <t>9789758717491</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Tarihsel Sosyoloji</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758717965</t>
+          <t>9789758717309</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çin Halkının Zihniyeti</t>
+          <t>Tarih Tasarımı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055063023</t>
+          <t>9786055063078</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Resim, Söz ve Yazı</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>560</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789758717484</t>
+          <t>9789758717033</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze</t>
+          <t>Weber’in Metodolojisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
+          <t>9786055063832</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Yeniçağ Felsefesinde Apriori Problemi</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789758717996</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789758717965</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Çin Halkının Zihniyeti</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786055063023</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Resim, Söz ve Yazı</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789758717484</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Gilles Deleuze</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
           <t>9789758717989</t>
         </is>
       </c>
-      <c r="B435" s="1" t="inlineStr">
+      <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Foucault’yu Unutmak</t>
         </is>
       </c>
-      <c r="C435" s="1">
-        <v>165</v>
+      <c r="C440" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>