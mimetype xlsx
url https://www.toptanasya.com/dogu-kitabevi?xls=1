--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,6415 +85,6580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259692388</t>
+          <t>9772146520551</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Coğrafi Durumu ve Siyasi Taksimatıyla Yönetim Usulü (1918)</t>
+          <t>Sosyologca Dergisi Sayı: 30</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259692371</t>
+          <t>9786259266466</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Menevşe</t>
+          <t>Latin Seyyahlara Göre Fetih Öncesi İstanbul (1400-1453)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259692364</t>
+          <t>9786259353401</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Birliği</t>
+          <t>Keşfedelim ve Öğrenelim (Türkçe-İngilizce-Almanca)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259692357</t>
+          <t>9786259266473</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Karmaşa</t>
+          <t>Sporda Sosyolojik Temalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259692326</t>
+          <t>9786259266459</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Halil Çivi ile Zamanda Aykırı Yolculuk</t>
+          <t>Sesini Arayan Şiirler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259692340</t>
+          <t>9786259266497</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dinin Evrimi</t>
+          <t>Tarih ve Uygarlık İstanbul Yıllığı - 17</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059588957</t>
+          <t>9786259266442</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>100. Yılda Atatürk ve Cumhuriyet Ajandası (Ciltli)</t>
+          <t>Türk Toplum Tarihi ve Batıcılaşma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056115493</t>
+          <t>9786259266435</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 1</t>
+          <t>Atatürk ve Ailesi(Atatürk’ün Soykütüğü)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055296582</t>
+          <t>9786259266404</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kent-İslam ve Kapitalizm (Ciltli)</t>
+          <t>Stratejinin Yazılı Kaynakları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259692333</t>
+          <t>9786259266411</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Emek - Kuram</t>
+          <t>İkinci Dünya Savaşı Sonrası Türkiye 1945-1950</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>182</v>
+        <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9772146520229</t>
+          <t>9786259692395</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 29</t>
+          <t>Ziggurat</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>611</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259692319</t>
+          <t>9786259692388</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu</t>
+          <t>Azerbaycan Coğrafi Durumu ve Siyasi Taksimatıyla Yönetim Usulü (1918)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259744193</t>
+          <t>9786259692371</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çinliler ve Hintliler - Stratejinin Yazılı Kaynakları Öncüler 1</t>
+          <t>Menevşe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>590</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259744186</t>
+          <t>9786259692364</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsan Düşüncesinin Evrimi</t>
+          <t>Türkiye’nin Birliği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059093477</t>
+          <t>9786259692357</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayat Beklemez</t>
+          <t>Kavram ve Karmaşa</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>319</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257089852</t>
+          <t>9786259692326</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Geç Kalmışım</t>
+          <t>Prof. Dr. Halil Çivi ile Zamanda Aykırı Yolculuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257089944</t>
+          <t>9786259692340</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sorunları ve Beslenme</t>
+          <t>Dinin Evrimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259744162</t>
+          <t>9786059588957</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dijital Savaş Siber Espiyonaj</t>
+          <t>100. Yılda Atatürk ve Cumhuriyet Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259744179</t>
+          <t>9786056115493</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Din-Dar Ana-Yasa</t>
+          <t>Sosyologca Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>143</v>
+        <v>306</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257089869</t>
+          <t>9786055296582</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Otoriteryen Kişilik ve Uyma</t>
+          <t>Kent-İslam ve Kapitalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>247</v>
+        <v>700</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259744155</t>
+          <t>9786259692333</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kendime Koçluk Soruları</t>
+          <t>Tarih - Emek - Kuram</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259744148</t>
+          <t>9772146520229</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Batılılaşma/ Ziya Gökalp ve Niyazi Berkes Örneği</t>
+          <t>Sosyologca Dergisi Sayı: 29</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>247</v>
+        <v>740</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259744131</t>
+          <t>9786259692319</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sosyoloji/Temeller, Alanlar, Süreçler, Sorunlar ve Çözümleri</t>
+          <t>Türkiye ve Ortadoğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>234</v>
+        <v>650</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259744124</t>
+          <t>9786259744193</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Avrasya</t>
+          <t>Çinliler ve Hintliler - Stratejinin Yazılı Kaynakları Öncüler 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>494</v>
+        <v>700</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259744117</t>
+          <t>9786259744186</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Stratejinin Yazılı Kaynakları Erken Öncüler -2 Hititler Ve Diğer Anadolu Kavimleri</t>
+          <t>İnsan Düşüncesinin Evrimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9772146500018</t>
+          <t>9786059093477</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 28</t>
+          <t>Hayat Beklemez</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>545</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3996052096628</t>
+          <t>9786257089852</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Reddediyorum</t>
+          <t>Ben Sana Geç Kalmışım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>221</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9772147235010</t>
+          <t>9786257089944</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 10</t>
+          <t>Sağlık Sorunları ve Beslenme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259744100</t>
+          <t>9786259744162</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Yıllığı-16</t>
+          <t>Dijital Savaş Siber Espiyonaj</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>403</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259489865</t>
+          <t>9786259744179</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Düşüncesinde Sosyoloji Yıllığı</t>
+          <t>Din-Dar Ana-Yasa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>630</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052096727</t>
+          <t>9786257089869</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Otoriteryen Kişilik ve Uyma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>136</v>
+        <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052096741</t>
+          <t>9786259744155</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Umut Varsa Aydınlık Yakındır</t>
+          <t>Kendime Koçluk Soruları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056204203</t>
+          <t>9786259744148</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarlık Örgütlenmesinde Değişim ve Dönüşüm</t>
+          <t>Türkiye'de Batılılaşma/ Ziya Gökalp ve Niyazi Berkes Örneği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>676</v>
+        <v>308</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056115400</t>
+          <t>9786259744131</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Musıki Edebiyatı</t>
+          <t>Küresel Sosyoloji/Temeller, Alanlar, Süreçler, Sorunlar ve Çözümleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>351</v>
+        <v>292</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056204272</t>
+          <t>9786259744124</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kapital İslamın Temeli Muaviye</t>
+          <t>Türkiye ve Avrasya</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056115455</t>
+          <t>9786259744117</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’de Batı Sorunu</t>
+          <t>Stratejinin Yazılı Kaynakları Erken Öncüler -2 Hititler Ve Diğer Anadolu Kavimleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056204296</t>
+          <t>9772146500018</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Dönemi Toplumsal Tartışmaları</t>
+          <t>Sosyologca Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>338</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055296421</t>
+          <t>3996052096628</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Devrimci İslam</t>
+          <t>Reddediyorum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>221</v>
+        <v>276</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059093125</t>
+          <t>9772147235010</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Sosyal Değişim ve Devrimler</t>
+          <t>Sosyologca Dergisi Sayı: 10</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059093132</t>
+          <t>9786259744100</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmanın Izdırapları</t>
+          <t>Tarih ve Uygarlık İstanbul Yıllığı-16</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052096680</t>
+          <t>9786259489865</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>Türk Toplum Düşüncesinde Sosyoloji Yıllığı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052096352</t>
+          <t>9786052096727</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Mekanları Mekanın Zamanları</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>845</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052096253</t>
+          <t>9786052096741</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cepheden Mektuplar</t>
+          <t>Umut Varsa Aydınlık Yakındır</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059588522</t>
+          <t>9786056204203</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Meslek Gazetesi 1924 - 1925</t>
+          <t>Osmanlı Mimarlık Örgütlenmesinde Değişim ve Dönüşüm</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>169</v>
+        <v>676</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052096215</t>
+          <t>9786056115400</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kir Teorisi</t>
+          <t>Musıki Edebiyatı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>540</v>
+        <v>351</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055669454</t>
+          <t>9786056204272</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay’ın Büyülü Yolculuğu</t>
+          <t>Kapital İslamın Temeli Muaviye</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>254</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059093873</t>
+          <t>9786056115455</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın İmgeleri</t>
+          <t>Dostoyevski’de Batı Sorunu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>208</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059093385</t>
+          <t>9786056204296</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İmparator</t>
+          <t>Demokrat Parti Dönemi Toplumsal Tartışmaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055296520</t>
+          <t>9786055296421</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İmkansızı İstemek</t>
+          <t>Devrimci İslam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>143</v>
+        <v>221</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059093293</t>
+          <t>9786059093125</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Olan Edebiyat</t>
+          <t>İslam’da Sosyal Değişim ve Devrimler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059588201</t>
+          <t>9786059093132</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Füruzan</t>
+          <t>Okuma Yazmanın Izdırapları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>182</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059093828</t>
+          <t>9786052096680</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kopuş Sahneleri</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>254</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055296728</t>
+          <t>9786052096352</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Globalist Karşı-Devrim</t>
+          <t>Zamanın Mekanları Mekanın Zamanları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059093613</t>
+          <t>9786052096253</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sosyolojisi</t>
+          <t>Cepheden Mektuplar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059093651</t>
+          <t>9786059588522</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sosyolojisi</t>
+          <t>Meslek Gazetesi 1924 - 1925</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>169</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257089470</t>
+          <t>9786052096215</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kitap Hırsızı</t>
+          <t>Kir Teorisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>270</v>
+        <v>660</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257089401</t>
+          <t>9786055669454</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Algının Toplumsal İnşası - Fenomenolojik Sosyoloji</t>
+          <t>Mavi Ay’ın Büyülü Yolculuğu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>254</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257089142</t>
+          <t>9786059093873</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ural Altay Asya Türkçesi (2 Cilt Takım) (Ciltli)</t>
+          <t>Fotoğrafın İmgeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>900</v>
+        <v>208</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052096420</t>
+          <t>9786059093385</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>İmparator</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>102</v>
+        <v>370</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052096819</t>
+          <t>9786055296520</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Ceza</t>
+          <t>İmkansızı İstemek</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>169</v>
+        <v>143</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257089210</t>
+          <t>9786059093293</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Siirt Mebusu Mahmut Bey</t>
+          <t>Cinayet Olan Edebiyat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052096857</t>
+          <t>9786059588201</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Kurtuluş Savaşı</t>
+          <t>Füruzan</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>325</v>
+        <v>182</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052096758</t>
+          <t>9786059093828</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küresel İletişim Medya ve Gözetimin Politiği</t>
+          <t>Kopuş Sahneleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>338</v>
+        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052096888</t>
+          <t>9786055296728</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çok Mu Sosyal Bu Medya?</t>
+          <t>Globalist Karşı-Devrim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059588416</t>
+          <t>9786059093613</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Stratoneikeia</t>
+          <t>Müzik Sosyolojisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>305</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259489872</t>
+          <t>9786059093651</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Değişim Sosyolojisi - Batı Sosyolojisi ve Toplumsal Değişme</t>
+          <t>Kültür Sosyolojisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259489889</t>
+          <t>9786257089470</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Etnik Gruplararası İlişkilerin Teknolojik Yönetimi: Çatışma'dan Uyuma</t>
+          <t>Kitap Hırsızı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>152</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259489896</t>
+          <t>9786257089401</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayni Ali’nin Hayatı, Eserleri ve Kavanin Risalesinin Transkripsiyonu</t>
+          <t>Algının Toplumsal İnşası - Fenomenolojik Sosyoloji</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259489841</t>
+          <t>9786257089142</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Stratejinin Yazılı Kaynakları Erken Öncüler Sümerler</t>
+          <t>Ural Altay Asya Türkçesi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>525</v>
+        <v>900</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259489827</t>
+          <t>9786052096420</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihi IV</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>760</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259489834</t>
+          <t>9786052096819</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şerif Mardin’in Sosyolojik Görüşleri</t>
+          <t>İhanet ve Ceza</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259478272</t>
+          <t>9786257089210</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Soyağacı</t>
+          <t>Siirt Mebusu Mahmut Bey</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>365</v>
+        <v>475</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259478289</t>
+          <t>9786052096857</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türbülans</t>
+          <t>Mustafa Kemal ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>405</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259478265</t>
+          <t>9786052096758</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Enigma-1</t>
+          <t>Küresel İletişim Medya ve Gözetimin Politiği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>338</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259478210</t>
+          <t>9786052096888</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>XIX. Yüzyıl Rus Oryantalizmi ve Orta Doğu</t>
+          <t>Çok Mu Sosyal Bu Medya?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>728</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259489810</t>
+          <t>9786059588416</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Ekonomik Yaşamdan İki Sektörel Kesit: Kauçuk ve Soda</t>
+          <t>Stratoneikeia</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>228</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259489803</t>
+          <t>9786259489872</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Amerika-Philadelphia 1693</t>
+          <t>Değişim Sosyolojisi - Batı Sosyolojisi ve Toplumsal Değişme</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>263</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259478296</t>
+          <t>9786259489889</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Metal Müzik - Tarihçe, Müziksel Yapı ve Küresel Bağlantılılık</t>
+          <t>Etnik Gruplararası İlişkilerin Teknolojik Yönetimi: Çatışma'dan Uyuma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259478258</t>
+          <t>9786259489896</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Kızıl Elma Viyana 1683</t>
+          <t>Ayni Ali’nin Hayatı, Eserleri ve Kavanin Risalesinin Transkripsiyonu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>4444444442804</t>
+          <t>9786259489841</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 27</t>
+          <t>Stratejinin Yazılı Kaynakları Erken Öncüler Sümerler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>530</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259478241</t>
+          <t>9786259489827</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şair Çıkmazı</t>
+          <t>Türk Sosyoloji Tarihi IV</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>227</v>
+        <v>900</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259478234</t>
+          <t>9786259489834</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2013-2023 Türkiye Üzerine Notlar</t>
+          <t>Şerif Mardin’in Sosyolojik Görüşleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259478203</t>
+          <t>9786259478272</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Stratejinin Yazılı Kaynakları - Avrupalılar Tarih Öncesinden Günümüze</t>
+          <t>Soyağacı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>617</v>
+        <v>440</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259868066</t>
+          <t>9786259478289</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Aydınlanmanın İzleri</t>
+          <t>Türbülans</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>531</v>
+        <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259868042</t>
+          <t>9786259478265</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Baykan Sezer’de Türk Toplum Tarihi</t>
+          <t>Enigma-1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>305</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259868080</t>
+          <t>9786259478210</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Devlet Modeli</t>
+          <t>XIX. Yüzyıl Rus Oryantalizmi ve Orta Doğu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>490</v>
+        <v>900</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259668073</t>
+          <t>9786259489810</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Osmanlı’dan Cumhuriyet’e Ekonomik Yaşamdan İki Sektörel Kesit: Kauçuk ve Soda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259868097</t>
+          <t>9786259489803</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan</t>
+          <t>Yeni Dünya Amerika-Philadelphia 1693</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259868059</t>
+          <t>9786259478296</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Caz Yapmak</t>
+          <t>Metal Müzik - Tarihçe, Müziksel Yapı ve Küresel Bağlantılılık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>211</v>
+        <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259868028</t>
+          <t>9786259478258</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Sosyal Uyum Üzerine Çalışmalar</t>
+          <t>Son Kızıl Elma Viyana 1683</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259868035</t>
+          <t>4444444442804</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Kazan’a Semey’den Baykan’a Türk Dünyası Sosyoloji Yazıları</t>
+          <t>Sosyologca Dergisi Sayı: 27</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>355</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259868004</t>
+          <t>9786259478241</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Dünyayı Çalıyor/Söylüyor</t>
+          <t>Şair Çıkmazı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>507</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257089456</t>
+          <t>9786259478234</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Alevilik</t>
+          <t>2013-2023 Türkiye Üzerine Notlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058537439</t>
+          <t>9786259478203</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ailesi Osmanlı Arşiv Belgelerine Göre</t>
+          <t>Stratejinin Yazılı Kaynakları - Avrupalılar Tarih Öncesinden Günümüze</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>670</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>4440000004402</t>
+          <t>9786259868066</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 26</t>
+          <t>Doğu’dan Batı’ya Aydınlanmanın İzleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>406</v>
+        <v>640</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052096260</t>
+          <t>9786259868042</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Basının Gözünden İstanbul Teknik Üniversite'ne Dair Kısa Notlar (1944-1955)</t>
+          <t>Baykan Sezer’de Türk Toplum Tarihi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>351</v>
+        <v>360</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257089661</t>
+          <t>9786259868080</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ'da Pamphylia Bölgesi'nin Neokoros Unvanları</t>
+          <t>Atatürk’ün Devlet Modeli</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059588751</t>
+          <t>9786259668073</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Yıllığı - 15</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059093415</t>
+          <t>9786259868097</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Üzerine Kısa Notlar</t>
+          <t>Kırgızistan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059093835</t>
+          <t>9786259868059</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkçece</t>
+          <t>Türkiye’de Caz Yapmak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>507</v>
+        <v>263</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052096871</t>
+          <t>9786259868028</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Yüzü</t>
+          <t>Göç ve Sosyal Uyum Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>287</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>4440000003791</t>
+          <t>9786259868035</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 25</t>
+          <t>Türkistan’dan Kazan’a Semey’den Baykan’a Türk Dünyası Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>533</v>
+        <v>420</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059093507</t>
+          <t>9786259868004</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Ölürüm</t>
+          <t>Kadınlar Dünyayı Çalıyor/Söylüyor</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>186</v>
+        <v>630</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257089883</t>
+          <t>9786257089456</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Yaratıcı Yazarlık - Alıştırmalar</t>
+          <t>Alevilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>810</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257089876</t>
+          <t>9786058537439</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Yaratıcı Yazarlık</t>
+          <t>Atatürk ve Ailesi Osmanlı Arşiv Belgelerine Göre</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>760</v>
+        <v>225</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257089272</t>
+          <t>4440000004402</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Deyimleri Türkçe Karşılıklar Sözlüğü</t>
+          <t>Sosyologca Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>494</v>
+        <v>480</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786605529698</t>
+          <t>9786052096260</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kırşehir Tarihi ve Cevat Hakkı Tarım</t>
+          <t>Basının Gözünden İstanbul Teknik Üniversite'ne Dair Kısa Notlar (1944-1955)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>760</v>
+        <v>410</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257089937</t>
+          <t>9786257089661</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizans Osmanlı Sentezi</t>
+          <t>Antikçağ'da Pamphylia Bölgesi'nin Neokoros Unvanları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>640</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052096994</t>
+          <t>9786059588751</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Krizler Yumağında Felaketi Önlemek - İstanbul Depremi, Sığınmacı Krizi, Demografik Kriz</t>
+          <t>Tarih ve Uygarlık İstanbul Yıllığı - 15</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>305</v>
+        <v>580</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257089999</t>
+          <t>9786059093415</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Vatan Toprağı</t>
+          <t>Atatürk Üzerine Kısa Notlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>480</v>
+        <v>780</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257089982</t>
+          <t>9786059093835</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi</t>
+          <t>Türkçece</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>481</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257089975</t>
+          <t>9786052096871</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Yer İstanbul</t>
+          <t>Tarihin Arka Yüzü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>263</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257089890</t>
+          <t>4440000003791</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Çatışmasında Yunanlılığın Yeri</t>
+          <t>Sosyologca Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257089951</t>
+          <t>9786059093507</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dereler Buz Bağladı</t>
+          <t>Mevsimsiz Ölürüm</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257089968</t>
+          <t>9786257089883</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Yıllığı: 14</t>
+          <t>Adım Adım Yaratıcı Yazarlık - Alıştırmalar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>470</v>
+        <v>810</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257089906</t>
+          <t>9786257089876</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişiminin Soyağacı</t>
+          <t>Adım Adım Yaratıcı Yazarlık</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>475</v>
+        <v>760</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>4440000002735</t>
+          <t>9786257089272</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 24</t>
+          <t>Sağlık Deyimleri Türkçe Karşılıklar Sözlüğü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>406</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257089746</t>
+          <t>9786605529698</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Bozgun</t>
+          <t>Kırşehir Tarihi ve Cevat Hakkı Tarım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>364</v>
+        <v>950</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257089647</t>
+          <t>9786257089937</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Öteki'nin Müziği</t>
+          <t>Bizans Osmanlı Sentezi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>295</v>
+        <v>780</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257089814</t>
+          <t>9786052096994</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Yazıları V</t>
+          <t>Krizler Yumağında Felaketi Önlemek - İstanbul Depremi, Sığınmacı Krizi, Demografik Kriz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>396</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052096284</t>
+          <t>9786257089999</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Grebene &amp; Balkanlarda Tedhiş ve Gerilla</t>
+          <t>Her Yer Vatan Toprağı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>690</v>
+        <v>550</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257089753</t>
+          <t>9786257089982</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Müzik Okulları - 2. Meşrutiyet ve Şehrin Müzik Hayatındaki Değişimler</t>
+          <t>İklim Krizi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257089807</t>
+          <t>9786257089975</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Alemi</t>
+          <t>Yaşadığım Yer İstanbul</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>247</v>
+        <v>310</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257089845</t>
+          <t>9786257089890</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sorun ve Tehlike Sizsiniz (2 Cilt Takım)</t>
+          <t>Doğu Batı Çatışmasında Yunanlılığın Yeri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>910</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257089838</t>
+          <t>9786257089951</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolog ve Tarihçileri</t>
+          <t>Dereler Buz Bağladı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257089821</t>
+          <t>9786257089968</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Yazıları 4</t>
+          <t>Tarih ve Uygarlık İstanbul Yıllığı: 14</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>305</v>
+        <v>520</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>4440000001831</t>
+          <t>9786257089906</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 23</t>
+          <t>Kitle İletişiminin Soyağacı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>406</v>
+        <v>580</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257089784</t>
+          <t>4440000002735</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Felsefesi</t>
+          <t>Sosyologca Dergisi Sayı: 24</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257089739</t>
+          <t>9786257089746</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Yöntem Tartışmaları</t>
+          <t>Dördüncü Bozgun</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257089777</t>
+          <t>9786257089647</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye Koşuyor?</t>
+          <t>Öteki'nin Müziği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>236</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257089760</t>
+          <t>9786257089814</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Batıyor Mu?</t>
+          <t>Çağdaş Düşünme Yazıları V</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>193</v>
+        <v>495</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257089722</t>
+          <t>9786052096284</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Turan Emeksiz</t>
+          <t>Grebene &amp; Balkanlarda Tedhiş ve Gerilla</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>364</v>
+        <v>820</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257089685</t>
+          <t>9786257089753</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Yazıları III</t>
+          <t>İstanbul'un Müzik Okulları - 2. Meşrutiyet ve Şehrin Müzik Hayatındaki Değişimler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>505</v>
+        <v>335</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257089678</t>
+          <t>9786257089807</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Nordik Sinema</t>
+          <t>Türk Alemi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9772146520216</t>
+          <t>9786257089845</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 22</t>
+          <t>Sorun ve Tehlike Sizsiniz (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>406</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257089449</t>
+          <t>9786257089838</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Kitap Dizisi 13</t>
+          <t>Türk Sosyolog ve Tarihçileri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>305</v>
+        <v>430</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055292025</t>
+          <t>9786257089821</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bin Yılın Savaşı</t>
+          <t>Çağdaş Düşünme Yazıları 4</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>153</v>
+        <v>630</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055296094</t>
+          <t>4440000001831</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Temalar 3: Doğu - Batı Çatışması</t>
+          <t>Sosyologca Dergisi Sayı: 23</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>507</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2789785950400</t>
+          <t>9786257089784</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 3 Mayıs-Haziran 2013</t>
+          <t>Yapay Zeka Felsefesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>2789788612583</t>
+          <t>9786257089739</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 1-2</t>
+          <t>Sosyolojide Yöntem Tartışmaları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9772146520148</t>
+          <t>9786257089777</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 4</t>
+          <t>Türkiye Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9772146520162</t>
+          <t>9786257089760</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık -  İstanbul Dergisi Sayı: 4</t>
+          <t>Türkiye Batıyor Mu?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9772146520063</t>
+          <t>9786257089722</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 5 Ocak-Haziran 2014</t>
+          <t>Turan Emeksiz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>245</v>
+        <v>420</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055296506</t>
+          <t>9786257089685</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Karşıt Muhafazakarlık Biçimleri (Ciltli)</t>
+          <t>Çağdaş Düşünme Yazıları III</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9772146520131</t>
+          <t>9786257089678</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı : 9</t>
+          <t>Nordik Sinema</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>810</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9772146520025</t>
+          <t>9772146520216</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 10 Ekim 2017</t>
+          <t>Sosyologca Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9772146520094</t>
+          <t>9786257089449</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi: 13-14</t>
+          <t>Tarih ve Uygarlık - İstanbul Kitap Dizisi 13</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9772146520049</t>
+          <t>9786055292025</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 8 Aralık 2015</t>
+          <t>Yeni Bin Yılın Savaşı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>312</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9772146520155</t>
+          <t>9786055296094</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 8</t>
+          <t>Türk Sosyolojisinde Temalar 3: Doğu - Batı Çatışması</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>620</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9772146520179</t>
+          <t>2789785950400</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 11-12</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 3 Mayıs-Haziran 2013</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9772146520056</t>
+          <t>2789788612583</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Dergisi - Sayı:7 Eylül 2015</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 1-2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9772146520117</t>
+          <t>9772146520148</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Dergisi Sayı: 6 - Aralık 2014</t>
+          <t>Sosyologca Dergisi Sayı: 4</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9772146520032</t>
+          <t>9772146520162</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 9 Ekim 2016</t>
+          <t>Tarih ve Uygarlık -  İstanbul Dergisi Sayı: 4</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9772146520193</t>
+          <t>9772146520063</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 7</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 5 Ocak-Haziran 2014</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059093088</t>
+          <t>9786055296506</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Türkiye'de Karşıt Muhafazakarlık Biçimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>118</v>
+        <v>750</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9772149612000</t>
+          <t>9772146520131</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Garbiyat Dergisi Sayı: 1 - Temmuz 2015</t>
+          <t>Sosyologca Dergisi Sayı : 9</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>244</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059093279</t>
+          <t>9772146520025</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Beyaz</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 10 Ekim 2017</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>214</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9772146520230</t>
+          <t>9772146520094</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 20</t>
+          <t>Sosyologca Dergisi: 13-14</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>406</v>
+        <v>500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9772146520087</t>
+          <t>9772146520049</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 18-19</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 8 Aralık 2015</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786252096628</t>
+          <t>9772146520155</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Var Uzakta</t>
+          <t>Sosyologca Dergisi Sayı: 8</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9772146520100</t>
+          <t>9772146520179</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık İstanbul Dergisi - Aralık 2019 Sayı:12</t>
+          <t>Sosyologca Dergisi Sayı: 11-12</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052096932</t>
+          <t>9772146520056</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Yaratıcı Yazarlık Atölyeleri Cilt:1</t>
+          <t>Tarih ve Uygarlık İstanbul Dergisi - Sayı:7 Eylül 2015</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>253</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052096949</t>
+          <t>9772146520117</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Geliştimek İsteyenler İçin Yaratıcı Yazarlık Atölyeleri Cilt:2</t>
+          <t>Tarih ve Uygarlık İstanbul Dergisi Sayı: 6 - Aralık 2014</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>253</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9772146520070</t>
+          <t>9772146520032</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 17</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 9 Ekim 2016</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>263</v>
+        <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9772146520018</t>
+          <t>9772146520193</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 11 Kasım 2018</t>
+          <t>Sosyologca Dergisi Sayı: 7</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9772146520001</t>
+          <t>9786059093088</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 15 - 16</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>147</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059093798</t>
+          <t>9772149612000</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Gelecek</t>
+          <t>Garbiyat Dergisi Sayı: 1 - Temmuz 2015</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257089715</t>
+          <t>9786059093279</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ve Kalp ve Kovan ve Kız Kulesi</t>
+          <t>Fareler ve Beyaz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>245</v>
+        <v>214</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257089708</t>
+          <t>9772146520230</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Dünyayı Çalıyor/Söylüyor</t>
+          <t>Sosyologca Dergisi Sayı: 20</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>507</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257089692</t>
+          <t>9772146520087</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Narsizm</t>
+          <t>Sosyologca Dergisi Sayı: 18-19</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>253</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257089630</t>
+          <t>9786252096628</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Geleceği</t>
+          <t>Bir Köy Var Uzakta</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257089616</t>
+          <t>9772146520100</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ziyaeddin Fahri Fındıkoğlu Bibliyografyası</t>
+          <t>Tarih ve Uygarlık İstanbul Dergisi - Aralık 2019 Sayı:12</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>780</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257089623</t>
+          <t>9786052096932</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Yazıları 2</t>
+          <t>Yeni Başlayanlar İçin Yaratıcı Yazarlık Atölyeleri Cilt:1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>465</v>
+        <v>315</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257089609</t>
+          <t>9786052096949</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vuran Söyleşiler</t>
+          <t>Geliştimek İsteyenler İçin Yaratıcı Yazarlık Atölyeleri Cilt:2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>236</v>
+        <v>315</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257089579</t>
+          <t>9772146520070</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sormagir Sokak'tan Başkurt Sokak'a - İstanbul'da Sosyal Dönüşümün Sokak İsimlerine Yansıması</t>
+          <t>Sosyologca Dergisi Sayı: 17</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>338</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257089586</t>
+          <t>9772146520018</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Asya Tarihinde Su Boyu Ovaları Ve Bozkır Uygarlıkları</t>
+          <t>Tarih ve Uygarlık - İstanbul Dergisi Sayı: 11 Kasım 2018</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>415</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257089593</t>
+          <t>9772146520001</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Halk Partisi Üzerine Kısa Notlar 1923-1973</t>
+          <t>Sosyologca Dergisi Sayı: 15 - 16</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>278</v>
+        <v>480</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257089562</t>
+          <t>9786059093798</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Sosyoloji</t>
+          <t>Yapay Zeka ve Gelecek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000053306</t>
+          <t>9786257089715</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 21</t>
+          <t>Ve Kalp ve Kovan ve Kız Kulesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>406</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257089517</t>
+          <t>9786257089708</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Kimlikli Halleri</t>
+          <t>Kadınlar Dünyayı Çalıyor/Söylüyor</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>630</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257089548</t>
+          <t>9786257089692</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak</t>
+          <t>Tasavvuf Ve Narsizm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>247</v>
+        <v>310</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257089555</t>
+          <t>9786257089630</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kapkara</t>
+          <t>Sinemanın Geleceği</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>227</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257089531</t>
+          <t>9786257089616</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Ziyaeddin Fahri Fındıkoğlu Bibliyografyası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>975</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257089524</t>
+          <t>9786257089623</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kıpçaklar (Ciltli)</t>
+          <t>Çağdaş Düşünme Yazıları 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>845</v>
+        <v>580</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257089463</t>
+          <t>9786257089609</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>ABD’nin Afganistan Dosyası - Uluslararası Hukukun Sonu</t>
+          <t>Tarihe Damgasını Vuran Söyleşiler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257089494</t>
+          <t>9786257089579</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında ve Orhan Pamuk Romanlarında Doğu-Batı Sorunu</t>
+          <t>Sormagir Sokak'tan Başkurt Sokak'a - İstanbul'da Sosyal Dönüşümün Sokak İsimlerine Yansıması</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>296</v>
+        <v>420</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257089500</t>
+          <t>9786257089586</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Al-Qur'an Al-Karim</t>
+          <t>Asya Tarihinde Su Boyu Ovaları Ve Bozkır Uygarlıkları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257089487</t>
+          <t>9786257089593</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Sevdalar Söylencesi</t>
+          <t>Cumhuriyet Halk Partisi Üzerine Kısa Notlar 1923-1973</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>203</v>
+        <v>345</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257089432</t>
+          <t>9786257089562</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İhtilalin Gölgesinde Geçen Yıllar 1960-1963</t>
+          <t>Sosyal Hizmet ve Sosyoloji</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257089425</t>
+          <t>3990000053306</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Mahkum</t>
+          <t>Sosyologca Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257089418</t>
+          <t>9786257089517</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Işığında Din</t>
+          <t>Müziğin Kimlikli Halleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>305</v>
+        <v>485</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257089395</t>
+          <t>9786257089548</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Varoluş Sancıları</t>
+          <t>Zonguldak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257089357</t>
+          <t>9786257089555</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Binbirçiçek Ganohora</t>
+          <t>Kapkara</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257089371</t>
+          <t>9786257089531</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Öteki Yüzü Nasreddin Hoca</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>203</v>
+        <v>340</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257089388</t>
+          <t>9786257089524</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Nasıl Yapılır?</t>
+          <t>Kıpçaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>398</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257089364</t>
+          <t>9786257089463</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Eyfel Kulesi Bedenim Pisa Kulesi</t>
+          <t>ABD’nin Afganistan Dosyası - Uluslararası Hukukun Sonu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>212</v>
+        <v>380</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257089326</t>
+          <t>9786257089494</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Opak Toplum</t>
+          <t>Türk Edebiyatında ve Orhan Pamuk Romanlarında Doğu-Batı Sorunu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257089340</t>
+          <t>9786257089500</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Metindilbilim</t>
+          <t>Al-Qur'an Al-Karim</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257089319</t>
+          <t>9786257089487</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Sermaye ve Paralı Askerler</t>
+          <t>Aykırı Sevdalar Söylencesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257089289</t>
+          <t>9786257089432</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Batılılaşma Tarihine İki Farklı Bakış: Niyazi Berkes - Cemil Meriç</t>
+          <t>İhtilalin Gölgesinde Geçen Yıllar 1960-1963</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>598</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257089296</t>
+          <t>9786257089425</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bilim Sosyolojisinin İlk Kaynakları Türkiye’de Sosyal Bilim Anlayışının Gelişimi</t>
+          <t>Bir Mahkum</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>495</v>
+        <v>285</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257089302</t>
+          <t>9786257089418</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bayraklar Asılı Kaldı</t>
+          <t>Tarihin Işığında Din</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257089265</t>
+          <t>9786257089395</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kuram Yapma</t>
+          <t>Öznenin Varoluş Sancıları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>406</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257089258</t>
+          <t>9786257089357</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sığınak - Yıl 2688</t>
+          <t>Binbirçiçek Ganohora</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>203</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257089241</t>
+          <t>9786257089371</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Günlüğü</t>
+          <t>Mevlana'nın Öteki Yüzü Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257089159</t>
+          <t>9786257089388</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Köprüsü</t>
+          <t>Felsefe Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>615</v>
+        <v>495</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257089166</t>
+          <t>9786257089364</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur İstanbul'da Deprem Olmasın!</t>
+          <t>Ruhum Eyfel Kulesi Bedenim Pisa Kulesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257089234</t>
+          <t>9786257089326</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kök İnanç</t>
+          <t>Opak Toplum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>338</v>
+        <v>310</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254447259</t>
+          <t>9786257089340</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Utancı Anıtlaştırmak</t>
+          <t>Metindilbilim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>254</v>
+        <v>720</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257089197</t>
+          <t>9786257089319</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sosyolojisinin İlk Kaynakları - Türkiye’de Modern Sağlık Eğitimi ve Hizmetlerinin Kurumsallaşması</t>
+          <t>Devlet, Sermaye ve Paralı Askerler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>413</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257089180</t>
+          <t>9786257089289</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sosyolojisinin İlk Kaynakları - Cumhuriyet Döneminde Bulaşıcı Hastalıklarla Mücadele ve Nüfus Politikaları</t>
+          <t>Türkiye’nin Batılılaşma Tarihine İki Farklı Bakış: Niyazi Berkes - Cemil Meriç</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>312</v>
+        <v>740</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257089227</t>
+          <t>9786257089296</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermeni Basınında Venizelos</t>
+          <t>Bilim Sosyolojisinin İlk Kaynakları Türkiye’de Sosyal Bilim Anlayışının Gelişimi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>338</v>
+        <v>600</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257089173</t>
+          <t>9786257089302</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bittiğinde Umut Fısıldar</t>
+          <t>Bayraklar Asılı Kaldı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257089135</t>
+          <t>9786257089265</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Tarikat ve Bid'at Sorunu</t>
+          <t>Kuram Yapma</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>270</v>
+        <v>505</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257089128</t>
+          <t>9786257089258</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Vicdan ve İsyan</t>
+          <t>Sığınak - Yıl 2688</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257089104</t>
+          <t>9786257089241</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya</t>
+          <t>Türkiye Günlüğü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>304</v>
+        <v>500</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257089111</t>
+          <t>9786257089159</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Virüs ve Toplum</t>
+          <t>Anadolu Köprüsü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>280</v>
+        <v>615</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257089043</t>
+          <t>9786257089166</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Aktif Öğrenme 6’lı Set</t>
+          <t>Ne Olur İstanbul'da Deprem Olmasın!</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>450</v>
+        <v>485</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257089098</t>
+          <t>9786257089234</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Dili Türkçe</t>
+          <t>Kök İnanç</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>354</v>
+        <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257089081</t>
+          <t>9786254447259</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Biterken</t>
+          <t>Utancı Anıtlaştırmak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>523</v>
+        <v>310</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257089074</t>
+          <t>9786257089197</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Toprak Biterken</t>
+          <t>Sağlık Sosyolojisinin İlk Kaynakları - Türkiye’de Modern Sağlık Eğitimi ve Hizmetlerinin Kurumsallaşması</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>546</v>
+        <v>500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052096987</t>
+          <t>9786257089180</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Geride Yazılan Kaldı Eleştiri Yazıları</t>
+          <t>Sağlık Sosyolojisinin İlk Kaynakları - Cumhuriyet Döneminde Bulaşıcı Hastalıklarla Mücadele ve Nüfus Politikaları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257089067</t>
+          <t>9786257089227</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerce Yıllık Geleneklerden Bilimselliğe Olumlamalar</t>
+          <t>Osmanlı Ermeni Basınında Venizelos</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>254</v>
+        <v>410</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257089029</t>
+          <t>9786257089173</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kuzey İrlanda Sorununun Tarihsel Kökenleri</t>
+          <t>Her Şey Bittiğinde Umut Fısıldar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>153</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257089018</t>
+          <t>9786257089135</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İkinci Adamın Manevi Dünyası</t>
+          <t>Tasavvufta Tarikat ve Bid'at Sorunu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055296681</t>
+          <t>9786257089128</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Psikoskopist</t>
+          <t>Vicdan ve İsyan</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>186</v>
+        <v>295</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052096970</t>
+          <t>9786257089104</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çağımız ve Türkiye</t>
+          <t>Ayasofya</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>676</v>
+        <v>340</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257089050</t>
+          <t>9786257089111</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Klasik İslam Dönemi Devletleşmesi</t>
+          <t>Virüs ve Toplum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059588836</t>
+          <t>9786257089043</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sezgin Kızılçelik’in Sosyolojisi</t>
+          <t>Okul Öncesi Aktif Öğrenme 6’lı Set</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>355</v>
+        <v>620</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052096963</t>
+          <t>9786257089098</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Üzerine Dersler</t>
+          <t>Atlantis’in Dili Türkçe</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052096505</t>
+          <t>9786257089081</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Devrimi - Ülkeye Adanmış Bir Yaşam 2</t>
+          <t>Ekmek Biterken</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052096956</t>
+          <t>9786257089074</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Toprak Biterken</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>110</v>
+        <v>670</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059588003</t>
+          <t>9786052096987</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Osmanlı</t>
+          <t>Geride Yazılan Kaldı Eleştiri Yazıları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052096048</t>
+          <t>9786257089067</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>1.İslam Ve Sol Çalıştayı</t>
+          <t>Yüzlerce Yıllık Geleneklerden Bilimselliğe Olumlamalar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059588843</t>
+          <t>9786257089029</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Düşünme Yazıları 1</t>
+          <t>Kuzey İrlanda Sorununun Tarihsel Kökenleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>760</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052096024</t>
+          <t>9786257089018</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkeleri Neden Geri Kaldı?</t>
+          <t>İkinci Adamın Manevi Dünyası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058114029</t>
+          <t>9786055296681</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Batıya Yolculuk - Maymun Kral Efsanesi</t>
+          <t>Psikoskopist</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052096864</t>
+          <t>9786052096970</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sosyolojisine Giriş</t>
+          <t>Çağımız ve Türkiye</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>355</v>
+        <v>845</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052096826</t>
+          <t>9786257089050</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ataname</t>
+          <t>Klasik İslam Dönemi Devletleşmesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>598</v>
+        <v>480</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052096895</t>
+          <t>9786059588836</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kurucu Anayasa Mühendisliği ve İletişim Modeli</t>
+          <t>Sezgin Kızılçelik’in Sosyolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>396</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052096789</t>
+          <t>9786052096963</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kaan Polatlar Seti (6 Kitap)</t>
+          <t>Çağdaş Düşünme Üzerine Dersler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1014</v>
+        <v>530</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052096772</t>
+          <t>9786052096505</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Tarihsel Kişilikleri Seti (5 Kitap)</t>
+          <t>Atatürk ve Türk Devrimi - Ülkeye Adanmış Bir Yaşam 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>819</v>
+        <v>600</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052096833</t>
+          <t>9786052096956</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Batı Saldırısı</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>416</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052096918</t>
+          <t>9786059588003</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şeyhler Müritler ve Yalancı Peygamberler</t>
+          <t>Bilinmeyen Osmanlı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052096901</t>
+          <t>9786052096048</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İran Öykü Antolojisi</t>
+          <t>1.İslam Ve Sol Çalıştayı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>234</v>
+        <v>185</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052096840</t>
+          <t>9786059588843</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yol Haritası</t>
+          <t>Çağdaş Düşünme Yazıları 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>414</v>
+        <v>900</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052096796</t>
+          <t>9786052096024</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Görüntü ve Anlam</t>
+          <t>İslam Ülkeleri Neden Geri Kaldı?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052096802</t>
+          <t>9786058114029</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Davranışlar Sosyolojisi</t>
+          <t>Batıya Yolculuk - Maymun Kral Efsanesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052096710</t>
+          <t>9786052096864</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tarih Türklerde Başlar</t>
+          <t>Sağlık Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059588867</t>
+          <t>9786052096826</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>1919 Gizli ABD İşgali - Çizgi Roman Özetli</t>
+          <t>Ataname</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052096734</t>
+          <t>9786052096895</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yüzük</t>
+          <t>Kurucu Anayasa Mühendisliği ve İletişim Modeli</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>227</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052096703</t>
+          <t>9786052096789</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Şirima İle Altımız Kupkuru</t>
+          <t>Kaan Polatlar Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052096697</t>
+          <t>9786052096772</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Gözlerimi Yakıp Geçerken</t>
+          <t>Doğu’nun Tarihsel Kişilikleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>186</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052096666</t>
+          <t>9786052096833</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gülün Hikayesi</t>
+          <t>Dünyaya Batı Saldırısı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052096673</t>
+          <t>9786052096918</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Doğu Uyanıyor - Çin Devrim Tarihi</t>
+          <t>Şeyhler Müritler ve Yalancı Peygamberler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>304</v>
+        <v>340</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052096642</t>
+          <t>9786052096901</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Osmanlılık</t>
+          <t>İran Öykü Antolojisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052096567</t>
+          <t>9786052096840</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İran Modern Tarih</t>
+          <t>Yol Haritası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>520</v>
+        <v>414</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052096581</t>
+          <t>9786052096796</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Halkevleri Üzerine Kısa Notlar</t>
+          <t>Görüntü ve Anlam</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052096529</t>
+          <t>9786052096802</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yayıncılığının Tarihsel Serüveni</t>
+          <t>Toplumsal Davranışlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>287</v>
+        <v>310</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052096536</t>
+          <t>9786052096710</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Öncesi ve Sonrası Toplum Teorileri</t>
+          <t>Tarih Türklerde Başlar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>760</v>
+        <v>430</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052096574</t>
+          <t>9786059588867</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İran</t>
+          <t>1919 Gizli ABD İşgali - Çizgi Roman Özetli</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052096444</t>
+          <t>9786052096734</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Devlet Koruma Teşkilatı VIP Asistanlık ve Yakın Koruma Programı</t>
+          <t>Yüzük</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052096437</t>
+          <t>9786052096703</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Millet (Ciltli)</t>
+          <t>Şirima İle Altımız Kupkuru</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>780</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052096406</t>
+          <t>9786052096697</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Durkheim'in Din Sosyolojisi</t>
+          <t>Gözlerin Gözlerimi Yakıp Geçerken</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>270</v>
+        <v>232</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052096413</t>
+          <t>9786052096666</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemine Giden Yol</t>
+          <t>Kızıl Gülün Hikayesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052096376</t>
+          <t>9786052096673</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>C - Fit</t>
+          <t>Doğu Uyanıyor - Çin Devrim Tarihi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052096345</t>
+          <t>9786052096642</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sevince</t>
+          <t>Kemal Tahir ve Osmanlılık</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052096383</t>
+          <t>9786052096567</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yol ve İz</t>
+          <t>İran Modern Tarih</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>221</v>
+        <v>600</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052096338</t>
+          <t>9786052096581</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tanısal Kardiyoloji</t>
+          <t>Halkevleri Üzerine Kısa Notlar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>950</v>
+        <v>380</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052096390</t>
+          <t>9786052096529</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şeriatın Kestiği Parmak</t>
+          <t>Kitap Yayıncılığının Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052096369</t>
+          <t>9786052096536</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanın Hayatında Aşk Varsa</t>
+          <t>Sosyoloji Öncesi ve Sonrası Toplum Teorileri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>177</v>
+        <v>950</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055669805</t>
+          <t>9786052096574</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Mutfağı</t>
+          <t>İran</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>203</v>
+        <v>600</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052096314</t>
+          <t>9786052096444</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Yeni Medya</t>
+          <t>Devlet Koruma Teşkilatı VIP Asistanlık ve Yakın Koruma Programı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>422</v>
+        <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055669751</t>
+          <t>9786052096437</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hücresel Devrim</t>
+          <t>Kaybolan Millet (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>169</v>
+        <v>950</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055669737</t>
+          <t>9786052096406</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Rengi</t>
+          <t>Durkheim'in Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>211</v>
+        <v>335</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055669768</t>
+          <t>9786052096413</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçe Şiirleri</t>
+          <t>Başkanlık Sistemine Giden Yol</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055669676</t>
+          <t>9786052096376</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Yol Ayrımı</t>
+          <t>C - Fit</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055669638</t>
+          <t>9786052096345</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Göç Sosyolojisi</t>
+          <t>Sevince</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>625</v>
+        <v>320</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055669591</t>
+          <t>9786052096383</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Hukuk</t>
+          <t>Yol ve İz</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>312</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055669553</t>
+          <t>9786052096338</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bugün Zamanı Kıymetlendirecek Ne Yaptık?</t>
+          <t>Tanısal Kardiyoloji</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>186</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055669560</t>
+          <t>9786052096390</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bakan Baki</t>
+          <t>Şeriatın Kestiği Parmak</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>154</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055669614</t>
+          <t>9786052096369</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Zühtü</t>
+          <t>Bir İnsanın Hayatında Aşk Varsa</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>186</v>
+        <v>210</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055669461</t>
+          <t>9786055669805</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı Maliyesinde Poliçe Kullanımı ve Poliçeci Esnafı</t>
+          <t>Yaşamak Mutfağı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>413</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055669515</t>
+          <t>9786052096314</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidinin Egelisi</t>
+          <t>Dil ve Yeni Medya</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>152</v>
+        <v>422</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055669508</t>
+          <t>9786055669751</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Hasar Yönetimi</t>
+          <t>Hücresel Devrim</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>255</v>
+        <v>211</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055669485</t>
+          <t>9786055669737</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ah! Kapitalist Hayat Yaktın Bizi</t>
+          <t>Hüznün Rengi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055669287</t>
+          <t>9786055669768</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Batı Dünya Egemenliği ve Endüstri Devrimi</t>
+          <t>Arka Bahçe Şiirleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>338</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055669294</t>
+          <t>9786055669676</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı İlişkileri Açısından Batı Tarımı</t>
+          <t>Türk Sinemasında Yol Ayrımı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>338</v>
+        <v>310</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055669416</t>
+          <t>9786055669638</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modern Düşünce ve Toplumsal Yapı</t>
+          <t>Göç Sosyolojisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>447</v>
+        <v>750</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055669218</t>
+          <t>9786055669591</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Rahatsızım</t>
+          <t>Modernleşme ve Hukuk</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>221</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055669256</t>
+          <t>9786055669553</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Durmayan Adam</t>
+          <t>Bugün Zamanı Kıymetlendirecek Ne Yaptık?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052096246</t>
+          <t>9786055669560</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Issız Derinlik</t>
+          <t>Bakan Baki</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052096192</t>
+          <t>9786055669614</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hürriyet</t>
+          <t>Zühtü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052096222</t>
+          <t>9786055669461</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Doğu - Batı Çatışması</t>
+          <t>Geç Dönem Osmanlı Maliyesinde Poliçe Kullanımı ve Poliçeci Esnafı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>780</v>
+        <v>413</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052096116</t>
+          <t>9786055669515</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Son Resim</t>
+          <t>Hey Gidinin Egelisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>244</v>
+        <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052096185</t>
+          <t>9786055669508</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gönül Titredi Kalem Yazdı</t>
+          <t>Stratejik Hasar Yönetimi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>203</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052096208</t>
+          <t>9786055669485</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Sicimi’nden Amerikan Bezi’ne</t>
+          <t>Ah! Kapitalist Hayat Yaktın Bizi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052096055</t>
+          <t>9786055669287</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Sonbahar</t>
+          <t>Batı Dünya Egemenliği ve Endüstri Devrimi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>169</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052096130</t>
+          <t>9786055669294</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Maske</t>
+          <t>Doğu - Batı İlişkileri Açısından Batı Tarımı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>338</v>
+        <v>420</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052096123</t>
+          <t>9786055669416</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı</t>
+          <t>Türkiye’de Modern Düşünce ve Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052096178</t>
+          <t>9786055669218</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Bektaşilik Alevilik ve Mevleviliğin Kökenleri</t>
+          <t>Rahatsızım</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>565</v>
+        <v>275</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059588973</t>
+          <t>9786055669256</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Paralel Devleti Kadızadeliler</t>
+          <t>Durmayan Adam</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>321</v>
+        <v>335</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052096161</t>
+          <t>9786052096246</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Geri Kalmışlık ve Terör</t>
+          <t>Issız Derinlik</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052096109</t>
+          <t>9786052096192</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Nikolas Diye Bir Genç</t>
+          <t>Devlet ve Hürriyet</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>212</v>
+        <v>600</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059588966</t>
+          <t>9786052096222</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fıçıdaki Kedi</t>
+          <t>Tarihte Doğu - Batı Çatışması</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>135</v>
+        <v>975</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059588713</t>
+          <t>9786052096116</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gitme Henüz Çok Erken</t>
+          <t>Son Resim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>245</v>
+        <v>305</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059588652</t>
+          <t>9786052096185</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan</t>
+          <t>Gönül Titredi Kalem Yazdı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>253</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059588614</t>
+          <t>9786052096208</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Doluya Cidal Sandar</t>
+          <t>İngiliz Sicimi’nden Amerikan Bezi’ne</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059588607</t>
+          <t>9786052096055</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Salon Temsilleri</t>
+          <t>İstanbul’da Sonbahar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059588577</t>
+          <t>9786052096130</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Çocuklar İçin Fotoğraflarla Nutuk)</t>
+          <t>Maske</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>152</v>
+        <v>420</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059588492</t>
+          <t>9786052096123</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Galiçya Cephesi'ndeki Türk Askerinin Müttefik Algısı</t>
+          <t>Erik Ağacı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055296933</t>
+          <t>9786052096178</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Allah</t>
+          <t>Ahilik Bektaşilik Alevilik ve Mevleviliğin Kökenleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>422</v>
+        <v>600</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059588362</t>
+          <t>9786059588973</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-İran İlişkileri (1482-1576)</t>
+          <t>Osmanlı’nın Paralel Devleti Kadızadeliler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059588133</t>
+          <t>9786052096161</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinin Ana Sorunları</t>
+          <t>Geri Kalmışlık ve Terör</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059588355</t>
+          <t>9786052096109</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Toplum Farklılaşmaları ve Din Olayı</t>
+          <t>Nikolas Diye Bir Genç</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>405</v>
+        <v>265</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059588379</t>
+          <t>9786059588966</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bilim Sosyolojisi ve Yöntem Tartışmaları</t>
+          <t>Fıçıdaki Kedi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059588195</t>
+          <t>9786059588713</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rochester'daki Türkler</t>
+          <t>Gitme Henüz Çok Erken</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>186</v>
+        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059588287</t>
+          <t>9786059588652</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Türkiye Cumhuriyeti’nde Kimlik Arayışları (1718-1938)</t>
+          <t>Yarım Kalan</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>442</v>
+        <v>320</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059588256</t>
+          <t>9786059588614</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Denilince</t>
+          <t>Yağmurdan Doluya Cidal Sandar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>169</v>
+        <v>325</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059588232</t>
+          <t>9786059588607</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mektep Temsilleri</t>
+          <t>Salon Temsilleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>253</v>
+        <v>312</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059588171</t>
+          <t>9786059588577</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bestseller Okuma Kılavuzu</t>
+          <t>Nutuk (Çocuklar İçin Fotoğraflarla Nutuk)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059093637</t>
+          <t>9786059588492</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyoloji Üniversitede 101. Yıl</t>
+          <t>Galiçya Cephesi'ndeki Türk Askerinin Müttefik Algısı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>372</v>
+        <v>295</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059093934</t>
+          <t>9786055296933</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Modern Antrenörlük</t>
+          <t>Devlet ve Allah</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>390</v>
+        <v>422</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059093842</t>
+          <t>9786059588362</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusunda Modernizasyon ve Demodernizasyon 1826-1918</t>
+          <t>Osmanlı-İran İlişkileri (1482-1576)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>468</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059093859</t>
+          <t>9786059588133</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Pelikül Haberler</t>
+          <t>Türk Sosyolojisinin Ana Sorunları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>278</v>
+        <v>550</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059093668</t>
+          <t>9786059588355</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Göçebe - Çoban Halkların Tarihsel Rolleri</t>
+          <t>Toplum Farklılaşmaları ve Din Olayı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>228</v>
+        <v>500</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059093675</t>
+          <t>9786059588379</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm</t>
+          <t>Bilim Sosyolojisi ve Yöntem Tartışmaları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>845</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059093620</t>
+          <t>9786059588195</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Milli Terbiye</t>
+          <t>Rochester'daki Türkler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>212</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059093644</t>
+          <t>9786059588287</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkler ve Büyük Bozkır Kıpçaklar (Ciltli)</t>
+          <t>Osmanlı ve Türkiye Cumhuriyeti’nde Kimlik Arayışları (1718-1938)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>845</v>
+        <v>520</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055296322</t>
+          <t>9786059588256</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Edirne İçin (Ciltli)</t>
+          <t>Çocuk Edebiyatı Denilince</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1050</v>
+        <v>210</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059093521</t>
+          <t>9786059588232</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Derin İslam - Mezhepler ve Hadisler Işığında Öteki Din</t>
+          <t>Mektep Temsilleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>468</v>
+        <v>310</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059093491</t>
+          <t>9786059588171</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisinin Temel İlkeleri</t>
+          <t>Bestseller Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059093354</t>
+          <t>9786059093637</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ulum-u İktisadiye ve İçtimaiye Mecmuası (3 Kitap Takım)</t>
+          <t>Türkiye'de Sosyoloji Üniversitede 101. Yıl</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059093590</t>
+          <t>9786059093934</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Düşkıranlar</t>
+          <t>Modern Antrenörlük</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>321</v>
+        <v>410</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059093194</t>
+          <t>9786059093842</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve İktidar</t>
+          <t>Osmanlı Ordusunda Modernizasyon ve Demodernizasyon 1826-1918</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>177</v>
+        <v>520</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059093330</t>
+          <t>9786059093859</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Efeler</t>
+          <t>Pelikül Haberler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055296391</t>
+          <t>9786059093668</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Liderlerin Dış Politika Felsefesi ve Uygulamaları</t>
+          <t>Göçebe - Çoban Halkların Tarihsel Rolleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>338</v>
+        <v>285</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059093170</t>
+          <t>9786059093675</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağını Anlamak : Bir Gezi Parkı Araştırması</t>
+          <t>Pragmatizm</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>203</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059093026</t>
+          <t>9786059093620</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Eleştirellik</t>
+          <t>Milli Terbiye</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055296827</t>
+          <t>9786059093644</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Oynuyoruz</t>
+          <t>Avrupa Türkler ve Büyük Bozkır Kıpçaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>950</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055296841</t>
+          <t>9786055296322</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Öğreniyoruz</t>
+          <t>Edirne İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>110</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055296834</t>
+          <t>9786059093521</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Neler Neler Yapıyoruz</t>
+          <t>Derin İslam - Mezhepler ve Hadisler Işığında Öteki Din</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>110</v>
+        <v>580</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055296858</t>
+          <t>9786059093491</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'taki Ütopya</t>
+          <t>Osmanlı Mimarisinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>244</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059093248</t>
+          <t>9786059093354</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kadim Bilgelik</t>
+          <t>Ulum-u İktisadiye ve İçtimaiye Mecmuası (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059093262</t>
+          <t>9786059093590</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Devlet</t>
+          <t>Düşkıranlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059093163</t>
+          <t>9786059093194</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Barbar Batı</t>
+          <t>Arzu ve İktidar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059093255</t>
+          <t>9786059093330</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Ana Başlıkları</t>
+          <t>Efeler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059932318</t>
+          <t>9786055296391</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tinin Sosyolojisi</t>
+          <t>Liderlerin Dış Politika Felsefesi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>405</v>
+        <v>338</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055296902</t>
+          <t>9786059093170</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Süzgecinde Çağlar Boyu Din Kavgaları</t>
+          <t>Y Kuşağını Anlamak : Bir Gezi Parkı Araştırması</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>228</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055296940</t>
+          <t>9786059093026</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan İlişkileri Üzerine Makaleler</t>
+          <t>Sanatta Eleştirellik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>490</v>
+        <v>610</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059093019</t>
+          <t>9786055296827</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İşsiz</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Oynuyoruz</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>169</v>
+        <v>140</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055296889</t>
+          <t>9786055296841</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yollar Yanılmaz</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Öğreniyoruz</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>153</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055296964</t>
+          <t>9786055296834</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Mistik Bir Şair: Andrey Tarkovski</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Neler Neler Yapıyoruz</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>221</v>
+        <v>140</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055296865</t>
+          <t>9786055296858</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Oyun İstasyonu</t>
+          <t>Tevrat'taki Ütopya</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>110</v>
+        <v>305</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055296872</t>
+          <t>9786059093248</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Doğum Günü</t>
+          <t>Kadim Bilgelik</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>110</v>
+        <v>335</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055296896</t>
+          <t>9786059093262</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kelkız ile Keloğlan’ın Maceraları - Büyüyoruz</t>
+          <t>Duygusal Devlet</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055296803</t>
+          <t>9786059093163</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculuk - Japon Sineması Manga ve Anime</t>
+          <t>Barbar Batı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055296209</t>
+          <t>9786059093255</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Sesi Mektuplar</t>
+          <t>Sosyolojinin Ana Başlıkları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>186</v>
+        <v>475</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055296063</t>
+          <t>9786059932318</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Üç Medeniyet</t>
+          <t>Tinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055296193</t>
+          <t>9786055296902</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme</t>
+          <t>Tarihin Süzgecinde Çağlar Boyu Din Kavgaları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055296124</t>
+          <t>9786055296940</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Sırbistan İlişkileri</t>
+          <t>Türk-Yunan İlişkileri Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>263</v>
+        <v>600</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055296131</t>
+          <t>9786059093019</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Makedonya İlişkileri</t>
+          <t>İşsiz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>263</v>
+        <v>210</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055296070</t>
+          <t>9786055296889</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Temalar 2: Kuram - Uygulama - Sosyalizm</t>
+          <t>Yollar Yanılmaz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>507</v>
+        <v>190</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055296087</t>
+          <t>9786055296964</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Temalar 1: Türkçülük - İslamcılık - Muhafazakarlık</t>
+          <t>Sinemada Mistik Bir Şair: Andrey Tarkovski</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>365</v>
+        <v>275</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055296179</t>
+          <t>9786055296865</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihi Üzerine Araştırmalar</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Oyun İstasyonu</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>495</v>
+        <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055296162</t>
+          <t>9786055296872</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihi - 2</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Doğum Günü</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>495</v>
+        <v>140</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055296155</t>
+          <t>9786055296896</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihi - 1</t>
+          <t>Kelkız ile Keloğlan’ın Maceraları - Büyüyoruz</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>377</v>
+        <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055296100</t>
+          <t>9786055296803</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türk - Rus İlişkileri Üzerine Makaleler</t>
+          <t>Keşif Yolculuk - Japon Sineması Manga ve Anime</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944285179</t>
+          <t>9786055296209</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Konuşuyoruz Sempozyumları 1</t>
+          <t>Vicdanın Sesi Mektuplar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055296018</t>
+          <t>9786055296063</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şaka</t>
+          <t>Üç Medeniyet</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>136</v>
+        <v>330</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9772146520704</t>
+          <t>9786055296193</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 5</t>
+          <t>Türkiye’de Modernleşme</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>245</v>
+        <v>750</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>3990000001385</t>
+          <t>9786055296124</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 3</t>
+          <t>Türkiye - Sırbistan İlişkileri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>3990000016638</t>
+          <t>9786055296131</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 2</t>
+          <t>Türkiye - Makedonya İlişkileri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786056115448</t>
+          <t>9786055296070</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Turan ve Doğu Birliği</t>
+          <t>Türk Sosyolojisinde Temalar 2: Kuram - Uygulama - Sosyalizm</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>500</v>
+        <v>620</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786056115479</t>
+          <t>9786055296087</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunda Yenileşme ve Buhar Makineleri</t>
+          <t>Türk Sosyolojisinde Temalar 1: Türkçülük - İslamcılık - Muhafazakarlık</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786056115486</t>
+          <t>9786055296179</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Mütareke ve Sürgün Hatıraları</t>
+          <t>Türk Sosyoloji Tarihi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>321</v>
+        <v>620</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055296186</t>
+          <t>9786055296162</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mümtaz Turhan ve Batılılaşma Tartışmaları</t>
+          <t>Türk Sosyoloji Tarihi - 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>338</v>
+        <v>610</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055296001</t>
+          <t>9786055296155</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Macar Kardeşler</t>
+          <t>Türk Sosyoloji Tarihi - 1</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>236</v>
+        <v>470</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055296292</t>
+          <t>9786055296100</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hurafelerle Savaşı</t>
+          <t>Türk - Rus İlişkileri Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>236</v>
+        <v>360</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055296056</t>
+          <t>9789944285179</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kırım-Tatar Atasözleri</t>
+          <t>Tarihi Konuşuyoruz Sempozyumları 1</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786056204265</t>
+          <t>9786055296018</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İşgali 1918-1923</t>
+          <t>Şaka</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>405</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055296049</t>
+          <t>9772146520704</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Rum Cemaatinin Osmanlı Mimarisindeki Temsiliyeti</t>
+          <t>Sosyologca Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>507</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786056204234</t>
+          <t>3990000001385</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Kapitalizm</t>
+          <t>Sosyologca Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055296230</t>
+          <t>3990000016638</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hatıra - Roman İlişkisi ve Münevver Ayaşlı Romanları</t>
+          <t>Sosyologca Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>152</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055296117</t>
+          <t>9786056115448</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Etnografya’nın Türkiye’ye Girişi ve İlm-i Ahval-i Akvam</t>
+          <t>Sosyalist Turan ve Doğu Birliği</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>620</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786056204227</t>
+          <t>9786056115479</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Afgani ve Türk Dünyası</t>
+          <t>Osmanlı İmparatorluğunda Yenileşme ve Buhar Makineleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055292065</t>
+          <t>9786056115486</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İndirdiği ve İnsanların Uydurduğu Din</t>
+          <t>Mütareke ve Sürgün Hatıraları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055296216</t>
+          <t>9786055296186</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dilde, Fikirde ve İşte Birlik</t>
+          <t>Mümtaz Turhan ve Batılılaşma Tartışmaları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>312</v>
+        <v>420</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055292058</t>
+          <t>9786055296001</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık ve Dincilik</t>
+          <t>Macar Kardeşler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>208</v>
+        <v>290</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055296742</t>
+          <t>9786055296292</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi ve Siyasetname Geleneği</t>
+          <t>Kur'an'ın Hurafelerle Savaşı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>700</v>
+        <v>295</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055296766</t>
+          <t>9786055296056</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Dünyalaşan Gözlerim</t>
+          <t>Kırım-Tatar Atasözleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055296780</t>
+          <t>9786056204265</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sine-Masal Kentler</t>
+          <t>İstanbul’un İşgali 1918-1923</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>455</v>
+        <v>500</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786056204241</t>
+          <t>9786055296049</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sanatı</t>
+          <t>İstanbul Rum Cemaatinin Osmanlı Mimarisindeki Temsiliyeti</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>388</v>
+        <v>620</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055296759</t>
+          <t>9786056204234</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp ve Mefküre Arasındaki Münasebet Vesilesiyle Bir Tedrik Tercümesi</t>
+          <t>İslam ve Kapitalizm</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>156</v>
+        <v>380</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055296612</t>
+          <t>9786055296230</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Kuramsal Tartışmalar ve Dergicilik</t>
+          <t>Hatıra - Roman İlişkisi ve Münevver Ayaşlı Romanları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>351</v>
+        <v>190</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>3990000017596</t>
+          <t>9786055296117</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sosyologca Dergisi Sayı: 6</t>
+          <t>Etnografya’nın Türkiye’ye Girişi ve İlm-i Ahval-i Akvam</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055296261</t>
+          <t>9786056204227</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Güç İlişkileri Açısından Delikanlılık</t>
+          <t>Cemaleddin Afgani ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055296315</t>
+          <t>9786055292065</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Televizyonda Özel Efekt</t>
+          <t>Allah’ın İndirdiği ve İnsanların Uydurduğu Din</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>312</v>
+        <v>260</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055296810</t>
+          <t>9786055296216</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Düş ile Gerçek Arasında : Sahte - Belgesel</t>
+          <t>Dilde, Fikirde ve İşte Birlik</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>355</v>
+        <v>390</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059093033</t>
+          <t>9786055292058</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Otobüstekiler</t>
+          <t>Dindarlık ve Dincilik</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059093217</t>
+          <t>9786055296742</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cehenneminde 500 Alman</t>
+          <t>İslam Siyaset Düşüncesi ve Siyasetname Geleneği</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>860</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059093224</t>
+          <t>9786055296766</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihi - 3</t>
+          <t>Dünyalaşan Gözlerim</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>495</v>
+        <v>135</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059093101</t>
+          <t>9786055296780</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanın Akışında Sinema Sanatı</t>
+          <t>Sine-Masal Kentler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>414</v>
+        <v>560</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055296223</t>
+          <t>9786056204241</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Anadolu’nun Dekorları</t>
+          <t>Yönetim Sanatı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>203</v>
+        <v>460</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059093071</t>
+          <t>9786055296759</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Altın Bağ</t>
+          <t>Ziya Gökalp ve Mefküre Arasındaki Münasebet Vesilesiyle Bir Tedrik Tercümesi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059093149</t>
+          <t>9786055296612</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Modernleşme</t>
+          <t>Türk Sosyolojisinde Kuramsal Tartışmalar ve Dergicilik</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>490</v>
+        <v>460</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055296698</t>
+          <t>3990000017596</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Resulzade : İhtilalci Sosyalizm ve Demokrasi</t>
+          <t>Sosyologca Dergisi Sayı: 6</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>177</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055296704</t>
+          <t>9786055296261</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Girit’te Türk Tasavvuf Kültürü</t>
+          <t>Güç İlişkileri Açısından Delikanlılık</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055296452</t>
+          <t>9786055296315</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İmansız Müslümanlar</t>
+          <t>Sinema ve Televizyonda Özel Efekt</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>228</v>
+        <v>370</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055296445</t>
+          <t>9786055296810</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Halkevi Şiirleri</t>
+          <t>Düş ile Gerçek Arasında : Sahte - Belgesel</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055296674</t>
+          <t>9786059093033</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yeni Köy Sosyolojisi Tartışmaları - Küreselden Yerele Tarım Politikaları</t>
+          <t>Otobüstekiler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055296643</t>
+          <t>9786059093217</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Güzelhisar-ı Aydından İki Mahalle Hasanefendi ve Ramazanpaşa</t>
+          <t>Çanakkale Cehenneminde 500 Alman</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>473</v>
+        <v>390</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055296667</t>
+          <t>9786059093224</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Devrimcilik, Buhran ve Muhafazakarlık Tartışmaları</t>
+          <t>Türk Sosyoloji Tarihi - 3</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>390</v>
+        <v>610</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055296476</t>
+          <t>9786059093101</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Osmanlı’da Basının Tarihsel Gelişimi</t>
+          <t>Modern Zamanın Akışında Sinema Sanatı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055296513</t>
+          <t>9786055296223</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Fırtına İkliminde</t>
+          <t>Dünden Bugüne Anadolu’nun Dekorları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>152</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055296438</t>
+          <t>9786059093071</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İaşe'de Kırkbeş Gün</t>
+          <t>Altın Bağ</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055296346</t>
+          <t>9786059093149</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasından Halil Açıkgöz’e Armağan</t>
+          <t>Cumhuriyet ve Modernleşme</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>296</v>
+        <v>600</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055296407</t>
+          <t>9786055296698</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ulum-u İktisadiyye ve İctimaiyye Mecmuası</t>
+          <t>Mehmet Emin Resulzade : İhtilalci Sosyalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>236</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055296384</t>
+          <t>9786055296704</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kültür Turizmi</t>
+          <t>Dünden Bugüne Girit’te Türk Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055296285</t>
+          <t>9786055296452</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyolojisinde Metodolojik Değişmeler 1980-2003</t>
+          <t>İmansız Müslümanlar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055296278</t>
+          <t>9786055296445</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dün-Bugün İlişkisi Bağlamında Sadık Rıfat Paşa</t>
+          <t>Halkevi Şiirleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055296353</t>
+          <t>9786055296674</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Baykan Sezer’de Doğu-Batı Sorunu</t>
+          <t>Yeni Köy Sosyolojisi Tartışmaları - Küreselden Yerele Tarım Politikaları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055296339</t>
+          <t>9786055296643</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türk-Bulgar İlişkileri Üzerine Makaleler</t>
+          <t>Güzelhisar-ı Aydından İki Mahalle Hasanefendi ve Ramazanpaşa</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>278</v>
+        <v>580</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055296254</t>
+          <t>9786055296667</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan 12 Mart’a Türkiye'de Siyasal Fikir Hareketleri</t>
+          <t>Türk Sosyolojisinde Devrimcilik, Buhran ve Muhafazakarlık Tartışmaları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
+          <t>9786055296476</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada ve Osmanlı’da Basının Tarihsel Gelişimi</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786055296513</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına İkliminde</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786055296438</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>İaşe'de Kırkbeş Gün</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055296346</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasından Halil Açıkgöz’e Armağan</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055296407</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Ulum-u İktisadiyye ve İctimaiyye Mecmuası</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786055296384</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kültür Turizmi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786055296285</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sosyolojisinde Metodolojik Değişmeler 1980-2003</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055296278</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Dün-Bugün İlişkisi Bağlamında Sadık Rıfat Paşa</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786055296353</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Baykan Sezer’de Doğu-Batı Sorunu</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055296339</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Bulgar İlişkileri Üzerine Makaleler</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055296254</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>27 Mayıs’tan 12 Mart’a Türkiye'de Siyasal Fikir Hareketleri</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
           <t>9786055296360</t>
         </is>
       </c>
-      <c r="B426" s="1" t="inlineStr">
+      <c r="B437" s="1" t="inlineStr">
         <is>
           <t>Emeviler</t>
         </is>
       </c>
-      <c r="C426" s="1">
-        <v>270</v>
+      <c r="C437" s="1">
+        <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>