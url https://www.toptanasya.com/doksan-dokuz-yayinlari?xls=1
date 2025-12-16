--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1060 +85,1120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259954004</t>
+          <t>9786259636023</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Şipşirin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259636009</t>
+          <t>9786259636030</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Ölmedi</t>
+          <t>Merdümgiriz</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259718996</t>
+          <t>9786259636016</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Mini Adab-ı Muaşeret Ansiklopedisi</t>
+          <t>Gönülden Dile Dilden Gönüle “Gönül Sohbetleri Atışmalar”</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259718989</t>
+          <t>9786259960784</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İman, İslam ve Kur'an</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259718972</t>
+          <t>9786259954004</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşlu, Açıklamalı ve Dualı Yasin-i Şerif</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259718965</t>
+          <t>9786259636009</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Yüceye “Esmâ-ül Hüsna”</t>
+          <t>Don Kişot Ölmedi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259718958</t>
+          <t>9786259718996</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sen Maskesiz Olandır</t>
+          <t>Minik Kalplere Mini Adab-ı Muaşeret Ansiklopedisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259718941</t>
+          <t>9786259718989</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam’ı Yaşama Sanatı</t>
+          <t>İman, İslam ve Kur'an</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259718934</t>
+          <t>9786259718972</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Resul-i Ekrem Hayatı, Mücahedesi, Manevi Şahsiyeti</t>
+          <t>Türkçe Okunuşlu, Açıklamalı ve Dualı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259718927</t>
+          <t>9786259718965</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Revizyon Otopsişizm</t>
+          <t>Gönülden Dile Dilden Yüceye “Esmâ-ül Hüsna”</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259718910</t>
+          <t>9786259718958</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keçi Keni</t>
+          <t>İçindeki Sen Maskesiz Olandır</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259718903</t>
+          <t>9786259718941</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balonlar</t>
+          <t>Bütün Yönleriyle İslam’ı Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259817699</t>
+          <t>9786259718934</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bir Katil</t>
+          <t>Resul-i Ekrem Hayatı, Mücahedesi, Manevi Şahsiyeti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259817675</t>
+          <t>9786259718927</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümit Düşünce Yazıları 1</t>
+          <t>Revizyon Otopsişizm</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259817682</t>
+          <t>9786259718910</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Korku Ve Ümit Düşünce Yazıları 2</t>
+          <t>İnatçı Keçi Keni</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259817668</t>
+          <t>9786259718903</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Valla’nın Tanrıları</t>
+          <t>Renkli Balonlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259817644</t>
+          <t>9786259817699</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizenin Gün Doğumu</t>
+          <t>Dostum Bir Katil</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259817637</t>
+          <t>9786259817675</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yenilenmek ve Yenilikçi Olmak Çağı</t>
+          <t>Korku ve Ümit Düşünce Yazıları 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259817620</t>
+          <t>9786259817682</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendindeki Tanrısal Işığı Fark Et!</t>
+          <t>Korku Ve Ümit Düşünce Yazıları 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259817613</t>
+          <t>9786259817668</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Valla’nın Tanrıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259817606</t>
+          <t>9786259817644</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güneş Patlamaları Son Direniş</t>
+          <t>Bir Mucizenin Gün Doğumu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259841335</t>
+          <t>9786259817637</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Esması İçimizde</t>
+          <t>Yenilenmek ve Yenilikçi Olmak Çağı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259841380</t>
+          <t>9786259817620</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayaller ve Hayatler</t>
+          <t>Kendindeki Tanrısal Işığı Fark Et!</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259841397</t>
+          <t>9786259817613</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>T-987 Tatil Aşkı</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259841366</t>
+          <t>9786259817606</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarı</t>
+          <t>Güneş Patlamaları Son Direniş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259841359</t>
+          <t>9786259841335</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mübrem</t>
+          <t>Esması İçimizde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259444772</t>
+          <t>9786259841380</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dünya Model İnsanı Arıyor</t>
+          <t>Hayaller ve Hayatler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259841328</t>
+          <t>9786259841397</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları</t>
+          <t>T-987 Tatil Aşkı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259841311</t>
+          <t>9786259841366</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Büyükler ve Küçükler</t>
+          <t>Deniz Kenarı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259444796</t>
+          <t>9786259841359</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dudak Yarası</t>
+          <t>Mübrem</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259841304</t>
+          <t>9786259444772</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mor Kelebek</t>
+          <t>Dünya Model İnsanı Arıyor</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259444789</t>
+          <t>9786259841328</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Solo Tanbur İçin Egzersizler Etüdler ve Eserler</t>
+          <t>Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259444765</t>
+          <t>9786259841311</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Günceye - Kıssalar</t>
+          <t>Büyükler ve Küçükler</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259444741</t>
+          <t>9786259444796</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ты способен на большее</t>
+          <t>Dudak Yarası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259444734</t>
+          <t>9786259841304</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tuna - Fırat</t>
+          <t>Mor Kelebek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259444703</t>
+          <t>9786259444789</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>O Benim İşte</t>
+          <t>Solo Tanbur İçin Egzersizler Etüdler ve Eserler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259895383</t>
+          <t>9786259444765</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Memleket</t>
+          <t>Gönülden Dile Dilden Günceye - Kıssalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259895369</t>
+          <t>9786259444741</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>ты способен на большее</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259895376</t>
+          <t>9786259444734</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kapısı</t>
+          <t>Tuna - Fırat</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259895314</t>
+          <t>9786259444703</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Niceye “Kur’an’da Mü’minler”</t>
+          <t>O Benim İşte</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259954080</t>
+          <t>9786259895383</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız ile Bız Bız</t>
+          <t>Nazım Hikmet ve Memleket</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259895307</t>
+          <t>9786259895369</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuş Yuvasından Çorba</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259954097</t>
+          <t>9786259895376</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Türediği Ülke 2</t>
+          <t>Leyla’nın Kapısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259895321</t>
+          <t>9786259895314</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ayna “Hislerimin Aynası”</t>
+          <t>Gönülden Dile Dilden Niceye “Kur’an’da Mü’minler”</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259960777</t>
+          <t>9786259954080</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Elif Söylencesi</t>
+          <t>Vız Vız ile Bız Bız</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259895390</t>
+          <t>9786259895307</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Siz 'Sensiz’</t>
+          <t>Kuş Yuvasından Çorba</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259954066</t>
+          <t>9786259954097</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kara Çalı</t>
+          <t>Şeytanın Türediği Ülke 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259895352</t>
+          <t>9786259895321</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Güncelleştirilmiş, Açıklamalı Meal-Tefsir</t>
+          <t>Ayna “Hislerimin Aynası”</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259895338</t>
+          <t>9786259960777</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mucizem Doğdu</t>
+          <t>Bir Elif Söylencesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259954042</t>
+          <t>9786259895390</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cennet Vadisi</t>
+          <t>Sen ve Siz 'Sensiz’</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259954059</t>
+          <t>9786259954066</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyan Var mı?</t>
+          <t>Kara Çalı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259954011</t>
+          <t>9786259895352</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çorum’un İlçelerinin Tarihi Eserleri</t>
+          <t>Kur’an-ı Kerim ve Güncelleştirilmiş, Açıklamalı Meal-Tefsir</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259960760</t>
+          <t>9786259895338</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Mucizem Doğdu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259960791</t>
+          <t>9786259954042</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Çocuklara Yeni Nesil Hikayeler</t>
+          <t>Cennet Vadisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259960739</t>
+          <t>9786259954059</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yaşamak</t>
+          <t>Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259960722</t>
+          <t>9786259954011</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bekleyiş</t>
+          <t>Çorum’un İlçelerinin Tarihi Eserleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259960753</t>
+          <t>9786259960760</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Masal Perisi</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259960746</t>
+          <t>9786259960791</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Onla</t>
+          <t>Yeni Nesil Çocuklara Yeni Nesil Hikayeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259931043</t>
+          <t>9786259960739</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Eceye Sevgi Seli</t>
+          <t>Doğru Yaşamak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259931074</t>
+          <t>9786259960722</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uçmaya Küsen Leylek</t>
+          <t>Hüzünlü Bekleyiş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259931098</t>
+          <t>9786259960753</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Muktedir Hoca İle Hayati Meseleler</t>
+          <t>Masal Perisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259960708</t>
+          <t>9786259960746</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İşte Entelekya</t>
+          <t>Onla</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259931081</t>
+          <t>9786259931043</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Gelecek: Kraliçelerin Hükmü</t>
+          <t>Gönülden Dile Dilden Eceye Sevgi Seli</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259931067</t>
+          <t>9786259931074</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çiroz Efe</t>
+          <t>Uçmaya Küsen Leylek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259931036</t>
+          <t>9786259931098</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Müşfika</t>
+          <t>Muktedir Hoca İle Hayati Meseleler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259931050</t>
+          <t>9786259960708</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Öykülerle Atasözleri 2</t>
+          <t>İşte Entelekya</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259931029</t>
+          <t>9786259931081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadının El Kitabı</t>
+          <t>Bilinmeyen Gelecek: Kraliçelerin Hükmü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
+          <t>9786259931067</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Çiroz Efe</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786259931036</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Müşfika</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786259931050</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Öykülerle Atasözleri 2</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786259931029</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Kadının El Kitabı</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
           <t>9786259931012</t>
         </is>
       </c>
-      <c r="B69" s="1" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Masalları</t>
         </is>
       </c>
-      <c r="C69" s="1">
+      <c r="C73" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>