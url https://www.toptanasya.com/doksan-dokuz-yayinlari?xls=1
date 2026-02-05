--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,1120 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259636023</t>
+          <t>9786259636047</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şipşirin</t>
+          <t>Yaradan’ın Şifresi “Aşk”</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259636030</t>
+          <t>9786259636023</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Merdümgiriz</t>
+          <t>Şipşirin</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259636016</t>
+          <t>9786259636030</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Gönüle “Gönül Sohbetleri Atışmalar”</t>
+          <t>Merdümgiriz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259960784</t>
+          <t>9786259636016</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Akrep</t>
+          <t>Gönülden Dile Dilden Gönüle “Gönül Sohbetleri Atışmalar”</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259954004</t>
+          <t>9786259960784</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259636009</t>
+          <t>9786259954004</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Ölmedi</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259718996</t>
+          <t>9786259636009</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Mini Adab-ı Muaşeret Ansiklopedisi</t>
+          <t>Don Kişot Ölmedi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259718989</t>
+          <t>9786259718996</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İman, İslam ve Kur'an</t>
+          <t>Minik Kalplere Mini Adab-ı Muaşeret Ansiklopedisi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259718972</t>
+          <t>9786259718989</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşlu, Açıklamalı ve Dualı Yasin-i Şerif</t>
+          <t>İman, İslam ve Kur'an</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259718965</t>
+          <t>9786259718972</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Yüceye “Esmâ-ül Hüsna”</t>
+          <t>Türkçe Okunuşlu, Açıklamalı ve Dualı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259718958</t>
+          <t>9786259718965</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sen Maskesiz Olandır</t>
+          <t>Gönülden Dile Dilden Yüceye “Esmâ-ül Hüsna”</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259718941</t>
+          <t>9786259718958</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam’ı Yaşama Sanatı</t>
+          <t>İçindeki Sen Maskesiz Olandır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259718934</t>
+          <t>9786259718941</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Resul-i Ekrem Hayatı, Mücahedesi, Manevi Şahsiyeti</t>
+          <t>Bütün Yönleriyle İslam’ı Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259718927</t>
+          <t>9786259718934</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Revizyon Otopsişizm</t>
+          <t>Resul-i Ekrem Hayatı, Mücahedesi, Manevi Şahsiyeti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259718910</t>
+          <t>9786259718927</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keçi Keni</t>
+          <t>Revizyon Otopsişizm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259718903</t>
+          <t>9786259718910</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balonlar</t>
+          <t>İnatçı Keçi Keni</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259817699</t>
+          <t>9786259718903</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dostum Bir Katil</t>
+          <t>Renkli Balonlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259817675</t>
+          <t>9786259817699</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümit Düşünce Yazıları 1</t>
+          <t>Dostum Bir Katil</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259817682</t>
+          <t>9786259817675</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Korku Ve Ümit Düşünce Yazıları 2</t>
+          <t>Korku ve Ümit Düşünce Yazıları 1</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259817668</t>
+          <t>9786259817682</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Valla’nın Tanrıları</t>
+          <t>Korku Ve Ümit Düşünce Yazıları 2</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259817644</t>
+          <t>9786259817668</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizenin Gün Doğumu</t>
+          <t>Valla’nın Tanrıları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259817637</t>
+          <t>9786259817644</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yenilenmek ve Yenilikçi Olmak Çağı</t>
+          <t>Bir Mucizenin Gün Doğumu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259817620</t>
+          <t>9786259817637</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kendindeki Tanrısal Işığı Fark Et!</t>
+          <t>Yenilenmek ve Yenilikçi Olmak Çağı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259817613</t>
+          <t>9786259817620</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Kendindeki Tanrısal Işığı Fark Et!</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259817606</t>
+          <t>9786259817613</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Güneş Patlamaları Son Direniş</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259841335</t>
+          <t>9786259817606</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Esması İçimizde</t>
+          <t>Güneş Patlamaları Son Direniş</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259841380</t>
+          <t>9786259841335</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayaller ve Hayatler</t>
+          <t>Esması İçimizde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259841397</t>
+          <t>9786259841380</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>T-987 Tatil Aşkı</t>
+          <t>Hayaller ve Hayatler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259841366</t>
+          <t>9786259841397</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarı</t>
+          <t>T-987 Tatil Aşkı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259841359</t>
+          <t>9786259841366</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mübrem</t>
+          <t>Deniz Kenarı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259444772</t>
+          <t>9786259841359</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünya Model İnsanı Arıyor</t>
+          <t>Mübrem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259841328</t>
+          <t>9786259444772</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözyaşları</t>
+          <t>Dünya Model İnsanı Arıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259841311</t>
+          <t>9786259841328</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Büyükler ve Küçükler</t>
+          <t>Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259444796</t>
+          <t>9786259841311</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dudak Yarası</t>
+          <t>Büyükler ve Küçükler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259841304</t>
+          <t>9786259444796</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mor Kelebek</t>
+          <t>Dudak Yarası</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259444789</t>
+          <t>9786259841304</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Solo Tanbur İçin Egzersizler Etüdler ve Eserler</t>
+          <t>Mor Kelebek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259444765</t>
+          <t>9786259444789</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Günceye - Kıssalar</t>
+          <t>Solo Tanbur İçin Egzersizler Etüdler ve Eserler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259444741</t>
+          <t>9786259444765</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ты способен на большее</t>
+          <t>Gönülden Dile Dilden Günceye - Kıssalar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259444734</t>
+          <t>9786259444741</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tuna - Fırat</t>
+          <t>ты способен на большее</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259444703</t>
+          <t>9786259444734</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>O Benim İşte</t>
+          <t>Tuna - Fırat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259895383</t>
+          <t>9786259444703</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet ve Memleket</t>
+          <t>O Benim İşte</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259895369</t>
+          <t>9786259895383</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Nazım Hikmet ve Memleket</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259895376</t>
+          <t>9786259895369</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kapısı</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259895314</t>
+          <t>9786259895376</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Niceye “Kur’an’da Mü’minler”</t>
+          <t>Leyla’nın Kapısı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259954080</t>
+          <t>9786259895314</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız ile Bız Bız</t>
+          <t>Gönülden Dile Dilden Niceye “Kur’an’da Mü’minler”</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259895307</t>
+          <t>9786259954080</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuş Yuvasından Çorba</t>
+          <t>Vız Vız ile Bız Bız</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259954097</t>
+          <t>9786259895307</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Türediği Ülke 2</t>
+          <t>Kuş Yuvasından Çorba</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259895321</t>
+          <t>9786259954097</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ayna “Hislerimin Aynası”</t>
+          <t>Şeytanın Türediği Ülke 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259960777</t>
+          <t>9786259895321</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Elif Söylencesi</t>
+          <t>Ayna “Hislerimin Aynası”</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259895390</t>
+          <t>9786259960777</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Siz 'Sensiz’</t>
+          <t>Bir Elif Söylencesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259954066</t>
+          <t>9786259895390</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kara Çalı</t>
+          <t>Sen ve Siz 'Sensiz’</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259895352</t>
+          <t>9786259954066</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Güncelleştirilmiş, Açıklamalı Meal-Tefsir</t>
+          <t>Kara Çalı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259895338</t>
+          <t>9786259895352</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mucizem Doğdu</t>
+          <t>Kur’an-ı Kerim ve Güncelleştirilmiş, Açıklamalı Meal-Tefsir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259954042</t>
+          <t>9786259895338</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cennet Vadisi</t>
+          <t>Mucizem Doğdu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259954059</t>
+          <t>9786259954042</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sesimi Duyan Var mı?</t>
+          <t>Cennet Vadisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259954011</t>
+          <t>9786259954059</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çorum’un İlçelerinin Tarihi Eserleri</t>
+          <t>Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259960760</t>
+          <t>9786259954011</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Çorum’un İlçelerinin Tarihi Eserleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259960791</t>
+          <t>9786259960760</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Çocuklara Yeni Nesil Hikayeler</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259960739</t>
+          <t>9786259960791</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yaşamak</t>
+          <t>Yeni Nesil Çocuklara Yeni Nesil Hikayeler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259960722</t>
+          <t>9786259960739</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bekleyiş</t>
+          <t>Doğru Yaşamak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259960753</t>
+          <t>9786259960722</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Masal Perisi</t>
+          <t>Hüzünlü Bekleyiş</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259960746</t>
+          <t>9786259960753</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Onla</t>
+          <t>Masal Perisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259931043</t>
+          <t>9786259960746</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Dilden Eceye Sevgi Seli</t>
+          <t>Onla</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259931074</t>
+          <t>9786259931043</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uçmaya Küsen Leylek</t>
+          <t>Gönülden Dile Dilden Eceye Sevgi Seli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259931098</t>
+          <t>9786259931074</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Muktedir Hoca İle Hayati Meseleler</t>
+          <t>Uçmaya Küsen Leylek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259960708</t>
+          <t>9786259931098</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İşte Entelekya</t>
+          <t>Muktedir Hoca İle Hayati Meseleler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259931081</t>
+          <t>9786259960708</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Gelecek: Kraliçelerin Hükmü</t>
+          <t>İşte Entelekya</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259931067</t>
+          <t>9786259931081</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çiroz Efe</t>
+          <t>Bilinmeyen Gelecek: Kraliçelerin Hükmü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259931036</t>
+          <t>9786259931067</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Müşfika</t>
+          <t>Çiroz Efe</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259931050</t>
+          <t>9786259931036</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Öykülerle Atasözleri 2</t>
+          <t>Müşfika</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259931029</t>
+          <t>9786259931050</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadının El Kitabı</t>
+          <t>Çocuklara Öykülerle Atasözleri 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9786259931029</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Kadının El Kitabı</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9786259931012</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Masalları</t>
         </is>
       </c>
-      <c r="C73" s="1">
+      <c r="C74" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>