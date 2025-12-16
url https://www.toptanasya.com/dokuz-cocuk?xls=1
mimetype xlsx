--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3085 +85,3955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258099621</t>
+          <t>9786255726001</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Denizlerin Parlayan Yıldızı</t>
+          <t>Sherlock Holmes - Kara Peter</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255982469</t>
+          <t>9786255982995</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Barış Alper Yılmaz – Benim Futbol Kahramanım</t>
+          <t>Sherlock Holmes - Kambur Adam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255982476</t>
+          <t>9786255982964</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız – Benim Futbol Kahramanım</t>
+          <t>Sherlock Holmes - Böcek Avcısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256636095</t>
+          <t>9786255982988</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osimhen - Benim Futbol Kahramanım</t>
+          <t>Sherlock Holmes - Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149.9</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255982407</t>
+          <t>9786255982971</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 6 - Kurtarma Operasyonu</t>
+          <t>Sherlock Holmes - Dans Eden Adamlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255982391</t>
+          <t>9786255982957</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 5 - Karmaşalar Yumağı</t>
+          <t>Sherlock Holmes - Borsacı Katibi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255982414</t>
+          <t>9786255726117</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 7 - Hep Destek, Tam Destek!</t>
+          <t>Sherlock Holmes - Beril Taç Macerası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052050545</t>
+          <t>9786255982933</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir Armut Piş Ağmıza Düş</t>
+          <t>Sherlock Holmes - Beş Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052050378</t>
+          <t>9786255982940</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece (Ciltli)</t>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052050361</t>
+          <t>9786255982926</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir - Armut Piş Ağzıma Düş (Ciltli)</t>
+          <t>Sherlock Holmes - Benekli Kordon</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256030787</t>
+          <t>8786878643502</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aç Hamsterın Dönüşü/ Hayalet Hayvanlar</t>
+          <t>Çocuklar İçin Sherlock Holmes – 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8686054737042</t>
+          <t>9786255726100</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Sherlock Holmes - Üçgen Çatılar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8686054737698</t>
+          <t>9786255726087</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Sherlock Holmes - Üç Öğrencinin Hikayesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8686054737166</t>
+          <t>9786255726070</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Sherlock Holmes - Şeytan Ayağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>8686054737787</t>
+          <t>9786255726063</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8686054737345</t>
+          <t>9786255726056</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Sherlock Holmes - Son Perde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>8686054737677</t>
+          <t>9786255726025</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256402607</t>
+          <t>9786255726049</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kupi</t>
+          <t>Sherlock Holmes - Solgun Asker</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256402591</t>
+          <t>9786255726032</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kasabası</t>
+          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255982094</t>
+          <t>9786255726094</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Duyuyor Musun?</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255982070</t>
+          <t>9786255726018</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Blackpink: Korkak Melek 2</t>
+          <t>Sherlock Holmes - Kızıl Çember</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255982049</t>
+          <t>9786052050552</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Blackpink: Korkak Melek-1</t>
+          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255982025</t>
+          <t>9786052050750</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>BTS-2- ARMY'lerden Mesaj Var "Karışma"</t>
+          <t>Rüzgar Eken Fırtına Biçer - Sakar Şakir 3</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255982018</t>
+          <t>9786257642361</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>BTS-1- ARMY'lerden Mesaj Var "Karışma"</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (5+ Yaş)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256030954</t>
+          <t>9786257642507</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong – Ay’a Ayak Basan İnsan</t>
+          <t>Çocuklar İçin Sudoku Seti (3+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256030763</t>
+          <t>9786257642415</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Kafa 1</t>
+          <t>Çocuklar İçin Sudoku Boyama (4+ Yaş)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256030800</t>
+          <t>9786257642392</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar - Uluyan Köpek Gecesi</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (4+ Yaş)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256030794</t>
+          <t>9786257642354</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar - Tüy Yumağının İntikamı</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (3+ Yaş)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256030770</t>
+          <t>9786257642422</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Kafa 2 - Korsanın Gözü</t>
+          <t>Çocuklar İçin Sudoku Boyama (3+ Yaş)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256030930</t>
+          <t>9786257642408</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Vlad - Vampirlerin Yüz Karası 1</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (4+ Yaş)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256030947</t>
+          <t>9786257642439</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vlad - Vampirlerin Yüz Karası 2</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (3+ Yaş)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256030831</t>
+          <t>9786257642309</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in İstilası</t>
+          <t>Efsane Futbolcular Kutulu Set (5 Kitap Takım - Futbol Topu Hediyeli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256030824</t>
+          <t>9786257642521</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in İntikamı</t>
+          <t>Çocuklar İçin Sudoku Seti (5+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256030817</t>
+          <t>9786257642378</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in Gecesi</t>
+          <t>Çocuklar İçin Sudoku Boyama (5+ Yaş)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256030664</t>
+          <t>9786257642385</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Sayıların Babası</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (5+ Yaş)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256030640</t>
+          <t>9786257642514</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öklid Geometrinin Babası</t>
+          <t>Çocuklar İçin Sudoku Seti (4+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256030701</t>
+          <t>9786257050418</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Oktay Sinanoğlu Türk Einstein'ı</t>
+          <t>Eğlenceli Tekerlekler 16’lı Set</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>880</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256030695</t>
+          <t>9786257050401</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Mimari Defa Üstad Koca Sinan</t>
+          <t>Bay Otobüs - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256030718</t>
+          <t>9786257050395</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hazarfen Ahmet Çelebi Galata'dan Uçan Bilgin</t>
+          <t>Bay Spor Araba - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256030657</t>
+          <t>9786257050388</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Galileo Termometre ve Mikroskopun Mucidi</t>
+          <t>Bay Araba - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256030725</t>
+          <t>9786257050371</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Dünyayı Gezen Seyyah</t>
+          <t>Bay Minibüs - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256030688</t>
+          <t>9786257050425</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar DNA 'nın Şifresini Çözen Dahi</t>
+          <t>Bay Ambulans - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256030671</t>
+          <t>9786257050326</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Arşimet Dünyanın En Büyük Bilim İnsanı</t>
+          <t>Bay Lokomotif - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256030589</t>
+          <t>9786257050272</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Pele - Benim Futbol Kahramanım</t>
+          <t>Bay Cip - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256030572</t>
+          <t>9786257050333</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho – Benim Futbol Kahramanım</t>
+          <t>Bay Çekici - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>149.9</v>
+        <v>84</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256030602</t>
+          <t>9786257050289</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo Nazario – Benim Futbol Kahramanım</t>
+          <t>Bay Gemi - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256030596</t>
+          <t>9786257050340</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sneijder – Benim Futbol Kahramanım</t>
+          <t>Bay Motosiklet - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>149.9</v>
+        <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256030619</t>
+          <t>9786257050302</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zidane – Benim Futbol Kahramanım</t>
+          <t>Bay Kamyonet - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>8789567456131</t>
+          <t>9786257050357</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Seti (10 Kitap)</t>
+          <t>Bay Helikopter - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>330</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>8789567456353</t>
+          <t>9786257050319</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Boyama Seti (3 Kitap)</t>
+          <t>Bay Polis - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>8789567456360</t>
+          <t>9786257050364</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uzay Boyama Seti (3 Kitap)</t>
+          <t>Bay Uçak - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>8789567456148</t>
+          <t>9786257050265</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama Seti (10 Kitap)</t>
+          <t>Bay Kamyon - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>8789567456346</t>
+          <t>9786257050296</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı (3 Kitap)</t>
+          <t>Bay İtfaiye - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>8789567456391</t>
+          <t>9786052050903</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kedi Boyama Seti (3 Kitap)</t>
+          <t>Sona Kalan Dona Kalır - Sakar Şakir 5</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8789567456384</t>
+          <t>9786052050989</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Seti (3 Kitap)</t>
+          <t>Altın Ayak - Futbol Profesörü Deha 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>8789567456377</t>
+          <t>9786052050972</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı (3 Kitap)</t>
+          <t>Gol Makinesi - Futbol Profesörü Deha 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>8789567456100</t>
+          <t>9786052050965</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fil Boyama Seti (3 Kitap)</t>
+          <t>Takım Kaptanı - Futbol Profesörü Deha 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>8789567456124</t>
+          <t>9786052050743</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Seti (10 Kitap)</t>
+          <t>Sakar Şakir 4 - Yalancının Mumu Yanmaz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>330</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>8789567456155</t>
+          <t>9786258099621</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Seti (30 Kitap)</t>
+          <t>Piri Reis - Denizlerin Parlayan Yıldızı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>990</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>8789567456117</t>
+          <t>9786255982469</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Boyama Seti (3 Kitap)</t>
+          <t>Barış Alper Yılmaz – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>8789567456322</t>
+          <t>9786255982476</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Balık Boyama Seti (3 Kitap)</t>
+          <t>Kenan Yıldız – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>8789567456339</t>
+          <t>9786256636095</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Boyama Seti (3 Kitap)</t>
+          <t>Osimhen - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256030411</t>
+          <t>9786255982407</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Uzay Boyama</t>
+          <t>Unicorn Günlüğü 6 - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256030442</t>
+          <t>9786255982391</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Unicorn Boyama</t>
+          <t>Unicorn Günlüğü 5 - Karmaşalar Yumağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256030329</t>
+          <t>9786255982414</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Prenses Boyama</t>
+          <t>Unicorn Günlüğü 7 - Hep Destek, Tam Destek!</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256030541</t>
+          <t>9786052050545</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kawaii Boyama</t>
+          <t>Sakar Şakir Armut Piş Ağmıza Düş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256030350</t>
+          <t>9786052050378</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kedi Boyama</t>
+          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256030268</t>
+          <t>9786052050361</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Denizkızı Boyama</t>
+          <t>Sakar Şakir - Armut Piş Ağzıma Düş (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256030299</t>
+          <t>9786256030787</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Hayvanlar Boyama</t>
+          <t>Aç Hamsterın Dönüşü/ Hayalet Hayvanlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256030510</t>
+          <t>8686054737042</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dinozor Boyama</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256030381</t>
+          <t>8686054737698</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Fil Boyama</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256030480</t>
+          <t>8686054737166</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Balık Boyama</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256030398</t>
+          <t>8686054737787</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Uzay Boyama</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256030435</t>
+          <t>8686054737345</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Unicorn Boyama</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256030282</t>
+          <t>8686054737677</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar Boyama</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>33</v>
+        <v>540</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256030404</t>
+          <t>9786256402607</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Uzay Boyama</t>
+          <t>Köstebek Kupi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256030305</t>
+          <t>9786256402591</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Prenses Boyama</t>
+          <t>Şeker Kasabası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256030428</t>
+          <t>9786255982094</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Unicorn Boyama</t>
+          <t>Renkleri Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256030312</t>
+          <t>9786255982070</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Prenses Boyama</t>
+          <t>Blackpink: Korkak Melek 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256030336</t>
+          <t>9786255982049</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kedi Boyama</t>
+          <t>Blackpink: Korkak Melek-1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256030527</t>
+          <t>9786255982025</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kawaii Boyama</t>
+          <t>BTS-2- ARMY'lerden Mesaj Var "Karışma"</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256030466</t>
+          <t>9786255982018</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Balık Boyama</t>
+          <t>BTS-1- ARMY'lerden Mesaj Var "Karışma"</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256030343</t>
+          <t>9786256030954</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kedi Boyama</t>
+          <t>Neil Armstrong – Ay’a Ayak Basan İnsan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256030534</t>
+          <t>9786256030763</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kawaii Boyama</t>
+          <t>Dikiş Kafa 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256030374</t>
+          <t>9786256030800</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Fil Boyama</t>
+          <t>Hayalet Hayvanlar - Uluyan Köpek Gecesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256030503</t>
+          <t>9786256030794</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dinozor Boyama</t>
+          <t>Hayalet Hayvanlar - Tüy Yumağının İntikamı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256030497</t>
+          <t>9786256030770</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dinozor Boyama</t>
+          <t>Dikiş Kafa 2 - Korsanın Gözü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256030367</t>
+          <t>9786256030930</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Fil Boyama</t>
+          <t>Vlad - Vampirlerin Yüz Karası 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256030275</t>
+          <t>9786256030947</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvanlar Boyama</t>
+          <t>Vlad - Vampirlerin Yüz Karası 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256030473</t>
+          <t>9786256030831</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Balık Boyama</t>
+          <t>Hayalet Ted’in İstilası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256030251</t>
+          <t>9786256030824</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Denizkızı Boyama</t>
+          <t>Hayalet Ted’in İntikamı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256030244</t>
+          <t>9786256030817</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Denizkızı Boyama</t>
+          <t>Hayalet Ted’in Gecesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>33</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256030213</t>
+          <t>9786256030664</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Arda - Benim Futbol Kahramanım</t>
+          <t>Pisagor Sayıların Babası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256030206</t>
+          <t>9786256030640</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kerem - Benim Futbol Kahramanım</t>
+          <t>Öklid Geometrinin Babası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256636088</t>
+          <t>9786256030701</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zaha - Benim Futbol Kahramanım</t>
+          <t>Oktay Sinanoğlu Türk Einstein'ı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256402959</t>
+          <t>9786256030695</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Benim Futbol Kahramanım</t>
+          <t>Mimar Sinan Mimari Defa Üstad Koca Sinan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256402997</t>
+          <t>9786256030718</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Quaresma - Benim Futbol Kahramanım</t>
+          <t>Hazarfen Ahmet Çelebi Galata'dan Uçan Bilgin</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256636019</t>
+          <t>9786256030657</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Musiala - Benim Futbol Kahramanım</t>
+          <t>Galileo Termometre ve Mikroskopun Mucidi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256402942</t>
+          <t>9786256030725</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Benim Futbol Kahramanım</t>
+          <t>Evliya Çelebi Dünyayı Gezen Seyyah</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256636064</t>
+          <t>9786256030688</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hagi - Benim Futbol Kahramanım</t>
+          <t>Aziz Sancar DNA 'nın Şifresini Çözen Dahi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256636002</t>
+          <t>9786256030671</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Alex - Benim Futbol Kahramanım</t>
+          <t>Arşimet Dünyanın En Büyük Bilim İnsanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>149.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256402980</t>
+          <t>9786256030589</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bellingham - Benim Futbol Kahramanım</t>
+          <t>Pele - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>199</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256402935</t>
+          <t>9786256030572</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Haaland - Benim Futbol Kahramanım</t>
+          <t>Ronaldinho – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>149.9</v>
+        <v>199</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256402928</t>
+          <t>9786256030602</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon 2 - Rock'n Roll</t>
+          <t>Ronaldo Nazario – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256402881</t>
+          <t>9786256030596</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ninja Çocuk 1 - Sakar Çocuktan Ninja Çocuğa</t>
+          <t>Sneijder – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256402898</t>
+          <t>9786256030619</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ninja Çocuk 2 - Uçan Ninja!</t>
+          <t>Zidane – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256402911</t>
+          <t>8789567456131</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon 1 - Tam Gaz Hücum</t>
+          <t>Sevimli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256402621</t>
+          <t>8789567456353</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dzeko – Benim Futbol Kahramanım</t>
+          <t>Unicorn Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>149.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256402676</t>
+          <t>8789567456360</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ziyech – Benim Futbol Kahramanım</t>
+          <t>Uzay Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256402652</t>
+          <t>8789567456148</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo – Benim Futbol Kahramanım</t>
+          <t>Neşeli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>149.9</v>
+        <v>600</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256402614</t>
+          <t>8789567456346</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ramos – Benim Futbol Kahramanım</t>
+          <t>Prenses Boyama Kitabı (3 Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256402669</t>
+          <t>8789567456391</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Messi – Benim Futbol Kahramanım</t>
+          <t>Kedi Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>149.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256402485</t>
+          <t>8789567456384</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Efsane Maradona</t>
+          <t>Kawaii Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>129</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256402645</t>
+          <t>8789567456377</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aboubakar - Benim Futbol Kahramanım</t>
+          <t>Hayvanlar Boyama Kitabı (3 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256402638</t>
+          <t>8789567456100</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Muslera - Benim Futbol Kahramanım</t>
+          <t>Fil Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>149.9</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256402423</t>
+          <t>8789567456124</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Asemi’ye Açılan Kapı</t>
+          <t>Eğlenceli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256402478</t>
+          <t>8789567456155</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Icardi - Benim Futbol Kahramanım</t>
+          <t>Çocuklar İçin Boyama Seti (30 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149.9</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256402201</t>
+          <t>8789567456117</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Neymar (Ciltli)</t>
+          <t>Dinozor Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>209</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256402218</t>
+          <t>8789567456322</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Robot Adam Haaland (Ciltli)</t>
+          <t>Balık Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>209</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256402263</t>
+          <t>8789567456339</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Mbappe (Ciltli)</t>
+          <t>Denizkızı Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>209</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256402188</t>
+          <t>9786256030411</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Ronaldo (Ciltli)</t>
+          <t>Neşeli Uzay Boyama</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>209</v>
+        <v>60</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>8786598430901</t>
+          <t>9786256030442</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular</t>
+          <t>Neşeli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>675</v>
+        <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256402225</t>
+          <t>9786256030329</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dahi Messi (Ciltli)</t>
+          <t>Neşeli Prenses Boyama</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>209</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>8787493922126</t>
+          <t>9786256030541</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü Serisi (4 Kitap Takım)</t>
+          <t>Neşeli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>680</v>
+        <v>60</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258099782</t>
+          <t>9786256030350</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 1 - Yeni Başlangıçlar</t>
+          <t>Neşeli Kedi Boyama</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258099799</t>
+          <t>9786256030268</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 2 - Kafalar Karışık</t>
+          <t>Neşeli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258099812</t>
+          <t>9786256030299</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 3 - Üç Küçük Hafiye</t>
+          <t>Neşeli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258099805</t>
+          <t>9786256030510</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 4 - Bir Küçük Yaş Günü Meselesi</t>
+          <t>Neşeli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258099751</t>
+          <t>9786256030381</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Neşeli Fil Boyama</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258099768</t>
+          <t>9786256030480</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Neşeli Balık Boyama</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258099775</t>
+          <t>9786256030398</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Eğlenceli Uzay Boyama</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257642576</t>
+          <t>9786256030435</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Eğlenceli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1040</v>
+        <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257642828</t>
+          <t>9786256030282</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilim İnsanları Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Sevimli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257642583</t>
+          <t>9786256030404</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum? Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Sevimli Uzay Boyama</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8789876545984</t>
+          <t>9786256030305</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular Kutulu Set (9 Kitap Takım)</t>
+          <t>Eğlenceli Prenses Boyama</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1020</v>
+        <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258099836</t>
+          <t>9786256030428</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Robot Adam Haaland</t>
+          <t>Sevimli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>129</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258099843</t>
+          <t>9786256030312</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gol Makinesi Lewandowski</t>
+          <t>Sevimli Prenses Boyama</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>129</v>
+        <v>60</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258099850</t>
+          <t>9786256030336</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Benzema</t>
+          <t>Eğlenceli Kedi Boyama</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>129</v>
+        <v>60</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258099829</t>
+          <t>9786256030527</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Cesur Mane</t>
+          <t>Eğlenceli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>129</v>
+        <v>60</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258099638</t>
+          <t>9786256030466</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Ay'ın ve Yıldızların Sultanı</t>
+          <t>Eğlenceli Balık Boyama</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258099379</t>
+          <t>9786256030343</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Geleceği Tasarlayan Sanatçı</t>
+          <t>Sevimli Kedi Boyama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258099683</t>
+          <t>9786256030534</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Sınır Tanımayan Bir Zeka</t>
+          <t>Sevimli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258099720</t>
+          <t>9786256030374</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Dünyanın En Büyük Mucidi</t>
+          <t>Eğlenceli Fil Boyama</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258099706</t>
+          <t>9786256030503</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mozart - Notaların Şairi</t>
+          <t>Sevimli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258099737</t>
+          <t>9786256030497</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Madam Curie - Bilimin Kraliçesi</t>
+          <t>Eğlenceli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258099744</t>
+          <t>9786256030367</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Mikropların Savaşçısı</t>
+          <t>Sevimli Fil Boyama</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258099676</t>
+          <t>9786256030275</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Gerçek Bir Dahi</t>
+          <t>Eğlenceli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258099584</t>
+          <t>9786256030473</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Hekimlerin Piri</t>
+          <t>Sevimli Balık Boyama</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258099645</t>
+          <t>9786256030251</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun - Zamana Yön Veren Alim</t>
+          <t>Sevimli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258099713</t>
+          <t>9786256030244</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Modern Fiziğin Babası</t>
+          <t>Eğlenceli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258099690</t>
+          <t>9786256030213</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Graham Bell - Telefon Dile Geldi</t>
+          <t>Arda - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258099614</t>
+          <t>9786256030206</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fergani - Güneşi Döndüren Adam</t>
+          <t>Kerem - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258099607</t>
+          <t>9786256636088</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Filozofların Üstadı</t>
+          <t>Zaha - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258099560</t>
+          <t>9786256402959</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cezeri - İlk Robotun Mucidi</t>
+          <t>Neymar - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258099591</t>
+          <t>9786256402997</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cahit Arf - Bir Matematik Dehası</t>
+          <t>Quaresma - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258099577</t>
+          <t>9786256636019</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Göklerin Hakimi</t>
+          <t>Musiala - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258099652</t>
+          <t>9786256402942</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Gökleri Arşınlayan Bilgin</t>
+          <t>Mbappe - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258099669</t>
+          <t>9786256636064</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Evrenin Sırrını Çözen Dahi</t>
+          <t>Hagi - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258099133</t>
+          <t>9786256636002</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ressamlar</t>
+          <t>Alex - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257642477</t>
+          <t>9786256402980</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap</t>
+          <t>Bellingham - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>199</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257642064</t>
+          <t>9786256402935</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Neymar</t>
+          <t>Haaland - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257642071</t>
+          <t>9786256402928</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Mbappe</t>
+          <t>Şampiyon 2 - Rock'n Roll</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257642088</t>
+          <t>9786256402881</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Ronaldo</t>
+          <t>Ninja Çocuk 1 - Sakar Çocuktan Ninja Çocuğa</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257642095</t>
+          <t>9786256402898</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Salah</t>
+          <t>Ninja Çocuk 2 - Uçan Ninja!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257642101</t>
+          <t>9786256402911</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dahi Messi</t>
+          <t>Şampiyon 1 - Tam Gaz Hücum</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057028204</t>
+          <t>9786256402621</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Damla’nın Yolculuğu</t>
+          <t>Dzeko – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257050586</t>
+          <t>9786256402676</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bostan</t>
+          <t>Ziyech – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>199</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257050999</t>
+          <t>9786256402652</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Oyuncak Ayım Konuşuyor Set (3 Kitap Takım)</t>
+          <t>Ronaldo – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>510</v>
+        <v>199</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257050944</t>
+          <t>9786256402614</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Yolları Taştan! - Eyvah! Oyuncak Ayım Konuşuyor 3</t>
+          <t>Ramos – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257050951</t>
+          <t>9786256402669</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Pırtık Sen Çok Yaşa! - Eyvah! Oyuncak Ayım Konuşuyor 2</t>
+          <t>Messi – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257050937</t>
+          <t>9786256402485</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Obur Pırtık’ın Başı Dertte! - Eyvah! Oyuncak Ayım Konuşuyor 1</t>
+          <t>Efsane Maradona</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>170</v>
+        <v>129</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257050661</t>
+          <t>9786256402645</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 3 (5+ Yaş)</t>
+          <t>Aboubakar - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257050746</t>
+          <t>9786256402638</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin Serisi (5+ Yaş) (5 Kitap Takım)</t>
+          <t>Muslera - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>750</v>
+        <v>199</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257050678</t>
+          <t>9786256402423</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 5 (5+ Yaş)</t>
+          <t>Asemi’ye Açılan Kapı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257050654</t>
+          <t>9786256402478</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 4 (5+ Yaş)</t>
+          <t>Icardi - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257050647</t>
+          <t>9786256402201</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 2 (5+ Yaş)</t>
+          <t>Sihirbaz Neymar (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257050616</t>
+          <t>9786256402218</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Matematik (4+ Yaş)</t>
+          <t>Robot Adam Haaland (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257050630</t>
+          <t>9786256402263</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 1 (5+ Yaş)</t>
+          <t>Küçük Prens Mbappe (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257050593</t>
+          <t>9786256402188</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Sayılar (4+ Yaş)</t>
+          <t>Korkusuz Ronaldo (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257050609</t>
+          <t>8786598430901</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Harfler (4+ Yaş)</t>
+          <t>Efsane Futbolcular</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>675</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257050685</t>
+          <t>9786256402225</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 1 (5+ Yaş)</t>
+          <t>Dahi Messi (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>209</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257050869</t>
+          <t>8787493922126</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Etkinlikler Serisi (4+ Yaş) (3 Kitap Takım)</t>
+          <t>Unicorn Günlüğü Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>680</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257050692</t>
+          <t>9786258099782</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 2 (5+ Yaş)</t>
+          <t>Unicorn Günlüğü 1 - Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257050715</t>
+          <t>9786258099799</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 4 (5+ Yaş)</t>
+          <t>Unicorn Günlüğü 2 - Kafalar Karışık</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257050708</t>
+          <t>9786258099812</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 3 (5+ Yaş)</t>
+          <t>Unicorn Günlüğü 3 - Üç Küçük Hafiye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257050876</t>
+          <t>9786258099805</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları Serisi (5+ Yaş) (4 Kitap Takım)</t>
+          <t>Unicorn Günlüğü 4 - Bir Küçük Yaş Günü Meselesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257050555</t>
+          <t>9786258099751</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Bilgi 5 Kitap Set</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>780</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257050494</t>
+          <t>9786258099768</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası - Bir Dünya Bilgi</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257050487</t>
+          <t>9786258099775</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Diyarı - Bir Dünya Bilgi</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257050449</t>
+          <t>9786257642576</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Sırları - Bir Dünya Bilgi</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257050463</t>
+          <t>9786257642828</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İcatlar Mucitler - Bir Dünya Bilgi</t>
+          <t>Tarihe Yön Veren Bilim İnsanları Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257050470</t>
+          <t>9786257642583</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - Bir Dünya Bilgi</t>
+          <t>Nasıl Dahi Oldum? Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052050521</t>
+          <t>8789876545984</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Misketçik</t>
+          <t>Efsane Futbolcular Kutulu Set (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>110</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052050606</t>
+          <t>9786258099836</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Robot Adam Haaland</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052050514</t>
+          <t>9786258099843</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Bobo - Babam ve Ben</t>
+          <t>Gol Makinesi Lewandowski</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052050590</t>
+          <t>9786258099850</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Set (4 Kitap Takım)</t>
+          <t>Fırtına Benzema</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>340</v>
+        <v>129</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054737369</t>
+          <t>9786258099829</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Cesur Mane</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>129</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052050330</t>
+          <t>9786258099638</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Gemileri</t>
+          <t>Uluğ Bey - Ay'ın ve Yıldızların Sultanı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052050354</t>
+          <t>9786258099379</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Vera'nın Şifalı Çiçekleri</t>
+          <t>Steve Jobs - Geleceği Tasarlayan Sanatçı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054737819</t>
+          <t>9786258099683</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Stephen Hawking - Sınır Tanımayan Bir Zeka</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054737802</t>
+          <t>9786258099720</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Nikola Tesla - Dünyanın En Büyük Mucidi</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054737857</t>
+          <t>9786258099706</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Mozart - Notaların Şairi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
+          <t>9786258099737</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Madam Curie - Bilimin Kraliçesi</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786258099744</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Louis Pasteur - Mikropların Savaşçısı</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786258099676</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci - Gerçek Bir Dahi</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786258099584</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>İbni Sina - Hekimlerin Piri</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786258099645</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun - Zamana Yön Veren Alim</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786258099713</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Isaac Newton - Modern Fiziğin Babası</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786258099690</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Graham Bell - Telefon Dile Geldi</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786258099614</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Fergani - Güneşi Döndüren Adam</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786258099607</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Farabi - Filozofların Üstadı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786258099560</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Cezeri - İlk Robotun Mucidi</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786258099591</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Cahit Arf - Bir Matematik Dehası</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786258099577</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Biruni - Göklerin Hakimi</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786258099652</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Ali Kuşçu - Gökleri Arşınlayan Bilgin</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786258099669</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein - Evrenin Sırrını Çözen Dahi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786258099133</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Ressamlar</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786257642477</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Altın Kitap</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786257642064</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Sihirbaz Neymar</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786257642071</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens Mbappe</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786257642088</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Ronaldo</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786257642095</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Salah</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786257642101</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Dahi Messi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786057028204</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Damla’nın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786257050586</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bostan</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786257050999</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah! Oyuncak Ayım Konuşuyor Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786257050944</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Bodrum Yolları Taştan! - Eyvah! Oyuncak Ayım Konuşuyor 3</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786257050951</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Pırtık Sen Çok Yaşa! - Eyvah! Oyuncak Ayım Konuşuyor 2</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786257050937</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Obur Pırtık’ın Başı Dertte! - Eyvah! Oyuncak Ayım Konuşuyor 1</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786257050661</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin 3 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786257050746</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin Serisi (5+ Yaş) (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786257050678</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin 5 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786257050654</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin 4 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786257050647</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin 2 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786257050616</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Matematik (4+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786257050630</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin 1 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786257050593</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Sayılar (4+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786257050609</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Harfler (4+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786257050685</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları 1 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786257050869</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Etkinlikler Serisi (4+ Yaş) (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786257050692</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları 2 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786257050715</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları 4 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786257050708</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları 3 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786257050876</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Oyunları Serisi (5+ Yaş) (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786257050555</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dünya Bilgi 5 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786257050494</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Bitkilerin Dünyası - Bir Dünya Bilgi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786257050487</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Diyarı - Bir Dünya Bilgi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786257050449</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Uzayın Sırları - Bir Dünya Bilgi</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786257050463</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İcatlar Mucitler - Bir Dünya Bilgi</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786257050470</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Alemi - Bir Dünya Bilgi</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786052050521</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Misketçik</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786052050606</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Karahindiba</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786052050514</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ayı Bobo - Babam ve Ben</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786052050590</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens Set (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786054737369</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786052050330</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Deniz'in Gemileri</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786052050354</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Vera'nın Şifalı Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054737819</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İnsanların Dünyası</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786054737802</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uçuşu</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786054737857</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Pilotu</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
           <t>9786054737833</t>
         </is>
       </c>
-      <c r="B204" s="1" t="inlineStr">
+      <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C204" s="1">
+      <c r="C262" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>