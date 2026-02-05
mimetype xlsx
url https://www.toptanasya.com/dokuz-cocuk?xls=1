--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,3955 +85,4090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255726001</t>
+          <t>9786255982568</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kara Peter</t>
+          <t>Unicorn Günlüğü 10 - Mezun ve Mutlu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255982995</t>
+          <t>9786255982551</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kambur Adam</t>
+          <t>Unicorn Günlüğü 9 - Benim Gizli Hayranım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255982964</t>
+          <t>9786255726377</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Böcek Avcısı</t>
+          <t>Korku Sokağı 3 -  Yeniden Başlıyoruz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255982988</t>
+          <t>9786255726360</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gümüş Şimşek</t>
+          <t>Korku Sokağı 2 - Tanışma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255982971</t>
+          <t>9786255726353</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dans Eden Adamlar</t>
+          <t>Korku Sokağı 1 - Geldiler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255982957</t>
+          <t>9786255726391</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Borsacı Katibi</t>
+          <t>Komik Köpek 2 - Parti Zamanı!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255726117</t>
+          <t>9786255726384</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Beril Taç Macerası</t>
+          <t>Komik Köpek 1 - Macera Başlıyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255982933</t>
+          <t>9786255982575</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Beş Portakal Çiçeği</t>
+          <t>İskelet Anahtar 1 - Hayal Dışı Arkadaş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255982940</t>
+          <t>9786255982582</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bisikletli Takip</t>
+          <t>İskelet Anahtar 2 - Luna Moon’un Hayaleti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255982926</t>
+          <t>9786255726001</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Benekli Kordon</t>
+          <t>Sherlock Holmes - Kara Peter</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8786878643502</t>
+          <t>9786255982995</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes – 20 Kitap Takım</t>
+          <t>Sherlock Holmes - Kambur Adam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>3000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255726100</t>
+          <t>9786255982964</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üçgen Çatılar</t>
+          <t>Sherlock Holmes - Böcek Avcısı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255726087</t>
+          <t>9786255982988</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Öğrencinin Hikayesi</t>
+          <t>Sherlock Holmes - Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255726070</t>
+          <t>9786255982971</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Şeytan Ayağı</t>
+          <t>Sherlock Holmes - Dans Eden Adamlar</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255726063</t>
+          <t>9786255982957</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Vaka</t>
+          <t>Sherlock Holmes - Borsacı Katibi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255726056</t>
+          <t>9786255726117</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Perde</t>
+          <t>Sherlock Holmes - Beril Taç Macerası</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255726025</t>
+          <t>9786255982933</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Sherlock Holmes - Beş Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255726049</t>
+          <t>9786255982940</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Solgun Asker</t>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255726032</t>
+          <t>9786255982926</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
+          <t>Sherlock Holmes - Benekli Kordon</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255726094</t>
+          <t>8786878643502</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Çocuklar İçin Sherlock Holmes – 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255726018</t>
+          <t>9786255726100</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Çember</t>
+          <t>Sherlock Holmes - Üçgen Çatılar</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052050552</t>
+          <t>9786255726087</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece</t>
+          <t>Sherlock Holmes - Üç Öğrencinin Hikayesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052050750</t>
+          <t>9786255726070</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Eken Fırtına Biçer - Sakar Şakir 3</t>
+          <t>Sherlock Holmes - Şeytan Ayağı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257642361</t>
+          <t>9786255726063</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Çıkartmalı (5+ Yaş)</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257642507</t>
+          <t>9786255726056</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Seti (3+ Yaş) (3 Kitap Takım)</t>
+          <t>Sherlock Holmes - Son Perde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257642415</t>
+          <t>9786255726025</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Boyama (4+ Yaş)</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257642392</t>
+          <t>9786255726049</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Kes Yapıştır (4+ Yaş)</t>
+          <t>Sherlock Holmes - Solgun Asker</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257642354</t>
+          <t>9786255726032</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Kes Yapıştır (3+ Yaş)</t>
+          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257642422</t>
+          <t>9786255726094</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Boyama (3+ Yaş)</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257642408</t>
+          <t>9786255726018</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Çıkartmalı (4+ Yaş)</t>
+          <t>Sherlock Holmes - Kızıl Çember</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257642439</t>
+          <t>9786052050552</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Çıkartmalı (3+ Yaş)</t>
+          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257642309</t>
+          <t>9786052050750</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular Kutulu Set (5 Kitap Takım - Futbol Topu Hediyeli)</t>
+          <t>Rüzgar Eken Fırtına Biçer - Sakar Şakir 3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257642521</t>
+          <t>9786257642361</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Seti (5+ Yaş) (3 Kitap Takım)</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (5+ Yaş)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257642378</t>
+          <t>9786257642507</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Boyama (5+ Yaş)</t>
+          <t>Çocuklar İçin Sudoku Seti (3+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257642385</t>
+          <t>9786257642415</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Kes Yapıştır (5+ Yaş)</t>
+          <t>Çocuklar İçin Sudoku Boyama (4+ Yaş)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257642514</t>
+          <t>9786257642392</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Seti (4+ Yaş) (3 Kitap Takım)</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (4+ Yaş)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257050418</t>
+          <t>9786257642354</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tekerlekler 16’lı Set</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (3+ Yaş)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>880</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257050401</t>
+          <t>9786257642422</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bay Otobüs - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Boyama (3+ Yaş)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257050395</t>
+          <t>9786257642408</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bay Spor Araba - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (4+ Yaş)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>84</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257050388</t>
+          <t>9786257642439</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bay Araba - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Çıkartmalı (3+ Yaş)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>84</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257050371</t>
+          <t>9786257642309</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bay Minibüs - Eğlenceli Tekerlekler</t>
+          <t>Efsane Futbolcular Kutulu Set (5 Kitap Takım - Futbol Topu Hediyeli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>84</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257050425</t>
+          <t>9786257642521</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bay Ambulans - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Seti (5+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>84</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257050326</t>
+          <t>9786257642378</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bay Lokomotif - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Boyama (5+ Yaş)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257050272</t>
+          <t>9786257642385</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bay Cip - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Kes Yapıştır (5+ Yaş)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257050333</t>
+          <t>9786257642514</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bay Çekici - Eğlenceli Tekerlekler</t>
+          <t>Çocuklar İçin Sudoku Seti (4+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>84</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257050289</t>
+          <t>9786257050418</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bay Gemi - Eğlenceli Tekerlekler</t>
+          <t>Eğlenceli Tekerlekler 16’lı Set</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>84</v>
+        <v>880</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257050340</t>
+          <t>9786257050401</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bay Motosiklet - Eğlenceli Tekerlekler</t>
+          <t>Bay Otobüs - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257050302</t>
+          <t>9786257050395</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bay Kamyonet - Eğlenceli Tekerlekler</t>
+          <t>Bay Spor Araba - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257050357</t>
+          <t>9786257050388</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bay Helikopter - Eğlenceli Tekerlekler</t>
+          <t>Bay Araba - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257050319</t>
+          <t>9786257050371</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bay Polis - Eğlenceli Tekerlekler</t>
+          <t>Bay Minibüs - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257050364</t>
+          <t>9786257050425</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bay Uçak - Eğlenceli Tekerlekler</t>
+          <t>Bay Ambulans - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257050265</t>
+          <t>9786257050326</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bay Kamyon - Eğlenceli Tekerlekler</t>
+          <t>Bay Lokomotif - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257050296</t>
+          <t>9786257050272</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bay İtfaiye - Eğlenceli Tekerlekler</t>
+          <t>Bay Cip - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052050903</t>
+          <t>9786257050333</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sona Kalan Dona Kalır - Sakar Şakir 5</t>
+          <t>Bay Çekici - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>45</v>
+        <v>84</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052050989</t>
+          <t>9786257050289</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Altın Ayak - Futbol Profesörü Deha 3</t>
+          <t>Bay Gemi - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>49</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052050972</t>
+          <t>9786257050340</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gol Makinesi - Futbol Profesörü Deha 2</t>
+          <t>Bay Motosiklet - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>49</v>
+        <v>84</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052050965</t>
+          <t>9786257050302</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Takım Kaptanı - Futbol Profesörü Deha 1</t>
+          <t>Bay Kamyonet - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>49</v>
+        <v>84</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052050743</t>
+          <t>9786257050357</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir 4 - Yalancının Mumu Yanmaz</t>
+          <t>Bay Helikopter - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>45</v>
+        <v>84</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258099621</t>
+          <t>9786257050319</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Denizlerin Parlayan Yıldızı</t>
+          <t>Bay Polis - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255982469</t>
+          <t>9786257050364</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Barış Alper Yılmaz – Benim Futbol Kahramanım</t>
+          <t>Bay Uçak - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>199</v>
+        <v>84</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255982476</t>
+          <t>9786257050265</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kenan Yıldız – Benim Futbol Kahramanım</t>
+          <t>Bay Kamyon - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>199</v>
+        <v>84</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256636095</t>
+          <t>9786257050296</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osimhen - Benim Futbol Kahramanım</t>
+          <t>Bay İtfaiye - Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>199</v>
+        <v>84</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255982407</t>
+          <t>9786052050903</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 6 - Kurtarma Operasyonu</t>
+          <t>Sona Kalan Dona Kalır - Sakar Şakir 5</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255982391</t>
+          <t>9786052050989</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 5 - Karmaşalar Yumağı</t>
+          <t>Altın Ayak - Futbol Profesörü Deha 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255982414</t>
+          <t>9786052050972</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 7 - Hep Destek, Tam Destek!</t>
+          <t>Gol Makinesi - Futbol Profesörü Deha 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>49</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052050545</t>
+          <t>9786052050965</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir Armut Piş Ağmıza Düş</t>
+          <t>Takım Kaptanı - Futbol Profesörü Deha 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052050378</t>
+          <t>9786052050743</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece (Ciltli)</t>
+          <t>Sakar Şakir 4 - Yalancının Mumu Yanmaz</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052050361</t>
+          <t>9786258099621</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sakar Şakir - Armut Piş Ağzıma Düş (Ciltli)</t>
+          <t>Piri Reis - Denizlerin Parlayan Yıldızı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256030787</t>
+          <t>9786255982469</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aç Hamsterın Dönüşü/ Hayalet Hayvanlar</t>
+          <t>Barış Alper Yılmaz – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>8686054737042</t>
+          <t>9786255982476</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Kenan Yıldız – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>540</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8686054737698</t>
+          <t>9786256636095</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Osimhen - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>540</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8686054737166</t>
+          <t>9786255982407</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Unicorn Günlüğü 6 - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>540</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8686054737787</t>
+          <t>9786255982391</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
+          <t>Unicorn Günlüğü 5 - Karmaşalar Yumağı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>540</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>8686054737345</t>
+          <t>9786255982414</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Unicorn Günlüğü 7 - Hep Destek, Tam Destek!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>540</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8686054737677</t>
+          <t>9786052050545</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum?</t>
+          <t>Sakar Şakir Armut Piş Ağmıza Düş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>540</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256402607</t>
+          <t>9786052050378</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kupi</t>
+          <t>Sakar Şakir - Kelebekler Vadisi'nde 3 Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256402591</t>
+          <t>9786052050361</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kasabası</t>
+          <t>Sakar Şakir - Armut Piş Ağzıma Düş (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255982094</t>
+          <t>9786256030787</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Duyuyor Musun?</t>
+          <t>Aç Hamsterın Dönüşü/ Hayalet Hayvanlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255982070</t>
+          <t>8686054737042</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Blackpink: Korkak Melek 2</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255982049</t>
+          <t>8686054737698</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Blackpink: Korkak Melek-1</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255982025</t>
+          <t>8686054737166</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>BTS-2- ARMY'lerden Mesaj Var "Karışma"</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255982018</t>
+          <t>8686054737787</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>BTS-1- ARMY'lerden Mesaj Var "Karışma"</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256030954</t>
+          <t>8686054737345</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong – Ay’a Ayak Basan İnsan</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256030763</t>
+          <t>8686054737677</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Kafa 1</t>
+          <t>Nasıl Dahi Oldum?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256030800</t>
+          <t>9786256402607</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar - Uluyan Köpek Gecesi</t>
+          <t>Köstebek Kupi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256030794</t>
+          <t>9786256402591</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Hayvanlar - Tüy Yumağının İntikamı</t>
+          <t>Şeker Kasabası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256030770</t>
+          <t>9786255982094</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Kafa 2 - Korsanın Gözü</t>
+          <t>Renkleri Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256030930</t>
+          <t>9786255982070</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vlad - Vampirlerin Yüz Karası 1</t>
+          <t>Blackpink: Korkak Melek 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256030947</t>
+          <t>9786255982049</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Vlad - Vampirlerin Yüz Karası 2</t>
+          <t>Blackpink: Korkak Melek-1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256030831</t>
+          <t>9786255982025</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in İstilası</t>
+          <t>BTS-2- ARMY'lerden Mesaj Var "Karışma"</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256030824</t>
+          <t>9786255982018</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in İntikamı</t>
+          <t>BTS-1- ARMY'lerden Mesaj Var "Karışma"</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256030817</t>
+          <t>9786256030954</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ted’in Gecesi</t>
+          <t>Neil Armstrong – Ay’a Ayak Basan İnsan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256030664</t>
+          <t>9786256030763</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Sayıların Babası</t>
+          <t>Dikiş Kafa 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256030640</t>
+          <t>9786256030800</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Öklid Geometrinin Babası</t>
+          <t>Hayalet Hayvanlar - Uluyan Köpek Gecesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256030701</t>
+          <t>9786256030794</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Oktay Sinanoğlu Türk Einstein'ı</t>
+          <t>Hayalet Hayvanlar - Tüy Yumağının İntikamı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256030695</t>
+          <t>9786256030770</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Mimari Defa Üstad Koca Sinan</t>
+          <t>Dikiş Kafa 2 - Korsanın Gözü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256030718</t>
+          <t>9786256030930</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hazarfen Ahmet Çelebi Galata'dan Uçan Bilgin</t>
+          <t>Vlad - Vampirlerin Yüz Karası 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256030657</t>
+          <t>9786256030947</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Galileo Termometre ve Mikroskopun Mucidi</t>
+          <t>Vlad - Vampirlerin Yüz Karası 2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256030725</t>
+          <t>9786256030831</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Dünyayı Gezen Seyyah</t>
+          <t>Hayalet Ted’in İstilası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256030688</t>
+          <t>9786256030824</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar DNA 'nın Şifresini Çözen Dahi</t>
+          <t>Hayalet Ted’in İntikamı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256030671</t>
+          <t>9786256030817</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arşimet Dünyanın En Büyük Bilim İnsanı</t>
+          <t>Hayalet Ted’in Gecesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256030589</t>
+          <t>9786256030664</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Pele - Benim Futbol Kahramanım</t>
+          <t>Pisagor Sayıların Babası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256030572</t>
+          <t>9786256030640</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ronaldinho – Benim Futbol Kahramanım</t>
+          <t>Öklid Geometrinin Babası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>199</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256030602</t>
+          <t>9786256030701</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo Nazario – Benim Futbol Kahramanım</t>
+          <t>Oktay Sinanoğlu Türk Einstein'ı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>199</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256030596</t>
+          <t>9786256030695</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sneijder – Benim Futbol Kahramanım</t>
+          <t>Mimar Sinan Mimari Defa Üstad Koca Sinan</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>199</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256030619</t>
+          <t>9786256030718</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zidane – Benim Futbol Kahramanım</t>
+          <t>Hazarfen Ahmet Çelebi Galata'dan Uçan Bilgin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8789567456131</t>
+          <t>9786256030657</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Seti (10 Kitap)</t>
+          <t>Galileo Termometre ve Mikroskopun Mucidi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>8789567456353</t>
+          <t>9786256030725</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Boyama Seti (3 Kitap)</t>
+          <t>Evliya Çelebi Dünyayı Gezen Seyyah</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8789567456360</t>
+          <t>9786256030688</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uzay Boyama Seti (3 Kitap)</t>
+          <t>Aziz Sancar DNA 'nın Şifresini Çözen Dahi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8789567456148</t>
+          <t>9786256030671</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama Seti (10 Kitap)</t>
+          <t>Arşimet Dünyanın En Büyük Bilim İnsanı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8789567456346</t>
+          <t>9786256030589</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı (3 Kitap)</t>
+          <t>Pele - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8789567456391</t>
+          <t>9786256030572</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kedi Boyama Seti (3 Kitap)</t>
+          <t>Ronaldinho – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>8789567456384</t>
+          <t>9786256030602</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Seti (3 Kitap)</t>
+          <t>Ronaldo Nazario – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>8789567456377</t>
+          <t>9786256030596</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama Kitabı (3 Kitap)</t>
+          <t>Sneijder – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8789567456100</t>
+          <t>9786256030619</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fil Boyama Seti (3 Kitap)</t>
+          <t>Zidane – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8789567456124</t>
+          <t>8789567456131</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Seti (10 Kitap)</t>
+          <t>Sevimli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8789567456155</t>
+          <t>8789567456353</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Seti (30 Kitap)</t>
+          <t>Unicorn Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8789567456117</t>
+          <t>8789567456360</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Boyama Seti (3 Kitap)</t>
+          <t>Uzay Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8789567456322</t>
+          <t>8789567456148</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Balık Boyama Seti (3 Kitap)</t>
+          <t>Neşeli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8789567456339</t>
+          <t>8789567456346</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Boyama Seti (3 Kitap)</t>
+          <t>Prenses Boyama Kitabı (3 Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256030411</t>
+          <t>8789567456391</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Uzay Boyama</t>
+          <t>Kedi Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256030442</t>
+          <t>8789567456384</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Unicorn Boyama</t>
+          <t>Kawaii Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256030329</t>
+          <t>8789567456377</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Prenses Boyama</t>
+          <t>Hayvanlar Boyama Kitabı (3 Kitap)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256030541</t>
+          <t>8789567456100</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kawaii Boyama</t>
+          <t>Fil Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256030350</t>
+          <t>8789567456124</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kedi Boyama</t>
+          <t>Eğlenceli Boyama Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256030268</t>
+          <t>8789567456155</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Denizkızı Boyama</t>
+          <t>Çocuklar İçin Boyama Seti (30 Kitap)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256030299</t>
+          <t>8789567456117</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Hayvanlar Boyama</t>
+          <t>Dinozor Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256030510</t>
+          <t>8789567456322</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dinozor Boyama</t>
+          <t>Balık Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256030381</t>
+          <t>8789567456339</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Fil Boyama</t>
+          <t>Denizkızı Boyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256030480</t>
+          <t>9786256030411</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Balık Boyama</t>
+          <t>Neşeli Uzay Boyama</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256030398</t>
+          <t>9786256030442</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Uzay Boyama</t>
+          <t>Neşeli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256030435</t>
+          <t>9786256030329</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Unicorn Boyama</t>
+          <t>Neşeli Prenses Boyama</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256030282</t>
+          <t>9786256030541</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar Boyama</t>
+          <t>Neşeli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256030404</t>
+          <t>9786256030350</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Uzay Boyama</t>
+          <t>Neşeli Kedi Boyama</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256030305</t>
+          <t>9786256030268</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Prenses Boyama</t>
+          <t>Neşeli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256030428</t>
+          <t>9786256030299</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Unicorn Boyama</t>
+          <t>Neşeli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256030312</t>
+          <t>9786256030510</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Prenses Boyama</t>
+          <t>Neşeli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256030336</t>
+          <t>9786256030381</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kedi Boyama</t>
+          <t>Neşeli Fil Boyama</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256030527</t>
+          <t>9786256030480</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kawaii Boyama</t>
+          <t>Neşeli Balık Boyama</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256030466</t>
+          <t>9786256030398</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Balık Boyama</t>
+          <t>Eğlenceli Uzay Boyama</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256030343</t>
+          <t>9786256030435</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kedi Boyama</t>
+          <t>Eğlenceli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256030534</t>
+          <t>9786256030282</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kawaii Boyama</t>
+          <t>Sevimli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256030374</t>
+          <t>9786256030404</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Fil Boyama</t>
+          <t>Sevimli Uzay Boyama</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256030503</t>
+          <t>9786256030305</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dinozor Boyama</t>
+          <t>Eğlenceli Prenses Boyama</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256030497</t>
+          <t>9786256030428</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dinozor Boyama</t>
+          <t>Sevimli Unicorn Boyama</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256030367</t>
+          <t>9786256030312</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Fil Boyama</t>
+          <t>Sevimli Prenses Boyama</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256030275</t>
+          <t>9786256030336</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvanlar Boyama</t>
+          <t>Eğlenceli Kedi Boyama</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256030473</t>
+          <t>9786256030527</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Balık Boyama</t>
+          <t>Eğlenceli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256030251</t>
+          <t>9786256030466</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Denizkızı Boyama</t>
+          <t>Eğlenceli Balık Boyama</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256030244</t>
+          <t>9786256030343</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Denizkızı Boyama</t>
+          <t>Sevimli Kedi Boyama</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256030213</t>
+          <t>9786256030534</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Arda - Benim Futbol Kahramanım</t>
+          <t>Sevimli Kawaii Boyama</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256030206</t>
+          <t>9786256030374</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kerem - Benim Futbol Kahramanım</t>
+          <t>Eğlenceli Fil Boyama</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256636088</t>
+          <t>9786256030503</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zaha - Benim Futbol Kahramanım</t>
+          <t>Sevimli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256402959</t>
+          <t>9786256030497</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Neymar - Benim Futbol Kahramanım</t>
+          <t>Eğlenceli Dinozor Boyama</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256402997</t>
+          <t>9786256030367</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Quaresma - Benim Futbol Kahramanım</t>
+          <t>Sevimli Fil Boyama</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256636019</t>
+          <t>9786256030275</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Musiala - Benim Futbol Kahramanım</t>
+          <t>Eğlenceli Hayvanlar Boyama</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256402942</t>
+          <t>9786256030473</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Benim Futbol Kahramanım</t>
+          <t>Sevimli Balık Boyama</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256636064</t>
+          <t>9786256030251</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hagi - Benim Futbol Kahramanım</t>
+          <t>Sevimli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256636002</t>
+          <t>9786256030244</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Alex - Benim Futbol Kahramanım</t>
+          <t>Eğlenceli Denizkızı Boyama</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>199</v>
+        <v>60</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256402980</t>
+          <t>9786256030213</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bellingham - Benim Futbol Kahramanım</t>
+          <t>Arda - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256402935</t>
+          <t>9786256030206</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Haaland - Benim Futbol Kahramanım</t>
+          <t>Kerem - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256402928</t>
+          <t>9786256636088</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon 2 - Rock'n Roll</t>
+          <t>Zaha - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256402881</t>
+          <t>9786256402959</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ninja Çocuk 1 - Sakar Çocuktan Ninja Çocuğa</t>
+          <t>Neymar - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256402898</t>
+          <t>9786256402997</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ninja Çocuk 2 - Uçan Ninja!</t>
+          <t>Quaresma - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256402911</t>
+          <t>9786256636019</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon 1 - Tam Gaz Hücum</t>
+          <t>Musiala - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256402621</t>
+          <t>9786256402942</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dzeko – Benim Futbol Kahramanım</t>
+          <t>Mbappe - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256402676</t>
+          <t>9786256636064</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ziyech – Benim Futbol Kahramanım</t>
+          <t>Hagi - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256402652</t>
+          <t>9786256636002</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo – Benim Futbol Kahramanım</t>
+          <t>Alex - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256402614</t>
+          <t>9786256402980</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ramos – Benim Futbol Kahramanım</t>
+          <t>Bellingham - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256402669</t>
+          <t>9786256402935</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Messi – Benim Futbol Kahramanım</t>
+          <t>Haaland - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256402485</t>
+          <t>9786256402928</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Efsane Maradona</t>
+          <t>Şampiyon 2 - Rock'n Roll</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>129</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256402645</t>
+          <t>9786256402881</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aboubakar - Benim Futbol Kahramanım</t>
+          <t>Ninja Çocuk 1 - Sakar Çocuktan Ninja Çocuğa</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>199</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256402638</t>
+          <t>9786256402898</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Muslera - Benim Futbol Kahramanım</t>
+          <t>Ninja Çocuk 2 - Uçan Ninja!</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>199</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256402423</t>
+          <t>9786256402911</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Asemi’ye Açılan Kapı</t>
+          <t>Şampiyon 1 - Tam Gaz Hücum</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256402478</t>
+          <t>9786256402621</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Icardi - Benim Futbol Kahramanım</t>
+          <t>Dzeko – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256402201</t>
+          <t>9786256402676</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Neymar (Ciltli)</t>
+          <t>Ziyech – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256402218</t>
+          <t>9786256402652</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Robot Adam Haaland (Ciltli)</t>
+          <t>Ronaldo – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256402263</t>
+          <t>9786256402614</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Mbappe (Ciltli)</t>
+          <t>Ramos – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256402188</t>
+          <t>9786256402669</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Ronaldo (Ciltli)</t>
+          <t>Messi – Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8786598430901</t>
+          <t>9786256402485</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular</t>
+          <t>Efsane Maradona</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>675</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256402225</t>
+          <t>9786256402645</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dahi Messi (Ciltli)</t>
+          <t>Aboubakar - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>8787493922126</t>
+          <t>9786256402638</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü Serisi (4 Kitap Takım)</t>
+          <t>Muslera - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>680</v>
+        <v>199</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258099782</t>
+          <t>9786256402423</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 1 - Yeni Başlangıçlar</t>
+          <t>Asemi’ye Açılan Kapı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258099799</t>
+          <t>9786256402478</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 2 - Kafalar Karışık</t>
+          <t>Icardi - Benim Futbol Kahramanım</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258099812</t>
+          <t>9786256402201</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 3 - Üç Küçük Hafiye</t>
+          <t>Sihirbaz Neymar (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>209</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258099805</t>
+          <t>9786256402218</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Günlüğü 4 - Bir Küçük Yaş Günü Meselesi</t>
+          <t>Robot Adam Haaland (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>209</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258099751</t>
+          <t>9786256402263</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Küçük Prens Mbappe (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>209</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258099768</t>
+          <t>9786256402188</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
+          <t>Korkusuz Ronaldo (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>209</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258099775</t>
+          <t>8786598430901</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Efsane Futbolcular</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>675</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257642576</t>
+          <t>9786256402225</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Türk Bilginleri Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Dahi Messi (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1040</v>
+        <v>209</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257642828</t>
+          <t>8787493922126</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilim İnsanları Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Unicorn Günlüğü Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>800</v>
+        <v>840</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257642583</t>
+          <t>9786258099782</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dahi Oldum? Serisi Kutulu (10 Kitap Takım)</t>
+          <t>Unicorn Günlüğü 1 - Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>8789876545984</t>
+          <t>9786258099799</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbolcular Kutulu Set (9 Kitap Takım)</t>
+          <t>Unicorn Günlüğü 2 - Kafalar Karışık</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1020</v>
+        <v>210</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258099836</t>
+          <t>9786258099812</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Robot Adam Haaland</t>
+          <t>Unicorn Günlüğü 3 - Üç Küçük Hafiye</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>129</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258099843</t>
+          <t>9786258099805</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gol Makinesi Lewandowski</t>
+          <t>Unicorn Günlüğü 4 - Bir Küçük Yaş Günü Meselesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>129</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258099850</t>
+          <t>9786258099751</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Benzema</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>129</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258099829</t>
+          <t>9786258099768</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cesur Mane</t>
+          <t>Yeşilin Kızı Anne 2 - Avonlea</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>129</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258099638</t>
+          <t>9786258099775</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey - Ay'ın ve Yıldızların Sultanı</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258099379</t>
+          <t>9786257642576</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Geleceği Tasarlayan Sanatçı</t>
+          <t>Tarihe Yön Veren Ünlü Türk Bilginleri Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>100</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258099683</t>
+          <t>9786257642828</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Sınır Tanımayan Bir Zeka</t>
+          <t>Tarihe Yön Veren Bilim İnsanları Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258099720</t>
+          <t>9786257642583</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Dünyanın En Büyük Mucidi</t>
+          <t>Nasıl Dahi Oldum? Serisi Kutulu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258099706</t>
+          <t>8789876545984</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mozart - Notaların Şairi</t>
+          <t>Efsane Futbolcular Kutulu Set (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>100</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258099737</t>
+          <t>9786258099836</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Madam Curie - Bilimin Kraliçesi</t>
+          <t>Robot Adam Haaland</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258099744</t>
+          <t>9786258099843</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Mikropların Savaşçısı</t>
+          <t>Gol Makinesi Lewandowski</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258099676</t>
+          <t>9786258099850</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Gerçek Bir Dahi</t>
+          <t>Fırtına Benzema</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258099584</t>
+          <t>9786258099829</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Hekimlerin Piri</t>
+          <t>Cesur Mane</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258099645</t>
+          <t>9786258099638</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun - Zamana Yön Veren Alim</t>
+          <t>Uluğ Bey - Ay'ın ve Yıldızların Sultanı</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258099713</t>
+          <t>9786258099379</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Modern Fiziğin Babası</t>
+          <t>Steve Jobs - Geleceği Tasarlayan Sanatçı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258099690</t>
+          <t>9786258099683</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Graham Bell - Telefon Dile Geldi</t>
+          <t>Stephen Hawking - Sınır Tanımayan Bir Zeka</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258099614</t>
+          <t>9786258099720</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Fergani - Güneşi Döndüren Adam</t>
+          <t>Nikola Tesla - Dünyanın En Büyük Mucidi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258099607</t>
+          <t>9786258099706</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Filozofların Üstadı</t>
+          <t>Mozart - Notaların Şairi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258099560</t>
+          <t>9786258099737</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Cezeri - İlk Robotun Mucidi</t>
+          <t>Madam Curie - Bilimin Kraliçesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258099591</t>
+          <t>9786258099744</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cahit Arf - Bir Matematik Dehası</t>
+          <t>Louis Pasteur - Mikropların Savaşçısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258099577</t>
+          <t>9786258099676</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Göklerin Hakimi</t>
+          <t>Leonardo Da Vinci - Gerçek Bir Dahi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258099652</t>
+          <t>9786258099584</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Gökleri Arşınlayan Bilgin</t>
+          <t>İbni Sina - Hekimlerin Piri</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258099669</t>
+          <t>9786258099645</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Evrenin Sırrını Çözen Dahi</t>
+          <t>İbn Haldun - Zamana Yön Veren Alim</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258099133</t>
+          <t>9786258099713</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ressamlar</t>
+          <t>Isaac Newton - Modern Fiziğin Babası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257642477</t>
+          <t>9786258099690</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Altın Kitap</t>
+          <t>Graham Bell - Telefon Dile Geldi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257642064</t>
+          <t>9786258099614</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sihirbaz Neymar</t>
+          <t>Fergani - Güneşi Döndüren Adam</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257642071</t>
+          <t>9786258099607</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Mbappe</t>
+          <t>Farabi - Filozofların Üstadı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257642088</t>
+          <t>9786258099560</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Ronaldo</t>
+          <t>Cezeri - İlk Robotun Mucidi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257642095</t>
+          <t>9786258099591</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Salah</t>
+          <t>Cahit Arf - Bir Matematik Dehası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257642101</t>
+          <t>9786258099577</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dahi Messi</t>
+          <t>Biruni - Göklerin Hakimi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057028204</t>
+          <t>9786258099652</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Damla’nın Yolculuğu</t>
+          <t>Ali Kuşçu - Gökleri Arşınlayan Bilgin</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257050586</t>
+          <t>9786258099669</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bostan</t>
+          <t>Albert Einstein - Evrenin Sırrını Çözen Dahi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257050999</t>
+          <t>9786258099133</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Oyuncak Ayım Konuşuyor Set (3 Kitap Takım)</t>
+          <t>Sessiz Ressamlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>510</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257050944</t>
+          <t>9786257642477</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bodrum Yolları Taştan! - Eyvah! Oyuncak Ayım Konuşuyor 3</t>
+          <t>Altın Kitap</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257050951</t>
+          <t>9786257642064</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Pırtık Sen Çok Yaşa! - Eyvah! Oyuncak Ayım Konuşuyor 2</t>
+          <t>Sihirbaz Neymar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257050937</t>
+          <t>9786257642071</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Obur Pırtık’ın Başı Dertte! - Eyvah! Oyuncak Ayım Konuşuyor 1</t>
+          <t>Küçük Prens Mbappe</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257050661</t>
+          <t>9786257642088</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 3 (5+ Yaş)</t>
+          <t>Korkusuz Ronaldo</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257050746</t>
+          <t>9786257642095</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin Serisi (5+ Yaş) (5 Kitap Takım)</t>
+          <t>Kahraman Salah</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257050678</t>
+          <t>9786257642101</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 5 (5+ Yaş)</t>
+          <t>Dahi Messi</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257050654</t>
+          <t>9786057028204</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 4 (5+ Yaş)</t>
+          <t>Damla’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257050647</t>
+          <t>9786257050586</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 2 (5+ Yaş)</t>
+          <t>Küçük Bostan</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257050616</t>
+          <t>9786257050999</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Matematik (4+ Yaş)</t>
+          <t>Eyvah! Oyuncak Ayım Konuşuyor Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257050630</t>
+          <t>9786257050944</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin 1 (5+ Yaş)</t>
+          <t>Bodrum Yolları Taştan! - Eyvah! Oyuncak Ayım Konuşuyor 3</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257050593</t>
+          <t>9786257050951</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Sayılar (4+ Yaş)</t>
+          <t>Kahraman Pırtık Sen Çok Yaşa! - Eyvah! Oyuncak Ayım Konuşuyor 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257050609</t>
+          <t>9786257050937</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Harfler (4+ Yaş)</t>
+          <t>Obur Pırtık’ın Başı Dertte! - Eyvah! Oyuncak Ayım Konuşuyor 1</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257050685</t>
+          <t>9786257050661</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 1 (5+ Yaş)</t>
+          <t>Süper Beyin 3 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257050869</t>
+          <t>9786257050746</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Etkinlikler Serisi (4+ Yaş) (3 Kitap Takım)</t>
+          <t>Süper Beyin Serisi (5+ Yaş) (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257050692</t>
+          <t>9786257050678</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 2 (5+ Yaş)</t>
+          <t>Süper Beyin 5 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257050715</t>
+          <t>9786257050654</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 4 (5+ Yaş)</t>
+          <t>Süper Beyin 4 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257050708</t>
+          <t>9786257050647</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 3 (5+ Yaş)</t>
+          <t>Süper Beyin 2 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257050876</t>
+          <t>9786257050616</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları Serisi (5+ Yaş) (4 Kitap Takım)</t>
+          <t>Konuşan Matematik (4+ Yaş)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257050555</t>
+          <t>9786257050630</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Bilgi 5 Kitap Set</t>
+          <t>Süper Beyin 1 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>780</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257050494</t>
+          <t>9786257050593</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası - Bir Dünya Bilgi</t>
+          <t>Konuşan Sayılar (4+ Yaş)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257050487</t>
+          <t>9786257050609</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Diyarı - Bir Dünya Bilgi</t>
+          <t>Konuşan Harfler (4+ Yaş)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257050449</t>
+          <t>9786257050685</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Sırları - Bir Dünya Bilgi</t>
+          <t>Akıl Oyunları 1 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257050463</t>
+          <t>9786257050869</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İcatlar Mucitler - Bir Dünya Bilgi</t>
+          <t>Konuşan Etkinlikler Serisi (4+ Yaş) (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257050470</t>
+          <t>9786257050692</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - Bir Dünya Bilgi</t>
+          <t>Akıl Oyunları 2 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052050521</t>
+          <t>9786257050715</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Misketçik</t>
+          <t>Akıl Oyunları 4 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052050606</t>
+          <t>9786257050708</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Akıl Oyunları 3 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052050514</t>
+          <t>9786257050876</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ayı Bobo - Babam ve Ben</t>
+          <t>Akıl Oyunları Serisi (5+ Yaş) (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>110</v>
+        <v>760</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052050590</t>
+          <t>9786257050555</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Set (4 Kitap Takım)</t>
+          <t>Bir Dünya Bilgi 5 Kitap Set</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054737369</t>
+          <t>9786257050494</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bitkilerin Dünyası - Bir Dünya Bilgi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052050330</t>
+          <t>9786257050487</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Gemileri</t>
+          <t>Dinozorlar Diyarı - Bir Dünya Bilgi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052050354</t>
+          <t>9786257050449</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Vera'nın Şifalı Çiçekleri</t>
+          <t>Uzayın Sırları - Bir Dünya Bilgi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054737819</t>
+          <t>9786257050463</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>İcatlar Mucitler - Bir Dünya Bilgi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054737802</t>
+          <t>9786257050470</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Hayvanlar Alemi - Bir Dünya Bilgi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054737857</t>
+          <t>9786052050521</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>Yeşil Misketçik</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
+          <t>9786052050606</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Karahindiba</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052050514</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ayı Bobo - Babam ve Ben</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786052050590</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens Set (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786054737369</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786052050330</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Deniz'in Gemileri</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786052050354</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Vera'nın Şifalı Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786054737819</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>İnsanların Dünyası</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786054737802</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uçuşu</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786054737857</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Pilotu</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
           <t>9786054737833</t>
         </is>
       </c>
-      <c r="B262" s="1" t="inlineStr">
+      <c r="B271" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C262" s="1">
-        <v>80</v>
+      <c r="C271" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>