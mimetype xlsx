--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,6430 +85,6460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8786872347895</t>
+          <t>9786257642774</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Turuncu (Kutulu) (Ciltli)</t>
+          <t>Kadın Ruhu (Kreutzer Sonat)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255982513</t>
+          <t>9786256402249</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Turuncu (Ciltli)</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8786878472621</t>
+          <t>8786872347895</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Opia 1 - Yitirmeli Ne Varsa (Kutulu) (Ciltli)</t>
+          <t>Turuncu (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>510</v>
+        <v>460</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256636156</t>
+          <t>9786255982513</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Opia 1 - Yitirmeli Ne Varsa (Ciltli)</t>
+          <t>Turuncu (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8786437634675</t>
+          <t>8786878472621</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi (2 Kitap Takım) (Ciltli)</t>
+          <t>Opia 1 - Yitirmeli Ne Varsa (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>780</v>
+        <v>510</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>8786439235122</t>
+          <t>9786256636156</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi (2 Kitap Takım)</t>
+          <t>Opia 1 - Yitirmeli Ne Varsa (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>630</v>
+        <v>410</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8786432853262</t>
+          <t>8786437634675</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen (5 Kitap Takım)</t>
+          <t>Akrebin Kalbi (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1690</v>
+        <v>780</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8786432854672</t>
+          <t>8786439235122</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen (5 Kitap Takım) (Ciltli)</t>
+          <t>Akrebin Kalbi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2010</v>
+        <v>630</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255982537</t>
+          <t>8786432853262</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 5 - Ehza</t>
+          <t>İçinde Bir Sen (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255982520</t>
+          <t>8786432854672</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 5 - Ehza (Ciltli)</t>
+          <t>İçinde Bir Sen (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>410</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255982506</t>
+          <t>9786255982537</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi - 2</t>
+          <t>İçinde Bir Sen 5 - Ehza</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256030749</t>
+          <t>9786255982520</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi - 2 (Ciltli)</t>
+          <t>İçinde Bir Sen 5 - Ehza (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258099119</t>
+          <t>9786255982506</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lev Tolstoy Seti (5 Kitap Takım)</t>
+          <t>Akrebin Kalbi - 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>387</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257642620</t>
+          <t>9786256030749</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı Serisi (6 Kitap Takım) (Ciltli)</t>
+          <t>Akrebin Kalbi - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257642897</t>
+          <t>9786258099119</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 3. Perde (Ciltli)</t>
+          <t>Lev Tolstoy Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>387</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257050098</t>
+          <t>9786257642620</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım - Yangın Mavisi Serisi 1</t>
+          <t>Asi Çakıltaşı Serisi (6 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257050180</t>
+          <t>9786257642897</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi Set (5 Kitap Takım Kutulu)</t>
+          <t>Asi Çakıltaşı 3. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1690</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255982483</t>
+          <t>9786257050098</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Oğul (Şeffaf Kılıflı) (Ciltli)</t>
+          <t>Kıvılcım - Yangın Mavisi Serisi 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257050500</t>
+          <t>9786257050180</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Orta Seviye</t>
+          <t>Yangın Mavisi Set (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>8784657097430</t>
+          <t>9786255982483</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İhtilal (3 Kitap Takım)</t>
+          <t>Yedinci Oğul (Şeffaf Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257642835</t>
+          <t>9786257050500</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Polis Şakaya Gelmez (Ciltli)</t>
+          <t>Mandala Sudoku - Orta Seviye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255982438</t>
+          <t>8784657097430</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşk'a Mektup</t>
+          <t>İhtilal (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256030985</t>
+          <t>9786257642835</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yok Karşılığı Yüzünün</t>
+          <t>Polis Şakaya Gelmez (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256636996</t>
+          <t>9786255982438</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yak Evi Isıt</t>
+          <t>Şizofren Aşk'a Mektup</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255982421</t>
+          <t>9786256030985</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Kimse Sevgili Olamadı</t>
+          <t>Yok Karşılığı Yüzünün</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256030992</t>
+          <t>9786256636996</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yine Seninle Geldi Hayat</t>
+          <t>Hayallerini Yak Evi Isıt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255982445</t>
+          <t>9786255982421</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım (Ciltli)</t>
+          <t>Derinliğine Kimse Sevgili Olamadı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255982452</t>
+          <t>9786256030992</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım</t>
+          <t>Yine Seninle Geldi Hayat</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256402805</t>
+          <t>9786255982445</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım (Kutulu Set 3 Kitap) (Ciltli)</t>
+          <t>Ev Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>8785678945328</t>
+          <t>9786255982452</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 2 - Zede (Kutulu) (Ciltli)</t>
+          <t>Ev Arkadaşım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255982377</t>
+          <t>9786256402805</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda</t>
+          <t>Ev Arkadaşım (Kutulu Set 3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>430</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255982384</t>
+          <t>8785678945328</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda (Ciltli)</t>
+          <t>İhtilal 2 - Zede (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>8784658079459</t>
+          <t>9786255982377</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda (Kutulu) (Ciltli)</t>
+          <t>İhtilal - 3 Zerda</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8686054737679</t>
+          <t>9786255982384</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca Set (10 Kitap Takım)</t>
+          <t>İhtilal - 3 Zerda (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255982360</t>
+          <t>8784658079459</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 10</t>
+          <t>İhtilal - 3 Zerda (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255982339</t>
+          <t>8686054737679</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 7</t>
+          <t>Süper Çengel Bulmaca Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>165</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255982353</t>
+          <t>9786255982360</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 9</t>
+          <t>Süper Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255982346</t>
+          <t>9786255982339</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 8</t>
+          <t>Süper Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255982322</t>
+          <t>9786255982353</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 6</t>
+          <t>Süper Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255982315</t>
+          <t>9786255982346</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5</t>
+          <t>Süper Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255982308</t>
+          <t>9786255982322</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4</t>
+          <t>Süper Çengel Bulmaca 6</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255982278</t>
+          <t>9786255982315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 1</t>
+          <t>Süper Çengel Bulmaca 5</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255982292</t>
+          <t>9786255982308</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 3</t>
+          <t>Süper Çengel Bulmaca 4</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255982285</t>
+          <t>9786255982278</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 2</t>
+          <t>Süper Çengel Bulmaca 1</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>8785438759370</t>
+          <t>9786255982292</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
+          <t>Süper Çengel Bulmaca 3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>660</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256402126</t>
+          <t>9786255982285</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - Sürgün</t>
+          <t>Süper Çengel Bulmaca 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258099102</t>
+          <t>8785438759370</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nikolay Gogol Seti (3 Kitap Takım)</t>
+          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257642750</t>
+          <t>9786256402126</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Seher Yeli - Sürgün</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257642781</t>
+          <t>9786258099102</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Nikolay Gogol Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257642743</t>
+          <t>9786257642750</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054737789</t>
+          <t>9786257642781</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257642347</t>
+          <t>9786257642743</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 1 - Güriz</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257050166</t>
+          <t>9786054737789</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Enerji Terapistinin Rehberi</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052050576</t>
+          <t>9786257642347</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski 4'lü Set (4 Kitap Takım)</t>
+          <t>Baytar Hanım 1 - Güriz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255982155</t>
+          <t>9786257050166</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Canlı Cesetler (Ciltli)</t>
+          <t>Enerji Terapistinin Rehberi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255982254</t>
+          <t>9786052050576</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpikli Kadın Vera</t>
+          <t>Dostoyevski 4'lü Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>8676257642298</t>
+          <t>9786255982155</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü Kutulu Set (Ciltli)</t>
+          <t>Kalbimdeki Canlı Cesetler (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>820</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255982230</t>
+          <t>9786255982254</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri (Ciltli)</t>
+          <t>Mavi Kirpikli Kadın Vera</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255982209</t>
+          <t>8676257642298</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri</t>
+          <t>Hainin Mührü Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>820</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255982223</t>
+          <t>9786255982230</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü - 1 Kayıp Liman (Ciltli)</t>
+          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255982193</t>
+          <t>9786255982209</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 1 - Kayıp Liman</t>
+          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>8789067982345</t>
+          <t>9786255982223</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Visal – Ahu Döngüsü (Kutulu) (Ciltli)</t>
+          <t>Hainin Mührü - 1 Kayıp Liman (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255982261</t>
+          <t>9786255982193</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 2 – Kış Dönencesi</t>
+          <t>Hainin Mührü 1 - Kayıp Liman</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>8784657090547</t>
+          <t>8789067982345</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 2 - Kış Dönencesi (Kutulu) (Ciltli)</t>
+          <t>Visal – Ahu Döngüsü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>8784657090561</t>
+          <t>9786255982261</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran (Kutulu Set) (Ciltli)</t>
+          <t>Vaveyla 2 – Kış Dönencesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8789055876304</t>
+          <t>8784657090547</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har ve Kül (İmzalı) (Ciltli)</t>
+          <t>Vaveyla 2 - Kış Dönencesi (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8789057876432</t>
+          <t>8784657090561</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har ve Kül (İmzalı)</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255982131</t>
+          <t>8789055876304</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Ciltli)</t>
+          <t>Lahza 2 - Har ve Kül (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255982124</t>
+          <t>8789057876432</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Squid Game Psikolojisi</t>
+          <t>Lahza 2 - Har ve Kül (İmzalı)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255982117</t>
+          <t>9786255982131</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Squid Game Felsefesi</t>
+          <t>Mesnevi (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256636323</t>
+          <t>9786255982124</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gelin (Kutulu) (Ciltli)</t>
+          <t>Squid Game Psikolojisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256402195</t>
+          <t>9786255982117</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gelin</t>
+          <t>Squid Game Felsefesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256636149</t>
+          <t>9786256636323</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı</t>
+          <t>Gelin (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256030978</t>
+          <t>9786256402195</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Kedi Hoyrat</t>
+          <t>Gelin</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256030961</t>
+          <t>9786256636149</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sabret Bakkaliyesi</t>
+          <t>Kitapçı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258099553</t>
+          <t>9786256030978</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hekim Yoksa Ben Varım</t>
+          <t>Sürgün Kedi Hoyrat</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257642934</t>
+          <t>9786256030961</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı Serisi (6 Kitap Takım)</t>
+          <t>Sabret Bakkaliyesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2020</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256402713</t>
+          <t>9786258099553</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi 4 Kitap Kutulu Set (Ciltli)</t>
+          <t>Hekim Yoksa Ben Varım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1640</v>
+        <v>99</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256402683</t>
+          <t>9786257642934</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi 4 Kitap Kutulu Set</t>
+          <t>Asi Çakıltaşı Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1360</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256402850</t>
+          <t>9786256402713</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Onsra Serisi 4 Kitap Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256030756</t>
+          <t>9786256402683</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Onsra Serisi 4 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256030923</t>
+          <t>9786256402850</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 2</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256030916</t>
+          <t>9786256030756</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İhtilal-2 (Ciltli)</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256030862</t>
+          <t>9786256030923</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Onsra 4 - Yâd</t>
+          <t>İhtilal 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256030855</t>
+          <t>9786256030916</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Onsra 4 – Yâd (Ciltli)</t>
+          <t>İhtilal-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256030909</t>
+          <t>9786256030862</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi 1</t>
+          <t>Onsra 4 - Yâd</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256030886</t>
+          <t>9786256030855</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi 1 (Ciltli)</t>
+          <t>Onsra 4 – Yâd (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256030848</t>
+          <t>9786256030909</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1</t>
+          <t>Akrebin Kalbi 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256402027</t>
+          <t>9786256030886</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli)</t>
+          <t>Akrebin Kalbi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>8987563285636</t>
+          <t>9786256030848</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli - Kutulu)</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256030626</t>
+          <t>9786256402027</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eylül 3 – Meftun</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258099997</t>
+          <t>8987563285636</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli - Kutulu)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1020</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258099249</t>
+          <t>9786256030626</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan Serisi - 3 Kitap Takım</t>
+          <t>Eylül 3 – Meftun</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>990</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054737840</t>
+          <t>9786258099997</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Lahza Serisi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052050835</t>
+          <t>9786258099249</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Aşiyan Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>110</v>
+        <v>990</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052050880</t>
+          <t>9786054737840</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052050811</t>
+          <t>9786052050835</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Olağan Üstü Bir Gece</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256402553</t>
+          <t>9786052050880</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele - Kutulu Set (Ciltli)</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>510</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256030565</t>
+          <t>9786052050811</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 4 - Azlem (Ciltli)</t>
+          <t>Olağan Üstü Bir Gece</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256030558</t>
+          <t>9786256402553</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 4 - Azlem</t>
+          <t>İhtilal 1 - Zelzele - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>8789067895676</t>
+          <t>9786256030565</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Can Dikmenli İmzalı Kutulu Set (3 Takım Kitap)</t>
+          <t>İçinde Bir Sen 4 - Azlem (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>8787568558434</t>
+          <t>9786256030558</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi Set (3 Kitap Takım İmzalı Ciltli)</t>
+          <t>İçinde Bir Sen 4 - Azlem</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>790</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8789851029874</t>
+          <t>8789067895676</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım</t>
+          <t>Can Dikmenli İmzalı Kutulu Set (3 Takım Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256402003</t>
+          <t>8787568558434</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Ciltli)</t>
+          <t>Onsra Serisi Set (3 Kitap Takım İmzalı Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1200</v>
+        <v>790</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256402720</t>
+          <t>8789851029874</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Onsra 1 - Nar (Ciltli)</t>
+          <t>İs Serisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058732230</t>
+          <t>9786256402003</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Ala</t>
+          <t>Lahza Serisi 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257050227</t>
+          <t>9786256402720</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Renkli Evler - Yetişkinler İçin Boyama</t>
+          <t>Onsra 1 - Nar (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257050043</t>
+          <t>9786058732230</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta 2</t>
+          <t>Aşk-ı Ala</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256030183</t>
+          <t>9786257050227</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Visal - Ahu Döngüsü</t>
+          <t>Renkli Evler - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256030190</t>
+          <t>9786257050043</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Visal - Ahu Döngüsü (Ciltli)</t>
+          <t>Küfür Sokakta 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256030152</t>
+          <t>9786256030183</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Onsra 3 - Kam</t>
+          <t>Visal - Ahu Döngüsü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256030169</t>
+          <t>9786256030190</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Onsra 3 - Kam (Ciltli)</t>
+          <t>Visal - Ahu Döngüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256030176</t>
+          <t>9786256030152</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Öte Kabuslar Kadar 2</t>
+          <t>Onsra 3 - Kam</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256030145</t>
+          <t>9786256030169</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gül Kuyusu 1</t>
+          <t>Onsra 3 - Kam (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8786259988642</t>
+          <t>9786256030176</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Kutulu)</t>
+          <t>Rüyalardan Öte Kabuslar Kadar 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1060</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8786259956900</t>
+          <t>9786256030145</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Kutulu Ciltli)</t>
+          <t>Gül Kuyusu 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8789078767542</t>
+          <t>8786259988642</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Kutulu)</t>
+          <t>Lahza Serisi 3 Kitap Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1840</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8787653444703</t>
+          <t>8786259956900</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Kutulu Ciltli)</t>
+          <t>Lahza Serisi 3 Kitap Takım (Kutulu Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2190</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256636101</t>
+          <t>8789078767542</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal - Tonton</t>
+          <t>İs Serisi 5 Kitap Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256402065</t>
+          <t>8787653444703</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ata - Neredesin Mavi Gözlüm</t>
+          <t>İs Serisi 5 Kitap Takım (Kutulu Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256402751</t>
+          <t>9786256636101</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtar 1</t>
+          <t>Turgut Özal - Tonton</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>189</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256402966</t>
+          <t>9786256402065</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Daluyku – İs Serisi 5</t>
+          <t>Ata - Neredesin Mavi Gözlüm</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256636057</t>
+          <t>9786256402751</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Lahza 3 – Gece ve Şafak</t>
+          <t>Kırmızı Anahtar 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>340</v>
+        <v>189</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256402973</t>
+          <t>9786256402966</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Daluyku - İs Serisi 5 (Ciltli)</t>
+          <t>Daluyku – İs Serisi 5</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256636071</t>
+          <t>9786256636057</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yaban Arısı – Avrupa’da İlk Selçuklu</t>
+          <t>Lahza 3 – Gece ve Şafak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256636033</t>
+          <t>9786256402973</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Lahza 3 – Gece ve Şafak (Ciltli)</t>
+          <t>Daluyku - İs Serisi 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256402867</t>
+          <t>9786256636071</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtar 2 - Zincirkıran</t>
+          <t>Yaban Arısı – Avrupa’da İlk Selçuklu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>189</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8789857647904</t>
+          <t>9786256636033</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Ciltli)</t>
+          <t>Lahza 3 – Gece ve Şafak (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>2150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256402690</t>
+          <t>9786256402867</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Onsra 1 - Nar</t>
+          <t>Kırmızı Anahtar 2 - Zincirkıran</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>330</v>
+        <v>189</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256402706</t>
+          <t>8789857647904</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Onsra 2 - Hun</t>
+          <t>İs Serisi 5 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256402836</t>
+          <t>9786256402690</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım 2 - His Anestezisi</t>
+          <t>Onsra 1 - Nar</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256402812</t>
+          <t>9786256402706</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım - Aşk Anatomisi (Ciltli)</t>
+          <t>Onsra 2 - Hun</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256402829</t>
+          <t>9786256402836</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım 2 - His Anestezisi (Ciltli)</t>
+          <t>Ev Arkadaşım 2 - His Anestezisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256402737</t>
+          <t>9786256402812</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Onsra 2 - Hun (Ciltli)</t>
+          <t>Ev Arkadaşım - Aşk Anatomisi (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256402508</t>
+          <t>9786256402829</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har Ve Kül</t>
+          <t>Ev Arkadaşım 2 - His Anestezisi (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256402492</t>
+          <t>9786256402737</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har Ve Kül (Ciltli)</t>
+          <t>Onsra 2 - Hun (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256402324</t>
+          <t>9786256402508</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Serisi 4 Kitap Takım (Kutulu Ciltli Set)</t>
+          <t>Lahza 2 - Har Ve Kül</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256402546</t>
+          <t>9786256402492</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 4 - Saklı Cennet</t>
+          <t>Lahza 2 - Har Ve Kül (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256402539</t>
+          <t>9786256402324</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 4 - Saklı Cennet (Ciltli)</t>
+          <t>Kötü Çocuk Serisi 4 Kitap Takım (Kutulu Ciltli Set)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>390</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256402522</t>
+          <t>9786256402546</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 3 - Soğuk Oda</t>
+          <t>Kötü Çocuk 4 - Saklı Cennet</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256402515</t>
+          <t>9786256402539</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 3 - Soğuk Oda (Ciltli)</t>
+          <t>Kötü Çocuk 4 - Saklı Cennet (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256402362</t>
+          <t>9786256402522</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 2 - Baş Belası</t>
+          <t>Kötü Çocuk 3 - Soğuk Oda</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256402348</t>
+          <t>9786256402515</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 2 - Baş Belası (Ciltli)</t>
+          <t>Kötü Çocuk 3 - Soğuk Oda (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256402379</t>
+          <t>9786256402362</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 1 - Beyaz Nokta</t>
+          <t>Kötü Çocuk 2 - Baş Belası</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256402331</t>
+          <t>9786256402348</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 1 - Beyaz Nokta (Ciltli)</t>
+          <t>Kötü Çocuk 2 - Baş Belası (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256402560</t>
+          <t>9786256402379</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele (Ciltli)</t>
+          <t>Kötü Çocuk 1 - Beyaz Nokta</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256402584</t>
+          <t>9786256402331</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele</t>
+          <t>Kötü Çocuk 1 - Beyaz Nokta (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256402416</t>
+          <t>9786256402560</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiğim Her Şeyin Sonunda Kendimi Kazandım</t>
+          <t>İhtilal 1 - Zelzele (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256402447</t>
+          <t>9786256402584</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>İhtilal 1 - Zelzele</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256402430</t>
+          <t>9786256402416</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gönül Eczanesi</t>
+          <t>Kaybettiğim Her Şeyin Sonunda Kendimi Kazandım</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256402454</t>
+          <t>9786256402447</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Duyduğunu Değil Gördüğünü Yapar</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257050432</t>
+          <t>9786256402430</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Gönül Eczanesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256402393</t>
+          <t>9786256402454</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Öte Kabuslar Kadar</t>
+          <t>Çocuk Duyduğunu Değil Gördüğünü Yapar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256402409</t>
+          <t>9786257050432</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Döngüsü</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256402317</t>
+          <t>9786256402393</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran</t>
+          <t>Rüyalardan Öte Kabuslar Kadar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256402294</t>
+          <t>9786256402409</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran (Ciltli)</t>
+          <t>Kalbin Döngüsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256402034</t>
+          <t>9786256402317</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ellerinde</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256402164</t>
+          <t>9786256402294</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Mucizesi – Beşik Kertmesi</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256402102</t>
+          <t>9786256402034</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalancı - Yas</t>
+          <t>Kalbim Ellerinde</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256402089</t>
+          <t>9786256402164</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Akılbaz - Karanlığın Aç Çocukları</t>
+          <t>Böğürtlen Mucizesi – Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>159</v>
+        <v>330</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256402140</t>
+          <t>9786256402102</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kupa Kızı Ve Sinek Valesi</t>
+          <t>Küçük Yalancı - Yas</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256402058</t>
+          <t>9786256402089</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım – Aşk Anatomisi</t>
+          <t>Akılbaz - Karanlığın Aç Çocukları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>330</v>
+        <v>159</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256402010</t>
+          <t>9786256402140</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Lahza 1 - Mah Ve Şer (Ciltli)</t>
+          <t>Kupa Kızı Ve Sinek Valesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258099867</t>
+          <t>9786256402058</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kuma Serisi (Ciltli 3 Kitap Takım)</t>
+          <t>Ev Arkadaşım – Aşk Anatomisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258099898</t>
+          <t>9786256402010</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kuma 3 (Ciltli)</t>
+          <t>Lahza 1 - Mah Ve Şer (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258099881</t>
+          <t>9786258099867</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuma 2</t>
+          <t>Kuma Serisi (Ciltli 3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258099874</t>
+          <t>9786258099898</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Kuma 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258099928</t>
+          <t>9786258099881</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin 2</t>
+          <t>Kuma 2</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258099911</t>
+          <t>9786258099874</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin (Ciltli)</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258099959</t>
+          <t>9786258099928</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Berdel 2</t>
+          <t>Emanet Gelin 2</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258099942</t>
+          <t>9786258099911</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Berdel (Ciltli)</t>
+          <t>Emanet Gelin (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258099904</t>
+          <t>9786258099959</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin Serisi (Ciltli 2 Kitap Takım)</t>
+          <t>Berdel 2</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258099935</t>
+          <t>9786258099942</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Berdel Serisi (Ciltli 2 Kitap Takım)</t>
+          <t>Berdel (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257642569</t>
+          <t>9786258099904</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 – Yehmum (Kutulu ve Şömiz Hediyeli) (Ciltli)</t>
+          <t>Emanet Gelin Serisi (Ciltli 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>430</v>
+        <v>800</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258099973</t>
+          <t>9786258099935</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 - Yehmum</t>
+          <t>Berdel Serisi (Ciltli 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258099980</t>
+          <t>9786257642569</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 – Yehmum (Ciltli)</t>
+          <t>İçinde Bir Sen 3 – Yehmum (Kutulu ve Şömiz Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258099966</t>
+          <t>9786258099973</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Polis Şakaya Gelmez</t>
+          <t>İçinde Bir Sen 3 - Yehmum</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257642552</t>
+          <t>9786258099980</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Lahza 1 – Mah Ve Şer</t>
+          <t>İçinde Bir Sen 3 – Yehmum (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258099447</t>
+          <t>9786258099966</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 1 - Kıvılcım</t>
+          <t>Polis Şakaya Gelmez</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258099027</t>
+          <t>9786257642552</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka</t>
+          <t>Lahza 1 – Mah Ve Şer</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258099539</t>
+          <t>9786258099447</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Giryan</t>
+          <t>Yangın Mavisi 1 - Kıvılcım</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258099317</t>
+          <t>9786258099027</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eylül 2 - Makus</t>
+          <t>Zümrüdüanka</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258099331</t>
+          <t>9786258099539</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Eylül 1 - Dilhun</t>
+          <t>Giryan</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258099423</t>
+          <t>9786258099317</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sühve</t>
+          <t>Eylül 2 - Makus</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258099294</t>
+          <t>9786258099331</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
+          <t>Eylül 1 - Dilhun</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258099393</t>
+          <t>9786258099423</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Devin</t>
+          <t>Kırık Sühve</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258099270</t>
+          <t>9786258099294</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
+          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258099362</t>
+          <t>9786258099393</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk</t>
+          <t>Devin</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258099430</t>
+          <t>9786258099270</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 1- Güriz (Cep Boy)</t>
+          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258099492</t>
+          <t>9786258099362</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 2 - Ateş</t>
+          <t>Dağ Başında Aşk</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258099508</t>
+          <t>9786258099430</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 3 - Yangın</t>
+          <t>Baytar Hanım 1- Güriz (Cep Boy)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258099478</t>
+          <t>9786258099492</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 4 - Kahin</t>
+          <t>Yangın Mavisi 2 - Ateş</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258099522</t>
+          <t>9786258099508</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 5 - Kül</t>
+          <t>Yangın Mavisi 3 - Yangın</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258099515</t>
+          <t>9786258099478</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 4 - Kor</t>
+          <t>Ateşli Kanatlar 4 - Kahin</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258099454</t>
+          <t>9786258099522</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 3 - Diriliş</t>
+          <t>Yangın Mavisi 5 - Kül</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258099348</t>
+          <t>9786258099515</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk 2</t>
+          <t>Yangın Mavisi 4 - Kor</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258099485</t>
+          <t>9786258099454</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 2 - Lider</t>
+          <t>Ateşli Kanatlar 3 - Diriliş</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258099409</t>
+          <t>9786258099348</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 2 - Saye</t>
+          <t>Dağ Başında Aşk 2</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258099461</t>
+          <t>9786258099485</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 1 - Hilekar</t>
+          <t>Ateşli Kanatlar 2 - Lider</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258099287</t>
+          <t>9786258099409</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
+          <t>Baytar Hanım 2 - Saye</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258099300</t>
+          <t>9786258099461</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
+          <t>Ateşli Kanatlar 1 - Hilekar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258099324</t>
+          <t>9786258099287</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eylül 2 - Makus</t>
+          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258099386</t>
+          <t>9786258099300</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Buz Kral 1 - Heves</t>
+          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258099416</t>
+          <t>9786258099324</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 2 - Saye</t>
+          <t>Eylül 2 - Makus</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258099256</t>
+          <t>9786258099386</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan Serisi - 3 Kitap Takım (Ciltli)</t>
+          <t>Buz Kral 1 - Heves</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258099263</t>
+          <t>9786258099416</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi - Kutulu 4 Kitap Takım (Ciltli)</t>
+          <t>Baytar Hanım 2 - Saye</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1760</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258099164</t>
+          <t>9786258099256</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 1 - Virane (Ciltli)</t>
+          <t>Aşiyan Serisi - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>390</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258099195</t>
+          <t>9786258099263</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Günebakan - İs Serisi 3 (Ciltli)</t>
+          <t>İs Serisi - Kutulu 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258099218</t>
+          <t>9786258099164</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Nehir - İs Serisi 2 (Ciltli)</t>
+          <t>Aşiyan 1 - Virane (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258099225</t>
+          <t>9786258099195</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tünel - İs Serisi 1 (Ciltli)</t>
+          <t>Günebakan - İs Serisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258099201</t>
+          <t>9786258099218</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İkizalev - İs Serisi 4 (Ciltli)</t>
+          <t>Nehir - İs Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258099171</t>
+          <t>9786258099225</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 2 - Divane (Ciltli)</t>
+          <t>Tünel - İs Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258099188</t>
+          <t>9786258099201</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 3 – Yegane (Ciltli)</t>
+          <t>İkizalev - İs Serisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258099232</t>
+          <t>9786258099171</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi - 4 Kitap Takım</t>
+          <t>Aşiyan 2 - Divane (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258099157</t>
+          <t>9786258099188</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İkizalev - İs Serisi 4</t>
+          <t>Aşiyan 3 – Yegane (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258099034</t>
+          <t>9786258099232</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kent 2 - Rhea</t>
+          <t>İs Serisi - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>330</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258099041</t>
+          <t>9786258099157</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kent - 1</t>
+          <t>İkizalev - İs Serisi 4</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258099126</t>
+          <t>9786258099034</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kanadını İyileştirdiğiniz Her Kuş Bir Gün Uçar Gider</t>
+          <t>Ölü Kent 2 - Rhea</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257642767</t>
+          <t>9786258099041</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Neva Bulvarı</t>
+          <t>Ölü Kent - 1</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257642866</t>
+          <t>9786258099126</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kanadını İyileştirdiğiniz Her Kuş Bir Gün Uçar Gider</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257642804</t>
+          <t>9786257642767</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Neva Bulvarı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257642859</t>
+          <t>9786257642866</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>8764562100944</t>
+          <t>9786257642804</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen Serisi 2 Kitap Takım</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257642613</t>
+          <t>9786257642859</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar Serisi (Kutulu 4 Kitap Takım)</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258099010</t>
+          <t>8764562100944</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Buzdolabı</t>
+          <t>İçinde Bir Sen Serisi 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258099003</t>
+          <t>9786257642613</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>7 Zeytin 1 İncir</t>
+          <t>Ateşli Kanatlar Serisi (Kutulu 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258099140</t>
+          <t>9786258099010</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 3 - Yegane</t>
+          <t>Einstein’ın Buzdolabı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257642880</t>
+          <t>9786258099003</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 2. Perde (Ciltli)</t>
+          <t>7 Zeytin 1 İncir</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257642972</t>
+          <t>9786258099140</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 4. Perde</t>
+          <t>Aşiyan 3 - Yegane</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257642910</t>
+          <t>9786257642880</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 5. Perde (Ciltli)</t>
+          <t>Asi Çakıltaşı 2. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257642989</t>
+          <t>9786257642972</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 5. Perde</t>
+          <t>Asi Çakıltaşı 4. Perde</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257642996</t>
+          <t>9786257642910</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 6. Perde</t>
+          <t>Asi Çakıltaşı 5. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257642941</t>
+          <t>9786257642989</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 1. Perde</t>
+          <t>Asi Çakıltaşı 5. Perde</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257642873</t>
+          <t>9786257642996</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 1. Perde (Ciltli)</t>
+          <t>Asi Çakıltaşı 6. Perde</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257642958</t>
+          <t>9786257642941</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 2. Perde</t>
+          <t>Asi Çakıltaşı 1. Perde</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257642903</t>
+          <t>9786257642873</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 4. Perde (Ciltli)</t>
+          <t>Asi Çakıltaşı 1. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257642927</t>
+          <t>9786257642958</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 6. Perde (Ciltli)</t>
+          <t>Asi Çakıltaşı 2. Perde</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257642965</t>
+          <t>9786257642903</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 3. Perde</t>
+          <t>Asi Çakıltaşı 4. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257642538</t>
+          <t>9786257642927</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (8 Kitap Takım)</t>
+          <t>Asi Çakıltaşı 6. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>2400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257642637</t>
+          <t>9786257642965</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Milena’dan Mektup Var</t>
+          <t>Asi Çakıltaşı 3. Perde</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257642644</t>
+          <t>9786257642538</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Barış Manço – Yaz Dostum</t>
+          <t>Yeşilin Kızı Anne (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257642668</t>
+          <t>9786257642637</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Devin</t>
+          <t>Milena’dan Mektup Var</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257642651</t>
+          <t>9786257642644</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 2 - Divane</t>
+          <t>Barış Manço – Yaz Dostum</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257642606</t>
+          <t>9786257642668</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kahin - Ateşli Kanatlar 4</t>
+          <t>Devin</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257642590</t>
+          <t>9786257642651</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Proje X - Veni</t>
+          <t>Aşiyan 2 - Divane</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054737635</t>
+          <t>9786257642606</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Düşler - Bize Sen Kala 1</t>
+          <t>Kahin - Ateşli Kanatlar 4</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257642316</t>
+          <t>9786257642590</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Proje X - Veni</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257642323</t>
+          <t>9786054737635</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Feveran - Veda</t>
+          <t>Tehlikeli Düşler - Bize Sen Kala 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257642484</t>
+          <t>9786257642316</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 2 - Asreman (Ciltli)</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257642491</t>
+          <t>9786257642323</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 2 - Asreman</t>
+          <t>Feveran - Veda</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257642460</t>
+          <t>9786257642484</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
+          <t>İçinde Bir Sen 2 - Asreman (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257642453</t>
+          <t>9786257642491</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi</t>
+          <t>İçinde Bir Sen 2 - Asreman</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257642446</t>
+          <t>9786257642460</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8 - Rilla</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257642330</t>
+          <t>9786257642453</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257642170</t>
+          <t>9786257642446</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Gelin</t>
+          <t>Yeşilin Kızı Anne 8 - Rilla</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257642286</t>
+          <t>9786257642330</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen-Kutulu Siyah Set (4 Kitap Takım)</t>
+          <t>Dağ Başında Aşk</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257642293</t>
+          <t>9786257642170</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen-Kutulu Kırmızı Set (4 Kitap Takım)</t>
+          <t>Sessiz Gelin</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257642163</t>
+          <t>9786257642286</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Eylül 1 - Dilhun</t>
+          <t>Arsen Lüpen-Kutulu Siyah Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>330</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257642156</t>
+          <t>9786257642293</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sühve</t>
+          <t>Arsen Lüpen-Kutulu Kırmızı Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>330</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257642149</t>
+          <t>9786257642163</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Seti (5 Kitap Takım)</t>
+          <t>Eylül 1 - Dilhun</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257642019</t>
+          <t>9786257642156</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Giryan</t>
+          <t>Kırık Sühve</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257642118</t>
+          <t>9786257642149</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Yeşilin Kızı Anne Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257642040</t>
+          <t>9786257642019</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
+          <t>Giryan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257642026</t>
+          <t>9786257642118</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257642132</t>
+          <t>9786257642040</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Lila Kapak)</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257642057</t>
+          <t>9786257642026</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 - Hayaller Evi</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257642125</t>
+          <t>9786257642132</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Milena'ya Mektuplar (Lila Kapak)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257642002</t>
+          <t>9786257642057</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 1 - Virane</t>
+          <t>Yeşilin Kızı Anne 5 - Hayaller Evi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057028211</t>
+          <t>9786257642125</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözlü Kız - Arsen Lüpen</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057028297</t>
+          <t>9786257642002</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi (Tam Metin)</t>
+          <t>Aşiyan 1 - Virane</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057028235</t>
+          <t>9786057028211</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Mavi Gözlü Kız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057028273</t>
+          <t>9786057028297</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>813 - Arsen Lüpen</t>
+          <t>İrade Eğitimi (Tam Metin)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057028280</t>
+          <t>9786057028235</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Tablolar - Arsen Lüpen</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057028242</t>
+          <t>9786057028273</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar - Arsen Lüpen</t>
+          <t>813 - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057028228</t>
+          <t>9786057028280</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Barnett - Arsen Lüpen</t>
+          <t>Çalınan Tablolar - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057028266</t>
+          <t>9786057028242</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
+          <t>İtiraflar - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057028259</t>
+          <t>9786057028228</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Saat Sekizi Çalarken - Arsen Lüpen</t>
+          <t>Müfettiş Barnett - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257642033</t>
+          <t>9786057028266</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (8 Kitap Takım)</t>
+          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>2320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257050968</t>
+          <t>9786057028259</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Müslüm - Hangimiz Sevmedik</t>
+          <t>Saat Sekizi Çalarken - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257050975</t>
+          <t>9786257642033</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 1 - Engerek</t>
+          <t>Arsen Lüpen Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>340</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257050982</t>
+          <t>9786257050968</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 1 - Engerek (Ciltli)</t>
+          <t>Müslüm - Hangimiz Sevmedik</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257050883</t>
+          <t>9786257050975</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Avonlea</t>
+          <t>İçinde Bir Sen 1 - Engerek</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257050890</t>
+          <t>9786257050982</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>İçinde Bir Sen 1 - Engerek (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257050906</t>
+          <t>9786257050883</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257050913</t>
+          <t>9786257050890</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kuma Serisi Set (3 Kitap Takım)</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257050920</t>
+          <t>9786257050906</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Umut Serisi Set (3 Kitap Takım)</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257050784</t>
+          <t>9786257050913</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Kuma Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257050807</t>
+          <t>9786257050920</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Umut Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257050791</t>
+          <t>9786257050784</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257050814</t>
+          <t>9786257050807</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Anılar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257050838</t>
+          <t>9786257050791</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kitaplığı (6 Kitap Kutulu Set)</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>1180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257050760</t>
+          <t>9786257050814</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257050777</t>
+          <t>9786257050838</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Atatürk Kitaplığı (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257050753</t>
+          <t>9786257050760</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257050852</t>
+          <t>9786257050777</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Tüm Eserleri - (6 Kitap Kutulu Set)</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257050821</t>
+          <t>9786257050753</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Sokağı</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257050623</t>
+          <t>9786257050852</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Günebakan - İs Serisi 3</t>
+          <t>Sabahattin Ali Tüm Eserleri - (6 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257050739</t>
+          <t>9786257050821</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma</t>
+          <t>Depresyon Sokağı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257050579</t>
+          <t>9786257050623</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Günebakan - İs Serisi 3</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257050722</t>
+          <t>9786257050739</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Fethi</t>
+          <t>Bana Öyle Bakma</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257050548</t>
+          <t>9786257050579</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Beş</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257050562</t>
+          <t>9786257050722</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - 4 Kitap Set</t>
+          <t>Mutluluğun Fethi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>680</v>
+        <v>210</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257050456</t>
+          <t>9786257050548</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Kolay Seviye</t>
+          <t>Beş</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257050517</t>
+          <t>9786257050562</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Zor Seviye</t>
+          <t>Mandala Sudoku - 4 Kitap Set</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257050524</t>
+          <t>9786257050456</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Profesyonel</t>
+          <t>Mandala Sudoku - Kolay Seviye</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257050258</t>
+          <t>9786257050517</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Seti (6 Kitap Takım)</t>
+          <t>Mandala Sudoku - Zor Seviye</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>840</v>
+        <v>170</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257050241</t>
+          <t>9786257050524</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Karantina - Yetişkinler İçin Boyama</t>
+          <t>Mandala Sudoku - Profesyonel</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257050234</t>
+          <t>9786257050258</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Renkli Bitkiler - Yetişkinler İçin Boyama</t>
+          <t>Yetişkinler İçin Boyama Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>140</v>
+        <v>840</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257050197</t>
+          <t>9786257050241</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Renkli Objeler - Yetişkinler İçin Boyama</t>
+          <t>Karantina - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257050210</t>
+          <t>9786257050234</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Renkli Hayvanlar - Yetişkinler İçin Boyama</t>
+          <t>Renkli Bitkiler - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257050203</t>
+          <t>9786257050197</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kızlar - Yetişkinler İçin Boyama</t>
+          <t>Renkli Objeler - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257050135</t>
+          <t>9786257050210</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Umut Ettiğin Kadar</t>
+          <t>Renkli Hayvanlar - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257050173</t>
+          <t>9786257050203</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yeniden Başla</t>
+          <t>Renkli Kızlar - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257050142</t>
+          <t>9786257050135</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sesini Aç</t>
+          <t>Umut Ettiğin Kadar</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257050159</t>
+          <t>9786257050173</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yalnızlığından Alanlar</t>
+          <t>Hayata Yeniden Başla</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257050111</t>
+          <t>9786257050142</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Kor 4</t>
+          <t>Kalbinin Sesini Aç</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257050074</t>
+          <t>9786257050159</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Altı</t>
+          <t>Gücünü Yalnızlığından Alanlar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257050050</t>
+          <t>9786257050111</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kore’deki Ayak İzleri</t>
+          <t>Yangın Mavisi - Kor 4</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257050067</t>
+          <t>9786257050074</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf</t>
+          <t>Altı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257050128</t>
+          <t>9786257050050</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Yangın 3</t>
+          <t>Kore’deki Ayak İzleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257050104</t>
+          <t>9786257050067</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Kül 5</t>
+          <t>Virginia Woolf</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257050081</t>
+          <t>9786257050128</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Ateş 2</t>
+          <t>Yangın Mavisi - Yangın 3</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257050005</t>
+          <t>9786257050104</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Göğsündeki Uykumu B’ölme</t>
+          <t>Yangın Mavisi - Kül 5</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052050996</t>
+          <t>9786257050081</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta 2</t>
+          <t>Yangın Mavisi - Ateş 2</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052050910</t>
+          <t>9786257050005</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yedi</t>
+          <t>Göğsündeki Uykumu B’ölme</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052050842</t>
+          <t>9786052050996</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nehir - İs Serisi 2</t>
+          <t>Küfür Sokakta 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052050941</t>
+          <t>9786052050910</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bil</t>
+          <t>Yedi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052050958</t>
+          <t>9786052050842</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Asi ve Mavi</t>
+          <t>Nehir - İs Serisi 2</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052050897</t>
+          <t>9786052050941</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Kendini Bil</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052050729</t>
+          <t>9786052050958</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Hatalar</t>
+          <t>Asi ve Mavi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052050774</t>
+          <t>9786052050897</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kaya - Kendine İyi Bak</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052050767</t>
+          <t>9786052050729</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Arif - Terk Etmedi Sevdan Beni</t>
+          <t>Kusursuz Hatalar</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052050781</t>
+          <t>9786052050774</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş: Delikanlım İyi Bak Yıldızlara</t>
+          <t>Ahmet Kaya - Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052050798</t>
+          <t>9786052050767</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tuncel Kurtiz - Herkes Öldürür Sevdiğini</t>
+          <t>Ahmed Arif - Terk Etmedi Sevdan Beni</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052050873</t>
+          <t>9786052050781</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Deniz Gezmiş: Delikanlım İyi Bak Yıldızlara</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052050866</t>
+          <t>9786052050798</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Tuncel Kurtiz - Herkes Öldürür Sevdiğini</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052050859</t>
+          <t>9786052050873</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052050804</t>
+          <t>9786052050866</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tomris'çe</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052050736</t>
+          <t>9786052050859</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney - Çirkin Kral</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052050644</t>
+          <t>9786052050804</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çok Geç Olabilir</t>
+          <t>Tomris'çe</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052050651</t>
+          <t>9786052050736</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bak Farklı Gör</t>
+          <t>Yılmaz Güney - Çirkin Kral</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052050668</t>
+          <t>9786052050644</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Özgürleştirin</t>
+          <t>Yarın Çok Geç Olabilir</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052050064</t>
+          <t>9786052050651</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Beş Portakal Çekirdeği</t>
+          <t>Farklı Bak Farklı Gör</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052050491</t>
+          <t>9786052050668</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gümüş Şimşek</t>
+          <t>Beyninizi Özgürleştirin</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052050705</t>
+          <t>9786052050064</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Böcek Avcısı</t>
+          <t>Sherlock Holmes - Beş Portakal Çekirdeği</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054737642</t>
+          <t>9786052050491</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bisikletli Takip</t>
+          <t>Sherlock Holmes - Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052050712</t>
+          <t>9786052050705</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Sherlock Holmes - Böcek Avcısı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052050682</t>
+          <t>9786054737642</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Çatılı Ev</t>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054737895</t>
+          <t>9786052050712</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054737826</t>
+          <t>9786052050682</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Klubü</t>
+          <t>Sherlock Holmes - Üç Çatılı Ev</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052050675</t>
+          <t>9786054737895</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Fil Tyke Olmak</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052050620</t>
+          <t>9786054737826</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Gibi Bir Adam Sevdim</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Klubü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052050613</t>
+          <t>9786052050675</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalp Yalnızlığı</t>
+          <t>Fil Tyke Olmak</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052050637</t>
+          <t>9786052050620</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Berdel 2</t>
+          <t>Kirpi Gibi Bir Adam Sevdim</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052050583</t>
+          <t>9786052050613</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka 3'lü Set (3 Kitap Takım)</t>
+          <t>Bir Kalp Yalnızlığı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052050569</t>
+          <t>9786052050637</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı (3 Kitap Takım)</t>
+          <t>Berdel 2</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>1300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052050538</t>
+          <t>9786052050583</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali 3'lü Set (3 Kitap Takım)</t>
+          <t>Franz Kafka 3'lü Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054737758</t>
+          <t>9786052050569</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>Asi Çakıltaşı (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052050484</t>
+          <t>9786052050538</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Neyt - Asi Çakıltaşı Serisi 3</t>
+          <t>Sabahattin Ali 3'lü Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052050439</t>
+          <t>9786054737758</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052050422</t>
+          <t>9786052050484</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Neyt - Asi Çakıltaşı Serisi 3</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052050446</t>
+          <t>9786052050439</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052050460</t>
+          <t>9786052050422</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052050415</t>
+          <t>9786052050446</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052050477</t>
+          <t>9786052050460</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052050453</t>
+          <t>9786052050415</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Piraye'de Nazım Olmak</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052050408</t>
+          <t>9786052050477</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Cemal Süreya</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052050323</t>
+          <t>9786052050453</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Zaman Unutturmaz Uyuşturur</t>
+          <t>Piraye'de Nazım Olmak</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052050385</t>
+          <t>9786052050408</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolu</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052050347</t>
+          <t>9786052050323</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Süreya Gibi</t>
+          <t>Zaman Unutturmaz Uyuşturur</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052050309</t>
+          <t>9786052050385</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sekiz - 8</t>
+          <t>Başarı Yolu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052050392</t>
+          <t>9786052050347</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kuma 3</t>
+          <t>Süreya Gibi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054737215</t>
+          <t>9786052050309</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yarasın</t>
+          <t>Sekiz - 8</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052050293</t>
+          <t>9786052050392</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Evcilik Oyunu</t>
+          <t>Kuma 3</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052050224</t>
+          <t>9786054737215</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Yüzlü Demir Yürekli</t>
+          <t>Yarasın</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054737185</t>
+          <t>9786052050293</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Tünel - İs Serisi 1</t>
+          <t>Evcilik Oyunu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052050286</t>
+          <t>9786052050224</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Berdel</t>
+          <t>Yusuf Yüzlü Demir Yürekli</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052050255</t>
+          <t>9786054737185</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Tünel - İs Serisi 1</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052050248</t>
+          <t>9786052050286</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052050231</t>
+          <t>9786052050255</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052050279</t>
+          <t>9786052050248</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Bencil Olur</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052050262</t>
+          <t>9786052050231</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052050200</t>
+          <t>9786052050279</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Reyc - Asi Çakıltaşı Serisi 2</t>
+          <t>Aşıklar Bencil Olur</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052050217</t>
+          <t>9786052050262</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Süperinsan</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052050187</t>
+          <t>9786052050200</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlara</t>
+          <t>Reyc - Asi Çakıltaşı Serisi 2</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>119</v>
+        <v>420</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052050194</t>
+          <t>9786052050217</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gider mi?</t>
+          <t>Süperinsan</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052050163</t>
+          <t>9786052050187</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Galata Sokağı</t>
+          <t>Yarım Kalanlara</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>119</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052050132</t>
+          <t>9786052050194</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Biz Ölümden Doğacağız</t>
+          <t>Herkes Gider mi?</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052050170</t>
+          <t>9786052050163</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Seni Seviyorsa</t>
+          <t>Galata Sokağı</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052050095</t>
+          <t>9786052050132</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Panşehir</t>
+          <t>Biz Ölümden Doğacağız</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052050149</t>
+          <t>9786052050170</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İnatla Ağıt</t>
+          <t>Bir Kadın Seni Seviyorsa</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052050118</t>
+          <t>9786052050095</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir'Aşk Zaman Ver</t>
+          <t>Panşehir</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052050125</t>
+          <t>9786052050149</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin - 2</t>
+          <t>İnatla Ağıt</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052050033</t>
+          <t>9786052050118</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Gökyüzüm</t>
+          <t>Bana Bir'Aşk Zaman Ver</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052050040</t>
+          <t>9786052050125</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kehf - Asi Çakıltaşı Serisi 1</t>
+          <t>Emanet Gelin - 2</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052050019</t>
+          <t>9786052050033</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zaten Kırılmış Bir Kızsın</t>
+          <t>Yüzün Gökyüzüm</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052050026</t>
+          <t>9786052050040</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Sigara</t>
+          <t>Kehf - Asi Çakıltaşı Serisi 1</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052050071</t>
+          <t>9786052050019</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gelmeyeni Beklemek</t>
+          <t>Zaten Kırılmış Bir Kızsın</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052050101</t>
+          <t>9786052050026</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüm Mavi</t>
+          <t>Papatya ve Sigara</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054737987</t>
+          <t>9786052050071</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Geçer Sandım</t>
+          <t>Gelmeyeni Beklemek</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054737994</t>
+          <t>9786052050101</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Gökyüzüm Mavi</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052050002</t>
+          <t>9786054737987</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Sen Kokuyor</t>
+          <t>Geçer Sandım</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054737871</t>
+          <t>9786054737994</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>İtiraf</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054737796</t>
+          <t>9786052050002</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Papatyalar Sen Kokuyor</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054737949</t>
+          <t>9786054737871</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kuma 2</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054737932</t>
+          <t>9786054737796</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kendine Gel</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054737925</t>
+          <t>9786054737949</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Filler ve Bulutlar</t>
+          <t>Kuma 2</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054737918</t>
+          <t>9786054737932</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Efnan</t>
+          <t>Kendine Gel</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054737963</t>
+          <t>9786054737925</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardan Bir Yerden</t>
+          <t>Filler ve Bulutlar</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054737864</t>
+          <t>9786054737918</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yollarım Sana Çıkıyor</t>
+          <t>Efnan</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>210</v>
+        <v>99</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054737741</t>
+          <t>9786054737963</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hilekar</t>
+          <t>Uzaklardan Bir Yerden</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054737765</t>
+          <t>9786054737864</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Lider</t>
+          <t>Tüm Yollarım Sana Çıkıyor</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054737710</t>
+          <t>9786054737741</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta</t>
+          <t>Hilekar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054737703</t>
+          <t>9786054737765</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Lider</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054737772</t>
+          <t>9786054737710</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Özgür Hali</t>
+          <t>Küfür Sokakta</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054737697</t>
+          <t>9786054737703</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ulan</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054737673</t>
+          <t>9786054737772</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Nesli’nin Güzellik Sırları</t>
+          <t>Aşkın Özgür Hali</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>50</v>
+        <v>99</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054737659</t>
+          <t>9786054737697</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Beklentiler Üzer</t>
+          <t>Ulan</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054737680</t>
+          <t>9786054737673</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Asan Kadın</t>
+          <t>Nesli’nin Güzellik Sırları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054737512</t>
+          <t>9786054737659</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Pompa Teorisi</t>
+          <t>Beklentiler Üzer</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054737567</t>
+          <t>9786054737680</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Güzel Kal</t>
+          <t>Hayalini Asan Kadın</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054737444</t>
+          <t>9786054737512</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İlk Acım Değilsin</t>
+          <t>Pompa Teorisi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>119</v>
+        <v>100</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054737451</t>
+          <t>9786054737567</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Küfrüm Aşar Edebimi</t>
+          <t>Aklımda Güzel Kal</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054737437</t>
+          <t>9786054737444</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin</t>
+          <t>İlk Acım Değilsin</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>119</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054737420</t>
+          <t>9786054737451</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Satan Kadın</t>
+          <t>Küfrüm Aşar Edebimi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
+          <t>9786054737437</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Emanet Gelin</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786054737420</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Ruhunu Satan Kadın</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
           <t>9786054737062</t>
         </is>
       </c>
-      <c r="B427" s="1" t="inlineStr">
+      <c r="B429" s="1" t="inlineStr">
         <is>
           <t>Bulmacalarla Diyanet Yeterlilik Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
-      <c r="C427" s="1">
+      <c r="C429" s="1">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>