--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,6460 +85,8605 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257642774</t>
+          <t>9786255982544</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ruhu (Kreutzer Sonat)</t>
+          <t>Unicorn Günlüğü 8 -Bizi Zafer Paklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256402249</t>
+          <t>8764584587334</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Geri Sayım Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>396</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8786872347895</t>
+          <t>9786258099546</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Turuncu (Kutulu) (Ciltli)</t>
+          <t>Kendime Rağmen Kendim İçin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>460</v>
+        <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255982513</t>
+          <t>9786258099355</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Turuncu (Ciltli)</t>
+          <t>Dağ Başında Aşk - 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>249</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8786878472621</t>
+          <t>9786258099096</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Opia 1 - Yitirmeli Ne Varsa (Kutulu) (Ciltli)</t>
+          <t>Anton Çehov Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>510</v>
+        <v>369</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256636156</t>
+          <t>9786257642682</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Opia 1 - Yitirmeli Ne Varsa (Ciltli)</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>410</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8786437634675</t>
+          <t>9786257642729</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi (2 Kitap Takım) (Ciltli)</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>780</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8786439235122</t>
+          <t>9786257642736</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi (2 Kitap Takım)</t>
+          <t>Üç Yıl</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>630</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8786432853262</t>
+          <t>9786257642712</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen (5 Kitap Takım)</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1690</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8786432854672</t>
+          <t>9786257642705</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen (5 Kitap Takım) (Ciltli)</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2010</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255982537</t>
+          <t>9786257642811</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 5 - Ehza</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>330</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255982520</t>
+          <t>9786257642699</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 5 - Ehza (Ciltli)</t>
+          <t>Bozkır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>410</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255982506</t>
+          <t>9786257642842</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi - 2</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>310</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256030749</t>
+          <t>9786257642675</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi - 2 (Ciltli)</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258099119</t>
+          <t>8146057050253</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lev Tolstoy Seti (5 Kitap Takım)</t>
+          <t>Yetişkinler İçin Boyama Seti 5′li</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>387</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257642620</t>
+          <t>9786052050828</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı Serisi (6 Kitap Takım) (Ciltli)</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>2380</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257642897</t>
+          <t>9786052050156</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 3. Perde (Ciltli)</t>
+          <t>Bu Kadıncı Yalnızlık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257050098</t>
+          <t>9786052050316</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım - Yangın Mavisi Serisi 1</t>
+          <t>Dans Et Benimle!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257050180</t>
+          <t>9786054737161</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi Set (5 Kitap Takım Kutulu)</t>
+          <t>Dört Mevsim Bir Gönül</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1690</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255982483</t>
+          <t>9786054737208</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Oğul (Şeffaf Kılıflı) (Ciltli)</t>
+          <t>Kanlı Beyit</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>460</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257050500</t>
+          <t>9786054737333</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Orta Seviye</t>
+          <t>Eşli Boyama Seti - Ruhunu Yansıt (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>8784657097430</t>
+          <t>9786054737239</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İhtilal (3 Kitap Takım)</t>
+          <t>Bana Seni Seviyorum Deme Sev</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257642835</t>
+          <t>9786054737284</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Polis Şakaya Gelmez (Ciltli)</t>
+          <t>Sevdanın Ölmüş Yanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>390</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255982438</t>
+          <t>9786054737147</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşk'a Mektup</t>
+          <t>Paragraf Çözme Teknikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256030985</t>
+          <t>9786052050088</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yok Karşılığı Yüzünün</t>
+          <t>İkiden Az Birden Fazla</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256636996</t>
+          <t>9786052050057</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yak Evi Isıt</t>
+          <t>Yalnız İnsanlar Sokağı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255982421</t>
+          <t>9786054737888</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Kimse Sevgili Olamadı</t>
+          <t>Kutudaki Son Kibrit Çöpü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256030992</t>
+          <t>9786054737734</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yine Seninle Geldi Hayat</t>
+          <t>Sen Kırıkları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255982445</t>
+          <t>9786054737727</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım (Ciltli)</t>
+          <t>Allah'ın Adıyla Oku</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255982452</t>
+          <t>9786054737321</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım</t>
+          <t>Altı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256402805</t>
+          <t>9786054737352</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım (Kutulu Set 3 Kitap) (Ciltli)</t>
+          <t>Kadınımın Şarkısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>8785678945328</t>
+          <t>9786054737536</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 2 - Zede (Kutulu) (Ciltli)</t>
+          <t>Ayrılık Yolcusu Kalmasın!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255982377</t>
+          <t>9786054737543</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda</t>
+          <t>Aşk Büyüsü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>430</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255982384</t>
+          <t>9786054737550</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda (Ciltli)</t>
+          <t>Ya Benimsin Ya Da Seninim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>490</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8784658079459</t>
+          <t>9786054737390</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İhtilal - 3 Zerda (Kutulu) (Ciltli)</t>
+          <t>Can Sızım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8686054737679</t>
+          <t>9786054737604</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca Set (10 Kitap Takım)</t>
+          <t>Senden Yadigar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1650</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255982360</t>
+          <t>9786054737581</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 10</t>
+          <t>Bir Gürültü Anında</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>165</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255982339</t>
+          <t>9786054737611</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 7</t>
+          <t>Evlilik Aşkı Güldürür</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255982353</t>
+          <t>9786054737598</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 9</t>
+          <t>Fotoğraf</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>165</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255982346</t>
+          <t>9786054737406</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 8</t>
+          <t>Aşkın Naz'lı Hali</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>165</v>
+        <v>149</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255982322</t>
+          <t>9786054737413</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 6</t>
+          <t>Beni Sen Sev</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255982315</t>
+          <t>9786054737376</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5</t>
+          <t>Tanrıya Dokunmak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>165</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255982308</t>
+          <t>9786054737338</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4</t>
+          <t>Ateşbaz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>165</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255982278</t>
+          <t>9786054737482</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 1</t>
+          <t>Kime Dokunduysan Ona Git</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>165</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255982292</t>
+          <t>9786054737970</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 3</t>
+          <t>Bana Evet Der Misin?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>165</v>
+        <v>89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255982285</t>
+          <t>9786054737666</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 2</t>
+          <t>Aşk Tutkusu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>165</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>8785438759370</t>
+          <t>9786054737468</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
+          <t>Bubi Tuzağı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>660</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256402126</t>
+          <t>9786058732278</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli - Sürgün</t>
+          <t>Yüreğime Cemre Düştü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>330</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258099102</t>
+          <t>9786058732285</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nikolay Gogol Seti (3 Kitap Takım)</t>
+          <t>Ya Olduğun Gibi Görün Ya Göründüğün Gibi Ol</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257642750</t>
+          <t>9786058732261</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Vuslat-ı Virane</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257642781</t>
+          <t>9786054737116</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Söz Sevgilim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257642743</t>
+          <t>9786058732216</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>49</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054737789</t>
+          <t>9786054737048</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257642347</t>
+          <t>3990000002096</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 1 - Güriz</t>
+          <t>Nasıl Bir Öğretmen?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257050166</t>
+          <t>9786054737123</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Enerji Terapistinin Rehberi</t>
+          <t>KPSS - Genel Kültür -  Genel Yetenek Soru Bankası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052050576</t>
+          <t>9786054737017</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski 4'lü Set (4 Kitap Takım)</t>
+          <t>Kayıp Ruh 3 - Umut</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255982155</t>
+          <t>9786054737024</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Canlı Cesetler (Ciltli)</t>
+          <t>Kayıp Ruh 2 - Kırık Kanat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255982254</t>
+          <t>9786054737031</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kirpikli Kadın Vera</t>
+          <t>Kayıp Ruh 1 - Irkların Savaşı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>8676257642298</t>
+          <t>9786054737086</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü Kutulu Set (Ciltli)</t>
+          <t>Gençler Anne Babalarından Ne İster - Anne Babalar Gençlerden Ne İster</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>820</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255982230</t>
+          <t>9786058732223</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri (Ciltli)</t>
+          <t>Farkındalığını Farket</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>119</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255982209</t>
+          <t>9786054737055</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255982223</t>
+          <t>9786054737079</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü - 1 Kayıp Liman (Ciltli)</t>
+          <t>Bulmacalarla İslam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255982193</t>
+          <t>9786058732254</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hainin Mührü 1 - Kayıp Liman</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>8789067982345</t>
+          <t>9786054309337</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Visal – Ahu Döngüsü (Kutulu) (Ciltli)</t>
+          <t>Aşk-ı A-la</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255982261</t>
+          <t>9786054309214</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 2 – Kış Dönencesi</t>
+          <t>AÖF 4. Sınıf Çıkmış Sorular Soru Bankası - İşletme</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8784657090547</t>
+          <t>9786054309207</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 2 - Kış Dönencesi (Kutulu) (Ciltli)</t>
+          <t>AÖF 3. Sınıf Kamu Yönetimi Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8784657090561</t>
+          <t>9786054309191</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran (Kutulu Set) (Ciltli)</t>
+          <t>AÖF 3. Sınıf Çıkmış Sorular Soru Bankası İktisat - Maliye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8789055876304</t>
+          <t>9786054309177</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har ve Kül (İmzalı) (Ciltli)</t>
+          <t>AÖF 2. Sınıf Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>360</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8789057876432</t>
+          <t>9786054309160</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har ve Kül (İmzalı)</t>
+          <t>AÖF 1. Sınıf Çıkmış Sorular Soru Bankası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255982131</t>
+          <t>9786054309221</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Ciltli)</t>
+          <t>AÖF 4. Sınıf Çıkmış Sorular Soru Bankası İktisat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>490</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255982124</t>
+          <t>9786054309238</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Squid Game Psikolojisi</t>
+          <t>AÖF 4. Sınıf Çıkmış Sorular Soru Bankası - Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255982117</t>
+          <t>9786054737956</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Squid Game Felsefesi</t>
+          <t>Sen Bana Geç Kaldın</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256636323</t>
+          <t>9786054737505</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gelin (Kutulu) (Ciltli)</t>
+          <t>Kafkas İmam</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>390</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256402195</t>
+          <t>9786054737628</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gelin</t>
+          <t>Sebebsiz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256636149</t>
+          <t>9786054737246</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı</t>
+          <t>Hazan Rüyası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256030978</t>
+          <t>9786054737499</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Kedi Hoyrat</t>
+          <t>Hey Patron</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256030961</t>
+          <t>9786054737383</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sabret Bakkaliyesi</t>
+          <t>Zifiri Yalnızlık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258099553</t>
+          <t>9786054737277</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hekim Yoksa Ben Varım</t>
+          <t>Osmanlı Karargahında Bir Alman Ajanı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>99</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257642934</t>
+          <t>9786054737260</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı Serisi (6 Kitap Takım)</t>
+          <t>Naz Makamında Aşk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>2020</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256402713</t>
+          <t>9786054737475</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi 4 Kitap Kutulu Set (Ciltli)</t>
+          <t>Rögar Kelebeği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1640</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256402683</t>
+          <t>9786054737314</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi 4 Kitap Kutulu Set</t>
+          <t>İslamda İstihbarat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256402850</t>
+          <t>9786054737574</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Bir Adım Sonrası Ayrılık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256030756</t>
+          <t>9786054737130</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>KPSS Genel Kültür Genel Yetenek Lise -Önlisans Konu Anlatımlı Tek Kitap +80 Hedefleyenlere</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256030923</t>
+          <t>9786054737307</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 2</t>
+          <t>Yokluğun Yoksulluktu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256030916</t>
+          <t>9786054737253</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İhtilal-2 (Ciltli)</t>
+          <t>Ömür Yarım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>470</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256030862</t>
+          <t>3990000039384</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Onsra 4 - Yâd</t>
+          <t>Bukowski'nin Kadınları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>330</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256030855</t>
+          <t>9786257050531</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Onsra 4 – Yâd (Ciltli)</t>
+          <t>Kefen - Ortadoğu'da Bir Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256030909</t>
+          <t>9786257642224</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi 1</t>
+          <t>Çengel Bulmaca - Futbol 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256030886</t>
+          <t>9786257642187</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Kalbi 1 (Ciltli)</t>
+          <t>Çengel Bulmaca - Edebiyat 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256030848</t>
+          <t>9786257642231</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1</t>
+          <t>Çengel Bulmaca - Futbol 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>330</v>
+        <v>89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256402027</t>
+          <t>9786257642194</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli)</t>
+          <t>Çengel Bulmaca - Edebiyat 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8987563285636</t>
+          <t>9786257642255</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli - Kutulu)</t>
+          <t>Çengel Bulmaca - Sinema 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256030626</t>
+          <t>9786257642217</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eylül 3 – Meftun</t>
+          <t>Çengel Bulmaca - Yeşilcam 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>330</v>
+        <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258099997</t>
+          <t>9786257642200</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım</t>
+          <t>Çengel Bulmaca - Yeşilçam 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1020</v>
+        <v>89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258099249</t>
+          <t>9786257642262</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan Serisi - 3 Kitap Takım</t>
+          <t>Çengel Bulmaca - Klasik 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>990</v>
+        <v>89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054737840</t>
+          <t>9786257642279</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Çengel Bulmaca - Klasik 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052050835</t>
+          <t>9786257642248</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Çengel Bulmaca - Sinema 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052050880</t>
+          <t>9786257642545</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Konulu Çengel Bulmaca Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>890</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052050811</t>
+          <t>9786257050845</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Olağan Üstü Bir Gece</t>
+          <t>İs Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>110</v>
+        <v>779</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256402553</t>
+          <t>9786052050507</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele - Kutulu Set (Ciltli)</t>
+          <t>Sherlock Holmes - Üç Öğrencinin Hikayesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>510</v>
+        <v>99</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256030565</t>
+          <t>9786052050699</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 4 - Azlem (Ciltli)</t>
+          <t>Sherlock Holmes - Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>99</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256030558</t>
+          <t>9786054737901</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 4 - Azlem</t>
+          <t>Sherlock Holmes - Borsacı Katibi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>99</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8789067895676</t>
+          <t>8637055767392</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Can Dikmenli İmzalı Kutulu Set (3 Takım Kitap)</t>
+          <t>Üç Boyutlu Keçe Eğitici Etkinlik Defteri 5</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>8787568558434</t>
+          <t>8637055767569</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Onsra Serisi Set (3 Kitap Takım İmzalı Ciltli)</t>
+          <t>Üç Boyutlu Keçe Eğitici Etkinlik Defteri 3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>790</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>8789851029874</t>
+          <t>8637055767224</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım</t>
+          <t>Keçe Üç Boyutlu Eğitici Etkinlik Defteri 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256402003</t>
+          <t>8637055767583</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Ciltli)</t>
+          <t>Üç Boyutlu Keçe Eğitici Etkinlik Defteri 4</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256402720</t>
+          <t>8637055767477</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Onsra 1 - Nar (Ciltli)</t>
+          <t>Üç Boyutlu Keçe Eğitici Etkinlik Defteri 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058732230</t>
+          <t>8786258642125</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Ala</t>
+          <t>Ateşli Kanatlar Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257050227</t>
+          <t>9786052050927</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Renkli Evler - Yetişkinler İçin Boyama</t>
+          <t>Stefan Zweig 7’li Set</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>343</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257050043</t>
+          <t>9786052050934</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta 2</t>
+          <t>Sherlock Holmes 10’lu Set</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>990</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256030183</t>
+          <t>9786256402232</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Visal - Ahu Döngüsü</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256030190</t>
+          <t>9786256402256</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Visal - Ahu Döngüsü (Ciltli)</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256030152</t>
+          <t>9786255726155</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Onsra 3 - Kam</t>
+          <t>Benjamın Button’ın Tuhaf Hikâyesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256030169</t>
+          <t>9786255726247</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Onsra 3 - Kam (Ciltli)</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256030176</t>
+          <t>9786255726148</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Öte Kabuslar Kadar 2</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256030145</t>
+          <t>9786255726230</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gül Kuyusu 1</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8786259988642</t>
+          <t>9786255726223</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Kutulu)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1060</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8786259956900</t>
+          <t>9786255726193</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Lahza Serisi 3 Kitap Takım (Kutulu Ciltli)</t>
+          <t>Morfin</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8789078767542</t>
+          <t>9786256402843</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Kutulu)</t>
+          <t>Genç Bir Doktorun Anıları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1840</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8787653444703</t>
+          <t>9786255726162</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Kutulu Ciltli)</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256636101</t>
+          <t>9786255726216</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal - Tonton</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256402065</t>
+          <t>9786255726179</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ata - Neredesin Mavi Gözlüm</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256402751</t>
+          <t>9786255726124</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtar 1</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>189</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256402966</t>
+          <t>9786257642798</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Daluyku – İs Serisi 5</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256636057</t>
+          <t>9786255726186</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Lahza 3 – Gece ve Şafak</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256402973</t>
+          <t>9786255726131</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Daluyku - İs Serisi 5 (Ciltli)</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256636071</t>
+          <t>9786255726209</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaban Arısı – Avrupa’da İlk Selçuklu</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256636033</t>
+          <t>9786255726452</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lahza 3 – Gece ve Şafak (Ciltli)</t>
+          <t>Güz Gözleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256402867</t>
+          <t>9786255726308</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtar 2 - Zincirkıran</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>189</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>8789857647904</t>
+          <t>9786255726292</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi 5 Kitap Takım (Ciltli)</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>2150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256402690</t>
+          <t>9786255726278</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Onsra 1 - Nar</t>
+          <t>Genç Kız Kalbi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256402706</t>
+          <t>9786255726254</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Onsra 2 - Hun</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256402836</t>
+          <t>9786255726285</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım 2 - His Anestezisi</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256402812</t>
+          <t>9786255726322</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım - Aşk Anatomisi (Ciltli)</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256402829</t>
+          <t>9786255726315</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım 2 - His Anestezisi (Ciltli)</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256402737</t>
+          <t>9786255726339</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Onsra 2 - Hun (Ciltli)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256402508</t>
+          <t>9786255726346</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har Ve Kül</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256402492</t>
+          <t>9786255726438</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Lahza 2 - Har Ve Kül (Ciltli)</t>
+          <t>Vaveyla 3 – Zehirli Ekinoks</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256402324</t>
+          <t>9786255726445</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Serisi 4 Kitap Takım (Kutulu Ciltli Set)</t>
+          <t>Vaveyla 4 - Şira Eşiği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256402546</t>
+          <t>9786255726421</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 4 - Saklı Cennet</t>
+          <t>Vaveyla 4 - Şira Eşiği (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256402539</t>
+          <t>8784653439289</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 4 - Saklı Cennet (Ciltli)</t>
+          <t>Vaveyla 4 - Şira Eşiği (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256402522</t>
+          <t>9786255726414</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 3 - Soğuk Oda</t>
+          <t>Vaveyla 3 – Zehirli Ekinoks (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256402515</t>
+          <t>8784653498200</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 3 - Soğuk Oda (Ciltli)</t>
+          <t>Vaveyla 3 – Zehirli Ekinoks (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256402362</t>
+          <t>9786257642774</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 2 - Baş Belası</t>
+          <t>Kadın Ruhu (Kreutzer Sonat)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256402348</t>
+          <t>9786256402249</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 2 - Baş Belası (Ciltli)</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256402379</t>
+          <t>8786872347895</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 1 - Beyaz Nokta</t>
+          <t>Turuncu (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256402331</t>
+          <t>9786255982513</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk 1 - Beyaz Nokta (Ciltli)</t>
+          <t>Turuncu (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256402560</t>
+          <t>8786878472621</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele (Ciltli)</t>
+          <t>Opia 1 - Yitirmeli Ne Varsa (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256402584</t>
+          <t>9786256636156</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İhtilal 1 - Zelzele</t>
+          <t>Opia 1 - Yitirmeli Ne Varsa (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256402416</t>
+          <t>8786437634675</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiğim Her Şeyin Sonunda Kendimi Kazandım</t>
+          <t>Akrebin Kalbi (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256402447</t>
+          <t>8786439235122</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Akrebin Kalbi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256402430</t>
+          <t>8786432853262</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gönül Eczanesi</t>
+          <t>İçinde Bir Sen (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>130</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256402454</t>
+          <t>8786432854672</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Duyduğunu Değil Gördüğünü Yapar</t>
+          <t>İçinde Bir Sen (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257050432</t>
+          <t>9786255982537</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>İçinde Bir Sen 5 - Ehza</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256402393</t>
+          <t>9786255982520</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Öte Kabuslar Kadar</t>
+          <t>İçinde Bir Sen 5 - Ehza (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256402409</t>
+          <t>9786255982506</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Döngüsü</t>
+          <t>Akrebin Kalbi - 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256402317</t>
+          <t>9786256030749</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran</t>
+          <t>Akrebin Kalbi - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256402294</t>
+          <t>9786258099119</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla 1 - Sönmüş Aldebaran (Ciltli)</t>
+          <t>Lev Tolstoy Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>440</v>
+        <v>387</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256402034</t>
+          <t>9786257642620</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ellerinde</t>
+          <t>Asi Çakıltaşı Serisi (6 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>330</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256402164</t>
+          <t>9786257642897</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Mucizesi – Beşik Kertmesi</t>
+          <t>Asi Çakıltaşı 3. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256402102</t>
+          <t>9786257050098</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalancı - Yas</t>
+          <t>Kıvılcım - Yangın Mavisi Serisi 1</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256402089</t>
+          <t>9786257050180</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Akılbaz - Karanlığın Aç Çocukları</t>
+          <t>Yangın Mavisi Set (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>159</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256402140</t>
+          <t>9786255982483</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kupa Kızı Ve Sinek Valesi</t>
+          <t>Yedinci Oğul (Şeffaf Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256402058</t>
+          <t>9786257050500</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım – Aşk Anatomisi</t>
+          <t>Mandala Sudoku - Orta Seviye</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256402010</t>
+          <t>8784657097430</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Lahza 1 - Mah Ve Şer (Ciltli)</t>
+          <t>İhtilal (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258099867</t>
+          <t>9786257642835</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuma Serisi (Ciltli 3 Kitap Takım)</t>
+          <t>Polis Şakaya Gelmez (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258099898</t>
+          <t>9786255982438</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kuma 3 (Ciltli)</t>
+          <t>Şizofren Aşk'a Mektup</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258099881</t>
+          <t>9786256030985</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kuma 2</t>
+          <t>Yok Karşılığı Yüzünün</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258099874</t>
+          <t>9786256636996</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Hayallerini Yak Evi Isıt</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258099928</t>
+          <t>9786255982421</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin 2</t>
+          <t>Derinliğine Kimse Sevgili Olamadı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258099911</t>
+          <t>9786256030992</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin (Ciltli)</t>
+          <t>Yine Seninle Geldi Hayat</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258099959</t>
+          <t>9786255982445</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Berdel 2</t>
+          <t>Ev Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258099942</t>
+          <t>9786255982452</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Berdel (Ciltli)</t>
+          <t>Ev Arkadaşım</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258099904</t>
+          <t>9786256402805</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin Serisi (Ciltli 2 Kitap Takım)</t>
+          <t>Ev Arkadaşım (Kutulu Set 3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>800</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258099935</t>
+          <t>8785678945328</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Berdel Serisi (Ciltli 2 Kitap Takım)</t>
+          <t>İhtilal 2 - Zede (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257642569</t>
+          <t>9786255982377</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 – Yehmum (Kutulu ve Şömiz Hediyeli) (Ciltli)</t>
+          <t>İhtilal - 3 Zerda</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258099973</t>
+          <t>9786255982384</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 - Yehmum</t>
+          <t>İhtilal - 3 Zerda (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258099980</t>
+          <t>8784658079459</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 3 – Yehmum (Ciltli)</t>
+          <t>İhtilal - 3 Zerda (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>610</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258099966</t>
+          <t>8686054737679</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Polis Şakaya Gelmez</t>
+          <t>Süper Çengel Bulmaca Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>330</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257642552</t>
+          <t>9786255982360</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Lahza 1 – Mah Ve Şer</t>
+          <t>Süper Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258099447</t>
+          <t>9786255982339</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 1 - Kıvılcım</t>
+          <t>Süper Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258099027</t>
+          <t>9786255982353</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka</t>
+          <t>Süper Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258099539</t>
+          <t>9786255982346</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Giryan</t>
+          <t>Süper Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258099317</t>
+          <t>9786255982322</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Eylül 2 - Makus</t>
+          <t>Süper Çengel Bulmaca 6</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258099331</t>
+          <t>9786255982315</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eylül 1 - Dilhun</t>
+          <t>Süper Çengel Bulmaca 5</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258099423</t>
+          <t>9786255982308</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sühve</t>
+          <t>Süper Çengel Bulmaca 4</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258099294</t>
+          <t>9786255982278</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
+          <t>Süper Çengel Bulmaca 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258099393</t>
+          <t>9786255982292</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Devin</t>
+          <t>Süper Çengel Bulmaca 3</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258099270</t>
+          <t>9786255982285</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
+          <t>Süper Çengel Bulmaca 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258099362</t>
+          <t>8785438759370</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk</t>
+          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258099430</t>
+          <t>9786256402126</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 1- Güriz (Cep Boy)</t>
+          <t>Seher Yeli - Sürgün</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258099492</t>
+          <t>9786258099102</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 2 - Ateş</t>
+          <t>Nikolay Gogol Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258099508</t>
+          <t>9786257642750</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 3 - Yangın</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258099478</t>
+          <t>9786257642781</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 4 - Kahin</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258099522</t>
+          <t>9786257642743</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 5 - Kül</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258099515</t>
+          <t>9786054737789</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi 4 - Kor</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258099454</t>
+          <t>9786257642347</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 3 - Diriliş</t>
+          <t>Baytar Hanım 1 - Güriz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258099348</t>
+          <t>9786257050166</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk 2</t>
+          <t>Enerji Terapistinin Rehberi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258099485</t>
+          <t>9786052050576</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 2 - Lider</t>
+          <t>Dostoyevski 4'lü Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258099409</t>
+          <t>9786255982155</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 2 - Saye</t>
+          <t>Kalbimdeki Canlı Cesetler (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258099461</t>
+          <t>9786255982254</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar 1 - Hilekar</t>
+          <t>Mavi Kirpikli Kadın Vera</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258099287</t>
+          <t>8676257642298</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
+          <t>Hainin Mührü Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>330</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258099300</t>
+          <t>9786255982230</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
+          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258099324</t>
+          <t>9786255982209</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eylül 2 - Makus</t>
+          <t>Hainin Mührü 2 - Tanrı Kuyusu'nun Kemikleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258099386</t>
+          <t>9786255982223</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Buz Kral 1 - Heves</t>
+          <t>Hainin Mührü - 1 Kayıp Liman (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258099416</t>
+          <t>9786255982193</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Baytar Hanım 2 - Saye</t>
+          <t>Hainin Mührü 1 - Kayıp Liman</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258099256</t>
+          <t>8789067982345</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan Serisi - 3 Kitap Takım (Ciltli)</t>
+          <t>Visal – Ahu Döngüsü (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258099263</t>
+          <t>9786255982261</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi - Kutulu 4 Kitap Takım (Ciltli)</t>
+          <t>Vaveyla 2 – Kış Dönencesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1760</v>
+        <v>390</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258099164</t>
+          <t>8784657090547</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 1 - Virane (Ciltli)</t>
+          <t>Vaveyla 2 - Kış Dönencesi (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258099195</t>
+          <t>8784657090561</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Günebakan - İs Serisi 3 (Ciltli)</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258099218</t>
+          <t>8789055876304</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Nehir - İs Serisi 2 (Ciltli)</t>
+          <t>Lahza 2 - Har ve Kül (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258099225</t>
+          <t>8789057876432</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tünel - İs Serisi 1 (Ciltli)</t>
+          <t>Lahza 2 - Har ve Kül (İmzalı)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258099201</t>
+          <t>9786255982131</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İkizalev - İs Serisi 4 (Ciltli)</t>
+          <t>Mesnevi (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>430</v>
+        <v>610</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258099171</t>
+          <t>9786255982124</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 2 - Divane (Ciltli)</t>
+          <t>Squid Game Psikolojisi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258099188</t>
+          <t>9786255982117</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 3 – Yegane (Ciltli)</t>
+          <t>Squid Game Felsefesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258099232</t>
+          <t>9786256636323</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İs Serisi - 4 Kitap Takım</t>
+          <t>Gelin (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258099157</t>
+          <t>9786256402195</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İkizalev - İs Serisi 4</t>
+          <t>Gelin</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258099034</t>
+          <t>9786256636149</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kent 2 - Rhea</t>
+          <t>Kitapçı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258099041</t>
+          <t>9786256030978</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kent - 1</t>
+          <t>Sürgün Kedi Hoyrat</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258099126</t>
+          <t>9786256030961</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kanadını İyileştirdiğiniz Her Kuş Bir Gün Uçar Gider</t>
+          <t>Sabret Bakkaliyesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257642767</t>
+          <t>9786258099553</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Neva Bulvarı</t>
+          <t>Hekim Yoksa Ben Varım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257642866</t>
+          <t>9786257642934</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Asi Çakıltaşı Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>130</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257642804</t>
+          <t>9786256402713</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Onsra Serisi 4 Kitap Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257642859</t>
+          <t>9786256402683</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Onsra Serisi 4 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>210</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>8764562100944</t>
+          <t>9786256402850</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen Serisi 2 Kitap Takım</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257642613</t>
+          <t>9786256030756</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Kanatlar Serisi (Kutulu 4 Kitap Takım)</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258099010</t>
+          <t>9786256030923</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Buzdolabı</t>
+          <t>İhtilal 2</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258099003</t>
+          <t>9786256030916</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>7 Zeytin 1 İncir</t>
+          <t>İhtilal-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>570</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258099140</t>
+          <t>9786256030862</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 3 - Yegane</t>
+          <t>Onsra 4 - Yâd</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257642880</t>
+          <t>9786256030855</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 2. Perde (Ciltli)</t>
+          <t>Onsra 4 – Yâd (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257642972</t>
+          <t>9786256030909</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 4. Perde</t>
+          <t>Akrebin Kalbi 1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257642910</t>
+          <t>9786256030886</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 5. Perde (Ciltli)</t>
+          <t>Akrebin Kalbi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257642989</t>
+          <t>9786256030848</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 5. Perde</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257642996</t>
+          <t>9786256402027</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 6. Perde</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257642941</t>
+          <t>8987563285636</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 1. Perde</t>
+          <t>Güneşin Dokunuşu - Sert Serisi 1 (Ciltli - Kutulu)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257642873</t>
+          <t>9786256030626</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 1. Perde (Ciltli)</t>
+          <t>Eylül 3 – Meftun</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257642958</t>
+          <t>9786258099997</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 2. Perde</t>
+          <t>Lahza Serisi 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>330</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257642903</t>
+          <t>9786258099249</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 4. Perde (Ciltli)</t>
+          <t>Aşiyan Serisi - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>390</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257642927</t>
+          <t>9786054737840</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 6. Perde (Ciltli)</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257642965</t>
+          <t>9786052050835</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı 3. Perde</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257642538</t>
+          <t>9786052050880</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (8 Kitap Takım)</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>2400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257642637</t>
+          <t>9786052050811</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Milena’dan Mektup Var</t>
+          <t>Olağan Üstü Bir Gece</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257642644</t>
+          <t>9786256402553</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Barış Manço – Yaz Dostum</t>
+          <t>İhtilal 1 - Zelzele - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>610</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257642668</t>
+          <t>9786256030565</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Devin</t>
+          <t>İçinde Bir Sen 4 - Azlem (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257642651</t>
+          <t>9786256030558</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 2 - Divane</t>
+          <t>İçinde Bir Sen 4 - Azlem</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257642606</t>
+          <t>8789067895676</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kahin - Ateşli Kanatlar 4</t>
+          <t>Can Dikmenli İmzalı Kutulu Set (3 Takım Kitap)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>900</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257642590</t>
+          <t>8787568558434</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Proje X - Veni</t>
+          <t>Onsra Serisi Set (3 Kitap Takım İmzalı Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>210</v>
+        <v>790</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054737635</t>
+          <t>8789851029874</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Düşler - Bize Sen Kala 1</t>
+          <t>İs Serisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>330</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257642316</t>
+          <t>9786256402003</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Lahza Serisi 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257642323</t>
+          <t>9786256402720</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Feveran - Veda</t>
+          <t>Onsra 1 - Nar (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257642484</t>
+          <t>9786058732230</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 2 - Asreman (Ciltli)</t>
+          <t>Aşk-ı Ala</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257642491</t>
+          <t>9786257050227</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 2 - Asreman</t>
+          <t>Renkli Evler - Yetişkinler İçin Boyama</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257642460</t>
+          <t>9786257050043</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
+          <t>Küfür Sokakta 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257642453</t>
+          <t>9786256030183</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi</t>
+          <t>Visal - Ahu Döngüsü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257642446</t>
+          <t>9786256030190</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 8 - Rilla</t>
+          <t>Visal - Ahu Döngüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257642330</t>
+          <t>9786256030152</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dağ Başında Aşk</t>
+          <t>Onsra 3 - Kam</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257642170</t>
+          <t>9786256030169</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Gelin</t>
+          <t>Onsra 3 - Kam (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257642286</t>
+          <t>9786256030176</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen-Kutulu Siyah Set (4 Kitap Takım)</t>
+          <t>Rüyalardan Öte Kabuslar Kadar 2</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257642293</t>
+          <t>9786256030145</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen-Kutulu Kırmızı Set (4 Kitap Takım)</t>
+          <t>Gül Kuyusu 1</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257642163</t>
+          <t>8786259988642</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Eylül 1 - Dilhun</t>
+          <t>Lahza Serisi 3 Kitap Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>330</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257642156</t>
+          <t>8786259956900</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sühve</t>
+          <t>Lahza Serisi 3 Kitap Takım (Kutulu Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>330</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257642149</t>
+          <t>8789078767542</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Seti (5 Kitap Takım)</t>
+          <t>İs Serisi 5 Kitap Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257642019</t>
+          <t>8787653444703</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Giryan</t>
+          <t>İs Serisi 5 Kitap Takım (Kutulu Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>330</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257642118</t>
+          <t>9786256636101</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Turgut Özal - Tonton</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257642040</t>
+          <t>9786256402065</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
+          <t>Ata - Neredesin Mavi Gözlüm</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257642026</t>
+          <t>9786256402751</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
+          <t>Kırmızı Anahtar 1</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>189</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257642132</t>
+          <t>9786256402966</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Lila Kapak)</t>
+          <t>Daluyku – İs Serisi 5</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257642057</t>
+          <t>9786256636057</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne 5 - Hayaller Evi</t>
+          <t>Lahza 3 – Gece ve Şafak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257642125</t>
+          <t>9786256402973</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Daluyku - İs Serisi 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257642002</t>
+          <t>9786256636071</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan 1 - Virane</t>
+          <t>Yaban Arısı – Avrupa’da İlk Selçuklu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057028211</t>
+          <t>9786256636033</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözlü Kız - Arsen Lüpen</t>
+          <t>Lahza 3 – Gece ve Şafak (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057028297</t>
+          <t>9786256402867</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi (Tam Metin)</t>
+          <t>Kırmızı Anahtar 2 - Zincirkıran</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>210</v>
+        <v>189</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057028235</t>
+          <t>8789857647904</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>İs Serisi 5 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>290</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057028273</t>
+          <t>9786256402690</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>813 - Arsen Lüpen</t>
+          <t>Onsra 1 - Nar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057028280</t>
+          <t>9786256402706</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Tablolar - Arsen Lüpen</t>
+          <t>Onsra 2 - Hun</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057028242</t>
+          <t>9786256402836</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar - Arsen Lüpen</t>
+          <t>Ev Arkadaşım 2 - His Anestezisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057028228</t>
+          <t>9786256402812</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Barnett - Arsen Lüpen</t>
+          <t>Ev Arkadaşım - Aşk Anatomisi (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057028266</t>
+          <t>9786256402829</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
+          <t>Ev Arkadaşım 2 - His Anestezisi (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057028259</t>
+          <t>9786256402737</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Saat Sekizi Çalarken - Arsen Lüpen</t>
+          <t>Onsra 2 - Hun (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257642033</t>
+          <t>9786256402508</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Seti (8 Kitap Takım)</t>
+          <t>Lahza 2 - Har Ve Kül</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>2320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257050968</t>
+          <t>9786256402492</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Müslüm - Hangimiz Sevmedik</t>
+          <t>Lahza 2 - Har Ve Kül (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257050975</t>
+          <t>9786256402324</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 1 - Engerek</t>
+          <t>Kötü Çocuk Serisi 4 Kitap Takım (Kutulu Ciltli Set)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>340</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257050982</t>
+          <t>9786256402546</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir Sen 1 - Engerek (Ciltli)</t>
+          <t>Kötü Çocuk 4 - Saklı Cennet</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257050883</t>
+          <t>9786256402539</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Avonlea</t>
+          <t>Kötü Çocuk 4 - Saklı Cennet (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257050890</t>
+          <t>9786256402522</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Kötü Çocuk 3 - Soğuk Oda</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257050906</t>
+          <t>9786256402515</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Kötü Çocuk 3 - Soğuk Oda (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257050913</t>
+          <t>9786256402362</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kuma Serisi Set (3 Kitap Takım)</t>
+          <t>Kötü Çocuk 2 - Baş Belası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257050920</t>
+          <t>9786256402348</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Umut Serisi Set (3 Kitap Takım)</t>
+          <t>Kötü Çocuk 2 - Baş Belası (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1000</v>
+        <v>490</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257050784</t>
+          <t>9786256402379</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Kötü Çocuk 1 - Beyaz Nokta</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257050807</t>
+          <t>9786256402331</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anılar</t>
+          <t>Kötü Çocuk 1 - Beyaz Nokta (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257050791</t>
+          <t>9786256402560</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>İhtilal 1 - Zelzele (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>70</v>
+        <v>570</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257050814</t>
+          <t>9786256402584</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>İhtilal 1 - Zelzele</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257050838</t>
+          <t>9786256402416</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kitaplığı (6 Kitap Kutulu Set)</t>
+          <t>Kaybettiğim Her Şeyin Sonunda Kendimi Kazandım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257050760</t>
+          <t>9786256402447</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257050777</t>
+          <t>9786256402430</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Gönül Eczanesi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257050753</t>
+          <t>9786256402454</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Çocuk Duyduğunu Değil Gördüğünü Yapar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257050852</t>
+          <t>9786257050432</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Tüm Eserleri - (6 Kitap Kutulu Set)</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257050821</t>
+          <t>9786256402393</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Sokağı</t>
+          <t>Rüyalardan Öte Kabuslar Kadar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257050623</t>
+          <t>9786256402409</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Günebakan - İs Serisi 3</t>
+          <t>Kalbin Döngüsü</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257050739</t>
+          <t>9786256402317</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Bakma</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257050579</t>
+          <t>9786256402294</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Vaveyla 1 - Sönmüş Aldebaran (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257050722</t>
+          <t>9786256402034</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Fethi</t>
+          <t>Kalbim Ellerinde</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257050548</t>
+          <t>9786256402164</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Beş</t>
+          <t>Böğürtlen Mucizesi – Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257050562</t>
+          <t>9786256402102</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - 4 Kitap Set</t>
+          <t>Küçük Yalancı - Yas</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>680</v>
+        <v>375</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257050456</t>
+          <t>9786256402089</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Kolay Seviye</t>
+          <t>Akılbaz - Karanlığın Aç Çocukları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257050517</t>
+          <t>9786256402140</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Zor Seviye</t>
+          <t>Kupa Kızı Ve Sinek Valesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257050524</t>
+          <t>9786256402058</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mandala Sudoku - Profesyonel</t>
+          <t>Ev Arkadaşım – Aşk Anatomisi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257050258</t>
+          <t>9786256402010</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Seti (6 Kitap Takım)</t>
+          <t>Lahza 1 - Mah Ve Şer (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>840</v>
+        <v>490</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257050241</t>
+          <t>9786258099867</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Karantina - Yetişkinler İçin Boyama</t>
+          <t>Kuma Serisi (Ciltli 3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257050234</t>
+          <t>9786258099898</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Renkli Bitkiler - Yetişkinler İçin Boyama</t>
+          <t>Kuma 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257050197</t>
+          <t>9786258099881</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Renkli Objeler - Yetişkinler İçin Boyama</t>
+          <t>Kuma 2</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257050210</t>
+          <t>9786258099874</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Renkli Hayvanlar - Yetişkinler İçin Boyama</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257050203</t>
+          <t>9786258099928</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kızlar - Yetişkinler İçin Boyama</t>
+          <t>Emanet Gelin 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257050135</t>
+          <t>9786258099911</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Umut Ettiğin Kadar</t>
+          <t>Emanet Gelin (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257050173</t>
+          <t>9786258099959</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yeniden Başla</t>
+          <t>Berdel 2</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257050142</t>
+          <t>9786258099942</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sesini Aç</t>
+          <t>Berdel (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257050159</t>
+          <t>9786258099904</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yalnızlığından Alanlar</t>
+          <t>Emanet Gelin Serisi (Ciltli 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257050111</t>
+          <t>9786258099935</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Kor 4</t>
+          <t>Berdel Serisi (Ciltli 2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>330</v>
+        <v>800</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257050074</t>
+          <t>9786257642569</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Altı</t>
+          <t>İçinde Bir Sen 3 – Yehmum (Kutulu ve Şömiz Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257050050</t>
+          <t>9786258099973</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kore’deki Ayak İzleri</t>
+          <t>İçinde Bir Sen 3 - Yehmum</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257050067</t>
+          <t>9786258099980</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf</t>
+          <t>İçinde Bir Sen 3 – Yehmum (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257050128</t>
+          <t>9786258099966</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Yangın 3</t>
+          <t>Polis Şakaya Gelmez</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257050104</t>
+          <t>9786257642552</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Kül 5</t>
+          <t>Lahza 1 – Mah Ve Şer</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257050081</t>
+          <t>9786258099447</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yangın Mavisi - Ateş 2</t>
+          <t>Yangın Mavisi 1 - Kıvılcım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257050005</t>
+          <t>9786258099027</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Göğsündeki Uykumu B’ölme</t>
+          <t>Zümrüdüanka</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052050996</t>
+          <t>9786258099539</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta 2</t>
+          <t>Giryan</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052050910</t>
+          <t>9786258099317</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yedi</t>
+          <t>Eylül 2 - Makus</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052050842</t>
+          <t>9786258099331</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Nehir - İs Serisi 2</t>
+          <t>Eylül 1 - Dilhun</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052050941</t>
+          <t>9786258099423</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bil</t>
+          <t>Kırık Sühve</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052050958</t>
+          <t>9786258099294</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Asi ve Mavi</t>
+          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052050897</t>
+          <t>9786258099393</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Devin</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052050729</t>
+          <t>9786258099270</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Hatalar</t>
+          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052050774</t>
+          <t>9786258099362</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kaya - Kendine İyi Bak</t>
+          <t>Dağ Başında Aşk</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052050767</t>
+          <t>9786258099430</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Arif - Terk Etmedi Sevdan Beni</t>
+          <t>Baytar Hanım 1- Güriz (Cep Boy)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052050781</t>
+          <t>9786258099492</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş: Delikanlım İyi Bak Yıldızlara</t>
+          <t>Yangın Mavisi 2 - Ateş</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052050798</t>
+          <t>9786258099508</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tuncel Kurtiz - Herkes Öldürür Sevdiğini</t>
+          <t>Yangın Mavisi 3 - Yangın</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052050873</t>
+          <t>9786258099478</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Ateşli Kanatlar 4 - Kahin</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052050866</t>
+          <t>9786258099522</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Yangın Mavisi 5 - Kül</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052050859</t>
+          <t>9786258099515</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Yangın Mavisi 4 - Kor</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052050804</t>
+          <t>9786258099454</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tomris'çe</t>
+          <t>Ateşli Kanatlar 3 - Diriliş</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052050736</t>
+          <t>9786258099348</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney - Çirkin Kral</t>
+          <t>Dağ Başında Aşk 2</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052050644</t>
+          <t>9786258099485</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çok Geç Olabilir</t>
+          <t>Ateşli Kanatlar 2 - Lider</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052050651</t>
+          <t>9786258099409</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bak Farklı Gör</t>
+          <t>Baytar Hanım 2 - Saye</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052050668</t>
+          <t>9786258099461</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Özgürleştirin</t>
+          <t>Ateşli Kanatlar 1 - Hilekar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052050064</t>
+          <t>9786258099287</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Beş Portakal Çekirdeği</t>
+          <t>Kızıl Kardelen 2 - Güneşin Aşık Olduğu Kız</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>99</v>
+        <v>375</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052050491</t>
+          <t>9786258099300</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gümüş Şimşek</t>
+          <t>Kızıl Kardelen 1 - Güneşin Öptüğü Kız</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>99</v>
+        <v>375</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052050705</t>
+          <t>9786258099324</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Böcek Avcısı</t>
+          <t>Eylül 2 - Makus</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>99</v>
+        <v>375</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054737642</t>
+          <t>9786258099386</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bisikletli Takip</t>
+          <t>Buz Kral 1 - Heves</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>99</v>
+        <v>330</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052050712</t>
+          <t>9786258099416</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Baytar Hanım 2 - Saye</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052050682</t>
+          <t>9786258099256</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Çatılı Ev</t>
+          <t>Aşiyan Serisi - 3 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>99</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054737895</t>
+          <t>9786258099263</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>İs Serisi - Kutulu 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>99</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054737826</t>
+          <t>9786258099164</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Klubü</t>
+          <t>Aşiyan 1 - Virane (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>99</v>
+        <v>510</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052050675</t>
+          <t>9786258099195</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Fil Tyke Olmak</t>
+          <t>Günebakan - İs Serisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052050620</t>
+          <t>9786258099218</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Gibi Bir Adam Sevdim</t>
+          <t>Nehir - İs Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052050613</t>
+          <t>9786258099225</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalp Yalnızlığı</t>
+          <t>Tünel - İs Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052050637</t>
+          <t>9786258099201</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Berdel 2</t>
+          <t>İkizalev - İs Serisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052050583</t>
+          <t>9786258099171</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka 3'lü Set (3 Kitap Takım)</t>
+          <t>Aşiyan 2 - Divane (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>550</v>
+        <v>510</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052050569</t>
+          <t>9786258099188</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Asi Çakıltaşı (3 Kitap Takım)</t>
+          <t>Aşiyan 3 – Yegane (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052050538</t>
+          <t>9786258099232</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali 3'lü Set (3 Kitap Takım)</t>
+          <t>İs Serisi - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>370</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054737758</t>
+          <t>9786258099157</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>İkizalev - İs Serisi 4</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052050484</t>
+          <t>9786258099034</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Neyt - Asi Çakıltaşı Serisi 3</t>
+          <t>Ölü Kent 2 - Rhea</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052050439</t>
+          <t>9786258099041</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Ölü Kent - 1</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052050422</t>
+          <t>9786258099126</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kanadını İyileştirdiğiniz Her Kuş Bir Gün Uçar Gider</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052050446</t>
+          <t>9786257642767</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Neva Bulvarı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052050460</t>
+          <t>9786257642866</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052050415</t>
+          <t>9786257642804</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052050477</t>
+          <t>9786257642859</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052050453</t>
+          <t>8764562100944</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Piraye'de Nazım Olmak</t>
+          <t>İçinde Bir Sen Serisi 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052050408</t>
+          <t>9786257642613</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Ateşli Kanatlar Serisi (Kutulu 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052050323</t>
+          <t>9786258099010</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Zaman Unutturmaz Uyuşturur</t>
+          <t>Einstein’ın Buzdolabı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052050385</t>
+          <t>9786258099003</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolu</t>
+          <t>7 Zeytin 1 İncir</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052050347</t>
+          <t>9786258099140</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Süreya Gibi</t>
+          <t>Aşiyan 3 - Yegane</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052050309</t>
+          <t>9786257642880</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sekiz - 8</t>
+          <t>Asi Çakıltaşı 2. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052050392</t>
+          <t>9786257642972</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kuma 3</t>
+          <t>Asi Çakıltaşı 4. Perde</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054737215</t>
+          <t>9786257642910</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yarasın</t>
+          <t>Asi Çakıltaşı 5. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052050293</t>
+          <t>9786257642989</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Evcilik Oyunu</t>
+          <t>Asi Çakıltaşı 5. Perde</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052050224</t>
+          <t>9786257642996</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Yüzlü Demir Yürekli</t>
+          <t>Asi Çakıltaşı 6. Perde</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054737185</t>
+          <t>9786257642941</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tünel - İs Serisi 1</t>
+          <t>Asi Çakıltaşı 1. Perde</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052050286</t>
+          <t>9786257642873</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Berdel</t>
+          <t>Asi Çakıltaşı 1. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052050255</t>
+          <t>9786257642958</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Asi Çakıltaşı 2. Perde</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052050248</t>
+          <t>9786257642903</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Asi Çakıltaşı 4. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052050231</t>
+          <t>9786257642927</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Asi Çakıltaşı 6. Perde (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052050279</t>
+          <t>9786257642965</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Bencil Olur</t>
+          <t>Asi Çakıltaşı 3. Perde</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052050262</t>
+          <t>9786257642538</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Yeşilin Kızı Anne (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>140</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052050200</t>
+          <t>9786257642637</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Reyc - Asi Çakıltaşı Serisi 2</t>
+          <t>Milena’dan Mektup Var</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052050217</t>
+          <t>9786257642644</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Süperinsan</t>
+          <t>Barış Manço – Yaz Dostum</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052050187</t>
+          <t>9786257642668</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlara</t>
+          <t>Devin</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>119</v>
+        <v>375</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052050194</t>
+          <t>9786257642651</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gider mi?</t>
+          <t>Aşiyan 2 - Divane</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052050163</t>
+          <t>9786257642606</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Galata Sokağı</t>
+          <t>Kahin - Ateşli Kanatlar 4</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052050132</t>
+          <t>9786257642590</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Biz Ölümden Doğacağız</t>
+          <t>Proje X - Veni</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052050170</t>
+          <t>9786054737635</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Seni Seviyorsa</t>
+          <t>Tehlikeli Düşler - Bize Sen Kala 1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052050095</t>
+          <t>9786257642316</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Panşehir</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052050149</t>
+          <t>9786257642323</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İnatla Ağıt</t>
+          <t>Feveran - Veda</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052050118</t>
+          <t>9786257642484</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir'Aşk Zaman Ver</t>
+          <t>İçinde Bir Sen 2 - Asreman (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>99</v>
+        <v>510</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052050125</t>
+          <t>9786257642491</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin - 2</t>
+          <t>İçinde Bir Sen 2 - Asreman</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052050033</t>
+          <t>9786257642460</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Gökyüzüm</t>
+          <t>Yeşilin Kızı Anne 6 - Ingleside</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052050040</t>
+          <t>9786257642453</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kehf - Asi Çakıltaşı Serisi 1</t>
+          <t>Yeşilin Kızı Anne 7 - Gökkuşağı Vadisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052050019</t>
+          <t>9786257642446</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Zaten Kırılmış Bir Kızsın</t>
+          <t>Yeşilin Kızı Anne 8 - Rilla</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052050026</t>
+          <t>9786257642330</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Sigara</t>
+          <t>Dağ Başında Aşk</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052050071</t>
+          <t>9786257642170</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Gelmeyeni Beklemek</t>
+          <t>Sessiz Gelin</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052050101</t>
+          <t>9786257642286</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüm Mavi</t>
+          <t>Arsen Lüpen-Kutulu Siyah Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054737987</t>
+          <t>9786257642293</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Geçer Sandım</t>
+          <t>Arsen Lüpen-Kutulu Kırmızı Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054737994</t>
+          <t>9786257642163</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İtiraf</t>
+          <t>Eylül 1 - Dilhun</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052050002</t>
+          <t>9786257642156</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Sen Kokuyor</t>
+          <t>Kırık Sühve</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054737871</t>
+          <t>9786257642149</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Yeşilin Kızı Anne Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054737796</t>
+          <t>9786257642019</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Giryan</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054737949</t>
+          <t>9786257642118</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kuma 2</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054737932</t>
+          <t>9786257642040</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kendine Gel</t>
+          <t>Yeşilin Kızı Anne 4 - Rüzgarlı Söğütler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054737925</t>
+          <t>9786257642026</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Filler ve Bulutlar</t>
+          <t>Yeşilin Kızı Anne 3 - Adanın Kızı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054737918</t>
+          <t>9786257642132</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Efnan</t>
+          <t>Milena'ya Mektuplar (Lila Kapak)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>99</v>
+        <v>290</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054737963</t>
+          <t>9786257642057</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Uzaklardan Bir Yerden</t>
+          <t>Yeşilin Kızı Anne 5 - Hayaller Evi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054737864</t>
+          <t>9786257642125</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yollarım Sana Çıkıyor</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054737741</t>
+          <t>9786257642002</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hilekar</t>
+          <t>Aşiyan 1 - Virane</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054737765</t>
+          <t>9786057028211</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Lider</t>
+          <t>Mavi Gözlü Kız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054737710</t>
+          <t>9786057028297</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Küfür Sokakta</t>
+          <t>İrade Eğitimi (Tam Metin)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054737703</t>
+          <t>9786057028235</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054737772</t>
+          <t>9786057028273</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Özgür Hali</t>
+          <t>813 - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>99</v>
+        <v>340</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054737697</t>
+          <t>9786057028280</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ulan</t>
+          <t>Çalınan Tablolar - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054737673</t>
+          <t>9786057028242</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Nesli’nin Güzellik Sırları</t>
+          <t>İtiraflar - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054737659</t>
+          <t>9786057028228</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Beklentiler Üzer</t>
+          <t>Müfettiş Barnett - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054737680</t>
+          <t>9786057028266</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Asan Kadın</t>
+          <t>Otuz Mezarlı Ada - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054737512</t>
+          <t>9786057028259</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Pompa Teorisi</t>
+          <t>Saat Sekizi Çalarken - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054737567</t>
+          <t>9786257642033</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Güzel Kal</t>
+          <t>Arsen Lüpen Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>99</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054737444</t>
+          <t>9786257050968</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İlk Acım Değilsin</t>
+          <t>Müslüm - Hangimiz Sevmedik</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054737451</t>
+          <t>9786257050975</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Küfrüm Aşar Edebimi</t>
+          <t>İçinde Bir Sen 1 - Engerek</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054737437</t>
+          <t>9786257050982</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Emanet Gelin</t>
+          <t>İçinde Bir Sen 1 - Engerek (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054737420</t>
+          <t>9786257050883</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Satan Kadın</t>
+          <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
+          <t>9786257050890</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786257050906</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786257050913</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Serisi Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786257050920</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Umut Serisi Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786257050784</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786257050807</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Anılar</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786257050791</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786257050814</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786257050838</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Kitaplığı (6 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786257050760</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786257050777</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786257050753</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786257050852</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Tüm Eserleri - (6 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786257050821</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Depresyon Sokağı</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786257050623</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Günebakan - İs Serisi 3</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786257050739</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Bana Öyle Bakma</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786257050579</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Kızı Anne</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786257050722</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğun Fethi</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786257050548</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Beş</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786257050562</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Sudoku - 4 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786257050456</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Sudoku - Kolay Seviye</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786257050517</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Sudoku - Zor Seviye</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786257050524</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Mandala Sudoku - Profesyonel</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786257050258</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkinler İçin Boyama Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786257050241</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Karantina - Yetişkinler İçin Boyama</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786257050234</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Bitkiler - Yetişkinler İçin Boyama</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786257050197</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Objeler - Yetişkinler İçin Boyama</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786257050210</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Hayvanlar - Yetişkinler İçin Boyama</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786257050203</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Kızlar - Yetişkinler İçin Boyama</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786257050135</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Umut Ettiğin Kadar</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786257050173</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Yeniden Başla</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786257050142</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kalbinin Sesini Aç</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786257050159</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Gücünü Yalnızlığından Alanlar</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786257050111</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Mavisi - Kor 4</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786257050074</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Altı</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786257050050</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Kore’deki Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786257050067</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Virginia Woolf</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786257050128</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Mavisi - Yangın 3</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786257050104</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Mavisi - Kül 5</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786257050081</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Mavisi - Ateş 2</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786257050005</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Göğsündeki Uykumu B’ölme</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786052050996</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Küfür Sokakta 2</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786052050910</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Yedi</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786052050842</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Nehir - İs Serisi 2</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786052050941</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Bil</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786052050958</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Asi ve Mavi</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786052050897</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786052050729</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz Hatalar</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786052050774</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Kaya - Kendine İyi Bak</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786052050767</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Arif - Terk Etmedi Sevdan Beni</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786052050781</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Gezmiş: Delikanlım İyi Bak Yıldızlara</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786052050798</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Tuncel Kurtiz - Herkes Öldürür Sevdiğini</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786052050873</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786052050866</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Ay Işığı Sokağı</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786052050859</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786052050804</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Tomris'çe</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786052050736</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Yılmaz Güney - Çirkin Kral</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786052050644</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Yarın Çok Geç Olabilir</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786052050651</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Bak Farklı Gör</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786052050668</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Beyninizi Özgürleştirin</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786052050064</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Beş Portakal Çekirdeği</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786052050491</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Gümüş Şimşek</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786052050705</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Böcek Avcısı</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786054737642</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786052050712</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786052050682</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Üç Çatılı Ev</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786054737895</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Mavi Yakut</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786054737826</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kızıl Saçlılar Klubü</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786052050675</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Fil Tyke Olmak</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786052050620</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Kirpi Gibi Bir Adam Sevdim</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786052050613</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kalp Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786052050637</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Berdel 2</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786052050583</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Franz Kafka 3'lü Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786052050569</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Asi Çakıltaşı (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786052050538</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali 3'lü Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786054737758</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786052050484</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Neyt - Asi Çakıltaşı Serisi 3</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786052050439</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786052050422</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786052050446</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786052050460</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Frida Kahlo</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786052050415</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786052050477</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Süreya</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786052050453</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Piraye'de Nazım Olmak</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786052050408</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786052050323</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Unutturmaz Uyuşturur</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786052050385</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Başarı Yolu</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786052050347</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Süreya Gibi</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786052050309</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz - 8</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786052050392</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Kuma 3</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786054737215</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Yarasın</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786052050293</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Evcilik Oyunu</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786052050224</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Yüzlü Demir Yürekli</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054737185</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Tünel - İs Serisi 1</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786052050286</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Berdel</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786052050255</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Kumarbaz</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786052050248</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıklar</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786052050231</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786052050279</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Aşıklar Bencil Olur</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786052050262</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052050200</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Reyc - Asi Çakıltaşı Serisi 2</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786052050217</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Süperinsan</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786052050187</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalanlara</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786052050194</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Gider mi?</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786052050163</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Galata Sokağı</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786052050132</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Biz Ölümden Doğacağız</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786052050170</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadın Seni Seviyorsa</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786052050095</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Panşehir</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786052050149</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>İnatla Ağıt</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052050118</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir'Aşk Zaman Ver</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786052050125</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Emanet Gelin - 2</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786052050033</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Yüzün Gökyüzüm</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786052050040</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kehf - Asi Çakıltaşı Serisi 1</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786052050019</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Zaten Kırılmış Bir Kızsın</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052050026</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Papatya ve Sigara</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786052050071</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Gelmeyeni Beklemek</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786052050101</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzüm Mavi</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786054737987</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Geçer Sandım</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054737994</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>İtiraf</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786052050002</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Papatyalar Sen Kokuyor</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054737871</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786054737796</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786054737949</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Kuma 2</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786054737932</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Gel</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786054737925</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Filler ve Bulutlar</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786054737918</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Efnan</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786054737963</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Uzaklardan Bir Yerden</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786054737864</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yollarım Sana Çıkıyor</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786054737741</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Hilekar</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786054737765</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Lider</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786054737710</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Küfür Sokakta</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786054737703</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Kuma</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786054737772</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Özgür Hali</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786054737697</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Ulan</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786054737673</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Nesli’nin Güzellik Sırları</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786054737659</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Beklentiler Üzer</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786054737680</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Hayalini Asan Kadın</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786054737512</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Pompa Teorisi</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786054737567</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Aklımda Güzel Kal</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786054737444</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>İlk Acım Değilsin</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786054737451</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Küfrüm Aşar Edebimi</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786054737437</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Emanet Gelin</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786054737420</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Ruhunu Satan Kadın</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
           <t>9786054737062</t>
         </is>
       </c>
-      <c r="B429" s="1" t="inlineStr">
+      <c r="B572" s="1" t="inlineStr">
         <is>
           <t>Bulmacalarla Diyanet Yeterlilik Sınavına Hazırlık Soru Bankası</t>
         </is>
       </c>
-      <c r="C429" s="1">
+      <c r="C572" s="1">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>