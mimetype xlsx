--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,6925 +85,7060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051984155</t>
+          <t>9786051984247</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Resimler</t>
+          <t>Maskeli Sanat - 11 Büyük Ressamla Tanış, Maskelerini Tak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051984148</t>
+          <t>9786051984223</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Höt ile Zöt - İki Mağara Adamının Hikayesi</t>
+          <t>Pablo ile Laklak – Zaman Yolcusu Penguenler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051984070</t>
+          <t>9786051984230</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Juniper Mae - Tikotek Şehrinin Şövalyesi</t>
+          <t>Mars'a Seyahat</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051984131</t>
+          <t>9786051984186</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Rim ve Özgür Kelimeler</t>
+          <t>Dünyalılar: Uzaylıların Dünya Raporu - Çok Gizli</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051984100</t>
+          <t>9786051984216</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Celladın Kara Çuvalını Ören Ot</t>
+          <t>Alfred Hitchcock Sunar: Annemin Bana Asla Anlatmadığı Hikâyeler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051984124</t>
+          <t>9786051984193</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Kod: Yolun Başı</t>
+          <t>Ağaçlar Nasıl Doğar?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051984117</t>
+          <t>9786051984209</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Radley Ailesi</t>
+          <t>Kıpkıp ile Tamtam ve Heyecanlı Tekboynuz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051984087</t>
+          <t>9786051984179</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vampir Tavşan</t>
+          <t>Doğu'ya Kaçış</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051984094</t>
+          <t>9786051984162</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dövme Cinayetleri</t>
+          <t>Düşlenemez Diyarların Yolcuları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051984063</t>
+          <t>9786051984155</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sen Canavar mısın Acaba?</t>
+          <t>Tuhaf Resimler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051980041</t>
+          <t>9786051984148</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücuduna Seyahat</t>
+          <t>Höt ile Zöt - İki Mağara Adamının Hikayesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051984049</t>
+          <t>9786051984070</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Temkinli Yolcunun Çorak Topraklara Seyahat Rehberi</t>
+          <t>Juniper Mae - Tikotek Şehrinin Şövalyesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051984056</t>
+          <t>9786051984131</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Son Set 2 – Takımı Kurtarmamız Gerek! - Şampiyon Voleybolcu</t>
+          <t>Rim ve Özgür Kelimeler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051983813</t>
+          <t>9786051984100</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Dünya: Beş Duyunun Ötesine Yolculuk</t>
+          <t>Celladın Kara Çuvalını Ören Ot</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051984032</t>
+          <t>9786051984124</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Taş</t>
+          <t>Kaynak Kod: Yolun Başı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051984025</t>
+          <t>9786051984117</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hoşnutsuz</t>
+          <t>Radley Ailesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051984018</t>
+          <t>9786051984087</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beklenti Etkisi: Düşünce Biçimimiz Zihnimizi Nasıl Değiştirir?</t>
+          <t>Vampir Tavşan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051984001</t>
+          <t>9786051984094</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mitik Grafik - Medusa'nın Laneti</t>
+          <t>Dövme Cinayetleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>187</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051983998</t>
+          <t>9786051984063</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mitik Grafik - Titanların Savaşı</t>
+          <t>Sen Canavar mısın Acaba?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>187</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051983974</t>
+          <t>9786051980041</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>İnsan Vücuduna Seyahat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051983981</t>
+          <t>9786051984049</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kudret</t>
+          <t>Temkinli Yolcunun Çorak Topraklara Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051983967</t>
+          <t>9786051984056</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Dinozora</t>
+          <t>Son Set 2 – Takımı Kurtarmamız Gerek! - Şampiyon Voleybolcu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051983943</t>
+          <t>9786051983813</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Okul Yılları</t>
+          <t>Muazzam Dünya: Beş Duyunun Ötesine Yolculuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051983950</t>
+          <t>9786051984032</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Nadir Kitapçının Talihsiz Serüvenleri</t>
+          <t>Paylaşılamayan Taş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051980478</t>
+          <t>9786051984025</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kraliçe</t>
+          <t>Hoşnutsuz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051981888</t>
+          <t>9786051984018</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk Üçlemesi (3 Kitap Kutulu Set)</t>
+          <t>Beklenti Etkisi: Düşünce Biçimimiz Zihnimizi Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>825</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051983905</t>
+          <t>9786051984001</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İmparator Tanrıyken</t>
+          <t>Mitik Grafik - Medusa'nın Laneti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>265</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051983912</t>
+          <t>9786051983998</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaya Efsanesi</t>
+          <t>Mitik Grafik - Titanların Savaşı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>215</v>
+        <v>187</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051983882</t>
+          <t>9786051983974</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir İlki Var</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051983899</t>
+          <t>9786051983981</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Olay Adam</t>
+          <t>İlahi Kudret</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3202505000371</t>
+          <t>9786051983967</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dâhiler Sınıfı Serisi (Kutulu 20 Kitap)</t>
+          <t>Bak Şu Dinozora</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>4000</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051983868</t>
+          <t>9786051983943</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Amari ve Doğaüstü İşler Bürosu</t>
+          <t>Okul Yılları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051983875</t>
+          <t>9786051983950</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabındaki Mamut</t>
+          <t>Bir Nadir Kitapçının Talihsiz Serüvenleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051983851</t>
+          <t>9786051980478</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Margo'nun Paraya İhtiyacı Var</t>
+          <t>Böcek Kraliçe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051983844</t>
+          <t>9786051981888</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında (mı Acaba?!)</t>
+          <t>Böcek Çocuk Üçlemesi (3 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051983837</t>
+          <t>9786051983905</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Lucy Barton</t>
+          <t>İmparator Tanrıyken</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051983714</t>
+          <t>9786051983912</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Ruhlar</t>
+          <t>Kara Kaya Efsanesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051983806</t>
+          <t>9786051983882</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Şehri 1 - Fırtınanın Uyanışı</t>
+          <t>Her Şeyin Bir İlki Var</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051981765</t>
+          <t>9786051983899</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Seti - 4 Kitap Takım</t>
+          <t>Olay Adam</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>860</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051983820</t>
+          <t>3202505000371</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Son Set 1 – Hazır, Başla… Uç!</t>
+          <t>Dâhiler Sınıfı Serisi (Kutulu 20 Kitap)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051981789</t>
+          <t>9786051983868</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Kuyruğa Kutulu Set (4 Kitap)</t>
+          <t>Amari ve Doğaüstü İşler Bürosu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>720</v>
+        <v>305</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051980737</t>
+          <t>9786051983875</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canlıları - Tepeden Kuyruğa</t>
+          <t>Buzdolabındaki Mamut</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051983783</t>
+          <t>9786051983851</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mahallemdeki İnsanlar</t>
+          <t>Margo'nun Paraya İhtiyacı Var</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051983776</t>
+          <t>9786051983844</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Köpek</t>
+          <t>Her Şey Kontrol Altında (mı Acaba?!)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051983790</t>
+          <t>9786051983837</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Benim!</t>
+          <t>Benim Adım Lucy Barton</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051981536</t>
+          <t>9786051983714</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>50 Fikir Serisi (7 Kitap)</t>
+          <t>Gezgin Ruhlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2065</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051980904</t>
+          <t>9786051983806</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Psikoloji</t>
+          <t>Ejderhalar Şehri 1 - Fırtınanın Uyanışı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054729210</t>
+          <t>9786051981765</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
+          <t>İşte Bunlar Hep Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>295</v>
+        <v>860</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051983769</t>
+          <t>9786051983820</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Turtanın Tabanındaki Tatlılık (Flavia de Luce Polisiyesi 1)</t>
+          <t>Son Set 1 – Hazır, Başla… Uç!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051981710</t>
+          <t>9786051981789</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Kutulu Set (4 Kitap)</t>
+          <t>Tepeden Kuyruğa Kutulu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1040</v>
+        <v>720</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051983752</t>
+          <t>9786051980737</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öteki Diyarlar: Kayıp Dünyaya Yolculuk</t>
+          <t>Deniz Canlıları - Tepeden Kuyruğa</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051983745</t>
+          <t>9786051983783</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Astronotun, Mars’ın ve Uzak Yıldızların Yaşamında Bir Gün</t>
+          <t>Mahallemdeki İnsanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051980515</t>
+          <t>9786051983776</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Gökten Düşen Köpek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2786051981765</t>
+          <t>9786051983790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Seti - 5 Kitap Takım</t>
+          <t>Benim!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051983721</t>
+          <t>9786051981536</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Havalara</t>
+          <t>50 Fikir Serisi (7 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>205</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051983707</t>
+          <t>9786051980904</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Çizgilerle Psikoloji</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051983691</t>
+          <t>9786054729210</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dâhiler Sınıfı - Kopernik</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051982489</t>
+          <t>9786051983769</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Sanat</t>
+          <t>Turtanın Tabanındaki Tatlılık (Flavia de Luce Polisiyesi 1)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051982427</t>
+          <t>9786051981710</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Matematik</t>
+          <t>Sherlock Holmes Kutulu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>235</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051983684</t>
+          <t>9786051983752</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ongen Ev Cinayetleri</t>
+          <t>Öteki Diyarlar: Kayıp Dünyaya Yolculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051983660</t>
+          <t>9786051983745</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Bak: Hep Orada Olanı Fark Etmenin Gücü</t>
+          <t>Astronotun, Mars’ın ve Uzak Yıldızların Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051983530</t>
+          <t>9786051980515</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sineklerin Tanrısı - Grafik Roman</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051983677</t>
+          <t>2786051981765</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Memo ile Ahtapot</t>
+          <t>İşte Bunlar Hep Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>205</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051983646</t>
+          <t>9786051983721</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Geri Verilen Kız</t>
+          <t>Bak Şu Havalara</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051983653</t>
+          <t>9786051983707</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kıpkıp ile Tamtam ve Öfkeli Korsanlar</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051981703</t>
+          <t>9786051983691</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası Seti (2 Kitap Takım)</t>
+          <t>Dâhiler Sınıfı - Kopernik</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054729388</t>
+          <t>9786051982489</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanı Onarmak</t>
+          <t>İşte Bunlar Hep Sanat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051983639</t>
+          <t>9786051982427</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş</t>
+          <t>İşte Bunlar Hep Matematik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054729258</t>
+          <t>9786051983684</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası 2</t>
+          <t>Ongen Ev Cinayetleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051983523</t>
+          <t>9786051983660</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kilitli Oda Muammaları - Yazılmış En İyi İmkânsız Suç Öyküleri (Ciltli)</t>
+          <t>Bir Daha Bak: Hep Orada Olanı Fark Etmenin Gücü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054729234</t>
+          <t>9786051983530</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Oyna Pohnpei</t>
+          <t>Sineklerin Tanrısı - Grafik Roman</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>167</v>
+        <v>425</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054729241</t>
+          <t>9786051983677</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası 1</t>
+          <t>Memo ile Ahtapot</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051983622</t>
+          <t>9786051983646</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kaplanı Düşünme</t>
+          <t>Geri Verilen Kız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051983615</t>
+          <t>9786051983653</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>Kıpkıp ile Tamtam ve Öfkeli Korsanlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051983608</t>
+          <t>9786051981703</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Acı İmparatorluğu: Sackler Hanedanı’nın Gizli Tarihi</t>
+          <t>Einstein Bulmacası Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051983592</t>
+          <t>9786054729388</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Koca Hırhır</t>
+          <t>Yaşayanı Onarmak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051983585</t>
+          <t>9786051983639</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İtaat Etüdü</t>
+          <t>Seçilmiş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051983578</t>
+          <t>9786054729258</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Vay Be Dünya! - Doğruluk mu? Uyduruk mu? İki Yanlış Bir Doğru</t>
+          <t>Einstein Bulmacası 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051981161</t>
+          <t>9786051983523</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Köprünün Öte Yanı</t>
+          <t>Kilitli Oda Muammaları - Yazılmış En İyi İmkânsız Suç Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051983554</t>
+          <t>9786054729234</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ultra İşlenmiş İnsanlar: Neden gıda olmayan şeyler yiyoruz ve neden vazgeçemiyoruz?</t>
+          <t>Ayağa Oyna Pohnpei</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>167</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051983561</t>
+          <t>9786054729241</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Esme Lennox Nasıl Yok Oldu</t>
+          <t>Einstein Bulmacası 1</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051983547</t>
+          <t>9786051983622</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Murdo - Postacı Soruşturması</t>
+          <t>Sakın Kaplanı Düşünme</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051983509</t>
+          <t>9786051983615</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı – Ole Kirk Kristiansen: Lego’nun Yaratıcısı</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051983516</t>
+          <t>9786051983608</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Hayalet</t>
+          <t>Acı İmparatorluğu: Sackler Hanedanı’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051980898</t>
+          <t>9786051983592</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Saçmalıklar Çağı</t>
+          <t>Koca Hırhır</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051983318</t>
+          <t>9786051983585</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Alevini Kaybeden Ejderha</t>
+          <t>İtaat Etüdü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051983486</t>
+          <t>9786051983578</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tır Şoförü Ne Yapar?</t>
+          <t>Vay Be Dünya! - Doğruluk mu? Uyduruk mu? İki Yanlış Bir Doğru</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051983493</t>
+          <t>9786051981161</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Ne Yapar?</t>
+          <t>Köprünün Öte Yanı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051983431</t>
+          <t>9786051983554</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nöromandiya</t>
+          <t>Ultra İşlenmiş İnsanlar: Neden gıda olmayan şeyler yiyoruz ve neden vazgeçemiyoruz?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051983226</t>
+          <t>9786051983561</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayat İmkansız</t>
+          <t>Esme Lennox Nasıl Yok Oldu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>320</v>
+        <v>285</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054729616</t>
+          <t>9786051983547</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öykünü Yaz!</t>
+          <t>Murdo - Postacı Soruşturması</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051983455</t>
+          <t>9786051983509</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Temizlik İşçisi Ne Yapar?</t>
+          <t>Dahiler Sınıfı – Ole Kirk Kristiansen: Lego’nun Yaratıcısı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051983462</t>
+          <t>9786051983516</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gök Bilimci Ne Yapar?</t>
+          <t>Kedi ve Hayalet</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051983448</t>
+          <t>9786051980898</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Ne Yapar?</t>
+          <t>Saçmalıklar Çağı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051983479</t>
+          <t>9786051983318</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ben Karanlıktan Hiç Korkmam</t>
+          <t>Alevini Kaybeden Ejderha</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051983424</t>
+          <t>9786051983486</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şey Kütüphanede Saklı</t>
+          <t>Tır Şoförü Ne Yapar?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3202310000023</t>
+          <t>9786051983493</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (4 Kitap)</t>
+          <t>Veteriner Ne Yapar?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051983110</t>
+          <t>9786051983431</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 3 - Paris Treninde Hırsızlık</t>
+          <t>Nöromandiya</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>460</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051983417</t>
+          <t>9786051983226</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hikayeler Akademisi Baskerville</t>
+          <t>Hayat İmkansız</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051983400</t>
+          <t>9786054729616</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hümanistler: Özgür Düşünme, Sorgulama ve Umudun 700 Yıllık Tarihi</t>
+          <t>En Güzel Öykünü Yaz!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051980119</t>
+          <t>9786051983455</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yangında Kaybettiklerimiz</t>
+          <t>Temizlik İşçisi Ne Yapar?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051983394</t>
+          <t>9786051983462</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bay Leopar’ın Kitabevi</t>
+          <t>Gök Bilimci Ne Yapar?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051983387</t>
+          <t>9786051983448</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi (Çizgi Roman)</t>
+          <t>Futbolcu Ne Yapar?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051983370</t>
+          <t>9786051983479</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Ben Karanlıktan Hiç Korkmam</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>305</v>
+        <v>205</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051980102</t>
+          <t>9786051983424</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İyi Adam</t>
+          <t>Aradığın Şey Kütüphanede Saklı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051983325</t>
+          <t>3202310000023</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Duygular En Çok Neyi Sever?</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>235</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051983271</t>
+          <t>9786051983110</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Metropol - En Büyük İnsan İcadının Tarihi</t>
+          <t>Müfettiş Numeroni 3 - Paris Treninde Hırsızlık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051983332</t>
+          <t>9786051983417</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Yaratıklar</t>
+          <t>Tuhaf Hikayeler Akademisi Baskerville</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051983349</t>
+          <t>9786051983400</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Yaratıklar (Ciltli)</t>
+          <t>Hümanistler: Özgür Düşünme, Sorgulama ve Umudun 700 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>490</v>
+        <v>365</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051983356</t>
+          <t>9786051980119</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Luna ve Tlaloc’un Hazinesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 5</t>
+          <t>Yangında Kaybettiklerimiz</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051983363</t>
+          <t>9786051983394</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hiddet</t>
+          <t>Bay Leopar’ın Kitabevi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3202404000311</t>
+          <t>9786051983387</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum ve Kendimi Tanıyorum Seti</t>
+          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051983288</t>
+          <t>9786051983370</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Paniğe Mahal Yok</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051983264</t>
+          <t>9786051980102</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık: Nasıl Kurulur ve Nasıl Korunur?</t>
+          <t>İyi Adam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051983257</t>
+          <t>9786051983325</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Avcıları 2 - Dört Buçuk Silahşorlar</t>
+          <t>Duygular En Çok Neyi Sever?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051983240</t>
+          <t>9786051983271</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Avcıları 1 - Peter Pan'ın İzinde</t>
+          <t>Metropol - En Büyük İnsan İcadının Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>245</v>
+        <v>365</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051983219</t>
+          <t>9786051983332</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Müzedeki Sandalye</t>
+          <t>İmkansız Yaratıklar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051983196</t>
+          <t>9786051983349</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Eylem: Bir Var Olma Biçimi</t>
+          <t>İmkansız Yaratıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051982182</t>
+          <t>9786051983356</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Evimizin Her Şeyi</t>
+          <t>Luna ve Tlaloc’un Hazinesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 5</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051983165</t>
+          <t>9786051983363</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Bacak</t>
+          <t>Hiddet</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051983202</t>
+          <t>3202404000311</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Sonra</t>
+          <t>Oynuyorum ve Kendimi Tanıyorum Seti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>315</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051982793</t>
+          <t>9786051983288</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Ördek? (Ciltli)</t>
+          <t>Paniğe Mahal Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051982809</t>
+          <t>9786051983264</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Köpek? (Ciltli)</t>
+          <t>Arkadaşlık: Nasıl Kurulur ve Nasıl Korunur?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051982816</t>
+          <t>9786051983257</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Aslan? (Ciltli)</t>
+          <t>Kayıp Kitap Avcıları 2 - Dört Buçuk Silahşorlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051982786</t>
+          <t>9786051983240</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bayan Uğur Böceği? (Ciltli)</t>
+          <t>Kayıp Kitap Avcıları 1 - Peter Pan'ın İzinde</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051983189</t>
+          <t>9786051983219</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Her Temas</t>
+          <t>Müzedeki Sandalye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>315</v>
+        <v>205</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051983127</t>
+          <t>9786051983196</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hücrenin Şarkısı: Dönüşen Tıp ve Yeni İnsan</t>
+          <t>Yaratıcı Eylem: Bir Var Olma Biçimi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051983172</t>
+          <t>9786051982182</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı - Maradona</t>
+          <t>Pisagor Evimizin Her Şeyi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051983158</t>
+          <t>9786051983165</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Vücut Saati</t>
+          <t>Ne Çok Bacak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>340</v>
+        <v>205</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051983141</t>
+          <t>9786051983202</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler: 25. Yıl Özel Basım (Ciltli)</t>
+          <t>Gece ve Sonra</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>365</v>
+        <v>315</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051983134</t>
+          <t>9786051982793</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler</t>
+          <t>Neredeymiş Bay Ördek? (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3202310000085</t>
+          <t>9786051982809</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni Seti (3 Kitap)</t>
+          <t>Neredeymiş Bay Köpek? (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>675</v>
+        <v>440</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051983066</t>
+          <t>9786051982816</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Sanat Fikri (Ciltli)</t>
+          <t>Neredeymiş Bay Aslan? (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051983103</t>
+          <t>9786051982786</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Psikoloji Fikri (Ciltli)</t>
+          <t>Neredeymiş Bayan Uğur Böceği? (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051983080</t>
+          <t>9786051983189</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Mimarlık Fikri (Ciltli)</t>
+          <t>Her Temas</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051983042</t>
+          <t>9786051983127</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Matematik Fikri (Ciltli)</t>
+          <t>Hücrenin Şarkısı: Dönüşen Tıp ve Yeni İnsan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051983073</t>
+          <t>9786051983172</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Fizik Fikri (Ciltli)</t>
+          <t>Dahiler Sınıfı - Maradona</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051983059</t>
+          <t>9786051983158</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
+          <t>Vücut Saati</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051983097</t>
+          <t>9786051983141</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Ekonomi Fikri (Ciltli)</t>
+          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler: 25. Yıl Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051983035</t>
+          <t>9786051983134</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vladimir</t>
+          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051982991</t>
+          <t>3202310000085</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tadında Ekonomi: Aç Bir Ekonomistin Gözünden Dünya</t>
+          <t>Müfettiş Numeroni Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>320</v>
+        <v>675</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051983004</t>
+          <t>9786051983066</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ne Görürsün Bir Ağaca Bakınca?</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Sanat Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051983028</t>
+          <t>9786051983103</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Portresi</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Psikoloji Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051982984</t>
+          <t>9786051983080</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzelere Karşı</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Mimarlık Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051983011</t>
+          <t>9786051983042</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Murdo: İmkansız Hayaller Kitabı</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Matematik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051982946</t>
+          <t>9786051983073</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar (Ciltli)</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Fizik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051982922</t>
+          <t>9786051983059</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar ve Kış (Ciltli)</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051982939</t>
+          <t>9786051983097</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar ve Yaz (Ciltli)</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Ekonomi Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051982960</t>
+          <t>9786051983035</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İyileşme</t>
+          <t>Vladimir</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051982892</t>
+          <t>9786051982991</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hapishanede Felsefe</t>
+          <t>Tadında Ekonomi: Aç Bir Ekonomistin Gözünden Dünya</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051982977</t>
+          <t>9786051983004</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mağara Adamının, Kraliçenin ve Aradaki Her Şeyin Yaşamında Bir Gün</t>
+          <t>Ne Görürsün Bir Ağaca Bakınca?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051982915</t>
+          <t>9786051983028</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hayvani Rekorlar Kitabı</t>
+          <t>Evlilik Portresi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>525</v>
+        <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051982953</t>
+          <t>9786051982984</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Tavuk</t>
+          <t>Meyveler Sebzelere Karşı</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051982755</t>
+          <t>9786051983011</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İlk Kuantum Fiziği Kitabım (Ciltli)</t>
+          <t>Murdo: İmkansız Hayaller Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051982878</t>
+          <t>9786051982946</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anlamıyorsun İşte</t>
+          <t>Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>305</v>
+        <v>365</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051982885</t>
+          <t>9786051982922</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İki Hitler Bir Marilyn</t>
+          <t>Sonbahar ve Kış (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>285</v>
+        <v>365</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051982861</t>
+          <t>9786051982939</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakika Daha</t>
+          <t>İlkbahar ve Yaz (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051982830</t>
+          <t>9786051982960</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Leo ve Medusa'nın Laneti - Destansoy Ailesi'nin Efsaneler Koleksiyonu 4</t>
+          <t>İyileşme</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051982779</t>
+          <t>9786051982892</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharın Sonu</t>
+          <t>Hapishanede Felsefe</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051982823</t>
+          <t>9786051982977</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Yumurta: Kokarca ile Porsuk 2</t>
+          <t>Mağara Adamının, Kraliçenin ve Aradaki Her Şeyin Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051982717</t>
+          <t>9786051982915</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm ve Vücudum (Ciltli)</t>
+          <t>Hayvani Rekorlar Kitabı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>365</v>
+        <v>525</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051982724</t>
+          <t>9786051982953</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Oyun (Ciltli)</t>
+          <t>Sabırsız Tavuk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051982731</t>
+          <t>9786051982755</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Banyo ve Uyku (Ciltli)</t>
+          <t>İlk Kuantum Fiziği Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>365</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051982748</t>
+          <t>9786051982878</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İlk Görelilik Kitabım (Ciltli)</t>
+          <t>Anlamıyorsun İşte</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>305</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051982762</t>
+          <t>9786051982885</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kodu</t>
+          <t>İki Hitler Bir Marilyn</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051982687</t>
+          <t>9786051982861</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İyi Hırsızlar</t>
+          <t>Beş Dakika Daha</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051982670</t>
+          <t>9786051982830</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlk Mikrop Kitabım (Ciltli)</t>
+          <t>Leo ve Medusa'nın Laneti - Destansoy Ailesi'nin Efsaneler Koleksiyonu 4</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051982656</t>
+          <t>9786051982779</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Tutunmak İçin Nedenler</t>
+          <t>Sonbaharın Sonu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051982700</t>
+          <t>9786051982823</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Çocukları</t>
+          <t>Sürpriz Yumurta: Kokarca ile Porsuk 2</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051982694</t>
+          <t>9786051982717</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Antarktika Hariç!</t>
+          <t>Yüzüm ve Vücudum (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051982649</t>
+          <t>9786051982724</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık Şeytan - Bir Adli Psikiyatrın Notları</t>
+          <t>Yemek ve Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051982663</t>
+          <t>9786051982731</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği: Grafik Roman</t>
+          <t>Banyo ve Uyku (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051982632</t>
+          <t>9786051982748</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yüzücüler</t>
+          <t>İlk Görelilik Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051982618</t>
+          <t>9786051982762</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Canlılığın Tarihi</t>
+          <t>Yaşamın Kodu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051982625</t>
+          <t>9786051982687</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 2 - Altın Peruk Hırsızlığı</t>
+          <t>İyi Hırsızlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051982601</t>
+          <t>9786051982670</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kai ve Maymun Kral</t>
+          <t>İlk Mikrop Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>205</v>
+        <v>330</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051982595</t>
+          <t>9786051982656</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kakanın, Pandanın ve Senin Yaşamında Bir Gün</t>
+          <t>Yaşama Tutunmak İçin Nedenler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051981857</t>
+          <t>9786051982700</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor Seti (3 Kitap)</t>
+          <t>Gökyüzü Çocukları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>880</v>
+        <v>275</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051982588</t>
+          <t>9786051982694</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İyisi mi, Seç Birini</t>
+          <t>Antarktika Hariç!</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051982571</t>
+          <t>9786051982649</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Astronomi</t>
+          <t>Tanıdık Şeytan - Bir Adli Psikiyatrın Notları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051982564</t>
+          <t>9786051982663</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Yer</t>
+          <t>Hayvan Çiftliği: Grafik Roman</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051982540</t>
+          <t>9786051982632</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi - Çizgi Roman 3: Piramidin Sırrı</t>
+          <t>Yüzücüler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051982557</t>
+          <t>9786051982618</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Ayı Monti</t>
+          <t>Canlılığın Tarihi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051982526</t>
+          <t>9786051982625</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kedi Felsefesi - Kediler ve Hayatın Anlamı</t>
+          <t>Müfettiş Numeroni 2 - Altın Peruk Hırsızlığı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051982502</t>
+          <t>9786051982601</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir? Beş Adımda Biyolojiyi Anlamak</t>
+          <t>Kai ve Maymun Kral</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051982533</t>
+          <t>9786051982595</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Korkularım Dost Mu Düşman Mı?</t>
+          <t>Kakanın, Pandanın ve Senin Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051982519</t>
+          <t>9786051981857</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Vardayok Ne Var Ne Yok!</t>
+          <t>Nevermoor Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>185</v>
+        <v>880</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051982472</t>
+          <t>9786051982588</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tütü Düştü</t>
+          <t>İyisi mi, Seç Birini</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051982465</t>
+          <t>9786051982571</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sonu</t>
+          <t>İşte Bunlar Hep Astronomi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>305</v>
+        <v>235</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051982496</t>
+          <t>9786051982564</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bavulumdaki Kırık Fincan</t>
+          <t>Olduğum Yer</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051982458</t>
+          <t>9786051982540</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bakmazken Duygular Ne Yapar?</t>
+          <t>Sihirli Ağaç Evi - Çizgi Roman 3: Piramidin Sırrı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051982434</t>
+          <t>9786051982557</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hikayeci</t>
+          <t>Uykusuz Ayı Monti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>315</v>
+        <v>205</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051982441</t>
+          <t>9786051982526</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başlıyoruz</t>
+          <t>Kedi Felsefesi - Kediler ve Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051982410</t>
+          <t>9786051982502</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Mitoloji</t>
+          <t>Yaşam Nedir? Beş Adımda Biyolojiyi Anlamak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051982403</t>
+          <t>9786051982533</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Bilim</t>
+          <t>Korkularım Dost Mu Düşman Mı?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051982342</t>
+          <t>9786051982519</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Saklı Dünya</t>
+          <t>Dedektif Vardayok Ne Var Ne Yok!</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>340</v>
+        <v>185</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051982397</t>
+          <t>9786051982472</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Marcy ve Sfenks'in Bilmecesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 2</t>
+          <t>Tütü Düştü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051982366</t>
+          <t>9786051982465</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Rahatlama Kitabı</t>
+          <t>Her Şeyin Sonu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051982380</t>
+          <t>9786051982496</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>1984 - Grafik Roman</t>
+          <t>Bavulumdaki Kırık Fincan</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>205</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>2789788616603</t>
+          <t>9786051982458</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sarah Bakewell Seti (2 Kitap)</t>
+          <t>Kimse Bakmazken Duygular Ne Yapar?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>423</v>
+        <v>235</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>2786051980968</t>
+          <t>9786051982434</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Seti (5 Kitap)</t>
+          <t>Hikayeci</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>987</v>
+        <v>315</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051982359</t>
+          <t>9786051982441</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi - Çizgi Roman - Gizemli Şövalye</t>
+          <t>Sondan Başlıyoruz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>2786051980967</t>
+          <t>9786051982410</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Dünyası Seti (3 Kitap)</t>
+          <t>İşte Bunlar Hep Mitoloji</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>755</v>
+        <v>235</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051982335</t>
+          <t>9786051982403</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kızlar</t>
+          <t>İşte Bunlar Hep Bilim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>235</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051982311</t>
+          <t>9786051982342</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Boyama Kitabı</t>
+          <t>Saklı Dünya</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>205</v>
+        <v>340</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051982328</t>
+          <t>9786051982397</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>Marcy ve Sfenks'in Bilmecesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051982274</t>
+          <t>9786051982366</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Altın Halat: Destansoy Ailesi'nin Efsaneler Koleksiyonu</t>
+          <t>Rahatlama Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051982298</t>
+          <t>9786051982380</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ve Suya Dair</t>
+          <t>1984 - Grafik Roman</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051982304</t>
+          <t>2789788616603</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hamnet</t>
+          <t>Sarah Bakewell Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>423</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051982281</t>
+          <t>2786051980968</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Artı Bir: Küçükler ve Büyükler Birlikte Oynuyor (Çift Dilli)</t>
+          <t>3-7 Yaş Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>325</v>
+        <v>987</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051982250</t>
+          <t>9786051982359</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Okyanusa</t>
+          <t>Sihirli Ağaç Evi - Çizgi Roman - Gizemli Şövalye</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051982212</t>
+          <t>2786051980967</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Nasıl Gelecek</t>
+          <t>Harikalar Dünyası Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>290</v>
+        <v>755</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051982243</t>
+          <t>9786051982335</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Feo ve Kurt</t>
+          <t>Yitik Kızlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051982205</t>
+          <t>9786051982311</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kokarca ile Porsuk</t>
+          <t>Senin Seçimin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944083799</t>
+          <t>9786051982328</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur ve Zombiler</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051981871</t>
+          <t>9786051982274</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlik Seti (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1-2-3 (Çıkartmalı)</t>
+          <t>Arthur ve Altın Halat: Destansoy Ailesi'nin Efsaneler Koleksiyonu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>660</v>
+        <v>205</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051981796</t>
+          <t>9786051982298</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Katherine Rundell Seti (3 Kitap)</t>
+          <t>Zaman Ve Suya Dair</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>825</v>
+        <v>315</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051982199</t>
+          <t>9786051982304</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar</t>
+          <t>Hamnet</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>2789788616604</t>
+          <t>9786051982281</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Walter Isaacson Seti (3 Kitap)</t>
+          <t>Bir Artı Bir: Küçükler ve Büyükler Birlikte Oynuyor (Çift Dilli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>1473756484847</t>
+          <t>9786051982250</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci Seti (2 Kitap Takım)</t>
+          <t>Bak Şu Okyanusa</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>652</v>
+        <v>205</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051982175</t>
+          <t>9786051982212</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Adam</t>
+          <t>Gelecek Nasıl Gelecek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051982137</t>
+          <t>9786051982243</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>365 Bulmaca Ve Akıl Oyunu - Büyük Nöron Testi Başlasın!</t>
+          <t>Feo ve Kurt</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051982168</t>
+          <t>9786051982205</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Dahiler Sınıfı</t>
+          <t>Kokarca ile Porsuk</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051982151</t>
+          <t>9789944083799</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kaşif</t>
+          <t>Aşk ve Gurur ve Zombiler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051982144</t>
+          <t>9786051981871</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 1 - Film Setinde Hırsızlık</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlik Seti (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1-2-3 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>660</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051982120</t>
+          <t>9786051981796</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Tiyatronun Efendisi</t>
+          <t>Katherine Rundell Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>825</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051982113</t>
+          <t>9786051982199</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Zeka Tuzağı</t>
+          <t>İnsanlar</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051982106</t>
+          <t>2789788616604</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki En Küçük Işıklar</t>
+          <t>Walter Isaacson Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>290</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051981512</t>
+          <t>1473756484847</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulesi</t>
+          <t>Leonardo Da Vinci Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>225</v>
+        <v>652</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051982052</t>
+          <t>9786051982175</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Komik Yer İsimleri Oteli</t>
+          <t>Kaplan Adam</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051982090</t>
+          <t>9786051982137</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Transandans</t>
+          <t>365 Bulmaca Ve Akıl Oyunu - Büyük Nöron Testi Başlasın!</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051981345</t>
+          <t>9786051982168</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kaşık Bükenler</t>
+          <t>Galileo Galilei - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051981680</t>
+          <t>9786051982151</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri İkili Set</t>
+          <t>Kaşif</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>640</v>
+        <v>275</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054729746</t>
+          <t>9786051982144</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hayatlar Seti (3 Kitap)</t>
+          <t>Müfettiş Numeroni 1 - Film Setinde Hırsızlık</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>990</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051981802</t>
+          <t>9786051982120</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras Serisi Seti - 10 Kitap Takım</t>
+          <t>Dahiler Sınıfı: Tiyatronun Efendisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>2050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051981758</t>
+          <t>9786051982113</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden Kutulu Set (3 Kitap)</t>
+          <t>Zeka Tuzağı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051981741</t>
+          <t>9786051982106</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi Kutulu Set (8 Kitap)</t>
+          <t>Evrendeki En Küçük Işıklar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051981727</t>
+          <t>9786051981512</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapar? Kutulu Set (10 Kitap)</t>
+          <t>Sırlar Kulesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051981697</t>
+          <t>9786051982052</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Patti Smith Seti (5 Kitap)</t>
+          <t>Komik Yer İsimleri Oteli</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1495</v>
+        <v>205</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>2786051980431</t>
+          <t>9786051982090</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri Set (3 Kitap)</t>
+          <t>Transandans</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>960</v>
+        <v>315</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051981673</t>
+          <t>9786051981345</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aklayakın Seti (3 Kitap)</t>
+          <t>Kaşık Bükenler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>750</v>
+        <v>305</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051981604</t>
+          <t>9786051981680</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Seti (4 Kitap)</t>
+          <t>Anne Baba Sihri İkili Set</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>820</v>
+        <v>640</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051981567</t>
+          <t>9786054729746</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Atlas Set (Atlas + Atlas Etkinlik)</t>
+          <t>Gizli Hayatlar Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1210</v>
+        <v>990</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051981550</t>
+          <t>9786051981802</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>David Eagleman Seti (4 Kitap)</t>
+          <t>Hepsi Sana Miras Serisi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1280</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051981543</t>
+          <t>9786051981758</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bedene Dair Set (3 Kitap)</t>
+          <t>Peki Ama Neden Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051982076</t>
+          <t>9786051981741</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ya Siz Nasılsınız, Dr. Sacks</t>
+          <t>Sihirli Ağaç Evi Kutulu Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>315</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051982021</t>
+          <t>9786051981727</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sihirci Çırağı 2: Harikalar Karnavalı</t>
+          <t>Ne Yapar? Kutulu Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>260</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051981949</t>
+          <t>9786051981697</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Su Altı (Ciltli)</t>
+          <t>Patti Smith Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>750</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051980836</t>
+          <t>2786051980431</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Silgi</t>
+          <t>Anne Baba Sihri Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>205</v>
+        <v>960</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054729470</t>
+          <t>9786051981673</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Zeropedia</t>
+          <t>Aklayakın Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>315</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051981017</t>
+          <t>9786051981604</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi</t>
+          <t>Senin Seçimin Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>195</v>
+        <v>820</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051981031</t>
+          <t>9786051981567</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Pilot</t>
+          <t>Atlas Set (Atlas + Atlas Etkinlik)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051981000</t>
+          <t>9786051981550</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Aşçı</t>
+          <t>David Eagleman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>195</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051981024</t>
+          <t>9786051981543</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci</t>
+          <t>Bedene Dair Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>195</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051980997</t>
+          <t>9786051982076</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Arkeolog</t>
+          <t>Ya Siz Nasılsınız, Dr. Sacks</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051980966</t>
+          <t>9786051982021</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Pablo Picasso</t>
+          <t>Sihirci Çırağı 2: Harikalar Karnavalı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051980874</t>
+          <t>9786051981949</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler</t>
+          <t>Yer Altı Su Altı (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>235</v>
+        <v>750</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051980638</t>
+          <t>9786051980836</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Yarışçısı</t>
+          <t>Silgi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051980621</t>
+          <t>9786054729470</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Doktor</t>
+          <t>Zeropedia</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051980614</t>
+          <t>9786051981017</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Balerin</t>
+          <t>Çiftçi</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051980607</t>
+          <t>9786051981031</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Astronot</t>
+          <t>Pilot</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051980591</t>
+          <t>9786051981000</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Arıcı</t>
+          <t>Aşçı</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051980522</t>
+          <t>9786051981024</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>İtfaiyeci</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051980508</t>
+          <t>9786051980997</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Arkeolog</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051980485</t>
+          <t>9786051980966</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İneklerin Gizli Hayatı</t>
+          <t>Dahiler Sınıfı: Pablo Picasso</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051980850</t>
+          <t>9786051980874</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tür</t>
+          <t>İyi Geceler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>365</v>
+        <v>235</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054729333</t>
+          <t>9786051980638</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>PSY-Q</t>
+          <t>Otomobil Yarışçısı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054729111</t>
+          <t>9786051980621</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalan</t>
+          <t>Doktor</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054729531</t>
+          <t>9786051980614</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Tüm Dertleri</t>
+          <t>Balerin</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054729128</t>
+          <t>9786051980607</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cyrano de Bergerac</t>
+          <t>Astronot</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054729135</t>
+          <t>9786051980591</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kılçıksız Bilim</t>
+          <t>Arıcı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054729296</t>
+          <t>9786051980522</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Saçında Gün Işığı</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054729395</t>
+          <t>9786051980508</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gibi Düşünmek</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>305</v>
+        <v>260</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054729371</t>
+          <t>9786051980485</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>İneklerin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054729272</t>
+          <t>9786051980850</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras 5: Suç ve Ceza</t>
+          <t>Yaratıcı Tür</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054729289</t>
+          <t>9786054729333</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>PSY-Q</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054729265</t>
+          <t>9786054729111</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yönetmenlerin Gizli Hayatları</t>
+          <t>Beyaz Yalan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051980447</t>
+          <t>9786054729531</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum</t>
+          <t>Dünya'nın Tüm Dertleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051980706</t>
+          <t>9786054729128</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Makine Olmak</t>
+          <t>Cyrano de Bergerac</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>315</v>
+        <v>205</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051980690</t>
+          <t>9786054729135</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın Ortasında Duvar Var</t>
+          <t>Kılçıksız Bilim</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051980492</t>
+          <t>9786054729296</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Baskerville Laneti - Sherlock Holmes</t>
+          <t>Saçında Gün Işığı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054729845</t>
+          <t>9786054729395</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dediniz Bay Feynman</t>
+          <t>Sherlock Holmes Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051980676</t>
+          <t>9786054729371</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bakir İntiharlar</t>
+          <t>Antigone</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>305</v>
+        <v>205</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051980430</t>
+          <t>9786054729272</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Yalan</t>
+          <t>Hepsi Sana Miras 5: Suç ve Ceza</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051980218</t>
+          <t>9786054729289</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ülke</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051980232</t>
+          <t>9786054729265</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - İnsan Vücudu</t>
+          <t>Büyük Yönetmenlerin Gizli Hayatları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051980249</t>
+          <t>9786051980447</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - Hayvanlar</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051980225</t>
+          <t>9786051980706</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - Bilim ve Teknik</t>
+          <t>Makine Olmak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051980164</t>
+          <t>9786051980690</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Bir Yaradır</t>
+          <t>Bu Kitabın Ortasında Duvar Var</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>365</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051980157</t>
+          <t>9786051980492</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Steve Jobs</t>
+          <t>Baskerville Laneti - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051980133</t>
+          <t>9786054729845</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Einstein</t>
+          <t>Güzel Dediniz Bay Feynman</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051980140</t>
+          <t>9786051980676</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Leonardo Da Vinci</t>
+          <t>Bakir İntiharlar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051980454</t>
+          <t>9786051980430</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çalıştır Saksıyı</t>
+          <t>Tekerlekli Yalan</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051980256</t>
+          <t>9786051980218</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Mozart Müziğin Dahisi</t>
+          <t>En Güzel Ülke</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051980270</t>
+          <t>9786051980232</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Marie Curie - Atom Kadın</t>
+          <t>Peki Ama Neden? - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051980263</t>
+          <t>9786051980249</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Newton - Fizik Sihirbazı</t>
+          <t>Peki Ama Neden? - Hayvanlar</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051980393</t>
+          <t>9786051980225</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Aklı</t>
+          <t>Peki Ama Neden? - Bilim ve Teknik</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051980416</t>
+          <t>9786051980164</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Seyahat - Sihirli Ağaç Evi 8</t>
+          <t>Güzellik Bir Yaradır</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>185</v>
+        <v>365</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051980409</t>
+          <t>9786051980157</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kurtar Bizi Mamut - Sihirli Ağaç Evi 7</t>
+          <t>Dahiler Sınıfı: Steve Jobs</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051980065</t>
+          <t>9786051980133</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi</t>
+          <t>Dahiler Sınıfı: Einstein</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051980072</t>
+          <t>9786051980140</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 3 - Piramidin Sırrı</t>
+          <t>Dahiler Sınıfı: Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051980034</t>
+          <t>9786051980454</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Benim Oyunum</t>
+          <t>Çalıştır Saksıyı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>320</v>
+        <v>235</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054729890</t>
+          <t>9786051980256</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Dahiler Sınıfı: Mozart Müziğin Dahisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054729968</t>
+          <t>9786051980270</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kahya ve Klara</t>
+          <t>Dahiler Sınıfı: Marie Curie - Atom Kadın</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051980386</t>
+          <t>9786051980263</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyota</t>
+          <t>Dahiler Sınıfı: Newton - Fizik Sihirbazı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051980324</t>
+          <t>9786051980393</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gen</t>
+          <t>Başkalarının Aklı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051980294</t>
+          <t>9786051980416</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 6 - Amazon Macerası</t>
+          <t>Ay'a Seyahat - Sihirli Ağaç Evi 8</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051980287</t>
+          <t>9786051980409</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 5 - Ninjaların Gecesi</t>
+          <t>Kurtar Bizi Mamut - Sihirli Ağaç Evi 7</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051980188</t>
+          <t>9786051980065</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar</t>
+          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051980003</t>
+          <t>9786051980072</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tavşanı Şarlot</t>
+          <t>Sihirli Ağaç Evi 3 - Piramidin Sırrı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051980461</t>
+          <t>9786051980034</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Sırları</t>
+          <t>Benim Oyunum</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051980027</t>
+          <t>9786054729890</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Evren Avucunda</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054729838</t>
+          <t>9786054729968</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu Tiyatrosu</t>
+          <t>Kahya ve Klara</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051980096</t>
+          <t>9786051980386</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Jules</t>
+          <t>Mikrobiyota</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051980362</t>
+          <t>9786051980324</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bize Bir Köprü Lazım! - Bebo ve Bice’nin Keşifleri 4</t>
+          <t>Gen</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051980331</t>
+          <t>9786051980294</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kaşığımın Üstünde Baloncuk Var! - Bebo ve Bice’nin Keşifleri 3</t>
+          <t>Sihirli Ağaç Evi 6 - Amazon Macerası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051980348</t>
+          <t>9786051980287</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bize Bir Mancınık Lazım! - Bebo ve Bice’nin Keşifleri 2</t>
+          <t>Sihirli Ağaç Evi 5 - Ninjaların Gecesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051980300</t>
+          <t>9786051980188</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Yılı</t>
+          <t>Uzaylılar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054729999</t>
+          <t>9786051980003</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Senin Muhteşem Esnek Beynin</t>
+          <t>Bilim Tavşanı Şarlot</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054729562</t>
+          <t>9786051980461</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>M Treni</t>
+          <t>Mutfak Sırları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054729869</t>
+          <t>9786051980027</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk</t>
+          <t>Evren Avucunda</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051980379</t>
+          <t>9786054729838</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Maymun Kadar Aklım Olsa</t>
+          <t>İnsan Vücudu Tiyatrosu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051980201</t>
+          <t>9786051980096</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Don Juan</t>
+          <t>Jules</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054729791</t>
+          <t>9786051980362</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Sınırında Yaşam</t>
+          <t>Bize Bir Köprü Lazım! - Bebo ve Bice’nin Keşifleri 4</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054729715</t>
+          <t>9786051980331</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras: Kral Lear</t>
+          <t>Kaşığımın Üstünde Baloncuk Var! - Bebo ve Bice’nin Keşifleri 3</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051980195</t>
+          <t>9786051980348</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçular Kahvesi</t>
+          <t>Bize Bir Mancınık Lazım! - Bebo ve Bice’nin Keşifleri 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>365</v>
+        <v>180</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054729975</t>
+          <t>9786051980300</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Böyle mi  Olacaktı?</t>
+          <t>Tavşan Yılı</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054729883</t>
+          <t>9786054729999</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 2 - Gizemli Şövalye</t>
+          <t>Senin Muhteşem Esnek Beynin</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054729876</t>
+          <t>9786054729562</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 1 - Dinozorlar Vadisinde</t>
+          <t>M Treni</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054729708</t>
+          <t>9786054729869</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Eş</t>
+          <t>Böcek Çocuk</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054729982</t>
+          <t>9786051980379</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Daha Güzel Günler mi Getirecek?</t>
+          <t>Maymun Kadar Aklım Olsa</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054729685</t>
+          <t>9786051980201</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Tünel Kazmak</t>
+          <t>Don Juan</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051980171</t>
+          <t>9786054729791</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Güneş, Ay ve Rolling Stones</t>
+          <t>Kuantum Sınırında Yaşam</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054729852</t>
+          <t>9786054729715</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Keşfedenler</t>
+          <t>Hepsi Sana Miras: Kral Lear</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>420</v>
+        <v>205</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054729661</t>
+          <t>9786051980195</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bill</t>
+          <t>Varoluşçular Kahvesi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051980782</t>
+          <t>9786054729975</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>Böyle mi  Olacaktı?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054729647</t>
+          <t>9786054729883</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Glow</t>
+          <t>Sihirli Ağaç Evi 2 - Gizemli Şövalye</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051980089</t>
+          <t>9786054729876</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Fincandaki Fırtına</t>
+          <t>Sihirli Ağaç Evi 1 - Dinozorlar Vadisinde</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054729814</t>
+          <t>9786054729708</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Eş</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054729692</t>
+          <t>9786054729982</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Gelecek Daha Güzel Günler mi Getirecek?</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054729326</t>
+          <t>9786054729685</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mucizeleri Saymak</t>
+          <t>Dünyanın Merkezine Tünel Kazmak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054729159</t>
+          <t>9786051980171</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşanır ya da Bir Soruda Montaigne’in Hayatı</t>
+          <t>Güneş, Ay ve Rolling Stones</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>365</v>
+        <v>315</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054729302</t>
+          <t>9786054729852</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Geleceği Keşfedenler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054729418</t>
+          <t>9786054729661</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Middlesex</t>
+          <t>Sevgili Bill</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>205</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051981499</t>
+          <t>9786051980782</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Şeylerin Bilimi</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051981635</t>
+          <t>9786054729647</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 3 (Çıkartmalı)</t>
+          <t>Glow</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051981628</t>
+          <t>9786051980089</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 2 (Çıkartmalı)</t>
+          <t>Fincandaki Fırtına</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051981956</t>
+          <t>9786054729814</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Büyü Muhafızları - Bulut At Günlükleri</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051981406</t>
+          <t>9786054729692</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Felsefesi</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051981994</t>
+          <t>9786054729326</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Pisagor - Dahiler Sınıfı</t>
+          <t>Mucizeleri Saymak</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051981840</t>
+          <t>9786054729159</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Ruhkoparan: Morrigan Crow'un Peşinde</t>
+          <t>Nasıl Yaşanır ya da Bir Soruda Montaigne’in Hayatı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051981833</t>
+          <t>9786054729302</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Kütüphanesi</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051981963</t>
+          <t>9786054729418</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Olduğu Yok</t>
+          <t>Middlesex</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051981826</t>
+          <t>9786051981499</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Evren</t>
+          <t>Kırılgan Şeylerin Bilimi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051981901</t>
+          <t>9786051981635</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Canlı Devre</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 3 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051981895</t>
+          <t>9786051981628</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek İle Yumurta</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 2 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051981390</t>
+          <t>9786051981956</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Maymun Yılı</t>
+          <t>Büyü Muhafızları - Bulut At Günlükleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>305</v>
+        <v>235</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051981437</t>
+          <t>9786051981406</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Esinetta'nın Canavar Kitabı</t>
+          <t>Kuşların Felsefesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051981819</t>
+          <t>9786051981994</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Savaşı</t>
+          <t>Pisagor - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051982007</t>
+          <t>9786051981840</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beatles - Dahiler Sınıfı</t>
+          <t>Nevermoor - Ruhkoparan: Morrigan Crow'un Peşinde</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051981970</t>
+          <t>9786051981833</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Geveze</t>
+          <t>Gece Yarısı Kütüphanesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051981987</t>
+          <t>9786051981963</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yılanbalığının Yolu</t>
+          <t>Bir Şey Olduğu Yok</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051981925</t>
+          <t>9786051981826</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kendime Notlar</t>
+          <t>Sen ve Evren</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051981932</t>
+          <t>9786051981901</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yılları</t>
+          <t>Canlı Devre</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051981642</t>
+          <t>9786051981895</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (3 Kitap)</t>
+          <t>Çekirdek İle Yumurta</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>990</v>
+        <v>205</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051981475</t>
+          <t>9786051981390</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ben Ben</t>
+          <t>Maymun Yılı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051981659</t>
+          <t>9786051981437</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Kim Kokuttu?!</t>
+          <t>Esinetta'nın Canavar Kitabı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051980942</t>
+          <t>9786051981819</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Talebe</t>
+          <t>Böceklerin Savaşı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051981598</t>
+          <t>9786051982007</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Arşimet Sayıların Büyücüsü - Dahiler Sınıfı</t>
+          <t>Beatles - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051981574</t>
+          <t>9786051981970</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Süfrajetler Tüm Kadınlara Oy Hakkı - Dahiler Sınıfı</t>
+          <t>Geveze</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051981581</t>
+          <t>9786051981987</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Enzo Ferrari Hızın Efendisi - Dahiler Sınıfı</t>
+          <t>Yılanbalığının Yolu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051981369</t>
+          <t>9786051981925</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kısa</t>
+          <t>Kendime Notlar</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051981222</t>
+          <t>9786051981932</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Metamorfoz: İnsan Vücudunda Değişimin Öyküsü</t>
+          <t>Keşif Yılları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051981093</t>
+          <t>9786051981642</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Uzayın</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>205</v>
+        <v>990</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051981444</t>
+          <t>9786051981475</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Masalın</t>
+          <t>Ben Ben</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051981413</t>
+          <t>9786051981659</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Özgüven - Oynuyorum ve Kendimi Tanıyorum</t>
+          <t>Ormanı Kim Kokuttu?!</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051981611</t>
+          <t>9786051980942</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Evreninin Gizemi</t>
+          <t>Talebe</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>365</v>
+        <v>330</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051981321</t>
+          <t>9786051981598</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin: İlk İki Yaşın Sihri</t>
+          <t>Arşimet Sayıların Büyücüsü - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051981215</t>
+          <t>9786051981574</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmaz Bir Dünya</t>
+          <t>Süfrajetler Tüm Kadınlara Oy Hakkı - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051981291</t>
+          <t>9786051981581</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Uzamsal Algı Gelişimi Etkinlikli Bir Uzay Görevi - Bu Uzay Gemisinde Şekiller Oyunlar ve Çizgiler Var</t>
+          <t>Enzo Ferrari Hızın Efendisi - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051981260</t>
+          <t>9786051981369</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Neden Çocuk Kitapları Okumalıyız (Ciltli)</t>
+          <t>Kısa</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051981048</t>
+          <t>9786051981222</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Metamorfoz: İnsan Vücudunda Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>452</v>
+        <v>315</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051981529</t>
+          <t>9786051981093</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Beden</t>
+          <t>Senin Seçimin Senin Uzayın</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051981154</t>
+          <t>9786051981444</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bu Kutunun İçinde Ne Var?</t>
+          <t>Senin Seçimin Senin Masalın</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051981383</t>
+          <t>9786051981413</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Harita Üzerinde</t>
+          <t>Özgüven - Oynuyorum ve Kendimi Tanıyorum</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051981482</t>
+          <t>9786051981611</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hasta</t>
+          <t>Kuantum Evreninin Gizemi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051981505</t>
+          <t>9786051981321</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sakın Göz Kırpma</t>
+          <t>Hoş Geldin: İlk İki Yaşın Sihri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051981352</t>
+          <t>9786051981215</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1 (Çıkartmalı)</t>
+          <t>Yaşanmaz Bir Dünya</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051981178</t>
+          <t>9786051981291</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Uygunsuz Gerçekler</t>
+          <t>Dikkat ve Uzamsal Algı Gelişimi Etkinlikli Bir Uzay Görevi - Bu Uzay Gemisinde Şekiller Oyunlar ve Çizgiler Var</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051980959</t>
+          <t>9786051981260</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Daha Makul Bir Küresel Ekonomi Mümkün mü?</t>
+          <t>Neden Çocuk Kitapları Okumalıyız (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051981123</t>
+          <t>9786051981048</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Para Vatan</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>320</v>
+        <v>452</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051981086</t>
+          <t>9786051981529</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Bir Gezegenden Notlar</t>
+          <t>Beden</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051980911</t>
+          <t>9786051981154</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri</t>
+          <t>Bu Kutunun İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051981451</t>
+          <t>9786051981383</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Hayalin</t>
+          <t>Harita Üzerinde</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>205</v>
+        <v>340</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051981468</t>
+          <t>9786051981482</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin</t>
+          <t>Sessiz Hasta</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051980805</t>
+          <t>9786051981505</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Morrigan Crow'un Büyük Sınavı</t>
+          <t>Sakın Göz Kırpma</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051981314</t>
+          <t>9786051981352</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Gezegene</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051981307</t>
+          <t>9786051981178</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Şakalar Kraliçesi</t>
+          <t>Hayvanlar Aleminden Uygunsuz Gerçekler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051981208</t>
+          <t>9786051980959</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon Blues</t>
+          <t>Daha Adil Daha Makul Bir Küresel Ekonomi Mümkün mü?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051980980</t>
+          <t>9786051981123</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yakında</t>
+          <t>Para Vatan</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786058898134</t>
+          <t>9786051981086</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ve.. Sonraki Hayattan Kırk Öykü</t>
+          <t>Nevrotik Bir Gezegenden Notlar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786056260483</t>
+          <t>9786051980911</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hastalıkların Şahı</t>
+          <t>Anne Baba Sihri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944083744</t>
+          <t>9786051981451</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Mucizeler</t>
+          <t>Senin Seçimin Senin Hayalin</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051980553</t>
+          <t>9786051981468</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Buda</t>
+          <t>Senin Seçimin</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786056260414</t>
+          <t>9786051980805</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tam Benim Tipim</t>
+          <t>Nevermoor - Morrigan Crow'un Büyük Sınavı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786056180125</t>
+          <t>9786051981314</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Su Geçirmez İncil</t>
+          <t>Bak Şu Gezegene</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786056180187</t>
+          <t>9786051981307</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Şakalar Kraliçesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786056260445</t>
+          <t>9786051981208</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sisters Kardeşler</t>
+          <t>Reenkarnasyon Blues</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786056260476</t>
+          <t>9786051980980</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Paradoks</t>
+          <t>Yakında</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054729050</t>
+          <t>9786058898134</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Olağan Psikopatlar</t>
+          <t>Ve.. Sonraki Hayattan Kırk Öykü</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054729012</t>
+          <t>9786056260483</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar</t>
+          <t>Tüm Hastalıkların Şahı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>205</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944083751</t>
+          <t>9789944083744</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bebek (Ciltli)</t>
+          <t>Tıbbi Mucizeler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>672</v>
+        <v>350</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054729043</t>
+          <t>9786051980553</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlardan Büyük Sorular Hayli Mühim İnsanlardan Basit Cevaplar</t>
+          <t>Tavan Arasındaki Buda</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054729456</t>
+          <t>9786056260414</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İrrasyonel</t>
+          <t>Tam Benim Tipim</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054729067</t>
+          <t>9786056180125</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Işınlanma Kazası</t>
+          <t>Su Geçirmez İncil</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786054729074</t>
+          <t>9786056180187</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Incognito - Beynin Gizli Hayatı</t>
+          <t>Steve Jobs</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786056260421</t>
+          <t>9786056260445</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gölün Kıyısında</t>
+          <t>Sisters Kardeşler</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054729036</t>
+          <t>9786056260476</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Paradoks</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054729005</t>
+          <t>9786054729050</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Fang Ailesi</t>
+          <t>Olağan Psikopatlar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944083720</t>
+          <t>9786054729012</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dün Ve Bugün (Ciltli)</t>
+          <t>Nişanlılar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>720</v>
+        <v>205</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786056180101</t>
+          <t>9789944083751</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çoluk Çocuk</t>
+          <t>Muhteşem Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>320</v>
+        <v>672</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786056180118</t>
+          <t>9786054729043</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Checklist Manifesto</t>
+          <t>Küçük İnsanlardan Büyük Sorular Hayli Mühim İnsanlardan Basit Cevaplar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786058898165</t>
+          <t>9786054729456</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazarların Gizli Hayatları</t>
+          <t>İrrasyonel</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944083775</t>
+          <t>9786054729067</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sanatçıların Gizli Hayatları</t>
+          <t>Işınlanma Kazası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786056180170</t>
+          <t>9786054729074</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Boksör Böcek</t>
+          <t>Incognito - Beynin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786058898189</t>
+          <t>9786056260421</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Babba Kitap</t>
+          <t>Gölün Kıyısında</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786056180132</t>
+          <t>9786054729036</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Botaniği</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>305</v>
+        <v>205</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786056260452</t>
+          <t>9786054729005</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler (Ciltli)</t>
+          <t>Fang Ailesi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786058898196</t>
+          <t>9789944083720</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Afili Lügat</t>
+          <t>Dünya Dün Ve Bugün (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>305</v>
+        <v>720</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786056260490</t>
+          <t>9786056180101</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>Çoluk Çocuk</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054729029</t>
+          <t>9786056180118</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gulliver</t>
+          <t>Checklist Manifesto</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051981284</t>
+          <t>9786058898165</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Karman Çorman Hayvan</t>
+          <t>Büyük Yazarların Gizli Hayatları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051981192</t>
+          <t>9789944083775</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Öfke ile Başa Çıkma Yolları</t>
+          <t>Büyük Sanatçıların Gizli Hayatları</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051981239</t>
+          <t>9786056180170</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Atlas Etkinlik Kitabı</t>
+          <t>Boksör Böcek</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051981055</t>
+          <t>9786058898189</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Arınmalar</t>
+          <t>Babba Kitap</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051980751</t>
+          <t>9786056180132</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi</t>
+          <t>Arzunun Botaniği</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051980775</t>
+          <t>9786056260452</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünya</t>
+          <t>Hayalperestler (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051980584</t>
+          <t>9786058898196</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Komik Hayvan İsimleri Bakanlığı</t>
+          <t>Afili Lügat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051981130</t>
+          <t>9786056260490</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni (Ciltli)</t>
+          <t>500</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>329</v>
+        <v>110</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051981116</t>
+          <t>9786054729029</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gibi Düşün</t>
+          <t>Gulliver</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051980768</t>
+          <t>9786051981284</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Tabiatı</t>
+          <t>Karman Çorman Hayvan</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051980539</t>
+          <t>9786051981192</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlık</t>
+          <t>Öfke ile Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051980843</t>
+          <t>9786051981239</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Minik Balina - Bol Balıklı Bir Hikaye</t>
+          <t>Atlas Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>205</v>
+        <v>390</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051980973</t>
+          <t>9786051981055</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Nakano Eskici Dükkanı</t>
+          <t>Arınmalar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051980799</t>
+          <t>9786051980751</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sandığı</t>
+          <t>Her Şeyin Teorisi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051981109</t>
+          <t>9786051980775</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Wundersmith: Morrigan Crow’un Gerçek Kimliği</t>
+          <t>Antik Dünya</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054729739</t>
+          <t>9786051980584</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Atlas (Ciltli)</t>
+          <t>Komik Hayvan İsimleri Bakanlığı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>820</v>
+        <v>205</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051980812</t>
+          <t>9786051981130</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali Tüm Zamanların En Büyüğü - Dahiler Sınıfı</t>
+          <t>Türlerin Kökeni (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051980829</t>
+          <t>9786051981116</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla Geleceği Keşfeden Adam - Dahiler Sınıfı</t>
+          <t>Sherlock Holmes Gibi Düşün</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051980720</t>
+          <t>9786051980768</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar - Tepeden Kuyruğa</t>
+          <t>Eşyanın Tabiatı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051980713</t>
+          <t>9786051980539</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Böcekler - Tepeden Kuyruğa</t>
+          <t>Adanmışlık</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051980744</t>
+          <t>9786051980843</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Tepeden Kuyruğa</t>
+          <t>Minik Balina - Bol Balıklı Bir Hikaye</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051981147</t>
+          <t>9786051980973</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hangi Doğru</t>
+          <t>Nakano Eskici Dükkanı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051980577</t>
+          <t>9786051980799</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Stephen Hawking</t>
+          <t>Zaman Sandığı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051980928</t>
+          <t>9786051981109</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sihirci Çırağı</t>
+          <t>Nevermoor - Wundersmith: Morrigan Crow’un Gerçek Kimliği</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786051980683</t>
+          <t>9786054729739</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Asimetri</t>
+          <t>Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>265</v>
+        <v>820</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051980546</t>
+          <t>9786051980812</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Krokodali</t>
+          <t>Muhammed Ali Tüm Zamanların En Büyüğü - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051980560</t>
+          <t>9786051980829</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Durdurmanın Yolları</t>
+          <t>Nikola Tesla Geleceği Keşfeden Adam - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
+          <t>9786051980720</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051980713</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051980744</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051981147</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Doğru</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786051980577</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Sınıfı: Stephen Hawking</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786051980928</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Sihirci Çırağı</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786051980683</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Asimetri</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786051980546</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Krokodali</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786051980560</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Zamanı Durdurmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
           <t>9786051980423</t>
         </is>
       </c>
-      <c r="B460" s="1" t="inlineStr">
+      <c r="B469" s="1" t="inlineStr">
         <is>
           <t>Evlilik Meselesi</t>
         </is>
       </c>
-      <c r="C460" s="1">
+      <c r="C469" s="1">
         <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>