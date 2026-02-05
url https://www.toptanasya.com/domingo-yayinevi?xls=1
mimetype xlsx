--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,7060 +85,8095 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051984247</t>
+          <t>9786051984292</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Sanat - 11 Büyük Ressamla Tanış, Maskelerini Tak</t>
+          <t>Atmacanın A'sı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051984223</t>
+          <t>9786051984278</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Pablo ile Laklak – Zaman Yolcusu Penguenler</t>
+          <t>Roma Hikayeleri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051984230</t>
+          <t>9786051984285</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Seyahat</t>
+          <t>Çorap Dedektifi Magnolia Wu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051984186</t>
+          <t>9786051984254</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünyalılar: Uzaylıların Dünya Raporu - Çok Gizli</t>
+          <t>Ben Bir Patatesim!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051984216</t>
+          <t>9786051984261</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alfred Hitchcock Sunar: Annemin Bana Asla Anlatmadığı Hikâyeler</t>
+          <t>Köpük ve Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051984193</t>
+          <t>2786051982083</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Nasıl Doğar?</t>
+          <t>Dahiler Sınıfı Serisi Kutulu Set (17 Kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>215</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051984209</t>
+          <t>9786051982373</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kıpkıp ile Tamtam ve Heyecanlı Tekboynuz</t>
+          <t>İlk Kuantum Fiziği Kitabım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051984179</t>
+          <t>9786051981864</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Doğu'ya Kaçış</t>
+          <t>Matt Haig Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>562</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051984162</t>
+          <t>2786051980966</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Düşlenemez Diyarların Yolcuları</t>
+          <t>Dahiler Sınıfı Kutulu Set - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051984155</t>
+          <t>9786051982083</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Resimler</t>
+          <t>Dahiler Sınıfı Serisi Kutulu Set (15 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051984148</t>
+          <t>9786051981772</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Höt ile Zöt - İki Mağara Adamının Hikayesi</t>
+          <t>Ufak Ufak Bilim Seti - Bebo ve Bice'nin Keşifleri (4 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>351</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051984070</t>
+          <t>9786051981666</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Juniper Mae - Tikotek Şehrinin Şövalyesi</t>
+          <t>1000 Nokta Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>215</v>
+        <v>192</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051984131</t>
+          <t>9786051982069</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rim ve Özgür Kelimeler</t>
+          <t>1984 - Grafik Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051984100</t>
+          <t>9786051982038</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Celladın Kara Çuvalını Ören Ot</t>
+          <t>İlk Görelilik Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051984124</t>
+          <t>9786051980645</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Kod: Yolun Başı</t>
+          <t>1000 Nokta - Başyapıtlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051984117</t>
+          <t>9786054729227</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Radley Ailesi</t>
+          <t>Kayıp Şeylerin Bakım Kılavuzu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051984087</t>
+          <t>9786054729173</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vampir Tavşan</t>
+          <t>Kolay Para</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051984094</t>
+          <t>9786054729319</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dövme Cinayetleri</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Matematik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051984063</t>
+          <t>9786054729203</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sen Canavar mısın Acaba?</t>
+          <t>Sıfırdan Başlamak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051980041</t>
+          <t>9786054729104</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücuduna Seyahat</t>
+          <t>Çakma Anne</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051984049</t>
+          <t>9786054729142</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Temkinli Yolcunun Çorak Topraklara Seyahat Rehberi</t>
+          <t>Ve İşte Onu Böyle Kaybedersin (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051984056</t>
+          <t>9786054729364</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Set 2 – Takımı Kurtarmamız Gerek! - Şampiyon Voleybolcu</t>
+          <t>İşte Bunlar Hep Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051983813</t>
+          <t>9786054729197</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Dünya: Beş Duyunun Ötesine Yolculuk</t>
+          <t>Bana Kahraman Olduğum Söylendi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>22.23</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051984032</t>
+          <t>9786054729357</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Taş</t>
+          <t>İşte Bunlar Hep Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>205</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051984025</t>
+          <t>9786051980317</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hoşnutsuz</t>
+          <t>Gerçekçiler İçin Ütopya</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>265</v>
+        <v>212</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051984018</t>
+          <t>9786054729623</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beklenti Etkisi: Düşünce Biçimimiz Zihnimizi Nasıl Değiştirir?</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051984001</t>
+          <t>9786051980355</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mitik Grafik - Medusa'nın Laneti</t>
+          <t>Eyvah Renkler Karıştı - Bebo ve Bice'nin Keşifleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>187</v>
+        <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051983998</t>
+          <t>9786054729753</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mitik Grafik - Titanların Savaşı</t>
+          <t>Bin Yıllık Dua</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>187</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051983974</t>
+          <t>9786054729821</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>Kayıp Kitap Avcıları (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051983981</t>
+          <t>9786051980867</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kudret</t>
+          <t>1000 Nokta - Hayvanlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>305</v>
+        <v>48</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051983967</t>
+          <t>9786051980126</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Dinozora</t>
+          <t>Feo ve Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>205</v>
+        <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051983943</t>
+          <t>9786054729678</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Okul Yılları</t>
+          <t>50 Fizik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051983950</t>
+          <t>9786054729609</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Nadir Kitapçının Talihsiz Serüvenleri</t>
+          <t>Gökyüzü Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051980478</t>
+          <t>9786054729555</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kraliçe</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Mimarlık Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051981888</t>
+          <t>9786051980652</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk Üçlemesi (3 Kitap Kutulu Set)</t>
+          <t>1000 Nokta - İkonlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>825</v>
+        <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051983905</t>
+          <t>9786054729784</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İmparator Tanrıyken</t>
+          <t>Yaratık Öğretmen Çıldırdı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051983912</t>
+          <t>9786054729463</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaya Efsanesi</t>
+          <t>Yaratık Öğretmen</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>215</v>
+        <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051983882</t>
+          <t>9786054729593</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir İlki Var</t>
+          <t>Yalancılar ve Sahtekarlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051983899</t>
+          <t>9786054729807</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Olay Adam</t>
+          <t>Bakir İntiharlar (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3202505000371</t>
+          <t>9786054729340</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dâhiler Sınıfı Serisi (Kutulu 20 Kitap)</t>
+          <t>Mavi Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>4000</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051983868</t>
+          <t>9786051980669</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Amari ve Doğaüstü İşler Bürosu</t>
+          <t>1000 Nokta - Şehirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>305</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051983875</t>
+          <t>9786054729180</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabındaki Mamut</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Psikoloji Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051983851</t>
+          <t>9786054729166</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Margo'nun Paraya İhtiyacı Var</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Sanat Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051983844</t>
+          <t>9786054729494</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında (mı Acaba?!)</t>
+          <t>Bu da Geçecek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051983837</t>
+          <t>9786054729401</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Lucy Barton</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Ekonomi Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051983714</t>
+          <t>9786054729425</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Ruhlar</t>
+          <t>İşte Bunlar Hep Astronomi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051983806</t>
+          <t>9786051981420</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Şehri 1 - Fırtınanın Uyanışı</t>
+          <t>Hayvan Çiftliği: Grafik Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051981765</t>
+          <t>9786051981376</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Seti - 4 Kitap Takım</t>
+          <t>İşte Bunlar Hep Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>860</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051983820</t>
+          <t>9786051981185</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Son Set 1 – Hazır, Başla… Uç!</t>
+          <t>İşte Bunlar Hep Mitoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051981789</t>
+          <t>9786051981338</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Kuyruğa Kutulu Set (4 Kitap)</t>
+          <t>365 Bulmaca ve Akıl Oyunu (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>720</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051980737</t>
+          <t>9786051980935</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canlıları - Tepeden Kuyruğa</t>
+          <t>Dört Buçuk Silahşörler - Kayıp Kitap Avcıları (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051983783</t>
+          <t>9786056260407</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mahallemdeki İnsanlar</t>
+          <t>Yatak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>270</v>
+        <v>22.23</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051983776</t>
+          <t>9789944083706</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Köpek</t>
+          <t>Uzay İlk 50 Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051983790</t>
+          <t>9786054729098</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Benim!</t>
+          <t>Tekinsiz Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>205</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051981536</t>
+          <t>9786056180194</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>50 Fikir Serisi (7 Kitap)</t>
+          <t>Steve Jobs (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>2065</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051980904</t>
+          <t>9789944083713</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Psikoloji</t>
+          <t>Sanatla 365 Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054729210</t>
+          <t>9786056180149</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
+          <t>On Bir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051983769</t>
+          <t>9786056180156</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Turtanın Tabanındaki Tatlılık (Flavia de Luce Polisiyesi 1)</t>
+          <t>Koltuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>310</v>
+        <v>20.38</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051981710</t>
+          <t>9789944083768</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Kutulu Set (4 Kitap)</t>
+          <t>İnsan Vücudu / İçini Gör (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1040</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051983752</t>
+          <t>9786058898158</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öteki Diyarlar: Kayıp Dünyaya Yolculuk</t>
+          <t>Film Kulübü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>340</v>
+        <v>20.38</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051983745</t>
+          <t>9786056260438</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Astronotun, Mars’ın ve Uzak Yıldızların Yaşamında Bir Gün</t>
+          <t>Evren Tweetlendi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051980515</t>
+          <t>9786058898141</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Cinayet Çiftliği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2786051981765</t>
+          <t>9786058898172</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Seti - 5 Kitap Takım</t>
+          <t>Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1175</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051983721</t>
+          <t>9786058898127</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Havalara</t>
+          <t>Bir Tuhaf Turta Davası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>205</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051983707</t>
+          <t>9786054729654</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Aşk ve Gurur ve Zombiler (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>54</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051983691</t>
+          <t>9786058898110</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dâhiler Sınıfı - Kopernik</t>
+          <t>Afili Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051982489</t>
+          <t>9786054729081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Sanat</t>
+          <t>Güzel Harabeler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>235</v>
+        <v>24.08</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051982427</t>
+          <t>9786051981062</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Matematik</t>
+          <t>İlk Kuantum Fiziği Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>235</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051983684</t>
+          <t>9786051981079</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ongen Ev Cinayetleri</t>
+          <t>Kaşif (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>310</v>
+        <v>52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051983660</t>
+          <t>9786051984247</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Bak: Hep Orada Olanı Fark Etmenin Gücü</t>
+          <t>Maskeli Sanat - 11 Büyük Ressamla Tanış, Maskelerini Tak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051983530</t>
+          <t>9786051984223</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sineklerin Tanrısı - Grafik Roman</t>
+          <t>Pablo ile Laklak – Zaman Yolcusu Penguenler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051983677</t>
+          <t>9786051984230</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Memo ile Ahtapot</t>
+          <t>Mars'a Seyahat</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051983646</t>
+          <t>9786051984186</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Geri Verilen Kız</t>
+          <t>Dünyalılar: Uzaylıların Dünya Raporu - Çok Gizli</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051983653</t>
+          <t>9786051984216</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kıpkıp ile Tamtam ve Öfkeli Korsanlar</t>
+          <t>Alfred Hitchcock Sunar: Annemin Bana Asla Anlatmadığı Hikâyeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051981703</t>
+          <t>9786051984193</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası Seti (2 Kitap Takım)</t>
+          <t>Ağaçlar Nasıl Doğar?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054729388</t>
+          <t>9786051984209</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanı Onarmak</t>
+          <t>Kıpkıp ile Tamtam ve Heyecanlı Tekboynuz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051983639</t>
+          <t>9786051984179</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş</t>
+          <t>Doğu'ya Kaçış</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054729258</t>
+          <t>9786051984162</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası 2</t>
+          <t>Düşlenemez Diyarların Yolcuları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051983523</t>
+          <t>9786051984155</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kilitli Oda Muammaları - Yazılmış En İyi İmkânsız Suç Öyküleri (Ciltli)</t>
+          <t>Tuhaf Resimler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>800</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054729234</t>
+          <t>9786051984148</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Oyna Pohnpei</t>
+          <t>Höt ile Zöt - İki Mağara Adamının Hikayesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>167</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054729241</t>
+          <t>9786051984070</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Einstein Bulmacası 1</t>
+          <t>Juniper Mae - Tikotek Şehrinin Şövalyesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051983622</t>
+          <t>9786051984131</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kaplanı Düşünme</t>
+          <t>Rim ve Özgür Kelimeler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051983615</t>
+          <t>9786051984100</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>Celladın Kara Çuvalını Ören Ot</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051983608</t>
+          <t>9786051984124</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Acı İmparatorluğu: Sackler Hanedanı’nın Gizli Tarihi</t>
+          <t>Kaynak Kod: Yolun Başı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051983592</t>
+          <t>9786051984117</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Koca Hırhır</t>
+          <t>Radley Ailesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>205</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051983585</t>
+          <t>9786051984087</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İtaat Etüdü</t>
+          <t>Vampir Tavşan</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051983578</t>
+          <t>9786051984094</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Vay Be Dünya! - Doğruluk mu? Uyduruk mu? İki Yanlış Bir Doğru</t>
+          <t>Dövme Cinayetleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051981161</t>
+          <t>9786051984063</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Köprünün Öte Yanı</t>
+          <t>Sen Canavar mısın Acaba?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051983554</t>
+          <t>9786051980041</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ultra İşlenmiş İnsanlar: Neden gıda olmayan şeyler yiyoruz ve neden vazgeçemiyoruz?</t>
+          <t>İnsan Vücuduna Seyahat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051983561</t>
+          <t>9786051984049</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Esme Lennox Nasıl Yok Oldu</t>
+          <t>Temkinli Yolcunun Çorak Topraklara Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051983547</t>
+          <t>9786051984056</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Murdo - Postacı Soruşturması</t>
+          <t>Son Set 2 – Takımı Kurtarmamız Gerek! - Şampiyon Voleybolcu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051983509</t>
+          <t>9786051983813</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı – Ole Kirk Kristiansen: Lego’nun Yaratıcısı</t>
+          <t>Muazzam Dünya: Beş Duyunun Ötesine Yolculuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051983516</t>
+          <t>9786051984032</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Hayalet</t>
+          <t>Paylaşılamayan Taş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051980898</t>
+          <t>9786051984025</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Saçmalıklar Çağı</t>
+          <t>Hoşnutsuz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051983318</t>
+          <t>9786051984018</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Alevini Kaybeden Ejderha</t>
+          <t>Beklenti Etkisi: Düşünce Biçimimiz Zihnimizi Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051983486</t>
+          <t>9786051984001</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tır Şoförü Ne Yapar?</t>
+          <t>Mitik Grafik - Medusa'nın Laneti</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>195</v>
+        <v>187</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051983493</t>
+          <t>9786051983998</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Ne Yapar?</t>
+          <t>Mitik Grafik - Titanların Savaşı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>195</v>
+        <v>187</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051983431</t>
+          <t>9786051983974</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nöromandiya</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>460</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051983226</t>
+          <t>9786051983981</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hayat İmkansız</t>
+          <t>İlahi Kudret</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054729616</t>
+          <t>9786051983967</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öykünü Yaz!</t>
+          <t>Bak Şu Dinozora</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051983455</t>
+          <t>9786051983943</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Temizlik İşçisi Ne Yapar?</t>
+          <t>Okul Yılları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051983462</t>
+          <t>9786051983950</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gök Bilimci Ne Yapar?</t>
+          <t>Bir Nadir Kitapçının Talihsiz Serüvenleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051983448</t>
+          <t>9786051980478</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Ne Yapar?</t>
+          <t>Böcek Kraliçe</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051983479</t>
+          <t>9786051981888</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ben Karanlıktan Hiç Korkmam</t>
+          <t>Böcek Çocuk Üçlemesi (3 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>205</v>
+        <v>825</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051983424</t>
+          <t>9786051983905</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şey Kütüphanede Saklı</t>
+          <t>İmparator Tanrıyken</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3202310000023</t>
+          <t>9786051983912</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (4 Kitap)</t>
+          <t>Kara Kaya Efsanesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051983110</t>
+          <t>9786051983882</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 3 - Paris Treninde Hırsızlık</t>
+          <t>Her Şeyin Bir İlki Var</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051983417</t>
+          <t>9786051983899</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hikayeler Akademisi Baskerville</t>
+          <t>Olay Adam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051983400</t>
+          <t>3202505000371</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hümanistler: Özgür Düşünme, Sorgulama ve Umudun 700 Yıllık Tarihi</t>
+          <t>Dâhiler Sınıfı Serisi (Kutulu 20 Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>365</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051980119</t>
+          <t>9786051983868</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yangında Kaybettiklerimiz</t>
+          <t>Amari ve Doğaüstü İşler Bürosu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051983394</t>
+          <t>9786051983875</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bay Leopar’ın Kitabevi</t>
+          <t>Buzdolabındaki Mamut</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051983387</t>
+          <t>9786051983851</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi (Çizgi Roman)</t>
+          <t>Margo'nun Paraya İhtiyacı Var</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051983370</t>
+          <t>9786051983844</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Her Şey Kontrol Altında (mı Acaba?!)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>305</v>
+        <v>210</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051980102</t>
+          <t>9786051983837</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İyi Adam</t>
+          <t>Benim Adım Lucy Barton</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051983325</t>
+          <t>9786051983714</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Duygular En Çok Neyi Sever?</t>
+          <t>Gezgin Ruhlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051983271</t>
+          <t>9786051983806</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Metropol - En Büyük İnsan İcadının Tarihi</t>
+          <t>Ejderhalar Şehri 1 - Fırtınanın Uyanışı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051983332</t>
+          <t>9786051981765</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Yaratıklar</t>
+          <t>İşte Bunlar Hep Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>285</v>
+        <v>860</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051983349</t>
+          <t>9786051983820</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Yaratıklar (Ciltli)</t>
+          <t>Son Set 1 – Hazır, Başla… Uç!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051983356</t>
+          <t>9786051981789</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Luna ve Tlaloc’un Hazinesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 5</t>
+          <t>Tepeden Kuyruğa Kutulu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>205</v>
+        <v>720</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051983363</t>
+          <t>9786051980737</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hiddet</t>
+          <t>Deniz Canlıları - Tepeden Kuyruğa</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3202404000311</t>
+          <t>9786051983783</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum ve Kendimi Tanıyorum Seti</t>
+          <t>Mahallemdeki İnsanlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051983288</t>
+          <t>9786051983776</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Paniğe Mahal Yok</t>
+          <t>Gökten Düşen Köpek</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051983264</t>
+          <t>9786051983790</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık: Nasıl Kurulur ve Nasıl Korunur?</t>
+          <t>Benim!</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051983257</t>
+          <t>9786051981536</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Avcıları 2 - Dört Buçuk Silahşorlar</t>
+          <t>50 Fikir Serisi (7 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>245</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051983240</t>
+          <t>9786051980904</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Avcıları 1 - Peter Pan'ın İzinde</t>
+          <t>Çizgilerle Psikoloji</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051983219</t>
+          <t>9786054729210</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Müzedeki Sandalye</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051983196</t>
+          <t>9786051983769</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Eylem: Bir Var Olma Biçimi</t>
+          <t>Turtanın Tabanındaki Tatlılık (Flavia de Luce Polisiyesi 1)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051982182</t>
+          <t>9786051981710</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Evimizin Her Şeyi</t>
+          <t>Sherlock Holmes Kutulu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>265</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051983165</t>
+          <t>9786051983752</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Bacak</t>
+          <t>Öteki Diyarlar: Kayıp Dünyaya Yolculuk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>205</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051983202</t>
+          <t>9786051983745</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Sonra</t>
+          <t>Astronotun, Mars’ın ve Uzak Yıldızların Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051982793</t>
+          <t>9786051980515</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Ördek? (Ciltli)</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051982809</t>
+          <t>2786051981765</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Köpek? (Ciltli)</t>
+          <t>İşte Bunlar Hep Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>440</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051982816</t>
+          <t>9786051983721</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bay Aslan? (Ciltli)</t>
+          <t>Bak Şu Havalara</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>440</v>
+        <v>205</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051982786</t>
+          <t>9786051983707</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Neredeymiş Bayan Uğur Böceği? (Ciltli)</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051983189</t>
+          <t>9786051983691</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Her Temas</t>
+          <t>Dâhiler Sınıfı - Kopernik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051983127</t>
+          <t>9786051982489</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hücrenin Şarkısı: Dönüşen Tıp ve Yeni İnsan</t>
+          <t>İşte Bunlar Hep Sanat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>420</v>
+        <v>235</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051983172</t>
+          <t>9786051982427</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı - Maradona</t>
+          <t>İşte Bunlar Hep Matematik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051983158</t>
+          <t>9786051983684</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Vücut Saati</t>
+          <t>Ongen Ev Cinayetleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051983141</t>
+          <t>9786051983660</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler: 25. Yıl Özel Basım (Ciltli)</t>
+          <t>Bir Daha Bak: Hep Orada Olanı Fark Etmenin Gücü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>365</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051983134</t>
+          <t>9786051983530</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler</t>
+          <t>Sineklerin Tanrısı - Grafik Roman</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3202310000085</t>
+          <t>9786051983677</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni Seti (3 Kitap)</t>
+          <t>Memo ile Ahtapot</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>675</v>
+        <v>205</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051983066</t>
+          <t>9786051983646</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Sanat Fikri (Ciltli)</t>
+          <t>Geri Verilen Kız</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051983103</t>
+          <t>9786051983653</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Psikoloji Fikri (Ciltli)</t>
+          <t>Kıpkıp ile Tamtam ve Öfkeli Korsanlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051983080</t>
+          <t>9786051981703</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Mimarlık Fikri (Ciltli)</t>
+          <t>Einstein Bulmacası Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051983042</t>
+          <t>9786054729388</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Matematik Fikri (Ciltli)</t>
+          <t>Yaşayanı Onarmak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051983073</t>
+          <t>9786051983639</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Fizik Fikri (Ciltli)</t>
+          <t>Seçilmiş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051983059</t>
+          <t>9786054729258</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
+          <t>Einstein Bulmacası 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051983097</t>
+          <t>9786051983523</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Bilmeniz Gereken 50 Ekonomi Fikri (Ciltli)</t>
+          <t>Kilitli Oda Muammaları - Yazılmış En İyi İmkânsız Suç Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051983035</t>
+          <t>9786054729234</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Vladimir</t>
+          <t>Ayağa Oyna Pohnpei</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>167</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051982991</t>
+          <t>9786054729241</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tadında Ekonomi: Aç Bir Ekonomistin Gözünden Dünya</t>
+          <t>Einstein Bulmacası 1</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051983004</t>
+          <t>9786051983622</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ne Görürsün Bir Ağaca Bakınca?</t>
+          <t>Sakın Kaplanı Düşünme</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051983028</t>
+          <t>9786051983615</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Portresi</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051982984</t>
+          <t>9786051983608</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sebzelere Karşı</t>
+          <t>Acı İmparatorluğu: Sackler Hanedanı’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>205</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051983011</t>
+          <t>9786051983592</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Murdo: İmkansız Hayaller Kitabı</t>
+          <t>Koca Hırhır</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051982946</t>
+          <t>9786051983585</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar (Ciltli)</t>
+          <t>İtaat Etüdü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>365</v>
+        <v>270</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051982922</t>
+          <t>9786051983578</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar ve Kış (Ciltli)</t>
+          <t>Vay Be Dünya! - Doğruluk mu? Uyduruk mu? İki Yanlış Bir Doğru</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>365</v>
+        <v>185</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051982939</t>
+          <t>9786051981161</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar ve Yaz (Ciltli)</t>
+          <t>Köprünün Öte Yanı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>365</v>
+        <v>290</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051982960</t>
+          <t>9786051983554</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İyileşme</t>
+          <t>Ultra İşlenmiş İnsanlar: Neden gıda olmayan şeyler yiyoruz ve neden vazgeçemiyoruz?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>245</v>
+        <v>340</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051982892</t>
+          <t>9786051983561</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hapishanede Felsefe</t>
+          <t>Esme Lennox Nasıl Yok Oldu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051982977</t>
+          <t>9786051983547</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mağara Adamının, Kraliçenin ve Aradaki Her Şeyin Yaşamında Bir Gün</t>
+          <t>Murdo - Postacı Soruşturması</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051982915</t>
+          <t>9786051983509</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hayvani Rekorlar Kitabı</t>
+          <t>Dahiler Sınıfı – Ole Kirk Kristiansen: Lego’nun Yaratıcısı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051982953</t>
+          <t>9786051983516</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Tavuk</t>
+          <t>Kedi ve Hayalet</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051982755</t>
+          <t>9786051980898</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İlk Kuantum Fiziği Kitabım (Ciltli)</t>
+          <t>Saçmalıklar Çağı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051982878</t>
+          <t>9786051983318</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anlamıyorsun İşte</t>
+          <t>Alevini Kaybeden Ejderha</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>305</v>
+        <v>210</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051982885</t>
+          <t>9786051983486</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İki Hitler Bir Marilyn</t>
+          <t>Tır Şoförü Ne Yapar?</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051982861</t>
+          <t>9786051983493</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakika Daha</t>
+          <t>Veteriner Ne Yapar?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051982830</t>
+          <t>9786051983431</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Leo ve Medusa'nın Laneti - Destansoy Ailesi'nin Efsaneler Koleksiyonu 4</t>
+          <t>Nöromandiya</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>205</v>
+        <v>460</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051982779</t>
+          <t>9786051983226</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharın Sonu</t>
+          <t>Hayat İmkansız</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051982823</t>
+          <t>9786054729616</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Yumurta: Kokarca ile Porsuk 2</t>
+          <t>En Güzel Öykünü Yaz!</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051982717</t>
+          <t>9786051983455</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm ve Vücudum (Ciltli)</t>
+          <t>Temizlik İşçisi Ne Yapar?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051982724</t>
+          <t>9786051983462</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Oyun (Ciltli)</t>
+          <t>Gök Bilimci Ne Yapar?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051982731</t>
+          <t>9786051983448</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Banyo ve Uyku (Ciltli)</t>
+          <t>Futbolcu Ne Yapar?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051982748</t>
+          <t>9786051983479</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İlk Görelilik Kitabım (Ciltli)</t>
+          <t>Ben Karanlıktan Hiç Korkmam</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051982762</t>
+          <t>9786051983424</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kodu</t>
+          <t>Aradığın Şey Kütüphanede Saklı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051982687</t>
+          <t>3202310000023</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İyi Hırsızlar</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>275</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051982670</t>
+          <t>9786051983110</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İlk Mikrop Kitabım (Ciltli)</t>
+          <t>Müfettiş Numeroni 3 - Paris Treninde Hırsızlık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051982656</t>
+          <t>9786051983417</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Tutunmak İçin Nedenler</t>
+          <t>Tuhaf Hikayeler Akademisi Baskerville</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051982700</t>
+          <t>9786051983400</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Çocukları</t>
+          <t>Hümanistler: Özgür Düşünme, Sorgulama ve Umudun 700 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>275</v>
+        <v>365</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051982694</t>
+          <t>9786051980119</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Antarktika Hariç!</t>
+          <t>Yangında Kaybettiklerimiz</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051982649</t>
+          <t>9786051983394</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık Şeytan - Bir Adli Psikiyatrın Notları</t>
+          <t>Bay Leopar’ın Kitabevi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051982663</t>
+          <t>9786051983387</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği: Grafik Roman</t>
+          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051982632</t>
+          <t>9786051983370</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yüzücüler</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051982618</t>
+          <t>9786051980102</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Canlılığın Tarihi</t>
+          <t>İyi Adam</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051982625</t>
+          <t>9786051983325</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 2 - Altın Peruk Hırsızlığı</t>
+          <t>Duygular En Çok Neyi Sever?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051982601</t>
+          <t>9786051983271</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kai ve Maymun Kral</t>
+          <t>Metropol - En Büyük İnsan İcadının Tarihi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051982595</t>
+          <t>9786051983332</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kakanın, Pandanın ve Senin Yaşamında Bir Gün</t>
+          <t>İmkansız Yaratıklar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051981857</t>
+          <t>9786051983349</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor Seti (3 Kitap)</t>
+          <t>İmkansız Yaratıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>880</v>
+        <v>490</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051982588</t>
+          <t>9786051983356</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İyisi mi, Seç Birini</t>
+          <t>Luna ve Tlaloc’un Hazinesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 5</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051982571</t>
+          <t>9786051983363</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Astronomi</t>
+          <t>Hiddet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051982564</t>
+          <t>3202404000311</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Yer</t>
+          <t>Oynuyorum ve Kendimi Tanıyorum Seti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051982540</t>
+          <t>9786051983288</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi - Çizgi Roman 3: Piramidin Sırrı</t>
+          <t>Paniğe Mahal Yok</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051982557</t>
+          <t>9786051983264</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Ayı Monti</t>
+          <t>Arkadaşlık: Nasıl Kurulur ve Nasıl Korunur?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>205</v>
+        <v>330</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051982526</t>
+          <t>9786051983257</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kedi Felsefesi - Kediler ve Hayatın Anlamı</t>
+          <t>Kayıp Kitap Avcıları 2 - Dört Buçuk Silahşorlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051982502</t>
+          <t>9786051983240</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir? Beş Adımda Biyolojiyi Anlamak</t>
+          <t>Kayıp Kitap Avcıları 1 - Peter Pan'ın İzinde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051982533</t>
+          <t>9786051983219</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Korkularım Dost Mu Düşman Mı?</t>
+          <t>Müzedeki Sandalye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>205</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051982519</t>
+          <t>9786051983196</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Vardayok Ne Var Ne Yok!</t>
+          <t>Yaratıcı Eylem: Bir Var Olma Biçimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051982472</t>
+          <t>9786051982182</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tütü Düştü</t>
+          <t>Pisagor Evimizin Her Şeyi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051982465</t>
+          <t>9786051983165</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sonu</t>
+          <t>Ne Çok Bacak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>305</v>
+        <v>205</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051982496</t>
+          <t>9786051983202</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bavulumdaki Kırık Fincan</t>
+          <t>Gece ve Sonra</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051982458</t>
+          <t>9786051982793</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bakmazken Duygular Ne Yapar?</t>
+          <t>Neredeymiş Bay Ördek? (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>235</v>
+        <v>440</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051982434</t>
+          <t>9786051982809</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hikayeci</t>
+          <t>Neredeymiş Bay Köpek? (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>315</v>
+        <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051982441</t>
+          <t>9786051982816</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başlıyoruz</t>
+          <t>Neredeymiş Bay Aslan? (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051982410</t>
+          <t>9786051982786</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Mitoloji</t>
+          <t>Neredeymiş Bayan Uğur Böceği? (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>235</v>
+        <v>440</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051982403</t>
+          <t>9786051983189</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İşte Bunlar Hep Bilim</t>
+          <t>Her Temas</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>235</v>
+        <v>315</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051982342</t>
+          <t>9786051983127</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Saklı Dünya</t>
+          <t>Hücrenin Şarkısı: Dönüşen Tıp ve Yeni İnsan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051982397</t>
+          <t>9786051983172</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Marcy ve Sfenks'in Bilmecesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 2</t>
+          <t>Dahiler Sınıfı - Maradona</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051982366</t>
+          <t>9786051983158</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Rahatlama Kitabı</t>
+          <t>Vücut Saati</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051982380</t>
+          <t>9786051983141</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>1984 - Grafik Roman</t>
+          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler: 25. Yıl Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>2789788616603</t>
+          <t>9786051983134</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sarah Bakewell Seti (2 Kitap)</t>
+          <t>İstiridye Çocuğun Hüzünlü Ölümü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>423</v>
+        <v>230</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>2786051980968</t>
+          <t>3202310000085</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>3-7 Yaş Seti (5 Kitap)</t>
+          <t>Müfettiş Numeroni Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>987</v>
+        <v>675</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051982359</t>
+          <t>9786051983066</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi - Çizgi Roman - Gizemli Şövalye</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Sanat Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>2786051980967</t>
+          <t>9786051983103</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Dünyası Seti (3 Kitap)</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Psikoloji Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>755</v>
+        <v>320</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051982335</t>
+          <t>9786051983080</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kızlar</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Mimarlık Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051982311</t>
+          <t>9786051983042</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Boyama Kitabı</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Matematik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051982328</t>
+          <t>9786051983073</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Fizik Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051982274</t>
+          <t>9786051983059</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Arthur ve Altın Halat: Destansoy Ailesi'nin Efsaneler Koleksiyonu</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Felsefe Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051982298</t>
+          <t>9786051983097</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ve Suya Dair</t>
+          <t>Gerçekten Bilmeniz Gereken 50 Ekonomi Fikri (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051982304</t>
+          <t>9786051983035</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hamnet</t>
+          <t>Vladimir</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051982281</t>
+          <t>9786051982991</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bir Artı Bir: Küçükler ve Büyükler Birlikte Oynuyor (Çift Dilli)</t>
+          <t>Tadında Ekonomi: Aç Bir Ekonomistin Gözünden Dünya</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051982250</t>
+          <t>9786051983004</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Okyanusa</t>
+          <t>Ne Görürsün Bir Ağaca Bakınca?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051982212</t>
+          <t>9786051983028</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Nasıl Gelecek</t>
+          <t>Evlilik Portresi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051982243</t>
+          <t>9786051982984</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Feo ve Kurt</t>
+          <t>Meyveler Sebzelere Karşı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051982205</t>
+          <t>9786051983011</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kokarca ile Porsuk</t>
+          <t>Murdo: İmkansız Hayaller Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944083799</t>
+          <t>9786051982946</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur ve Zombiler</t>
+          <t>Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051981871</t>
+          <t>9786051982922</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlik Seti (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1-2-3 (Çıkartmalı)</t>
+          <t>Sonbahar ve Kış (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>660</v>
+        <v>365</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051981796</t>
+          <t>9786051982939</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Katherine Rundell Seti (3 Kitap)</t>
+          <t>İlkbahar ve Yaz (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>825</v>
+        <v>365</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051982199</t>
+          <t>9786051982960</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar</t>
+          <t>İyileşme</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>2789788616604</t>
+          <t>9786051982892</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Walter Isaacson Seti (3 Kitap)</t>
+          <t>Hapishanede Felsefe</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>1473756484847</t>
+          <t>9786051982977</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci Seti (2 Kitap Takım)</t>
+          <t>Mağara Adamının, Kraliçenin ve Aradaki Her Şeyin Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>652</v>
+        <v>390</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051982175</t>
+          <t>9786051982915</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Adam</t>
+          <t>Hayvani Rekorlar Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>285</v>
+        <v>525</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051982137</t>
+          <t>9786051982953</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>365 Bulmaca Ve Akıl Oyunu - Büyük Nöron Testi Başlasın!</t>
+          <t>Sabırsız Tavuk</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051982168</t>
+          <t>9786051982755</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Dahiler Sınıfı</t>
+          <t>İlk Kuantum Fiziği Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051982151</t>
+          <t>9786051982878</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kaşif</t>
+          <t>Anlamıyorsun İşte</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>275</v>
+        <v>305</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051982144</t>
+          <t>9786051982885</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Numeroni 1 - Film Setinde Hırsızlık</t>
+          <t>İki Hitler Bir Marilyn</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051982120</t>
+          <t>9786051982861</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Tiyatronun Efendisi</t>
+          <t>Beş Dakika Daha</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051982113</t>
+          <t>9786051982830</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Zeka Tuzağı</t>
+          <t>Leo ve Medusa'nın Laneti - Destansoy Ailesi'nin Efsaneler Koleksiyonu 4</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051982106</t>
+          <t>9786051982779</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki En Küçük Işıklar</t>
+          <t>Sonbaharın Sonu</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051981512</t>
+          <t>9786051982823</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulesi</t>
+          <t>Sürpriz Yumurta: Kokarca ile Porsuk 2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051982052</t>
+          <t>9786051982717</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Komik Yer İsimleri Oteli</t>
+          <t>Yüzüm ve Vücudum (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051982090</t>
+          <t>9786051982724</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Transandans</t>
+          <t>Yemek ve Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>365</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051981345</t>
+          <t>9786051982731</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kaşık Bükenler</t>
+          <t>Banyo ve Uyku (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>305</v>
+        <v>365</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051981680</t>
+          <t>9786051982748</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri İkili Set</t>
+          <t>İlk Görelilik Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>640</v>
+        <v>330</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054729746</t>
+          <t>9786051982762</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hayatlar Seti (3 Kitap)</t>
+          <t>Yaşamın Kodu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>990</v>
+        <v>420</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051981802</t>
+          <t>9786051982687</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras Serisi Seti - 10 Kitap Takım</t>
+          <t>İyi Hırsızlar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>2050</v>
+        <v>275</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051981758</t>
+          <t>9786051982670</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden Kutulu Set (3 Kitap)</t>
+          <t>İlk Mikrop Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051981741</t>
+          <t>9786051982656</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi Kutulu Set (8 Kitap)</t>
+          <t>Yaşama Tutunmak İçin Nedenler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051981727</t>
+          <t>9786051982700</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapar? Kutulu Set (10 Kitap)</t>
+          <t>Gökyüzü Çocukları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1950</v>
+        <v>275</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051981697</t>
+          <t>9786051982694</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Patti Smith Seti (5 Kitap)</t>
+          <t>Antarktika Hariç!</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1495</v>
+        <v>205</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>2786051980431</t>
+          <t>9786051982649</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri Set (3 Kitap)</t>
+          <t>Tanıdık Şeytan - Bir Adli Psikiyatrın Notları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>960</v>
+        <v>320</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051981673</t>
+          <t>9786051982663</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Aklayakın Seti (3 Kitap)</t>
+          <t>Hayvan Çiftliği: Grafik Roman</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051981604</t>
+          <t>9786051982632</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Seti (4 Kitap)</t>
+          <t>Yüzücüler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>820</v>
+        <v>265</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051981567</t>
+          <t>9786051982618</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Atlas Set (Atlas + Atlas Etkinlik)</t>
+          <t>Canlılığın Tarihi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051981550</t>
+          <t>9786051982625</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>David Eagleman Seti (4 Kitap)</t>
+          <t>Müfettiş Numeroni 2 - Altın Peruk Hırsızlığı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051981543</t>
+          <t>9786051982601</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bedene Dair Set (3 Kitap)</t>
+          <t>Kai ve Maymun Kral</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1110</v>
+        <v>205</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051982076</t>
+          <t>9786051982595</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ya Siz Nasılsınız, Dr. Sacks</t>
+          <t>Kakanın, Pandanın ve Senin Yaşamında Bir Gün</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051982021</t>
+          <t>9786051981857</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sihirci Çırağı 2: Harikalar Karnavalı</t>
+          <t>Nevermoor Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>260</v>
+        <v>880</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051981949</t>
+          <t>9786051982588</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Su Altı (Ciltli)</t>
+          <t>İyisi mi, Seç Birini</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051980836</t>
+          <t>9786051982571</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Silgi</t>
+          <t>İşte Bunlar Hep Astronomi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>205</v>
+        <v>235</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054729470</t>
+          <t>9786051982564</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Zeropedia</t>
+          <t>Olduğum Yer</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051981017</t>
+          <t>9786051982540</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi</t>
+          <t>Sihirli Ağaç Evi - Çizgi Roman 3: Piramidin Sırrı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051981031</t>
+          <t>9786051982557</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Pilot</t>
+          <t>Uykusuz Ayı Monti</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051981000</t>
+          <t>9786051982526</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aşçı</t>
+          <t>Kedi Felsefesi - Kediler ve Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051981024</t>
+          <t>9786051982502</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci</t>
+          <t>Yaşam Nedir? Beş Adımda Biyolojiyi Anlamak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051980997</t>
+          <t>9786051982533</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Arkeolog</t>
+          <t>Korkularım Dost Mu Düşman Mı?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051980966</t>
+          <t>9786051982519</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Pablo Picasso</t>
+          <t>Dedektif Vardayok Ne Var Ne Yok!</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051980874</t>
+          <t>9786051982472</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler</t>
+          <t>Tütü Düştü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051980638</t>
+          <t>9786051982465</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Yarışçısı</t>
+          <t>Her Şeyin Sonu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051980621</t>
+          <t>9786051982496</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Doktor</t>
+          <t>Bavulumdaki Kırık Fincan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051980614</t>
+          <t>9786051982458</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Balerin</t>
+          <t>Kimse Bakmazken Duygular Ne Yapar?</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051980607</t>
+          <t>9786051982434</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Astronot</t>
+          <t>Hikayeci</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051980591</t>
+          <t>9786051982441</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Arıcı</t>
+          <t>Sondan Başlıyoruz</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051980522</t>
+          <t>9786051982410</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>İşte Bunlar Hep Mitoloji</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051980508</t>
+          <t>9786051982403</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>İşte Bunlar Hep Bilim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051980485</t>
+          <t>9786051982342</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İneklerin Gizli Hayatı</t>
+          <t>Saklı Dünya</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051980850</t>
+          <t>9786051982397</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Tür</t>
+          <t>Marcy ve Sfenks'in Bilmecesi: Destansoy Ailesi'nin Efsaneler Koleksiyonu 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054729333</t>
+          <t>9786051982366</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>PSY-Q</t>
+          <t>Rahatlama Kitabı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054729111</t>
+          <t>9786051982380</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalan</t>
+          <t>1984 - Grafik Roman</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054729531</t>
+          <t>2789788616603</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Tüm Dertleri</t>
+          <t>Sarah Bakewell Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>423</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054729128</t>
+          <t>2786051980968</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Cyrano de Bergerac</t>
+          <t>3-7 Yaş Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>205</v>
+        <v>987</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054729135</t>
+          <t>9786051982359</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kılçıksız Bilim</t>
+          <t>Sihirli Ağaç Evi - Çizgi Roman - Gizemli Şövalye</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054729296</t>
+          <t>2786051980967</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Saçında Gün Işığı</t>
+          <t>Harikalar Dünyası Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>315</v>
+        <v>755</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054729395</t>
+          <t>9786051982335</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gibi Düşünmek</t>
+          <t>Yitik Kızlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054729371</t>
+          <t>9786051982311</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>Senin Seçimin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054729272</t>
+          <t>9786051982328</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras 5: Suç ve Ceza</t>
+          <t>Sihirli Ağaç Evi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054729289</t>
+          <t>9786051982274</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Arthur ve Altın Halat: Destansoy Ailesi'nin Efsaneler Koleksiyonu</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054729265</t>
+          <t>9786051982298</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yönetmenlerin Gizli Hayatları</t>
+          <t>Zaman Ve Suya Dair</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051980447</t>
+          <t>9786051982304</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum</t>
+          <t>Hamnet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051980706</t>
+          <t>9786051982281</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Makine Olmak</t>
+          <t>Bir Artı Bir: Küçükler ve Büyükler Birlikte Oynuyor (Çift Dilli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051980690</t>
+          <t>9786051982250</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabın Ortasında Duvar Var</t>
+          <t>Bak Şu Okyanusa</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051980492</t>
+          <t>9786051982212</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Baskerville Laneti - Sherlock Holmes</t>
+          <t>Gelecek Nasıl Gelecek</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054729845</t>
+          <t>9786051982243</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dediniz Bay Feynman</t>
+          <t>Feo ve Kurt</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051980676</t>
+          <t>9786051982205</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bakir İntiharlar</t>
+          <t>Kokarca ile Porsuk</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>305</v>
+        <v>210</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051980430</t>
+          <t>9789944083799</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Yalan</t>
+          <t>Aşk ve Gurur ve Zombiler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051980218</t>
+          <t>9786051981871</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ülke</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlik Seti (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1-2-3 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>660</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051980232</t>
+          <t>9786051981796</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - İnsan Vücudu</t>
+          <t>Katherine Rundell Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>825</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051980249</t>
+          <t>9786051982199</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - Hayvanlar</t>
+          <t>İnsanlar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051980225</t>
+          <t>2789788616604</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Peki Ama Neden? - Bilim ve Teknik</t>
+          <t>Walter Isaacson Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051980164</t>
+          <t>1473756484847</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Bir Yaradır</t>
+          <t>Leonardo Da Vinci Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>365</v>
+        <v>652</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051980157</t>
+          <t>9786051982175</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Steve Jobs</t>
+          <t>Kaplan Adam</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051980133</t>
+          <t>9786051982137</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Einstein</t>
+          <t>365 Bulmaca Ve Akıl Oyunu - Büyük Nöron Testi Başlasın!</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051980140</t>
+          <t>9786051982168</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Leonardo Da Vinci</t>
+          <t>Galileo Galilei - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051980454</t>
+          <t>9786051982151</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çalıştır Saksıyı</t>
+          <t>Kaşif</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051980256</t>
+          <t>9786051982144</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Mozart Müziğin Dahisi</t>
+          <t>Müfettiş Numeroni 1 - Film Setinde Hırsızlık</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051980270</t>
+          <t>9786051982120</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Marie Curie - Atom Kadın</t>
+          <t>Dahiler Sınıfı: Tiyatronun Efendisi</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051980263</t>
+          <t>9786051982113</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Newton - Fizik Sihirbazı</t>
+          <t>Zeka Tuzağı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051980393</t>
+          <t>9786051982106</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Aklı</t>
+          <t>Evrendeki En Küçük Işıklar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051980416</t>
+          <t>9786051981512</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Seyahat - Sihirli Ağaç Evi 8</t>
+          <t>Sırlar Kulesi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051980409</t>
+          <t>9786051982052</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kurtar Bizi Mamut - Sihirli Ağaç Evi 7</t>
+          <t>Komik Yer İsimleri Oteli</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051980065</t>
+          <t>9786051982090</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi</t>
+          <t>Transandans</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051980072</t>
+          <t>9786051981345</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 3 - Piramidin Sırrı</t>
+          <t>Kaşık Bükenler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051980034</t>
+          <t>9786051981680</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Benim Oyunum</t>
+          <t>Anne Baba Sihri İkili Set</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054729890</t>
+          <t>9786054729746</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Gizli Hayatlar Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>205</v>
+        <v>990</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054729968</t>
+          <t>9786051981802</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kahya ve Klara</t>
+          <t>Hepsi Sana Miras Serisi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>290</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051980386</t>
+          <t>9786051981758</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyota</t>
+          <t>Peki Ama Neden Kutulu Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051980324</t>
+          <t>9786051981741</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gen</t>
+          <t>Sihirli Ağaç Evi Kutulu Set (8 Kitap)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051980294</t>
+          <t>9786051981727</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 6 - Amazon Macerası</t>
+          <t>Ne Yapar? Kutulu Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>185</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051980287</t>
+          <t>9786051981697</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 5 - Ninjaların Gecesi</t>
+          <t>Patti Smith Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>185</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051980188</t>
+          <t>2786051980431</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar</t>
+          <t>Anne Baba Sihri Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>960</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051980003</t>
+          <t>9786051981673</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tavşanı Şarlot</t>
+          <t>Aklayakın Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>205</v>
+        <v>750</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051980461</t>
+          <t>9786051981604</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Sırları</t>
+          <t>Senin Seçimin Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>340</v>
+        <v>820</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051980027</t>
+          <t>9786051981567</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Evren Avucunda</t>
+          <t>Atlas Set (Atlas + Atlas Etkinlik)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>320</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054729838</t>
+          <t>9786051981550</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu Tiyatrosu</t>
+          <t>David Eagleman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>380</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051980096</t>
+          <t>9786051981543</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Jules</t>
+          <t>Bedene Dair Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>285</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051980362</t>
+          <t>9786051982076</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bize Bir Köprü Lazım! - Bebo ve Bice’nin Keşifleri 4</t>
+          <t>Ya Siz Nasılsınız, Dr. Sacks</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051980331</t>
+          <t>9786051982021</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kaşığımın Üstünde Baloncuk Var! - Bebo ve Bice’nin Keşifleri 3</t>
+          <t>Sihirci Çırağı 2: Harikalar Karnavalı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051980348</t>
+          <t>9786051981949</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bize Bir Mancınık Lazım! - Bebo ve Bice’nin Keşifleri 2</t>
+          <t>Yer Altı Su Altı (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051980300</t>
+          <t>9786051980836</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Yılı</t>
+          <t>Silgi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054729999</t>
+          <t>9786054729470</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Senin Muhteşem Esnek Beynin</t>
+          <t>Zeropedia</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054729562</t>
+          <t>9786051981017</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>M Treni</t>
+          <t>Çiftçi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>305</v>
+        <v>195</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054729869</t>
+          <t>9786051981031</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Böcek Çocuk</t>
+          <t>Pilot</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051980379</t>
+          <t>9786051981000</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Maymun Kadar Aklım Olsa</t>
+          <t>Aşçı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051980201</t>
+          <t>9786051981024</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Don Juan</t>
+          <t>İtfaiyeci</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054729791</t>
+          <t>9786051980997</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Sınırında Yaşam</t>
+          <t>Arkeolog</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054729715</t>
+          <t>9786051980966</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sana Miras: Kral Lear</t>
+          <t>Dahiler Sınıfı: Pablo Picasso</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051980195</t>
+          <t>9786051980874</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçular Kahvesi</t>
+          <t>İyi Geceler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>365</v>
+        <v>235</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054729975</t>
+          <t>9786051980638</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Böyle mi  Olacaktı?</t>
+          <t>Otomobil Yarışçısı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054729883</t>
+          <t>9786051980621</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 2 - Gizemli Şövalye</t>
+          <t>Doktor</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054729876</t>
+          <t>9786051980614</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç Evi 1 - Dinozorlar Vadisinde</t>
+          <t>Balerin</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054729708</t>
+          <t>9786051980607</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Eş</t>
+          <t>Astronot</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054729982</t>
+          <t>9786051980591</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Daha Güzel Günler mi Getirecek?</t>
+          <t>Arıcı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054729685</t>
+          <t>9786051980522</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Tünel Kazmak</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051980171</t>
+          <t>9786051980508</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Güneş, Ay ve Rolling Stones</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054729852</t>
+          <t>9786051980485</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Keşfedenler</t>
+          <t>İneklerin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054729661</t>
+          <t>9786051980850</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bill</t>
+          <t>Yaratıcı Tür</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051980782</t>
+          <t>9786054729333</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Politika</t>
+          <t>PSY-Q</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054729647</t>
+          <t>9786054729111</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Glow</t>
+          <t>Beyaz Yalan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051980089</t>
+          <t>9786054729531</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Fincandaki Fırtına</t>
+          <t>Dünya'nın Tüm Dertleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054729814</t>
+          <t>9786054729128</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Cyrano de Bergerac</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054729692</t>
+          <t>9786054729135</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Beyin</t>
+          <t>Kılçıksız Bilim</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054729326</t>
+          <t>9786054729296</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mucizeleri Saymak</t>
+          <t>Saçında Gün Işığı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054729159</t>
+          <t>9786054729395</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşanır ya da Bir Soruda Montaigne’in Hayatı</t>
+          <t>Sherlock Holmes Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>365</v>
+        <v>305</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054729302</t>
+          <t>9786054729371</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Antigone</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>340</v>
+        <v>205</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054729418</t>
+          <t>9786054729272</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Middlesex</t>
+          <t>Hepsi Sana Miras 5: Suç ve Ceza</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>205</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051981499</t>
+          <t>9786054729289</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Şeylerin Bilimi</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051981635</t>
+          <t>9786054729265</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 3 (Çıkartmalı)</t>
+          <t>Büyük Yönetmenlerin Gizli Hayatları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051981628</t>
+          <t>9786051980447</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 2 (Çıkartmalı)</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051981956</t>
+          <t>9786051980706</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Büyü Muhafızları - Bulut At Günlükleri</t>
+          <t>Makine Olmak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>235</v>
+        <v>315</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051981406</t>
+          <t>9786051980690</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Felsefesi</t>
+          <t>Bu Kitabın Ortasında Duvar Var</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051981994</t>
+          <t>9786051980492</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Pisagor - Dahiler Sınıfı</t>
+          <t>Baskerville Laneti - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051981840</t>
+          <t>9786054729845</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Ruhkoparan: Morrigan Crow'un Peşinde</t>
+          <t>Güzel Dediniz Bay Feynman</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051981833</t>
+          <t>9786051980676</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Kütüphanesi</t>
+          <t>Bakir İntiharlar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>320</v>
+        <v>305</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051981963</t>
+          <t>9786051980430</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Olduğu Yok</t>
+          <t>Tekerlekli Yalan</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051981826</t>
+          <t>9786051980218</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Evren</t>
+          <t>En Güzel Ülke</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051981901</t>
+          <t>9786051980232</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Canlı Devre</t>
+          <t>Peki Ama Neden? - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051981895</t>
+          <t>9786051980249</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek İle Yumurta</t>
+          <t>Peki Ama Neden? - Hayvanlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051981390</t>
+          <t>9786051980225</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Maymun Yılı</t>
+          <t>Peki Ama Neden? - Bilim ve Teknik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051981437</t>
+          <t>9786051980164</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Esinetta'nın Canavar Kitabı</t>
+          <t>Güzellik Bir Yaradır</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>185</v>
+        <v>365</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051981819</t>
+          <t>9786051980157</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Böceklerin Savaşı</t>
+          <t>Dahiler Sınıfı: Steve Jobs</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051982007</t>
+          <t>9786051980133</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Beatles - Dahiler Sınıfı</t>
+          <t>Dahiler Sınıfı: Einstein</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051981970</t>
+          <t>9786051980140</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Geveze</t>
+          <t>Dahiler Sınıfı: Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051981987</t>
+          <t>9786051980454</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yılanbalığının Yolu</t>
+          <t>Çalıştır Saksıyı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051981925</t>
+          <t>9786051980256</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kendime Notlar</t>
+          <t>Dahiler Sınıfı: Mozart Müziğin Dahisi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051981932</t>
+          <t>9786051980270</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yılları</t>
+          <t>Dahiler Sınıfı: Marie Curie - Atom Kadın</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051981642</t>
+          <t>9786051980263</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (3 Kitap)</t>
+          <t>Dahiler Sınıfı: Newton - Fizik Sihirbazı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>990</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051981475</t>
+          <t>9786051980393</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ben Ben</t>
+          <t>Başkalarının Aklı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051981659</t>
+          <t>9786051980416</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Kim Kokuttu?!</t>
+          <t>Ay'a Seyahat - Sihirli Ağaç Evi 8</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051980942</t>
+          <t>9786051980409</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Talebe</t>
+          <t>Kurtar Bizi Mamut - Sihirli Ağaç Evi 7</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051981598</t>
+          <t>9786051980065</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Arşimet Sayıların Büyücüsü - Dahiler Sınıfı</t>
+          <t>Sihirli Ağaç Evi 4 - Korsanların Hazinesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051981574</t>
+          <t>9786051980072</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Süfrajetler Tüm Kadınlara Oy Hakkı - Dahiler Sınıfı</t>
+          <t>Sihirli Ağaç Evi 3 - Piramidin Sırrı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051981581</t>
+          <t>9786051980034</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Enzo Ferrari Hızın Efendisi - Dahiler Sınıfı</t>
+          <t>Benim Oyunum</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051981369</t>
+          <t>9786054729890</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kısa</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051981222</t>
+          <t>9786054729968</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Metamorfoz: İnsan Vücudunda Değişimin Öyküsü</t>
+          <t>Kahya ve Klara</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051981093</t>
+          <t>9786051980386</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Uzayın</t>
+          <t>Mikrobiyota</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>205</v>
+        <v>340</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051981444</t>
+          <t>9786051980324</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Masalın</t>
+          <t>Gen</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>205</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051981413</t>
+          <t>9786051980294</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Özgüven - Oynuyorum ve Kendimi Tanıyorum</t>
+          <t>Sihirli Ağaç Evi 6 - Amazon Macerası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051981611</t>
+          <t>9786051980287</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Evreninin Gizemi</t>
+          <t>Sihirli Ağaç Evi 5 - Ninjaların Gecesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>365</v>
+        <v>185</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051981321</t>
+          <t>9786051980188</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin: İlk İki Yaşın Sihri</t>
+          <t>Uzaylılar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051981215</t>
+          <t>9786051980003</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmaz Bir Dünya</t>
+          <t>Bilim Tavşanı Şarlot</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051981291</t>
+          <t>9786051980461</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Uzamsal Algı Gelişimi Etkinlikli Bir Uzay Görevi - Bu Uzay Gemisinde Şekiller Oyunlar ve Çizgiler Var</t>
+          <t>Mutfak Sırları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>205</v>
+        <v>340</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051981260</t>
+          <t>9786051980027</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Neden Çocuk Kitapları Okumalıyız (Ciltli)</t>
+          <t>Evren Avucunda</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051981048</t>
+          <t>9786054729838</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>İnsan Vücudu Tiyatrosu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>452</v>
+        <v>380</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051981529</t>
+          <t>9786051980096</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Beden</t>
+          <t>Jules</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>365</v>
+        <v>285</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051981154</t>
+          <t>9786051980362</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bu Kutunun İçinde Ne Var?</t>
+          <t>Bize Bir Köprü Lazım! - Bebo ve Bice’nin Keşifleri 4</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051981383</t>
+          <t>9786051980331</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Harita Üzerinde</t>
+          <t>Kaşığımın Üstünde Baloncuk Var! - Bebo ve Bice’nin Keşifleri 3</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051981482</t>
+          <t>9786051980348</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Hasta</t>
+          <t>Bize Bir Mancınık Lazım! - Bebo ve Bice’nin Keşifleri 2</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051981505</t>
+          <t>9786051980300</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sakın Göz Kırpma</t>
+          <t>Tavşan Yılı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051981352</t>
+          <t>9786054729999</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1 (Çıkartmalı)</t>
+          <t>Senin Muhteşem Esnek Beynin</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051981178</t>
+          <t>9786054729562</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Uygunsuz Gerçekler</t>
+          <t>M Treni</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>320</v>
+        <v>305</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051980959</t>
+          <t>9786054729869</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Daha Makul Bir Küresel Ekonomi Mümkün mü?</t>
+          <t>Böcek Çocuk</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>315</v>
+        <v>275</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051981123</t>
+          <t>9786051980379</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Para Vatan</t>
+          <t>Maymun Kadar Aklım Olsa</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051981086</t>
+          <t>9786051980201</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Bir Gezegenden Notlar</t>
+          <t>Don Juan</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051980911</t>
+          <t>9786054729791</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Sihri</t>
+          <t>Kuantum Sınırında Yaşam</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051981451</t>
+          <t>9786054729715</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin Senin Hayalin</t>
+          <t>Hepsi Sana Miras: Kral Lear</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051981468</t>
+          <t>9786051980195</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Senin Seçimin</t>
+          <t>Varoluşçular Kahvesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051980805</t>
+          <t>9786054729975</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Morrigan Crow'un Büyük Sınavı</t>
+          <t>Böyle mi  Olacaktı?</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051981314</t>
+          <t>9786054729883</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Gezegene</t>
+          <t>Sihirli Ağaç Evi 2 - Gizemli Şövalye</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051981307</t>
+          <t>9786054729876</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Şakalar Kraliçesi</t>
+          <t>Sihirli Ağaç Evi 1 - Dinozorlar Vadisinde</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051981208</t>
+          <t>9786054729708</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon Blues</t>
+          <t>Eş</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051980980</t>
+          <t>9786054729982</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yakında</t>
+          <t>Gelecek Daha Güzel Günler mi Getirecek?</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786058898134</t>
+          <t>9786054729685</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ve.. Sonraki Hayattan Kırk Öykü</t>
+          <t>Dünyanın Merkezine Tünel Kazmak</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786056260483</t>
+          <t>9786051980171</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hastalıkların Şahı</t>
+          <t>Güneş, Ay ve Rolling Stones</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>315</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944083744</t>
+          <t>9786054729852</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Mucizeler</t>
+          <t>Geleceği Keşfedenler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051980553</t>
+          <t>9786054729661</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasındaki Buda</t>
+          <t>Sevgili Bill</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786056260414</t>
+          <t>9786051980782</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tam Benim Tipim</t>
+          <t>Politika</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786056180125</t>
+          <t>9786054729647</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Su Geçirmez İncil</t>
+          <t>Glow</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786056180187</t>
+          <t>9786051980089</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs</t>
+          <t>Fincandaki Fırtına</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786056260445</t>
+          <t>9786054729814</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sisters Kardeşler</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786056260476</t>
+          <t>9786054729692</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Paradoks</t>
+          <t>Beyin</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054729050</t>
+          <t>9786054729326</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Olağan Psikopatlar</t>
+          <t>Mucizeleri Saymak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054729012</t>
+          <t>9786054729159</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar</t>
+          <t>Nasıl Yaşanır ya da Bir Soruda Montaigne’in Hayatı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944083751</t>
+          <t>9786054729302</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bebek (Ciltli)</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>672</v>
+        <v>340</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054729043</t>
+          <t>9786054729418</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlardan Büyük Sorular Hayli Mühim İnsanlardan Basit Cevaplar</t>
+          <t>Middlesex</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054729456</t>
+          <t>9786051981499</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İrrasyonel</t>
+          <t>Kırılgan Şeylerin Bilimi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054729067</t>
+          <t>9786051981635</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Işınlanma Kazası</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 3 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054729074</t>
+          <t>9786051981628</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Incognito - Beynin Gizli Hayatı</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 2 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786056260421</t>
+          <t>9786051981956</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gölün Kıyısında</t>
+          <t>Büyü Muhafızları - Bulut At Günlükleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054729036</t>
+          <t>9786051981406</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gılgamış</t>
+          <t>Kuşların Felsefesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786054729005</t>
+          <t>9786051981994</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Fang Ailesi</t>
+          <t>Pisagor - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944083720</t>
+          <t>9786051981840</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dün Ve Bugün (Ciltli)</t>
+          <t>Nevermoor - Ruhkoparan: Morrigan Crow'un Peşinde</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>720</v>
+        <v>310</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786056180101</t>
+          <t>9786051981833</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çoluk Çocuk</t>
+          <t>Gece Yarısı Kütüphanesi</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786056180118</t>
+          <t>9786051981963</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Checklist Manifesto</t>
+          <t>Bir Şey Olduğu Yok</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786058898165</t>
+          <t>9786051981826</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazarların Gizli Hayatları</t>
+          <t>Sen ve Evren</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944083775</t>
+          <t>9786051981901</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sanatçıların Gizli Hayatları</t>
+          <t>Canlı Devre</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786056180170</t>
+          <t>9786051981895</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Boksör Böcek</t>
+          <t>Çekirdek İle Yumurta</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786058898189</t>
+          <t>9786051981390</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Babba Kitap</t>
+          <t>Maymun Yılı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786056180132</t>
+          <t>9786051981437</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Arzunun Botaniği</t>
+          <t>Esinetta'nın Canavar Kitabı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>305</v>
+        <v>185</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786056260452</t>
+          <t>9786051981819</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler (Ciltli)</t>
+          <t>Böceklerin Savaşı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786058898196</t>
+          <t>9786051982007</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Afili Lügat</t>
+          <t>Beatles - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786056260490</t>
+          <t>9786051981970</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>Geveze</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054729029</t>
+          <t>9786051981987</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gulliver</t>
+          <t>Yılanbalığının Yolu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051981284</t>
+          <t>9786051981925</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Karman Çorman Hayvan</t>
+          <t>Kendime Notlar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051981192</t>
+          <t>9786051981932</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Öfke ile Başa Çıkma Yolları</t>
+          <t>Keşif Yılları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051981239</t>
+          <t>9786051981642</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Atlas Etkinlik Kitabı</t>
+          <t>Duygularım - Oynuyorum ve Kendimi Tanıyorum Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>390</v>
+        <v>990</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051981055</t>
+          <t>9786051981475</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Arınmalar</t>
+          <t>Ben Ben</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051980751</t>
+          <t>9786051981659</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi</t>
+          <t>Ormanı Kim Kokuttu?!</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051980775</t>
+          <t>9786051980942</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünya</t>
+          <t>Talebe</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051980584</t>
+          <t>9786051981598</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Komik Hayvan İsimleri Bakanlığı</t>
+          <t>Arşimet Sayıların Büyücüsü - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051981130</t>
+          <t>9786051981574</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türlerin Kökeni (Ciltli)</t>
+          <t>Süfrajetler Tüm Kadınlara Oy Hakkı - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>329</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051981116</t>
+          <t>9786051981581</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Gibi Düşün</t>
+          <t>Enzo Ferrari Hızın Efendisi - Dahiler Sınıfı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051980768</t>
+          <t>9786051981369</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Tabiatı</t>
+          <t>Kısa</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051980539</t>
+          <t>9786051981222</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlık</t>
+          <t>Metamorfoz: İnsan Vücudunda Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051980843</t>
+          <t>9786051981093</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Minik Balina - Bol Balıklı Bir Hikaye</t>
+          <t>Senin Seçimin Senin Uzayın</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051980973</t>
+          <t>9786051981444</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Nakano Eskici Dükkanı</t>
+          <t>Senin Seçimin Senin Masalın</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051980799</t>
+          <t>9786051981413</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sandığı</t>
+          <t>Özgüven - Oynuyorum ve Kendimi Tanıyorum</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786051981109</t>
+          <t>9786051981611</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Nevermoor - Wundersmith: Morrigan Crow’un Gerçek Kimliği</t>
+          <t>Kuantum Evreninin Gizemi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>285</v>
+        <v>365</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054729739</t>
+          <t>9786051981321</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Atlas (Ciltli)</t>
+          <t>Hoş Geldin: İlk İki Yaşın Sihri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>820</v>
+        <v>320</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051980812</t>
+          <t>9786051981215</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali Tüm Zamanların En Büyüğü - Dahiler Sınıfı</t>
+          <t>Yaşanmaz Bir Dünya</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051980829</t>
+          <t>9786051981291</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla Geleceği Keşfeden Adam - Dahiler Sınıfı</t>
+          <t>Dikkat ve Uzamsal Algı Gelişimi Etkinlikli Bir Uzay Görevi - Bu Uzay Gemisinde Şekiller Oyunlar ve Çizgiler Var</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051980720</t>
+          <t>9786051981260</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar - Tepeden Kuyruğa</t>
+          <t>Neden Çocuk Kitapları Okumalıyız (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051980713</t>
+          <t>9786051981048</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Böcekler - Tepeden Kuyruğa</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>180</v>
+        <v>452</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051980744</t>
+          <t>9786051981529</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Tepeden Kuyruğa</t>
+          <t>Beden</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051981147</t>
+          <t>9786051981154</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hangi Doğru</t>
+          <t>Bu Kutunun İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051980577</t>
+          <t>9786051981383</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Sınıfı: Stephen Hawking</t>
+          <t>Harita Üzerinde</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051980928</t>
+          <t>9786051981482</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sihirci Çırağı</t>
+          <t>Sessiz Hasta</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051980683</t>
+          <t>9786051981505</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Asimetri</t>
+          <t>Sakın Göz Kırpma</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051980546</t>
+          <t>9786051981352</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Krokodali</t>
+          <t>Görsel, Mantıksal ve Bilişsel Beceri Etkinlikleri (7-9 Yaş) - Teresa Hala'nın Soruşturmaları 1 (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051980560</t>
+          <t>9786051981178</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Durdurmanın Yolları</t>
+          <t>Hayvanlar Aleminden Uygunsuz Gerçekler</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
+          <t>9786051980959</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Daha Adil Daha Makul Bir Küresel Ekonomi Mümkün mü?</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786051981123</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Para Vatan</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786051981086</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Nevrotik Bir Gezegenden Notlar</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786051980911</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Anne Baba Sihri</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051981451</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Senin Seçimin Senin Hayalin</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051981468</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Senin Seçimin</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786051980805</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Nevermoor - Morrigan Crow'un Büyük Sınavı</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051981314</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Bak Şu Gezegene</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051981307</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Şakalar Kraliçesi</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051981208</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Reenkarnasyon Blues</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051980980</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Yakında</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786058898134</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Ve.. Sonraki Hayattan Kırk Öykü</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786056260483</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Hastalıkların Şahı</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789944083744</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Mucizeler</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786051980553</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Tavan Arasındaki Buda</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786056260414</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Tam Benim Tipim</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786056180125</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Su Geçirmez İncil</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786056180187</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Steve Jobs</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786056260445</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Sisters Kardeşler</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786056260476</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Paradoks</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786054729050</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Olağan Psikopatlar</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786054729012</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Nişanlılar</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789944083751</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Bebek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786054729043</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İnsanlardan Büyük Sorular Hayli Mühim İnsanlardan Basit Cevaplar</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786054729456</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>İrrasyonel</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786054729067</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Işınlanma Kazası</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786054729074</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Incognito - Beynin Gizli Hayatı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786056260421</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Gölün Kıyısında</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786054729036</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Gılgamış</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786054729005</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Fang Ailesi</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789944083720</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Dün Ve Bugün (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786056180101</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Çoluk Çocuk</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786056180118</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Checklist Manifesto</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786058898165</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yazarların Gizli Hayatları</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789944083775</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Sanatçıların Gizli Hayatları</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786056180170</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Boksör Böcek</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786058898189</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Babba Kitap</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786056180132</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Arzunun Botaniği</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786056260452</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Hayalperestler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786058898196</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Afili Lügat</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786056260490</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>500</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786054729029</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786051981284</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Karman Çorman Hayvan</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786051981192</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Öfke ile Başa Çıkma Yolları</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786051981239</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Atlas Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786051981055</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Arınmalar</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786051980751</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyin Teorisi</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786051980775</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Antik Dünya</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786051980584</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Komik Hayvan İsimleri Bakanlığı</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786051981130</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Türlerin Kökeni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786051981116</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes Gibi Düşün</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786051980768</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Eşyanın Tabiatı</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786051980539</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Adanmışlık</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786051980843</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Minik Balina - Bol Balıklı Bir Hikaye</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786051980973</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Nakano Eskici Dükkanı</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786051980799</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Sandığı</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786051981109</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Nevermoor - Wundersmith: Morrigan Crow’un Gerçek Kimliği</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786054729739</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Atlas (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786051980812</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Ali Tüm Zamanların En Büyüğü - Dahiler Sınıfı</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786051980829</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla Geleceği Keşfeden Adam - Dahiler Sınıfı</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786051980720</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786051980713</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786051980744</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar - Tepeden Kuyruğa</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786051981147</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Doğru</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786051980577</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler Sınıfı: Stephen Hawking</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786051980928</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Sihirci Çırağı</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786051980683</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Asimetri</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786051980546</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Krokodali</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786051980560</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Zamanı Durdurmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
           <t>9786051980423</t>
         </is>
       </c>
-      <c r="B469" s="1" t="inlineStr">
+      <c r="B538" s="1" t="inlineStr">
         <is>
           <t>Evlilik Meselesi</t>
         </is>
       </c>
-      <c r="C469" s="1">
+      <c r="C538" s="1">
         <v>310</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>