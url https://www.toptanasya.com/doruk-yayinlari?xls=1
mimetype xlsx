--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,9310 +85,9445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259588667</t>
+          <t>9786259752129</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci’nin Sıradışı Fikirleri</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>385</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259588643</t>
+          <t>9786259264813</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein'ın Görelilik Teorisi</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>850</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259588650</t>
+          <t>9786259610276</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin’in Türlerin Kökeni Üzerine</t>
+          <t>Zihin Felsefesi Antolojisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>850</v>
+        <v>545</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259610245</t>
+          <t>9786259610252</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sinemasında Melankoli</t>
+          <t>Biyoloji Felsefesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>460</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259588698</t>
+          <t>9786259264820</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kim Deli Kim Akıllı</t>
+          <t>Bilim Metafiziği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259610214</t>
+          <t>9786259610269</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kırmızı Gölgesi</t>
+          <t>Yapay Zeka Felsefesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>790</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259610221</t>
+          <t>9786259264806</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Topal Osman</t>
+          <t>Avrupa'da Türk İzi Oryantalizm ve Turquerie</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>850</v>
+        <v>990</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259588681</t>
+          <t>9786259610290</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nazi Toplama Kampları</t>
+          <t>İslâm'ın Batı Cephesi Mağrip, Endülüs, Sicilya ve Mısır</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>470</v>
+        <v>950</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259610238</t>
+          <t>9786259610283</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Olan Yollar</t>
+          <t>SSCB’de Sosyalizmin Çözülüşü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>595</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259610207</t>
+          <t>9786259588667</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eskiyol Hanı</t>
+          <t>Leonardo Da Vinci’nin Sıradışı Fikirleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>850</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755535180</t>
+          <t>9786259588643</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Tarihi (1896 - 1960)</t>
+          <t>Albert Einstein'ın Görelilik Teorisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755535197</t>
+          <t>9786259588650</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rosetta Taşı ve Antik Mısır’ın Yeniden Doğuşu</t>
+          <t>Charles Darwin’in Türlerin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755531717</t>
+          <t>9786259610245</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Yeni Türk Sinemasında Melankoli</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756557433</t>
+          <t>9786259588698</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Kulluğu ve Büyüklüğü</t>
+          <t>Kim Deli Kim Akıllı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000006124</t>
+          <t>9786259610214</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okumanın Alfabesi</t>
+          <t>Suyun Kırmızı Gölgesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259588612</t>
+          <t>9786259610221</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alman Matematikçiler</t>
+          <t>Topal Osman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>740</v>
+        <v>850</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259588605</t>
+          <t>9786259588681</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fransız Matematikçiler</t>
+          <t>Nazi Toplama Kampları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>780</v>
+        <v>470</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259711584</t>
+          <t>9786259610238</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çin, Maya, Hint ve Japon Matematiği</t>
+          <t>Ruhu Olan Yollar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>790</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259711553</t>
+          <t>9786259610207</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eski Aritmetikten Yeni Aritmetiğe</t>
+          <t>Eskiyol Hanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>780</v>
+        <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259711560</t>
+          <t>9789755535180</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Matematikçileri</t>
+          <t>Türk Sineması Tarihi (1896 - 1960)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259711577</t>
+          <t>9789755535197</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yunan Matematiği</t>
+          <t>Rosetta Taşı ve Antik Mısır’ın Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>790</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259588636</t>
+          <t>9789755531717</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Matematikçiler</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>770</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259711591</t>
+          <t>9789756557433</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Doğu Matematikçileri</t>
+          <t>Askerliğin Kulluğu ve Büyüklüğü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259588629</t>
+          <t>3990000006124</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Matematikçiler</t>
+          <t>Hızlı Okumanın Alfabesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>770</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259588674</t>
+          <t>9786259588612</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bilimlerin Serüveni</t>
+          <t>Alman Matematikçiler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>740</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259711546</t>
+          <t>9786259588605</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Matematik Sözlüğü</t>
+          <t>Fransız Matematikçiler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>790</v>
+        <v>780</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259711522</t>
+          <t>9786259711584</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Lezzetin Tarihi</t>
+          <t>Çin, Maya, Hint ve Japon Matematiği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>690</v>
+        <v>790</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000006076</t>
+          <t>9786259711553</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kimya Terimleri Cep Sözlüğü</t>
+          <t>Eski Aritmetikten Yeni Aritmetiğe</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>95</v>
+        <v>780</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000005683</t>
+          <t>9786259711560</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Karar Ağacı (Decision Tree) ve Cobol</t>
+          <t>Yunan ve Roma Matematikçileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>780</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755532066</t>
+          <t>9786259711577</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanlık Suçu: Ölüm Cezası</t>
+          <t>Yunan Matematiği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>790</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000015814</t>
+          <t>9786259588636</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Terimleri Cep Sözlüğü</t>
+          <t>İtalyan Matematikçiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>770</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755536507</t>
+          <t>9786259711591</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Akasya Şehri Yalnızı</t>
+          <t>Türk ve Doğu Matematikçileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755534626</t>
+          <t>9786259588629</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>İngiliz Matematikçiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>770</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755534916</t>
+          <t>9786259588674</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nesne ve Özellik</t>
+          <t>Gizli Bilimlerin Serüveni</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755535227</t>
+          <t>9786259711546</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>93 İhtilali</t>
+          <t>Matematik Sözlüğü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>790</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259711508</t>
+          <t>9786259711522</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Belgeselin Omurgası</t>
+          <t>Lezzetin Tarihi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>690</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259711515</t>
+          <t>3990000006076</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sırları</t>
+          <t>Kimya Terimleri Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259711539</t>
+          <t>3990000005683</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Dönüşler / Cultural Turns</t>
+          <t>Karar Ağacı (Decision Tree) ve Cobol</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259752198</t>
+          <t>9789755532066</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eleştirel Düşünce</t>
+          <t>Bir İnsanlık Suçu: Ölüm Cezası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259752174</t>
+          <t>3990000015814</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nişane</t>
+          <t>Biyoloji Terimleri Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755531700</t>
+          <t>9789755536507</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Sermayesinin Yükselişi</t>
+          <t>Akasya Şehri Yalnızı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259752181</t>
+          <t>9789755534626</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Parfümün Sihirli Dünyası/ Tarihte Eczacılık, Güzel Kokular ve Kozmetik</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259752167</t>
+          <t>9789755534916</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Askerler ve Felsefe/Askeri Planlama ve Harekâtın Bilgi Felsefesi, Bilim Felsefesi ve Metafizik ile İlişkisi (Askeri Felsefi)</t>
+          <t>Nesne ve Özellik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>580</v>
+        <v>490</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259752150</t>
+          <t>9789755535227</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Arasında Bir Entelektüel/ Metin Erksan Sineması Üzerine Notlar</t>
+          <t>93 İhtilali</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259752136</t>
+          <t>9786259711508</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Yüz Öncü Yüz  (1923-2023)</t>
+          <t>Belgeselin Omurgası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259752143</t>
+          <t>9786259711515</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Gizemli Tarihi</t>
+          <t>Hollywood Sırları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256898158</t>
+          <t>9786259711539</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Türk Sineması</t>
+          <t>Kültürel Dönüşler / Cultural Turns</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259752105</t>
+          <t>9786259752198</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Düş Fabrikası Yeşilçam</t>
+          <t>Çocuklar İçin Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256898110</t>
+          <t>9786259752174</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Roman Kahramanları</t>
+          <t>Nişane</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256898936</t>
+          <t>9789755531700</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlar, Modern Mekânlar (Ciltli)</t>
+          <t>Tarikat Sermayesinin Yükselişi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256898615</t>
+          <t>9786259752181</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Günceler I (1989 – 2023) Günlerin Terkisinde</t>
+          <t>İlaç ve Parfümün Sihirli Dünyası/ Tarihte Eczacılık, Güzel Kokular ve Kozmetik</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259752112</t>
+          <t>9786259752167</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat/Edebiyatçı/Edebiyatımız</t>
+          <t>Askerler ve Felsefe/Askeri Planlama ve Harekâtın Bilgi Felsefesi, Bilim Felsefesi ve Metafizik ile İlişkisi (Askeri Felsefi)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057443380</t>
+          <t>9786259752150</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Milattan Sonra Tarihin Ana Hatları</t>
+          <t>Aydınlar Arasında Bir Entelektüel/ Metin Erksan Sineması Üzerine Notlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>790</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256898950</t>
+          <t>9786259752136</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema Kamera Önü Oyunculuğu</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Yüz Öncü Yüz  (1923-2023)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256898905</t>
+          <t>9786259752143</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx’ın Siyasal Kökenleri I Fransız Devrimi ve Jakobenciliğin Hayaleti</t>
+          <t>Tıbbın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256898875</t>
+          <t>9786256898158</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yollar, Ortak Hedef Disiplinlerarası Medya Okuryazarlığı</t>
+          <t>Bağımsız Türk Sineması</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>695</v>
+        <v>430</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256898929</t>
+          <t>9786259752105</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema</t>
+          <t>Düş Fabrikası Yeşilçam</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256898912</t>
+          <t>9786256898110</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Film Yapım Sırları</t>
+          <t>Sinemada Roman Kahramanları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256898660</t>
+          <t>9786256898936</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Devre Şehrine Saldırı</t>
+          <t>Modern Zamanlar, Modern Mekânlar (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256898714</t>
+          <t>9786256898615</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gizem Müzesi</t>
+          <t>Günceler I (1989 – 2023) Günlerin Terkisinde</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256898707</t>
+          <t>9786259752112</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Gezegeni</t>
+          <t>Edebiyat/Edebiyatçı/Edebiyatımız</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256898721</t>
+          <t>9786057443380</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İpucu Mağarası</t>
+          <t>Milattan Sonra Tarihin Ana Hatları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>790</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256898691</t>
+          <t>9786256898950</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yarın Adası</t>
+          <t>Nörosinema Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256898738</t>
+          <t>9786256898905</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Labirent Köşkü</t>
+          <t>Genç Marx’ın Siyasal Kökenleri I Fransız Devrimi ve Jakobenciliğin Hayaleti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256898677</t>
+          <t>9786256898875</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Boyuta Dalış</t>
+          <t>Farklı Yollar, Ortak Hedef Disiplinlerarası Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>695</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256898684</t>
+          <t>9786256898929</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Otelden Kaçış</t>
+          <t>Nörosinema</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256898783</t>
+          <t>9786256898912</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Bilgisayar Bilimi</t>
+          <t>Film Yapım Sırları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>900</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256898790</t>
+          <t>9786256898660</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar için Astronomi</t>
+          <t>Devre Şehrine Saldırı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256898882</t>
+          <t>9786256898714</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Hegel’de Diyalektik</t>
+          <t>Gizem Müzesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256898059</t>
+          <t>9786256898707</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Mitoloji ve Folklor</t>
+          <t>Bilmece Gezegeni</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256898769</t>
+          <t>9786256898721</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşırı Bir Sinema Tunç Okan’ın Göç Üçlemesi</t>
+          <t>İpucu Mağarası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256898530</t>
+          <t>9786256898691</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Kalkınma Yolunda Yüz Öncü Adım (1923-2023)</t>
+          <t>Yarın Adası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256898523</t>
+          <t>9786256898738</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Diplomasi</t>
+          <t>Labirent Köşkü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758408818</t>
+          <t>9786256898677</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Teorileri ve Dünyanın Sonları</t>
+          <t>Dördüncü Boyuta Dalış</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755535166</t>
+          <t>9786256898684</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sinema Kuramları</t>
+          <t>Sonsuzluk Otelden Kaçış</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755536521</t>
+          <t>9786256898783</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Büyük Denizcilik Gafları</t>
+          <t>Meraklı Çocuklar İçin Bilgisayar Bilimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>490</v>
+        <v>900</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256898653</t>
+          <t>9786256898790</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü</t>
+          <t>Meraklı Çocuklar için Astronomi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>680</v>
+        <v>900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256898776</t>
+          <t>9786256898882</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şiir Öldü O İpek Kadın</t>
+          <t>Platon ve Hegel’de Diyalektik</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256898578</t>
+          <t>9786256898059</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Nostalji</t>
+          <t>Matematiksel Mitoloji ve Folklor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256898646</t>
+          <t>9786256898769</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Ceza</t>
+          <t>Sınıraşırı Bir Sinema Tunç Okan’ın Göç Üçlemesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256898622</t>
+          <t>9786256898530</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Köleler, Irklar ve Azınlıklar Üzerine</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Kalkınma Yolunda Yüz Öncü Adım (1923-2023)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256898639</t>
+          <t>9786256898523</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tekniğin ve Sanayinin Gelişim Süreci ve İzdüşümleri</t>
+          <t>Kültürel Diplomasi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256898608</t>
+          <t>9789758408818</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Düzeni</t>
+          <t>Kıyamet Teorileri ve Dünyanın Sonları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>790</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256898516</t>
+          <t>9789755535166</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk 50 Yılında Ziraat Eğitimi 1920 - 1970</t>
+          <t>Büyük Sinema Kuramları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256898240</t>
+          <t>9789755536521</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aksanlı Sinema ve Self Oryantalizm</t>
+          <t>Büyük Denizcilik Gafları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256898462</t>
+          <t>9786256898653</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ölü Arının İğnesi</t>
+          <t>Bilinmeyen Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256898455</t>
+          <t>9786256898776</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Tarihi</t>
+          <t>Şiir Öldü O İpek Kadın</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256898417</t>
+          <t>9786256898578</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Medyanın Yüzyılı</t>
+          <t>Medya ve Nostalji</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>900</v>
+        <v>390</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256898486</t>
+          <t>9786256898646</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kimya Laboratuvarından Kimya Sanayisine Çağdaş Kimya Tekniğinin Kilometre Taşları</t>
+          <t>Cennetteki Ceza</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>640</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755539379</t>
+          <t>9786256898622</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Mühendislik Fakülteleri için Temel ve Genel Matematik 1 - 2</t>
+          <t>Tarihte Köleler, Irklar ve Azınlıklar Üzerine</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755530096</t>
+          <t>9786256898639</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarda Virüs - Antivirüs</t>
+          <t>Tekniğin ve Sanayinin Gelişim Süreci ve İzdüşümleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755535425</t>
+          <t>9786256898608</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sinema Nedir?</t>
+          <t>Doğanın Düzeni</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>790</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256898493</t>
+          <t>9786256898516</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Akdağmağdeni - Dünden Bugüne</t>
+          <t>Cumhuriyet’in İlk 50 Yılında Ziraat Eğitimi 1920 - 1970</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256898509</t>
+          <t>9786256898240</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Demirkubuz</t>
+          <t>Aksanlı Sinema ve Self Oryantalizm</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256898424</t>
+          <t>9786256898462</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mahrem(iyetsiz) Alanlar Mensturasyondan Anneliğe Kadın</t>
+          <t>Ölü Arının İğnesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256898479</t>
+          <t>9786256898455</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Koleksiyonculuk Müzecilik ve Arkeoloji</t>
+          <t>Milliyetçiliğin Tarihi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>640</v>
+        <v>700</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256898400</t>
+          <t>9786256898417</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sporun Alternatif Tarihi</t>
+          <t>Türkiye'de Medyanın Yüzyılı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>640</v>
+        <v>900</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256898448</t>
+          <t>9786256898486</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Eleştirisinin Düşünsel Temelleri</t>
+          <t>Kimya Laboratuvarından Kimya Sanayisine Çağdaş Kimya Tekniğinin Kilometre Taşları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>440</v>
+        <v>640</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256898271</t>
+          <t>9789755539379</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Fen ve Mühendislik Fakülteleri için Temel ve Genel Matematik 1 - 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256898196</t>
+          <t>9789755530096</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Müphemlik ve Distopya</t>
+          <t>Bilgisayarda Virüs - Antivirüs</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256898165</t>
+          <t>9789755535425</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Klasik Anlatı Sineması</t>
+          <t>Sinema Nedir?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256898141</t>
+          <t>9786256898493</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kissinger - Diplomaside Bir Realpolitik Ustası</t>
+          <t>Akdağmağdeni - Dünden Bugüne</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256898134</t>
+          <t>9786256898509</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayat Üzerine Eleştirel Bir Müdahale</t>
+          <t>Demirkubuz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256898073</t>
+          <t>9786256898424</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kıyısında</t>
+          <t>Mahrem(iyetsiz) Alanlar Mensturasyondan Anneliğe Kadın</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256898202</t>
+          <t>9786256898479</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Savaş Stratejileri</t>
+          <t>Tarihte Koleksiyonculuk Müzecilik ve Arkeoloji</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>490</v>
+        <v>640</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256898103</t>
+          <t>9786256898400</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Acayip Sözlük</t>
+          <t>Sporun Alternatif Tarihi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>800</v>
+        <v>640</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256898080</t>
+          <t>9786256898448</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatının Tarihi</t>
+          <t>Türk Sinema Eleştirisinin Düşünsel Temelleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>800</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256898189</t>
+          <t>9786256898271</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Şiddet - Arendt, Foucault, Agamben</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256898295</t>
+          <t>9786256898196</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizileri</t>
+          <t>Müphemlik ve Distopya</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256898264</t>
+          <t>9786256898165</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dilbilgisi - Dilbilim Sarmalında</t>
+          <t>Klasik Anlatı Sineması</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256898288</t>
+          <t>9786256898141</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinema Endüstrisi ve Prekarya Emeği</t>
+          <t>Kissinger - Diplomaside Bir Realpolitik Ustası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256898233</t>
+          <t>9786256898134</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dijital Boş Zaman Deneyimi</t>
+          <t>Günlük Hayat Üzerine Eleştirel Bir Müdahale</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256898219</t>
+          <t>9786256898073</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimsel ve Teknik Araştırma Yöntemleri</t>
+          <t>Güneşin Kıyısında</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256898257</t>
+          <t>9786256898202</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Film: TENET</t>
+          <t>Anadolu'da Savaş Stratejileri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755539980</t>
+          <t>9786256898103</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Fizik</t>
+          <t>Acayip Sözlük</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755539973</t>
+          <t>9786256898080</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Matematik</t>
+          <t>Savaş Sanatının Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755539935</t>
+          <t>9786256898189</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Biyoloji</t>
+          <t>Siyasal Şiddet - Arendt, Foucault, Agamben</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>900</v>
+        <v>390</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755539966</t>
+          <t>9786256898295</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Mühendislik</t>
+          <t>Televizyon Dizileri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755539959</t>
+          <t>9786256898264</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Kimya</t>
+          <t>Dilbilgisi - Dilbilim Sarmalında</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>900</v>
+        <v>440</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755539942</t>
+          <t>9786256898288</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Dünyamız</t>
+          <t>Türkiye Sinema Endüstrisi ve Prekarya Emeği</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>900</v>
+        <v>440</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256898097</t>
+          <t>9786256898233</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Tarihsel Evrimi</t>
+          <t>Dijital Boş Zaman Deneyimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256898127</t>
+          <t>9786256898219</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Renk, Pigment ve Boyarmaddelerin Kültürel Tarihi</t>
+          <t>Doğa Bilimsel ve Teknik Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>640</v>
+        <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256898172</t>
+          <t>9786256898257</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihinde Edebiyat, Destanlar ve Dil Etkinlikleri</t>
+          <t>Bulmaca Film: TENET</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>700</v>
+        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256898066</t>
+          <t>9789755539980</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Polisiye - Yeşilçam'dan Günümüze</t>
+          <t>Meraklı Çocuklar İçin Fizik</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>440</v>
+        <v>900</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256898004</t>
+          <t>9789755539973</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Öznellik Üretimi</t>
+          <t>Meraklı Çocuklar İçin Matematik</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>440</v>
+        <v>900</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256898028</t>
+          <t>9789755539935</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Grisis III</t>
+          <t>Meraklı Çocuklar İçin Biyoloji</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755539904</t>
+          <t>9789755539966</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Subayının Sefer Defteri</t>
+          <t>Meraklı Çocuklar İçin Mühendislik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256898011</t>
+          <t>9789755539959</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplum</t>
+          <t>Meraklı Çocuklar İçin Kimya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256898035</t>
+          <t>9789755539942</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Yönetmen Şerif Gören</t>
+          <t>Meraklı Çocuklar İçin Dünyamız</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755539775</t>
+          <t>9786256898097</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sineması</t>
+          <t>Teknolojinin Tarihsel Evrimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755539911</t>
+          <t>9786256898127</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
+          <t>Renk, Pigment ve Boyarmaddelerin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755539881</t>
+          <t>9786256898172</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Kültür Tarihinde Edebiyat, Destanlar ve Dil Etkinlikleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755539898</t>
+          <t>9786256898066</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri</t>
+          <t>Polisiye - Yeşilçam'dan Günümüze</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755539997</t>
+          <t>9786256898004</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Sinemada Öznellik Üretimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256898042</t>
+          <t>9786256898028</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pharmakon</t>
+          <t>Grisis III</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755539348</t>
+          <t>9789755539904</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dramaları</t>
+          <t>Bir Türk Subayının Sefer Defteri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755539683</t>
+          <t>9786256898011</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bookchin Kuramının Marksist Eleştirisi</t>
+          <t>Dijital Toplum</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755539799</t>
+          <t>9786256898035</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Eğitim, Üniversite ve Kütüphanenin Kültürel Tarihi</t>
+          <t>Yoldaki Yönetmen Şerif Gören</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755539928</t>
+          <t>9789755539775</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bilim</t>
+          <t>Bilimin Sineması</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>900</v>
+        <v>490</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755539829</t>
+          <t>9789755539911</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Teknoloji</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755539812</t>
+          <t>9789755539881</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Emile ya da Eğitim Üzerine</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755539836</t>
+          <t>9789755539898</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Sosyoloji</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755539843</t>
+          <t>9789755539997</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Kuram</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755539867</t>
+          <t>9786256898042</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi</t>
+          <t>Pharmakon</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755539669</t>
+          <t>9789755539348</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Seçkinleri</t>
+          <t>Televizyon Dramaları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755539850</t>
+          <t>9789755539683</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bizans Yahudileri</t>
+          <t>Bookchin Kuramının Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755539751</t>
+          <t>9789755539799</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sanat Sineması</t>
+          <t>Bilim, Eğitim, Üniversite ve Kütüphanenin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755539720</t>
+          <t>9789755539928</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sesin Büyüsü</t>
+          <t>Gizli Bilim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755539737</t>
+          <t>9789755539829</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzun Gücü</t>
+          <t>Resimlerle Teknoloji</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755539782</t>
+          <t>9789755539812</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da Felsefe ve Din Kültürü Üzerine</t>
+          <t>Emile ya da Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755539768</t>
+          <t>9789755539836</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İnternet Diktatörlüğü</t>
+          <t>Sinema ve Sosyoloji</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755539706</t>
+          <t>9789755539843</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Güzel Matematik</t>
+          <t>Sinema - Kuram</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755539621</t>
+          <t>9789755539867</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ses Eğitimi, Kullanma &amp; Şarkı Söyleme Sanatı</t>
+          <t>Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755539744</t>
+          <t>9789755539669</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Teorik Hafızada Kadın - Dişil İtiraz</t>
+          <t>Anlatı Seçkinleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755539713</t>
+          <t>9789755539850</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mayamızda Şiir Var</t>
+          <t>Bizans Yahudileri</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755539652</t>
+          <t>9789755539751</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Sinema - Türkiye Sinemasından Örneklerle</t>
+          <t>Türkiye’de Sanat Sineması</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755539690</t>
+          <t>9789755539720</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Film Çözümlemeleri 2</t>
+          <t>Sesin Büyüsü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755539676</t>
+          <t>9789755539737</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Ulusal Güvenlik Stratejisi Marvel Sinematik Evreni</t>
+          <t>Sonsuzun Gücü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755539805</t>
+          <t>9789755539782</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyının Yankısı</t>
+          <t>Orta Çağ’da Felsefe ve Din Kültürü Üzerine</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755539645</t>
+          <t>9789755539768</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür ve Fragmanları</t>
+          <t>İnternet Diktatörlüğü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755539560</t>
+          <t>9789755539706</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yüküm Yok</t>
+          <t>Güzel Matematik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755539256</t>
+          <t>9789755539621</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Sayılar - Matematiğin Eğlenceli Dünyasına Yolculuk</t>
+          <t>Ses Eğitimi, Kullanma &amp; Şarkı Söyleme Sanatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>560</v>
+        <v>800</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755539263</t>
+          <t>9789755539744</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Onlar</t>
+          <t>Teorik Hafızada Kadın - Dişil İtiraz</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755539546</t>
+          <t>9789755539713</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Mayamızda Şiir Var</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755539614</t>
+          <t>9789755539652</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Filmini Görmek - Kurmaca, Deneysel, Belgesel, Animasyon</t>
+          <t>Renk ve Sinema - Türkiye Sinemasından Örneklerle</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755539607</t>
+          <t>9789755539690</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgudan Gerçeğe - Yapay Zekanın Bugünü ve Geleceği</t>
+          <t>Film Çözümlemeleri 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755539638</t>
+          <t>9789755539676</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Akdağmadenliler - Milli Mücadelenin 100. Yılında</t>
+          <t>Amerikan Ulusal Güvenlik Stratejisi Marvel Sinematik Evreni</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755539577</t>
+          <t>9789755539805</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Vertov'dan Fricke'e Belgesel Sinemanın İz Sürümü</t>
+          <t>Karşı Kıyının Yankısı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755539478</t>
+          <t>9789755539645</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sinema ve Televizyonunda Müslüman Algısı</t>
+          <t>Dijital Kültür ve Fragmanları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755538815</t>
+          <t>9789755539560</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kediler Beyaz Kediler</t>
+          <t>Yüküm Yok</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755536675</t>
+          <t>9789755539256</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar</t>
+          <t>Şaşırtıcı Sayılar - Matematiğin Eğlenceli Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>700</v>
+        <v>560</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755539584</t>
+          <t>9789755539263</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Muhteşem Onlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755539591</t>
+          <t>9789755539546</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İmajın Hissi: Yeni Türkiye Sineması ve Fenomenoloji</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755539430</t>
+          <t>9789755539614</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin ve Sosyal Mücadelelerin Tarihi</t>
+          <t>Filmini Görmek - Kurmaca, Deneysel, Belgesel, Animasyon</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>780</v>
+        <v>490</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755539492</t>
+          <t>9789755539607</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İlk İşaretler - Dünyanın En Eski Sembollerinin Gizemlerini Çözme</t>
+          <t>Bilimkurgudan Gerçeğe - Yapay Zekanın Bugünü ve Geleceği</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755539454</t>
+          <t>9789755539638</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Bilge İle Bilime Yolculuk 2 - İnsanın Oluşumu ve Bilim Tarihi Üzerine Bir Söyleşi Roman</t>
+          <t>Akdağmadenliler - Milli Mücadelenin 100. Yılında</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755539508</t>
+          <t>9789755539577</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 1 - Eski Dünya Çeşitli Ülkeler Türkler ve Osmanlılar Üzerine</t>
+          <t>Vertov'dan Fricke'e Belgesel Sinemanın İz Sürümü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>695</v>
+        <v>380</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755538822</t>
+          <t>9789755539478</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Güçlüyüz</t>
+          <t>Amerikan Sinema ve Televizyonunda Müslüman Algısı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755539515</t>
+          <t>9789755538815</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 2</t>
+          <t>Siyah Kediler Beyaz Kediler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755539522</t>
+          <t>9789755536675</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 3</t>
+          <t>İtiraflar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755539294</t>
+          <t>9789755539584</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx'ın Felsefik Kökenleri 2</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755539331</t>
+          <t>9789755539591</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Çevre ve Medya</t>
+          <t>İmajın Hissi: Yeni Türkiye Sineması ve Fenomenoloji</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>590</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755539553</t>
+          <t>9789755539430</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Gizli Dünyası</t>
+          <t>Sosyalizmin ve Sosyal Mücadelelerin Tarihi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>680</v>
+        <v>780</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755539447</t>
+          <t>9789755539492</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Görsel Efektlerle Sinema</t>
+          <t>İlk İşaretler - Dünyanın En Eski Sembollerinin Gizemlerini Çözme</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755539195</t>
+          <t>9789755539454</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Deuter Sözlük Deutsch - Türkisch A1 - B2</t>
+          <t>Yapay Zeka Bilge İle Bilime Yolculuk 2 - İnsanın Oluşumu ve Bilim Tarihi Üzerine Bir Söyleşi Roman</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755539461</t>
+          <t>9789755539508</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sinemasında Etik ve Estetik Değerler</t>
+          <t>Resimli Kültür Tarihi Defteri 1 - Eski Dünya Çeşitli Ülkeler Türkler ve Osmanlılar Üzerine</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>570</v>
+        <v>695</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755539270</t>
+          <t>9789755538822</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Üç Yüz</t>
+          <t>Birlikte Güçlüyüz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755539300</t>
+          <t>9789755539515</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Dijital Platformlar</t>
+          <t>Resimli Kültür Tarihi Defteri 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755539485</t>
+          <t>9789755539522</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve iş Yaşamında Liderlik Dersleri</t>
+          <t>Resimli Kültür Tarihi Defteri 3</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755539287</t>
+          <t>9789755539294</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Post - Fotoğraf</t>
+          <t>Genç Marx'ın Felsefik Kökenleri 2</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755537238</t>
+          <t>9789755539331</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen Hayvanlar</t>
+          <t>Ekoloji Çevre ve Medya</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755539355</t>
+          <t>9789755539553</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Müzik Aletlerinin Kültürel Tarihi</t>
+          <t>Matematiğin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>640</v>
+        <v>680</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755539423</t>
+          <t>9789755539447</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, İnşaat ve Kent Olgusunun Tarihsel Serüveni</t>
+          <t>Görsel Efektlerle Sinema</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755539386</t>
+          <t>9789755539195</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mimar Hayvanlar</t>
+          <t>Deuter Sözlük Deutsch - Türkisch A1 - B2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>550</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755539539</t>
+          <t>9789755539461</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İmge ve Kent</t>
+          <t>Yeni Türk Sinemasında Etik ve Estetik Değerler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755539393</t>
+          <t>9789755539270</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar ve Ünlü Dostları</t>
+          <t>Üç Yüz</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755539317</t>
+          <t>9789755539300</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Gastronomi ve Medya</t>
+          <t>Sinema ve Dijital Platformlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755539409</t>
+          <t>9789755539485</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Hayvanlar</t>
+          <t>Savaşta ve iş Yaşamında Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755539416</t>
+          <t>9789755539287</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Doktor Hayvanlar</t>
+          <t>Post - Fotoğraf</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755539324</t>
+          <t>9789755537238</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Yeni Medya Döneminde Belgesel Film Estetiği</t>
+          <t>Müzisyen Hayvanlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755539362</t>
+          <t>9789755539355</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş ve Ekolojk Belediyecilik</t>
+          <t>Müzik ve Müzik Aletlerinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>640</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755539225</t>
+          <t>9789755539423</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Matematikçiler</t>
+          <t>Mimarlık, İnşaat ve Kent Olgusunun Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755539072</t>
+          <t>9789755539386</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlemin Macerası</t>
+          <t>Mimar Hayvanlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755538952</t>
+          <t>9789755539539</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Herkes Pi Sayısını Kutluyor</t>
+          <t>İmge ve Kent</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755539249</t>
+          <t>9789755539393</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kaç Arkadaşın Var?</t>
+          <t>Hayvanlar ve Ünlü Dostları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755539232</t>
+          <t>9789755539317</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dairenin İçinde</t>
+          <t>Gündelik Yaşamda Gastronomi ve Medya</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755538945</t>
+          <t>9789755539409</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sayıyorum</t>
+          <t>Gezgin Hayvanlar</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755538969</t>
+          <t>9789755539416</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Numarayım</t>
+          <t>Doktor Hayvanlar</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755536934</t>
+          <t>9789755539324</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kin ve Kibir</t>
+          <t>Dijitalleşme ve Yeni Medya Döneminde Belgesel Film Estetiği</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755535135</t>
+          <t>9789755539362</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Çağdaş ve Ekolojk Belediyecilik</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>1000000000030</t>
+          <t>9789755539225</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (2 Cilt Takım)</t>
+          <t>Matematikçiler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755537542</t>
+          <t>9789755539072</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İşimiz Oyun</t>
+          <t>Dört İşlemin Macerası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755539218</t>
+          <t>9789755538952</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Olana Bakmak</t>
+          <t>Herkes Pi Sayısını Kutluyor</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755539027</t>
+          <t>9789755539249</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Etnoarkeoloji Araştırmaları - Ethnoarchaeological Studies in Anatolia</t>
+          <t>Kaç Arkadaşın Var?</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>3500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755539188</t>
+          <t>9789755539232</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Küçük Buluntular - Archaeological Small Artifacts (Ciltli)</t>
+          <t>Her Şey Dairenin İçinde</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>3500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755539171</t>
+          <t>9789755538945</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çağlar Boyunca Nehirler Denizler ve Göller - Rivers Seas and Lakes Through The Ages (Ciltli)</t>
+          <t>Sayıyorum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>3500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755539201</t>
+          <t>9789755538969</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Modern İran Tarihi (Ciltli)</t>
+          <t>Ben Bir Numarayım</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755539133</t>
+          <t>9789755536934</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kilikia Araştırmaları 1</t>
+          <t>Kin ve Kibir</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755539096</t>
+          <t>9789755535135</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Eğitim Felsefesi</t>
+          <t>Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755539157</t>
+          <t>1000000000030</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Toplum İçindeki Zihin</t>
+          <t>Binbir Gece Masalları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755539058</t>
+          <t>9789755537542</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Devrimci Öğretmenler Birliği (T.Döb)</t>
+          <t>İşimiz Oyun</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755539126</t>
+          <t>9789755539218</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Değişimin Öyküsü</t>
+          <t>Görünmez Olana Bakmak</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755539140</t>
+          <t>9789755539027</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>El Sanatından Modern Sanatlara Süsleme ve Motifin Kültürel Tarihi</t>
+          <t>Anadolu'da Etnoarkeoloji Araştırmaları - Ethnoarchaeological Studies in Anatolia</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>590</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755539089</t>
+          <t>9789755539188</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Fenere Giden Yol</t>
+          <t>Arkeolojik Küçük Buluntular - Archaeological Small Artifacts (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>700</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755539065</t>
+          <t>9789755539171</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında İngiliz Stratejisi</t>
+          <t>Çağlar Boyunca Nehirler Denizler ve Göller - Rivers Seas and Lakes Through The Ages (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>650</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755539119</t>
+          <t>9789755539201</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Grisis 2 - Kıyamet</t>
+          <t>Modern İran Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>570</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755539102</t>
+          <t>9789755539133</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Grisis 1 - Yaşlanmayanlar</t>
+          <t>Kilikia Araştırmaları 1</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>490</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755539041</t>
+          <t>9789755539096</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Dijitale Hikaye Anlatıcılığı</t>
+          <t>Öğretmenler İçin Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755539003</t>
+          <t>9789755539157</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ekosinema</t>
+          <t>Toplum İçindeki Zihin</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755538990</t>
+          <t>9789755539058</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Meclis’ten Menderes Geçti</t>
+          <t>Türkiye Devrimci Öğretmenler Birliği (T.Döb)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755539034</t>
+          <t>9789755539126</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Neo - Sinema</t>
+          <t>Bir Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755538983</t>
+          <t>9789755539140</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yugoslavya’da Sosyalizmden Kapitalizme Geçiş</t>
+          <t>El Sanatından Modern Sanatlara Süsleme ve Motifin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755539010</t>
+          <t>9789755539089</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp Ve Bingazi’de Hamidiye Alayları</t>
+          <t>Fenere Giden Yol</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755538921</t>
+          <t>9789755539065</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Denizler İçin Savaş</t>
+          <t>Birinci Dünya Savaşında İngiliz Stratejisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755538938</t>
+          <t>9789755539119</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Ateşle Dansı - Seramik Sanatının Soylu Tarihi</t>
+          <t>Grisis 2 - Kıyamet</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>490</v>
+        <v>570</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755538914</t>
+          <t>9789755539102</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Karmaşık Öykü Anlatıcılığı</t>
+          <t>Grisis 1 - Yaşlanmayanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755538907</t>
+          <t>9789755539041</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Gündelik Yaşam Dinamikleri</t>
+          <t>Gelenekselden Dijitale Hikaye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755538839</t>
+          <t>9789755539003</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu Adası</t>
+          <t>Ekosinema</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755537245</t>
+          <t>9789755538990</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası Matematik</t>
+          <t>Meclis’ten Menderes Geçti</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755537702</t>
+          <t>9789755539034</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Esnek Altıgenler ve Matematiksel Yanıltmalar</t>
+          <t>Neo - Sinema</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755538853</t>
+          <t>9789755538983</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Elele Özgürlüğe</t>
+          <t>Yugoslavya’da Sosyalizmden Kapitalizme Geçiş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755538860</t>
+          <t>9789755539010</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Düşünme ve Konuşma</t>
+          <t>Trablusgarp Ve Bingazi’de Hamidiye Alayları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755538877</t>
+          <t>9789755538921</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Aşk</t>
+          <t>Denizler İçin Savaş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755538884</t>
+          <t>9789755538938</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>2 Oyun 2 Madam</t>
+          <t>Toprağın Ateşle Dansı - Seramik Sanatının Soylu Tarihi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755538747</t>
+          <t>9789755538914</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Oyun</t>
+          <t>Sinemada Karmaşık Öykü Anlatıcılığı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>580</v>
+        <v>650</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755538846</t>
+          <t>9789755538907</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Camın Parıltılı Tarihi</t>
+          <t>Televizyonda Gündelik Yaşam Dinamikleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755538785</t>
+          <t>9789755538839</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk ve Çokluk Karşıtlığında Egemenlik ve Bilginin Kontrolü Üzerinden Dijital Haber Medyasında SEO</t>
+          <t>Çarpım Tablosu Adası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755538754</t>
+          <t>9789755537245</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Temelleri</t>
+          <t>Baş Belası Matematik</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>740</v>
+        <v>450</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755538792</t>
+          <t>9789755537702</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Seks Furyasına İdeolojik Bakış</t>
+          <t>Esnek Altıgenler ve Matematiksel Yanıltmalar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755538808</t>
+          <t>9789755538853</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Sinemaları</t>
+          <t>Elele Özgürlüğe</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755538778</t>
+          <t>9789755538860</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Sinemasında Sınıfsal Görünümler</t>
+          <t>Düşünme ve Konuşma</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755538761</t>
+          <t>9789755538877</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kesinliğin Kaybı</t>
+          <t>21. Yüzyılda Aşk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755538686</t>
+          <t>9789755538884</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kovboylara Bozlak Okutan Adam</t>
+          <t>2 Oyun 2 Madam</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755538730</t>
+          <t>9789755538747</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüzün En Nazenin Günleri</t>
+          <t>Matematik ve Oyun</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755538693</t>
+          <t>9789755538846</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Beni En Çok Anam Sevdi</t>
+          <t>Camın Parıltılı Tarihi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755538723</t>
+          <t>9789755538785</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kadir Bey Tarihi</t>
+          <t>İmparatorluk ve Çokluk Karşıtlığında Egemenlik ve Bilginin Kontrolü Üzerinden Dijital Haber Medyasında SEO</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755538709</t>
+          <t>9789755538754</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Jacques Prevert</t>
+          <t>Matematiğin Temelleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>740</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755538679</t>
+          <t>9789755538792</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Emrula</t>
+          <t>Türk Sinemasında Seks Furyasına İdeolojik Bakış</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755538716</t>
+          <t>9789755538808</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Julie Ya Da Yeni Heloise</t>
+          <t>Orta Doğu Sinemaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>790</v>
+        <v>650</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755538662</t>
+          <t>9789755538778</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Deniz Stratejisi</t>
+          <t>Yeni Türkiye Sinemasında Sınıfsal Görünümler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755538655</t>
+          <t>9789755538761</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bilme Arzusu</t>
+          <t>Matematik Kesinliğin Kaybı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755537658</t>
+          <t>9789755538686</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Matematiği Nasıl Anlamalı?</t>
+          <t>Kovboylara Bozlak Okutan Adam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>790</v>
+        <v>360</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755538563</t>
+          <t>9789755538730</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Medya</t>
+          <t>Ömrümüzün En Nazenin Günleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755538556</t>
+          <t>9789755538693</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tam Film Zamanı</t>
+          <t>Hayatta Beni En Çok Anam Sevdi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>360</v>
+        <v>590</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755538631</t>
+          <t>9789755538723</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzen</t>
+          <t>Kadir Bey Tarihi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755538570</t>
+          <t>9789755538709</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çoğul Yalnızlık</t>
+          <t>Jacques Prevert</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755538587</t>
+          <t>9789755538679</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Sonuna Doğru</t>
+          <t>Emrula</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755538600</t>
+          <t>9789755538716</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sanrı</t>
+          <t>Julie Ya Da Yeni Heloise</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755538617</t>
+          <t>9789755538662</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Estetik Şiddet</t>
+          <t>Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755538624</t>
+          <t>9789755538655</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>Bilme Arzusu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755538648</t>
+          <t>9789755537658</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>Matematiği Nasıl Anlamalı?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755538204</t>
+          <t>9789755538563</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Tarihi</t>
+          <t>Yapay Zeka ve Medya</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755538051</t>
+          <t>9789755538556</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sofraya! - Düşünen Baykuş</t>
+          <t>Tam Film Zamanı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755538068</t>
+          <t>9789755538631</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Seviyor, Sevmiyor… - Düşünen Baykuş</t>
+          <t>Siyasal Düzen</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755538112</t>
+          <t>9789755538570</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İtaat mi? İsyan mı? - Düşünen Baykuş</t>
+          <t>Üçüncü Çoğul Yalnızlık</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755538013</t>
+          <t>9789755538587</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? - Düşünen Baykuş</t>
+          <t>Osmanlı İmparatorluğu'nun Sonuna Doğru</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755537894</t>
+          <t>9789755538600</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sıfır Noktası - Düşünen Baykuş</t>
+          <t>Gerçek Sanrı</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755537849</t>
+          <t>9789755538617</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Yer</t>
+          <t>Estetik Şiddet</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755537825</t>
+          <t>9789755538624</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Neden Roman Yazarız? - Düşünen Baykuş</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755538006</t>
+          <t>9789755538648</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatmak Tarihi Anlatmak - Düşünen Baykuş</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755538099</t>
+          <t>9789755538204</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Neye Güleriz? - Düşünen Baykuş</t>
+          <t>Soğuk Savaş Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>390</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755537955</t>
+          <t>9789755538051</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Karma Düzen - Düşünen Baykuş</t>
+          <t>Sofraya! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755538082</t>
+          <t>9789755538068</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Özgür Müyüz? - Düşünen Baykuş</t>
+          <t>Seviyor, Sevmiyor… - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755538075</t>
+          <t>9789755538112</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ruhumuzu Aramak - Düşünen Baykuş</t>
+          <t>İtaat mi? İsyan mı? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755537832</t>
+          <t>9789755538013</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kötü Olmak İçin İyi Nedenler - Düşünen Baykuş</t>
+          <t>İnsan Nedir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755537870</t>
+          <t>9789755537894</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hiç Zamanım Yok! - Düşünen Baykuş</t>
+          <t>Evrenin Sıfır Noktası - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755538358</t>
+          <t>9789755537849</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Valizler Dolusu Umut</t>
+          <t>Kendine Ait Bir Yer</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755537887</t>
+          <t>9789755537825</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Harekete Geçtiğimizde Ne Yaparız? - Düşünen Baykuş</t>
+          <t>Neden Roman Yazarız? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755537856</t>
+          <t>9789755538006</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Tanrılar Hakkında Tartışırlar? - Düşünen Baykuş</t>
+          <t>Hikaye Anlatmak Tarihi Anlatmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755538037</t>
+          <t>9789755538099</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroya Gidiyorum Dünyayı İzliyorum - Düşünen Baykuş</t>
+          <t>Neye Güleriz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755537931</t>
+          <t>9789755537955</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayvan Sana Baktiğinda - Düşünen Baykuş</t>
+          <t>Karma Düzen - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755538129</t>
+          <t>9789755538082</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Ölür? - Düşünen Baykuş</t>
+          <t>Özgür Müyüz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755537924</t>
+          <t>9789755538075</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Nedir? - Düşünen Baykuş</t>
+          <t>Ruhumuzu Aramak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755537900</t>
+          <t>9789755537832</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dans Ediyorum Öyleyse Varım - Düşünen Baykuş</t>
+          <t>Kötü Olmak İçin İyi Nedenler - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755537917</t>
+          <t>9789755537870</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar - Düşünen Baykuş</t>
+          <t>Hiç Zamanım Yok! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755537979</t>
+          <t>9789755538358</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İçinde Doğayla Yaşamak - Düşünen Baykuş</t>
+          <t>Valizler Dolusu Umut</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>390</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755537801</t>
+          <t>9789755537887</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmak İstemiyorum - Düşünen Baykuş</t>
+          <t>Harekete Geçtiğimizde Ne Yaparız? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755537863</t>
+          <t>9789755537856</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Savaşır? - Düşünen Baykuş</t>
+          <t>İnsanlar Neden Tanrılar Hakkında Tartışırlar? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755537818</t>
+          <t>9789755538037</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Olmak - Düşünen Baykuş</t>
+          <t>Tiyatroya Gidiyorum Dünyayı İzliyorum - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755538020</t>
+          <t>9789755537931</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yabancıyla Yaşamak - Düşünen Baykuş</t>
+          <t>Bir Hayvan Sana Baktiğinda - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755538105</t>
+          <t>9789755538129</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Manzaraya Bakmak - Düşünen Baykuş</t>
+          <t>İnsanlar Neden Ölür? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755537993</t>
+          <t>9789755537924</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Kazanmak Onu Kaybetmek Midir? - Düşünen Baykuş</t>
+          <t>Avrupa Nedir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755538136</t>
+          <t>9789755537900</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarımızı Neden Severiz? - Düşünen Baykuş</t>
+          <t>Dans Ediyorum Öyleyse Varım - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755537962</t>
+          <t>9789755537917</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel - Düşünen Baykuş</t>
+          <t>Canavarlar - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755537986</t>
+          <t>9789755537979</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Futbol - Düşünen Baykuş</t>
+          <t>Doğanın İçinde Doğayla Yaşamak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755537948</t>
+          <t>9789755537801</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bu Hiç Adil Değil! - Düşünen Baykuş</t>
+          <t>Yaşlanmak İstemiyorum - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755538044</t>
+          <t>9789755537863</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sohbet - Düşünen Baykuş</t>
+          <t>İnsanlar Neden Savaşır? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755537610</t>
+          <t>9789755537818</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Bilge İle Bilime Yolculuk</t>
+          <t>Sorumlu Olmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755538198</t>
+          <t>9789755538020</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Eski Haber</t>
+          <t>Yabancıyla Yaşamak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755537634</t>
+          <t>9789755538105</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Türkiye'de Eğitim Sorunu ve Köy Enstitüleri</t>
+          <t>Manzaraya Bakmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755537665</t>
+          <t>9789755537993</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İdeolojinin Medyadaki Altın Çağı</t>
+          <t>Hayatını Kazanmak Onu Kaybetmek Midir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755537757</t>
+          <t>9789755538136</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Hukuk Felsefesi</t>
+          <t>Arkadaşlarımızı Neden Severiz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755538167</t>
+          <t>9789755537962</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx'ın Felsefik Kökenleri 1</t>
+          <t>Çok Güzel - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755537672</t>
+          <t>9789755537986</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Filmin Teni</t>
+          <t>Futbol - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755537740</t>
+          <t>9789755537948</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi ve Özgürlük</t>
+          <t>Bu Hiç Adil Değil! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755538174</t>
+          <t>9789755538044</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Sineması</t>
+          <t>Sohbet - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755537696</t>
+          <t>9789755537610</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Oğlu</t>
+          <t>Yapay Zeka Bilge İle Bilime Yolculuk</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755537641</t>
+          <t>9789755538198</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dijital İmgeler Evreni</t>
+          <t>Yeni Medya Eski Haber</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755537733</t>
+          <t>9789755537634</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Deniz Harbini Anlamak</t>
+          <t>Kemalist Türkiye'de Eğitim Sorunu ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755537627</t>
+          <t>9789755537665</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji ve Sinema</t>
+          <t>Kapitalist İdeolojinin Medyadaki Altın Çağı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755537764</t>
+          <t>9789755537757</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şarkdöngü</t>
+          <t>Kant'ın Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755537450</t>
+          <t>9789755538167</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Modernleşmesi</t>
+          <t>Genç Marx'ın Felsefik Kökenleri 1</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755537788</t>
+          <t>9789755537672</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Augustus Dönemi</t>
+          <t>Filmin Teni</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755537795</t>
+          <t>9789755537740</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Sonu mu?</t>
+          <t>Eğitim Felsefesi ve Özgürlük</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755537580</t>
+          <t>9789755538174</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasına Özgül Bakışlar</t>
+          <t>Dijitalin Sineması</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755537771</t>
+          <t>9789755537696</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Eksi Bir</t>
+          <t>Eşeğin Oğlu</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755537719</t>
+          <t>9789755537641</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Donanmanın Tarihsel Serüveni</t>
+          <t>Dijital İmgeler Evreni</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755537726</t>
+          <t>9789755537733</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Güç Sarkaçları: Silahlı Çatışmaların Melezleşmesinin Maliyet Bazlı Bir Analizi 1945 - 2015</t>
+          <t>Deniz Harbini Anlamak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755537511</t>
+          <t>9789755537627</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Değiştirme(me)li mi?</t>
+          <t>Kriminoloji ve Sinema</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755537528</t>
+          <t>9789755537764</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İnsan Evriminde Taş Aletler</t>
+          <t>Şarkdöngü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755537573</t>
+          <t>9789755537450</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sinemada ve Edebiyatta Şiirin Yüzü</t>
+          <t>Türk Siyasal Modernleşmesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755537559</t>
+          <t>9789755537788</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Matematik Felsefesi</t>
+          <t>Augustus Dönemi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755537597</t>
+          <t>9789755537795</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Film Yapmak</t>
+          <t>İnsanın Sonu mu?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755537481</t>
+          <t>9789755537580</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl İngiliz Romanında Mizah ve Hiciv</t>
+          <t>Türk Sinemasına Özgül Bakışlar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755537504</t>
+          <t>9789755537771</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Slyvia Plath ve Nilgün Marmara’da İntihar ve Ölüm</t>
+          <t>Eksi Bir</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755537498</t>
+          <t>9789755537719</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bitti</t>
+          <t>Donanmanın Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755537566</t>
+          <t>9789755537726</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Estetik Kategoriler: Çirkinin Estetiği</t>
+          <t>Güç Sarkaçları: Silahlı Çatışmaların Melezleşmesinin Maliyet Bazlı Bir Analizi 1945 - 2015</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755537474</t>
+          <t>9789755537511</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kültürötesi İmgeler</t>
+          <t>Değiştirme(me)li mi?</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755537535</t>
+          <t>9789755537528</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bellek</t>
+          <t>İnsan Evriminde Taş Aletler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755537467</t>
+          <t>9789755537573</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Stratejiye Giriş ve Deniz Stratejisi</t>
+          <t>Sinemada ve Edebiyatta Şiirin Yüzü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755537412</t>
+          <t>9789755537559</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kuramı</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755537221</t>
+          <t>9789755537597</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Grafik Sanat Olarak Sinema</t>
+          <t>Film Yapmak</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755537405</t>
+          <t>9789755537481</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Büyülü Çemberi</t>
+          <t>20. Yüzyıl İngiliz Romanında Mizah ve Hiciv</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755537368</t>
+          <t>9789755537504</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>IŞİD Tarihi</t>
+          <t>Slyvia Plath ve Nilgün Marmara’da İntihar ve Ölüm</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755537429</t>
+          <t>9789755537498</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Yaşamak</t>
+          <t>Bitti</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>560</v>
+        <v>390</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755537436</t>
+          <t>9789755537566</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Elemtere Fiş Kem Gözlere Şiş!</t>
+          <t>Sinemada Estetik Kategoriler: Çirkinin Estetiği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755537283</t>
+          <t>9789755537474</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Narsist</t>
+          <t>Kültürötesi İmgeler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755537160</t>
+          <t>9789755537535</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 50 Askeri Lider</t>
+          <t>Ekran Bellek</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755537399</t>
+          <t>9789755537467</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Stratejiye Giriş ve Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>440</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755537252</t>
+          <t>9789755537412</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Teknoloji</t>
+          <t>Sinema Kuramı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>570</v>
+        <v>490</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755537214</t>
+          <t>9789755537221</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Deha ve Karakter</t>
+          <t>Grafik Sanat Olarak Sinema</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755537382</t>
+          <t>9789755537405</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Öğle Yemeğinde Matematik</t>
+          <t>İdeolojinin Büyülü Çemberi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755537375</t>
+          <t>9789755537368</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kahve Molasında Matematik</t>
+          <t>IŞİD Tarihi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755537207</t>
+          <t>9789755537429</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Generalinin Günlükleri</t>
+          <t>Sayılarla Yaşamak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755537306</t>
+          <t>9789755537436</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Siyaseti Düşünmek</t>
+          <t>Elemtere Fiş Kem Gözlere Şiş!</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755537269</t>
+          <t>9789755537283</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Mizah</t>
+          <t>Narsist</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755537184</t>
+          <t>9789755537160</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Sineması</t>
+          <t>Dünyayı Değiştiren 50 Askeri Lider</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755537313</t>
+          <t>9789755537399</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kadının Kamerasından</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755537139</t>
+          <t>9789755537252</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Acı</t>
+          <t>Savaş ve Teknoloji</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755537276</t>
+          <t>9789755537214</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Özçekim-Selfie</t>
+          <t>Deha ve Karakter</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755537351</t>
+          <t>9789755537382</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Arasında</t>
+          <t>Öğle Yemeğinde Matematik</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755537191</t>
+          <t>9789755537375</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Senin Sineman</t>
+          <t>Kahve Molasında Matematik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755537177</t>
+          <t>9789755537207</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Özgür Çocuk Özgür İnsan</t>
+          <t>Bir Rus Generalinin Günlükleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755537290</t>
+          <t>9789755537306</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Televizyon Formatları</t>
+          <t>Siyaseti Düşünmek</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755537344</t>
+          <t>9789755537269</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Belgesel Sinemada Kadın Emeği</t>
+          <t>Türk Sinemasında Mizah</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755537146</t>
+          <t>9789755537184</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belgesel Film Festivalleri</t>
+          <t>Akdeniz Sineması</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755537153</t>
+          <t>9789755537313</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bir Bölü Sonsuz</t>
+          <t>Kadının Kamerasından</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755537320</t>
+          <t>9789755537139</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Araf'ta İmgeler</t>
+          <t>Duygusal Acı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755537122</t>
+          <t>9789755537276</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yakın Doğu’da Besin Üretimi</t>
+          <t>Özçekim-Selfie</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755537078</t>
+          <t>9789755537351</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik ve Anarşizm</t>
+          <t>İmgeler Arasında</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755537030</t>
+          <t>9789755537191</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Üç Okyanusun Öyküsü</t>
+          <t>Senin Sineman</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755537016</t>
+          <t>9789755537177</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sinema Yazıları</t>
+          <t>Özgür Çocuk Özgür İnsan</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755536972</t>
+          <t>9789755537290</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Safın Notları</t>
+          <t>Türkiye'de Televizyon Formatları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755537115</t>
+          <t>9789755537344</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Muhafazakarlık</t>
+          <t>Türkiye’de Belgesel Sinemada Kadın Emeği</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755536989</t>
+          <t>9789755537146</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Tahakkümü Karşısında Konuşmanın İktidarı</t>
+          <t>Türkiye'de Belgesel Film Festivalleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755537092</t>
+          <t>9789755537153</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan İnsan Manzaraları</t>
+          <t>Bir Bölü Sonsuz</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755537085</t>
+          <t>9789755537320</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sanat Sineması</t>
+          <t>Araf'ta İmgeler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>680</v>
+        <v>480</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755537108</t>
+          <t>9789755537122</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Pratikte Sinemada Kurgu</t>
+          <t>Yakın Doğu’da Besin Üretimi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755537009</t>
+          <t>9789755537078</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Psikanaliz ve Diyalektik Materyalizm</t>
+          <t>Sivil İtaatsizlik ve Anarşizm</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755537047</t>
+          <t>9789755537030</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 1</t>
+          <t>Üç Okyanusun Öyküsü</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755537054</t>
+          <t>9789755537016</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 2</t>
+          <t>Sinema Yazıları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755537023</t>
+          <t>9789755536972</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarih Yazımının Öncüleri</t>
+          <t>Bir Safın Notları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755537061</t>
+          <t>9789755537115</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Yugoslavya’da Sosyalist Özyönetim Deneyimi</t>
+          <t>Toplumsal Muhafazakarlık</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>700</v>
+        <v>480</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755536996</t>
+          <t>9789755536989</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Dünyası - 315 Akıl Oyunuyla Matematik Tarihi</t>
+          <t>Şiddetin Tahakkümü Karşısında Konuşmanın İktidarı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>2450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755537443</t>
+          <t>9789755537092</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Taş Aletler</t>
+          <t>Osmanlıdan İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755536941</t>
+          <t>9789755537085</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Risaletü’n-Nushiyye’si ve Divan’ı</t>
+          <t>Küresel Sanat Sineması</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>1300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755536903</t>
+          <t>9789755537108</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sophie’nin Günlüğü</t>
+          <t>Teoride ve Pratikte Sinemada Kurgu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755536927</t>
+          <t>9789755537009</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Kısa Tarihi</t>
+          <t>Sinemada Psikanaliz ve Diyalektik Materyalizm</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755536880</t>
+          <t>9789755537047</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Esasları</t>
+          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755536958</t>
+          <t>9789755537054</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Resim Tarihi</t>
+          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755536866</t>
+          <t>9789755537023</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>...Rağmen Sinema</t>
+          <t>İlkçağ Tarih Yazımının Öncüleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755536873</t>
+          <t>9789755537061</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Doğuşu</t>
+          <t>Yugoslavya’da Sosyalist Özyönetim Deneyimi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755536859</t>
+          <t>9789755536996</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Devlet ve Toplum Felsefesi</t>
+          <t>Bilmeceler Dünyası - 315 Akıl Oyunuyla Matematik Tarihi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>600</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755536897</t>
+          <t>9789755537443</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Belgesel - Kısa Film - Video Sanatı</t>
+          <t>Taş Aletler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755536767</t>
+          <t>9789755536941</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Savaşları Değiştiren 50 Silah</t>
+          <t>Yunus Emre’nin Risaletü’n-Nushiyye’si ve Divan’ı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>490</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755536736</t>
+          <t>9789755536903</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün</t>
+          <t>Sophie’nin Günlüğü</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755536811</t>
+          <t>9789755536927</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Olimpiyat Oyunlarında</t>
+          <t>Sayıların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755536781</t>
+          <t>9789755536880</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Arazi Peşinde</t>
+          <t>Savaşın Esasları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755536743</t>
+          <t>9789755536958</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema Tarihi</t>
+          <t>Resim Tarihi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>570</v>
+        <v>400</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755536705</t>
+          <t>9789755536866</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bir'in Matematiği Sonsuzun Geometrisi</t>
+          <t>...Rağmen Sinema</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755536774</t>
+          <t>9789755536873</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Büyük Askeri Gaflar</t>
+          <t>Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755536729</t>
+          <t>9789755536859</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Dil, Kültür ve Metin</t>
+          <t>Hegel’in Devlet ve Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755536804</t>
+          <t>9789755536897</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Hazine Bölüşüyor</t>
+          <t>Belgesel - Kısa Film - Video Sanatı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755536798</t>
+          <t>9789755536767</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Banka Soyuyor</t>
+          <t>Savaşları Değiştiren 50 Silah</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755536842</t>
+          <t>9789755536736</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Matematik</t>
+          <t>Aşktan da Üstün</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755536835</t>
+          <t>9789755536811</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Tuzak Kuruyor</t>
+          <t>Avanaklar Olimpiyat Oyunlarında</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755536712</t>
+          <t>9789755536781</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kaos Etiği</t>
+          <t>Avanaklar Arazi Peşinde</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755536828</t>
+          <t>9789755536743</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Sanatçı Oluyor</t>
+          <t>Sessiz Sinema Tarihi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755536699</t>
+          <t>9789755536705</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Büyüsü</t>
+          <t>Bir'in Matematiği Sonsuzun Geometrisi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755536682</t>
+          <t>9789755536774</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Pragmatizm</t>
+          <t>Büyük Askeri Gaflar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755536750</t>
+          <t>9789755536729</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 50 Savaş</t>
+          <t>Dil, Kültür ve Metin</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755536668</t>
+          <t>9789755536804</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Matematik Mi Dediniz?</t>
+          <t>Avanaklar Hazine Bölüşüyor</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755536644</t>
+          <t>9789755536798</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bizans Savaş Sanatı</t>
+          <t>Avanaklar Banka Soyuyor</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755536620</t>
+          <t>9789755536842</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Günlük Eşyalarla Eğlenceli Deneyler</t>
+          <t>Gizemli Matematik</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755536606</t>
+          <t>9789755536835</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçilik ve Liberalizm</t>
+          <t>Avanaklar Tuzak Kuruyor</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755536651</t>
+          <t>9789755536712</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hollywood'un Film Dili</t>
+          <t>Kaos Etiği</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>570</v>
+        <v>600</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755536613</t>
+          <t>9789755536828</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>En İyi Matematik ve Mantık Bilmeceleri</t>
+          <t>Avanaklar Sanatçı Oluyor</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755536637</t>
+          <t>9789755536699</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Mutlu mu Yaşadılar?</t>
+          <t>Bilimin Büyüsü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755536552</t>
+          <t>9789755536682</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tiyatrosu</t>
+          <t>Cumhuriyet ve Pragmatizm</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755536590</t>
+          <t>9789755536750</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Bilmeceleri</t>
+          <t>Dünyayı Değiştiren 50 Savaş</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755536576</t>
+          <t>9789755536668</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Matematik Aşkı</t>
+          <t>Matematik Mi Dediniz?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>660</v>
+        <v>560</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755536408</t>
+          <t>9789755536644</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 1 - Yemekte Fare</t>
+          <t>Bizans Savaş Sanatı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755536460</t>
+          <t>9789755536620</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 10 - On ve Dostları</t>
+          <t>Günlük Eşyalarla Eğlenceli Deneyler</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755536439</t>
+          <t>9789755536606</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 9 - Bize Bir Tatlı</t>
+          <t>Cumhuriyetçilik ve Liberalizm</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755536477</t>
+          <t>9789755536651</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 8 - Kamp Macerası</t>
+          <t>Hollywood'un Film Dili</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755536484</t>
+          <t>9789755536613</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 7 - Sihirbaz Fare</t>
+          <t>En İyi Matematik ve Mantık Bilmeceleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755536415</t>
+          <t>9789755536637</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 6 - Altı Tık</t>
+          <t>Sonsuza Kadar Mutlu mu Yaşadılar?</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755536422</t>
+          <t>9789755536552</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 5 - Arka Pati Beş</t>
+          <t>Kürt Tiyatrosu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755536446</t>
+          <t>9789755536590</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 4 - Spor İçin Dört</t>
+          <t>Eğlenceli Matematik Bilmeceleri</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755536491</t>
+          <t>9789755536576</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 3 - En Güçlü Fare Üç</t>
+          <t>Matematik Aşkı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755536453</t>
+          <t>9789755536408</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 2 - Biki ile İki Eder</t>
+          <t>Fareler ve Sayılar 1 - Yemekte Fare</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755536538</t>
+          <t>9789755536460</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Stratejiyi Anlamak</t>
+          <t>Fareler ve Sayılar 10 - On ve Dostları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>640</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755535821</t>
+          <t>9789755536439</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Sürecinde Şair / Şiir - Vicdan</t>
+          <t>Fareler ve Sayılar 9 - Bize Bir Tatlı</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755536569</t>
+          <t>9789755536477</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kanunların Ruhu Üzerine</t>
+          <t>Fareler ve Sayılar 8 - Kamp Macerası</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>790</v>
+        <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755536545</t>
+          <t>9789755536484</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Akımlar</t>
+          <t>Fareler ve Sayılar 7 - Sihirbaz Fare</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755536316</t>
+          <t>9789755536415</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Modern Stratejinin Ustaları</t>
+          <t>Fareler ve Sayılar 6 - Altı Tık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755536057</t>
+          <t>9789755536422</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Aşk Felsefesi</t>
+          <t>Fareler ve Sayılar 5 - Arka Pati Beş</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755536224</t>
+          <t>9789755536446</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sanat Tarihi</t>
+          <t>Fareler ve Sayılar 4 - Spor İçin Dört</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755536385</t>
+          <t>9789755536491</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kıtlığı Yeniden Düşünmek</t>
+          <t>Fareler ve Sayılar 3 - En Güçlü Fare Üç</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755536279</t>
+          <t>9789755536453</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Zaferi</t>
+          <t>Fareler ve Sayılar 2 - Biki ile İki Eder</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755536170</t>
+          <t>9789755536538</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Marksist Teoride İdeoloji ve Politika</t>
+          <t>Çağdaş Stratejiyi Anlamak</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>360</v>
+        <v>640</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755536392</t>
+          <t>9789755535821</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Modern Strateji</t>
+          <t>Kendilik Sürecinde Şair / Şiir - Vicdan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755536217</t>
+          <t>9789755536569</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kadın Psikolojisi</t>
+          <t>Kanunların Ruhu Üzerine</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755536286</t>
+          <t>9789755536545</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Sinema Kuramları</t>
+          <t>Dünya Sinemasında Akımlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>590</v>
+        <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755536149</t>
+          <t>9789755536316</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Bağımsız Sineması</t>
+          <t>Modern Stratejinin Ustaları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755536262</t>
+          <t>9789755536057</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağda Bilgi Felsefesi</t>
+          <t>Aşk Felsefesi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755536330</t>
+          <t>9789755536224</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Yaptırmamak</t>
+          <t>Marksizm ve Sanat Tarihi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755536231</t>
+          <t>9789755536385</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Devlet ve Toplum Felsefesine Giriş</t>
+          <t>Kıtlığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755536255</t>
+          <t>9789755536279</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Zihni Nasıl Gelişir?</t>
+          <t>Ölümün Zaferi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755536347</t>
+          <t>9789755536170</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Radyo-Televizyonlar</t>
+          <t>Marksist Teoride İdeoloji ve Politika</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755536200</t>
+          <t>9789755536392</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Zombiyi Isıran Adam</t>
+          <t>Modern Strateji</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>390</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755536354</t>
+          <t>9789755536217</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal’ın Şiirlerinde Coğrafi Mekan</t>
+          <t>Sinemada Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755536293</t>
+          <t>9789755536286</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Şiir</t>
+          <t>Avrupa Sinema Kuramları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755536323</t>
+          <t>9789755536149</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kesin Belirsizlik</t>
+          <t>Amerikan Bağımsız Sineması</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>630</v>
+        <v>550</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755536248</t>
+          <t>9789755536262</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Tarihi</t>
+          <t>Yeniçağda Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>1280</v>
+        <v>590</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755535289</t>
+          <t>9789755536330</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sanatçılar Ansiklopedisi</t>
+          <t>İklim Krizi ve Yaptırmamak</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>1400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755534176</t>
+          <t>9789755536231</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 3. Kitap - Fotoğrafın Derin Anlamı</t>
+          <t>Hegel’in Devlet ve Toplum Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755534169</t>
+          <t>9789755536255</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 2. Kitap - Görüntü Büyücüsü</t>
+          <t>Çocuk Zihni Nasıl Gelişir?</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755534152</t>
+          <t>9789755536347</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 1. Kitap - Görüntüler Evreni</t>
+          <t>Türkiye’de Radyo-Televizyonlar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755535029</t>
+          <t>9789755536200</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçiliğin Tarihi</t>
+          <t>Zombiyi Isıran Adam</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755536118</t>
+          <t>9789755536354</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Onlukları</t>
+          <t>Pir Sultan Abdal’ın Şiirlerinde Coğrafi Mekan</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755535999</t>
+          <t>9789755536293</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Normalden Anormale Aşk ve Aşk Sineması</t>
+          <t>Dil ve Şiir</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755535975</t>
+          <t>9789755536323</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema</t>
+          <t>Kesin Belirsizlik</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>480</v>
+        <v>630</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755535944</t>
+          <t>9789755536248</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Felsefesi</t>
+          <t>Matematiğin Tarihi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755534664</t>
+          <t>9789755535289</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yazılan Sözler</t>
+          <t>Görsel Sanatçılar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>460</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755533056</t>
+          <t>9789755534176</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yenilginin Diyalektiği</t>
+          <t>Görme Kültürü 3. Kitap - Fotoğrafın Derin Anlamı</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755534008</t>
+          <t>9789755534169</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Matematik</t>
+          <t>Görme Kültürü 2. Kitap - Görüntü Büyücüsü</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755535395</t>
+          <t>9789755534152</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yaratılan Deniz Gücünün Stratejisi</t>
+          <t>Görme Kültürü 1. Kitap - Görüntüler Evreni</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755535043</t>
+          <t>9789755535029</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlar</t>
+          <t>Gerçekçiliğin Tarihi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755533353</t>
+          <t>9789755536118</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Masalları</t>
+          <t>Kral'ın Onlukları</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755535371</t>
+          <t>9789755535999</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Sineması ve Batı</t>
+          <t>Normalden Anormale Aşk ve Aşk Sineması</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755535531</t>
+          <t>9789755535975</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Felsefi Arka Planı</t>
+          <t>Ve Sinema</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755535692</t>
+          <t>9789755535944</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Ekonomik Yapısı</t>
+          <t>Gündelik Hayatın Felsefesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755535470</t>
+          <t>9789755534664</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Truva Savaşı</t>
+          <t>Zamana Yazılan Sözler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755533427</t>
+          <t>9789755533056</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Tibet Masalları</t>
+          <t>Yenilginin Diyalektiği</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755533766</t>
+          <t>9789755534008</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Terapiye Hayır Duygu Tiranlığı ve Psikolojik Tedavi Efsanesi Psikoterapik Tiranlık</t>
+          <t>Yaşayan Matematik</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755534961</t>
+          <t>9789755535395</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tekstil ve Giyim Kuşamın Kültürel Tarihi</t>
+          <t>Yaratılan Deniz Gücünün Stratejisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755535036</t>
+          <t>9789755535043</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yapmak</t>
+          <t>Yamyamlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755536309</t>
+          <t>9789755533353</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Strateji Dolaylı Tutum</t>
+          <t>Vietnam Masalları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>695</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755534268</t>
+          <t>9789755535371</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü Şiir ve Şair Üzerine Yazılan Şiirler Derlencesi</t>
+          <t>Üçüncü Dünya Sineması ve Batı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755535418</t>
+          <t>9789755535531</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Gerçeklik</t>
+          <t>Türk Sinemasının Felsefi Arka Planı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755534213</t>
+          <t>9789755535692</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Mantık Bulmacaları</t>
+          <t>Türk Sinemasının Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755535845</t>
+          <t>9789755535470</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Matematik (Ciltli)</t>
+          <t>Truva Savaşı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755531731</t>
+          <t>9789755533427</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Özgürlük</t>
+          <t>Tibet Masalları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755534893</t>
+          <t>9789755533766</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Senin Zamanın Pablo Neruda</t>
+          <t>Terapiye Hayır Duygu Tiranlığı ve Psikolojik Tedavi Efsanesi Psikoterapik Tiranlık</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789755535920</t>
+          <t>9789755534961</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Senertesi Şiirleri</t>
+          <t>Tekstil ve Giyim Kuşamın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755534688</t>
+          <t>9789755535036</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Savaşma İçgüdüsü</t>
+          <t>Tarih Yapmak</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755534282</t>
+          <t>9789755536309</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Ustaları Klasik Stratejiler</t>
+          <t>Strateji Dolaylı Tutum</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>680</v>
+        <v>695</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755534725</t>
+          <t>9789755534268</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üzerine</t>
+          <t>Sözün Büyüsü Şiir ve Şair Üzerine Yazılan Şiirler Derlencesi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>690</v>
+        <v>800</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755534503</t>
+          <t>9789755535418</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sözlüğü</t>
+          <t>Sinema ve Gerçeklik</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755535807</t>
+          <t>9789755534213</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Sıradışı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755535555</t>
+          <t>9789755535845</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Saniyede 24 Kare Ölüm</t>
+          <t>Sevimli Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755535111</t>
+          <t>9789755531731</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Sevgi ve Özgürlük</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789755534954</t>
+          <t>9789755534893</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Pratik Bir Felsefe</t>
+          <t>Senin Zamanın Pablo Neruda</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755533032</t>
+          <t>9789755535920</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Politikanın Çocuklara Açıklanması</t>
+          <t>Senertesi Şiirleri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789758408498</t>
+          <t>9789755534688</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Piramitler Gerçeği</t>
+          <t>Savaşma İçgüdüsü</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755535142</t>
+          <t>9789755534282</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı, Silah ve Savaş Tekniğinin Kültürel Tarihi</t>
+          <t>Savaşın Ustaları Klasik Stratejiler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>440</v>
+        <v>680</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755534183</t>
+          <t>9789755534725</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yüz</t>
+          <t>Savaş Üzerine</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789755535708</t>
+          <t>9789755534503</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Bilmeceler</t>
+          <t>Savaş Sözlüğü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755534800</t>
+          <t>9789755535807</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Otomatlar Mekanik Oyuncaklar Tarihi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755535777</t>
+          <t>9789755535555</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Nobel, Orhan Pamuk ve Yazarlığı</t>
+          <t>Saniyede 24 Kare Ölüm</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755534015</t>
+          <t>9789755535111</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Napoleon Ölmez Sayfalar</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755535203</t>
+          <t>9789755534954</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>Pragmatizm Pratik Bir Felsefe</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755534978</t>
+          <t>9789755533032</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatının Tarihsel Serüveni</t>
+          <t>Politikanın Çocuklara Açıklanması</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755534701</t>
+          <t>9789758408498</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Muhammed</t>
+          <t>Piramitler Gerçeği</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755534930</t>
+          <t>9789755535142</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Kültürel Tarihi</t>
+          <t>Patlayıcı, Silah ve Savaş Tekniğinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755535616</t>
+          <t>9789755534183</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Efendisi Şiddet</t>
+          <t>Öteki Yüz</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755535661</t>
+          <t>9789755535708</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Kedi Penrose’un Yeni Maceraları</t>
+          <t>Oyunlar ve Bilmeceler</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755535654</t>
+          <t>9789755534800</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Kedi Penrose’un Maceraları</t>
+          <t>Otomatlar Mekanik Oyuncaklar Tarihi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755534206</t>
+          <t>9789755535777</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Mizah</t>
+          <t>Nobel, Orhan Pamuk ve Yazarlığı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755535746</t>
+          <t>9789755534015</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Matematik Üzümleri (Ciltli)</t>
+          <t>Napoleon Ölmez Sayfalar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755535722</t>
+          <t>9789755535203</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Zamanı : Matematik Stratejileri (Ciltli)</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755535838</t>
+          <t>9789755534978</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Matematik Patatesleri (Ciltli)</t>
+          <t>Müzik Sanatının Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755535876</t>
+          <t>9789755534701</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Matematik Hayattır</t>
+          <t>Muhammed</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755534671</t>
+          <t>9789755534930</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kültürel Tarihi</t>
+          <t>Mitolojinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>630</v>
+        <v>440</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755535524</t>
+          <t>9789755535616</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Madencilik, Metalürji ve Mineralojinin Çileli Tarihi</t>
+          <t>Medyanın Efendisi Şiddet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755535791</t>
+          <t>9789755535661</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Liberal Adalet</t>
+          <t>Matematikçi Kedi Penrose’un Yeni Maceraları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755535784</t>
+          <t>9789755535654</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kapitalizm Öncesi Tarihi’nin Maddesi</t>
+          <t>Matematikçi Kedi Penrose’un Maceraları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755535548</t>
+          <t>9789755534206</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hollywood</t>
+          <t>Matematik ve Mizah</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789755535357</t>
+          <t>9789755535746</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kültürün İşleyişi</t>
+          <t>Matematik Üzümleri (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>590</v>
+        <v>700</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755535326</t>
+          <t>9789755535722</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Tapınağı</t>
+          <t>Çarpma Zamanı : Matematik Stratejileri (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755535449</t>
+          <t>9789755535838</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 2</t>
+          <t>Matematik Patatesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755535432</t>
+          <t>9789755535876</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 1</t>
+          <t>Matematik Hayattır</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789755535937</t>
+          <t>9789755534671</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dünyalar</t>
+          <t>Matematiğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755534763</t>
+          <t>9789755535524</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kısa Ortadoğu Tarihi</t>
+          <t>Madencilik, Metalürji ve Mineralojinin Çileli Tarihi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789756557853</t>
+          <t>9789755535791</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kısa Matematik Tarihi</t>
+          <t>Liberal Adalet</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755533124</t>
+          <t>9789755535784</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerikan Hikayeleri</t>
+          <t>Kürtlerin Kapitalizm Öncesi Tarihi’nin Maddesi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755534831</t>
+          <t>9789755535548</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kant Estetiği ve Yazın Kuramı</t>
+          <t>Küresel Hollywood</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789755534909</t>
+          <t>9789755535357</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kağıdın ve Matbaanın Kültürel Tarihi</t>
+          <t>Kültürün İşleyişi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>480</v>
+        <v>590</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789755534947</t>
+          <t>9789755535326</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Edebiyatı Öykü Antolojisi</t>
+          <t>Kudüs Tapınağı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755534640</t>
+          <t>9789755535449</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ölümü ve Bilginin Doğuşu</t>
+          <t>Klasik Gitar Tarihi 2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789755534237</t>
+          <t>9789755535432</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İngilizce’de Özel Kullanımlar 500 Soru - 500 Yanıt</t>
+          <t>Klasik Gitar Tarihi 1</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755534718</t>
+          <t>9789755535937</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İman ve Kılıç</t>
+          <t>Kızıl Dünyalar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789758408672</t>
+          <t>9789755534763</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İlkeli İnsan</t>
+          <t>Kısa Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789755534343</t>
+          <t>9789756557853</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İki İnsan İki Anıt: Eduard Zuckmayer - Walter Strauss</t>
+          <t>Kısa Matematik Tarihi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>600</v>
+        <v>560</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789756557907</t>
+          <t>9789755533124</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekalara Hodri Meydan ! Bilmeceler</t>
+          <t>Kısa Amerikan Hikayeleri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755535685</t>
+          <t>9789755534831</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun Sömürgecilik!</t>
+          <t>Kant Estetiği ve Yazın Kuramı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755535678</t>
+          <t>9789755534909</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Herkül’ün Zaferleri</t>
+          <t>Kağıdın ve Matbaanın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755534749</t>
+          <t>9789755534947</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yazısı: Jorge Semprun</t>
+          <t>İtalyan Edebiyatı Öykü Antolojisi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755535586</t>
+          <t>9789755534640</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Havana Bildirileri</t>
+          <t>İnsanın Ölümü ve Bilginin Doğuşu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755535609</t>
+          <t>9789755534237</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Haiti Devrimi</t>
+          <t>İngilizce’de Özel Kullanımlar 500 Soru - 500 Yanıt</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755535067</t>
+          <t>9789755534718</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşam ve Eğlencenin Kültürel Tarihi</t>
+          <t>İman ve Kılıç</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>480</v>
+        <v>440</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755533087</t>
+          <t>9789758408672</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Gülmecenin Dilleri</t>
+          <t>İlkeli İnsan</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789756557198</t>
+          <t>9789755534343</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Geometrinin Gizli Dünyası</t>
+          <t>İki İnsan İki Anıt: Eduard Zuckmayer - Walter Strauss</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755534190</t>
+          <t>9789756557907</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçıyla Diyaloglar</t>
+          <t>Süper Zekalara Hodri Meydan ! Bilmeceler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755534794</t>
+          <t>9789755535685</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>FKF Dev - Genç Tarihi</t>
+          <t>Kahrolsun Sömürgecilik!</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>1000</v>
+        <v>480</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755534855</t>
+          <t>9789755535678</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Kültürel Tarihi</t>
+          <t>Herkül’ün Zaferleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755533957</t>
+          <t>9789755534749</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Filistinliler 1948-1998 Fedai Nesli: Silahlı Mücadeleden Özerkliğe</t>
+          <t>Hayat Yazısı: Jorge Semprun</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755535500</t>
+          <t>9789755535586</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Etkisinde Türkiye’de Sinema (1939-1945)</t>
+          <t>Havana Bildirileri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755535630</t>
+          <t>9789755535609</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Haiti Devrimi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755535364</t>
+          <t>9789755535067</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Erkekler</t>
+          <t>Gündelik Yaşam ve Eğlencenin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755535951</t>
+          <t>9789755533087</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Masalları Seti (8 Kitap Takım) (Ciltli)</t>
+          <t>Gülmecenin Dilleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>5600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755535753</t>
+          <t>9789756557198</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Masalları (Ciltli)</t>
+          <t>Geometrinin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>700</v>
+        <v>590</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755535210</t>
+          <t>9789755534190</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Hayvan</t>
+          <t>Fotoğrafçıyla Diyaloglar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755535906</t>
+          <t>9789755534794</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırıklıkları Atölyesi</t>
+          <t>FKF Dev - Genç Tarihi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755535739</t>
+          <t>9789755534855</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Matematik (Ciltli)</t>
+          <t>Fiziğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>700</v>
+        <v>540</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755535517</t>
+          <t>9789755533957</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Doris Lessing’i Yeniden Okumak</t>
+          <t>Filistinliler 1948-1998 Fedai Nesli: Silahlı Mücadeleden Özerkliğe</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755534817</t>
+          <t>9789755535500</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz Yakından</t>
+          <t>Faşizmin Etkisinde Türkiye’de Sinema (1939-1945)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755533209</t>
+          <t>9789755535630</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755535562</t>
+          <t>9789755535364</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Denizde Komuta</t>
+          <t>Erkekler</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755535128</t>
+          <t>9789755535951</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Deniz Stratejisinin Prensipleri</t>
+          <t>Eğlenceli Matematik Masalları Seti (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>440</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755535234</t>
+          <t>9789755535753</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (3 Cilt Takım)</t>
+          <t>Eğlenceli Matematik Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>1400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755534862</t>
+          <t>9789755535210</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiyi Kurmak</t>
+          <t>Düşünen Hayvan</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755535104</t>
+          <t>9789755535906</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi: Türkiye Serüveni</t>
+          <t>Düş Kırıklıkları Atölyesi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755533131</t>
+          <t>9789755535739</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Dört Mevsim Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755535302</t>
+          <t>9789755535517</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Değişen Ailelerde Çocuklar</t>
+          <t>Doris Lessing’i Yeniden Okumak</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755534251</t>
+          <t>9789755534817</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Deer Mişim!</t>
+          <t>Doğu Akdeniz Yakından</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755535852</t>
+          <t>9789755533209</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Daha Eğlenceli Matematik Masalları (Ciltli)</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755535388</t>
+          <t>9789755535562</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Daha Eğlenceli Matematik</t>
+          <t>Denizde Komuta</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>570</v>
+        <v>600</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789756557242</t>
+          <t>9789755535128</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Çöz Bakalım</t>
+          <t>Deniz Stratejisinin Prensipleri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755534824</t>
+          <t>9789755535234</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Hakkında Karar Verme</t>
+          <t>Denemeler (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>490</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755535814</t>
+          <t>9789755534862</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Chicago Okulu</t>
+          <t>Demokrasiyi Kurmak</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755535463</t>
+          <t>9789755535104</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Demokrasi: Türkiye Serüveni</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755535296</t>
+          <t>9789755533131</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Camelia</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755535890</t>
+          <t>9789755535302</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Marksizm</t>
+          <t>Değişen Ailelerde Çocuklar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755533049</t>
+          <t>9789755534251</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deneme</t>
+          <t>Deer Mişim!</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755535715</t>
+          <t>9789755535852</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Diyarına Yolculuk</t>
+          <t>Daha Eğlenceli Matematik Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755534411</t>
+          <t>9789755535388</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Kavimlerinin Doğu’dan Batı’ya Göçleri</t>
+          <t>Daha Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789755534879</t>
+          <t>9789756557242</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Biyolojinin Kültürel Tarihi</t>
+          <t>Çöz Bakalım</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755535050</t>
+          <t>9789755534824</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Ruhuna Ağıt</t>
+          <t>Çocuklar Hakkında Karar Verme</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789755535494</t>
+          <t>9789755535814</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Kahramanı Selahaddin</t>
+          <t>Chicago Okulu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789755535579</t>
+          <t>9789755535463</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden Yunan Mitleri</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789756557778</t>
+          <t>9789755535296</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları 2</t>
+          <t>Camelia</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789756557761</t>
+          <t>9789755535890</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları  1</t>
+          <t>Büyülü Marksizm</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789755534220</t>
+          <t>9789755533049</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Bilim ve Matematik Bulmacaları</t>
+          <t>Büyük Deneme</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789755535081</t>
+          <t>9789755535715</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesinde İslam</t>
+          <t>Bulmacalar Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789755531755</t>
+          <t>9789755534411</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Baleylim Bale Üzerine Fotografik Bir Etüd A Photographic Study of Dance (60 Siyah-Beyaz Duotone 25 Renkli Fotoğraf) (Ciltli)</t>
+          <t>Bozkır Kavimlerinin Doğu’dan Batı’ya Göçleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>3500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789755534244</t>
+          <t>9789755534879</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Söz Ederken Alçak Sesle Konuşunuz</t>
+          <t>Biyolojinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>80</v>
+        <v>660</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789755534985</t>
+          <t>9789755535050</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Astronomi ve Coğrafyanın Kültürel Tarihi</t>
+          <t>Bir Kadının Ruhuna Ağıt</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789755532998</t>
+          <t>9789755535494</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Annelerle Söyleşi</t>
+          <t>Bir İslam Kahramanı Selahaddin</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789755533988</t>
+          <t>9789755535579</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Anlam Bilim Sözcüğün Anlam Açılımı</t>
+          <t>Bir Çocuğun Gözünden Yunan Mitleri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789755535272</t>
+          <t>9789756557778</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Alevi Hukuku ve Düşkünlük</t>
+          <t>Binbir Gece Masalları 2</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789755535319</t>
+          <t>9789756557761</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Alet ve Makinelerin Kültürel Tarihi</t>
+          <t>Binbir Gece Masalları  1</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789755535074</t>
+          <t>9789755534220</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Bil Bakalım Bilim ve Matematik Bulmacaları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789755535333</t>
+          <t>9789755535081</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Agamemnon Mezarı</t>
+          <t>Batı Düşüncesinde İslam</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789755534787</t>
+          <t>9789755531755</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Açık Gözler: Marguerite Yourcenar</t>
+          <t>Baleylim Bale Üzerine Fotografik Bir Etüd A Photographic Study of Dance (60 Siyah-Beyaz Duotone 25 Renkli Fotoğraf) (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>550</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789755531298</t>
+          <t>9789755534244</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>... Ve Marksizm</t>
+          <t>Aşktan Söz Ederken Alçak Sesle Konuşunuz</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789755535401</t>
+          <t>9789755534985</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Zaman</t>
+          <t>Astronomi ve Coğrafyanın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789755534657</t>
+          <t>9789755532998</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yönetmenlik, Oyunculuk, Kurgu</t>
+          <t>Annelerle Söyleşi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789755536071</t>
+          <t>9789755533988</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Viking Haritası</t>
+          <t>Anlam Bilim Sözcüğün Anlam Açılımı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789755536132</t>
+          <t>9789755535272</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Çetre Adası</t>
+          <t>Alevi Hukuku ve Düşkünlük</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789755536101</t>
+          <t>9789755535319</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İlk Yuvarlak Masa</t>
+          <t>Alet ve Makinelerin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789755536095</t>
+          <t>9789755535074</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Açı Diyarının Büyük Şövalyesi - Sör Çepçevre'nin Matematik Maceraları</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789755536125</t>
+          <t>9789755535333</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pi Ejderhası</t>
+          <t>Agamemnon Mezarı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789755536194</t>
+          <t>9789755534787</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Psikopatlar ve Nefret Suçları</t>
+          <t>Açık Gözler: Marguerite Yourcenar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789755536156</t>
+          <t>9789755531298</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kadınlardan Erkeklere Empati Mektupları</t>
+          <t>... Ve Marksizm</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789755536163</t>
+          <t>9789755535401</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 3</t>
+          <t>Sinemada Zaman</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789755536187</t>
+          <t>9789755534657</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar / Erkekler - Farklılıklar / İlişkiler</t>
+          <t>Sinemada Yönetmenlik, Oyunculuk, Kurgu</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789755535647</t>
+          <t>9789755536071</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kadın Haklarının Müdafaası</t>
+          <t>Viking Haritası</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789755533834</t>
+          <t>9789755536132</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Çetre Adası</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789755535487</t>
+          <t>9789755536101</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kavramı</t>
+          <t>İlk Yuvarlak Masa</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789755536088</t>
+          <t>9789755536095</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Konideki Kılıç</t>
+          <t>Açı Diyarının Büyük Şövalyesi - Sör Çepçevre'nin Matematik Maceraları</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789755536064</t>
+          <t>9789755536125</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Madde</t>
+          <t>Pi Ejderhası</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789755536026</t>
+          <t>9789755536194</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dowell’in Başı</t>
+          <t>Aramızdaki Psikopatlar ve Nefret Suçları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789755536019</t>
+          <t>9789755536156</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ket Yıldızı</t>
+          <t>Kadınlardan Erkeklere Empati Mektupları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789755536040</t>
+          <t>9789755536163</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Anti - Nietzsche</t>
+          <t>Klasik Gitar Tarihi 3</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789755536002</t>
+          <t>9789755536187</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dizilerde Psikoloji ve Anormal Davranışlar</t>
+          <t>Kadınlar / Erkekler - Farklılıklar / İlişkiler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
+          <t>9789755535647</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Haklarının Müdafaası</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789755533834</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Çağımızın Nevrotik Kişiliği</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9789755535487</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Kavramı</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9789755536088</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Konideki Kılıç</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9789755536064</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Madde</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9789755536026</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Dowell’in Başı</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9789755536019</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Ket Yıldızı</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789755536040</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Anti - Nietzsche</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9789755536002</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Dizilerde Psikoloji ve Anormal Davranışlar</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
           <t>9789755535968</t>
         </is>
       </c>
-      <c r="B619" s="1" t="inlineStr">
+      <c r="B628" s="1" t="inlineStr">
         <is>
           <t>Deniz Harbi Üzerine</t>
         </is>
       </c>
-      <c r="C619" s="1">
+      <c r="C628" s="1">
         <v>440</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>