--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,9445 +85,9625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259752129</t>
+          <t>9786258704037</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nero</t>
+          <t>Sinemada Kadın Roman Kahramanları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>385</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259264813</t>
+          <t>9786258704051</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Matematik Felsefesi</t>
+          <t>Sinema ve Ses Anlatı Estetik Etki</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>690</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259610276</t>
+          <t>9786258704075</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zihin Felsefesi Antolojisi</t>
+          <t>Film Festivalleri Kitabı IV</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>545</v>
+        <v>680</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259610252</t>
+          <t>9786256898745</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Felsefesi</t>
+          <t>Hem Varmış Hem Yokmuş Toplu Şiirler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>430</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259264820</t>
+          <t>9789755536514</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilim Metafiziği</t>
+          <t>Çin'in Yükselişi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>495</v>
+        <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259610269</t>
+          <t>9789756557020</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Felsefesi</t>
+          <t>Post Komünizm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>790</v>
+        <v>870</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259264806</t>
+          <t>9786256898752</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türk İzi Oryantalizm ve Turquerie</t>
+          <t>Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>990</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259610290</t>
+          <t>9786259264882</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslâm'ın Batı Cephesi Mağrip, Endülüs, Sicilya ve Mısır</t>
+          <t>Provokatif Sinema</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>950</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259610283</t>
+          <t>9786259264851</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>SSCB’de Sosyalizmin Çözülüşü</t>
+          <t>Okyanus ya da Ada</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259588667</t>
+          <t>9786259264844</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci’nin Sıradışı Fikirleri</t>
+          <t>Üç Hayalet Franz Kafka Nâzım Hikmet Samuel Beckett</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>850</v>
+        <v>570</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259588643</t>
+          <t>9786259264837</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein'ın Görelilik Teorisi</t>
+          <t>Hybrid Cinema</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259588650</t>
+          <t>9786259264899</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin’in Türlerin Kökeni Üzerine</t>
+          <t>Doğu Avrupa Sinemaları Milliyetçilik, Sosyalizm, Avrupacılık</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>850</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259610245</t>
+          <t>9786259752129</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sinemasında Melankoli</t>
+          <t>Nero</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259588698</t>
+          <t>9786259264813</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kim Deli Kim Akıllı</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>790</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259610214</t>
+          <t>9786259610276</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kırmızı Gölgesi</t>
+          <t>Zihin Felsefesi Antolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>695</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259610221</t>
+          <t>9786259610252</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Topal Osman</t>
+          <t>Biyoloji Felsefesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259588681</t>
+          <t>9786259264820</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nazi Toplama Kampları</t>
+          <t>Bilim Metafiziği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259610238</t>
+          <t>9786259610269</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Olan Yollar</t>
+          <t>Yapay Zeka Felsefesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>790</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259610207</t>
+          <t>9786259264806</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eskiyol Hanı</t>
+          <t>Avrupa'da Türk İzi Oryantalizm ve Turquerie</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>480</v>
+        <v>990</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755535180</t>
+          <t>9786259610290</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Tarihi (1896 - 1960)</t>
+          <t>İslâm'ın Batı Cephesi Mağrip, Endülüs, Sicilya ve Mısır</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755535197</t>
+          <t>9786259610283</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Rosetta Taşı ve Antik Mısır’ın Yeniden Doğuşu</t>
+          <t>SSCB’de Sosyalizmin Çözülüşü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>680</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755531717</t>
+          <t>9786259588667</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Leonardo Da Vinci’nin Sıradışı Fikirleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756557433</t>
+          <t>9786259588643</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Kulluğu ve Büyüklüğü</t>
+          <t>Albert Einstein'ın Görelilik Teorisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000006124</t>
+          <t>9786259588650</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okumanın Alfabesi</t>
+          <t>Charles Darwin’in Türlerin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259588612</t>
+          <t>9786259610245</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Alman Matematikçiler</t>
+          <t>Yeni Türk Sinemasında Melankoli</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>740</v>
+        <v>555</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259588605</t>
+          <t>9786259588698</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fransız Matematikçiler</t>
+          <t>Kim Deli Kim Akıllı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>780</v>
+        <v>470</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259711584</t>
+          <t>9786259610214</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çin, Maya, Hint ve Japon Matematiği</t>
+          <t>Suyun Kırmızı Gölgesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>790</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259711553</t>
+          <t>9786259610221</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eski Aritmetikten Yeni Aritmetiğe</t>
+          <t>Topal Osman</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>780</v>
+        <v>900</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259711560</t>
+          <t>9786259588681</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Roma Matematikçileri</t>
+          <t>Nazi Toplama Kampları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>780</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259711577</t>
+          <t>9786259610238</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yunan Matematiği</t>
+          <t>Ruhu Olan Yollar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>790</v>
+        <v>430</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259588636</t>
+          <t>9786259610207</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Matematikçiler</t>
+          <t>Eskiyol Hanı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>770</v>
+        <v>630</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259711591</t>
+          <t>9789755535180</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Doğu Matematikçileri</t>
+          <t>Türk Sineması Tarihi (1896 - 1960)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259588629</t>
+          <t>9789755535197</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Matematikçiler</t>
+          <t>Rosetta Taşı ve Antik Mısır’ın Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>770</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259588674</t>
+          <t>9789755531717</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bilimlerin Serüveni</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259711546</t>
+          <t>9789756557433</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Matematik Sözlüğü</t>
+          <t>Askerliğin Kulluğu ve Büyüklüğü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>790</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259711522</t>
+          <t>3990000006124</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Lezzetin Tarihi</t>
+          <t>Hızlı Okumanın Alfabesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>690</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000006076</t>
+          <t>9786259588612</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kimya Terimleri Cep Sözlüğü</t>
+          <t>Alman Matematikçiler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000005683</t>
+          <t>9786259588605</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Karar Ağacı (Decision Tree) ve Cobol</t>
+          <t>Fransız Matematikçiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755532066</t>
+          <t>9786259711584</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanlık Suçu: Ölüm Cezası</t>
+          <t>Çin, Maya, Hint ve Japon Matematiği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000015814</t>
+          <t>9786259711553</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Terimleri Cep Sözlüğü</t>
+          <t>Eski Aritmetikten Yeni Aritmetiğe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755536507</t>
+          <t>9786259711560</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akasya Şehri Yalnızı</t>
+          <t>Yunan ve Roma Matematikçileri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755534626</t>
+          <t>9786259711577</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Yunan Matematiği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>480</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755534916</t>
+          <t>9786259588636</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nesne ve Özellik</t>
+          <t>İtalyan Matematikçiler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>490</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755535227</t>
+          <t>9786259711591</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>93 İhtilali</t>
+          <t>Türk ve Doğu Matematikçileri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259711508</t>
+          <t>9786259588629</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Belgeselin Omurgası</t>
+          <t>İngiliz Matematikçiler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259711515</t>
+          <t>9786259588674</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sırları</t>
+          <t>Gizli Bilimlerin Serüveni</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>390</v>
+        <v>990</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259711539</t>
+          <t>9786259711546</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Dönüşler / Cultural Turns</t>
+          <t>Matematik Sözlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259752198</t>
+          <t>9786259711522</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eleştirel Düşünce</t>
+          <t>Lezzetin Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259752174</t>
+          <t>3990000006076</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nişane</t>
+          <t>Kimya Terimleri Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755531700</t>
+          <t>3990000005683</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Sermayesinin Yükselişi</t>
+          <t>Karar Ağacı (Decision Tree) ve Cobol</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259752181</t>
+          <t>9789755532066</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Parfümün Sihirli Dünyası/ Tarihte Eczacılık, Güzel Kokular ve Kozmetik</t>
+          <t>Bir İnsanlık Suçu: Ölüm Cezası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259752167</t>
+          <t>3990000015814</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Askerler ve Felsefe/Askeri Planlama ve Harekâtın Bilgi Felsefesi, Bilim Felsefesi ve Metafizik ile İlişkisi (Askeri Felsefi)</t>
+          <t>Biyoloji Terimleri Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>580</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259752150</t>
+          <t>9789755536507</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Arasında Bir Entelektüel/ Metin Erksan Sineması Üzerine Notlar</t>
+          <t>Akasya Şehri Yalnızı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259752136</t>
+          <t>9789755534626</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Yüz Öncü Yüz  (1923-2023)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>640</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259752143</t>
+          <t>9789755534916</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Gizemli Tarihi</t>
+          <t>Nesne ve Özellik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>660</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256898158</t>
+          <t>9789755535227</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Türk Sineması</t>
+          <t>93 İhtilali</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>430</v>
+        <v>695</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259752105</t>
+          <t>9786259711508</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Düş Fabrikası Yeşilçam</t>
+          <t>Belgeselin Omurgası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>695</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256898110</t>
+          <t>9786259711515</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Roman Kahramanları</t>
+          <t>Hollywood Sırları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256898936</t>
+          <t>9786259711539</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlar, Modern Mekânlar (Ciltli)</t>
+          <t>Kültürel Dönüşler / Cultural Turns</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1650</v>
+        <v>695</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256898615</t>
+          <t>9786259752198</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Günceler I (1989 – 2023) Günlerin Terkisinde</t>
+          <t>Çocuklar İçin Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259752112</t>
+          <t>9786259752174</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat/Edebiyatçı/Edebiyatımız</t>
+          <t>Nişane</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057443380</t>
+          <t>9789755531700</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Milattan Sonra Tarihin Ana Hatları</t>
+          <t>Tarikat Sermayesinin Yükselişi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>790</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256898950</t>
+          <t>9786259752181</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema Kamera Önü Oyunculuğu</t>
+          <t>İlaç ve Parfümün Sihirli Dünyası/ Tarihte Eczacılık, Güzel Kokular ve Kozmetik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256898905</t>
+          <t>9786259752167</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx’ın Siyasal Kökenleri I Fransız Devrimi ve Jakobenciliğin Hayaleti</t>
+          <t>Askerler ve Felsefe/Askeri Planlama ve Harekâtın Bilgi Felsefesi, Bilim Felsefesi ve Metafizik ile İlişkisi (Askeri Felsefi)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>695</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256898875</t>
+          <t>9786259752150</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yollar, Ortak Hedef Disiplinlerarası Medya Okuryazarlığı</t>
+          <t>Aydınlar Arasında Bir Entelektüel/ Metin Erksan Sineması Üzerine Notlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>695</v>
+        <v>530</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256898929</t>
+          <t>9786259752136</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Yüz Öncü Yüz  (1923-2023)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256898912</t>
+          <t>9786259752143</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Film Yapım Sırları</t>
+          <t>Tıbbın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>440</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256898660</t>
+          <t>9786256898158</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Devre Şehrine Saldırı</t>
+          <t>Bağımsız Türk Sineması</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256898714</t>
+          <t>9786259752105</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gizem Müzesi</t>
+          <t>Düş Fabrikası Yeşilçam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256898707</t>
+          <t>9786256898110</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Gezegeni</t>
+          <t>Sinemada Roman Kahramanları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>555</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256898721</t>
+          <t>9786256898936</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İpucu Mağarası</t>
+          <t>Modern Zamanlar, Modern Mekânlar (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>450</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256898691</t>
+          <t>9786256898615</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yarın Adası</t>
+          <t>Günceler I (1989 – 2023) Günlerin Terkisinde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>990</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256898738</t>
+          <t>9786259752112</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Labirent Köşkü</t>
+          <t>Edebiyat/Edebiyatçı/Edebiyatımız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>770</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256898677</t>
+          <t>9786057443380</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Boyuta Dalış</t>
+          <t>Milattan Sonra Tarihin Ana Hatları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256898684</t>
+          <t>9786256898950</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Otelden Kaçış</t>
+          <t>Nörosinema Kamera Önü Oyunculuğu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256898783</t>
+          <t>9786256898905</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Bilgisayar Bilimi</t>
+          <t>Genç Marx’ın Siyasal Kökenleri I Fransız Devrimi ve Jakobenciliğin Hayaleti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256898790</t>
+          <t>9786256898875</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar için Astronomi</t>
+          <t>Farklı Yollar, Ortak Hedef Disiplinlerarası Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256898882</t>
+          <t>9786256898929</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Hegel’de Diyalektik</t>
+          <t>Nörosinema</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256898059</t>
+          <t>9786256898912</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Mitoloji ve Folklor</t>
+          <t>Film Yapım Sırları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>630</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256898769</t>
+          <t>9786256898660</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşırı Bir Sinema Tunç Okan’ın Göç Üçlemesi</t>
+          <t>Devre Şehrine Saldırı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256898530</t>
+          <t>9786256898714</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Kalkınma Yolunda Yüz Öncü Adım (1923-2023)</t>
+          <t>Gizem Müzesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256898523</t>
+          <t>9786256898707</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Diplomasi</t>
+          <t>Bilmece Gezegeni</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758408818</t>
+          <t>9786256898721</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Teorileri ve Dünyanın Sonları</t>
+          <t>İpucu Mağarası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755535166</t>
+          <t>9786256898691</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sinema Kuramları</t>
+          <t>Yarın Adası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755536521</t>
+          <t>9786256898738</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Denizcilik Gafları</t>
+          <t>Labirent Köşkü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256898653</t>
+          <t>9786256898677</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Adanın Öyküsü</t>
+          <t>Dördüncü Boyuta Dalış</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>680</v>
+        <v>550</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256898776</t>
+          <t>9786256898684</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şiir Öldü O İpek Kadın</t>
+          <t>Sonsuzluk Otelden Kaçış</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256898578</t>
+          <t>9786256898783</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Nostalji</t>
+          <t>Meraklı Çocuklar İçin Bilgisayar Bilimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256898646</t>
+          <t>9786256898790</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Ceza</t>
+          <t>Meraklı Çocuklar için Astronomi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256898622</t>
+          <t>9786256898882</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Köleler, Irklar ve Azınlıklar Üzerine</t>
+          <t>Platon ve Hegel’de Diyalektik</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256898639</t>
+          <t>9786256898059</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tekniğin ve Sanayinin Gelişim Süreci ve İzdüşümleri</t>
+          <t>Matematiksel Mitoloji ve Folklor</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>750</v>
+        <v>555</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256898608</t>
+          <t>9786256898769</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Düzeni</t>
+          <t>Sınıraşırı Bir Sinema Tunç Okan’ın Göç Üçlemesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>790</v>
+        <v>555</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256898516</t>
+          <t>9786256898530</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk 50 Yılında Ziraat Eğitimi 1920 - 1970</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Kalkınma Yolunda Yüz Öncü Adım (1923-2023)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256898240</t>
+          <t>9786256898523</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aksanlı Sinema ve Self Oryantalizm</t>
+          <t>Kültürel Diplomasi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256898462</t>
+          <t>9789758408818</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ölü Arının İğnesi</t>
+          <t>Kıyamet Teorileri ve Dünyanın Sonları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256898455</t>
+          <t>9789755535166</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Tarihi</t>
+          <t>Büyük Sinema Kuramları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>700</v>
+        <v>695</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256898417</t>
+          <t>9789755536521</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Medyanın Yüzyılı</t>
+          <t>Büyük Denizcilik Gafları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256898486</t>
+          <t>9786256898653</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kimya Laboratuvarından Kimya Sanayisine Çağdaş Kimya Tekniğinin Kilometre Taşları</t>
+          <t>Bilinmeyen Adanın Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>640</v>
+        <v>750</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755539379</t>
+          <t>9786256898776</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Mühendislik Fakülteleri için Temel ve Genel Matematik 1 - 2</t>
+          <t>Şiir Öldü O İpek Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755530096</t>
+          <t>9786256898578</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarda Virüs - Antivirüs</t>
+          <t>Medya ve Nostalji</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755535425</t>
+          <t>9786256898646</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sinema Nedir?</t>
+          <t>Cennetteki Ceza</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256898493</t>
+          <t>9786256898622</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Akdağmağdeni - Dünden Bugüne</t>
+          <t>Tarihte Köleler, Irklar ve Azınlıklar Üzerine</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>440</v>
+        <v>900</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256898509</t>
+          <t>9786256898639</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Demirkubuz</t>
+          <t>Tekniğin ve Sanayinin Gelişim Süreci ve İzdüşümleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>960</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256898424</t>
+          <t>9786256898608</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mahrem(iyetsiz) Alanlar Mensturasyondan Anneliğe Kadın</t>
+          <t>Doğanın Düzeni</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256898479</t>
+          <t>9786256898516</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Koleksiyonculuk Müzecilik ve Arkeoloji</t>
+          <t>Cumhuriyet’in İlk 50 Yılında Ziraat Eğitimi 1920 - 1970</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>640</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256898400</t>
+          <t>9786256898240</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sporun Alternatif Tarihi</t>
+          <t>Aksanlı Sinema ve Self Oryantalizm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256898448</t>
+          <t>9786256898462</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Eleştirisinin Düşünsel Temelleri</t>
+          <t>Ölü Arının İğnesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256898271</t>
+          <t>9786256898455</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Milliyetçiliğin Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>960</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256898196</t>
+          <t>9786256898417</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Müphemlik ve Distopya</t>
+          <t>Türkiye'de Medyanın Yüzyılı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>390</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256898165</t>
+          <t>9786256898486</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Klasik Anlatı Sineması</t>
+          <t>Kimya Laboratuvarından Kimya Sanayisine Çağdaş Kimya Tekniğinin Kilometre Taşları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>440</v>
+        <v>850</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256898141</t>
+          <t>9789755539379</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kissinger - Diplomaside Bir Realpolitik Ustası</t>
+          <t>Fen ve Mühendislik Fakülteleri için Temel ve Genel Matematik 1 - 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>490</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256898134</t>
+          <t>9789755530096</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayat Üzerine Eleştirel Bir Müdahale</t>
+          <t>Bilgisayarda Virüs - Antivirüs</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256898073</t>
+          <t>9789755535425</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kıyısında</t>
+          <t>Sinema Nedir?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>260</v>
+        <v>630</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256898202</t>
+          <t>9786256898493</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Savaş Stratejileri</t>
+          <t>Akdağmağdeni - Dünden Bugüne</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>490</v>
+        <v>630</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256898103</t>
+          <t>9786256898509</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Acayip Sözlük</t>
+          <t>Demirkubuz</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256898080</t>
+          <t>9786256898424</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatının Tarihi</t>
+          <t>Mahrem(iyetsiz) Alanlar Mensturasyondan Anneliğe Kadın</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256898189</t>
+          <t>9786256898479</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Şiddet - Arendt, Foucault, Agamben</t>
+          <t>Tarihte Koleksiyonculuk Müzecilik ve Arkeoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256898295</t>
+          <t>9786256898400</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizileri</t>
+          <t>Sporun Alternatif Tarihi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256898264</t>
+          <t>9786256898448</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dilbilgisi - Dilbilim Sarmalında</t>
+          <t>Türk Sinema Eleştirisinin Düşünsel Temelleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256898288</t>
+          <t>9786256898271</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinema Endüstrisi ve Prekarya Emeği</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256898233</t>
+          <t>9786256898196</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dijital Boş Zaman Deneyimi</t>
+          <t>Müphemlik ve Distopya</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>550</v>
+        <v>570</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256898219</t>
+          <t>9786256898165</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimsel ve Teknik Araştırma Yöntemleri</t>
+          <t>Klasik Anlatı Sineması</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256898257</t>
+          <t>9786256898141</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Film: TENET</t>
+          <t>Kissinger - Diplomaside Bir Realpolitik Ustası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755539980</t>
+          <t>9786256898134</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Fizik</t>
+          <t>Günlük Hayat Üzerine Eleştirel Bir Müdahale</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>900</v>
+        <v>790</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755539973</t>
+          <t>9786256898073</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Matematik</t>
+          <t>Güneşin Kıyısında</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755539935</t>
+          <t>9786256898202</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Biyoloji</t>
+          <t>Anadolu'da Savaş Stratejileri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>900</v>
+        <v>660</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755539966</t>
+          <t>9786256898103</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Mühendislik</t>
+          <t>Acayip Sözlük</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755539959</t>
+          <t>9786256898080</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Kimya</t>
+          <t>Savaş Sanatının Tarihi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>900</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755539942</t>
+          <t>9786256898189</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin Dünyamız</t>
+          <t>Siyasal Şiddet - Arendt, Foucault, Agamben</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>900</v>
+        <v>570</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256898097</t>
+          <t>9786256898295</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Tarihsel Evrimi</t>
+          <t>Televizyon Dizileri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>390</v>
+        <v>695</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256898127</t>
+          <t>9786256898264</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Renk, Pigment ve Boyarmaddelerin Kültürel Tarihi</t>
+          <t>Dilbilgisi - Dilbilim Sarmalında</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256898172</t>
+          <t>9786256898288</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihinde Edebiyat, Destanlar ve Dil Etkinlikleri</t>
+          <t>Türkiye Sinema Endüstrisi ve Prekarya Emeği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256898066</t>
+          <t>9786256898233</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Polisiye - Yeşilçam'dan Günümüze</t>
+          <t>Dijital Boş Zaman Deneyimi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>440</v>
+        <v>695</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256898004</t>
+          <t>9786256898219</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Öznellik Üretimi</t>
+          <t>Doğa Bilimsel ve Teknik Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256898028</t>
+          <t>9786256898257</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Grisis III</t>
+          <t>Bulmaca Film: TENET</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>550</v>
+        <v>640</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755539904</t>
+          <t>9789755539980</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Subayının Sefer Defteri</t>
+          <t>Meraklı Çocuklar İçin Fizik</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>260</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256898011</t>
+          <t>9789755539973</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplum</t>
+          <t>Meraklı Çocuklar İçin Matematik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256898035</t>
+          <t>9789755539935</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Yönetmen Şerif Gören</t>
+          <t>Meraklı Çocuklar İçin Biyoloji</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>260</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755539775</t>
+          <t>9789755539966</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sineması</t>
+          <t>Meraklı Çocuklar İçin Mühendislik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>490</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755539911</t>
+          <t>9789755539959</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
+          <t>Meraklı Çocuklar İçin Kimya</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755539881</t>
+          <t>9789755539942</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Meraklı Çocuklar İçin Dünyamız</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755539898</t>
+          <t>9786256898097</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri</t>
+          <t>Teknolojinin Tarihsel Evrimi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755539997</t>
+          <t>9786256898127</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Renk, Pigment ve Boyarmaddelerin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256898042</t>
+          <t>9786256898172</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pharmakon</t>
+          <t>Kültür Tarihinde Edebiyat, Destanlar ve Dil Etkinlikleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755539348</t>
+          <t>9786256898066</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dramaları</t>
+          <t>Polisiye - Yeşilçam'dan Günümüze</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>610</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755539683</t>
+          <t>9786256898004</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bookchin Kuramının Marksist Eleştirisi</t>
+          <t>Sinemada Öznellik Üretimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>610</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755539799</t>
+          <t>9786256898028</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Eğitim, Üniversite ve Kütüphanenin Kültürel Tarihi</t>
+          <t>Grisis III</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755539928</t>
+          <t>9789755539904</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bilim</t>
+          <t>Bir Türk Subayının Sefer Defteri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755539829</t>
+          <t>9786256898011</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Teknoloji</t>
+          <t>Dijital Toplum</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755539812</t>
+          <t>9786256898035</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Emile ya da Eğitim Üzerine</t>
+          <t>Yoldaki Yönetmen Şerif Gören</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755539836</t>
+          <t>9789755539775</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Sosyoloji</t>
+          <t>Bilimin Sineması</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>490</v>
+        <v>660</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755539843</t>
+          <t>9789755539911</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Kuram</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755539867</t>
+          <t>9789755539881</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755539669</t>
+          <t>9789755539898</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Seçkinleri</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755539850</t>
+          <t>9789755539997</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bizans Yahudileri</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755539751</t>
+          <t>9786256898042</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sanat Sineması</t>
+          <t>Pharmakon</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755539720</t>
+          <t>9789755539348</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sesin Büyüsü</t>
+          <t>Televizyon Dramaları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755539737</t>
+          <t>9789755539683</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzun Gücü</t>
+          <t>Bookchin Kuramının Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>650</v>
+        <v>470</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755539782</t>
+          <t>9789755539799</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da Felsefe ve Din Kültürü Üzerine</t>
+          <t>Bilim, Eğitim, Üniversite ve Kütüphanenin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>650</v>
+        <v>990</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755539768</t>
+          <t>9789755539928</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnternet Diktatörlüğü</t>
+          <t>Gizli Bilim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755539706</t>
+          <t>9789755539829</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Güzel Matematik</t>
+          <t>Resimlerle Teknoloji</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>540</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755539621</t>
+          <t>9789755539812</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ses Eğitimi, Kullanma &amp; Şarkı Söyleme Sanatı</t>
+          <t>Emile ya da Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>800</v>
+        <v>960</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755539744</t>
+          <t>9789755539836</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Teorik Hafızada Kadın - Dişil İtiraz</t>
+          <t>Sinema ve Sosyoloji</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>440</v>
+        <v>690</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755539713</t>
+          <t>9789755539843</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mayamızda Şiir Var</t>
+          <t>Sinema - Kuram</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755539652</t>
+          <t>9789755539867</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Sinema - Türkiye Sinemasından Örneklerle</t>
+          <t>Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>480</v>
+        <v>530</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755539690</t>
+          <t>9789755539669</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Film Çözümlemeleri 2</t>
+          <t>Anlatı Seçkinleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755539676</t>
+          <t>9789755539850</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Ulusal Güvenlik Stratejisi Marvel Sinematik Evreni</t>
+          <t>Bizans Yahudileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>440</v>
+        <v>750</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755539805</t>
+          <t>9789755539751</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Karşı Kıyının Yankısı</t>
+          <t>Türkiye’de Sanat Sineması</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>640</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755539645</t>
+          <t>9789755539720</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür ve Fragmanları</t>
+          <t>Sesin Büyüsü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>590</v>
+        <v>495</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755539560</t>
+          <t>9789755539737</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yüküm Yok</t>
+          <t>Sonsuzun Gücü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755539256</t>
+          <t>9789755539782</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Sayılar - Matematiğin Eğlenceli Dünyasına Yolculuk</t>
+          <t>Orta Çağ’da Felsefe ve Din Kültürü Üzerine</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>560</v>
+        <v>900</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755539263</t>
+          <t>9789755539768</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Onlar</t>
+          <t>İnternet Diktatörlüğü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>550</v>
+        <v>695</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755539546</t>
+          <t>9789755539706</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Güzel Matematik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755539614</t>
+          <t>9789755539621</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Filmini Görmek - Kurmaca, Deneysel, Belgesel, Animasyon</t>
+          <t>Ses Eğitimi, Kullanma &amp; Şarkı Söyleme Sanatı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>490</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755539607</t>
+          <t>9789755539744</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgudan Gerçeğe - Yapay Zekanın Bugünü ve Geleceği</t>
+          <t>Teorik Hafızada Kadın - Dişil İtiraz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755539638</t>
+          <t>9789755539713</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Akdağmadenliler - Milli Mücadelenin 100. Yılında</t>
+          <t>Mayamızda Şiir Var</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755539577</t>
+          <t>9789755539652</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vertov'dan Fricke'e Belgesel Sinemanın İz Sürümü</t>
+          <t>Renk ve Sinema - Türkiye Sinemasından Örneklerle</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>380</v>
+        <v>640</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755539478</t>
+          <t>9789755539690</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sinema ve Televizyonunda Müslüman Algısı</t>
+          <t>Film Çözümlemeleri 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>440</v>
+        <v>870</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755538815</t>
+          <t>9789755539676</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kediler Beyaz Kediler</t>
+          <t>Amerikan Ulusal Güvenlik Stratejisi Marvel Sinematik Evreni</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755536675</t>
+          <t>9789755539805</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar</t>
+          <t>Karşı Kıyının Yankısı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755539584</t>
+          <t>9789755539645</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tanık</t>
+          <t>Dijital Kültür ve Fragmanları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755539591</t>
+          <t>9789755539560</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İmajın Hissi: Yeni Türkiye Sineması ve Fenomenoloji</t>
+          <t>Yüküm Yok</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755539430</t>
+          <t>9789755539256</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin ve Sosyal Mücadelelerin Tarihi</t>
+          <t>Şaşırtıcı Sayılar - Matematiğin Eğlenceli Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>780</v>
+        <v>650</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755539492</t>
+          <t>9789755539263</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İlk İşaretler - Dünyanın En Eski Sembollerinin Gizemlerini Çözme</t>
+          <t>Muhteşem Onlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755539454</t>
+          <t>9789755539546</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Bilge İle Bilime Yolculuk 2 - İnsanın Oluşumu ve Bilim Tarihi Üzerine Bir Söyleşi Roman</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755539508</t>
+          <t>9789755539614</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 1 - Eski Dünya Çeşitli Ülkeler Türkler ve Osmanlılar Üzerine</t>
+          <t>Filmini Görmek - Kurmaca, Deneysel, Belgesel, Animasyon</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>695</v>
+        <v>690</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755538822</t>
+          <t>9789755539607</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Güçlüyüz</t>
+          <t>Bilimkurgudan Gerçeğe - Yapay Zekanın Bugünü ve Geleceği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>550</v>
+        <v>695</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755539515</t>
+          <t>9789755539638</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 2</t>
+          <t>Akdağmadenliler - Milli Mücadelenin 100. Yılında</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>650</v>
+        <v>555</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755539522</t>
+          <t>9789755539577</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kültür Tarihi Defteri 3</t>
+          <t>Vertov'dan Fricke'e Belgesel Sinemanın İz Sürümü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>650</v>
+        <v>555</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755539294</t>
+          <t>9789755539478</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx'ın Felsefik Kökenleri 2</t>
+          <t>Amerikan Sinema ve Televizyonunda Müslüman Algısı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755539331</t>
+          <t>9789755538815</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Çevre ve Medya</t>
+          <t>Siyah Kediler Beyaz Kediler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>590</v>
+        <v>600</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755539553</t>
+          <t>9789755536675</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Gizli Dünyası</t>
+          <t>İtiraflar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>680</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755539447</t>
+          <t>9789755539584</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Görsel Efektlerle Sinema</t>
+          <t>Tanık</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>600</v>
+        <v>555</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755539195</t>
+          <t>9789755539591</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Deuter Sözlük Deutsch - Türkisch A1 - B2</t>
+          <t>İmajın Hissi: Yeni Türkiye Sineması ve Fenomenoloji</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755539461</t>
+          <t>9789755539430</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sinemasında Etik ve Estetik Değerler</t>
+          <t>Sosyalizmin ve Sosyal Mücadelelerin Tarihi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>570</v>
+        <v>950</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755539270</t>
+          <t>9789755539492</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Üç Yüz</t>
+          <t>İlk İşaretler - Dünyanın En Eski Sembollerinin Gizemlerini Çözme</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>390</v>
+        <v>680</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755539300</t>
+          <t>9789755539454</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Dijital Platformlar</t>
+          <t>Yapay Zeka Bilge İle Bilime Yolculuk 2 - İnsanın Oluşumu ve Bilim Tarihi Üzerine Bir Söyleşi Roman</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755539485</t>
+          <t>9789755539508</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve iş Yaşamında Liderlik Dersleri</t>
+          <t>Resimli Kültür Tarihi Defteri 1 - Eski Dünya Çeşitli Ülkeler Türkler ve Osmanlılar Üzerine</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755539287</t>
+          <t>9789755538822</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Post - Fotoğraf</t>
+          <t>Birlikte Güçlüyüz</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755537238</t>
+          <t>9789755539515</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen Hayvanlar</t>
+          <t>Resimli Kültür Tarihi Defteri 2</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755539355</t>
+          <t>9789755539522</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Müzik Aletlerinin Kültürel Tarihi</t>
+          <t>Resimli Kültür Tarihi Defteri 3</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>640</v>
+        <v>900</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755539423</t>
+          <t>9789755539294</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, İnşaat ve Kent Olgusunun Tarihsel Serüveni</t>
+          <t>Genç Marx'ın Felsefik Kökenleri 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>650</v>
+        <v>790</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755539386</t>
+          <t>9789755539331</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mimar Hayvanlar</t>
+          <t>Ekoloji Çevre ve Medya</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755539539</t>
+          <t>9789755539553</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İmge ve Kent</t>
+          <t>Matematiğin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755539393</t>
+          <t>9789755539447</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar ve Ünlü Dostları</t>
+          <t>Görsel Efektlerle Sinema</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>550</v>
+        <v>790</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755539317</t>
+          <t>9789755539195</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Gastronomi ve Medya</t>
+          <t>Deuter Sözlük Deutsch - Türkisch A1 - B2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>440</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755539409</t>
+          <t>9789755539461</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Hayvanlar</t>
+          <t>Yeni Türk Sinemasında Etik ve Estetik Değerler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755539416</t>
+          <t>9789755539270</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Doktor Hayvanlar</t>
+          <t>Üç Yüz</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>550</v>
+        <v>570</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755539324</t>
+          <t>9789755539300</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Yeni Medya Döneminde Belgesel Film Estetiği</t>
+          <t>Sinema ve Dijital Platformlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755539362</t>
+          <t>9789755539485</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş ve Ekolojk Belediyecilik</t>
+          <t>Savaşta ve iş Yaşamında Liderlik Dersleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755539225</t>
+          <t>9789755539287</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Matematikçiler</t>
+          <t>Post - Fotoğraf</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755539072</t>
+          <t>9789755537238</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlemin Macerası</t>
+          <t>Müzisyen Hayvanlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755538952</t>
+          <t>9789755539355</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Herkes Pi Sayısını Kutluyor</t>
+          <t>Müzik ve Müzik Aletlerinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>460</v>
+        <v>850</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755539249</t>
+          <t>9789755539423</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kaç Arkadaşın Var?</t>
+          <t>Mimarlık, İnşaat ve Kent Olgusunun Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>560</v>
+        <v>850</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755539232</t>
+          <t>9789755539386</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Dairenin İçinde</t>
+          <t>Mimar Hayvanlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755538945</t>
+          <t>9789755539539</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sayıyorum</t>
+          <t>İmge ve Kent</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755538969</t>
+          <t>9789755539393</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Numarayım</t>
+          <t>Hayvanlar ve Ünlü Dostları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755536934</t>
+          <t>9789755539317</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kin ve Kibir</t>
+          <t>Gündelik Yaşamda Gastronomi ve Medya</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755535135</t>
+          <t>9789755539409</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Gezgin Hayvanlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>1000000000030</t>
+          <t>9789755539416</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (2 Cilt Takım)</t>
+          <t>Doktor Hayvanlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755537542</t>
+          <t>9789755539324</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İşimiz Oyun</t>
+          <t>Dijitalleşme ve Yeni Medya Döneminde Belgesel Film Estetiği</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>420</v>
+        <v>630</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755539218</t>
+          <t>9789755539362</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Olana Bakmak</t>
+          <t>Çağdaş ve Ekolojk Belediyecilik</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755539027</t>
+          <t>9789755539225</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Etnoarkeoloji Araştırmaları - Ethnoarchaeological Studies in Anatolia</t>
+          <t>Matematikçiler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>3500</v>
+        <v>665</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755539188</t>
+          <t>9789755539072</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Küçük Buluntular - Archaeological Small Artifacts (Ciltli)</t>
+          <t>Dört İşlemin Macerası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>3500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755539171</t>
+          <t>9789755538952</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çağlar Boyunca Nehirler Denizler ve Göller - Rivers Seas and Lakes Through The Ages (Ciltli)</t>
+          <t>Herkes Pi Sayısını Kutluyor</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>3500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755539201</t>
+          <t>9789755539249</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Modern İran Tarihi (Ciltli)</t>
+          <t>Kaç Arkadaşın Var?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1600</v>
+        <v>670</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755539133</t>
+          <t>9789755539232</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kilikia Araştırmaları 1</t>
+          <t>Her Şey Dairenin İçinde</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755539096</t>
+          <t>9789755538945</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler İçin Eğitim Felsefesi</t>
+          <t>Sayıyorum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755539157</t>
+          <t>9789755538969</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Toplum İçindeki Zihin</t>
+          <t>Ben Bir Numarayım</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755539058</t>
+          <t>9789755536934</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Devrimci Öğretmenler Birliği (T.Döb)</t>
+          <t>Kin ve Kibir</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755539126</t>
+          <t>9789755535135</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bir Değişimin Öyküsü</t>
+          <t>Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755539140</t>
+          <t>1000000000030</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>El Sanatından Modern Sanatlara Süsleme ve Motifin Kültürel Tarihi</t>
+          <t>Binbir Gece Masalları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>590</v>
+        <v>800</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755539089</t>
+          <t>9789755537542</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Fenere Giden Yol</t>
+          <t>İşimiz Oyun</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>700</v>
+        <v>540</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755539065</t>
+          <t>9789755539218</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında İngiliz Stratejisi</t>
+          <t>Görünmez Olana Bakmak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755539119</t>
+          <t>9789755539027</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Grisis 2 - Kıyamet</t>
+          <t>Anadolu'da Etnoarkeoloji Araştırmaları - Ethnoarchaeological Studies in Anatolia</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>570</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755539102</t>
+          <t>9789755539188</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Grisis 1 - Yaşlanmayanlar</t>
+          <t>Arkeolojik Küçük Buluntular - Archaeological Small Artifacts (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>490</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755539041</t>
+          <t>9789755539171</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Dijitale Hikaye Anlatıcılığı</t>
+          <t>Çağlar Boyunca Nehirler Denizler ve Göller - Rivers Seas and Lakes Through The Ages (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>440</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755539003</t>
+          <t>9789755539201</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ekosinema</t>
+          <t>Modern İran Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>440</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755538990</t>
+          <t>9789755539133</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Meclis’ten Menderes Geçti</t>
+          <t>Kilikia Araştırmaları 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>440</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755539034</t>
+          <t>9789755539096</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Neo - Sinema</t>
+          <t>Öğretmenler İçin Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>700</v>
+        <v>495</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755538983</t>
+          <t>9789755539157</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yugoslavya’da Sosyalizmden Kapitalizme Geçiş</t>
+          <t>Toplum İçindeki Zihin</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755539010</t>
+          <t>9789755539058</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp Ve Bingazi’de Hamidiye Alayları</t>
+          <t>Türkiye Devrimci Öğretmenler Birliği (T.Döb)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755538921</t>
+          <t>9789755539126</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Denizler İçin Savaş</t>
+          <t>Bir Değişimin Öyküsü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>900</v>
+        <v>630</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755538938</t>
+          <t>9789755539140</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Ateşle Dansı - Seramik Sanatının Soylu Tarihi</t>
+          <t>El Sanatından Modern Sanatlara Süsleme ve Motifin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>490</v>
+        <v>790</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755538914</t>
+          <t>9789755539089</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Karmaşık Öykü Anlatıcılığı</t>
+          <t>Fenere Giden Yol</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>650</v>
+        <v>960</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755538907</t>
+          <t>9789755539065</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Gündelik Yaşam Dinamikleri</t>
+          <t>Birinci Dünya Savaşında İngiliz Stratejisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>480</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755538839</t>
+          <t>9789755539119</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu Adası</t>
+          <t>Grisis 2 - Kıyamet</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755537245</t>
+          <t>9789755539102</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası Matematik</t>
+          <t>Grisis 1 - Yaşlanmayanlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755537702</t>
+          <t>9789755539041</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Esnek Altıgenler ve Matematiksel Yanıltmalar</t>
+          <t>Gelenekselden Dijitale Hikaye Anlatıcılığı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755538853</t>
+          <t>9789755539003</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Elele Özgürlüğe</t>
+          <t>Ekosinema</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>700</v>
+        <v>610</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755538860</t>
+          <t>9789755538990</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Düşünme ve Konuşma</t>
+          <t>Meclis’ten Menderes Geçti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>590</v>
+        <v>610</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755538877</t>
+          <t>9789755539034</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Aşk</t>
+          <t>Neo - Sinema</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755538884</t>
+          <t>9789755538983</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>2 Oyun 2 Madam</t>
+          <t>Yugoslavya’da Sosyalizmden Kapitalizme Geçiş</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>360</v>
+        <v>690</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755538747</t>
+          <t>9789755539010</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Oyun</t>
+          <t>Trablusgarp Ve Bingazi’de Hamidiye Alayları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>580</v>
+        <v>570</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755538846</t>
+          <t>9789755538921</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Camın Parıltılı Tarihi</t>
+          <t>Denizler İçin Savaş</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>390</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755538785</t>
+          <t>9789755538938</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk ve Çokluk Karşıtlığında Egemenlik ve Bilginin Kontrolü Üzerinden Dijital Haber Medyasında SEO</t>
+          <t>Toprağın Ateşle Dansı - Seramik Sanatının Soylu Tarihi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>440</v>
+        <v>680</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755538754</t>
+          <t>9789755538914</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Temelleri</t>
+          <t>Sinemada Karmaşık Öykü Anlatıcılığı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>740</v>
+        <v>850</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755538792</t>
+          <t>9789755538907</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Seks Furyasına İdeolojik Bakış</t>
+          <t>Televizyonda Gündelik Yaşam Dinamikleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755538808</t>
+          <t>9789755538839</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Sinemaları</t>
+          <t>Çarpım Tablosu Adası</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755538778</t>
+          <t>9789755537245</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Sinemasında Sınıfsal Görünümler</t>
+          <t>Baş Belası Matematik</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>670</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755538761</t>
+          <t>9789755537702</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Matematik Kesinliğin Kaybı</t>
+          <t>Esnek Altıgenler ve Matematiksel Yanıltmalar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755538686</t>
+          <t>9789755538853</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kovboylara Bozlak Okutan Adam</t>
+          <t>Elele Özgürlüğe</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755538730</t>
+          <t>9789755538860</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüzün En Nazenin Günleri</t>
+          <t>Düşünme ve Konuşma</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>360</v>
+        <v>790</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755538693</t>
+          <t>9789755538877</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Beni En Çok Anam Sevdi</t>
+          <t>21. Yüzyılda Aşk</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>590</v>
+        <v>680</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755538723</t>
+          <t>9789755538884</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kadir Bey Tarihi</t>
+          <t>2 Oyun 2 Madam</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755538709</t>
+          <t>9789755538747</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Jacques Prevert</t>
+          <t>Matematik ve Oyun</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755538679</t>
+          <t>9789755538846</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Emrula</t>
+          <t>Camın Parıltılı Tarihi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>490</v>
+        <v>570</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755538716</t>
+          <t>9789755538785</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Julie Ya Da Yeni Heloise</t>
+          <t>İmparatorluk ve Çokluk Karşıtlığında Egemenlik ve Bilginin Kontrolü Üzerinden Dijital Haber Medyasında SEO</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>790</v>
+        <v>600</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755538662</t>
+          <t>9789755538754</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Deniz Stratejisi</t>
+          <t>Matematiğin Temelleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755538655</t>
+          <t>9789755538792</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bilme Arzusu</t>
+          <t>Türk Sinemasında Seks Furyasına İdeolojik Bakış</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>550</v>
+        <v>570</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755537658</t>
+          <t>9789755538808</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Matematiği Nasıl Anlamalı?</t>
+          <t>Orta Doğu Sinemaları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>790</v>
+        <v>850</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755538563</t>
+          <t>9789755538778</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Medya</t>
+          <t>Yeni Türkiye Sinemasında Sınıfsal Görünümler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>600</v>
+        <v>470</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755538556</t>
+          <t>9789755538761</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tam Film Zamanı</t>
+          <t>Matematik Kesinliğin Kaybı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755538631</t>
+          <t>9789755538686</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzen</t>
+          <t>Kovboylara Bozlak Okutan Adam</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755538570</t>
+          <t>9789755538730</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Çoğul Yalnızlık</t>
+          <t>Ömrümüzün En Nazenin Günleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755538587</t>
+          <t>9789755538693</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Sonuna Doğru</t>
+          <t>Hayatta Beni En Çok Anam Sevdi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755538600</t>
+          <t>9789755538723</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sanrı</t>
+          <t>Kadir Bey Tarihi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755538617</t>
+          <t>9789755538709</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Estetik Şiddet</t>
+          <t>Jacques Prevert</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755538624</t>
+          <t>9789755538679</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>Emrula</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755538648</t>
+          <t>9789755538716</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dokunma</t>
+          <t>Julie Ya Da Yeni Heloise</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755538204</t>
+          <t>9789755538662</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Tarihi</t>
+          <t>Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755538051</t>
+          <t>9789755538655</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sofraya! - Düşünen Baykuş</t>
+          <t>Bilme Arzusu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755538068</t>
+          <t>9789755537658</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Seviyor, Sevmiyor… - Düşünen Baykuş</t>
+          <t>Matematiği Nasıl Anlamalı?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>390</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755538112</t>
+          <t>9789755538563</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İtaat mi? İsyan mı? - Düşünen Baykuş</t>
+          <t>Yapay Zeka ve Medya</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755538013</t>
+          <t>9789755538556</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? - Düşünen Baykuş</t>
+          <t>Tam Film Zamanı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755537894</t>
+          <t>9789755538631</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sıfır Noktası - Düşünen Baykuş</t>
+          <t>Siyasal Düzen</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>390</v>
+        <v>790</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755537849</t>
+          <t>9789755538570</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Yer</t>
+          <t>Üçüncü Çoğul Yalnızlık</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>390</v>
+        <v>555</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755537825</t>
+          <t>9789755538587</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Neden Roman Yazarız? - Düşünen Baykuş</t>
+          <t>Osmanlı İmparatorluğu'nun Sonuna Doğru</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>390</v>
+        <v>695</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755538006</t>
+          <t>9789755538600</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatmak Tarihi Anlatmak - Düşünen Baykuş</t>
+          <t>Gerçek Sanrı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>390</v>
+        <v>555</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755538099</t>
+          <t>9789755538617</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Neye Güleriz? - Düşünen Baykuş</t>
+          <t>Estetik Şiddet</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755537955</t>
+          <t>9789755538624</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Karma Düzen - Düşünen Baykuş</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755538082</t>
+          <t>9789755538648</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Özgür Müyüz? - Düşünen Baykuş</t>
+          <t>Dokunma</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755538075</t>
+          <t>9789755538204</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ruhumuzu Aramak - Düşünen Baykuş</t>
+          <t>Soğuk Savaş Tarihi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>390</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755537832</t>
+          <t>9789755538051</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kötü Olmak İçin İyi Nedenler - Düşünen Baykuş</t>
+          <t>Sofraya! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755537870</t>
+          <t>9789755538068</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hiç Zamanım Yok! - Düşünen Baykuş</t>
+          <t>Seviyor, Sevmiyor… - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755538358</t>
+          <t>9789755538112</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Valizler Dolusu Umut</t>
+          <t>İtaat mi? İsyan mı? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>1700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755537887</t>
+          <t>9789755538013</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Harekete Geçtiğimizde Ne Yaparız? - Düşünen Baykuş</t>
+          <t>İnsan Nedir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755537856</t>
+          <t>9789755537894</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Tanrılar Hakkında Tartışırlar? - Düşünen Baykuş</t>
+          <t>Evrenin Sıfır Noktası - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755538037</t>
+          <t>9789755537849</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroya Gidiyorum Dünyayı İzliyorum - Düşünen Baykuş</t>
+          <t>Kendine Ait Bir Yer</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755537931</t>
+          <t>9789755537825</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayvan Sana Baktiğinda - Düşünen Baykuş</t>
+          <t>Neden Roman Yazarız? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755538129</t>
+          <t>9789755538006</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Ölür? - Düşünen Baykuş</t>
+          <t>Hikaye Anlatmak Tarihi Anlatmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755537924</t>
+          <t>9789755538099</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Nedir? - Düşünen Baykuş</t>
+          <t>Neye Güleriz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755537900</t>
+          <t>9789755537955</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dans Ediyorum Öyleyse Varım - Düşünen Baykuş</t>
+          <t>Karma Düzen - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755537917</t>
+          <t>9789755538082</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar - Düşünen Baykuş</t>
+          <t>Özgür Müyüz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755537979</t>
+          <t>9789755538075</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İçinde Doğayla Yaşamak - Düşünen Baykuş</t>
+          <t>Ruhumuzu Aramak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755537801</t>
+          <t>9789755537832</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmak İstemiyorum - Düşünen Baykuş</t>
+          <t>Kötü Olmak İçin İyi Nedenler - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755537863</t>
+          <t>9789755537870</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Neden Savaşır? - Düşünen Baykuş</t>
+          <t>Hiç Zamanım Yok! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755537818</t>
+          <t>9789755538358</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Olmak - Düşünen Baykuş</t>
+          <t>Valizler Dolusu Umut</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>390</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755538020</t>
+          <t>9789755537887</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yabancıyla Yaşamak - Düşünen Baykuş</t>
+          <t>Harekete Geçtiğimizde Ne Yaparız? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755538105</t>
+          <t>9789755537856</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Manzaraya Bakmak - Düşünen Baykuş</t>
+          <t>İnsanlar Neden Tanrılar Hakkında Tartışırlar? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755537993</t>
+          <t>9789755538037</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Kazanmak Onu Kaybetmek Midir? - Düşünen Baykuş</t>
+          <t>Tiyatroya Gidiyorum Dünyayı İzliyorum - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755538136</t>
+          <t>9789755537931</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarımızı Neden Severiz? - Düşünen Baykuş</t>
+          <t>Bir Hayvan Sana Baktiğinda - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755537962</t>
+          <t>9789755538129</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çok Güzel - Düşünen Baykuş</t>
+          <t>İnsanlar Neden Ölür? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755537986</t>
+          <t>9789755537924</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Futbol - Düşünen Baykuş</t>
+          <t>Avrupa Nedir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755537948</t>
+          <t>9789755537900</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bu Hiç Adil Değil! - Düşünen Baykuş</t>
+          <t>Dans Ediyorum Öyleyse Varım - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755538044</t>
+          <t>9789755537917</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sohbet - Düşünen Baykuş</t>
+          <t>Canavarlar - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755537610</t>
+          <t>9789755537979</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Bilge İle Bilime Yolculuk</t>
+          <t>Doğanın İçinde Doğayla Yaşamak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755538198</t>
+          <t>9789755537801</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Eski Haber</t>
+          <t>Yaşlanmak İstemiyorum - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755537634</t>
+          <t>9789755537863</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Türkiye'de Eğitim Sorunu ve Köy Enstitüleri</t>
+          <t>İnsanlar Neden Savaşır? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755537665</t>
+          <t>9789755537818</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İdeolojinin Medyadaki Altın Çağı</t>
+          <t>Sorumlu Olmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755537757</t>
+          <t>9789755538020</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Hukuk Felsefesi</t>
+          <t>Yabancıyla Yaşamak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755538167</t>
+          <t>9789755538105</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Genç Marx'ın Felsefik Kökenleri 1</t>
+          <t>Manzaraya Bakmak - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755537672</t>
+          <t>9789755537993</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Filmin Teni</t>
+          <t>Hayatını Kazanmak Onu Kaybetmek Midir? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755537740</t>
+          <t>9789755538136</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi ve Özgürlük</t>
+          <t>Arkadaşlarımızı Neden Severiz? - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755538174</t>
+          <t>9789755537962</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Sineması</t>
+          <t>Çok Güzel - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755537696</t>
+          <t>9789755537986</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Oğlu</t>
+          <t>Futbol - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755537641</t>
+          <t>9789755537948</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dijital İmgeler Evreni</t>
+          <t>Bu Hiç Adil Değil! - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755537733</t>
+          <t>9789755538044</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Deniz Harbini Anlamak</t>
+          <t>Sohbet - Düşünen Baykuş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755537627</t>
+          <t>9789755537610</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji ve Sinema</t>
+          <t>Yapay Zeka Bilge İle Bilime Yolculuk</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>490</v>
+        <v>555</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755537764</t>
+          <t>9789755538198</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Şarkdöngü</t>
+          <t>Yeni Medya Eski Haber</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>500</v>
+        <v>660</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755537450</t>
+          <t>9789755537634</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Modernleşmesi</t>
+          <t>Kemalist Türkiye'de Eğitim Sorunu ve Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>390</v>
+        <v>695</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755537788</t>
+          <t>9789755537665</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Augustus Dönemi</t>
+          <t>Kapitalist İdeolojinin Medyadaki Altın Çağı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755537795</t>
+          <t>9789755537757</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Sonu mu?</t>
+          <t>Kant'ın Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>600</v>
+        <v>570</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755537580</t>
+          <t>9789755538167</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasına Özgül Bakışlar</t>
+          <t>Genç Marx'ın Felsefik Kökenleri 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>480</v>
+        <v>900</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755537771</t>
+          <t>9789755537672</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Eksi Bir</t>
+          <t>Filmin Teni</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>360</v>
+        <v>690</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755537719</t>
+          <t>9789755537740</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Donanmanın Tarihsel Serüveni</t>
+          <t>Eğitim Felsefesi ve Özgürlük</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755537726</t>
+          <t>9789755538174</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Güç Sarkaçları: Silahlı Çatışmaların Melezleşmesinin Maliyet Bazlı Bir Analizi 1945 - 2015</t>
+          <t>Dijitalin Sineması</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>600</v>
+        <v>870</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755537511</t>
+          <t>9789755537696</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Değiştirme(me)li mi?</t>
+          <t>Eşeğin Oğlu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>610</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755537528</t>
+          <t>9789755537641</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İnsan Evriminde Taş Aletler</t>
+          <t>Dijital İmgeler Evreni</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755537573</t>
+          <t>9789755537733</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sinemada ve Edebiyatta Şiirin Yüzü</t>
+          <t>Deniz Harbini Anlamak</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>480</v>
+        <v>990</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755537559</t>
+          <t>9789755537627</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Matematik Felsefesi</t>
+          <t>Kriminoloji ve Sinema</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755537597</t>
+          <t>9789755537764</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Film Yapmak</t>
+          <t>Şarkdöngü</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755537481</t>
+          <t>9789755537450</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl İngiliz Romanında Mizah ve Hiciv</t>
+          <t>Türk Siyasal Modernleşmesi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>800</v>
+        <v>570</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755537504</t>
+          <t>9789755537788</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Slyvia Plath ve Nilgün Marmara’da İntihar ve Ölüm</t>
+          <t>Augustus Dönemi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>440</v>
+        <v>555</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755537498</t>
+          <t>9789755537795</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bitti</t>
+          <t>İnsanın Sonu mu?</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755537566</t>
+          <t>9789755537580</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Estetik Kategoriler: Çirkinin Estetiği</t>
+          <t>Türk Sinemasına Özgül Bakışlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755537474</t>
+          <t>9789755537771</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kültürötesi İmgeler</t>
+          <t>Eksi Bir</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>600</v>
+        <v>540</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755537535</t>
+          <t>9789755537719</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bellek</t>
+          <t>Donanmanın Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>380</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755537467</t>
+          <t>9789755537726</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Stratejiye Giriş ve Deniz Stratejisi</t>
+          <t>Güç Sarkaçları: Silahlı Çatışmaların Melezleşmesinin Maliyet Bazlı Bir Analizi 1945 - 2015</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1100</v>
+        <v>790</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755537412</t>
+          <t>9789755537511</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kuramı</t>
+          <t>Değiştirme(me)li mi?</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>490</v>
+        <v>530</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755537221</t>
+          <t>9789755537528</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Grafik Sanat Olarak Sinema</t>
+          <t>İnsan Evriminde Taş Aletler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>480</v>
+        <v>990</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755537405</t>
+          <t>9789755537573</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Büyülü Çemberi</t>
+          <t>Sinemada ve Edebiyatta Şiirin Yüzü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>490</v>
+        <v>660</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755537368</t>
+          <t>9789755537559</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>IŞİD Tarihi</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755537429</t>
+          <t>9789755537597</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla Yaşamak</t>
+          <t>Film Yapmak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>560</v>
+        <v>960</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755537436</t>
+          <t>9789755537481</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elemtere Fiş Kem Gözlere Şiş!</t>
+          <t>20. Yüzyıl İngiliz Romanında Mizah ve Hiciv</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755537283</t>
+          <t>9789755537504</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Narsist</t>
+          <t>Slyvia Plath ve Nilgün Marmara’da İntihar ve Ölüm</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755537160</t>
+          <t>9789755537498</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 50 Askeri Lider</t>
+          <t>Bitti</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>490</v>
+        <v>555</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755537399</t>
+          <t>9789755537566</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra</t>
+          <t>Sinemada Estetik Kategoriler: Çirkinin Estetiği</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755537252</t>
+          <t>9789755537474</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Teknoloji</t>
+          <t>Kültürötesi İmgeler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>570</v>
+        <v>900</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755537214</t>
+          <t>9789755537535</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Deha ve Karakter</t>
+          <t>Ekran Bellek</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>440</v>
+        <v>555</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755537382</t>
+          <t>9789755537467</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Öğle Yemeğinde Matematik</t>
+          <t>Stratejiye Giriş ve Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>450</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755537375</t>
+          <t>9789755537412</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kahve Molasında Matematik</t>
+          <t>Sinema Kuramı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>450</v>
+        <v>680</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755537207</t>
+          <t>9789755537221</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir Rus Generalinin Günlükleri</t>
+          <t>Grafik Sanat Olarak Sinema</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755537306</t>
+          <t>9789755537405</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Siyaseti Düşünmek</t>
+          <t>İdeolojinin Büyülü Çemberi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>550</v>
+        <v>690</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755537269</t>
+          <t>9789755537368</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Mizah</t>
+          <t>IŞİD Tarihi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>480</v>
+        <v>695</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755537184</t>
+          <t>9789755537429</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Sineması</t>
+          <t>Sayılarla Yaşamak</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755537313</t>
+          <t>9789755537436</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kadının Kamerasından</t>
+          <t>Elemtere Fiş Kem Gözlere Şiş!</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755537139</t>
+          <t>9789755537283</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Acı</t>
+          <t>Narsist</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755537276</t>
+          <t>9789755537160</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Özçekim-Selfie</t>
+          <t>Dünyayı Değiştiren 50 Askeri Lider</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>490</v>
+        <v>690</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755537351</t>
+          <t>9789755537399</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Arasında</t>
+          <t>Kleopatra</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755537191</t>
+          <t>9789755537252</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Senin Sineman</t>
+          <t>Savaş ve Teknoloji</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755537177</t>
+          <t>9789755537214</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Özgür Çocuk Özgür İnsan</t>
+          <t>Deha ve Karakter</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>420</v>
+        <v>630</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755537290</t>
+          <t>9789755537382</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Televizyon Formatları</t>
+          <t>Öğle Yemeğinde Matematik</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755537344</t>
+          <t>9789755537375</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Belgesel Sinemada Kadın Emeği</t>
+          <t>Kahve Molasında Matematik</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755537146</t>
+          <t>9789755537207</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belgesel Film Festivalleri</t>
+          <t>Bir Rus Generalinin Günlükleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>500</v>
+        <v>495</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755537153</t>
+          <t>9789755537306</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bir Bölü Sonsuz</t>
+          <t>Siyaseti Düşünmek</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>695</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755537320</t>
+          <t>9789755537269</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Araf'ta İmgeler</t>
+          <t>Türk Sinemasında Mizah</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>480</v>
+        <v>640</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755537122</t>
+          <t>9789755537184</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yakın Doğu’da Besin Üretimi</t>
+          <t>Akdeniz Sineması</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>440</v>
+        <v>790</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755537078</t>
+          <t>9789755537313</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik ve Anarşizm</t>
+          <t>Kadının Kamerasından</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755537030</t>
+          <t>9789755537139</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Üç Okyanusun Öyküsü</t>
+          <t>Duygusal Acı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>380</v>
+        <v>530</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755537016</t>
+          <t>9789755537276</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sinema Yazıları</t>
+          <t>Özçekim-Selfie</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>440</v>
+        <v>680</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755536972</t>
+          <t>9789755537351</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir Safın Notları</t>
+          <t>İmgeler Arasında</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755537115</t>
+          <t>9789755537191</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Muhafazakarlık</t>
+          <t>Senin Sineman</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>480</v>
+        <v>530</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755536989</t>
+          <t>9789755537177</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Tahakkümü Karşısında Konuşmanın İktidarı</t>
+          <t>Özgür Çocuk Özgür İnsan</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>390</v>
+        <v>530</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755537092</t>
+          <t>9789755537290</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan İnsan Manzaraları</t>
+          <t>Türkiye'de Televizyon Formatları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>260</v>
+        <v>695</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755537085</t>
+          <t>9789755537344</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sanat Sineması</t>
+          <t>Türkiye’de Belgesel Sinemada Kadın Emeği</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>680</v>
+        <v>495</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755537108</t>
+          <t>9789755537146</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Pratikte Sinemada Kurgu</t>
+          <t>Türkiye'de Belgesel Film Festivalleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>550</v>
+        <v>695</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755537009</t>
+          <t>9789755537153</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Psikanaliz ve Diyalektik Materyalizm</t>
+          <t>Bir Bölü Sonsuz</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755537047</t>
+          <t>9789755537320</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 1</t>
+          <t>Araf'ta İmgeler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>640</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755537054</t>
+          <t>9789755537122</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 2</t>
+          <t>Yakın Doğu’da Besin Üretimi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755537023</t>
+          <t>9789755537078</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarih Yazımının Öncüleri</t>
+          <t>Sivil İtaatsizlik ve Anarşizm</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755537061</t>
+          <t>9789755537030</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yugoslavya’da Sosyalist Özyönetim Deneyimi</t>
+          <t>Üç Okyanusun Öyküsü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>700</v>
+        <v>555</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755536996</t>
+          <t>9789755537016</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Dünyası - 315 Akıl Oyunuyla Matematik Tarihi</t>
+          <t>Sinema Yazıları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>2450</v>
+        <v>610</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755537443</t>
+          <t>9789755536972</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Taş Aletler</t>
+          <t>Bir Safın Notları</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755536941</t>
+          <t>9789755537115</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Risaletü’n-Nushiyye’si ve Divan’ı</t>
+          <t>Toplumsal Muhafazakarlık</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1300</v>
+        <v>640</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755536903</t>
+          <t>9789755536989</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sophie’nin Günlüğü</t>
+          <t>Şiddetin Tahakkümü Karşısında Konuşmanın İktidarı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>590</v>
+        <v>570</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755536927</t>
+          <t>9789755537092</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Kısa Tarihi</t>
+          <t>Osmanlıdan İnsan Manzaraları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755536880</t>
+          <t>9789755537085</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Esasları</t>
+          <t>Küresel Sanat Sineması</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>340</v>
+        <v>900</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755536958</t>
+          <t>9789755537108</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Resim Tarihi</t>
+          <t>Teoride ve Pratikte Sinemada Kurgu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>695</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755536866</t>
+          <t>9789755537009</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>...Rağmen Sinema</t>
+          <t>Sinemada Psikanaliz ve Diyalektik Materyalizm</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755536873</t>
+          <t>9789755537047</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Doğuşu</t>
+          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 1</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>450</v>
+        <v>695</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755536859</t>
+          <t>9789755537054</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Devlet ve Toplum Felsefesi</t>
+          <t>Köy Enstitüleri Sistemi ve Düşündürdükleri 2</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>600</v>
+        <v>695</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755536897</t>
+          <t>9789755537023</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Belgesel - Kısa Film - Video Sanatı</t>
+          <t>İlkçağ Tarih Yazımının Öncüleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>590</v>
+        <v>530</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755536767</t>
+          <t>9789755537061</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Savaşları Değiştiren 50 Silah</t>
+          <t>Yugoslavya’da Sosyalist Özyönetim Deneyimi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>490</v>
+        <v>950</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755536736</t>
+          <t>9789755536996</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Aşktan da Üstün</t>
+          <t>Bilmeceler Dünyası - 315 Akıl Oyunuyla Matematik Tarihi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>440</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755536811</t>
+          <t>9789755537443</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Olimpiyat Oyunlarında</t>
+          <t>Taş Aletler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755536781</t>
+          <t>9789755536941</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Arazi Peşinde</t>
+          <t>Yunus Emre’nin Risaletü’n-Nushiyye’si ve Divan’ı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755536743</t>
+          <t>9789755536903</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema Tarihi</t>
+          <t>Sophie’nin Günlüğü</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>570</v>
+        <v>750</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755536705</t>
+          <t>9789755536927</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bir'in Matematiği Sonsuzun Geometrisi</t>
+          <t>Sayıların Kısa Tarihi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>230</v>
+        <v>700</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755536774</t>
+          <t>9789755536880</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Büyük Askeri Gaflar</t>
+          <t>Savaşın Esasları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>490</v>
+        <v>430</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755536729</t>
+          <t>9789755536958</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dil, Kültür ve Metin</t>
+          <t>Resim Tarihi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755536804</t>
+          <t>9789755536866</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Hazine Bölüşüyor</t>
+          <t>...Rağmen Sinema</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>450</v>
+        <v>630</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755536798</t>
+          <t>9789755536873</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Banka Soyuyor</t>
+          <t>Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>450</v>
+        <v>695</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755536842</t>
+          <t>9789755536859</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Matematik</t>
+          <t>Hegel’in Devlet ve Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755536835</t>
+          <t>9789755536897</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Tuzak Kuruyor</t>
+          <t>Belgesel - Kısa Film - Video Sanatı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>450</v>
+        <v>790</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755536712</t>
+          <t>9789755536767</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kaos Etiği</t>
+          <t>Savaşları Değiştiren 50 Silah</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>600</v>
+        <v>690</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755536828</t>
+          <t>9789755536736</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Avanaklar Sanatçı Oluyor</t>
+          <t>Aşktan da Üstün</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755536699</t>
+          <t>9789755536811</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Büyüsü</t>
+          <t>Avanaklar Olimpiyat Oyunlarında</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755536682</t>
+          <t>9789755536781</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Pragmatizm</t>
+          <t>Avanaklar Arazi Peşinde</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755536750</t>
+          <t>9789755536743</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren 50 Savaş</t>
+          <t>Sessiz Sinema Tarihi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>680</v>
+        <v>700</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755536668</t>
+          <t>9789755536705</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Matematik Mi Dediniz?</t>
+          <t>Bir'in Matematiği Sonsuzun Geometrisi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755536644</t>
+          <t>9789755536774</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bizans Savaş Sanatı</t>
+          <t>Büyük Askeri Gaflar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755536620</t>
+          <t>9789755536729</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Günlük Eşyalarla Eğlenceli Deneyler</t>
+          <t>Dil, Kültür ve Metin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755536606</t>
+          <t>9789755536804</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçilik ve Liberalizm</t>
+          <t>Avanaklar Hazine Bölüşüyor</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755536651</t>
+          <t>9789755536798</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hollywood'un Film Dili</t>
+          <t>Avanaklar Banka Soyuyor</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>570</v>
+        <v>550</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755536613</t>
+          <t>9789755536842</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>En İyi Matematik ve Mantık Bilmeceleri</t>
+          <t>Gizemli Matematik</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755536637</t>
+          <t>9789755536835</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Mutlu mu Yaşadılar?</t>
+          <t>Avanaklar Tuzak Kuruyor</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755536552</t>
+          <t>9789755536712</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tiyatrosu</t>
+          <t>Kaos Etiği</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755536590</t>
+          <t>9789755536828</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Bilmeceleri</t>
+          <t>Avanaklar Sanatçı Oluyor</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755536576</t>
+          <t>9789755536699</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Matematik Aşkı</t>
+          <t>Bilimin Büyüsü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>660</v>
+        <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755536408</t>
+          <t>9789755536682</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 1 - Yemekte Fare</t>
+          <t>Cumhuriyet ve Pragmatizm</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755536460</t>
+          <t>9789755536750</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 10 - On ve Dostları</t>
+          <t>Dünyayı Değiştiren 50 Savaş</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755536439</t>
+          <t>9789755536668</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 9 - Bize Bir Tatlı</t>
+          <t>Matematik Mi Dediniz?</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755536477</t>
+          <t>9789755536644</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 8 - Kamp Macerası</t>
+          <t>Bizans Savaş Sanatı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755536484</t>
+          <t>9789755536620</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 7 - Sihirbaz Fare</t>
+          <t>Günlük Eşyalarla Eğlenceli Deneyler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755536415</t>
+          <t>9789755536606</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 6 - Altı Tık</t>
+          <t>Cumhuriyetçilik ve Liberalizm</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>630</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755536422</t>
+          <t>9789755536651</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 5 - Arka Pati Beş</t>
+          <t>Hollywood'un Film Dili</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755536446</t>
+          <t>9789755536613</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 4 - Spor İçin Dört</t>
+          <t>En İyi Matematik ve Mantık Bilmeceleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755536491</t>
+          <t>9789755536637</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 3 - En Güçlü Fare Üç</t>
+          <t>Sonsuza Kadar Mutlu mu Yaşadılar?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755536453</t>
+          <t>9789755536552</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Fareler ve Sayılar 2 - Biki ile İki Eder</t>
+          <t>Kürt Tiyatrosu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755536538</t>
+          <t>9789755536590</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Stratejiyi Anlamak</t>
+          <t>Eğlenceli Matematik Bilmeceleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>640</v>
+        <v>430</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755535821</t>
+          <t>9789755536576</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Sürecinde Şair / Şiir - Vicdan</t>
+          <t>Matematik Aşkı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755536569</t>
+          <t>9789755536408</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kanunların Ruhu Üzerine</t>
+          <t>Fareler ve Sayılar 1 - Yemekte Fare</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>790</v>
+        <v>400</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755536545</t>
+          <t>9789755536460</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemasında Akımlar</t>
+          <t>Fareler ve Sayılar 10 - On ve Dostları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755536316</t>
+          <t>9789755536439</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Modern Stratejinin Ustaları</t>
+          <t>Fareler ve Sayılar 9 - Bize Bir Tatlı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755536057</t>
+          <t>9789755536477</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Aşk Felsefesi</t>
+          <t>Fareler ve Sayılar 8 - Kamp Macerası</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755536224</t>
+          <t>9789755536484</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sanat Tarihi</t>
+          <t>Fareler ve Sayılar 7 - Sihirbaz Fare</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>570</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755536385</t>
+          <t>9789755536415</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kıtlığı Yeniden Düşünmek</t>
+          <t>Fareler ve Sayılar 6 - Altı Tık</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755536279</t>
+          <t>9789755536422</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Zaferi</t>
+          <t>Fareler ve Sayılar 5 - Arka Pati Beş</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755536170</t>
+          <t>9789755536446</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Marksist Teoride İdeoloji ve Politika</t>
+          <t>Fareler ve Sayılar 4 - Spor İçin Dört</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755536392</t>
+          <t>9789755536491</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Modern Strateji</t>
+          <t>Fareler ve Sayılar 3 - En Güçlü Fare Üç</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755536217</t>
+          <t>9789755536453</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kadın Psikolojisi</t>
+          <t>Fareler ve Sayılar 2 - Biki ile İki Eder</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755536286</t>
+          <t>9789755536538</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Sinema Kuramları</t>
+          <t>Çağdaş Stratejiyi Anlamak</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>590</v>
+        <v>850</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755536149</t>
+          <t>9789755535821</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Bağımsız Sineması</t>
+          <t>Kendilik Sürecinde Şair / Şiir - Vicdan</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755536262</t>
+          <t>9789755536569</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağda Bilgi Felsefesi</t>
+          <t>Kanunların Ruhu Üzerine</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>590</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755536330</t>
+          <t>9789755536545</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Yaptırmamak</t>
+          <t>Dünya Sinemasında Akımlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>695</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755536231</t>
+          <t>9789755536316</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Devlet ve Toplum Felsefesine Giriş</t>
+          <t>Modern Stratejinin Ustaları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>490</v>
+        <v>950</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755536255</t>
+          <t>9789755536057</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Zihni Nasıl Gelişir?</t>
+          <t>Aşk Felsefesi</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755536347</t>
+          <t>9789755536224</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Radyo-Televizyonlar</t>
+          <t>Marksizm ve Sanat Tarihi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755536200</t>
+          <t>9789755536385</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Zombiyi Isıran Adam</t>
+          <t>Kıtlığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>390</v>
+        <v>555</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755536354</t>
+          <t>9789755536279</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal’ın Şiirlerinde Coğrafi Mekan</t>
+          <t>Ölümün Zaferi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>440</v>
+        <v>695</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755536293</t>
+          <t>9789755536170</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Şiir</t>
+          <t>Marksist Teoride İdeoloji ve Politika</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755536323</t>
+          <t>9789755536392</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kesin Belirsizlik</t>
+          <t>Modern Strateji</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>630</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755536248</t>
+          <t>9789755536217</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Tarihi</t>
+          <t>Sinemada Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>1280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755535289</t>
+          <t>9789755536286</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sanatçılar Ansiklopedisi</t>
+          <t>Avrupa Sinema Kuramları</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>1400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755534176</t>
+          <t>9789755536149</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 3. Kitap - Fotoğrafın Derin Anlamı</t>
+          <t>Amerikan Bağımsız Sineması</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>400</v>
+        <v>695</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755534169</t>
+          <t>9789755536262</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 2. Kitap - Görüntü Büyücüsü</t>
+          <t>Yeniçağda Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>400</v>
+        <v>790</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755534152</t>
+          <t>9789755536330</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Görme Kültürü 1. Kitap - Görüntüler Evreni</t>
+          <t>İklim Krizi ve Yaptırmamak</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755535029</t>
+          <t>9789755536231</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçiliğin Tarihi</t>
+          <t>Hegel’in Devlet ve Toplum Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>590</v>
+        <v>690</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755536118</t>
+          <t>9789755536255</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kral'ın Onlukları</t>
+          <t>Çocuk Zihni Nasıl Gelişir?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>450</v>
+        <v>610</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755535999</t>
+          <t>9789755536347</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Normalden Anormale Aşk ve Aşk Sineması</t>
+          <t>Türkiye’de Radyo-Televizyonlar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>440</v>
+        <v>790</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755535975</t>
+          <t>9789755536200</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema</t>
+          <t>Zombiyi Isıran Adam</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755535944</t>
+          <t>9789755536354</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatın Felsefesi</t>
+          <t>Pir Sultan Abdal’ın Şiirlerinde Coğrafi Mekan</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755534664</t>
+          <t>9789755536293</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yazılan Sözler</t>
+          <t>Dil ve Şiir</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755533056</t>
+          <t>9789755536323</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yenilginin Diyalektiği</t>
+          <t>Kesin Belirsizlik</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755534008</t>
+          <t>9789755536248</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Matematik</t>
+          <t>Matematiğin Tarihi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>400</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755535395</t>
+          <t>9789755535289</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yaratılan Deniz Gücünün Stratejisi</t>
+          <t>Görsel Sanatçılar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>490</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755535043</t>
+          <t>9789755534176</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlar</t>
+          <t>Görme Kültürü 3. Kitap - Fotoğrafın Derin Anlamı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755533353</t>
+          <t>9789755534169</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Masalları</t>
+          <t>Görme Kültürü 2. Kitap - Görüntü Büyücüsü</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755535371</t>
+          <t>9789755534152</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Sineması ve Batı</t>
+          <t>Görme Kültürü 1. Kitap - Görüntüler Evreni</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>700</v>
+        <v>570</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755535531</t>
+          <t>9789755535029</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Felsefi Arka Planı</t>
+          <t>Gerçekçiliğin Tarihi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755535692</t>
+          <t>9789755536118</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Ekonomik Yapısı</t>
+          <t>Kral'ın Onlukları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755535470</t>
+          <t>9789755535999</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Truva Savaşı</t>
+          <t>Normalden Anormale Aşk ve Aşk Sineması</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755533427</t>
+          <t>9789755535975</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Tibet Masalları</t>
+          <t>Ve Sinema</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>290</v>
+        <v>640</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755533766</t>
+          <t>9789755535944</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Terapiye Hayır Duygu Tiranlığı ve Psikolojik Tedavi Efsanesi Psikoterapik Tiranlık</t>
+          <t>Gündelik Hayatın Felsefesi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789755534961</t>
+          <t>9789755534664</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Tekstil ve Giyim Kuşamın Kültürel Tarihi</t>
+          <t>Zamana Yazılan Sözler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>390</v>
+        <v>680</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755535036</t>
+          <t>9789755533056</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yapmak</t>
+          <t>Yenilginin Diyalektiği</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755536309</t>
+          <t>9789755534008</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Strateji Dolaylı Tutum</t>
+          <t>Yaşayan Matematik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>695</v>
+        <v>570</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755534268</t>
+          <t>9789755535395</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü Şiir ve Şair Üzerine Yazılan Şiirler Derlencesi</t>
+          <t>Yaratılan Deniz Gücünün Stratejisi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>800</v>
+        <v>680</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755535418</t>
+          <t>9789755535043</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Gerçeklik</t>
+          <t>Yamyamlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755534213</t>
+          <t>9789755533353</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Mantık Bulmacaları</t>
+          <t>Vietnam Masalları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755535845</t>
+          <t>9789755535371</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Matematik (Ciltli)</t>
+          <t>Üçüncü Dünya Sineması ve Batı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755531731</t>
+          <t>9789755535531</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Özgürlük</t>
+          <t>Türk Sinemasının Felsefi Arka Planı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>300</v>
+        <v>680</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789755534893</t>
+          <t>9789755535692</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Senin Zamanın Pablo Neruda</t>
+          <t>Türk Sinemasının Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755535920</t>
+          <t>9789755535470</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Senertesi Şiirleri</t>
+          <t>Truva Savaşı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>260</v>
+        <v>630</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755534688</t>
+          <t>9789755533427</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Savaşma İçgüdüsü</t>
+          <t>Tibet Masalları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755534282</t>
+          <t>9789755533766</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Ustaları Klasik Stratejiler</t>
+          <t>Terapiye Hayır Duygu Tiranlığı ve Psikolojik Tedavi Efsanesi Psikoterapik Tiranlık</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>680</v>
+        <v>230</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755534725</t>
+          <t>9789755534961</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Savaş Üzerine</t>
+          <t>Tekstil ve Giyim Kuşamın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>690</v>
+        <v>570</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789755534503</t>
+          <t>9789755535036</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sözlüğü</t>
+          <t>Tarih Yapmak</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>700</v>
+        <v>690</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755535807</t>
+          <t>9789755536309</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Strateji Dolaylı Tutum</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755535555</t>
+          <t>9789755534268</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Saniyede 24 Kare Ölüm</t>
+          <t>Sözün Büyüsü Şiir ve Şair Üzerine Yazılan Şiirler Derlencesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>390</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755535111</t>
+          <t>9789755535418</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Sinema ve Gerçeklik</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>610</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755534954</t>
+          <t>9789755534213</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Pratik Bir Felsefe</t>
+          <t>Sıradışı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755533032</t>
+          <t>9789755535845</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Politikanın Çocuklara Açıklanması</t>
+          <t>Sevimli Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>160</v>
+        <v>890</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789758408498</t>
+          <t>9789755531731</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Piramitler Gerçeği</t>
+          <t>Sevgi ve Özgürlük</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755535142</t>
+          <t>9789755534893</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı, Silah ve Savaş Tekniğinin Kültürel Tarihi</t>
+          <t>Senin Zamanın Pablo Neruda</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>440</v>
+        <v>950</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755534183</t>
+          <t>9789755535920</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yüz</t>
+          <t>Senertesi Şiirleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755535708</t>
+          <t>9789755534688</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Bilmeceler</t>
+          <t>Savaşma İçgüdüsü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>695</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755534800</t>
+          <t>9789755534282</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Otomatlar Mekanik Oyuncaklar Tarihi</t>
+          <t>Savaşın Ustaları Klasik Stratejiler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>390</v>
+        <v>900</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755535777</t>
+          <t>9789755534725</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Nobel, Orhan Pamuk ve Yazarlığı</t>
+          <t>Savaş Üzerine</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>440</v>
+        <v>790</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755534015</t>
+          <t>9789755534503</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Napoleon Ölmez Sayfalar</t>
+          <t>Savaş Sözlüğü</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>90</v>
+        <v>980</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755535203</t>
+          <t>9789755535807</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>700</v>
+        <v>990</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755534978</t>
+          <t>9789755535555</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatının Tarihsel Serüveni</t>
+          <t>Saniyede 24 Kare Ölüm</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>700</v>
+        <v>570</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755534701</t>
+          <t>9789755535111</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Muhammed</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755534930</t>
+          <t>9789755534954</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Mitolojinin Kültürel Tarihi</t>
+          <t>Pragmatizm Pratik Bir Felsefe</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755535616</t>
+          <t>9789755533032</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Efendisi Şiddet</t>
+          <t>Politikanın Çocuklara Açıklanması</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755535661</t>
+          <t>9789758408498</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Kedi Penrose’un Yeni Maceraları</t>
+          <t>Piramitler Gerçeği</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755535654</t>
+          <t>9789755535142</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Kedi Penrose’un Maceraları</t>
+          <t>Patlayıcı, Silah ve Savaş Tekniğinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755534206</t>
+          <t>9789755534183</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Mizah</t>
+          <t>Öteki Yüz</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789755535746</t>
+          <t>9789755535708</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Matematik Üzümleri (Ciltli)</t>
+          <t>Oyunlar ve Bilmeceler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755535722</t>
+          <t>9789755534800</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Zamanı : Matematik Stratejileri (Ciltli)</t>
+          <t>Otomatlar Mekanik Oyuncaklar Tarihi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>700</v>
+        <v>570</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755535838</t>
+          <t>9789755535777</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Matematik Patatesleri (Ciltli)</t>
+          <t>Nobel, Orhan Pamuk ve Yazarlığı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755535876</t>
+          <t>9789755534015</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Matematik Hayattır</t>
+          <t>Napoleon Ölmez Sayfalar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789755534671</t>
+          <t>9789755535203</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Kültürel Tarihi</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>630</v>
+        <v>950</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755535524</t>
+          <t>9789755534978</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Madencilik, Metalürji ve Mineralojinin Çileli Tarihi</t>
+          <t>Müzik Sanatının Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>490</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789755535791</t>
+          <t>9789755534701</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Liberal Adalet</t>
+          <t>Muhammed</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>360</v>
+        <v>695</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755535784</t>
+          <t>9789755534930</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kapitalizm Öncesi Tarihi’nin Maddesi</t>
+          <t>Mitolojinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>440</v>
+        <v>610</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755535548</t>
+          <t>9789755535616</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hollywood</t>
+          <t>Medyanın Efendisi Şiddet</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789755535357</t>
+          <t>9789755535661</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kültürün İşleyişi</t>
+          <t>Matematikçi Kedi Penrose’un Yeni Maceraları</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789755535326</t>
+          <t>9789755535654</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Tapınağı</t>
+          <t>Matematikçi Kedi Penrose’un Maceraları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755535449</t>
+          <t>9789755534206</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 2</t>
+          <t>Matematik ve Mizah</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789755535432</t>
+          <t>9789755535746</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 1</t>
+          <t>Matematik Üzümleri (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>480</v>
+        <v>890</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755535937</t>
+          <t>9789755535722</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dünyalar</t>
+          <t>Çarpma Zamanı : Matematik Stratejileri (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>360</v>
+        <v>890</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755534763</t>
+          <t>9789755535838</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kısa Ortadoğu Tarihi</t>
+          <t>Matematik Patatesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>700</v>
+        <v>890</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789756557853</t>
+          <t>9789755535876</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kısa Matematik Tarihi</t>
+          <t>Matematik Hayattır</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789755533124</t>
+          <t>9789755534671</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kısa Amerikan Hikayeleri</t>
+          <t>Matematiğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755534831</t>
+          <t>9789755535524</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kant Estetiği ve Yazın Kuramı</t>
+          <t>Madencilik, Metalürji ve Mineralojinin Çileli Tarihi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755534909</t>
+          <t>9789755535791</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kağıdın ve Matbaanın Kültürel Tarihi</t>
+          <t>Liberal Adalet</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>480</v>
+        <v>530</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755534947</t>
+          <t>9789755535784</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Edebiyatı Öykü Antolojisi</t>
+          <t>Kürtlerin Kapitalizm Öncesi Tarihi’nin Maddesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755534640</t>
+          <t>9789755535548</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ölümü ve Bilginin Doğuşu</t>
+          <t>Küresel Hollywood</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>440</v>
+        <v>960</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755534237</t>
+          <t>9789755535357</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İngilizce’de Özel Kullanımlar 500 Soru - 500 Yanıt</t>
+          <t>Kültürün İşleyişi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755534718</t>
+          <t>9789755535326</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İman ve Kılıç</t>
+          <t>Kudüs Tapınağı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789758408672</t>
+          <t>9789755535449</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İlkeli İnsan</t>
+          <t>Klasik Gitar Tarihi 2</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755534343</t>
+          <t>9789755535432</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İki İnsan İki Anıt: Eduard Zuckmayer - Walter Strauss</t>
+          <t>Klasik Gitar Tarihi 1</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789756557907</t>
+          <t>9789755535937</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekalara Hodri Meydan ! Bilmeceler</t>
+          <t>Kızıl Dünyalar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755535685</t>
+          <t>9789755534763</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun Sömürgecilik!</t>
+          <t>Kısa Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>480</v>
+        <v>950</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755535678</t>
+          <t>9789756557853</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Herkül’ün Zaferleri</t>
+          <t>Kısa Matematik Tarihi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755534749</t>
+          <t>9789755533124</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yazısı: Jorge Semprun</t>
+          <t>Kısa Amerikan Hikayeleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755535586</t>
+          <t>9789755534831</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Havana Bildirileri</t>
+          <t>Kant Estetiği ve Yazın Kuramı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755535609</t>
+          <t>9789755534909</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Haiti Devrimi</t>
+          <t>Kağıdın ve Matbaanın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755535067</t>
+          <t>9789755534947</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşam ve Eğlencenin Kültürel Tarihi</t>
+          <t>İtalyan Edebiyatı Öykü Antolojisi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755533087</t>
+          <t>9789755534640</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Gülmecenin Dilleri</t>
+          <t>İnsanın Ölümü ve Bilginin Doğuşu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789756557198</t>
+          <t>9789755534237</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Geometrinin Gizli Dünyası</t>
+          <t>İngilizce’de Özel Kullanımlar 500 Soru - 500 Yanıt</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755534190</t>
+          <t>9789755534718</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçıyla Diyaloglar</t>
+          <t>İman ve Kılıç</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755534794</t>
+          <t>9789758408672</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>FKF Dev - Genç Tarihi</t>
+          <t>İlkeli İnsan</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755534855</t>
+          <t>9789755534343</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Kültürel Tarihi</t>
+          <t>İki İnsan İki Anıt: Eduard Zuckmayer - Walter Strauss</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755533957</t>
+          <t>9789756557907</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Filistinliler 1948-1998 Fedai Nesli: Silahlı Mücadeleden Özerkliğe</t>
+          <t>Süper Zekalara Hodri Meydan ! Bilmeceler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755535500</t>
+          <t>9789755535685</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Etkisinde Türkiye’de Sinema (1939-1945)</t>
+          <t>Kahrolsun Sömürgecilik!</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>490</v>
+        <v>640</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755535630</t>
+          <t>9789755535678</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Herkül’ün Zaferleri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755535364</t>
+          <t>9789755534749</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Erkekler</t>
+          <t>Hayat Yazısı: Jorge Semprun</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>440</v>
+        <v>555</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755535951</t>
+          <t>9789755535586</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Masalları Seti (8 Kitap Takım) (Ciltli)</t>
+          <t>Havana Bildirileri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>5600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755535753</t>
+          <t>9789755535609</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik Masalları (Ciltli)</t>
+          <t>Haiti Devrimi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>700</v>
+        <v>470</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755535210</t>
+          <t>9789755535067</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Hayvan</t>
+          <t>Gündelik Yaşam ve Eğlencenin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755535906</t>
+          <t>9789755533087</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırıklıkları Atölyesi</t>
+          <t>Gülmecenin Dilleri</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755535739</t>
+          <t>9789756557198</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Matematik (Ciltli)</t>
+          <t>Geometrinin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755535517</t>
+          <t>9789755534190</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Doris Lessing’i Yeniden Okumak</t>
+          <t>Fotoğrafçıyla Diyaloglar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755534817</t>
+          <t>9789755534794</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz Yakından</t>
+          <t>FKF Dev - Genç Tarihi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>390</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755533209</t>
+          <t>9789755534855</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Fiziğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>180</v>
+        <v>640</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755535562</t>
+          <t>9789755533957</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Denizde Komuta</t>
+          <t>Filistinliler 1948-1998 Fedai Nesli: Silahlı Mücadeleden Özerkliğe</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755535128</t>
+          <t>9789755535500</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Deniz Stratejisinin Prensipleri</t>
+          <t>Faşizmin Etkisinde Türkiye’de Sinema (1939-1945)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>440</v>
+        <v>690</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755535234</t>
+          <t>9789755535630</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (3 Cilt Takım)</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>1400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755534862</t>
+          <t>9789755535364</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiyi Kurmak</t>
+          <t>Erkekler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>1000</v>
+        <v>630</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755535104</t>
+          <t>9789755535951</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi: Türkiye Serüveni</t>
+          <t>Eğlenceli Matematik Masalları Seti (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>440</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755533131</t>
+          <t>9789755535753</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Eğlenceli Matematik Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>170</v>
+        <v>890</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755535302</t>
+          <t>9789755535210</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Değişen Ailelerde Çocuklar</t>
+          <t>Düşünen Hayvan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>590</v>
+        <v>695</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755534251</t>
+          <t>9789755535906</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Deer Mişim!</t>
+          <t>Düş Kırıklıkları Atölyesi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755535852</t>
+          <t>9789755535739</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Daha Eğlenceli Matematik Masalları (Ciltli)</t>
+          <t>Dört Mevsim Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>700</v>
+        <v>890</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755535388</t>
+          <t>9789755535517</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Daha Eğlenceli Matematik</t>
+          <t>Doris Lessing’i Yeniden Okumak</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>570</v>
+        <v>600</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789756557242</t>
+          <t>9789755534817</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Çöz Bakalım</t>
+          <t>Doğu Akdeniz Yakından</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755534824</t>
+          <t>9789755533209</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Hakkında Karar Verme</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789755535814</t>
+          <t>9789755535562</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Chicago Okulu</t>
+          <t>Denizde Komuta</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>350</v>
+        <v>790</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789755535463</t>
+          <t>9789755535128</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin</t>
+          <t>Deniz Stratejisinin Prensipleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>300</v>
+        <v>610</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789755535296</t>
+          <t>9789755535234</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Camelia</t>
+          <t>Denemeler (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>390</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789755535890</t>
+          <t>9789755534862</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Marksizm</t>
+          <t>Demokrasiyi Kurmak</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>440</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789755533049</t>
+          <t>9789755535104</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deneme</t>
+          <t>Demokrasi: Türkiye Serüveni</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>300</v>
+        <v>630</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789755535715</t>
+          <t>9789755533131</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalar Diyarına Yolculuk</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789755534411</t>
+          <t>9789755535302</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Kavimlerinin Doğu’dan Batı’ya Göçleri</t>
+          <t>Değişen Ailelerde Çocuklar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>790</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789755534879</t>
+          <t>9789755534251</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Biyolojinin Kültürel Tarihi</t>
+          <t>Deer Mişim!</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>660</v>
+        <v>555</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789755535050</t>
+          <t>9789755535852</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Ruhuna Ağıt</t>
+          <t>Daha Eğlenceli Matematik Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>300</v>
+        <v>890</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789755535494</t>
+          <t>9789755535388</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Kahramanı Selahaddin</t>
+          <t>Daha Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>480</v>
+        <v>670</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789755535579</t>
+          <t>9789756557242</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden Yunan Mitleri</t>
+          <t>Çöz Bakalım</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789756557778</t>
+          <t>9789755534824</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları 2</t>
+          <t>Çocuklar Hakkında Karar Verme</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789756557761</t>
+          <t>9789755535814</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları  1</t>
+          <t>Chicago Okulu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>600</v>
+        <v>495</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789755534220</t>
+          <t>9789755535463</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Bilim ve Matematik Bulmacaları</t>
+          <t>Charles Darwin</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789755535081</t>
+          <t>9789755535296</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesinde İslam</t>
+          <t>Camelia</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>360</v>
+        <v>570</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789755531755</t>
+          <t>9789755535890</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Baleylim Bale Üzerine Fotografik Bir Etüd A Photographic Study of Dance (60 Siyah-Beyaz Duotone 25 Renkli Fotoğraf) (Ciltli)</t>
+          <t>Büyülü Marksizm</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>3500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789755534244</t>
+          <t>9789755533049</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Söz Ederken Alçak Sesle Konuşunuz</t>
+          <t>Büyük Deneme</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789755534985</t>
+          <t>9789755535715</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Astronomi ve Coğrafyanın Kültürel Tarihi</t>
+          <t>Bulmacalar Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789755532998</t>
+          <t>9789755534411</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Annelerle Söyleşi</t>
+          <t>Bozkır Kavimlerinin Doğu’dan Batı’ya Göçleri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789755533988</t>
+          <t>9789755534879</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Anlam Bilim Sözcüğün Anlam Açılımı</t>
+          <t>Biyolojinin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789755535272</t>
+          <t>9789755535050</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Alevi Hukuku ve Düşkünlük</t>
+          <t>Bir Kadının Ruhuna Ağıt</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789755535319</t>
+          <t>9789755535494</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Alet ve Makinelerin Kültürel Tarihi</t>
+          <t>Bir İslam Kahramanı Selahaddin</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>390</v>
+        <v>660</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789755535074</t>
+          <t>9789755535579</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Bir Çocuğun Gözünden Yunan Mitleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789755535333</t>
+          <t>9789756557778</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Agamemnon Mezarı</t>
+          <t>Binbir Gece Masalları 2</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789755534787</t>
+          <t>9789756557761</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Açık Gözler: Marguerite Yourcenar</t>
+          <t>Binbir Gece Masalları  1</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789755531298</t>
+          <t>9789755534220</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>... Ve Marksizm</t>
+          <t>Bil Bakalım Bilim ve Matematik Bulmacaları</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789755535401</t>
+          <t>9789755535081</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Zaman</t>
+          <t>Batı Düşüncesinde İslam</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789755534657</t>
+          <t>9789755531755</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yönetmenlik, Oyunculuk, Kurgu</t>
+          <t>Baleylim Bale Üzerine Fotografik Bir Etüd A Photographic Study of Dance (60 Siyah-Beyaz Duotone 25 Renkli Fotoğraf) (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>600</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789755536071</t>
+          <t>9789755534244</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Viking Haritası</t>
+          <t>Aşktan Söz Ederken Alçak Sesle Konuşunuz</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789755536132</t>
+          <t>9789755534985</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Çetre Adası</t>
+          <t>Astronomi ve Coğrafyanın Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789755536101</t>
+          <t>9789755532998</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İlk Yuvarlak Masa</t>
+          <t>Annelerle Söyleşi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789755536095</t>
+          <t>9789755533988</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Açı Diyarının Büyük Şövalyesi - Sör Çepçevre'nin Matematik Maceraları</t>
+          <t>Anlam Bilim Sözcüğün Anlam Açılımı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789755536125</t>
+          <t>9789755535272</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Pi Ejderhası</t>
+          <t>Alevi Hukuku ve Düşkünlük</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789755536194</t>
+          <t>9789755535319</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Psikopatlar ve Nefret Suçları</t>
+          <t>Alet ve Makinelerin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>380</v>
+        <v>570</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789755536156</t>
+          <t>9789755535074</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kadınlardan Erkeklere Empati Mektupları</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789755536163</t>
+          <t>9789755535333</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Tarihi 3</t>
+          <t>Agamemnon Mezarı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789755536187</t>
+          <t>9789755534787</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar / Erkekler - Farklılıklar / İlişkiler</t>
+          <t>Açık Gözler: Marguerite Yourcenar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>440</v>
+        <v>695</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789755535647</t>
+          <t>9789755531298</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kadın Haklarının Müdafaası</t>
+          <t>... Ve Marksizm</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789755533834</t>
+          <t>9789755535401</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Nevrotik Kişiliği</t>
+          <t>Sinemada Zaman</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>480</v>
+        <v>610</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789755535487</t>
+          <t>9789755534657</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kavramı</t>
+          <t>Sinemada Yönetmenlik, Oyunculuk, Kurgu</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789755536088</t>
+          <t>9789755536071</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Konideki Kılıç</t>
+          <t>Viking Haritası</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789755536064</t>
+          <t>9789755536132</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Madde</t>
+          <t>Çetre Adası</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789755536026</t>
+          <t>9789755536101</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dowell’in Başı</t>
+          <t>İlk Yuvarlak Masa</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789755536019</t>
+          <t>9789755536095</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Ket Yıldızı</t>
+          <t>Açı Diyarının Büyük Şövalyesi - Sör Çepçevre'nin Matematik Maceraları</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789755536040</t>
+          <t>9789755536125</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Anti - Nietzsche</t>
+          <t>Pi Ejderhası</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789755536002</t>
+          <t>9789755536194</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Dizilerde Psikoloji ve Anormal Davranışlar</t>
+          <t>Aramızdaki Psikopatlar ve Nefret Suçları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>490</v>
+        <v>555</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
+          <t>9789755536156</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlardan Erkeklere Empati Mektupları</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9789755536163</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Gitar Tarihi 3</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9789755536187</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar / Erkekler - Farklılıklar / İlişkiler</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789755535647</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Haklarının Müdafaası</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9789755533834</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Çağımızın Nevrotik Kişiliği</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9789755535487</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Kavramı</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9789755536088</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Konideki Kılıç</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9789755536064</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Madde</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9789755536026</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Dowell’in Başı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9789755536019</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Ket Yıldızı</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789755536040</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Anti - Nietzsche</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9789755536002</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Dizilerde Psikoloji ve Anormal Davranışlar</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
           <t>9789755535968</t>
         </is>
       </c>
-      <c r="B628" s="1" t="inlineStr">
+      <c r="B640" s="1" t="inlineStr">
         <is>
           <t>Deniz Harbi Üzerine</t>
         </is>
       </c>
-      <c r="C628" s="1">
-        <v>440</v>
+      <c r="C640" s="1">
+        <v>630</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>