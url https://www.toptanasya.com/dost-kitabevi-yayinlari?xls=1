--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,5140 +85,5155 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757501312</t>
+          <t>9789752986435</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zeytin, Üzüm ve İncir</t>
+          <t>Hukuk ve Şiddet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752986428</t>
+          <t>9789757501312</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İşaya Üşür’ün Tarih ve Ekonomi Politik Yazıları</t>
+          <t>Zeytin, Üzüm ve İncir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752984554</t>
+          <t>9789752986428</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Prof. Dr. İşaya Üşür’ün Tarih ve Ekonomi Politik Yazıları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752981973</t>
+          <t>9789752984554</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752986336</t>
+          <t>9789752981973</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İşaretler, Semboller ve Mitler</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752984950</t>
+          <t>9789752986336</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tasarım</t>
+          <t>İşaretler, Semboller ve Mitler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752986138</t>
+          <t>9789752984950</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Spinoza / Var Olmak İçin Yöntemler</t>
+          <t>Tasarım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>570</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752986411</t>
+          <t>9789752986138</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrik Bozuklukları Anlamak</t>
+          <t>Spinoza / Var Olmak İçin Yöntemler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752980303</t>
+          <t>9789752986411</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserleri 2</t>
+          <t>Psikiyatrik Bozuklukları Anlamak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>22.22</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758457908</t>
+          <t>9789752980303</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserleri 1</t>
+          <t>Toplu Eserleri 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>27.78</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752986169</t>
+          <t>9789758457908</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Toplu Eserleri 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752986176</t>
+          <t>9789752986169</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Avangard</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752980907</t>
+          <t>9789752986176</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İktisat Düşünürleri Büyük İktisat Düşünürlerinin Yaşamları ve Fikirleri</t>
+          <t>Avangard</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>430</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752981294</t>
+          <t>9789752980907</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet - Uygarlaşma Sürecinin Miti 2</t>
+          <t>İktisat Düşünürleri Büyük İktisat Düşünürlerinin Yaşamları ve Fikirleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>430</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752985766</t>
+          <t>9789752981294</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Spinoza - Bir Başlangıç</t>
+          <t>Mahremiyet - Uygarlaşma Sürecinin Miti 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757501497</t>
+          <t>9789752985766</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Çağı 1848-1875</t>
+          <t>Spinoza - Bir Başlangıç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>545</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752982543</t>
+          <t>9789757501497</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği</t>
+          <t>Sermaye Çağı 1848-1875</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>545</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752986367</t>
+          <t>9789752982543</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İspanya Cep Rehberi</t>
+          <t>Avrupa Birliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>435</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752980402</t>
+          <t>9789752986367</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mısır Cep Rehberi</t>
+          <t>İspanya Cep Rehberi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752982932</t>
+          <t>9789752980402</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cep Rehberi Tokyo</t>
+          <t>Mısır Cep Rehberi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757501350</t>
+          <t>9789752982932</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sanayi ve İmparatorluk</t>
+          <t>Cep Rehberi Tokyo</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752985339</t>
+          <t>9789757501350</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Soyut Sanat</t>
+          <t>Sanayi ve İmparatorluk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752986145</t>
+          <t>9789752985339</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi</t>
+          <t>Soyut Sanat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757501701</t>
+          <t>9789752986145</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağı 1875-1914</t>
+          <t>Gastronomi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>620</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752982475</t>
+          <t>9789757501701</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Tarihi</t>
+          <t>İmparatorluk Çağı 1875-1914</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>265</v>
+        <v>620</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752981669</t>
+          <t>9789752982475</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Mimarlık Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752982291</t>
+          <t>9789752981669</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752981560</t>
+          <t>9789752982291</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları</t>
+          <t>Antik Mısır</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752982383</t>
+          <t>9789752981560</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçuluk</t>
+          <t>Anadolu Uygarlıkları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752980242</t>
+          <t>9789752982383</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İlahiyat</t>
+          <t>Varoluşçuluk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752982376</t>
+          <t>9789752980242</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi</t>
+          <t>Siyasi İlahiyat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752982192</t>
+          <t>9789752982376</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Demokrasinin Krizi</t>
+          <t>Sanat Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752981959</t>
+          <t>9789752982192</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat</t>
+          <t>Parlamenter Demokrasinin Krizi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752982130</t>
+          <t>9789752981959</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Çağdaş Sanat</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752986213</t>
+          <t>9789752982130</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Spinoza: Yöntem, Tanrı, Demokrasi</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>410</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752986350</t>
+          <t>9789752986213</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Prag Cep Rehberi</t>
+          <t>Spinoza: Yöntem, Tanrı, Demokrasi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752986404</t>
+          <t>9789752986350</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Altın Oran</t>
+          <t>Prag Cep Rehberi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>245</v>
+        <v>415</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752986381</t>
+          <t>9789752986404</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anlama Yetisinin Düzeltilmesi Üzerine İnceleme</t>
+          <t>Altın Oran</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752986374</t>
+          <t>9789752986381</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Modern Düşüncenin Doğuşu</t>
+          <t>Anlama Yetisinin Düzeltilmesi Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>525</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752986398</t>
+          <t>9789752986374</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Büyük Patlama</t>
+          <t>Modern Düşüncenin Doğuşu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>525</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752985568</t>
+          <t>9789752986398</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Roma Harita Rehber</t>
+          <t>Büyük Patlama</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752986329</t>
+          <t>9789752985568</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Sürekli Demokrasi</t>
+          <t>Roma Harita Rehber</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>460</v>
+        <v>365</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752986343</t>
+          <t>9789752986329</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer</t>
+          <t>Spinoza ve Sürekli Demokrasi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752986305</t>
+          <t>9789752986343</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Natüralizm Ya Da Yitirirken Doğayı Hatırlamak</t>
+          <t>Alzheimer</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752986299</t>
+          <t>9789752986305</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sanayi, Sanayileşme ve Teknoloji</t>
+          <t>Natüralizm Ya Da Yitirirken Doğayı Hatırlamak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752986282</t>
+          <t>9789752986299</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Görsel İletişim Platformu Olarak Mekan</t>
+          <t>Sanayi, Sanayileşme ve Teknoloji</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752986275</t>
+          <t>9789752986282</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Görsel İletişim Platformu Olarak Kitap</t>
+          <t>Bir Görsel İletişim Platformu Olarak Mekan</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752986268</t>
+          <t>9789752986275</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Auschwitz'de İki Kardeş</t>
+          <t>Bir Görsel İletişim Platformu Olarak Kitap</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752986244</t>
+          <t>9789752986268</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rousseau</t>
+          <t>Auschwitz'de İki Kardeş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>365</v>
+        <v>485</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752986220</t>
+          <t>9789752986244</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Feminizm</t>
+          <t>Rousseau</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>335</v>
+        <v>365</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752986206</t>
+          <t>9789752986220</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Arabasının Yolcuları</t>
+          <t>Hukuki Feminizm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752986190</t>
+          <t>9789752986206</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi</t>
+          <t>Şeytan Arabasının Yolcuları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752986152</t>
+          <t>9789752986190</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Sosyoloji Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752986183</t>
+          <t>9789752986152</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hollywood</t>
+          <t>Ateizm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752986114</t>
+          <t>9789752986183</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Modern Dram Sanatı</t>
+          <t>Hollywood</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752986091</t>
+          <t>9789752986114</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi: Doğası - Değeri</t>
+          <t>Modern Dram Sanatı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752986039</t>
+          <t>9789752986091</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Dünyası</t>
+          <t>Demokrasi: Doğası - Değeri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752986008</t>
+          <t>9789752986039</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kirli Çıkı</t>
+          <t>Sözcüklerin Dünyası</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752986015</t>
+          <t>9789752986008</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hobbes ve Cumhuriyetçi Özgürlük</t>
+          <t>Kirli Çıkı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752985773</t>
+          <t>9789752986015</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kopenhag (Ciltli)</t>
+          <t>Hobbes ve Cumhuriyetçi Özgürlük</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>365</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752985865</t>
+          <t>9789752985773</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dubrovnik</t>
+          <t>Kopenhag (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752985988</t>
+          <t>9789752985865</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Komedya</t>
+          <t>Dubrovnik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752985995</t>
+          <t>9789752985988</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Laiklik</t>
+          <t>Komedya</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752985964</t>
+          <t>9789752985995</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sahi, İnovasyon Neden Bize Bu Kadar Uzak?</t>
+          <t>Laiklik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752985933</t>
+          <t>9789752985964</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Toplumsalın Alacakaranlığı</t>
+          <t>Sahi, İnovasyon Neden Bize Bu Kadar Uzak?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752985926</t>
+          <t>9789752985933</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Tarihi</t>
+          <t>Toplumsalın Alacakaranlığı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>235</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752985919</t>
+          <t>9789752985926</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm</t>
+          <t>Psikanalizin Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752985902</t>
+          <t>9789752985919</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Modernitenin Sonunda</t>
+          <t>Hinduizm</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752985896</t>
+          <t>9789752985902</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Modern Hukukun Kaderi</t>
+          <t>Modernitenin Sonunda</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752985872</t>
+          <t>9789752985896</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geçmişle Yüzleşme ve Ceza Adaleti: Yugoslavya Deneyimi</t>
+          <t>Modern Hukukun Kaderi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752985834</t>
+          <t>9789752985872</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Antisemitizm</t>
+          <t>Geçmişle Yüzleşme ve Ceza Adaleti: Yugoslavya Deneyimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752985841</t>
+          <t>9789752985834</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beat Kuşağı</t>
+          <t>Antisemitizm</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>285</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752985759</t>
+          <t>9789752985841</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Arapların Tarihi</t>
+          <t>Beat Kuşağı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752985742</t>
+          <t>9789752985759</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli</t>
+          <t>Arapların Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752985735</t>
+          <t>9789752985742</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Erkek</t>
+          <t>Machiavelli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752985728</t>
+          <t>9789752985735</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dersler</t>
+          <t>Kadın ve Erkek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752985711</t>
+          <t>9789752985728</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Finlandiya'dan 100 Sosyal Yenilik</t>
+          <t>Dersler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752985667</t>
+          <t>9789752985711</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Komedyası</t>
+          <t>Finlandiya'dan 100 Sosyal Yenilik</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752985698</t>
+          <t>9789752985667</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler</t>
+          <t>Hukuk Komedyası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752985650</t>
+          <t>9789752985698</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Caz Felsefesi</t>
+          <t>Gezegenler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752985643</t>
+          <t>9789752985650</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>1871 Komünü</t>
+          <t>Caz Felsefesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>235</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752985636</t>
+          <t>9789752985643</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi</t>
+          <t>1871 Komünü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752985513</t>
+          <t>9789752985636</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan, Atina ve Anakara (Ciltli)</t>
+          <t>Tarih Öncesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>840</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752985605</t>
+          <t>9789752985513</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Film</t>
+          <t>Yunanistan, Atina ve Anakara (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>840</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752985582</t>
+          <t>9789752985605</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein</t>
+          <t>Film</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752985599</t>
+          <t>9789752985582</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nereye Aittir?</t>
+          <t>Wittgenstein</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752985520</t>
+          <t>9789752985599</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cadılık</t>
+          <t>Sanat Nereye Aittir?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752984608</t>
+          <t>9789752985520</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vilnius Cep Rehberi</t>
+          <t>Cadılık</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752982369</t>
+          <t>9789752984608</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Vikingler</t>
+          <t>Vilnius Cep Rehberi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752985971</t>
+          <t>9789752982369</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Venedik ve Veneto Görsel Gezi Rehberi</t>
+          <t>Vikingler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>780</v>
+        <v>235</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752980945</t>
+          <t>9789752985971</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Venedik Cep Rehberi</t>
+          <t>Venedik ve Veneto Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752981836</t>
+          <t>9789752980945</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Harita Rehber - Prag</t>
+          <t>Venedik Cep Rehberi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752983953</t>
+          <t>9789752981836</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cartoville Harita Rehber Pekin (Ciltli)</t>
+          <t>Harita Rehber - Prag</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752981843</t>
+          <t>9789752983953</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Paris Harita Rehber</t>
+          <t>Cartoville Harita Rehber Pekin (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752981829</t>
+          <t>9789752981843</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>New York Cartoville Harita Rehber (Ciltli)</t>
+          <t>Paris Harita Rehber</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752981812</t>
+          <t>9789752981829</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Londra Harita Rehber (Ciltli)</t>
+          <t>New York Cartoville Harita Rehber (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752981720</t>
+          <t>9789752981812</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Harita Rehber - Amsterdam</t>
+          <t>Londra Harita Rehber (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752983533</t>
+          <t>9789752981720</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Barthes</t>
+          <t>Harita Rehber - Amsterdam</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752985506</t>
+          <t>9789752983533</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Barselona ve Katalonya Görsel Gezi Rehberi</t>
+          <t>Barthes</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>680</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752983458</t>
+          <t>9789752985506</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Barselona Cep Rehberi</t>
+          <t>Barselona ve Katalonya Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752982536</t>
+          <t>9789752983458</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Harita Rehber - Barselona</t>
+          <t>Barselona Cep Rehberi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752985353</t>
+          <t>9789752982536</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Harita Rehber Brüksel (Ciltli)</t>
+          <t>Harita Rehber - Barselona</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752985445</t>
+          <t>9789752985353</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Neptün Mavisi Düşler</t>
+          <t>Harita Rehber Brüksel (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752985223</t>
+          <t>9789752985445</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tıp Tarihi</t>
+          <t>Neptün Mavisi Düşler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>365</v>
+        <v>145</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752985452</t>
+          <t>9789752985223</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kartaca</t>
+          <t>Tıp Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>365</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752985384</t>
+          <t>9789752985452</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefe</t>
+          <t>Kartaca</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752985391</t>
+          <t>9789752985384</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zeka</t>
+          <t>Antik Felsefe</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752985360</t>
+          <t>9789752985391</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gandhi</t>
+          <t>Zeka</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752984769</t>
+          <t>9789752985360</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji</t>
+          <t>Gandhi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752982413</t>
+          <t>9789752984769</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu</t>
+          <t>İdeoloji</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>235</v>
+        <v>285</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757501558</t>
+          <t>9789752982413</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Roma Görsel Gezi Rehberleri</t>
+          <t>Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>840</v>
+        <v>235</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752980617</t>
+          <t>9789757501558</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Roma Cep Rehberi</t>
+          <t>Roma Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>840</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752985315</t>
+          <t>9789752980617</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Sembolü Olarak Oyun</t>
+          <t>Roma Cep Rehberi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752985278</t>
+          <t>9789752985315</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Radikal Performans</t>
+          <t>Bir Dünya Sembolü Olarak Oyun</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752984684</t>
+          <t>9789752985278</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mit</t>
+          <t>Radikal Performans</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752985247</t>
+          <t>9789752984684</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ritüelin Geleceği</t>
+          <t>Mit</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752985285</t>
+          <t>9789752985247</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt ve İnsanlığa Karşı Suçlar</t>
+          <t>Ritüelin Geleceği</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752986121</t>
+          <t>9789752985285</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Viyana</t>
+          <t>Hannah Arendt ve İnsanlığa Karşı Suçlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>490</v>
+        <v>135</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752986077</t>
+          <t>9789752986121</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Roma</t>
+          <t>On Adımda Viyana</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752985483</t>
+          <t>9789752986077</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Provans</t>
+          <t>On Adımda Roma</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752984035</t>
+          <t>9789752985483</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Prag</t>
+          <t>On Adımda Provans</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752986060</t>
+          <t>9789752984035</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Paris</t>
+          <t>On Adımda Prag</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752985230</t>
+          <t>9789752986060</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>On Adımda Paris</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>525</v>
+        <v>490</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752985186</t>
+          <t>9789752985230</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Descartes Felsefesinin İlkeleri ve Metafizik Düşünceler</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>285</v>
+        <v>525</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752985179</t>
+          <t>9789752985186</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ambalaj Tasarımı</t>
+          <t>Descartes Felsefesinin İlkeleri ve Metafizik Düşünceler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>545</v>
+        <v>285</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752985193</t>
+          <t>9789752985179</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yıldönümünde Birinci Dünya Savaşı</t>
+          <t>Ambalaj Tasarımı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>285</v>
+        <v>545</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752984967</t>
+          <t>9789752985193</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Estetiği</t>
+          <t>Yüzüncü Yıldönümünde Birinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752984905</t>
+          <t>9789752984967</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yunan Sanatı</t>
+          <t>Rönesans Estetiği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752985889</t>
+          <t>9789752984905</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Brüksel</t>
+          <t>Yunan Sanatı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752985162</t>
+          <t>9789752985889</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zen</t>
+          <t>On Adımda Brüksel</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752985155</t>
+          <t>9789752985162</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masonluk</t>
+          <t>Zen</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752982437</t>
+          <t>9789752985155</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alman Edebiyatı</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752981782</t>
+          <t>9789752982437</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar</t>
+          <t>Alman Edebiyatı</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752983229</t>
+          <t>9789752981782</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Habermas</t>
+          <t>Haçlılar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752985117</t>
+          <t>9789752983229</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaos</t>
+          <t>Habermas</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752985148</t>
+          <t>9789752985117</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kuram ve Direniş</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752985544</t>
+          <t>9789752985148</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Post-Demokrasi</t>
+          <t>Eğitimde Kuram ve Direniş</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752985131</t>
+          <t>9789752985544</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Derrida</t>
+          <t>Post-Demokrasi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752983359</t>
+          <t>9789752985131</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat ve Yeni Tipografi</t>
+          <t>Derrida</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752984332</t>
+          <t>9789752983359</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Zaman Piramitleri</t>
+          <t>Modern Sanat ve Yeni Tipografi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752982352</t>
+          <t>9789752984332</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Cep Rehberi</t>
+          <t>Zaman Piramitleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>435</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752980624</t>
+          <t>9789752982352</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yunan Adaları Cep Rehberi</t>
+          <t>Yunanistan Cep Rehberi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752982888</t>
+          <t>9789752980624</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yazın Kuramı</t>
+          <t>Yunan Adaları Cep Rehberi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758457991</t>
+          <t>9789752982888</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kırılma Noktasında Dram Sanatı</t>
+          <t>Yazın Kuramı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752980372</t>
+          <t>9789758457991</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Washington DC Cep Rehberi</t>
+          <t>Yaşamın Kırılma Noktasında Dram Sanatı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752986022</t>
+          <t>9789752980372</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Viyana Görsel Gezi Rehberleri (Ciltli)</t>
+          <t>Washington DC Cep Rehberi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>780</v>
+        <v>360</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752980761</t>
+          <t>9789752986022</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Viyana Cep Rehberi</t>
+          <t>Viyana Görsel Gezi Rehberleri (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752982499</t>
+          <t>9789752980761</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Viyana Cartoville Harita Rehber</t>
+          <t>Viyana Cep Rehberi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752981881</t>
+          <t>9789752982499</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Tarihi</t>
+          <t>Viyana Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>265</v>
+        <v>365</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752980389</t>
+          <t>9789752981881</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cep Rehberi</t>
+          <t>Üniversitelerin Tarihi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>435</v>
+        <v>265</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9758457209002</t>
+          <t>9789752980389</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Aşkın İcadı / Akrobatlar / Hapgood / Merdivenden İnen Sanatçı / Kasti Faul</t>
+          <t>Türkiye Cep Rehberi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>435</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752984295</t>
+          <t>9758457209002</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yaşam-Oyun İlişkisi</t>
+          <t>Toplu Oyunları 2 Aşkın İcadı / Akrobatlar / Hapgood / Merdivenden İnen Sanatçı / Kasti Faul</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752983717</t>
+          <t>9789752984295</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Teolojik Politik İnceleme</t>
+          <t>Tiyatroda Yaşam-Oyun İlişkisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752980365</t>
+          <t>9789752983717</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tayland Cep Rehberi</t>
+          <t>Teolojik Politik İnceleme</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752981928</t>
+          <t>9789752980365</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri</t>
+          <t>Tayland Cep Rehberi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752983014</t>
+          <t>9789752981928</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tango</t>
+          <t>Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752983540</t>
+          <t>9789752983014</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Tango</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752983021</t>
+          <t>9789752983540</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752984127</t>
+          <t>9789752983021</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yöntemin Kuralları</t>
+          <t>Spinoza</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758457861</t>
+          <t>9789752984127</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Art Book Goya</t>
+          <t>Sosyolojik Yöntemin Kuralları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>380</v>
+        <v>235</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752981126</t>
+          <t>9789758457861</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Girit Cep Rehberi</t>
+          <t>Art Book Goya</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758457878</t>
+          <t>9789752981126</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>ArtBook Gauguin</t>
+          <t>Girit Cep Rehberi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752984257</t>
+          <t>9789758457878</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>ArtBook Gauguin</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752983281</t>
+          <t>9789752984257</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Freud</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752984080</t>
+          <t>9789752983281</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fransa ve Almanya’da Vatandaşlık ve Ulus Ruhu</t>
+          <t>Freud</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752981133</t>
+          <t>9789752984080</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Fransa Cep Rehberi</t>
+          <t>Fransa ve Almanya’da Vatandaşlık ve Ulus Ruhu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>545</v>
+        <v>135</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752985551</t>
+          <t>9789752981133</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fransa Görsel Gezi Rehberleri</t>
+          <t>Fransa Cep Rehberi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>980</v>
+        <v>545</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752984622</t>
+          <t>9789752985551</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu</t>
+          <t>Fransa Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>245</v>
+        <v>980</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752984103</t>
+          <t>9789752984622</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Foucault</t>
+          <t>Frankfurt Okulu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752980068</t>
+          <t>9789752984103</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafa Başlarken</t>
+          <t>Foucault</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752983366</t>
+          <t>9789752980068</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf ve Sinemanın Toplumsal Tarihi</t>
+          <t>Fotoğrafa Başlarken</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752984189</t>
+          <t>9789752983366</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf</t>
+          <t>Fotoğraf ve Sinemanın Toplumsal Tarihi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758457946</t>
+          <t>9789752984189</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Florida Görsel Gezi Rehberleri</t>
+          <t>Fotoğraf</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>840</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758457021</t>
+          <t>9789758457946</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Floransa ve Toscana Görsel Gezi Rehberi</t>
+          <t>Florida Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>780</v>
+        <v>840</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752985087</t>
+          <t>9789758457021</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Floransa Cep Rehberi</t>
+          <t>Floransa ve Toscana Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752982512</t>
+          <t>9789752985087</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Floransa Cartoville Harita Rehber</t>
+          <t>Floransa Cep Rehberi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752983328</t>
+          <t>9789752982512</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji</t>
+          <t>Floransa Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>235</v>
+        <v>365</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752983847</t>
+          <t>9789752983328</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Feminizm</t>
+          <t>Fenomenoloji</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>315</v>
+        <v>235</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752981775</t>
+          <t>9789752983847</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Akımları</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>265</v>
+        <v>315</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752982208</t>
+          <t>9789752981775</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Edebiyat</t>
+          <t>Felsefe Akımları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752984400</t>
+          <t>9789752982208</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ergen Depresyonu</t>
+          <t>Fantastik Edebiyat</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752981683</t>
+          <t>9789752984400</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Empresyonizm</t>
+          <t>Ergen Depresyonu</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752983724</t>
+          <t>9789752981683</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Edinburgh Cep Rehberi</t>
+          <t>Empresyonizm</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789757501169</t>
+          <t>9789752983724</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Tiyatro Düşüncesi</t>
+          <t>Edinburgh Cep Rehberi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752984486</t>
+          <t>9789757501169</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dubrovnik Cep Rehberi</t>
+          <t>Dünden Bugüne Tiyatro Düşüncesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752982628</t>
+          <t>9789752984486</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dublin Cep Rehberi</t>
+          <t>Dubrovnik Cep Rehberi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752984066</t>
+          <t>9789752982628</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dubai Cep Rehberi</t>
+          <t>Dublin Cep Rehberi</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752981980</t>
+          <t>9789752984066</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dinler</t>
+          <t>Dubai Cep Rehberi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752982550</t>
+          <t>9789752981980</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim</t>
+          <t>Dinler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789757501411</t>
+          <t>9789752982550</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Devrim Çağı (1789-1848)</t>
+          <t>Dilbilim</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>235</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758457373</t>
+          <t>9789757501411</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kuramı</t>
+          <t>Devrim Çağı (1789-1848)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752984004</t>
+          <t>9789758457373</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Devlet Kuramı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752983755</t>
+          <t>9789752984004</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Deha</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752982635</t>
+          <t>9789752983755</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dada ve Gerçeküstücülük</t>
+          <t>Deha</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752982260</t>
+          <t>9789752982635</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Dada ve Gerçeküstücülük</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752981850</t>
+          <t>9789752982260</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Gözüyle Dünya</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>485</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752982970</t>
+          <t>9789752981850</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Cote d’Azur Cep Rehberi</t>
+          <t>Çocuğun Gözüyle Dünya</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>485</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752983038</t>
+          <t>9789752982970</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Kültürel Antropoloji</t>
+          <t>Cote d’Azur Cep Rehberi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752983069</t>
+          <t>9789752983038</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm</t>
+          <t>Sosyal ve Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752980341</t>
+          <t>9789752983069</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Singapur Cep Rehberi</t>
+          <t>Siyonizm</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752983670</t>
+          <t>9789752980341</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Singapur Cartoville Harita Rehber</t>
+          <t>Singapur Cep Rehberi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752984561</t>
+          <t>9789752983670</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Seyşeller Cep Rehberi</t>
+          <t>Singapur Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752983762</t>
+          <t>9789752984561</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Saturnin</t>
+          <t>Seyşeller Cep Rehberi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752981348</t>
+          <t>9789752983762</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>San Francisco Cep Rehberi</t>
+          <t>Saturnin</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752984097</t>
+          <t>9789752981348</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Salsa ve Latin Caz</t>
+          <t>San Francisco Cep Rehberi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752982123</t>
+          <t>9789752984097</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı</t>
+          <t>Salsa ve Latin Caz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752984172</t>
+          <t>9789752982123</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Rus Devrimi</t>
+          <t>Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752980747</t>
+          <t>9789752984172</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Rodos Cep Rehberi</t>
+          <t>Rus Devrimi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752983991</t>
+          <t>9789752980747</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Retorik</t>
+          <t>Rodos Cep Rehberi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752982765</t>
+          <t>9789752983991</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Restoranın İcadı</t>
+          <t>Retorik</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>485</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758457748</t>
+          <t>9789752982765</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>ArtBook Renoir</t>
+          <t>Restoranın İcadı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>380</v>
+        <v>485</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752980228</t>
+          <t>9789758457748</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ramayana</t>
+          <t>ArtBook Renoir</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752984141</t>
+          <t>9789752980228</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizi Okumak</t>
+          <t>Ramayana</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752981584</t>
+          <t>9789752984141</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz</t>
+          <t>Psikanalizi Okumak</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>265</v>
+        <v>490</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758457434</t>
+          <t>9789752981584</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Prag Görsel Gezi Rehberleri</t>
+          <t>Psikanaliz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>780</v>
+        <v>265</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752984165</t>
+          <t>9789758457434</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Prag Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>780</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752982758</t>
+          <t>9789752984165</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Petersburg - Harita Rehber</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752981553</t>
+          <t>9789752982758</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pekin Cep Rehberi</t>
+          <t>Petersburg - Harita Rehber</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752980334</t>
+          <t>9789752981553</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Paris Cep Rehberi</t>
+          <t>Pekin Cep Rehberi</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789757501428</t>
+          <t>9789752980334</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Paris - Görsel Gezi Rehberi</t>
+          <t>Paris Cep Rehberi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>840</v>
+        <v>360</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752984783</t>
+          <t>9789757501428</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Paris - Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>220</v>
+        <v>840</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752981447</t>
+          <t>9789752984783</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Geleceği Yoktur</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752983151</t>
+          <t>9789752981447</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Gerçekler</t>
+          <t>Özgürlüğün Geleceği Yoktur</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>290</v>
+        <v>165</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752984646</t>
+          <t>9789752983151</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Oyunculukta Stanislavski Sistemi</t>
+          <t>Oyunlar ve Gerçekler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752983892</t>
+          <t>9789752984646</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>On Adımda New York</t>
+          <t>Oyunculukta Stanislavski Sistemi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752983243</t>
+          <t>9789752983892</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Londra</t>
+          <t>On Adımda New York</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752984660</t>
+          <t>9789752983243</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Küba</t>
+          <t>On Adımda Londra</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752984653</t>
+          <t>9789752984660</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Dubrovnik ve Dalmaçya Kıyısı</t>
+          <t>On Adımda Küba</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752983663</t>
+          <t>9789752984653</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Budapeşte</t>
+          <t>On Adımda Dubrovnik ve Dalmaçya Kıyısı</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752985858</t>
+          <t>9789752983663</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Barselona</t>
+          <t>On Adımda Budapeşte</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752985797</t>
+          <t>9789752985858</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>On Adımda Amsterdam</t>
+          <t>On Adımda Barselona</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752982079</t>
+          <t>9789752985797</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>On Adımda Amsterdam</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>235</v>
+        <v>490</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789757501688</t>
+          <t>9789752982079</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>New York Görsel Gezi Rehberleri</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>840</v>
+        <v>235</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752980754</t>
+          <t>9789757501688</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>New York Cep Rehberi</t>
+          <t>New York Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>360</v>
+        <v>840</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752981539</t>
+          <t>9789752980754</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Napoleon</t>
+          <t>New York Cep Rehberi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752982741</t>
+          <t>9789752981539</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Moskova Cartoville Harita Rehber</t>
+          <t>Napoleon</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>365</v>
+        <v>210</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752984691</t>
+          <t>9789752982741</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Modern Çin</t>
+          <t>Moskova Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758457281</t>
+          <t>9789752984691</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>ArtBook Michelangelo</t>
+          <t>Modern Çin</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752980785</t>
+          <t>9789758457281</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mısır, Yunan ve Roma Antik Akdeniz Uygarlıkları</t>
+          <t>ArtBook Michelangelo</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>980</v>
+        <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752980884</t>
+          <t>9789752980785</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mısır</t>
+          <t>Mısır, Yunan ve Roma Antik Akdeniz Uygarlıkları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>840</v>
+        <v>980</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752981034</t>
+          <t>9789752980884</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Yazı, Akıl ve Tanrılar</t>
+          <t>Mısır</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>490</v>
+        <v>840</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752982451</t>
+          <t>9789752981034</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mayalar</t>
+          <t>Mezopotamya Yazı, Akıl ve Tanrılar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>265</v>
+        <v>490</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752983984</t>
+          <t>9789752982451</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Max Weber</t>
+          <t>Mayalar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752984820</t>
+          <t>9789752983984</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Marx’tan Spinoza’ya, Spinoza’dan Marx’a: Güncel Müdahaleler</t>
+          <t>Max Weber</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>530</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752983144</t>
+          <t>9789752984820</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Malta Cep Rehberi</t>
+          <t>Marx’tan Spinoza’ya, Spinoza’dan Marx’a: Güncel Müdahaleler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752984219</t>
+          <t>9789752983144</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Malezya Berlitz Cep Rehberi</t>
+          <t>Malta Cep Rehberi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752984431</t>
+          <t>9789752984219</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Maldivler Cep Rehberi</t>
+          <t>Malezya Berlitz Cep Rehberi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752983410</t>
+          <t>9789752984431</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Harita Rehber - Madrid</t>
+          <t>Maldivler Cep Rehberi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789758457885</t>
+          <t>9789752983410</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Görsel Gezi Rehberi - Madrid 2016</t>
+          <t>Harita Rehber - Madrid</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>680</v>
+        <v>365</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752982604</t>
+          <t>9789758457885</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Madrid (Cep Rehberi )</t>
+          <t>Görsel Gezi Rehberi - Madrid 2016</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>360</v>
+        <v>680</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752984738</t>
+          <t>9789752982604</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli, Makyavelizm ve Modernite</t>
+          <t>Madrid (Cep Rehberi )</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752984301</t>
+          <t>9789752984738</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Berlitz Cep Rehberi</t>
+          <t>Machiavelli, Makyavelizm ve Modernite</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752985827</t>
+          <t>9789752984301</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Londra Görsel Gezi Rehberleri (Ciltli)</t>
+          <t>Los Angeles Berlitz Cep Rehberi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>840</v>
+        <v>360</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752980952</t>
+          <t>9789752985827</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Londra Cep Rehberi</t>
+          <t>Londra Görsel Gezi Rehberleri (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>840</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752983212</t>
+          <t>9789752980952</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Eşitsizlik</t>
+          <t>Londra Cep Rehberi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752982659</t>
+          <t>9789752983212</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme</t>
+          <t>Küreselleşme ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752984455</t>
+          <t>9789752982659</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Küreselleşme</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752984479</t>
+          <t>9789752984455</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinizi Nasıl Bilirsiniz?</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752983199</t>
+          <t>9789752984479</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sanat</t>
+          <t>Köpeğinizi Nasıl Bilirsiniz?</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9757501182001</t>
+          <t>9789752983199</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Klasik Akdeniz Yemekleri (Ciltli)</t>
+          <t>Klasik Sanat</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752984639</t>
+          <t>9757501182001</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Tarihi</t>
+          <t>Klasik Akdeniz Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752982420</t>
+          <t>9789752984639</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard</t>
+          <t>Kitabın Tarihi</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752984776</t>
+          <t>9789752982420</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kıta Felsefesi</t>
+          <t>Kierkegaard</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752984264</t>
+          <t>9789752984776</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Keynes ve Keynesçilik</t>
+          <t>Kıta Felsefesi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752983601</t>
+          <t>9789752984264</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Keynes</t>
+          <t>Keynes ve Keynesçilik</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752983854</t>
+          <t>9789752983601</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Keltler</t>
+          <t>Keynes</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>235</v>
+        <v>135</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752982000</t>
+          <t>9789752983854</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Keltler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752980969</t>
+          <t>9789752982000</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kanada Cep Rehberi</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>545</v>
+        <v>195</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752983267</t>
+          <t>9789752980969</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kafka</t>
+          <t>Kanada Cep Rehberi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>285</v>
+        <v>545</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752983519</t>
+          <t>9789752983267</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Japonya Cep Rehberi</t>
+          <t>Kafka</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>545</v>
+        <v>285</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752985476</t>
+          <t>9789752983519</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Görsel Gezi Rehberleri: İtalya 2016 (Ciltli)</t>
+          <t>Japonya Cep Rehberi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>980</v>
+        <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752982321</t>
+          <t>9789752985476</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İtalya Cep Rehberi</t>
+          <t>Görsel Gezi Rehberleri: İtalya 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>545</v>
+        <v>980</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752980730</t>
+          <t>9789752982321</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İsviçre Cep Rehberi</t>
+          <t>İtalya Cep Rehberi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>435</v>
+        <v>545</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752981355</t>
+          <t>9789752980730</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Ege Kıyısı Cep Rehberi</t>
+          <t>İsviçre Cep Rehberi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752983397</t>
+          <t>9789752981355</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Harita Rehber</t>
+          <t>İstanbul ve Ege Kıyısı Cep Rehberi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789757501473</t>
+          <t>9789752983397</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Görsel Gezi Rehberleri</t>
+          <t>İstanbul Harita Rehber</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>780</v>
+        <v>365</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752982772</t>
+          <t>9789757501473</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İspanya İç Savaşı</t>
+          <t>İstanbul Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>265</v>
+        <v>780</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789758457168</t>
+          <t>9789752982772</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İspanya Görsel Gezi Rehberleri</t>
+          <t>İspanya İç Savaşı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>980</v>
+        <v>265</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752983632</t>
+          <t>9789758457168</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>İspanya Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>210</v>
+        <v>980</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752983595</t>
+          <t>9789752983632</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İskoçya Cep Rehberi</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752982048</t>
+          <t>9789752983595</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Kütüphanesi Antik Dünya’nın Öğrenim Merkezi</t>
+          <t>İskoçya Cep Rehberi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752984110</t>
+          <t>9789752982048</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları</t>
+          <t>İskenderiye Kütüphanesi Antik Dünya’nın Öğrenim Merkezi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752981904</t>
+          <t>9789752984110</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Edebiyatı</t>
+          <t>İnsan Hakları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752984370</t>
+          <t>9789752981904</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Nedir?</t>
+          <t>İngiliz Edebiyatı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>415</v>
+        <v>265</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789757501091</t>
+          <t>9789752984370</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Grafik Tasarım</t>
+          <t>İlkçağ Felsefesi Nedir?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>700</v>
+        <v>415</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752984493</t>
+          <t>9789757501091</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İktisat</t>
+          <t>İletişim ve Grafik Tasarım</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752986312</t>
+          <t>9789752984493</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Üç Yüzü</t>
+          <t>İktisat</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752983779</t>
+          <t>9789752986312</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong Cartoville Harita Rehber</t>
+          <t>İktidarın Üç Yüzü</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>365</v>
+        <v>550</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752984202</t>
+          <t>9789752983779</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong Cep Rehberi</t>
+          <t>Hong Kong Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752982338</t>
+          <t>9789752984202</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Cep Rehberi</t>
+          <t>Hong Kong Cep Rehberi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>545</v>
+        <v>360</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752983502</t>
+          <t>9789752982338</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Marks İhtiyaç Kavramı</t>
+          <t>Hindistan Cep Rehberi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>340</v>
+        <v>545</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752984394</t>
+          <t>9789752983502</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Hegelcilik</t>
+          <t>Hegel ve Marks İhtiyaç Kavramı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752982642</t>
+          <t>9789752984394</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları</t>
+          <t>Hegel ve Hegelcilik</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752980358</t>
+          <t>9789752982642</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika Cep Rehberi</t>
+          <t>Hayvan Hakları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752984790</t>
+          <t>9789752980358</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Yasası</t>
+          <t>Güney Afrika Cep Rehberi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752981942</t>
+          <t>9789752984790</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Chicago Cep Rehberi</t>
+          <t>Cinsiyet Yasası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752982949</t>
+          <t>9789752981942</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tunus Cep Rehberi</t>
+          <t>Chicago Cep Rehberi</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752983120</t>
+          <t>9789752982949</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Venedik Harita Rehber</t>
+          <t>Tunus Cep Rehberi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752983960</t>
+          <t>9789752983120</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cartoville Harita Rehber Tokyo (Ciltli)</t>
+          <t>Venedik Harita Rehber</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752981966</t>
+          <t>9789752983960</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Cape Town Cep Rehberi</t>
+          <t>Cartoville Harita Rehber Tokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752983571</t>
+          <t>9789752981966</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>California Cep Rehberi</t>
+          <t>Cape Town Cep Rehberi</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752984387</t>
+          <t>9789752983571</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Burası Tanzanya mı Karanfil?</t>
+          <t>California Cep Rehberi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789758457953</t>
+          <t>9789752984387</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Görsel Gezi Rehberi</t>
+          <t>Burası Tanzanya mı Karanfil?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>780</v>
+        <v>165</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752986237</t>
+          <t>9789758457953</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Cep Rehberi</t>
+          <t>Budapeşte Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>415</v>
+        <v>780</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752982680</t>
+          <t>9789752986237</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Cartoville Harita Rehber</t>
+          <t>Budapeşte Cep Rehberi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>365</v>
+        <v>415</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752983083</t>
+          <t>9789752982680</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Brüksel Cep Rehberi</t>
+          <t>Budapeşte Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752983113</t>
+          <t>9789752983083</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Boston Cep Rehberi</t>
+          <t>Brüksel Cep Rehberi</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752983526</t>
+          <t>9789752983113</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi</t>
+          <t>Boston Cep Rehberi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752983380</t>
+          <t>9789752983526</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Berlin Harita Rehber</t>
+          <t>Bizans Tarihi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>365</v>
+        <v>210</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752985810</t>
+          <t>9789752983380</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Berlin Görsel Gezi Rehberleri (Ciltli)</t>
+          <t>Berlin Harita Rehber</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>840</v>
+        <v>365</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752984233</t>
+          <t>9789752985810</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Başka Yerde ve Başka Biçimde</t>
+          <t>Berlin Görsel Gezi Rehberleri (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>840</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752984462</t>
+          <t>9789752984233</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Barok</t>
+          <t>Başka Yerde ve Başka Biçimde</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752983694</t>
+          <t>9789752984462</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bangkok Cartoville Harite Rehber</t>
+          <t>Barok</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>365</v>
+        <v>235</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752981157</t>
+          <t>9789752983694</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bali ve Lombok Cep Rehberi</t>
+          <t>Bangkok Cartoville Harite Rehber</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752982222</t>
+          <t>9789752981157</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Bali ve Lombok Cep Rehberi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752982826</t>
+          <t>9789752982222</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Avustralya Cep Rehberi</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752980181</t>
+          <t>9789752982826</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihinden Kesitler 1789-1980</t>
+          <t>Avustralya Cep Rehberi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>570</v>
+        <v>545</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752980174</t>
+          <t>9789752980181</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihinden Kesitler 1494-1789</t>
+          <t>Avrupa Tarihinden Kesitler 1789-1980</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>435</v>
+        <v>570</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752983687</t>
+          <t>9789752980174</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Atina Cartoville Harita Rehber</t>
+          <t>Avrupa Tarihinden Kesitler 1494-1789</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>365</v>
+        <v>435</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752983434</t>
+          <t>9789752983687</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Lise</t>
+          <t>Atina Cartoville Harita Rehber</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>210</v>
+        <v>365</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752981997</t>
+          <t>9789752983434</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Aristoteles ve Lise</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752982215</t>
+          <t>9789752981997</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete ve Kaygı</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752984677</t>
+          <t>9789752982215</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Yurtseverlik</t>
+          <t>Anksiyete ve Kaygı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752983441</t>
+          <t>9789752984677</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Anayasal Yurtseverlik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758457144</t>
+          <t>9789752983441</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Görsel Gezi Rehberi</t>
+          <t>Anarşizm</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>780</v>
+        <v>210</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752980594</t>
+          <t>9789758457144</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Cep Rehberi</t>
+          <t>Amsterdam Görsel Gezi Rehberi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752982024</t>
+          <t>9789752980594</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Altı Varoluşçu Düşünür</t>
+          <t>Amsterdam Cep Rehberi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752984011</t>
+          <t>9789752982024</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Görsel Gezi Rehberi - Almanya  2016</t>
+          <t>Altı Varoluşçu Düşünür</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>980</v>
+        <v>290</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752980396</t>
+          <t>9789752984011</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>ABD Cep Rehberi</t>
+          <t>Görsel Gezi Rehberi - Almanya  2016</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>545</v>
+        <v>980</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752981379</t>
+          <t>9789752980396</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Münih Cep Rehberi</t>
+          <t>ABD Cep Rehberi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>360</v>
+        <v>545</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789757501619</t>
+          <t>9789752981379</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Moskova Görsel Gezi Rehberleri</t>
+          <t>Münih Cep Rehberi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>780</v>
+        <v>360</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752984592</t>
+          <t>9789757501619</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Moskova Cep Rehberi</t>
+          <t>Moskova Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752983625</t>
+          <t>9789752984592</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çin Cep Rehberi</t>
+          <t>Moskova Cep Rehberi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>545</v>
+        <v>360</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752983205</t>
+          <t>9789752983625</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Akademia</t>
+          <t>Çin Cep Rehberi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>235</v>
+        <v>545</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752983656</t>
+          <t>9789752983205</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Platon ve Akademia</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752982840</t>
+          <t>9789752983656</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Görsel Gezi Rehberleri</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>780</v>
+        <v>210</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752984714</t>
+          <t>9789752982840</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Cep Rehberi</t>
+          <t>Petersburg Görsel Gezi Rehberleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752982833</t>
+          <t>9789752984714</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Küba Cep Rehberi</t>
+          <t>Petersburg Cep Rehberi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752984912</t>
+          <t>9789752982833</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Tarihi</t>
+          <t>Küba Cep Rehberi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
+          <t>9789752984912</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatri Tarihi</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
           <t>9789752984981</t>
         </is>
       </c>
-      <c r="B341" s="1" t="inlineStr">
+      <c r="B342" s="1" t="inlineStr">
         <is>
           <t>Modernizm</t>
         </is>
       </c>
-      <c r="C341" s="1">
+      <c r="C342" s="1">
         <v>235</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>