--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1180 +85,1195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057246592</t>
+          <t>9786259364506</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Öbür Taraf- Ölüm Yaşam Dairesi</t>
+          <t>Hatice Görgeç’in Kaleminden: Komediden Tragedyaya Güçlü Bir Seçki</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057246578</t>
+          <t>9786057246592</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Giyisiler Gösterisi - Günaydın Paşam Günaydın</t>
+          <t>Öbür Taraf- Ölüm Yaşam Dairesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057246585</t>
+          <t>9786057246578</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kendi Tavuğuna "Kışt" Diyenlerin Ülkesi</t>
+          <t>Giyisiler Gösterisi - Günaydın Paşam Günaydın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057246561</t>
+          <t>9786057246585</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar: Aşk Kaşıntısı, Güz Bahçesi, Romeo Juliet'i Hala Seviyor</t>
+          <t>Kendi Tavuğuna "Kışt" Diyenlerin Ülkesi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057246554</t>
+          <t>9786057246561</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar VII</t>
+          <t>Oyunlar: Aşk Kaşıntısı, Güz Bahçesi, Romeo Juliet'i Hala Seviyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057246530</t>
+          <t>9786057246554</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali Nota Kitabı</t>
+          <t>Toplu Oyunlar VII</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057246547</t>
+          <t>9786057246530</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lider Masi ve Masal İzcileri - Lider Masi İle Yolculuk Başlıyor</t>
+          <t>Peri Kız Müzikali Nota Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057246523</t>
+          <t>9786057246547</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yalaz</t>
+          <t>Lider Masi ve Masal İzcileri - Lider Masi İle Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057246516</t>
+          <t>9786057246523</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gibidir</t>
+          <t>Yalaz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057440488</t>
+          <t>9786057246516</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali</t>
+          <t>Aslı Gibidir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057246509</t>
+          <t>9786057440488</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hayalde Güzel</t>
+          <t>Peri Kız Müzikali</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057440495</t>
+          <t>9786057246509</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>9 İahi Tregedya</t>
+          <t>Yalnız Hayalde Güzel</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057440471</t>
+          <t>9786057440495</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Atayman Devrimin, Özgürlüğün ve Aşkın Pedagojisi</t>
+          <t>9 İahi Tregedya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057440464</t>
+          <t>9786057440471</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 6 - Açık Artırma</t>
+          <t>Atayman Devrimin, Özgürlüğün ve Aşkın Pedagojisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057440457</t>
+          <t>9786057440464</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eriveç Erive</t>
+          <t>Toplu Oyunlar 6 - Açık Artırma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058153424</t>
+          <t>9786057440457</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Düş</t>
+          <t>Eriveç Erive</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057440440</t>
+          <t>9786058153424</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaptan John Peoplefox</t>
+          <t>Soğuk Düş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057440426</t>
+          <t>9786057440440</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şairin Güz Notları</t>
+          <t>Kaptan John Peoplefox</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057440433</t>
+          <t>9786057440426</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Memed</t>
+          <t>Şairin Güz Notları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057440402</t>
+          <t>9786057440433</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kadınım Ulan</t>
+          <t>Memed</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057440419</t>
+          <t>9786057440402</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdadır İzmir</t>
+          <t>Kadınım Ulan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057037398</t>
+          <t>9786057440419</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Makbulka</t>
+          <t>Bir Sevdadır İzmir</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057037381</t>
+          <t>9786057037398</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Trajedinin Kadınları</t>
+          <t>Makbulka</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057037305</t>
+          <t>9786057037381</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tamar, Ah Tamar</t>
+          <t>Trajedinin Kadınları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057037374</t>
+          <t>9786057037305</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3: Kapanış Konuşması - Karantina Restoran</t>
+          <t>Tamar, Ah Tamar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057037329</t>
+          <t>9786057037374</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Oyun Yazma Yarışması - 2020 Ödüllü Oyunlar</t>
+          <t>Toplu Oyunlar 3: Kapanış Konuşması - Karantina Restoran</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057037336</t>
+          <t>9786057037329</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 5: Canlı Yöre</t>
+          <t>Ulusal Oyun Yazma Yarışması - 2020 Ödüllü Oyunlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057037367</t>
+          <t>9786057037336</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Toplu Oyunlar - 5: Canlı Yöre</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057037343</t>
+          <t>9786057037367</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Konuşursa</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057037350</t>
+          <t>9786057037343</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Halide'nin Dört Mevsimi</t>
+          <t>Kadınlar Konuşursa</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057037312</t>
+          <t>9786057037350</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunu Yazma Yarışması</t>
+          <t>Halide'nin Dört Mevsimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056967825</t>
+          <t>9786057037312</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fare Kapanı Değirmen - Toplu Oyunlar 2</t>
+          <t>Çocuk Oyunu Yazma Yarışması</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056967818</t>
+          <t>9786056967825</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi Hamak</t>
+          <t>Fare Kapanı Değirmen - Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056967801</t>
+          <t>9786056967818</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bozan ve Fısıltı - Toplu Oyunlar 4</t>
+          <t>Mavi Hamak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056967856</t>
+          <t>9786056967801</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Bizim Okulda</t>
+          <t>Oyun Bozan ve Fısıltı - Toplu Oyunlar 4</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056967887</t>
+          <t>9786056967856</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Nasrettin Hoca Bizim Okulda</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056967849</t>
+          <t>9786056967887</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar Diyarı 2 - Masalın Doğusu</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056967894</t>
+          <t>9786056967849</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fikriye Afife Jale Kazım</t>
+          <t>Evliyalar Diyarı 2 - Masalın Doğusu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056967863</t>
+          <t>9786056967894</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pripyat</t>
+          <t>Fikriye Afife Jale Kazım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056967870</t>
+          <t>9786056967863</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Politik Tiyatro ve Nazım Hikmet</t>
+          <t>Pripyat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056967832</t>
+          <t>9786056967870</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cancağızım</t>
+          <t>Politik Tiyatro ve Nazım Hikmet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058153455</t>
+          <t>9786056967832</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Oyun Yazma Yarışması - 2019 Ödüllü Oyunlar</t>
+          <t>Cancağızım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058153486</t>
+          <t>9786058153455</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Eleştiri Seçkisi 2</t>
+          <t>Ulusal Oyun Yazma Yarışması - 2019 Ödüllü Oyunlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058153493</t>
+          <t>9786058153486</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Olur Böyle Şeyler</t>
+          <t>Tiyatro Eleştiri Seçkisi 2</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058153431</t>
+          <t>9786058153493</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakım Önlüğü Ab Uyumlu Aile - Toplu Oyunlar 1</t>
+          <t>Olur Böyle Şeyler</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058153448</t>
+          <t>9786058153431</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pembe Panduflu Aşk</t>
+          <t>Yoğun Bakım Önlüğü Ab Uyumlu Aile - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058153400</t>
+          <t>9786058153448</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Anahtar</t>
+          <t>Pembe Panduflu Aşk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058231474</t>
+          <t>9786058153400</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 2: Adını Siz Koyun</t>
+          <t>Sihirli Anahtar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058231481</t>
+          <t>9786058231474</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Göç Dalgası</t>
+          <t>Toplu Oyunlar - 2: Adını Siz Koyun</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058231498</t>
+          <t>9786058231481</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Mektup</t>
+          <t>Göç Dalgası</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058358393</t>
+          <t>9786058231498</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Evlenme Teşebbüsü</t>
+          <t>Günışığına Mektup</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058153462</t>
+          <t>9786058358393</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Miyase ile Teberdar - Evliyalar Diyarı 1</t>
+          <t>Bir Evlenme Teşebbüsü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058153479</t>
+          <t>9786058153462</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Eylem</t>
+          <t>Miyase ile Teberdar - Evliyalar Diyarı 1</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058231429</t>
+          <t>9786058153479</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler - Toplu Oyunlar 1</t>
+          <t>Ev Yapımı Eylem</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056737336</t>
+          <t>9786058231429</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
+          <t>Birgül Yeşiloğlu Güler - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056737329</t>
+          <t>9786056737336</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056737312</t>
+          <t>9786056737329</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056737374</t>
+          <t>9786056737312</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1: Setra Penatre (Bizim Karikatürler) - Sümerbank'tan Ahmet Usta</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058231405</t>
+          <t>9786056737374</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
+          <t>Toplu Oyunlar 1: Setra Penatre (Bizim Karikatürler) - Sümerbank'tan Ahmet Usta</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056737367</t>
+          <t>9786058231405</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2: Hasta - Verimli Sekreter</t>
+          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058231412</t>
+          <t>9786056737367</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Köşeyi Dönen Yazılar</t>
+          <t>Toplu Oyunlar 2: Hasta - Verimli Sekreter</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056737381</t>
+          <t>9786058231412</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Siyabend</t>
+          <t>Köşeyi Dönen Yazılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056737398</t>
+          <t>9786056737381</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1: Art Arda Gösteriler - Çarpıtma</t>
+          <t>Siyabend</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058231450</t>
+          <t>9786056737398</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yangınlar Denizi</t>
+          <t>Toplu Oyunlar - 1: Art Arda Gösteriler - Çarpıtma</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058231467</t>
+          <t>9786058231450</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İsyanın Ruhu</t>
+          <t>Yangınlar Denizi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058231443</t>
+          <t>9786058231467</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağıtı</t>
+          <t>İsyanın Ruhu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056737350</t>
+          <t>9786058231443</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ay Batarken</t>
+          <t>Anadolu Ağıtı</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058153417</t>
+          <t>9786056737350</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Dirliği ve Saray Önünde - Toplu Oyunlar 3</t>
+          <t>Ay Batarken</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056737305</t>
+          <t>9786058153417</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Bozkır Dirliği ve Saray Önünde - Toplu Oyunlar 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056737343</t>
+          <t>9786056737305</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Nasıl Bir Gelecek Bekliyor?</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058358300</t>
+          <t>9786056737343</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Bahar 2016</t>
+          <t>İnsanlığı Nasıl Bir Gelecek Bekliyor?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058358331</t>
+          <t>9786058358300</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ölüleri / Termen Jinan</t>
+          <t>Dramatik Bahar 2016</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058358355</t>
+          <t>9786058358331</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçükşehir Belediye Başkanı</t>
+          <t>Kadın Ölüleri / Termen Jinan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058358362</t>
+          <t>9786058358355</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Köpek</t>
+          <t>Küçükşehir Belediye Başkanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058358324</t>
+          <t>9786058358362</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 Süper Tutsaklık - Virüs Gezegeni</t>
+          <t>Şanslı Köpek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
+          <t>9786058358324</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 1 Süper Tutsaklık - Virüs Gezegeni</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
           <t>9786058358386</t>
         </is>
       </c>
-      <c r="B77" s="1" t="inlineStr">
+      <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Bir Düş Gördüm</t>
         </is>
       </c>
-      <c r="C77" s="1">
+      <c r="C78" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>