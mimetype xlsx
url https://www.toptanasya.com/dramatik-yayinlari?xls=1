--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,1195 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259364506</t>
+          <t>9786259364513</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hatice Görgeç’in Kaleminden: Komediden Tragedyaya Güçlü Bir Seçki</t>
+          <t>İtalya Karnavalları (Carnavali D'italia)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057246592</t>
+          <t>9786259364506</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Öbür Taraf- Ölüm Yaşam Dairesi</t>
+          <t>Hatice Görgeç’in Kaleminden: Komediden Tragedyaya Güçlü Bir Seçki</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057246578</t>
+          <t>9786057246592</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Giyisiler Gösterisi - Günaydın Paşam Günaydın</t>
+          <t>Öbür Taraf- Ölüm Yaşam Dairesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057246585</t>
+          <t>9786057246578</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendi Tavuğuna "Kışt" Diyenlerin Ülkesi</t>
+          <t>Giyisiler Gösterisi - Günaydın Paşam Günaydın</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057246561</t>
+          <t>9786057246585</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar: Aşk Kaşıntısı, Güz Bahçesi, Romeo Juliet'i Hala Seviyor</t>
+          <t>Kendi Tavuğuna "Kışt" Diyenlerin Ülkesi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057246554</t>
+          <t>9786057246561</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar VII</t>
+          <t>Oyunlar: Aşk Kaşıntısı, Güz Bahçesi, Romeo Juliet'i Hala Seviyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057246530</t>
+          <t>9786057246554</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali Nota Kitabı</t>
+          <t>Toplu Oyunlar VII</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057246547</t>
+          <t>9786057246530</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lider Masi ve Masal İzcileri - Lider Masi İle Yolculuk Başlıyor</t>
+          <t>Peri Kız Müzikali Nota Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057246523</t>
+          <t>9786057246547</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yalaz</t>
+          <t>Lider Masi ve Masal İzcileri - Lider Masi İle Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057246516</t>
+          <t>9786057246523</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gibidir</t>
+          <t>Yalaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057440488</t>
+          <t>9786057246516</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Peri Kız Müzikali</t>
+          <t>Aslı Gibidir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057246509</t>
+          <t>9786057440488</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hayalde Güzel</t>
+          <t>Peri Kız Müzikali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057440495</t>
+          <t>9786057246509</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>9 İahi Tregedya</t>
+          <t>Yalnız Hayalde Güzel</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057440471</t>
+          <t>9786057440495</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Atayman Devrimin, Özgürlüğün ve Aşkın Pedagojisi</t>
+          <t>9 İahi Tregedya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057440464</t>
+          <t>9786057440471</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 6 - Açık Artırma</t>
+          <t>Atayman Devrimin, Özgürlüğün ve Aşkın Pedagojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057440457</t>
+          <t>9786057440464</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eriveç Erive</t>
+          <t>Toplu Oyunlar 6 - Açık Artırma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058153424</t>
+          <t>9786057440457</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Düş</t>
+          <t>Eriveç Erive</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057440440</t>
+          <t>9786058153424</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaptan John Peoplefox</t>
+          <t>Soğuk Düş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057440426</t>
+          <t>9786057440440</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şairin Güz Notları</t>
+          <t>Kaptan John Peoplefox</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057440433</t>
+          <t>9786057440426</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Memed</t>
+          <t>Şairin Güz Notları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057440402</t>
+          <t>9786057440433</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kadınım Ulan</t>
+          <t>Memed</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057440419</t>
+          <t>9786057440402</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdadır İzmir</t>
+          <t>Kadınım Ulan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057037398</t>
+          <t>9786057440419</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Makbulka</t>
+          <t>Bir Sevdadır İzmir</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057037381</t>
+          <t>9786057037398</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Trajedinin Kadınları</t>
+          <t>Makbulka</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057037305</t>
+          <t>9786057037381</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tamar, Ah Tamar</t>
+          <t>Trajedinin Kadınları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057037374</t>
+          <t>9786057037305</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3: Kapanış Konuşması - Karantina Restoran</t>
+          <t>Tamar, Ah Tamar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057037329</t>
+          <t>9786057037374</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Oyun Yazma Yarışması - 2020 Ödüllü Oyunlar</t>
+          <t>Toplu Oyunlar 3: Kapanış Konuşması - Karantina Restoran</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057037336</t>
+          <t>9786057037329</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 5: Canlı Yöre</t>
+          <t>Ulusal Oyun Yazma Yarışması - 2020 Ödüllü Oyunlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057037367</t>
+          <t>9786057037336</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Toplu Oyunlar - 5: Canlı Yöre</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057037343</t>
+          <t>9786057037367</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Konuşursa</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057037350</t>
+          <t>9786057037343</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Halide'nin Dört Mevsimi</t>
+          <t>Kadınlar Konuşursa</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057037312</t>
+          <t>9786057037350</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunu Yazma Yarışması</t>
+          <t>Halide'nin Dört Mevsimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056967825</t>
+          <t>9786057037312</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fare Kapanı Değirmen - Toplu Oyunlar 2</t>
+          <t>Çocuk Oyunu Yazma Yarışması</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056967818</t>
+          <t>9786056967825</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mavi Hamak</t>
+          <t>Fare Kapanı Değirmen - Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056967801</t>
+          <t>9786056967818</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bozan ve Fısıltı - Toplu Oyunlar 4</t>
+          <t>Mavi Hamak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056967856</t>
+          <t>9786056967801</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Bizim Okulda</t>
+          <t>Oyun Bozan ve Fısıltı - Toplu Oyunlar 4</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056967887</t>
+          <t>9786056967856</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Nasrettin Hoca Bizim Okulda</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056967849</t>
+          <t>9786056967887</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evliyalar Diyarı 2 - Masalın Doğusu</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056967894</t>
+          <t>9786056967849</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Fikriye Afife Jale Kazım</t>
+          <t>Evliyalar Diyarı 2 - Masalın Doğusu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056967863</t>
+          <t>9786056967894</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pripyat</t>
+          <t>Fikriye Afife Jale Kazım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056967870</t>
+          <t>9786056967863</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Politik Tiyatro ve Nazım Hikmet</t>
+          <t>Pripyat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056967832</t>
+          <t>9786056967870</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cancağızım</t>
+          <t>Politik Tiyatro ve Nazım Hikmet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058153455</t>
+          <t>9786056967832</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Oyun Yazma Yarışması - 2019 Ödüllü Oyunlar</t>
+          <t>Cancağızım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058153486</t>
+          <t>9786058153455</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Eleştiri Seçkisi 2</t>
+          <t>Ulusal Oyun Yazma Yarışması - 2019 Ödüllü Oyunlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058153493</t>
+          <t>9786058153486</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Olur Böyle Şeyler</t>
+          <t>Tiyatro Eleştiri Seçkisi 2</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058153431</t>
+          <t>9786058153493</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Bakım Önlüğü Ab Uyumlu Aile - Toplu Oyunlar 1</t>
+          <t>Olur Böyle Şeyler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058153448</t>
+          <t>9786058153431</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pembe Panduflu Aşk</t>
+          <t>Yoğun Bakım Önlüğü Ab Uyumlu Aile - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058153400</t>
+          <t>9786058153448</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Anahtar</t>
+          <t>Pembe Panduflu Aşk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058231474</t>
+          <t>9786058153400</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 2: Adını Siz Koyun</t>
+          <t>Sihirli Anahtar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058231481</t>
+          <t>9786058231474</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Göç Dalgası</t>
+          <t>Toplu Oyunlar - 2: Adını Siz Koyun</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058231498</t>
+          <t>9786058231481</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Günışığına Mektup</t>
+          <t>Göç Dalgası</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058358393</t>
+          <t>9786058231498</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Evlenme Teşebbüsü</t>
+          <t>Günışığına Mektup</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058153462</t>
+          <t>9786058358393</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Miyase ile Teberdar - Evliyalar Diyarı 1</t>
+          <t>Bir Evlenme Teşebbüsü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058153479</t>
+          <t>9786058153462</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Eylem</t>
+          <t>Miyase ile Teberdar - Evliyalar Diyarı 1</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058231429</t>
+          <t>9786058153479</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler - Toplu Oyunlar 1</t>
+          <t>Ev Yapımı Eylem</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056737336</t>
+          <t>9786058231429</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
+          <t>Birgül Yeşiloğlu Güler - Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056737329</t>
+          <t>9786056737336</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056737312</t>
+          <t>9786056737329</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056737374</t>
+          <t>9786056737312</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1: Setra Penatre (Bizim Karikatürler) - Sümerbank'tan Ahmet Usta</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058231405</t>
+          <t>9786056737374</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
+          <t>Toplu Oyunlar 1: Setra Penatre (Bizim Karikatürler) - Sümerbank'tan Ahmet Usta</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056737367</t>
+          <t>9786058231405</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2: Hasta - Verimli Sekreter</t>
+          <t>Toplu Oyunlar 1 - Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058231412</t>
+          <t>9786056737367</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Köşeyi Dönen Yazılar</t>
+          <t>Toplu Oyunlar 2: Hasta - Verimli Sekreter</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056737381</t>
+          <t>9786058231412</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Siyabend</t>
+          <t>Köşeyi Dönen Yazılar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056737398</t>
+          <t>9786056737381</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar - 1: Art Arda Gösteriler - Çarpıtma</t>
+          <t>Siyabend</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058231450</t>
+          <t>9786056737398</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yangınlar Denizi</t>
+          <t>Toplu Oyunlar - 1: Art Arda Gösteriler - Çarpıtma</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058231467</t>
+          <t>9786058231450</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İsyanın Ruhu</t>
+          <t>Yangınlar Denizi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058231443</t>
+          <t>9786058231467</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağıtı</t>
+          <t>İsyanın Ruhu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056737350</t>
+          <t>9786058231443</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ay Batarken</t>
+          <t>Anadolu Ağıtı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058153417</t>
+          <t>9786056737350</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Dirliği ve Saray Önünde - Toplu Oyunlar 3</t>
+          <t>Ay Batarken</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056737305</t>
+          <t>9786058153417</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Bozkır Dirliği ve Saray Önünde - Toplu Oyunlar 3</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056737343</t>
+          <t>9786056737305</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Nasıl Bir Gelecek Bekliyor?</t>
+          <t>Çember</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058358300</t>
+          <t>9786056737343</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Bahar 2016</t>
+          <t>İnsanlığı Nasıl Bir Gelecek Bekliyor?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058358331</t>
+          <t>9786058358300</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ölüleri / Termen Jinan</t>
+          <t>Dramatik Bahar 2016</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058358355</t>
+          <t>9786058358331</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küçükşehir Belediye Başkanı</t>
+          <t>Kadın Ölüleri / Termen Jinan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058358362</t>
+          <t>9786058358355</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Köpek</t>
+          <t>Küçükşehir Belediye Başkanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058358324</t>
+          <t>9786058358362</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 Süper Tutsaklık - Virüs Gezegeni</t>
+          <t>Şanslı Köpek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9786058358324</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 1 Süper Tutsaklık - Virüs Gezegeni</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>9786058358386</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Bir Düş Gördüm</t>
         </is>
       </c>
-      <c r="C78" s="1">
+      <c r="C79" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>