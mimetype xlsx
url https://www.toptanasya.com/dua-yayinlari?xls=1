--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,2680 +85,2710 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052210895</t>
+          <t>9786052210925</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Kutsal Topraklar</t>
+          <t>III. Ömer (Afganistan İslam Emirliği Kurucusu Molla Ömer Mücahid)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052210918</t>
+          <t>9786052210932</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Kudüs</t>
+          <t>Ana Hatlarıyla İslam'a Davetin İncelikleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052210901</t>
+          <t>9786052210895</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık ve Kudüs</t>
+          <t>İslam'a Göre Kutsal Topraklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052210864</t>
+          <t>9786052210918</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İdeal Gençlik</t>
+          <t>Siyonizm ve Kudüs</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054024346</t>
+          <t>9786052210901</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi (Ciltli)</t>
+          <t>Hristiyanlık ve Kudüs</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052210857</t>
+          <t>9786052210864</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şehitler Kervanı Silvan-2</t>
+          <t>İdeal Gençlik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052210840</t>
+          <t>9786054024346</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Maskesi Kültür Emperyalizmi</t>
+          <t>Kırk Hadis Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054024827</t>
+          <t>9786052210857</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Çağrı Şeyh Şamil</t>
+          <t>Şehitler Kervanı Silvan-2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052210833</t>
+          <t>9786052210840</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketlerin Takva Sorunu</t>
+          <t>Şeytanın Maskesi Kültür Emperyalizmi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054772384</t>
+          <t>9786054024827</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Batı Türkiye ve İslam</t>
+          <t>Özgürlüğe Çağrı Şeyh Şamil</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4440000000428</t>
+          <t>9786052210833</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Delilleri Sonsuz Olan Allah</t>
+          <t>İslami Hareketlerin Takva Sorunu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4440000000424</t>
+          <t>9786054772384</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Süreç</t>
+          <t>Batı Türkiye ve İslam</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259454627</t>
+          <t>4440000000428</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gazze: Balkabağına Dönen Batı</t>
+          <t>Delilleri Sonsuz Olan Allah</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052210819</t>
+          <t>4440000000424</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Namaz Göz Aydınlığım</t>
+          <t>Soğuk Süreç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052210796</t>
+          <t>9786259454627</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Genç Davetçilerine</t>
+          <t>Gazze: Balkabağına Dönen Batı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>6411968122049</t>
+          <t>9786052210819</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı</t>
+          <t>Namaz Göz Aydınlığım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054024414</t>
+          <t>9786052210796</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cevşen’ül Kebir ve Türkçe Açıklaması</t>
+          <t>İslam'ın Genç Davetçilerine</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052210741</t>
+          <t>6411968122049</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Cihad</t>
+          <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3002361100109</t>
+          <t>9786054024414</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İmam Birgivi Usulü'l-Hadis Şerhi</t>
+          <t>Cevşen’ül Kebir ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052210789</t>
+          <t>9786052210741</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çilekeş Analar</t>
+          <t>Kur’an’da Cihad</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052210772</t>
+          <t>3002361100109</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Düşmanın Tuzağı</t>
+          <t>İmam Birgivi Usulü'l-Hadis Şerhi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789750143090</t>
+          <t>9786052210789</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pir-i İntifada Şeyh Ahmed Yasin</t>
+          <t>Çilekeş Analar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054772186</t>
+          <t>9786052210772</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Asiye</t>
+          <t>Düşmanın Tuzağı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789750143069</t>
+          <t>9789750143090</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Feyzinden Dualar</t>
+          <t>Pir-i İntifada Şeyh Ahmed Yasin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054772261</t>
+          <t>9786054772186</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslami Eğitim Modeli</t>
+          <t>Asiye</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054772155</t>
+          <t>9789750143069</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hayatın Gizli Anahtarı</t>
+          <t>Kur'an'ın Feyzinden Dualar</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050055108</t>
+          <t>9786054772261</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetten Muhammed (s.a.v) Oldu Hasıl</t>
+          <t>İslami Eğitim Modeli</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050055061</t>
+          <t>9786054772155</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yusufi Öyküler</t>
+          <t>Namaz Hayatın Gizli Anahtarı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054024841</t>
+          <t>9786050055108</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Fedakar Kadınları</t>
+          <t>Muhabbetten Muhammed (s.a.v) Oldu Hasıl</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054024735</t>
+          <t>9786050055061</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin</t>
+          <t>Yusufi Öyküler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054024308</t>
+          <t>9786054024841</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Zafer ve Zafere Götüren Manevi Sebepler</t>
+          <t>İslam'ın Fedakar Kadınları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789750143045</t>
+          <t>9786054024735</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışların Hikayesi</t>
+          <t>Selahaddin</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054024643</t>
+          <t>9786054024308</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaza ve Kaderde İnsanın Yolu</t>
+          <t>Kur'an'da Zafer ve Zafere Götüren Manevi Sebepler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054024803</t>
+          <t>9789750143045</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Işık</t>
+          <t>Yaşanmışların Hikayesi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054024063</t>
+          <t>9786054024643</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müteahhit</t>
+          <t>Kaza ve Kaderde İnsanın Yolu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054024124</t>
+          <t>9786054024803</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kürtler ve İslami Kurtuluş</t>
+          <t>Çöldeki Işık</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050055016</t>
+          <t>9786054024063</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Kur'an Susmasın</t>
+          <t>Müteahhit</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054024001</t>
+          <t>9786054024124</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tecrübeler Işığında İslam Daveti</t>
+          <t>Kürtler ve İslami Kurtuluş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054772742</t>
+          <t>9786050055016</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Yeter ki Kur'an Susmasın</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054024094</t>
+          <t>9786054024001</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şafii İlmihali (Hediyetu'l Habib) (Ciltli)</t>
+          <t>Tecrübeler Işığında İslam Daveti</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054024490</t>
+          <t>9786054772742</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Derviş</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054772193</t>
+          <t>9786054024094</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Düşünce ve Pratikte İslami Hareket</t>
+          <t>Büyük Şafii İlmihali (Hediyetu'l Habib) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050055009</t>
+          <t>9786054024490</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>39. Koğuş</t>
+          <t>Derviş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054024476</t>
+          <t>9786054772193</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam Fedaileri Hareketi ve Nevab Safevi</t>
+          <t>Düşünce ve Pratikte İslami Hareket</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789750143021</t>
+          <t>9786050055009</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akıbet Cennet mi, Cehennem mi?</t>
+          <t>39. Koğuş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054024629</t>
+          <t>9786054024476</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Umuda Cemre Düştü</t>
+          <t>İslam Fedaileri Hareketi ve Nevab Safevi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054024575</t>
+          <t>9789750143021</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerde İslami Kimliğin Gelişmesi</t>
+          <t>Akıbet Cennet mi, Cehennem mi?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054024674</t>
+          <t>9786054024629</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İman'ın Esasları ve Hayata Etkileri</t>
+          <t>Umuda Cemre Düştü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054024568</t>
+          <t>9786054024575</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa Aleyhisselam</t>
+          <t>Kürtlerde İslami Kimliğin Gelişmesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054024582</t>
+          <t>9786054024674</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hizbullah Ana Davası: Savunmalar</t>
+          <t>İman'ın Esasları ve Hayata Etkileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054772124</t>
+          <t>9786054024568</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Tebessüm Bir Tefekkür</t>
+          <t>Hz. İsa Aleyhisselam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054024773</t>
+          <t>9786054024582</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'anla Yaşamak</t>
+          <t>Hizbullah Ana Davası: Savunmalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054024049</t>
+          <t>9786054772124</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İman Esasları</t>
+          <t>Bir Tebessüm Bir Tefekkür</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054772117</t>
+          <t>9786054024773</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bedir Zaferi ve Dersler</t>
+          <t>Kur'anla Yaşamak</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054772025</t>
+          <t>9786054024049</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hitabette Yöntem</t>
+          <t>İman Esasları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054772032</t>
+          <t>9786054772117</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hizmette Verim ve Başarı</t>
+          <t>Bedir Zaferi ve Dersler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054024520</t>
+          <t>9786054772025</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cemal'im</t>
+          <t>Hitabette Yöntem</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054024797</t>
+          <t>9786054772032</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Yolu</t>
+          <t>Hizmette Verim ve Başarı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054024872</t>
+          <t>9786054024520</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zülfikarlar Bilendi</t>
+          <t>Cemal'im</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054024742</t>
+          <t>9786054024797</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nurda Kardeşlik Esasları</t>
+          <t>Cennetin Yolu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054024766</t>
+          <t>9786054024872</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Amine Sensin</t>
+          <t>Zülfikarlar Bilendi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050055047</t>
+          <t>9786054024742</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Diriler Kabri</t>
+          <t>Risale-i Nurda Kardeşlik Esasları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054024926</t>
+          <t>9786054024766</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Davetçi Öğrencinin El Kitabı</t>
+          <t>Amine Sensin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054024810</t>
+          <t>9786050055047</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Gülümseyen Adam (Ebu Hanife)</t>
+          <t>Diriler Kabri</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052210413</t>
+          <t>9786054024926</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Özgürlüğü İçin Mali Cihad ve Boykot</t>
+          <t>Davetçi Öğrencinin El Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052210758</t>
+          <t>9786054024810</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış</t>
+          <t>Ölümüne Gülümseyen Adam (Ebu Hanife)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054772797</t>
+          <t>9786052210413</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pirandan Yükselen Feryat</t>
+          <t>Kudüs’ün Özgürlüğü İçin Mali Cihad ve Boykot</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052210000</t>
+          <t>9786052210758</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon Eğitimi Hitabet Teknikleri</t>
+          <t>Farklı Bakış</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052210697</t>
+          <t>9786054772797</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Akaid Dersleri (2 Kitaplık Set)</t>
+          <t>Pirandan Yükselen Feryat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052210680</t>
+          <t>9786052210000</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İmtihanımız İnternet ve Sosyal Medya Adabı</t>
+          <t>Diksiyon Eğitimi Hitabet Teknikleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052210673</t>
+          <t>9786052210697</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Akaid Dersleri (2 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052210666</t>
+          <t>9786052210680</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Mekke İdil</t>
+          <t>Sosyal İmtihanımız İnternet ve Sosyal Medya Adabı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>1002361100719</t>
+          <t>9786052210673</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Elifbası</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052210574</t>
+          <t>9786052210666</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Adı Yasin</t>
+          <t>Çağdaş Mekke İdil</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052210505</t>
+          <t>1002361100719</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052210468</t>
+          <t>9786052210574</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hubbuş - Şehevat</t>
+          <t>Adı Yasin</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052210451</t>
+          <t>9786052210505</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Giden Yol</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052210482</t>
+          <t>9786052210468</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İffet Gerdanlığı</t>
+          <t>Kur’an’da Hubbuş - Şehevat</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054024377</t>
+          <t>9786052210451</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Boyasana</t>
+          <t>Kurtuluşa Giden Yol</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054024025</t>
+          <t>9786052210482</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
+          <t>İffet Gerdanlığı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254446337</t>
+          <t>9786054024377</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Talebeler İçin 40 Hadis - 2</t>
+          <t>Boyasana</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054024407</t>
+          <t>9786054024025</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü'l Kebir</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054772322</t>
+          <t>9786254446337</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi - İzlenecek Metotlar</t>
+          <t>Talebeler İçin 40 Hadis - 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052210178</t>
+          <t>9786054024407</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve İnanca Dair Hikayeler</t>
+          <t>Cevşenü'l Kebir</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054772018</t>
+          <t>9786054772322</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Gençligi</t>
+          <t>Çocuk Eğitimi - İzlenecek Metotlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054024995</t>
+          <t>9786052210178</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İman Fidanları</t>
+          <t>Hayata ve İnanca Dair Hikayeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054024988</t>
+          <t>9786054772018</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam Tomurcukları</t>
+          <t>Hidayet Gençligi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054024933</t>
+          <t>9786054024995</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kadın Mescid İlişkisi</t>
+          <t>İman Fidanları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054772506</t>
+          <t>9786054024988</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Toplumunun Özellikleri</t>
+          <t>İslam Tomurcukları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789750143076</t>
+          <t>9786054024933</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mal ile Cihad</t>
+          <t>Kadın Mescid İlişkisi</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054772865</t>
+          <t>9786054772506</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler - Kur'an'da Tarih Mefhumu ve Tevhisi Mücadelenin Önderleri 1.Cilt</t>
+          <t>Kur'an Toplumunun Özellikleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054024070</t>
+          <t>9789750143076</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Kur'an'da Tarih Mefhumu ve Tevhisi Mücadelenin Önderleri 2. Cilt</t>
+          <t>Mal ile Cihad</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054024759</t>
+          <t>9786054772865</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler 3. Cilt: Kur'an'da Tarih Mefhumu ve Tevhidi Mücadelenin Önderleri</t>
+          <t>Peygamberler - Kur'an'da Tarih Mefhumu ve Tevhisi Mücadelenin Önderleri 1.Cilt</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054024728</t>
+          <t>9786054024070</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Rehbere Xelasi</t>
+          <t>Peygamberler Kur'an'da Tarih Mefhumu ve Tevhisi Mücadelenin Önderleri 2. Cilt</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054772629</t>
+          <t>9786054024759</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Yolu</t>
+          <t>Peygamberler 3. Cilt: Kur'an'da Tarih Mefhumu ve Tevhidi Mücadelenin Önderleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054024919</t>
+          <t>9786054024728</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Şehid ve Said</t>
+          <t>Rehbere Xelasi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054772001</t>
+          <t>9786054772629</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Takvanın Yavru Aslanları</t>
+          <t>Şehadet Yolu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054772162</t>
+          <t>9786054024919</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Müslimin Zindan Hatıraları</t>
+          <t>Şehid ve Said</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054772148</t>
+          <t>9786054772001</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Takvanın Yavru Aslanları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052210185</t>
+          <t>9786054772162</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Konuş Yoksa</t>
+          <t>İhvan-ı Müslimin Zindan Hatıraları</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052210192</t>
+          <t>9786054772148</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Eşref'ten Esfele Muhbirler</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052210130</t>
+          <t>9786052210185</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nar'dan Nur'a</t>
+          <t>Konuş Yoksa</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054772988</t>
+          <t>9786052210192</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Özgün Rehberlik</t>
+          <t>Eşref'ten Esfele Muhbirler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052210475</t>
+          <t>9786052210130</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İtikafta Kıyılan Nikah</t>
+          <t>Nar'dan Nur'a</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052210420</t>
+          <t>9786054772988</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuran Mektebinden Dersler 1</t>
+          <t>Eğitimde Özgün Rehberlik</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052210444</t>
+          <t>9786052210475</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı 7</t>
+          <t>İtikafta Kıyılan Nikah</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052210437</t>
+          <t>9786052210420</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kuran Mektebinden Dersler 2</t>
+          <t>Kuran Mektebinden Dersler 1</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052210246</t>
+          <t>9786052210444</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Talebeler İçin (Açıklamalı ve Kolay Ezberlenebilen) 40 Hadis</t>
+          <t>Peygamberlerin Hayatı 7</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052210239</t>
+          <t>9786052210437</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Sevgisi</t>
+          <t>Kuran Mektebinden Dersler 2</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052210390</t>
+          <t>9786052210246</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Hasbihal</t>
+          <t>Talebeler İçin (Açıklamalı ve Kolay Ezberlenebilen) 40 Hadis</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052210338</t>
+          <t>9786052210239</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zadu'l-Mead Fi Hayri'ı-İbad (5 Cilt Takım) (Ciltli)</t>
+          <t>Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>4000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052210284</t>
+          <t>9786052210390</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadislerle Esbab-ı Nüzul (Ciltli)</t>
+          <t>Gençlerle Hasbihal</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052210307</t>
+          <t>9786052210338</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Ciltli)</t>
+          <t>Zadu'l-Mead Fi Hayri'ı-İbad (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>750</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052210291</t>
+          <t>9786052210284</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Sahih Hadislerle Esbab-ı Nüzul (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052210314</t>
+          <t>9786052210307</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi (Ciltli)</t>
+          <t>Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052210260</t>
+          <t>9786052210291</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gülbağından Bir Demet</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052210277</t>
+          <t>9786052210314</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler 6. Cilt</t>
+          <t>Ölüm ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054024421</t>
+          <t>9786052210260</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Haydari Mevlid-i Şerif</t>
+          <t>Gülbağından Bir Demet</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052210154</t>
+          <t>9786052210277</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Son Günler</t>
+          <t>Peygamberler 6. Cilt</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052210147</t>
+          <t>9786054024421</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Yaklaşma</t>
+          <t>Haydari Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052210109</t>
+          <t>9786052210154</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bir Anlatım Üslubu Meseller (Emsalü'l Kur'an)</t>
+          <t>Son Günler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052210093</t>
+          <t>9786052210147</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mahkum Eden Hayatlar</t>
+          <t>Ateşle Yaklaşma</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054772551</t>
+          <t>9786052210109</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik ve Sosyolojik Tahlillerle Peygamber Kıssaları ve Davet Metotları</t>
+          <t>Kur'an'ın Bir Anlatım Üslubu Meseller (Emsalü'l Kur'an)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052210062</t>
+          <t>9786052210093</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>Mahkum Eden Hayatlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052210055</t>
+          <t>9786054772551</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İmtihan Ateşi</t>
+          <t>Psikolojik ve Sosyolojik Tahlillerle Peygamber Kıssaları ve Davet Metotları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052210048</t>
+          <t>9786052210062</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Hoca</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052210628</t>
+          <t>9786052210055</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Elçileri Peygamberler ( 3 Cilt Takım)</t>
+          <t>İmtihan Ateşi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054772377</t>
+          <t>9786052210048</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mescid Gülleri</t>
+          <t>İbrahim Hoca</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054772568</t>
+          <t>9786052210628</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Murat'ım</t>
+          <t>Allah'ın Elçileri Peygamberler ( 3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054772728</t>
+          <t>9786054772377</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Mescid Gülleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3002361100049</t>
+          <t>9786054772568</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ey Gece</t>
+          <t>Murat'ım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054024438</t>
+          <t>9786054772728</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054024452</t>
+          <t>3002361100049</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tebareke Cüzü</t>
+          <t>Ey Gece</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054024902</t>
+          <t>9786054024438</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Nesline Kur'an İlimleri</t>
+          <t>Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054772575</t>
+          <t>9786054024452</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Hafize</t>
+          <t>Tebareke Cüzü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054772360</t>
+          <t>9786054024902</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Neler Sığar</t>
+          <t>Kur'an Nesline Kur'an İlimleri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054772582</t>
+          <t>9786054772575</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhacirin Günlüğü</t>
+          <t>Kod Adı: Hafize</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054024506</t>
+          <t>9786054772360</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Amentü</t>
+          <t>Bir Ömre Neler Sığar</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054772544</t>
+          <t>9786054772582</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir İnci Olabilirsiniz</t>
+          <t>Bir Muhacirin Günlüğü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054772513</t>
+          <t>9786054024506</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Eşler Arasındaki Haklar</t>
+          <t>Amentü</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052210031</t>
+          <t>9786054772544</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sevsen de Razıyım Sevmesen de...</t>
+          <t>Bir İnci Olabilirsiniz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052210017</t>
+          <t>9786054772513</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesine İslami Çözüm Çalıştayı</t>
+          <t>Hadisler Işığında Eşler Arasındaki Haklar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054772995</t>
+          <t>9786052210031</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bahar Kıştan Sonra Gelir</t>
+          <t>Sevsen de Razıyım Sevmesen de...</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054772964</t>
+          <t>9786052210017</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Adanmışlar</t>
+          <t>Kürt Meselesine İslami Çözüm Çalıştayı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054772957</t>
+          <t>9786054772995</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Sergüzeşt-i Beşer</t>
+          <t>Bahar Kıştan Sonra Gelir</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054772926</t>
+          <t>9786054772964</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Tebessüm Bir Tefekkür - 2</t>
+          <t>Adanmışlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054772933</t>
+          <t>9786054772957</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Değerler Eğitimi Sergüzeşt-i Beşer</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054772896</t>
+          <t>9786054772926</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mahkum</t>
+          <t>Bir Tebessüm Bir Tefekkür - 2</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054772889</t>
+          <t>9786054772933</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumuzu Tanıyalım</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054772872</t>
+          <t>9786054772896</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Yeşeren Umutlar</t>
+          <t>Mahkum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054772858</t>
+          <t>9786054772889</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İyilerin Çilesi</t>
+          <t>Çocuğumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054772834</t>
+          <t>9786054772872</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hicret Zamanı</t>
+          <t>Ateşle Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054772841</t>
+          <t>9786054772858</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlahi Armağanlar</t>
+          <t>İyilerin Çilesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054772759</t>
+          <t>9786054772834</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler 5. Cilt</t>
+          <t>Hicret Zamanı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054772766</t>
+          <t>9786054772841</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler 4. Cilt</t>
+          <t>İlahi Armağanlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054024254</t>
+          <t>9786054772759</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İmana Susayan Gönüller</t>
+          <t>Peygamberler 5. Cilt</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054024216</t>
+          <t>9786054772766</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Üstad Bediüzzaman Said Nursi</t>
+          <t>Peygamberler 4. Cilt</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054772711</t>
+          <t>9786054024254</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Acısı</t>
+          <t>İmana Susayan Gönüller</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054772704</t>
+          <t>9786054024216</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çileli Yolculuk</t>
+          <t>Üstad Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054772681</t>
+          <t>9786054772711</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Ayrılık Acısı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054772698</t>
+          <t>9786054772704</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Muttakiler Kimlerdir?</t>
+          <t>Çileli Yolculuk</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789750143038</t>
+          <t>9786054772681</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tövbe</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054024032</t>
+          <t>9786054772698</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Adam</t>
+          <t>Muttakiler Kimlerdir?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054772278</t>
+          <t>9789750143038</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Zindanda Direniş</t>
+          <t>Tövbe</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789750143052</t>
+          <t>9786054024032</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Meçhul Adam</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054024186</t>
+          <t>9786054772278</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Çocuk Eğitimi</t>
+          <t>Zindanda Direniş</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789750143014</t>
+          <t>9789750143052</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Genç Davetçilere Mektuplar 1-2 (2 Cilt Takım)</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050055030</t>
+          <t>9786054024186</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Can Laleler Solmasın</t>
+          <t>İslam'da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054024551</t>
+          <t>9789750143014</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Yolcuları</t>
+          <t>Genç Davetçilere Mektuplar 1-2 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054772063</t>
+          <t>9786050055030</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yusufi Direniş</t>
+          <t>Can Laleler Solmasın</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050055054</t>
+          <t>9786054024551</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İntifada Öyküleri</t>
+          <t>Hakikat Yolcuları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054024353</t>
+          <t>9786054772063</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gıybet</t>
+          <t>Yusufi Direniş</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054024605</t>
+          <t>9786050055054</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İlk Dokuz Söz Üzerine Notlar</t>
+          <t>İntifada Öyküleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054024704</t>
+          <t>9786054024353</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında Gazze</t>
+          <t>Gıybet</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054024612</t>
+          <t>9786054024605</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Peygamberimiz (Sallallahu aleyhi ve Sellem)</t>
+          <t>İlk Dokuz Söz Üzerine Notlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
+          <t>9786054024704</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatma Altında Gazze</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054024612</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Örnek Peygamberimiz (Sallallahu aleyhi ve Sellem)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
           <t>9786054024681</t>
         </is>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>İslam'ın Esasları ve Hayata Etkileri</t>
         </is>
       </c>
-      <c r="C177" s="1">
+      <c r="C179" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>