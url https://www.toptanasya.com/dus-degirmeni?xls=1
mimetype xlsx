--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,775 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259671130</t>
+          <t>8680628431619</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü Kardeşliği - 1</t>
+          <t>Esma ile Hüsna 10 Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259726069</t>
+          <t>9786259671130</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 9 – Aslanlı Yüzüğün Esrarı</t>
+          <t>Başörtüsü Kardeşliği - 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259726052</t>
+          <t>9786259726069</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 8 – Karavan Macerası</t>
+          <t>Esma İle Hüsna 9 – Aslanlı Yüzüğün Esrarı</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259726045</t>
+          <t>9786259726052</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 7 – Şifreli Mektup</t>
+          <t>Esma İle Hüsna 8 – Karavan Macerası</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259726038</t>
+          <t>9786259726045</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 6 – Hareket Edemeyen Robot</t>
+          <t>Esma İle Hüsna 7 – Şifreli Mektup</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259726076</t>
+          <t>9786259726038</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 10 - Şifrematik</t>
+          <t>Esma İle Hüsna 6 – Hareket Edemeyen Robot</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259726021</t>
+          <t>9786259726076</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Omzumdaki Serçe</t>
+          <t>Esma İle Hüsna 10 - Şifrematik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259781952</t>
+          <t>9786259726021</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şükür Kitabım</t>
+          <t>Omzumdaki Serçe</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259781983</t>
+          <t>9786259781952</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ramazan’a Merhaba- 30 Günlük Etkinlik Rehberi</t>
+          <t>Şükür Kitabım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259781976</t>
+          <t>9786259781983</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Bayram Neşesi</t>
+          <t>Ramazan’a Merhaba- 30 Günlük Etkinlik Rehberi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259726014</t>
+          <t>9786259781976</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Gözlemevi</t>
+          <t>Ramazan ve Bayram Neşesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259781969</t>
+          <t>9786259726014</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Ramazan</t>
+          <t>Ramazan Gözlemevi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259781945</t>
+          <t>9786259781969</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim - Gerçek mi? Hayal mi?</t>
+          <t>Hoş Geldin Ramazan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259781938</t>
+          <t>9786259781945</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim - Bir Tabak Mantık</t>
+          <t>Düşünüyorum Öyleyse Hindiyim - Gerçek mi? Hayal mi?</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259781914</t>
+          <t>9786259781938</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dinozordan Bile Büyük Bir Hediye</t>
+          <t>Düşünüyorum Öyleyse Hindiyim - Bir Tabak Mantık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758739585</t>
+          <t>9786259781914</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Şeyler Günü</t>
+          <t>Dinozordan Bile Büyük Bir Hediye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758739868</t>
+          <t>9789758739585</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cama Vuran Roket - Fikri Bol Fikri 6</t>
+          <t>Beklenmedik Şeyler Günü</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758739844</t>
+          <t>9789758739868</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Kadınlar</t>
+          <t>Cama Vuran Roket - Fikri Bol Fikri 6</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259445458</t>
+          <t>9789758739844</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 4 - Görünmezlik İksiri</t>
+          <t>Ezber Bozan Kadınlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259445465</t>
+          <t>9786259445458</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 5 - Gizemli Bilmece Küpü</t>
+          <t>Esma ile Hüsna 4 - Görünmezlik İksiri</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259445472</t>
+          <t>9786259445465</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Güvercin</t>
+          <t>Esma ile Hüsna 5 - Gizemli Bilmece Küpü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259445427</t>
+          <t>9786259445472</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 3 - Bozulmuş Yoğurt Gölü</t>
+          <t>Cebimdeki Güvercin</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259445441</t>
+          <t>9786259445427</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 1 - Canlanan Kurbağalar</t>
+          <t>Esma ile Hüsna 3 - Bozulmuş Yoğurt Gölü</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259445434</t>
+          <t>9786259445441</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 2 - Bahçedeki Uzaylılar</t>
+          <t>Esma ile Hüsna 1 - Canlanan Kurbağalar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259445410</t>
+          <t>9786259445434</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Azimli Peygamberim Hz. Nuh</t>
+          <t>Esma ile Hüsna 2 - Bahçedeki Uzaylılar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259445403</t>
+          <t>9786259445410</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gazze’nin Arıları ve Samaar</t>
+          <t>Azimli Peygamberim Hz. Nuh</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057261007</t>
+          <t>9786259445403</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 3 - Olasılıklar Treni</t>
+          <t>Gazze’nin Arıları ve Samaar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786250012048</t>
+          <t>9786057261007</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 2 - Posta Kutusundaki Felsefe</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 3 - Olasılıklar Treni</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057261014</t>
+          <t>9786250012048</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 1 - Nereden Çıktı Bu sorular?</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 2 - Posta Kutusundaki Felsefe</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057261090</t>
+          <t>9786057261014</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Pervaneli Uçak ve Bedriye</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 1 - Nereden Çıktı Bu sorular?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259901169</t>
+          <t>9786057261090</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şifa'nın Aynası</t>
+          <t>Pervaneli Uçak ve Bedriye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259901176</t>
+          <t>9786259901169</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - Acayip Kaçış Planı</t>
+          <t>Şifa'nın Aynası</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259901183</t>
+          <t>9786259901176</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - 55 Kilo Çikolata</t>
+          <t>Fikri Bol Fikri - Acayip Kaçış Planı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758739998</t>
+          <t>9786259901183</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tay - Bir Hicret Yolculuğu</t>
+          <t>Fikri Bol Fikri - 55 Kilo Çikolata</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758739950</t>
+          <t>9789758739998</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Paris’e İki Uçak Bileti</t>
+          <t>Tay - Bir Hicret Yolculuğu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758739981</t>
+          <t>9789758739950</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürü Seven Peygamberim Hz. İbrahim</t>
+          <t>Paris’e İki Uçak Bileti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758739967</t>
+          <t>9789758739981</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri: Kediler Kriz Dinlemez</t>
+          <t>Tefekkürü Seven Peygamberim Hz. İbrahim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758739974</t>
+          <t>9789758739967</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi İnşa Eden Peygamberler: Hz. İbrahim - Hz. İsmail</t>
+          <t>Fikri Bol Fikri: Kediler Kriz Dinlemez</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758739943</t>
+          <t>9789758739974</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adaletli Peygamberim Hz. Yusuf</t>
+          <t>Kabe’yi İnşa Eden Peygamberler: Hz. İbrahim - Hz. İsmail</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758739936</t>
+          <t>9789758739943</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - Matematiğin Olmadığı Yer</t>
+          <t>Adaletli Peygamberim Hz. Yusuf</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758739912</t>
+          <t>9789758739936</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Peygamberim Hz. İsmail</t>
+          <t>Fikri Bol Fikri - Matematiğin Olmadığı Yer</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758739929</t>
+          <t>9789758739912</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yürüyüşleri</t>
+          <t>Bereketli Peygamberim Hz. İsmail</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758739899</t>
+          <t>9789758739929</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Kadınlar 2 (Ciltli)</t>
+          <t>Tefekkür Yürüyüşleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758739851</t>
+          <t>9789758739899</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Akıl İpleri</t>
+          <t>Ezber Bozan Kadınlar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758739684</t>
+          <t>9789758739851</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Son Hazine</t>
+          <t>Akıl İpleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758739622</t>
+          <t>9789758739684</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Asansörü - Hikaye Anahtarcısı 1 (Ciltli)</t>
+          <t>Evrendeki Son Hazine</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758739646</t>
+          <t>9789758739622</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Eller - Hikaye Anahtarcısı 3 (Ciltli)</t>
+          <t>Tuhaflıklar Asansörü - Hikaye Anahtarcısı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758739639</t>
+          <t>9789758739646</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Zamanı - Hikaye Anahtarcısı 2 (Ciltli)</t>
+          <t>Zehirli Eller - Hikaye Anahtarcısı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9789758739639</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhalar Zamanı - Hikaye Anahtarcısı 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>8680628430421</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Fikri ile Fahri (5 Kitap Set)</t>
         </is>
       </c>
-      <c r="C50" s="1">
+      <c r="C51" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>