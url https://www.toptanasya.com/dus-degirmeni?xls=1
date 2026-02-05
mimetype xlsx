--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,790 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8680628431619</t>
+          <t>9786259671147</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 10 Kitap</t>
+          <t>Peygamberimiz Hz.Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259671130</t>
+          <t>9786259671161</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü Kardeşliği - 1</t>
+          <t>Sabırlı Peygamberim Hz. Eyüp</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259726069</t>
+          <t>9786259671154</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 9 – Aslanlı Yüzüğün Esrarı</t>
+          <t>Büyük Cami Macerası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259726052</t>
+          <t>9786259671185</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 8 – Karavan Macerası</t>
+          <t>Başörtüsü Kardeşliği-2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259726045</t>
+          <t>9786259671178</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 7 – Şifreli Mektup</t>
+          <t>İslam Medeniyetleri Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>890</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259726038</t>
+          <t>8680628431619</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 6 – Hareket Edemeyen Robot</t>
+          <t>Esma ile Hüsna 10 Kitap</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259726076</t>
+          <t>9786259671130</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Esma İle Hüsna 10 - Şifrematik</t>
+          <t>Başörtüsü Kardeşliği - 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259726021</t>
+          <t>9786259726069</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Omzumdaki Serçe</t>
+          <t>Esma İle Hüsna 9 – Aslanlı Yüzüğün Esrarı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259781952</t>
+          <t>9786259726052</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şükür Kitabım</t>
+          <t>Esma İle Hüsna 8 – Karavan Macerası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259781983</t>
+          <t>9786259726045</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ramazan’a Merhaba- 30 Günlük Etkinlik Rehberi</t>
+          <t>Esma İle Hüsna 7 – Şifreli Mektup</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259781976</t>
+          <t>9786259726038</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Bayram Neşesi</t>
+          <t>Esma İle Hüsna 6 – Hareket Edemeyen Robot</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259726014</t>
+          <t>9786259726076</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Gözlemevi</t>
+          <t>Esma İle Hüsna 10 - Şifrematik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259781969</t>
+          <t>9786259726021</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Ramazan</t>
+          <t>Omzumdaki Serçe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259781945</t>
+          <t>9786259781952</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim - Gerçek mi? Hayal mi?</t>
+          <t>Şükür Kitabım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259781938</t>
+          <t>9786259781983</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim - Bir Tabak Mantık</t>
+          <t>Ramazan’a Merhaba- 30 Günlük Etkinlik Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259781914</t>
+          <t>9786259781976</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dinozordan Bile Büyük Bir Hediye</t>
+          <t>Ramazan ve Bayram Neşesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758739585</t>
+          <t>9786259726014</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Şeyler Günü</t>
+          <t>Ramazan Gözlemevi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758739868</t>
+          <t>9786259781969</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cama Vuran Roket - Fikri Bol Fikri 6</t>
+          <t>Hoş Geldin Ramazan</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758739844</t>
+          <t>9786259781945</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Kadınlar</t>
+          <t>Düşünüyorum Öyleyse Hindiyim - Gerçek mi? Hayal mi?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259445458</t>
+          <t>9786259781938</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 4 - Görünmezlik İksiri</t>
+          <t>Düşünüyorum Öyleyse Hindiyim - Bir Tabak Mantık</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259445465</t>
+          <t>9786259781914</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 5 - Gizemli Bilmece Küpü</t>
+          <t>Dinozordan Bile Büyük Bir Hediye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259445472</t>
+          <t>9789758739585</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Güvercin</t>
+          <t>Beklenmedik Şeyler Günü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259445427</t>
+          <t>9789758739868</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 3 - Bozulmuş Yoğurt Gölü</t>
+          <t>Cama Vuran Roket - Fikri Bol Fikri 6</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259445441</t>
+          <t>9789758739844</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 1 - Canlanan Kurbağalar</t>
+          <t>Ezber Bozan Kadınlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259445434</t>
+          <t>9786259445458</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Hüsna 2 - Bahçedeki Uzaylılar</t>
+          <t>Esma ile Hüsna 4 - Görünmezlik İksiri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259445410</t>
+          <t>9786259445465</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Azimli Peygamberim Hz. Nuh</t>
+          <t>Esma ile Hüsna 5 - Gizemli Bilmece Küpü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259445403</t>
+          <t>9786259445472</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gazze’nin Arıları ve Samaar</t>
+          <t>Cebimdeki Güvercin</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057261007</t>
+          <t>9786259445427</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 3 - Olasılıklar Treni</t>
+          <t>Esma ile Hüsna 3 - Bozulmuş Yoğurt Gölü</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786250012048</t>
+          <t>9786259445441</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 2 - Posta Kutusundaki Felsefe</t>
+          <t>Esma ile Hüsna 1 - Canlanan Kurbağalar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057261014</t>
+          <t>9786259445434</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Öyleyse Hindiyim 1 - Nereden Çıktı Bu sorular?</t>
+          <t>Esma ile Hüsna 2 - Bahçedeki Uzaylılar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057261090</t>
+          <t>9786259445410</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pervaneli Uçak ve Bedriye</t>
+          <t>Azimli Peygamberim Hz. Nuh</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259901169</t>
+          <t>9786259445403</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şifa'nın Aynası</t>
+          <t>Gazze’nin Arıları ve Samaar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259901176</t>
+          <t>9786057261007</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - Acayip Kaçış Planı</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 3 - Olasılıklar Treni</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259901183</t>
+          <t>9786250012048</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - 55 Kilo Çikolata</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 2 - Posta Kutusundaki Felsefe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758739998</t>
+          <t>9786057261014</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tay - Bir Hicret Yolculuğu</t>
+          <t>Düşünüyorum Öyleyse Hindiyim 1 - Nereden Çıktı Bu sorular?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758739950</t>
+          <t>9786057261090</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Paris’e İki Uçak Bileti</t>
+          <t>Pervaneli Uçak ve Bedriye</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758739981</t>
+          <t>9786259901169</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürü Seven Peygamberim Hz. İbrahim</t>
+          <t>Şifa'nın Aynası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758739967</t>
+          <t>9786259901176</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri: Kediler Kriz Dinlemez</t>
+          <t>Fikri Bol Fikri - Acayip Kaçış Planı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758739974</t>
+          <t>9786259901183</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi İnşa Eden Peygamberler: Hz. İbrahim - Hz. İsmail</t>
+          <t>Fikri Bol Fikri - 55 Kilo Çikolata</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758739943</t>
+          <t>9789758739998</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adaletli Peygamberim Hz. Yusuf</t>
+          <t>Tay - Bir Hicret Yolculuğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758739936</t>
+          <t>9789758739950</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fikri Bol Fikri - Matematiğin Olmadığı Yer</t>
+          <t>Paris’e İki Uçak Bileti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758739912</t>
+          <t>9789758739981</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Peygamberim Hz. İsmail</t>
+          <t>Tefekkürü Seven Peygamberim Hz. İbrahim</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758739929</t>
+          <t>9789758739967</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yürüyüşleri</t>
+          <t>Fikri Bol Fikri: Kediler Kriz Dinlemez</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758739899</t>
+          <t>9789758739974</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Kadınlar 2 (Ciltli)</t>
+          <t>Kabe’yi İnşa Eden Peygamberler: Hz. İbrahim - Hz. İsmail</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758739851</t>
+          <t>9789758739943</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Akıl İpleri</t>
+          <t>Adaletli Peygamberim Hz. Yusuf</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758739684</t>
+          <t>9789758739936</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Son Hazine</t>
+          <t>Fikri Bol Fikri - Matematiğin Olmadığı Yer</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758739622</t>
+          <t>9789758739912</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Asansörü - Hikaye Anahtarcısı 1 (Ciltli)</t>
+          <t>Bereketli Peygamberim Hz. İsmail</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758739646</t>
+          <t>9789758739929</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Eller - Hikaye Anahtarcısı 3 (Ciltli)</t>
+          <t>Tefekkür Yürüyüşleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758739639</t>
+          <t>9789758739899</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Zamanı - Hikaye Anahtarcısı 2 (Ciltli)</t>
+          <t>Ezber Bozan Kadınlar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9789758739851</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Akıl İpleri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789758739684</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Evrendeki Son Hazine</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789758739622</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaflıklar Asansörü - Hikaye Anahtarcısı 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758739646</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Zehirli Eller - Hikaye Anahtarcısı 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789758739639</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhalar Zamanı - Hikaye Anahtarcısı 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>8680628430421</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Fikri ile Fahri (5 Kitap Set)</t>
         </is>
       </c>
-      <c r="C51" s="1">
-        <v>330</v>
+      <c r="C56" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>