--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,1000 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256178564</t>
+          <t>9786256791824</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gizemine Seyahat 2 - Malazgirt</t>
+          <t>Kavruk ve İguanalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256178472</t>
+          <t>9786256178564</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kediler Perisi Miya ile Alaycı Kara Tekir</t>
+          <t>Tarihin Gizemine Seyahat 2 - Malazgirt</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256178410</t>
+          <t>9786256178472</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gökmen Ömer</t>
+          <t>Kediler Perisi Miya ile Alaycı Kara Tekir</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256178373</t>
+          <t>9786256178410</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bavula Sığmayanlar</t>
+          <t>Gökmen Ömer</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256178380</t>
+          <t>9786256178373</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kavruk ve Dev Deniz Kaplumbağası</t>
+          <t>Bavula Sığmayanlar</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256178199</t>
+          <t>9786256178380</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çitleri Kim Onardı?</t>
+          <t>Kavruk ve Dev Deniz Kaplumbağası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256178243</t>
+          <t>9786256178199</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çok Keşifli Hareketler</t>
+          <t>Çitleri Kim Onardı?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256178120</t>
+          <t>9786256178243</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Neler Oluyor?</t>
+          <t>Çok Keşifli Hareketler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256178014</t>
+          <t>9786256178120</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Epigram</t>
+          <t>Ormanda Neler Oluyor?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256791510</t>
+          <t>9786256178014</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı</t>
+          <t>Sosyal Epigram</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256791954</t>
+          <t>9786256791510</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çiçeğin Kalbi</t>
+          <t>Mürekkep Balığı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256791978</t>
+          <t>9786256791954</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kavruk ve Büyük Deniz Kartalı</t>
+          <t>Çiçeğin Kalbi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256791961</t>
+          <t>9786256791978</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Gizemi</t>
+          <t>Kavruk ve Büyük Deniz Kartalı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256178045</t>
+          <t>9786256791961</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Işıltısı</t>
+          <t>Aynanın Gizemi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256791893</t>
+          <t>9786256178045</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Mutluluk Hazinesi</t>
+          <t>Sevgi Işıltısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256791930</t>
+          <t>9786256791893</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güler Yüzlü Hikayeler</t>
+          <t>Gizem’in Mutluluk Hazinesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256791916</t>
+          <t>9786256791930</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Teo ile Mestan’ın Uzay Günlüğü</t>
+          <t>Güler Yüzlü Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256791879</t>
+          <t>9786256791916</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annem Çok Pirpirimli</t>
+          <t>Teo ile Mestan’ın Uzay Günlüğü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256791855</t>
+          <t>9786256791879</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kafadar Okula Başlıyor</t>
+          <t>Annem Çok Pirpirimli</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256791701</t>
+          <t>9786256791855</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Toplama Makinesi</t>
+          <t>Dokuz Kafadar Okula Başlıyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256791756</t>
+          <t>9786256791701</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi Olur</t>
+          <t>Yağmur Toplama Makinesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256791633</t>
+          <t>9786256791756</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Babaannem Geliyor</t>
+          <t>Bal Gibi Olur</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256791626</t>
+          <t>9786256791633</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Peti</t>
+          <t>Yaşasın Babaannem Geliyor</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256791480</t>
+          <t>9786256791626</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ayı Zorbi'nin Zor Günü</t>
+          <t>Dinozor Peti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256791596</t>
+          <t>9786256791480</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Küser Mi?</t>
+          <t>Ayı Zorbi'nin Zor Günü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256791589</t>
+          <t>9786256791596</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Hayaller Küser Mi?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256791527</t>
+          <t>9786256791589</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Galapagos Adalarında</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256791497</t>
+          <t>9786256791527</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beş Güzeller</t>
+          <t>Hotoz Horoz Galapagos Adalarında</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256791015</t>
+          <t>9786256791497</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cet – Kayıp inci</t>
+          <t>Beş Güzeller</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256791404</t>
+          <t>9786256791015</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Erken Uyananlar Orkestrası</t>
+          <t>Cet – Kayıp inci</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259968544</t>
+          <t>9786256791404</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bildiğin Gibi</t>
+          <t>Erken Uyananlar Orkestrası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256791336</t>
+          <t>9786259968544</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Soru Kuşu Zeyno</t>
+          <t>Her Şey Bildiğin Gibi</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256791367</t>
+          <t>9786256791336</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Onu Ararken</t>
+          <t>Soru Kuşu Zeyno</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256791329</t>
+          <t>9786256791367</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tonton and Ponpon</t>
+          <t>Onu Ararken</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256791114</t>
+          <t>9786256791329</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Susam Tanesi</t>
+          <t>Tonton and Ponpon</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057246004</t>
+          <t>9786256791114</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Tanzanya’da</t>
+          <t>Sırlı Susam Tanesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057225191</t>
+          <t>9786057246004</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Renkler Ne Söyler?</t>
+          <t>Hotoz Horoz Tanzanya’da</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256791046</t>
+          <t>9786057225191</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evin Küçük Kızı Gülperi</t>
+          <t>Renkler Ne Söyler?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256791060</t>
+          <t>9786256791046</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Bornova’da / Ozi'nin Maceraları-1</t>
+          <t>Evin Küçük Kızı Gülperi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259968575</t>
+          <t>9786256791060</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mucit Ozan/Ozi'nin Maceraları-1</t>
+          <t>Dinozorlar Bornova’da / Ozi'nin Maceraları-1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259968568</t>
+          <t>9786259968575</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Cennet Hazinesi</t>
+          <t>Mucit Ozan/Ozi'nin Maceraları-1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259918266</t>
+          <t>9786259968568</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bizim Afacanlar Macera Peşinde</t>
+          <t>Gizem’in Cennet Hazinesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259918259</t>
+          <t>9786259918266</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahraman Kümes Operasyonu</t>
+          <t>Bizim Afacanlar Macera Peşinde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259918280</t>
+          <t>9786259918259</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Alplerde</t>
+          <t>Minik Kahraman Kümes Operasyonu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259918235</t>
+          <t>9786259918280</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karınca Ateş Ali - Birliğin Gücü</t>
+          <t>Hotoz Horoz Alplerde</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057246080</t>
+          <t>9786259918235</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Babamın Göbeği</t>
+          <t>Karınca Ateş Ali - Birliğin Gücü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057225139</t>
+          <t>9786057246080</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Babamın Göbeği</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057175335</t>
+          <t>9786057225139</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Karınca Süpürgesi</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057338235</t>
+          <t>9786057175335</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kumru Firarda</t>
+          <t>Karınca Süpürgesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057175342</t>
+          <t>9786057338235</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Norveç'te</t>
+          <t>Kumru Firarda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057225115</t>
+          <t>9786057175342</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İncir Sineği Sisi - Kibirlenmemek</t>
+          <t>Hotoz Horoz Norveç'te</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057303202</t>
+          <t>9786057225115</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Sahra Çölü'nde</t>
+          <t>İncir Sineği Sisi - Kibirlenmemek</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057225108</t>
+          <t>9786057303202</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hotoz Horoz Amazon'da</t>
+          <t>Hotoz Horoz Sahra Çölü'nde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057345851</t>
+          <t>9786057225108</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gizemine Seyahat - Çanakkale</t>
+          <t>Hotoz Horoz Amazon'da</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057338266</t>
+          <t>9786057345851</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Renkler Ne Kokar?</t>
+          <t>Tarihin Gizemine Seyahat - Çanakkale</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057175328</t>
+          <t>9786057338266</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fikret Amca Masal Anlatıyor</t>
+          <t>Renkler Ne Kokar?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057225160</t>
+          <t>9786057175328</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Karın Ağrısı - Çevre Bilinci</t>
+          <t>Fikret Amca Masal Anlatıyor</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057175366</t>
+          <t>9786057225160</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bit Kardeşler - Temizlik</t>
+          <t>Deniz’in Karın Ağrısı - Çevre Bilinci</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057338204</t>
+          <t>9786057175366</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Ot Masalı - Sevginin Gücü</t>
+          <t>Bit Kardeşler - Temizlik</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057175359</t>
+          <t>9786057338204</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bebek Nasıl Olur ? - Ece'nin Dünyası</t>
+          <t>Bir Ot Masalı - Sevginin Gücü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057246028</t>
+          <t>9786057175359</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bade'nin Fidanı</t>
+          <t>Bebek Nasıl Olur ? - Ece'nin Dünyası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057175373</t>
+          <t>9786057246028</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hanım Nine</t>
+          <t>Bade'nin Fidanı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057303257</t>
+          <t>9786057175373</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Aşurenin Kokusu</t>
+          <t>Hanım Nine</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9786057303257</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aşurenin Kokusu</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786057303288</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Gizem'in Bereket Hazinesi</t>
         </is>
       </c>
-      <c r="C65" s="1">
-        <v>190</v>
+      <c r="C66" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>