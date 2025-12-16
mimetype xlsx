--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,2410 +85,2440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256178557</t>
+          <t>9786057338273</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Kadar Güzel</t>
+          <t>Zühre - Venüs</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256178540</t>
+          <t>9786256178632</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kokulu Hikâyeler</t>
+          <t>Bir Derdim Var Anne</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256178625</t>
+          <t>9786256178557</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>En Yüce Serüven</t>
+          <t>Zümrüt Kadar Güzel</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256178571</t>
+          <t>9786256178540</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gözyaşları</t>
+          <t>Merhamet Kokulu Hikâyeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256178588</t>
+          <t>9786256178625</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sebebi Neydi ki?</t>
+          <t>En Yüce Serüven</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256178618</t>
+          <t>9786256178571</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Ağlar Mısın?</t>
+          <t>Kalbin Gözyaşları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256178601</t>
+          <t>9786256178588</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Nefesi</t>
+          <t>Sebebi Neydi ki?</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256178519</t>
+          <t>9786256178618</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun Olabilmek</t>
+          <t>Benim İçin Ağlar Mısın?</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256178526</t>
+          <t>9786256178601</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yazarken Uyandım</t>
+          <t>Kelebek Nefesi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256178533</t>
+          <t>9786256178519</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tanımayanlar Sevdi</t>
+          <t>Leyla İle Mecnun Olabilmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256178489</t>
+          <t>9786256178526</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Kayık</t>
+          <t>Yazarken Uyandım</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256178502</t>
+          <t>9786256178533</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şimdiden Başka Zaman Yok</t>
+          <t>Tanımayanlar Sevdi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256178458</t>
+          <t>9786256178489</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünya Eğitim Atlası</t>
+          <t>Sahipsiz Kayık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256178427</t>
+          <t>9786256178502</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Sana</t>
+          <t>Şimdiden Başka Zaman Yok</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256178397</t>
+          <t>9786256178458</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yıkım 04.17</t>
+          <t>Dünya Eğitim Atlası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256178465</t>
+          <t>9786256178427</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sana Ben Lazım</t>
+          <t>Aşk Olsun Sana</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256178434</t>
+          <t>9786256178397</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin İçindeki Sessizlik</t>
+          <t>Yıkım 04.17</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256178441</t>
+          <t>9786256178465</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra</t>
+          <t>Sana Ben Lazım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259698076</t>
+          <t>9786256178434</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Manifestosu</t>
+          <t>Gölgelerin İçindeki Sessizlik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256178335</t>
+          <t>9786256178441</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mırmır ile Mırnav 1 – Arı Kovanı Macerası</t>
+          <t>Yıllar Sonra</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256178366</t>
+          <t>9786259698076</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Kapı</t>
+          <t>Deliliğin Manifestosu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256178144</t>
+          <t>9786256178335</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Börteçine</t>
+          <t>Mırmır ile Mırnav 1 – Arı Kovanı Macerası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256178342</t>
+          <t>9786256178366</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Şişko</t>
+          <t>Sekizinci Kapı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256178359</t>
+          <t>9786256178144</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tercümansız Sözler</t>
+          <t>Börteçine</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256178328</t>
+          <t>9786256178342</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gülüşüne Aşık Oldum</t>
+          <t>Obsesif Şişko</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256178212</t>
+          <t>9786256178359</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Çakal Yavrusu</t>
+          <t>Tercümansız Sözler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256178304</t>
+          <t>9786256178328</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gelinlik</t>
+          <t>Gülüşüne Aşık Oldum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256178250</t>
+          <t>9786256178212</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmeme İzin Var Mı</t>
+          <t>Çokbilmiş Çakal Yavrusu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256178311</t>
+          <t>9786256178304</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Engelleri Aşan Çocuk</t>
+          <t>Kırmızı Gelinlik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256178281</t>
+          <t>9786256178250</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Kitapları</t>
+          <t>Seni Sevmeme İzin Var Mı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256178298</t>
+          <t>9786256178311</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Devlet Atlası</t>
+          <t>Engelleri Aşan Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256178267</t>
+          <t>9786256178281</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Starliçe</t>
+          <t>Ömer’in Kitapları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256178274</t>
+          <t>9786256178298</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendine Yabancı</t>
+          <t>Devlet Atlası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256178182</t>
+          <t>9786256178267</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>O Ağacın Gölgesi</t>
+          <t>Starliçe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256178229</t>
+          <t>9786256178274</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>İnsan Kendine Yabancı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256178236</t>
+          <t>9786256178182</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Güneş</t>
+          <t>O Ağacın Gölgesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256178137</t>
+          <t>9786256178229</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kovan ve Kumursgalar</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256178106</t>
+          <t>9786256178236</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Keşfi Efsanesi</t>
+          <t>Şehirde Güneş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256178151</t>
+          <t>9786256178137</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Azrail’e Fısıldanan Sözler</t>
+          <t>Kovan ve Kumursgalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256178113</t>
+          <t>9786256178106</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Karantina Günlükleri</t>
+          <t>Uzayın Keşfi Efsanesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256178175</t>
+          <t>9786256178151</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seyir Terası</t>
+          <t>Azrail’e Fısıldanan Sözler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256178090</t>
+          <t>9786256178113</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fecr Esnasında</t>
+          <t>Koronavirüs Karantina Günlükleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256791565</t>
+          <t>9786256178175</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Asef-i Hasret</t>
+          <t>Seyir Terası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256791947</t>
+          <t>9786256178090</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaplanı</t>
+          <t>Fecr Esnasında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256178021</t>
+          <t>9786256791565</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Şamlu ve Sepid Şir</t>
+          <t>Asef-i Hasret</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256178076</t>
+          <t>9786256791947</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yörük Sözlüğü</t>
+          <t>Rüya Kaplanı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256178069</t>
+          <t>9786256178021</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ'a Pusula</t>
+          <t>Ahmed Şamlu ve Sepid Şir</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256178052</t>
+          <t>9786256178076</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gönül Anahtarı</t>
+          <t>Yörük Sözlüğü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256791688</t>
+          <t>9786256178069</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Batışını Beklerken</t>
+          <t>Yeni Çağ'a Pusula</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256791817</t>
+          <t>9786256178052</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Karanlığı</t>
+          <t>Gönül Anahtarı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256791794</t>
+          <t>9786256791688</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Güneşin Batışını Beklerken</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256791787</t>
+          <t>9786256791817</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Yürürse</t>
+          <t>Herkesin Karanlığı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256791800</t>
+          <t>9786256791794</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Ölüm</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256791831</t>
+          <t>9786256791787</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Adalet - Ömer Bin Abdülaziz</t>
+          <t>Gölgeler Yürürse</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256791909</t>
+          <t>9786256791800</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Profösörün Oğlu</t>
+          <t>Göç ve Ölüm</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256178083</t>
+          <t>9786256791831</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarı Botlar</t>
+          <t>Yeniden Adalet - Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256791985</t>
+          <t>9786256791909</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Profösörün Oğlu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256178038</t>
+          <t>9786256178083</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat 3</t>
+          <t>Sarı Botlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256791992</t>
+          <t>9786256791985</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gül Pembe</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256178007</t>
+          <t>9786256178038</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Esaret</t>
+          <t>Yabancı Hayat 3</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256791886</t>
+          <t>9786256791992</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Magadan’dan Kurtulan</t>
+          <t>Gül Pembe</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256791848</t>
+          <t>9786256178007</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sirius Mücadelem</t>
+          <t>Kızıl Esaret</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256791862</t>
+          <t>9786256791886</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>O Adam</t>
+          <t>Magadan’dan Kurtulan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256791770</t>
+          <t>9786256791848</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı Açlık</t>
+          <t>Sirius Mücadelem</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256791763</t>
+          <t>9786256791862</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Değil misin?</t>
+          <t>O Adam</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256791725</t>
+          <t>9786256791770</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kemal Paşa ile Latife Hanım</t>
+          <t>Kan Kırmızı Açlık</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256791695</t>
+          <t>9786256791763</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Derin Uyku</t>
+          <t>Sen Ben Değil misin?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256791664</t>
+          <t>9786256791725</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ümit Tomurcukları</t>
+          <t>Kemal Paşa ile Latife Hanım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256791190</t>
+          <t>9786256791695</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cuma Gecesi Semti</t>
+          <t>Derin Uyku</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256791534</t>
+          <t>9786256791664</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı Dağarcıktan Dile</t>
+          <t>Ümit Tomurcukları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256791619</t>
+          <t>9786256791190</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşka Hasret</t>
+          <t>Cuma Gecesi Semti</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256791572</t>
+          <t>9786256791534</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Göç Vakti</t>
+          <t>Kutup Yıldızı Dağarcıktan Dile</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256791602</t>
+          <t>9786256791619</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Arifan Yolu</t>
+          <t>Aşka Hasret</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256791541</t>
+          <t>9786256791572</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eyvah İmzam</t>
+          <t>Göç Vakti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256791558</t>
+          <t>9786256791602</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Masal Meyvesi - Kara Badem</t>
+          <t>Arifan Yolu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256791282</t>
+          <t>9786256791541</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kelebekler</t>
+          <t>Eyvah İmzam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256791411</t>
+          <t>9786256791558</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dört Kanatlı Melek İş Başında</t>
+          <t>Masal Meyvesi - Kara Badem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256791350</t>
+          <t>9786256791282</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkralarının Ardından Neler Yaşandı?</t>
+          <t>Aşık Kelebekler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256791084</t>
+          <t>9786256791411</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sırlar Kitabı</t>
+          <t>Dört Kanatlı Melek İş Başında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256791473</t>
+          <t>9786256791350</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İki Dil Bir Kitap</t>
+          <t>Nasrettin Hoca Fıkralarının Ardından Neler Yaşandı?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256791459</t>
+          <t>9786256791084</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Velvele</t>
+          <t>Gizemli Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256791442</t>
+          <t>9786256791473</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ceyl'An</t>
+          <t>İki Dil Bir Kitap</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256791435</t>
+          <t>9786256791459</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gelin Koçu</t>
+          <t>Velvele</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256791145</t>
+          <t>9786256791442</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Göğ Gözlü</t>
+          <t>Ceyl'An</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256791091</t>
+          <t>9786256791435</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Emine</t>
+          <t>Gelin Koçu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256791138</t>
+          <t>9786256791145</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Satılık Diş</t>
+          <t>Göğ Gözlü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256791398</t>
+          <t>9786256791091</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Konsey</t>
+          <t>İstanbullu Emine</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256791381</t>
+          <t>9786256791138</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen Senden Başla</t>
+          <t>Satılık Diş</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256791374</t>
+          <t>9786256791398</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şibi ile Ribi Dalyan’da</t>
+          <t>Konsey</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256791428</t>
+          <t>9786256791381</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Kumanın Günlüğü</t>
+          <t>Sen Senden Başla</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256791152</t>
+          <t>9786256791374</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>Şibi ile Ribi Dalyan’da</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256791343</t>
+          <t>9786256791428</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Masalı</t>
+          <t>Bir Kumanın Günlüğü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259968599</t>
+          <t>9786256791152</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Kulübeler</t>
+          <t>Gönül</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259968551</t>
+          <t>9786256791343</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Paspasın Altında</t>
+          <t>Ceviz Masalı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256791008</t>
+          <t>9786259968599</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İstismarın İki Yüzü</t>
+          <t>Topraktan Kulübeler</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256791312</t>
+          <t>9786259968551</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Circadiem</t>
+          <t>Anahtar Paspasın Altında</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256791169</t>
+          <t>9786256791008</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okuma Aşkı</t>
+          <t>İstismarın İki Yüzü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256791275</t>
+          <t>9786256791312</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bizim Üniversite</t>
+          <t>Circadiem</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256791176</t>
+          <t>9786256791169</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Okuma Aşkı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256791305</t>
+          <t>9786256791275</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Düş İzim</t>
+          <t>Bizim Üniversite</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256791107</t>
+          <t>9786256791176</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat I - Başlangıç</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256791121</t>
+          <t>9786256791305</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Kaçmak İsterken</t>
+          <t>Düş İzim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256791183</t>
+          <t>9786256791107</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat II - Şüphe</t>
+          <t>Yabancı Hayat I - Başlangıç</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256791268</t>
+          <t>9786256791121</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sümsük Ailesinin Maceraları</t>
+          <t>Kendimden Kaçmak İsterken</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256791299</t>
+          <t>9786256791183</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zırh</t>
+          <t>Yabancı Hayat II - Şüphe</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256791077</t>
+          <t>9786256791268</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şükür Huzurumdur</t>
+          <t>Sümsük Ailesinin Maceraları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256791022</t>
+          <t>9786256791299</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Mevsimi</t>
+          <t>Zırh</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259968582</t>
+          <t>9786256791077</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Prens</t>
+          <t>Şükür Huzurumdur</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256791039</t>
+          <t>9786256791022</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Taşra Mektubu Olayı</t>
+          <t>Kardelen Mevsimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256791053</t>
+          <t>9786259968582</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Atar İmzayı</t>
+          <t>Kötü Şöhretli Prens</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259968520</t>
+          <t>9786256791039</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fermuar</t>
+          <t>Taşra Mektubu Olayı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259918297</t>
+          <t>9786256791053</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Atlıları</t>
+          <t>Gözlerin Atar İmzayı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259968537</t>
+          <t>9786259968520</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Defter-i Aşk</t>
+          <t>Fermuar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259968513</t>
+          <t>9786259918297</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hidrojen Kardeşliği</t>
+          <t>Kıyametin Atlıları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259968506</t>
+          <t>9786259968537</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İzleri Silinmeyen Ülkelere Seyahatlerim</t>
+          <t>Defter-i Aşk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259918242</t>
+          <t>9786259968513</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sanılarımız Yoldayken</t>
+          <t>Hidrojen Kardeşliği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259918273</t>
+          <t>9786259968506</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Dağarcığı 2</t>
+          <t>İzleri Silinmeyen Ülkelere Seyahatlerim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259918228</t>
+          <t>9786259918242</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kirli Canlar</t>
+          <t>Sanılarımız Yoldayken</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259918211</t>
+          <t>9786259918273</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Olsun</t>
+          <t>Bilgi Dağarcığı 2</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259918204</t>
+          <t>9786259918228</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Diyet Ettim Allah Rızası İçin</t>
+          <t>Kirli Canlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057246097</t>
+          <t>9786259918211</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şamata - Malikanenin Gelinleri-2</t>
+          <t>Bir Umut Olsun</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057246073</t>
+          <t>9786259918204</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Diyet Ettim Allah Rızası İçin</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057246066</t>
+          <t>9786057246097</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Khiana Efsanesi</t>
+          <t>Şamata - Malikanenin Gelinleri-2</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057246059</t>
+          <t>9786057246073</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Son İlk Gün</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057345813</t>
+          <t>9786057246066</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Paraxenos</t>
+          <t>Khiana Efsanesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057175304</t>
+          <t>9786057246059</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı</t>
+          <t>Son İlk Gün</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057338259</t>
+          <t>9786057345813</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlı Melekler</t>
+          <t>Paraxenos</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057345868</t>
+          <t>9786057175304</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kodeste 1 Gece</t>
+          <t>Onun Adı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057246042</t>
+          <t>9786057338259</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şahıslar Müzesi</t>
+          <t>Kırık Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057303240</t>
+          <t>9786057345868</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Deniz Yok</t>
+          <t>Kodeste 1 Gece</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057345837</t>
+          <t>9786057246042</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İki Üzüm Tanesi</t>
+          <t>Kayıp Şahıslar Müzesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057303271</t>
+          <t>9786057303240</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yönsüz Pusula</t>
+          <t>İstanbul'da Deniz Yok</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057175311</t>
+          <t>9786057345837</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Sevdam</t>
+          <t>İki Üzüm Tanesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057303226</t>
+          <t>9786057303271</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şafak Söküyor</t>
+          <t>Yönsüz Pusula</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057345844</t>
+          <t>9786057175311</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Vicdanını Asla Öldürme</t>
+          <t>Yamalı Sevdam</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057225146</t>
+          <t>9786057303226</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Vicdana Pusula</t>
+          <t>Şafak Söküyor</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057338242</t>
+          <t>9786057345844</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sahte Yüzler</t>
+          <t>Vicdanını Asla Öldürme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057303233</t>
+          <t>9786057225146</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Vicdana Pusula</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057345806</t>
+          <t>9786057338242</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Satırlarda Yiten Aşk</t>
+          <t>Sahte Yüzler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057246011</t>
+          <t>9786057303233</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057225184</t>
+          <t>9786057345806</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Renkli Kelebek</t>
+          <t>Satırlarda Yiten Aşk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057303219</t>
+          <t>9786057246011</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ruhumun Çocukluk Aşkı</t>
+          <t>Geride Kalanlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057175380</t>
+          <t>9786057225184</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Delil Affetmez</t>
+          <t>Erguvan Renkli Kelebek</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057338297</t>
+          <t>9786057303219</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Diana'nın Mektubu</t>
+          <t>Elveda Ruhumun Çocukluk Aşkı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057303264</t>
+          <t>9786057175380</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Düş Bakışı Hayatlar</t>
+          <t>Delil Affetmez</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057225177</t>
+          <t>9786057338297</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Yarışmacılar - Malikanenin Gelinleri 1</t>
+          <t>Diana'nın Mektubu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057175397</t>
+          <t>9786057303264</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Buhur Kokulu Yaşamlar</t>
+          <t>Düş Bakışı Hayatlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057225153</t>
+          <t>9786057225177</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ceyna</t>
+          <t>Çatlak Yarışmacılar - Malikanenin Gelinleri 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057225122</t>
+          <t>9786057175397</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Mürekkep</t>
+          <t>Buhur Kokulu Yaşamlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057338211</t>
+          <t>9786057225153</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta</t>
+          <t>Ceyna</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057345820</t>
+          <t>9786057225122</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Pusula</t>
+          <t>Boya ve Mürekkep</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057345882</t>
+          <t>9786057338211</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aysu</t>
+          <t>Boşlukta</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057345875</t>
+          <t>9786057345820</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Almancı</t>
+          <t>Başarıda Pusula</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057338280</t>
+          <t>9786057345882</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>Aysu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057345899</t>
+          <t>9786057345875</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hayata Pusula</t>
+          <t>Almancı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057246035</t>
+          <t>9786057338280</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Havva'ya Ağıt</t>
+          <t>27</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057303295</t>
+          <t>9786057345899</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gönülde Açan Çiçekler</t>
+          <t>Hayata Pusula</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
+          <t>9786057246035</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Havva'ya Ağıt</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786057303295</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Gönülde Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
           <t>9786057338228</t>
         </is>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Gönül Şifası</t>
         </is>
       </c>
-      <c r="C159" s="1">
+      <c r="C161" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>