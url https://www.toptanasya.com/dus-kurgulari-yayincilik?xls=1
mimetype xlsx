--- v1 (2025-12-16)
+++ v2 (2026-02-05)
@@ -85,2440 +85,2650 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057338273</t>
+          <t>9786256791503</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zühre - Venüs</t>
+          <t>Bir Aynanın İzinden</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256178632</t>
+          <t>9786256178687</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Derdim Var Anne</t>
+          <t>Gizemli Yolcu 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256178557</t>
+          <t>9786256178663</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Kadar Güzel</t>
+          <t>Gizemli Yolcu 2 - Yolun Sonu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256178540</t>
+          <t>9786256178755</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kokulu Hikâyeler</t>
+          <t>Beni Deli Ediyorsun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256178625</t>
+          <t>9786256178656</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>En Yüce Serüven</t>
+          <t>Cin Görmez Dağı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256178571</t>
+          <t>9786256178731</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gözyaşları</t>
+          <t>Alo Burası Tımarhane</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256178588</t>
+          <t>9786256178700</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sebebi Neydi ki?</t>
+          <t>Adım Çıksa Deliye</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256178618</t>
+          <t>9786256178403</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Ağlar Mısın?</t>
+          <t>Boş Sandalye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256178601</t>
+          <t>9786256178694</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Nefesi</t>
+          <t>Fahri Kâinat Efendimiz(SAV) ve 15 Âlime Annemiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256178519</t>
+          <t>9786256178670</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun Olabilmek</t>
+          <t>Kardeş Kardeşi Sever mi?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256178526</t>
+          <t>9786256178762</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yazarken Uyandım</t>
+          <t>Dünyaya Fısıldayan Kadın</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256178533</t>
+          <t>9786256178724</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tanımayanlar Sevdi</t>
+          <t>Türk İşi Fidye</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256178489</t>
+          <t>9786256178748</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Kayık</t>
+          <t>Dünyayı Kurtaran Van Gölü Canavarı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256178502</t>
+          <t>9786256178717</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şimdiden Başka Zaman Yok</t>
+          <t>Kalbini Eve Götürebilir miyim Öğretmenim?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256178458</t>
+          <t>9786057338273</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünya Eğitim Atlası</t>
+          <t>Zühre - Venüs</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256178427</t>
+          <t>9786256178632</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Sana</t>
+          <t>Bir Derdim Var Anne</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256178397</t>
+          <t>9786256178557</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yıkım 04.17</t>
+          <t>Zümrüt Kadar Güzel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256178465</t>
+          <t>9786256178540</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sana Ben Lazım</t>
+          <t>Merhamet Kokulu Hikâyeler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256178434</t>
+          <t>9786256178625</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin İçindeki Sessizlik</t>
+          <t>En Yüce Serüven</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256178441</t>
+          <t>9786256178571</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra</t>
+          <t>Kalbin Gözyaşları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259698076</t>
+          <t>9786256178588</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Manifestosu</t>
+          <t>Sebebi Neydi ki?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256178335</t>
+          <t>9786256178618</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mırmır ile Mırnav 1 – Arı Kovanı Macerası</t>
+          <t>Benim İçin Ağlar Mısın?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256178366</t>
+          <t>9786256178601</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sekizinci Kapı</t>
+          <t>Kelebek Nefesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256178144</t>
+          <t>9786256178519</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Börteçine</t>
+          <t>Leyla İle Mecnun Olabilmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256178342</t>
+          <t>9786256178526</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Şişko</t>
+          <t>Yazarken Uyandım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256178359</t>
+          <t>9786256178533</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tercümansız Sözler</t>
+          <t>Tanımayanlar Sevdi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256178328</t>
+          <t>9786256178489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gülüşüne Aşık Oldum</t>
+          <t>Sahipsiz Kayık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256178212</t>
+          <t>9786256178502</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Çakal Yavrusu</t>
+          <t>Şimdiden Başka Zaman Yok</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256178304</t>
+          <t>9786256178458</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gelinlik</t>
+          <t>Dünya Eğitim Atlası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256178250</t>
+          <t>9786256178427</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmeme İzin Var Mı</t>
+          <t>Aşk Olsun Sana</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256178311</t>
+          <t>9786256178397</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Engelleri Aşan Çocuk</t>
+          <t>Yıkım 04.17</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256178281</t>
+          <t>9786256178465</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Kitapları</t>
+          <t>Sana Ben Lazım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256178298</t>
+          <t>9786256178434</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Devlet Atlası</t>
+          <t>Gölgelerin İçindeki Sessizlik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256178267</t>
+          <t>9786256178441</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Starliçe</t>
+          <t>Yıllar Sonra</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256178274</t>
+          <t>9786259698076</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendine Yabancı</t>
+          <t>Deliliğin Manifestosu</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256178182</t>
+          <t>9786256178335</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>O Ağacın Gölgesi</t>
+          <t>Mırmır ile Mırnav 1 – Arı Kovanı Macerası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256178229</t>
+          <t>9786256178366</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Sekizinci Kapı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256178236</t>
+          <t>9786256178144</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Güneş</t>
+          <t>Börteçine</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256178137</t>
+          <t>9786256178342</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kovan ve Kumursgalar</t>
+          <t>Obsesif Şişko</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256178106</t>
+          <t>9786256178359</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Keşfi Efsanesi</t>
+          <t>Tercümansız Sözler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256178151</t>
+          <t>9786256178328</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Azrail’e Fısıldanan Sözler</t>
+          <t>Gülüşüne Aşık Oldum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256178113</t>
+          <t>9786256178212</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Karantina Günlükleri</t>
+          <t>Çokbilmiş Çakal Yavrusu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256178175</t>
+          <t>9786256178304</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seyir Terası</t>
+          <t>Kırmızı Gelinlik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256178090</t>
+          <t>9786256178250</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fecr Esnasında</t>
+          <t>Seni Sevmeme İzin Var Mı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256791565</t>
+          <t>9786256178311</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Asef-i Hasret</t>
+          <t>Engelleri Aşan Çocuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256791947</t>
+          <t>9786256178281</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaplanı</t>
+          <t>Ömer’in Kitapları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256178021</t>
+          <t>9786256178298</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Şamlu ve Sepid Şir</t>
+          <t>Devlet Atlası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256178076</t>
+          <t>9786256178267</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yörük Sözlüğü</t>
+          <t>Starliçe</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256178069</t>
+          <t>9786256178274</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ'a Pusula</t>
+          <t>İnsan Kendine Yabancı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256178052</t>
+          <t>9786256178182</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gönül Anahtarı</t>
+          <t>O Ağacın Gölgesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256791688</t>
+          <t>9786256178229</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Batışını Beklerken</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256791817</t>
+          <t>9786256178236</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Karanlığı</t>
+          <t>Şehirde Güneş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256791794</t>
+          <t>9786256178137</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Kovan ve Kumursgalar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256791787</t>
+          <t>9786256178106</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Yürürse</t>
+          <t>Uzayın Keşfi Efsanesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256791800</t>
+          <t>9786256178151</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Ölüm</t>
+          <t>Azrail’e Fısıldanan Sözler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256791831</t>
+          <t>9786256178113</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Adalet - Ömer Bin Abdülaziz</t>
+          <t>Koronavirüs Karantina Günlükleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256791909</t>
+          <t>9786256178175</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Profösörün Oğlu</t>
+          <t>Seyir Terası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256178083</t>
+          <t>9786256178090</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sarı Botlar</t>
+          <t>Fecr Esnasında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256791985</t>
+          <t>9786256791565</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Asef-i Hasret</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256178038</t>
+          <t>9786256791947</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat 3</t>
+          <t>Rüya Kaplanı</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256791992</t>
+          <t>9786256178021</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gül Pembe</t>
+          <t>Ahmed Şamlu ve Sepid Şir</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256178007</t>
+          <t>9786256178076</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Esaret</t>
+          <t>Yörük Sözlüğü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256791886</t>
+          <t>9786256178069</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Magadan’dan Kurtulan</t>
+          <t>Yeni Çağ'a Pusula</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256791848</t>
+          <t>9786256178052</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sirius Mücadelem</t>
+          <t>Gönül Anahtarı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256791862</t>
+          <t>9786256791688</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>O Adam</t>
+          <t>Güneşin Batışını Beklerken</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256791770</t>
+          <t>9786256791817</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kan Kırmızı Açlık</t>
+          <t>Herkesin Karanlığı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256791763</t>
+          <t>9786256791794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Değil misin?</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256791725</t>
+          <t>9786256791787</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kemal Paşa ile Latife Hanım</t>
+          <t>Gölgeler Yürürse</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256791695</t>
+          <t>9786256791800</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Derin Uyku</t>
+          <t>Göç ve Ölüm</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256791664</t>
+          <t>9786256791831</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ümit Tomurcukları</t>
+          <t>Yeniden Adalet - Ömer Bin Abdülaziz</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256791190</t>
+          <t>9786256791909</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cuma Gecesi Semti</t>
+          <t>Profösörün Oğlu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256791534</t>
+          <t>9786256178083</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı Dağarcıktan Dile</t>
+          <t>Sarı Botlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256791619</t>
+          <t>9786256791985</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşka Hasret</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256791572</t>
+          <t>9786256178038</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Göç Vakti</t>
+          <t>Yabancı Hayat 3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256791602</t>
+          <t>9786256791992</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arifan Yolu</t>
+          <t>Gül Pembe</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256791541</t>
+          <t>9786256178007</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eyvah İmzam</t>
+          <t>Kızıl Esaret</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256791558</t>
+          <t>9786256791886</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Masal Meyvesi - Kara Badem</t>
+          <t>Magadan’dan Kurtulan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256791282</t>
+          <t>9786256791848</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kelebekler</t>
+          <t>Sirius Mücadelem</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256791411</t>
+          <t>9786256791862</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dört Kanatlı Melek İş Başında</t>
+          <t>O Adam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256791350</t>
+          <t>9786256791770</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkralarının Ardından Neler Yaşandı?</t>
+          <t>Kan Kırmızı Açlık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256791084</t>
+          <t>9786256791763</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sırlar Kitabı</t>
+          <t>Sen Ben Değil misin?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256791473</t>
+          <t>9786256791725</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İki Dil Bir Kitap</t>
+          <t>Kemal Paşa ile Latife Hanım</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256791459</t>
+          <t>9786256791695</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Velvele</t>
+          <t>Derin Uyku</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256791442</t>
+          <t>9786256791664</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ceyl'An</t>
+          <t>Ümit Tomurcukları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256791435</t>
+          <t>9786256791190</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gelin Koçu</t>
+          <t>Cuma Gecesi Semti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256791145</t>
+          <t>9786256791534</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Göğ Gözlü</t>
+          <t>Kutup Yıldızı Dağarcıktan Dile</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256791091</t>
+          <t>9786256791619</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Emine</t>
+          <t>Aşka Hasret</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256791138</t>
+          <t>9786256791572</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Satılık Diş</t>
+          <t>Göç Vakti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256791398</t>
+          <t>9786256791602</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Konsey</t>
+          <t>Arifan Yolu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256791381</t>
+          <t>9786256791541</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sen Senden Başla</t>
+          <t>Eyvah İmzam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256791374</t>
+          <t>9786256791558</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şibi ile Ribi Dalyan’da</t>
+          <t>Masal Meyvesi - Kara Badem</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256791428</t>
+          <t>9786256791282</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Kumanın Günlüğü</t>
+          <t>Aşık Kelebekler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256791152</t>
+          <t>9786256791411</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>Dört Kanatlı Melek İş Başında</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256791343</t>
+          <t>9786256791350</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Masalı</t>
+          <t>Nasrettin Hoca Fıkralarının Ardından Neler Yaşandı?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259968599</t>
+          <t>9786256791084</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Kulübeler</t>
+          <t>Gizemli Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259968551</t>
+          <t>9786256791473</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Paspasın Altında</t>
+          <t>İki Dil Bir Kitap</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256791008</t>
+          <t>9786256791459</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İstismarın İki Yüzü</t>
+          <t>Velvele</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256791312</t>
+          <t>9786256791442</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Circadiem</t>
+          <t>Ceyl'An</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256791169</t>
+          <t>9786256791435</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Okuma Aşkı</t>
+          <t>Gelin Koçu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256791275</t>
+          <t>9786256791145</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bizim Üniversite</t>
+          <t>Göğ Gözlü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256791176</t>
+          <t>9786256791091</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>İstanbullu Emine</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256791305</t>
+          <t>9786256791138</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Düş İzim</t>
+          <t>Satılık Diş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256791107</t>
+          <t>9786256791398</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat I - Başlangıç</t>
+          <t>Konsey</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256791121</t>
+          <t>9786256791381</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Kaçmak İsterken</t>
+          <t>Sen Senden Başla</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256791183</t>
+          <t>9786256791374</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayat II - Şüphe</t>
+          <t>Şibi ile Ribi Dalyan’da</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256791268</t>
+          <t>9786256791428</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sümsük Ailesinin Maceraları</t>
+          <t>Bir Kumanın Günlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256791299</t>
+          <t>9786256791152</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zırh</t>
+          <t>Gönül</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256791077</t>
+          <t>9786256791343</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şükür Huzurumdur</t>
+          <t>Ceviz Masalı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256791022</t>
+          <t>9786259968599</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Mevsimi</t>
+          <t>Topraktan Kulübeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259968582</t>
+          <t>9786259968551</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şöhretli Prens</t>
+          <t>Anahtar Paspasın Altında</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256791039</t>
+          <t>9786256791008</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Taşra Mektubu Olayı</t>
+          <t>İstismarın İki Yüzü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256791053</t>
+          <t>9786256791312</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Atar İmzayı</t>
+          <t>Circadiem</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259968520</t>
+          <t>9786256791169</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fermuar</t>
+          <t>Okuma Aşkı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259918297</t>
+          <t>9786256791275</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Atlıları</t>
+          <t>Bizim Üniversite</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259968537</t>
+          <t>9786256791176</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Defter-i Aşk</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259968513</t>
+          <t>9786256791305</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hidrojen Kardeşliği</t>
+          <t>Düş İzim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259968506</t>
+          <t>9786256791107</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İzleri Silinmeyen Ülkelere Seyahatlerim</t>
+          <t>Yabancı Hayat I - Başlangıç</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259918242</t>
+          <t>9786256791121</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sanılarımız Yoldayken</t>
+          <t>Kendimden Kaçmak İsterken</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259918273</t>
+          <t>9786256791183</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Dağarcığı 2</t>
+          <t>Yabancı Hayat II - Şüphe</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259918228</t>
+          <t>9786256791268</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kirli Canlar</t>
+          <t>Sümsük Ailesinin Maceraları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259918211</t>
+          <t>9786256791299</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Olsun</t>
+          <t>Zırh</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259918204</t>
+          <t>9786256791077</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Diyet Ettim Allah Rızası İçin</t>
+          <t>Şükür Huzurumdur</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057246097</t>
+          <t>9786256791022</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şamata - Malikanenin Gelinleri-2</t>
+          <t>Kardelen Mevsimi</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057246073</t>
+          <t>9786259968582</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Kötü Şöhretli Prens</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057246066</t>
+          <t>9786256791039</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Khiana Efsanesi</t>
+          <t>Taşra Mektubu Olayı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057246059</t>
+          <t>9786256791053</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Son İlk Gün</t>
+          <t>Gözlerin Atar İmzayı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057345813</t>
+          <t>9786259968520</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Paraxenos</t>
+          <t>Fermuar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057175304</t>
+          <t>9786259918297</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı</t>
+          <t>Kıyametin Atlıları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057338259</t>
+          <t>9786259968537</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlı Melekler</t>
+          <t>Defter-i Aşk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057345868</t>
+          <t>9786259968513</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kodeste 1 Gece</t>
+          <t>Hidrojen Kardeşliği</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057246042</t>
+          <t>9786259968506</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şahıslar Müzesi</t>
+          <t>İzleri Silinmeyen Ülkelere Seyahatlerim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057303240</t>
+          <t>9786259918242</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Deniz Yok</t>
+          <t>Sanılarımız Yoldayken</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057345837</t>
+          <t>9786259918273</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İki Üzüm Tanesi</t>
+          <t>Bilgi Dağarcığı 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057303271</t>
+          <t>9786259918228</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yönsüz Pusula</t>
+          <t>Kirli Canlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057175311</t>
+          <t>9786259918211</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Sevdam</t>
+          <t>Bir Umut Olsun</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057303226</t>
+          <t>9786259918204</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şafak Söküyor</t>
+          <t>Diyet Ettim Allah Rızası İçin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057345844</t>
+          <t>9786057246097</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Vicdanını Asla Öldürme</t>
+          <t>Şamata - Malikanenin Gelinleri-2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057225146</t>
+          <t>9786057246073</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Vicdana Pusula</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057338242</t>
+          <t>9786057246066</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sahte Yüzler</t>
+          <t>Khiana Efsanesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057303233</t>
+          <t>9786057246059</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Son İlk Gün</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057345806</t>
+          <t>9786057345813</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Satırlarda Yiten Aşk</t>
+          <t>Paraxenos</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057246011</t>
+          <t>9786057175304</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar</t>
+          <t>Onun Adı</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057225184</t>
+          <t>9786057338259</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Renkli Kelebek</t>
+          <t>Kırık Kanatlı Melekler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057303219</t>
+          <t>9786057345868</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ruhumun Çocukluk Aşkı</t>
+          <t>Kodeste 1 Gece</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057175380</t>
+          <t>9786057246042</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Delil Affetmez</t>
+          <t>Kayıp Şahıslar Müzesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057338297</t>
+          <t>9786057303240</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Diana'nın Mektubu</t>
+          <t>İstanbul'da Deniz Yok</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057303264</t>
+          <t>9786057345837</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Düş Bakışı Hayatlar</t>
+          <t>İki Üzüm Tanesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057225177</t>
+          <t>9786057303271</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Yarışmacılar - Malikanenin Gelinleri 1</t>
+          <t>Yönsüz Pusula</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057175397</t>
+          <t>9786057175311</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Buhur Kokulu Yaşamlar</t>
+          <t>Yamalı Sevdam</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057225153</t>
+          <t>9786057303226</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ceyna</t>
+          <t>Şafak Söküyor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057225122</t>
+          <t>9786057345844</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Boya ve Mürekkep</t>
+          <t>Vicdanını Asla Öldürme</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057338211</t>
+          <t>9786057225146</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta</t>
+          <t>Vicdana Pusula</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057345820</t>
+          <t>9786057338242</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Pusula</t>
+          <t>Sahte Yüzler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057345882</t>
+          <t>9786057303233</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aysu</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057345875</t>
+          <t>9786057345806</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Almancı</t>
+          <t>Satırlarda Yiten Aşk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057338280</t>
+          <t>9786057246011</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>Geride Kalanlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057345899</t>
+          <t>9786057225184</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayata Pusula</t>
+          <t>Erguvan Renkli Kelebek</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057246035</t>
+          <t>9786057303219</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Havva'ya Ağıt</t>
+          <t>Elveda Ruhumun Çocukluk Aşkı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057303295</t>
+          <t>9786057175380</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gönülde Açan Çiçekler</t>
+          <t>Delil Affetmez</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
+          <t>9786057338297</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Diana'nın Mektubu</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786057303264</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Düş Bakışı Hayatlar</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786057225177</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Çatlak Yarışmacılar - Malikanenin Gelinleri 1</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786057175397</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Buhur Kokulu Yaşamlar</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786057225153</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Ceyna</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786057225122</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Boya ve Mürekkep</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786057338211</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Boşlukta</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786057345820</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Başarıda Pusula</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786057345882</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Aysu</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786057345875</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Almancı</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786057338280</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786057345899</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Pusula</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786057246035</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Havva'ya Ağıt</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786057303295</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Gönülde Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
           <t>9786057338228</t>
         </is>
       </c>
-      <c r="B161" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Gönül Şifası</t>
         </is>
       </c>
-      <c r="C161" s="1">
-        <v>260</v>
+      <c r="C175" s="1">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>