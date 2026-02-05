--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,970 +85,1090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257425643</t>
+          <t>9786257425766</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Telefon Kulübesindeki Kız</t>
+          <t>Karbon Başlangıçlar ve Muhteşem Sonlar: Yarım Sonlar Atlas’ı - 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257425698</t>
+          <t>9786257425759</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun 7 Formülü: Bir İyimserin Günlüğünden Notlar</t>
+          <t>Çınlayanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257425674</t>
+          <t>9786257425742</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Değilse De Şimdilik</t>
+          <t>Utançsız Ebeveynlik: Stressiz ve Yargısız Ebeveynlik Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257425681</t>
+          <t>9786257425735</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hasarsız Satılık Beden</t>
+          <t>Gecikmiş Bir Konuşmanın Mahcubiyetiyle</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257425667</t>
+          <t>9786257425322</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Evliliğin Portresi</t>
+          <t>Yapay Zekanın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257425650</t>
+          <t>9786257425599</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bizi Yalan Bil</t>
+          <t>Ben Sadece Kuşları Severim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257425636</t>
+          <t>9786257425704</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yok Ebesinin Örekesi / Küfrün Kısa Tarihi</t>
+          <t>Dünya-yuva</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257425612</t>
+          <t>9786257425711</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Seyrüsefer</t>
+          <t>Gerçekler Sizi Özgürleştirir Ama Önce Öfkelendirir!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257425605</t>
+          <t>9786257425643</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Golgota Sanayi Sitesi</t>
+          <t>Telefon Kulübesindeki Kız</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257425551</t>
+          <t>9786257425698</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Bağlanırım</t>
+          <t>Mutluluğun 7 Formülü: Bir İyimserin Günlüğünden Notlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257425582</t>
+          <t>9786257425674</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Öte Yaka Fırtına</t>
+          <t>Sonsuza Dek Değilse De Şimdilik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257425568</t>
+          <t>9786257425681</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Oğul</t>
+          <t>Hasarsız Satılık Beden</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257425575</t>
+          <t>9786257425667</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bugün Yeniden Başlıyorsun: Terapi Odasından Tavsiyeler</t>
+          <t>Bir Evliliğin Portresi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257425537</t>
+          <t>9786257425650</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sen Benle İstanbul Benimle</t>
+          <t>Bizi Yalan Bil</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257425513</t>
+          <t>9786257425636</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ben Bunları Çocuğuma Nasıl Anlatırım?</t>
+          <t>Yok Ebesinin Örekesi / Küfrün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257425544</t>
+          <t>9786257425612</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Ormanı</t>
+          <t>Seyrüsefer</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257425445</t>
+          <t>9786257425605</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Golgota Sanayi Sitesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257425049</t>
+          <t>9786257425551</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Gelen Armağan</t>
+          <t>Çok Kolay Bağlanırım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257425506</t>
+          <t>9786257425582</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yargı Günü</t>
+          <t>Öte Yaka Fırtına</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257425490</t>
+          <t>9786257425568</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayat Devam Ediyor</t>
+          <t>Oğul</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257425483</t>
+          <t>9786257425575</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çıkma Teklifi Geri Gelsin</t>
+          <t>Bugün Yeniden Başlıyorsun: Terapi Odasından Tavsiyeler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257425452</t>
+          <t>9786257425537</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Sen Benle İstanbul Benimle</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257425438</t>
+          <t>9786257425513</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Hiç Suçum Yok</t>
+          <t>Ben Bunları Çocuğuma Nasıl Anlatırım?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257425421</t>
+          <t>9786257425544</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anne Çiçekleri</t>
+          <t>Gölgeler Ormanı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257425407</t>
+          <t>9786257425445</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fran Lebowıtz Kitabı</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257425414</t>
+          <t>9786257425049</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Kalpten Gelen Armağan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257425193</t>
+          <t>9786257425506</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Yargı Günü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257425384</t>
+          <t>9786257425490</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sıradan İnsanlar Müzesi</t>
+          <t>Hayat Devam Ediyor</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257425391</t>
+          <t>9786257425483</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sayıların İktidarı</t>
+          <t>Çıkma Teklifi Geri Gelsin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257425360</t>
+          <t>9786257425452</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Fobiler ve Maniler Kitabı</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257425377</t>
+          <t>9786257425438</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Çözülünce</t>
+          <t>Benim Hiç Suçum Yok</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257425339</t>
+          <t>9786257425421</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Erkekler</t>
+          <t>Anne Çiçekleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257425315</t>
+          <t>9786257425407</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Neresi Bizim Evimiz?</t>
+          <t>Fran Lebowıtz Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257425292</t>
+          <t>9786257425414</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Resimdeki Kadın</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257425278</t>
+          <t>9786257425193</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257425285</t>
+          <t>9786257425384</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Saksağan</t>
+          <t>Sıradan İnsanlar Müzesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257425308</t>
+          <t>9786257425391</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Hikaye Anlat</t>
+          <t>Sayıların İktidarı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257425254</t>
+          <t>9786257425360</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın Kısa Tarihi</t>
+          <t>Fobiler ve Maniler Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257425247</t>
+          <t>9786257425377</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İki Yaşam</t>
+          <t>Buzlar Çözülünce</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257425223</t>
+          <t>9786257425339</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kalori Alacaksan Buna Değecek</t>
+          <t>Erkekler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257425261</t>
+          <t>9786257425315</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>2030</t>
+          <t>Neresi Bizim Evimiz?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257425209</t>
+          <t>9786257425292</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Porsiyon Sanat</t>
+          <t>Resimdeki Kadın</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257425230</t>
+          <t>9786257425278</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sen Çok Seversin Bu Yemeği</t>
+          <t>Kendine Ait</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257425100</t>
+          <t>9786257425285</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yemek Zamanı - Hızlı Hayatlara Pratik ve Lezzetli Tarifler</t>
+          <t>Saksağan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257425186</t>
+          <t>9786257425308</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Anomali</t>
+          <t>Bana Bir Hikaye Anlat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257425179</t>
+          <t>9786257425254</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Işıltılı Örtüsü</t>
+          <t>Dünya'nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257425162</t>
+          <t>9786257425247</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>İki Yaşam</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257425216</t>
+          <t>9786257425223</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler Tiyatrosu</t>
+          <t>Kalori Alacaksan Buna Değecek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257425131</t>
+          <t>9786257425261</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>MeToo</t>
+          <t>2030</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257425148</t>
+          <t>9786257425209</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kritimu Girit’im Benim</t>
+          <t>Bir Porsiyon Sanat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257425155</t>
+          <t>9786257425230</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Faili Malum</t>
+          <t>Sen Çok Seversin Bu Yemeği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257425124</t>
+          <t>9786257425100</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tepetaklak - İşler Sarpa Sardığında Yapılacaklar Kılavuzu</t>
+          <t>Şimdi Yemek Zamanı - Hızlı Hayatlara Pratik ve Lezzetli Tarifler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257425063</t>
+          <t>9786257425186</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Marlene</t>
+          <t>Anomali</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257425094</t>
+          <t>9786257425179</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sır Ermeyen 13 Şey: Çağımızın En Şaşırtıcı Bilimsel Gizemleri</t>
+          <t>Gecenin Işıltılı Örtüsü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257425117</t>
+          <t>9786257425162</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ahsen</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257425087</t>
+          <t>9786257425216</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Köpeğin Pençesi</t>
+          <t>Hayalperestler Tiyatrosu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>255</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257425056</t>
+          <t>9786257425131</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kadını Serbest Bırakın</t>
+          <t>MeToo</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257425070</t>
+          <t>9786257425148</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım Benim Bedenim</t>
+          <t>Kritimu Girit’im Benim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257425032</t>
+          <t>9786257425155</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bi' Düşün</t>
+          <t>Faili Malum</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257425018</t>
+          <t>9786257425124</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler</t>
+          <t>Tepetaklak - İşler Sarpa Sardığında Yapılacaklar Kılavuzu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257425025</t>
+          <t>9786257425063</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Marlene</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786257425094</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Sır Ermeyen 13 Şey: Çağımızın En Şaşırtıcı Bilimsel Gizemleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786257425117</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Ahsen</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786257425087</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Köpeğin Pençesi</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786257425056</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Kadını Serbest Bırakın</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786257425070</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Benim Hayatım Benim Bedenim</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786257425032</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bi' Düşün</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786257425018</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkinler</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786257425025</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Yük</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
           <t>9786257425001</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Annelik</t>
         </is>
       </c>
-      <c r="C63" s="1">
-        <v>350</v>
+      <c r="C71" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>