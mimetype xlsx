--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,3415 +85,3475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059304290</t>
+          <t>9786055125974</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Tefsiri (2 Cilt Takım) (Ciltli)</t>
+          <t>İmamlar ve Sultanlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>3200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059304214</t>
+          <t>9789755501673</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Pişmanlık Psikolojisi</t>
+          <t>Alemlerin Rabbi Allah (cc)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9799755500804</t>
+          <t>9786059304313</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilinci</t>
+          <t>Allah Tasavvuru</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055125523</t>
+          <t>9786257945523</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Efendim</t>
+          <t>Kur'an'da Mümin Kimliğinin İnşası - Ey İman Edenler Hitapları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755500126</t>
+          <t>9786059304290</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı Kur’an Gerekçeli Meal-Tefsir (Hafız Boy) (Ciltli)</t>
+          <t>Kısa Surelerin Tefsiri (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1500</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257945479</t>
+          <t>9786059304214</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bütünlüğü Çerçevesinde Kur’an Çevirisi (Ciltli)</t>
+          <t>Kur'an'da Pişmanlık Psikolojisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257945493</t>
+          <t>9799755500804</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Ne Söyler Serisi 5 Kitap Takım</t>
+          <t>Sağlık Bilinci</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257945462</t>
+          <t>9786055125523</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın Evi 6 - Kartaca Yıkılıyor</t>
+          <t>Efendim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059304283</t>
+          <t>9789755500126</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Erkam’ın Evi 1 - Güvercin Ürkekliği</t>
+          <t>Hayat Kitabı Kur’an Gerekçeli Meal-Tefsir (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055125738</t>
+          <t>9786257945479</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Peygamberi Hz. Muhammed</t>
+          <t>Kur’an Bütünlüğü Çerçevesinde Kur’an Çevirisi (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755500546</t>
+          <t>9786257945493</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dua Bilinci</t>
+          <t>Kıssalar Ne Söyler Serisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755501710</t>
+          <t>9786257945462</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tavsiyeler 2</t>
+          <t>Erkam'ın Evi 6 - Kartaca Yıkılıyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055125899</t>
+          <t>9786059304283</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aile Bilinci</t>
+          <t>Erkam’ın Evi 1 - Güvercin Ürkekliği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055125912</t>
+          <t>9786055125738</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ümmet Bilinci</t>
+          <t>Kur'an Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059304887</t>
+          <t>9789755500546</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İman</t>
+          <t>Dua Bilinci</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059304658</t>
+          <t>9789755501710</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tanıttığı Hz. İbrahim'i Anlamak</t>
+          <t>Tavsiyeler 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054533282</t>
+          <t>9786055125899</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Matüridiler İle Eş’Ariler Arasindaki Görüş Ayrılıkları</t>
+          <t>Aile Bilinci</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054195633</t>
+          <t>9786055125912</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’anı Hayat Yazıları</t>
+          <t>Ümmet Bilinci</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055205195</t>
+          <t>9786059304887</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayvan Hakları</t>
+          <t>İman</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054195466</t>
+          <t>9786059304658</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yazıları</t>
+          <t>Kur'an'ın Tanıttığı Hz. İbrahim'i Anlamak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755500355</t>
+          <t>9786054533282</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bilinci</t>
+          <t>Matüridiler İle Eş’Ariler Arasindaki Görüş Ayrılıkları</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055125981</t>
+          <t>9786054195633</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Bilinci</t>
+          <t>Kur’anı Hayat Yazıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755501772</t>
+          <t>9786055205195</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalemle Öğreten Adına</t>
+          <t>Kur’an’da Hayvan Hakları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755501215</t>
+          <t>9786054195466</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslami Diriliş Hareketleri</t>
+          <t>Kur’an Yazıları</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054195992</t>
+          <t>9789755500355</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam Şehirleri</t>
+          <t>Kur’an Bilinci</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055205072</t>
+          <t>9786055125981</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İnsan Hakları Kuramı</t>
+          <t>Kulluk Bilinci</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755501505</t>
+          <t>9789755501772</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İman Bilinci</t>
+          <t>Kalemle Öğreten Adına</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054195961</t>
+          <t>9789755501215</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İmamiye Şiası Kaynaklarına Göre İlk Üç Halife</t>
+          <t>İslami Diriliş Hareketleri</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054533619</t>
+          <t>9786054195992</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İmam Eş’ari ve Eş’arilik</t>
+          <t>İslam Şehirleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799755501511</t>
+          <t>9786055205072</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yeniden İnşası İçin</t>
+          <t>İslam Hukukunda İnsan Hakları Kuramı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054533749</t>
+          <t>9789755501505</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Basri’nin Kader Risalesi ve Şerhi (Ciltli)</t>
+          <t>İman Bilinci</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054533367</t>
+          <t>9786054195961</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Basri’nin Kader Risalesi ve Şerhi</t>
+          <t>İmamiye Şiası Kaynaklarına Göre İlk Üç Halife</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054533183</t>
+          <t>9786054533619</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Yazıları</t>
+          <t>İmam Eş’ari ve Eş’arilik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755501741</t>
+          <t>9799755501511</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hac Risalesi</t>
+          <t>Hayatın Yeniden İnşası İçin</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054533190</t>
+          <t>9786054533749</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fukaha’nın Kur’an Tasavvuru</t>
+          <t>Hasan El-Basri’nin Kader Risalesi ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054533596</t>
+          <t>9786054533367</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Toplumun İnşası</t>
+          <t>Hasan El-Basri’nin Kader Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054195763</t>
+          <t>9786054533183</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Çağırıyor</t>
+          <t>Hac ve Umre Yazıları</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054195077</t>
+          <t>9789755501741</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dinde Aşırılık ve İtidal</t>
+          <t>Hac Risalesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054195459</t>
+          <t>9786054533190</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Yazıları</t>
+          <t>Fukaha’nın Kur’an Tasavvuru</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054195510</t>
+          <t>9786054533596</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazıları</t>
+          <t>Erdemli Toplumun İnşası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054195626</t>
+          <t>9786054195763</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve İbadet Yazıları</t>
+          <t>Endülüs Çağırıyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055125622</t>
+          <t>9786054195077</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mustafa İslamoğlu Külliyat Seçkisi</t>
+          <t>Dinde Aşırılık ve İtidal</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>10000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055125547</t>
+          <t>9786054195459</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>What's Islam</t>
+          <t>Ahlak Yazıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055125448</t>
+          <t>9786054195510</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Popüler Kültür Din ve Kadın</t>
+          <t>Tarih Yazıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055125493</t>
+          <t>9786054195626</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Din Eğitiminde Rehberlik</t>
+          <t>Fıkıh ve İbadet Yazıları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054533237</t>
+          <t>9786055125622</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Akif</t>
+          <t>Mustafa İslamoğlu Külliyat Seçkisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055125486</t>
+          <t>9786055125547</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Kur'an'a Göre "Münafıklık" Kavramı</t>
+          <t>What's Islam</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755501482</t>
+          <t>9786055125448</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Takva Bilinci</t>
+          <t>Türkiye'de Popüler Kültür Din ve Kadın</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055125424</t>
+          <t>9786055125493</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gelin Müslüman Olalım</t>
+          <t>Kur'an'a Göre Din Eğitiminde Rehberlik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055205829</t>
+          <t>9786054533237</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hicab</t>
+          <t>Kur'an ve Akif</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059304733</t>
+          <t>9786055125486</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kütüb-i Sitte Eleştirisi ve Kur’an’a Arzı</t>
+          <t>Din Eğitimi Açısından Kur'an'a Göre "Münafıklık" Kavramı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059304597</t>
+          <t>9789755501482</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ateizm ve Deizmin Sorularına Karşı İddialar ve İzahlar</t>
+          <t>Takva Bilinci</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059304689</t>
+          <t>9786055125424</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nikomedeia ve Hıristiyanlık</t>
+          <t>Gelin Müslüman Olalım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059304528</t>
+          <t>9786055205829</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İnsan Hakları</t>
+          <t>Hicab</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059304566</t>
+          <t>9786059304733</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin</t>
+          <t>Kütüb-i Sitte Eleştirisi ve Kur’an’a Arzı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059304221</t>
+          <t>9786059304597</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Yöntem</t>
+          <t>Ateizm ve Deizmin Sorularına Karşı İddialar ve İzahlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059304481</t>
+          <t>9786059304689</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Mehdi ve Mesih Tasavvuru</t>
+          <t>Nikomedeia ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059304627</t>
+          <t>9786059304528</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Çağırıyor</t>
+          <t>İslam'da İnsan Hakları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054195800</t>
+          <t>9786059304566</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Adayış Risalesi (İngilizce)</t>
+          <t>Selahaddin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755125295</t>
+          <t>9786059304221</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua</t>
+          <t>Kur'an'ı Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059304368</t>
+          <t>9786059304481</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mabedde Yangın Var</t>
+          <t>Dinlerde Mehdi ve Mesih Tasavvuru</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055125929</t>
+          <t>9786059304627</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hermenötik</t>
+          <t>Kudüs Çağırıyor</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055125356</t>
+          <t>9786054195800</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İşaretler</t>
+          <t>Adayış Risalesi (İngilizce)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055125363</t>
+          <t>9789755125295</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kurana Göre Dört Terim</t>
+          <t>99 Esma 99 Dua</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755501680</t>
+          <t>9786059304368</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yürek Devleti</t>
+          <t>Mabedde Yangın Var</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9879755501466</t>
+          <t>9786055125929</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunda Düşülmüş Notlar</t>
+          <t>Hermenötik</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755501499</t>
+          <t>9786055125356</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Üç Muhammed</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054195275</t>
+          <t>9786055125363</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tesettür Yazıları</t>
+          <t>Kurana Göre Dört Terim</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054533046</t>
+          <t>9789755501680</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeni</t>
+          <t>Yürek Devleti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755500324</t>
+          <t>9879755501466</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Bilinci</t>
+          <t>Yokluğunda Düşülmüş Notlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755501253</t>
+          <t>9789755501499</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları</t>
+          <t>Üç Muhammed</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054195398</t>
+          <t>9786054195275</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Yazıları</t>
+          <t>Tesettür Yazıları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755500218</t>
+          <t>9786054533046</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Namaz Bilinci</t>
+          <t>Şeytan Üçgeni</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054533343</t>
+          <t>9789755500324</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Eylem Teorisi</t>
+          <t>Şehadet Bilinci</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059304351</t>
+          <t>9789755501253</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Toplumu İnşa Eden Kur’an Kavramları</t>
+          <t>Şafak Yazıları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055125752</t>
+          <t>9786054195398</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayatı İnşa Eden Kur’an Kavramları</t>
+          <t>Peygamber Yazıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059304306</t>
+          <t>9789755500218</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İnsan'ın Yaratılması ve Çoğalması</t>
+          <t>Namaz Bilinci</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059304061</t>
+          <t>9786054533343</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Kültürü ve Olumsuz Kadın Algısı 2 Cilt Takım</t>
+          <t>Mu’tezile’de Eylem Teorisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059304054</t>
+          <t>9786059304351</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Müslüman Şahsiyeti</t>
+          <t>Toplumu İnşa Eden Kur’an Kavramları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055125820</t>
+          <t>9786055125752</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Toplam Kalite Yönetimidir</t>
+          <t>Hayatı İnşa Eden Kur’an Kavramları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055125806</t>
+          <t>9786059304306</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Farabi'de Devlet Felsefesi</t>
+          <t>Kur'an'a Göre İnsan'ın Yaratılması ve Çoğalması</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054533138</t>
+          <t>9786059304061</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Nasıl Anlamalı</t>
+          <t>Rivayet Kültürü ve Olumsuz Kadın Algısı 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055125653</t>
+          <t>9786059304054</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslamın Anlaşılmasına Doğru</t>
+          <t>Kur'an'a Göre Müslüman Şahsiyeti</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755501697</t>
+          <t>9786055125820</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra ve Hikmet-i Mütealiye</t>
+          <t>Kur'an Toplam Kalite Yönetimidir</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055125585</t>
+          <t>9786055125806</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlama Yöntemi</t>
+          <t>Farabi'de Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755501642</t>
+          <t>9786054533138</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zina ve Recm</t>
+          <t>Kur'an'ı Nasıl Anlamalı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755500423</t>
+          <t>9786055125653</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bilinci</t>
+          <t>İslamın Anlaşılmasına Doğru</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055205843</t>
+          <t>9789755501697</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Nasıl Anlamalıyız</t>
+          <t>Molla Sadra ve Hikmet-i Mütealiye</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054195176</t>
+          <t>9786055125585</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Topçu</t>
+          <t>Kur'an'ı Anlama Yöntemi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789786054193</t>
+          <t>9789755501642</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yönetim</t>
+          <t>İslam Hukukunda Zina ve Recm</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055125141</t>
+          <t>9789755500423</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Babaeski Müftüsü Ali Rıza Efendi</t>
+          <t>Zaman Bilinci</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755500478</t>
+          <t>9786055205843</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Tanıyor musunuz?</t>
+          <t>İslam'ı Nasıl Anlamalıyız</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054195558</t>
+          <t>9786054195176</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güç ve İktidar</t>
+          <t>Nureddin Topçu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055125875</t>
+          <t>9789786054193</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Çağrısı - Bir Müslümanın En Mukaddes Görevi</t>
+          <t>Yönetim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055125844</t>
+          <t>9786055125141</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Hedeflediği Toplum</t>
+          <t>Babaeski Müftüsü Ali Rıza Efendi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055125783</t>
+          <t>9789755500478</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Din ve Kadın</t>
+          <t>Çocuğunuzu Tanıyor musunuz?</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055125776</t>
+          <t>9786054195558</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Din İletişimdir</t>
+          <t>Güç ve İktidar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755501628</t>
+          <t>9786055125875</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Zihniyeti Değiştirmesi</t>
+          <t>Kur'an'ın Çağrısı - Bir Müslümanın En Mukaddes Görevi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755501598</t>
+          <t>9786055125844</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yerliler ve Yersizler</t>
+          <t>Vahyin Hedeflediği Toplum</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755500690</t>
+          <t>9786055125783</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kadının Özgürlüğü</t>
+          <t>Din ve Kadın</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755500539</t>
+          <t>9786055125776</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Bilinci</t>
+          <t>Din İletişimdir</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257945196</t>
+          <t>9789755501628</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerin Batışı</t>
+          <t>Kur’an’ın Zihniyeti Değiştirmesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257945158</t>
+          <t>9789755501598</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Takva</t>
+          <t>Yerliler ve Yersizler</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257945011</t>
+          <t>9789755500690</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İnciller Güvenilir Metinler Midir ?</t>
+          <t>Kadının Özgürlüğü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257945448</t>
+          <t>9789755500539</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fasık Kimdir</t>
+          <t>Bilgi Bilinci</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257945349</t>
+          <t>9786257945196</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Allah Niçin Kötülüğü Engellemiyor?</t>
+          <t>Medeniyetlerin Batışı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257945455</t>
+          <t>9786257945158</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yarattığı En Büyük Güç: Akıl</t>
+          <t>Kur'an'a Göre Takva</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059304931</t>
+          <t>9786257945011</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tevhid İsyanla Başlar</t>
+          <t>İnciller Güvenilir Metinler Midir ?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257945431</t>
+          <t>9786257945448</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yoldayken</t>
+          <t>Fasık Kimdir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257945424</t>
+          <t>9786257945349</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nefs Depreminin Fayları</t>
+          <t>Allah Niçin Kötülüğü Engellemiyor?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257945400</t>
+          <t>9786257945455</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aldatmak ve Aldanmak</t>
+          <t>Allah'ın Yarattığı En Büyük Güç: Akıl</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257945417</t>
+          <t>9786059304931</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyübi'nin Liderlik Sırları</t>
+          <t>Tevhid İsyanla Başlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257945387</t>
+          <t>9786257945431</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nemrut ve Kayıp Mezar</t>
+          <t>İnsan Yoldayken</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257945370</t>
+          <t>9786257945424</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Ne Söyler IV - Hz. Hud</t>
+          <t>Nefs Depreminin Fayları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257945363</t>
+          <t>9786257945400</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kurtuluş Projesi Olarak İslam</t>
+          <t>Aldatmak ve Aldanmak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257945325</t>
+          <t>9786257945417</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dini Epistemoloji Nedir?</t>
+          <t>Kudüs Fatihi Selahaddin Eyyübi'nin Liderlik Sırları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257945332</t>
+          <t>9786257945387</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Din ve Risalet</t>
+          <t>Nemrut ve Kayıp Mezar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257945318</t>
+          <t>9786257945370</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İhmal ve İstismar</t>
+          <t>Kıssalar Ne Söyler IV - Hz. Hud</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055125967</t>
+          <t>9786257945363</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kaşgar Ruznamesi</t>
+          <t>İlahi Kurtuluş Projesi Olarak İslam</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755500491</t>
+          <t>9786257945325</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dağarcık</t>
+          <t>Dini Epistemoloji Nedir?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755500454</t>
+          <t>9786257945332</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yürek Fethi</t>
+          <t>Yaratılış Din ve Risalet</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059304252</t>
+          <t>9786257945318</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sürecinde Kur’an’a Karşı Algı Yönetimi</t>
+          <t>İhmal ve İstismar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055125851</t>
+          <t>9786055125967</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında İnsan ve Çevresi</t>
+          <t>Kaşgar Ruznamesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054195794</t>
+          <t>9789755500491</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Conquest Of Heart</t>
+          <t>Dağarcık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257945301</t>
+          <t>9789755500454</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın Evi 5 - Kelebek Etkisi</t>
+          <t>Yürek Fethi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257945257</t>
+          <t>9786059304252</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Davet Bilinci</t>
+          <t>Nüzul Sürecinde Kur’an’a Karşı Algı Yönetimi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257945271</t>
+          <t>9786055125851</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Ödül Algısı</t>
+          <t>Vahyin Işığında İnsan ve Çevresi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257945134</t>
+          <t>9786054195794</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Tohumu - Erkam'ın Evi 4</t>
+          <t>Conquest Of Heart</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257945141</t>
+          <t>9786257945301</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yobaz, İnsanın Ötekisi</t>
+          <t>Erkam'ın Evi 5 - Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257945066</t>
+          <t>9786257945257</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna İle Allah'ı Tanıyorum 1 - Değerler Eğitimi Seti 3</t>
+          <t>Davet Bilinci</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257945073</t>
+          <t>9786257945271</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kuran Peygamberi - İslam Tarihi - 1</t>
+          <t>Kur’an’a Göre Ödül Algısı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257945127</t>
+          <t>9786257945134</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Ne Söyler</t>
+          <t>Ardıç Tohumu - Erkam'ın Evi 4</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257945103</t>
+          <t>9786257945141</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Huruf-u Mukattaa</t>
+          <t>Yobaz, İnsanın Ötekisi</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257945042</t>
+          <t>9786257945066</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Metodolojisinde Yeniden Yapılanma</t>
+          <t>Esma-i Hüsna İle Allah'ı Tanıyorum 1 - Değerler Eğitimi Seti 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257945035</t>
+          <t>9786257945073</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kitap Ehli Muhammedilik</t>
+          <t>Kuran Peygamberi - İslam Tarihi - 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257945028</t>
+          <t>9786257945127</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İlahi Siyaset</t>
+          <t>Kıssalar Ne Söyler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059304993</t>
+          <t>9786257945103</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Beşeri Siyaset</t>
+          <t>Huruf-u Mukattaa</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257945004</t>
+          <t>9786257945042</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Haklı Savaş</t>
+          <t>İslam Hukuk Metodolojisinde Yeniden Yapılanma</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059304955</t>
+          <t>9786257945035</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l İdris</t>
+          <t>Kitap Ehli Muhammedilik</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059304856</t>
+          <t>9786257945028</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlim</t>
+          <t>Kur’an’a Göre İlahi Siyaset</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059304832</t>
+          <t>9786059304993</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat</t>
+          <t>Kur’an’a Göre Beşeri Siyaset</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059304917</t>
+          <t>9786257945004</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İhlas</t>
+          <t>Haklı Savaş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059304863</t>
+          <t>9786059304955</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Kitabu’l İdris</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059304849</t>
+          <t>9786059304856</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>İlim</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059304474</t>
+          <t>9786059304832</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Takva</t>
+          <t>Fıtrat</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059304894</t>
+          <t>9786059304917</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>İhlas</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059304818</t>
+          <t>9786059304863</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da ve İslam'da Ruh ve Cin İnançları</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059304764</t>
+          <t>9786059304849</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplar Açısından Kadına Yönelik Şiddet ve Ayrımcılık</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059304757</t>
+          <t>9786059304474</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ardında Anlam Arayışı</t>
+          <t>Takva</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059304740</t>
+          <t>9786059304894</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Kiminle?</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059304771</t>
+          <t>9786059304818</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İnfak Bilinci</t>
+          <t>Ortadoğu'da ve İslam'da Ruh ve Cin İnançları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059304726</t>
+          <t>9786059304764</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Soru Kitapçığı</t>
+          <t>Kutsal Kitaplar Açısından Kadına Yönelik Şiddet ve Ayrımcılık</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059304672</t>
+          <t>9786059304757</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İsa, Pavlus, İnciller</t>
+          <t>Duvarların Ardında Anlam Arayışı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059304634</t>
+          <t>9786059304740</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hz.Nuh Kıssalar Ne Söyler 2</t>
+          <t>Kur’an’a Göre Kiminle?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059304610</t>
+          <t>9786059304771</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Müslümanlığı</t>
+          <t>İnfak Bilinci</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059304603</t>
+          <t>9786059304726</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerin Mesihi, İslam'ın Peygamberi Meryemoğlu İsa</t>
+          <t>Kur'an Soru Kitapçığı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059304542</t>
+          <t>9786059304672</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın Evi 3 - Tuba Ağacı</t>
+          <t>İsa, Pavlus, İnciller</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059304504</t>
+          <t>9786059304634</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tekasür Suresinin Tefsiri Tercümeleri</t>
+          <t>Hz.Nuh Kıssalar Ne Söyler 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059304511</t>
+          <t>9786059304610</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında Denge Kavramı</t>
+          <t>Kur'an Müslümanlığı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059304436</t>
+          <t>9786059304603</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>Yahudilerin Mesihi, İslam'ın Peygamberi Meryemoğlu İsa</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059304429</t>
+          <t>9786059304542</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Ne Söyler</t>
+          <t>Erkam'ın Evi 3 - Tuba Ağacı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059304375</t>
+          <t>9786059304504</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Öğretisi ve İslam</t>
+          <t>Tekasür Suresinin Tefsiri Tercümeleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059304382</t>
+          <t>9786059304511</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Cesareti</t>
+          <t>Vahyin Işığında Denge Kavramı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059304337</t>
+          <t>9786059304436</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebinde İçtihat Felsefesi</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059304405</t>
+          <t>9786059304429</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çarıkçıları Koruma Cemiyeti</t>
+          <t>Kıssalar Ne Söyler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059304344</t>
+          <t>9786059304375</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül Bilinci</t>
+          <t>Vahiy Öğretisi ve İslam</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059304276</t>
+          <t>9786059304382</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Venya</t>
+          <t>Kardelen Cesareti</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059304269</t>
+          <t>9786059304337</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonbaharı</t>
+          <t>Hanefi Mezhebinde İçtihat Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059304078</t>
+          <t>9786059304405</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Çağın İdrakine Sunmak</t>
+          <t>Çarıkçıları Koruma Cemiyeti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059304238</t>
+          <t>9786059304344</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kimliği</t>
+          <t>Tevekkül Bilinci</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055125936</t>
+          <t>9786059304276</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hicab / Örtünmenin Felsefesi</t>
+          <t>Venya</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059304153</t>
+          <t>9786059304269</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Anlayışın Işığında Kur'an-ı Kerim Meali</t>
+          <t>Tarihin Sonbaharı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059304085</t>
+          <t>9786059304078</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İsrail'de Yahudi Fundamantalizmi</t>
+          <t>İslam'ı Çağın İdrakine Sunmak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055125868</t>
+          <t>9786059304238</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ardında - Koşulsuz Aşk</t>
+          <t>Kur'an'ın Kimliği</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055125837</t>
+          <t>9786055125936</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'i Ahlak</t>
+          <t>Hicab / Örtünmenin Felsefesi</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055125769</t>
+          <t>9786059304153</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Kur’an Ayetleri Işığında Yaratılış ve Evrim</t>
+          <t>Yeni Bir Anlayışın Işığında Kur'an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055125707</t>
+          <t>9786059304085</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. Peygamber</t>
+          <t>İsrail'de Yahudi Fundamantalizmi</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054195268</t>
+          <t>9786055125868</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı Kur'an Kısa Sureler / Hafız Boy</t>
+          <t>Duvarların Ardında - Koşulsuz Aşk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054195169</t>
+          <t>9786055125837</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Kur’an’la Eşdeğer midir?</t>
+          <t>Kur'an'i Ahlak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054195947</t>
+          <t>9786055125769</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Din Yazıları</t>
+          <t>Tabiat ve Kur’an Ayetleri Işığında Yaratılış ve Evrim</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755500102</t>
+          <t>9786055125707</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaradan Kurşun Çıkarır Gibi</t>
+          <t>Kur’an’da Hz. Peygamber</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055125639</t>
+          <t>9786054195268</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Yedi Aşamada Ahiret</t>
+          <t>Hayat Kitabı Kur'an Kısa Sureler / Hafız Boy</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055125592</t>
+          <t>9786054195169</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'sız Müslümanlık</t>
+          <t>Hadisler Kur’an’la Eşdeğer midir?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055125615</t>
+          <t>9786054195947</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Kabir Azabı</t>
+          <t>Din Yazıları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055125684</t>
+          <t>9789755500102</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Vebası: Şirk</t>
+          <t>Bir Yaradan Kurşun Çıkarır Gibi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055125400</t>
+          <t>9786055125639</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Doğru Anlamak Serisi -1 : İslam'ı Okumaya ve Öğrenmeye Nereden Başlamalı</t>
+          <t>Kur'an'a Göre Yedi Aşamada Ahiret</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054533275</t>
+          <t>9786055125592</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Akaid Oluşturmak ve Kabir Azabı</t>
+          <t>Kur'an'sız Müslümanlık</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054195213</t>
+          <t>9786055125615</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Yazılar</t>
+          <t>Kur'an'a Göre Kabir Azabı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054195244</t>
+          <t>9786055125684</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Vahyin İmbiğinden Damıtılmış Özlü Sözler</t>
+          <t>İnsanlığın Vebası: Şirk</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054533206</t>
+          <t>9786055125400</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Yazıları</t>
+          <t>Kur'an'ı Doğru Anlamak Serisi -1 : İslam'ı Okumaya ve Öğrenmeye Nereden Başlamalı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054195930</t>
+          <t>9786054533275</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ümmet Yazıları</t>
+          <t>Akaid Oluşturmak ve Kabir Azabı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054533336</t>
+          <t>9786054195213</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tenkit Yazıları</t>
+          <t>Yaşayan Yazılar</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055205492</t>
+          <t>9786054195244</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şia’nın Kıraatlere ve Kur’an Tarihine Bakışı</t>
+          <t>Vahyin İmbiğinden Damıtılmış Özlü Sözler</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054533312</t>
+          <t>9786054533206</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Yazıları</t>
+          <t>Vahdet Yazıları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755500393</t>
+          <t>9786054195930</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Bilinci</t>
+          <t>Ümmet Yazıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054533299</t>
+          <t>9786054533336</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gücü İlahi Vahyin Rehberliği (Ciltli)</t>
+          <t>Tenkit Yazıları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054533213</t>
+          <t>9786055205492</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yazıları</t>
+          <t>Şia’nın Kıraatlere ve Kur’an Tarihine Bakışı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755501543</t>
+          <t>9786054533312</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Seyrani</t>
+          <t>Şahsiyet Yazıları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054195923</t>
+          <t>9789755500393</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Yazıları</t>
+          <t>Sünnet Bilinci</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799755501535</t>
+          <t>9786054533299</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Savaş Kesmeyen Sözler</t>
+          <t>Sözün Gücü İlahi Vahyin Rehberliği (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755500225</t>
+          <t>9786054533213</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bilinci</t>
+          <t>Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755500133</t>
+          <t>9789755501543</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Yazıları</t>
+          <t>Seyrani</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055205508</t>
+          <t>9786054195923</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Pasif İyiden Aktif İyiye</t>
+          <t>Seyahat Yazıları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>4440000002248</t>
+          <t>9799755501535</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Medreseden Üniversiteye Ali Özek (Ciltli)</t>
+          <t>Savaş Kesmeyen Sözler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054533329</t>
+          <t>9789755500225</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Yazıları</t>
+          <t>Sanat Bilinci</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055205812</t>
+          <t>9789755500133</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Masumiyeti</t>
+          <t>Ramazan Yazıları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055205485</t>
+          <t>9786055205508</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Metinleşme Süreci</t>
+          <t>Pasif İyiden Aktif İyiye</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054533589</t>
+          <t>4440000002248</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kişilik Eğitiminin İlkeleri</t>
+          <t>Medreseden Üniversiteye Ali Özek (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054195527</t>
+          <t>9786054533329</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İman Yazıları</t>
+          <t>Medeniyet Yazıları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755500140</t>
+          <t>9786055205812</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İman</t>
+          <t>Kurtların Masumiyeti</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9799755501528</t>
+          <t>9786055205485</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yeniden İnşası İçin Ne Yapmalı Nasıl Yapmalı Kiminle Yapmalı</t>
+          <t>Kur’an’ın Metinleşme Süreci</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755500386</t>
+          <t>9786054533589</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yazıları</t>
+          <t>Kur’an’da Kişilik Eğitiminin İlkeleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755500768</t>
+          <t>9786054195527</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>İman Yazıları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054195978</t>
+          <t>9789755500140</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Berceste Ayetler</t>
+          <t>İman</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755501604</t>
+          <t>9799755501528</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin Işığında</t>
+          <t>Hayatın Yeniden İnşası İçin Ne Yapmalı Nasıl Yapmalı Kiminle Yapmalı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755500072</t>
+          <t>9789755500386</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Adayış Risalesi</t>
+          <t>Eğitim Yazıları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755501659</t>
+          <t>9789755500768</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Anlaşılması ve Yorumlanmasında Çokanlamlılık Sorunu</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755501567</t>
+          <t>9786054195978</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketler ve Kıyamlar Tarihi (Ciltli)</t>
+          <t>Berceste Ayetler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000024682</t>
+          <t>9789755501604</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>The Kingdom of Heart</t>
+          <t>Ayetlerin Işığında</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755501711</t>
+          <t>9789755500072</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tavsiyeler</t>
+          <t>Adayış Risalesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055125509</t>
+          <t>9789755501659</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Qu’est-ce Que L’ıslam? Avez-vous Déjà İnterrogé’le Coran À Ce Sujet ? (İslam Nedir? Fransızca)</t>
+          <t>Kur’an’ın Anlaşılması ve Yorumlanmasında Çokanlamlılık Sorunu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054533398</t>
+          <t>9789755501567</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hutbeler</t>
+          <t>İslami Hareketler ve Kıyamlar Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755500256</t>
+          <t>3990000024682</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bilinci</t>
+          <t>The Kingdom of Heart</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9799755500224</t>
+          <t>9789755501711</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Cihad Bilinci</t>
+          <t>Tavsiyeler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
+          <t>9786055125509</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Qu’est-ce Que L’ıslam? Avez-vous Déjà İnterrogé’le Coran À Ce Sujet ? (İslam Nedir? Fransızca)</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786054533398</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Hutbeler</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789755500256</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Bilinci</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9799755500224</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Cihad Bilinci</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
           <t>9786055205836</t>
         </is>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Düşünce Mirasımız</t>
         </is>
       </c>
-      <c r="C226" s="1">
+      <c r="C230" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>