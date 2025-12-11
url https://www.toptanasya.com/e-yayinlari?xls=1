--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -319,51 +319,51 @@
         <is>
           <t>9789753904131</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Son Oyun</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789753901505</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Kelebek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789753903776</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Peçenekler ve Tikveş Türkleri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789753903523</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>