--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,2860 +85,2875 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753903271</t>
+          <t>9789753902366</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Taksim'den Tünele Adım Adım Beyoğlu</t>
+          <t>Fener Balat Ayvansaray</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753903677</t>
+          <t>9789753903271</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kuruluştan Çöküşe Osmanlı</t>
+          <t>Taksim'den Tünele Adım Adım Beyoğlu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753904087</t>
+          <t>9789753903677</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Floransa Kitapçısı</t>
+          <t>Kuruluştan Çöküşe Osmanlı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753903431</t>
+          <t>9789753904087</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Floransa Kitapçısı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753904155</t>
+          <t>9789753903431</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753904070</t>
+          <t>9789753904155</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Omerta</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753901239</t>
+          <t>9789753904070</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Et Yakında Hiç Kimse Güvenlikte Olmayacak</t>
+          <t>Omerta</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753903370</t>
+          <t>9789753901239</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tlos</t>
+          <t>Et Yakında Hiç Kimse Güvenlikte Olmayacak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753904018</t>
+          <t>9789753903370</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Tlos</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753900737</t>
+          <t>9789753904018</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Katya’nın Yazı</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753900799</t>
+          <t>9789753900737</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şibumi</t>
+          <t>Katya’nın Yazı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753901673</t>
+          <t>9789753900799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Tarihi</t>
+          <t>Şibumi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753901451</t>
+          <t>9789753901673</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aptallar Erken Ölür</t>
+          <t>Sömürgecilik Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753904148</t>
+          <t>9789753901451</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Slovak Tiyatrosundan Çağdaş Oyunlar</t>
+          <t>Aptallar Erken Ölür</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753904131</t>
+          <t>9789753904148</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>Slovak Tiyatrosundan Çağdaş Oyunlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753901505</t>
+          <t>9789753904131</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753903776</t>
+          <t>9789753901505</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peçenekler ve Tikveş Türkleri</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>575</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753903523</t>
+          <t>9789753903776</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ethem</t>
+          <t>Peçenekler ve Tikveş Türkleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753904124</t>
+          <t>9789753903523</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Süryani Köyleri</t>
+          <t>Ethem</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753903448</t>
+          <t>9789753904124</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuram İyi De Sınıfta Ne Yapalım?</t>
+          <t>Süryani Köyleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753903585</t>
+          <t>9789753903448</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Oryantalizm</t>
+          <t>Kuram İyi De Sınıfta Ne Yapalım?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753904117</t>
+          <t>9789753903585</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hu Ovası ve Diğer Hikayeler</t>
+          <t>Köy Enstitüleri ve Oryantalizm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753904063</t>
+          <t>9789753904117</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Saray Oyunları</t>
+          <t>Hu Ovası ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753904100</t>
+          <t>9789753904063</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy ve Yeşilköy'den Unutulmuş Portreler</t>
+          <t>Saray Oyunları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753904094</t>
+          <t>9789753904100</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sora Sora Beyoğlu</t>
+          <t>Bakırköy ve Yeşilköy'den Unutulmuş Portreler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753904049</t>
+          <t>9789753904094</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İçinden Tiyatro Geçen Mektuplar</t>
+          <t>Sora Sora Beyoğlu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753904025</t>
+          <t>9789753904049</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>7 Gezi 7 İstanbul 2. Kitap</t>
+          <t>İçinden Tiyatro Geçen Mektuplar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753903790</t>
+          <t>9789753904025</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ordulaşan Devletler Devletleşen Ordular</t>
+          <t>7 Gezi 7 İstanbul 2. Kitap</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753903899</t>
+          <t>9789753903790</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Doğru Okuma ve Yazım Kılavuzu</t>
+          <t>Ordulaşan Devletler Devletleşen Ordular</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753903639</t>
+          <t>9789753903899</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Çin Tarihi</t>
+          <t>Doğru Okuma ve Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753904001</t>
+          <t>9789753903639</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizi Pusulası</t>
+          <t>Herkes İçin Çin Tarihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753903998</t>
+          <t>9789753904001</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Denize Varınca</t>
+          <t>Televizyon Dizi Pusulası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753903974</t>
+          <t>9789753903998</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cesur Dahiler</t>
+          <t>Denize Varınca</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753903967</t>
+          <t>9789753903974</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Başka Şehirler</t>
+          <t>Cesur Dahiler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753903929</t>
+          <t>9789753903967</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yokluk</t>
+          <t>Başka Şehirler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753903936</t>
+          <t>9789753903929</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Kız</t>
+          <t>Yokluk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753903912</t>
+          <t>9789753903936</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Kartalları Kartalların Savaşı</t>
+          <t>Gemideki Kız</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753903905</t>
+          <t>9789753903912</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Döngüde Bir Yusuf</t>
+          <t>Savaşın Kartalları Kartalların Savaşı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753903882</t>
+          <t>9789753903905</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Himalaya Çölü</t>
+          <t>Döngüde Bir Yusuf</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753903844</t>
+          <t>9789753903882</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Söz Sanığın</t>
+          <t>Himalaya Çölü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753903851</t>
+          <t>9789753903844</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kumarhanesi ve Mercan Altunyan Çetesi</t>
+          <t>Söz Sanığın</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753903868</t>
+          <t>9789753903851</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Paylaştılar!</t>
+          <t>Yıldız Kumarhanesi ve Mercan Altunyan Çetesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753903837</t>
+          <t>9789753903868</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mutfaksız Kadınlar</t>
+          <t>Ölümü Paylaştılar!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753903813</t>
+          <t>9789753903837</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Huzur</t>
+          <t>Mutfaksız Kadınlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753903806</t>
+          <t>9789753903813</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>7 Gezi 7 İstanbul</t>
+          <t>Bir Yudum Huzur</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753903783</t>
+          <t>9789753903806</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü</t>
+          <t>7 Gezi 7 İstanbul</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753903752</t>
+          <t>9789753903783</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Çocukları</t>
+          <t>Osmanlı'nın Çöküşü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753903738</t>
+          <t>9789753903752</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sonraki Yıllar</t>
+          <t>Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753903646</t>
+          <t>9789753903738</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Suyuna Eğri Ağaçlar</t>
+          <t>Sonraki Yıllar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753903707</t>
+          <t>9789753903646</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dik Yürüyen Adam</t>
+          <t>Suyuna Eğri Ağaçlar</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753903691</t>
+          <t>9789753903707</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İki Kadın İki Yaşam</t>
+          <t>Dik Yürüyen Adam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753903714</t>
+          <t>9789753903691</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Kasabası</t>
+          <t>İki Kadın İki Yaşam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753903684</t>
+          <t>9789753903714</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Mürekkep</t>
+          <t>Ölüler Kasabası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753903660</t>
+          <t>9789753903684</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcinin Not Defteri</t>
+          <t>Okyanusta Mürekkep</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753903653</t>
+          <t>9789753903660</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yapıcılığın Gücü</t>
+          <t>Eğitimcinin Not Defteri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753903622</t>
+          <t>9789753903653</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Amiralleri Amirallerin Savaşı</t>
+          <t>Yapıcılığın Gücü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753903615</t>
+          <t>9789753903622</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Lapland</t>
+          <t>Savaşın Amiralleri Amirallerin Savaşı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753903608</t>
+          <t>9789753903615</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ahlan ve Sahlan Kahire</t>
+          <t>Lapland</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753903592</t>
+          <t>9789753903608</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Akıl İnsanı Muharrem Balat</t>
+          <t>Ahlan ve Sahlan Kahire</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753903554</t>
+          <t>9789753903592</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ortaasya'dan Toroslara Gülnar</t>
+          <t>Bir Akıl İnsanı Muharrem Balat</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753903561</t>
+          <t>9789753903554</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Asil Kadınları</t>
+          <t>Ortaasya'dan Toroslara Gülnar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753903578</t>
+          <t>9789753903561</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gülnar Ağzı</t>
+          <t>Bizans’ın Asil Kadınları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753903547</t>
+          <t>9789753903578</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Merv’den Anaypazarı’na Gülnar</t>
+          <t>Gülnar Ağzı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753903516</t>
+          <t>9789753903547</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tlos</t>
+          <t>Merv’den Anaypazarı’na Gülnar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753903486</t>
+          <t>9789753903516</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mezarlar ve Mumyalar</t>
+          <t>Tlos</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753903493</t>
+          <t>9789753903486</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Yalı</t>
+          <t>Mezarlar ve Mumyalar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753902717</t>
+          <t>9789753903493</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Çocukları</t>
+          <t>Kanlı Yalı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753902601</t>
+          <t>9789753902717</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Arkadaşı</t>
+          <t>Şeytan’ın Çocukları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753903479</t>
+          <t>9789753902601</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Neden Antarktika?</t>
+          <t>Şeytan’ın Arkadaşı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753901055</t>
+          <t>9789753903479</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnfazcı</t>
+          <t>Neden Antarktika?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753903455</t>
+          <t>9789753901055</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Generalleri Generallerin Savaşı</t>
+          <t>İnfazcı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753903462</t>
+          <t>9789753903455</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sevgili İstanbul</t>
+          <t>Savaşın Generalleri Generallerin Savaşı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059989015</t>
+          <t>9789753903462</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ezidiler</t>
+          <t>Sevgili İstanbul</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753903417</t>
+          <t>9786059989015</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tabular, Korkular ve Kadınlar</t>
+          <t>Ezidiler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753903424</t>
+          <t>9789753903417</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İçinden "Dünya" Geçen Yazılar</t>
+          <t>Tabular, Korkular ve Kadınlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753902861</t>
+          <t>9789753903424</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fabrizio'nun Dönüşü</t>
+          <t>İçinden "Dünya" Geçen Yazılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753903301</t>
+          <t>9789753902861</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rom Günlükleri</t>
+          <t>Fabrizio'nun Dönüşü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753903394</t>
+          <t>9789753903301</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Asil Hayvanlar</t>
+          <t>Rom Günlükleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753903356</t>
+          <t>9789753903394</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Elif’in ‘’Kısacıklar’’ı</t>
+          <t>Asil Hayvanlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753903387</t>
+          <t>9789753903356</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Yelpazesi</t>
+          <t>Elif’in ‘’Kısacıklar’’ı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753903349</t>
+          <t>9789753903387</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Dehlizlerinde</t>
+          <t>Hafıza Yelpazesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753902649</t>
+          <t>9789753903349</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sinan At Biniyor - Tımar Zamanı / 2</t>
+          <t>Sarayın Dehlizlerinde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753903028</t>
+          <t>9789753902649</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Bizans Bahçesinde Büyüdüm</t>
+          <t>Sinan At Biniyor - Tımar Zamanı / 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753903080</t>
+          <t>9789753903028</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bedri Rahmi Eyüboğlu’nun Penceresinden Halk Kültürü</t>
+          <t>Ben Bir Bizans Bahçesinde Büyüdüm</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753902007</t>
+          <t>9789753903080</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Atların Ressamı Avni Arbaş</t>
+          <t>Bedri Rahmi Eyüboğlu’nun Penceresinden Halk Kültürü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753902595</t>
+          <t>9789753902007</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bangkok 8</t>
+          <t>Başkaldıran Atların Ressamı Avni Arbaş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753902038</t>
+          <t>9789753902595</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılarda Saklı Tarih Her Dipnotun Altında Bir Tarih Yatar</t>
+          <t>Bangkok 8</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753902854</t>
+          <t>9789753902038</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ayılar</t>
+          <t>Ayrıntılarda Saklı Tarih Her Dipnotun Altında Bir Tarih Yatar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753902113</t>
+          <t>9789753902854</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Korkmuyorum! Meme Kanseri</t>
+          <t>Ayılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753902205</t>
+          <t>9789753902113</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Çınar</t>
+          <t>Korkmuyorum! Meme Kanseri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753900058</t>
+          <t>9789753902205</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Orkestra</t>
+          <t>Konuşan Çınar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753903110</t>
+          <t>9789753900058</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Köşe İstanbul</t>
+          <t>Kızıl Orkestra</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753903141</t>
+          <t>9789753903110</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte</t>
+          <t>Kıyı Köşe İstanbul</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753901352</t>
+          <t>9789753903141</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kerkenez</t>
+          <t>Kısık Ateşte</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753901680</t>
+          <t>9789753901352</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kentte Sıcak Gece</t>
+          <t>Kerkenez</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753901710</t>
+          <t>9789753901680</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kehanet veya Saplantı</t>
+          <t>Kentte Sıcak Gece</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753903066</t>
+          <t>9789753901710</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kardelen ve Doğa Sevdası Yazılar</t>
+          <t>Kehanet veya Saplantı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753901987</t>
+          <t>9789753903066</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kan Defteri</t>
+          <t>Kardelen ve Doğa Sevdası Yazılar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753903103</t>
+          <t>9789753901987</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadim Dost</t>
+          <t>Kan Defteri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753901475</t>
+          <t>9789753903103</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kuşkucu Tomas</t>
+          <t>İstanbul Kadim Dost</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753902823</t>
+          <t>9789753901475</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hortlayan Cellat</t>
+          <t>Kuşkucu Tomas</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753901758</t>
+          <t>9789753902823</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Her Sakaldan Bir Kıl</t>
+          <t>Hortlayan Cellat</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753902984</t>
+          <t>9789753901758</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her İhtimale Karşı</t>
+          <t>Her Sakaldan Bir Kıl</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753903165</t>
+          <t>9789753902984</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayal-i Rüya</t>
+          <t>Her İhtimale Karşı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753900584</t>
+          <t>9789753903165</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Köpüğü</t>
+          <t>Hayal-i Rüya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753902724</t>
+          <t>9789753900584</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Çağrısı</t>
+          <t>Günlerin Köpüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753903158</t>
+          <t>9789753902724</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Diyalog</t>
+          <t>Göklerin Çağrısı</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753902731</t>
+          <t>9789753903158</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Mektuplar</t>
+          <t>Gençlerle Diyalog</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753903035</t>
+          <t>9789753902731</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yıl Kudüs’te</t>
+          <t>Gençlere Mektuplar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753902830</t>
+          <t>9789753903035</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon</t>
+          <t>Gelecek Yıl Kudüs’te</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753901918</t>
+          <t>9789753902830</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Ocağa Yanıyor</t>
+          <t>Enfeksiyon</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753902571</t>
+          <t>9789753901918</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızlarına Karşı</t>
+          <t>Düşmüş Ocağa Yanıyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753902144</t>
+          <t>9789753902571</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Derin Suçun Küresel Otoritesi</t>
+          <t>Düş Hırsızlarına Karşı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753902342</t>
+          <t>9789753902144</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Sevenler Kulübü</t>
+          <t>Derin Suçun Küresel Otoritesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753902793</t>
+          <t>9789753902342</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Düğün</t>
+          <t>Çikolata Sevenler Kulübü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753902212</t>
+          <t>9789753902793</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 Boğaz Harekatı</t>
+          <t>Çılgın Düğün</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753902069</t>
+          <t>9789753902212</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 18 Mart 1915</t>
+          <t>Çanakkale 1915 Boğaz Harekatı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753902847</t>
+          <t>9789753902069</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cennet Nehirleri</t>
+          <t>Çanakkale 18 Mart 1915</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753902274</t>
+          <t>9789753902847</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yapıt</t>
+          <t>Cennet Nehirleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753901369</t>
+          <t>9789753902274</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürek Sızlaması</t>
+          <t>Büyük Yapıt</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753902755</t>
+          <t>9789753901369</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ben Şaman</t>
+          <t>Bir Yürek Sızlaması</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753901765</t>
+          <t>9789753902755</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımızdaki Cennet</t>
+          <t>Ben Şaman</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753902540</t>
+          <t>9789753901765</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aum</t>
+          <t>Avuçlarımızdaki Cennet</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753902052</t>
+          <t>9789753902540</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Artakalanlar</t>
+          <t>Aum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753900430</t>
+          <t>9789753902052</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Adımlar</t>
+          <t>Artakalanlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753902410</t>
+          <t>9789753900430</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Eşek</t>
+          <t>Adımlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753902748</t>
+          <t>9789753902410</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Bulut’a Sevgi Sözleri</t>
+          <t>Adam Gibi Eşek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753902694</t>
+          <t>9789753902748</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Bulut - Kasabalı Lorca</t>
+          <t>Abdülkadir Bulut’a Sevgi Sözleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753902564</t>
+          <t>9789753902694</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gezgin'in Şarkısı</t>
+          <t>Abdülkadir Bulut - Kasabalı Lorca</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753903233</t>
+          <t>9789753902564</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırak Özgür Ol</t>
+          <t>Gezgin'in Şarkısı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753903226</t>
+          <t>9789753903233</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den Antalya'ya</t>
+          <t>Sigarayı Bırak Özgür Ol</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753903240</t>
+          <t>9789753903226</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bir Başarısızlığın Hikayesi</t>
+          <t>İzmir'den Antalya'ya</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753903257</t>
+          <t>9789753903240</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tasvir-i Efkar Gazetesinde Çanakkale Savaşları</t>
+          <t>Muhteşem Bir Başarısızlığın Hikayesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758612451</t>
+          <t>9789753903257</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yazarı Olsa Ne Yazar</t>
+          <t>Tasvir-i Efkar Gazetesinde Çanakkale Savaşları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753903318</t>
+          <t>9789758612451</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sana Söyleyeceklerim Var Anne</t>
+          <t>Reklam Yazarı Olsa Ne Yazar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753902243</t>
+          <t>9789753903318</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Teftişten Teftişe Anadolu</t>
+          <t>Sana Söyleyeceklerim Var Anne</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753902489</t>
+          <t>9789753902243</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yıllık Yazıları</t>
+          <t>Teftişten Teftişe Anadolu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753903820</t>
+          <t>9789753902489</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Kuş</t>
+          <t>Yıllık Yazıları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753900454</t>
+          <t>9789753903820</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Boyalı Kuş</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753902014</t>
+          <t>9789753900454</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bor Kapanı</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753902229</t>
+          <t>9789753902014</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Boğazlar Meselesi ve Çanakkale Deniz Zaferi</t>
+          <t>Bor Kapanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753901482</t>
+          <t>9789753902229</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Dili</t>
+          <t>Boğazlar Meselesi ve Çanakkale Deniz Zaferi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753903189</t>
+          <t>9789753901482</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sophie Dean'i Terk Etmek</t>
+          <t>Düşlerin Dili</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753903509</t>
+          <t>9789753903189</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Haneye Tecavüz</t>
+          <t>Sophie Dean'i Terk Etmek</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753902434</t>
+          <t>9789753903509</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anayurt</t>
+          <t>Haneye Tecavüz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753903059</t>
+          <t>9789753902434</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anamur’da Dinlence</t>
+          <t>Anayurt</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753903295</t>
+          <t>9789753903059</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gezilerimin Fıkraları</t>
+          <t>Anamur’da Dinlence</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753903202</t>
+          <t>9789753903295</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Artan Bir Mersin Bilgesi</t>
+          <t>Gezilerimin Fıkraları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753903288</t>
+          <t>9789753903202</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim 93 Harbi</t>
+          <t>Gündüz Artan Bir Mersin Bilgesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753902359</t>
+          <t>9789753903288</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Zito Venizelos!..</t>
+          <t>Şu Bizim 93 Harbi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753901499</t>
+          <t>9789753902359</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Mil</t>
+          <t>Zito Venizelos!..</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753901883</t>
+          <t>9789753901499</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Ağzındaki Ot</t>
+          <t>Yirminci Mil</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753902182</t>
+          <t>9789753901883</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Önce</t>
+          <t>Yılanın Ağzındaki Ot</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753902786</t>
+          <t>9789753902182</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Yağmurdan Önce</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753902137</t>
+          <t>9789753902786</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türk Atı İngiliz Yarış Atlarının Atası</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753902021</t>
+          <t>9789753902137</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’un Cevabı</t>
+          <t>Türk Atı İngiliz Yarış Atlarının Atası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753901833</t>
+          <t>9789753902021</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Temel Sorunlarıyla Spor Felsefesi</t>
+          <t>Tolstoy’un Cevabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753902304</t>
+          <t>9789753901833</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzlu Atlar Ülkesi</t>
+          <t>Temel Sorunlarıyla Spor Felsefesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753901611</t>
+          <t>9789753902304</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sybil</t>
+          <t>Tekboynuzlu Atlar Ülkesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753902960</t>
+          <t>9789753901611</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Suçumuz Köy Enstitülü Olmak</t>
+          <t>Sybil</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753902373</t>
+          <t>9789753902960</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Spor Yapan İnsan</t>
+          <t>Suçumuz Köy Enstitülü Olmak</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753903073</t>
+          <t>9789753902373</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Son İyi Savaş</t>
+          <t>Spor Yapan İnsan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753901796</t>
+          <t>9789753903073</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Son Beste</t>
+          <t>Son İyi Savaş</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753902298</t>
+          <t>9789753901796</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şehir</t>
+          <t>Son Beste</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753901727</t>
+          <t>9789753902298</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kumagai’nin Anıları</t>
+          <t>Sihirli Şehir</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753902403</t>
+          <t>9789753901727</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sanatlar ve Toplumsal Etkileşim</t>
+          <t>Savaşçı Kumagai’nin Anıları</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753902892</t>
+          <t>9789753902403</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Ucu</t>
+          <t>Sanatlar ve Toplumsal Etkileşim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753903097</t>
+          <t>9789753902892</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Eyüboğlu’nun Denemelerinde Sanata Bakış</t>
+          <t>Sabahın Ucu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753902120</t>
+          <t>9789753903097</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Çağırıyor</t>
+          <t>Sabahattin Eyüboğlu’nun Denemelerinde Sanata Bakış</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753902816</t>
+          <t>9789753902120</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pandomimci</t>
+          <t>Ruhlar Çağırıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753902502</t>
+          <t>9789753902816</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Manifestosu</t>
+          <t>Pandomimci</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753901147</t>
+          <t>9789753902502</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Önce Kadınları Vurun</t>
+          <t>Özgürlüğün Manifestosu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753902151</t>
+          <t>9789753901147</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarda Kadınlar</t>
+          <t>Önce Kadınları Vurun</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753901598</t>
+          <t>9789753902151</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Modern Türkiye 1</t>
+          <t>Oyunlarda Kadınlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753902885</t>
+          <t>9789753901598</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nazari Musiki’nin Esasları</t>
+          <t>Osmanlı İmparatorluğu ve Modern Türkiye 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753902915</t>
+          <t>9789753902885</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Münih’e Kadar 6 Mezar</t>
+          <t>Nazari Musiki’nin Esasları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753903127</t>
+          <t>9789753902915</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Münih’e Kadar 6 Mezar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753902533</t>
+          <t>9789753903127</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Monk - Hawaii Macerası</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753902953</t>
+          <t>9789753902533</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Günlüğü</t>
+          <t>Monk - Hawaii Macerası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753901642</t>
+          <t>9789753902953</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Spekülatif Marjinal Tarih Tezleri</t>
+          <t>Moğolistan Günlüğü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753901802</t>
+          <t>9789753901642</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kör Randevu</t>
+          <t>Spekülatif Marjinal Tarih Tezleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753903134</t>
+          <t>9789753901802</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mardin - Güneş Ülkesi</t>
+          <t>Kör Randevu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753902625</t>
+          <t>9789753903134</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Madrid’de Kış</t>
+          <t>Mardin - Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753902519</t>
+          <t>9789753902625</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lost ve Felsefe</t>
+          <t>Madrid’de Kış</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753903219</t>
+          <t>9789753902519</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Artan Penceresinden Mersin</t>
+          <t>Lost ve Felsefe</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753903172</t>
+          <t>9789753903219</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Paşalar'ın Asya Misyonu</t>
+          <t>Gündüz Artan Penceresinden Mersin</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753902557</t>
+          <t>9789753903172</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>5 Temmuz Saat: 20:33</t>
+          <t>Paşalar'ın Asya Misyonu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
+          <t>9789753902557</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>5 Temmuz Saat: 20:33</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
           <t>9789753901901</t>
         </is>
       </c>
-      <c r="B189" s="1" t="inlineStr">
+      <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Halkbilimi Araştırmaları 2. Kitap</t>
         </is>
       </c>
-      <c r="C189" s="1">
-        <v>150</v>
+      <c r="C190" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>