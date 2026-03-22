--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2875 +85,5005 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753902366</t>
+          <t>9789753904056</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fener Balat Ayvansaray</t>
+          <t>Drama Menüsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753903271</t>
+          <t>9789753902588</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Taksim'den Tünele Adım Adım Beyoğlu</t>
+          <t>Kıvılcım Halkı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753903677</t>
+          <t>9789753900942</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kuruluştan Çöküşe Osmanlı</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753904087</t>
+          <t>9789753902380</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Floransa Kitapçısı</t>
+          <t>Karl MarX</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753903431</t>
+          <t>9789753900683</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Kara Delik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>540</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753904155</t>
+          <t>9789753901185</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Kapsüllü Tabanca</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753904070</t>
+          <t>9789753900409</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Omerta</t>
+          <t>Kalbimi Vatanıma Gömün</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753901239</t>
+          <t>9789753902618</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Et Yakında Hiç Kimse Güvenlikte Olmayacak</t>
+          <t>Kadim Denizcinin Ezgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753903370</t>
+          <t>9789753900546</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tlos</t>
+          <t>Kadınlara Mahsus</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753904018</t>
+          <t>9789753901840</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Kadınımın Üstüne Şıp Dedi Damladı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753900737</t>
+          <t>9789753902083</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Katya’nın Yazı</t>
+          <t>Kaba Saba Masallar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753900799</t>
+          <t>9789753902779</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şibumi</t>
+          <t>İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>495</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753901673</t>
+          <t>9789753902526</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Tarihi</t>
+          <t>İstanbul’dan Kapadokya’ya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753901451</t>
+          <t>9789753901253</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aptallar Erken Ölür</t>
+          <t>İsa’nın El Yazmaları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>540</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753904148</t>
+          <t>9789753901338</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Slovak Tiyatrosundan Çağdaş Oyunlar</t>
+          <t>İnsanlar ve Bitkiler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753904131</t>
+          <t>9789753900911</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>İndim Yarin Bahçesine... Parsellenmiş !..</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753901505</t>
+          <t>9789753902076</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>İnci Sokağı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>575</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753903776</t>
+          <t>9789753901956</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peçenekler ve Tikveş Türkleri</t>
+          <t>İki Dudak Arası Adalet ve İki Bacak Arası Aşk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753903523</t>
+          <t>9789753900515</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ethem</t>
+          <t>Hile Yolu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>700</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753904124</t>
+          <t>9789753902670</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Süryani Köyleri</t>
+          <t>Hece Taşı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753903448</t>
+          <t>9789753900829</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kuram İyi De Sınıfta Ne Yapalım?</t>
+          <t>Güzel Bir Ölüm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753903585</t>
+          <t>9789753901895</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri ve Oryantalizm</t>
+          <t>Güz Anımsamaları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753904117</t>
+          <t>9789753900928</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hu Ovası ve Diğer Hikayeler</t>
+          <t>Kırmızı Yel</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753904063</t>
+          <t>9789753902878</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Saray Oyunları</t>
+          <t>Gözleri Alan Yamaçtaki Kar Işıltılarında</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>425</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753904100</t>
+          <t>9789753900508</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy ve Yeşilköy'den Unutulmuş Portreler</t>
+          <t>Gölgeler Ordusu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753904094</t>
+          <t>9789753909891</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sora Sora Beyoğlu</t>
+          <t>Göç Türküsü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753904049</t>
+          <t>9789753902465</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçinden Tiyatro Geçen Mektuplar</t>
+          <t>Gestapo Karargahı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753904025</t>
+          <t>9789753901697</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>7 Gezi 7 İstanbul 2. Kitap</t>
+          <t>Geronimo Büyük Bir Vatansever Savaşçının Kendi Ağzından Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753903790</t>
+          <t>9789753902281</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ordulaşan Devletler Devletleşen Ordular</t>
+          <t>Gergedan Oyunu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753903899</t>
+          <t>9789753902700</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Doğru Okuma ve Yazım Kılavuzu</t>
+          <t>Fener, Balat, Ayvansaray (İngilizce)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753903639</t>
+          <t>9789753901406</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Çin Tarihi</t>
+          <t>E’siz Potkal</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753904001</t>
+          <t>9789753901000</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizi Pusulası</t>
+          <t>Entelektüel Yazılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753903998</t>
+          <t>9789753901103</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Denize Varınca</t>
+          <t>Elmalı ile Nasıl?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753903974</t>
+          <t>9789753901345</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cesur Dahiler</t>
+          <t>Eleştiriden Günceye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753903967</t>
+          <t>9789753902397</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Başka Şehirler</t>
+          <t>Dr. House’un Tıp Bilimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753903929</t>
+          <t>9789753900621</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yokluk</t>
+          <t>Dinle Alman Ulusu!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>425</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753903936</t>
+          <t>9789753900423</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Kız</t>
+          <t>Diğer Kayıplar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753903912</t>
+          <t>9789753900744</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Kartalları Kartalların Savaşı</t>
+          <t>Dışa Açık Büyüme ve Türkiye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753903905</t>
+          <t>9789753900386</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Döngüde Bir Yusuf</t>
+          <t>Demokratikleşme Sürecinde Kent ve İnsan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753903882</t>
+          <t>9789753900638</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Himalaya Çölü</t>
+          <t>Demokrasi, Barış, Sosyalizm</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753903844</t>
+          <t>9789753901376</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Söz Sanığın</t>
+          <t>Dehşetin Tekerlekleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753903851</t>
+          <t>9789753900713</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kumarhanesi ve Mercan Altunyan Çetesi</t>
+          <t>Çöl Fırtınası Beyaz Saray’ın Savaş Sırları Körfez Savaşı: 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753903868</t>
+          <t>9789753901437</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Paylaştılar!</t>
+          <t>Çocuğumu Büyütüyorum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753903837</t>
+          <t>9789753900881</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutfaksız Kadınlar</t>
+          <t>Çıldırtan Kabus</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753903813</t>
+          <t>9789753900560</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Huzur</t>
+          <t>Çevremiz de Demokrasi Bekliyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753903806</t>
+          <t>9789753901666</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>7 Gezi 7 İstanbul</t>
+          <t>Çelik Bilye</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>325</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753903783</t>
+          <t>9789753901789</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü</t>
+          <t>Çapraz Günce</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>330</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753903752</t>
+          <t>9789753902939</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Çocukları</t>
+          <t>Çakal</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753903738</t>
+          <t>9789753901536</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sonraki Yıllar</t>
+          <t>Cephe Arkadaşları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753903646</t>
+          <t>9789753901116</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Suyuna Eğri Ağaçlar</t>
+          <t>Cehennem Krallığı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753903707</t>
+          <t>9789753903042</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dik Yürüyen Adam</t>
+          <t>Canlandırılan Ütopya Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753903691</t>
+          <t>9789753901857</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İki Kadın İki Yaşam</t>
+          <t>Buluttan Resimler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753903714</t>
+          <t>9789753901314</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Kasabası</t>
+          <t>Falcone Bağlantısı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753903684</t>
+          <t>9789753900065</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Mürekkep</t>
+          <t>Ey Gaziler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753903660</t>
+          <t>9789753901635</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcinin Not Defteri</t>
+          <t>Bu Gece Özgürlük</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753903653</t>
+          <t>9789753900447</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yapıcılığın Gücü</t>
+          <t>Bir Yerde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753903622</t>
+          <t>9789753901321</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Amiralleri Amirallerin Savaşı</t>
+          <t>Bir Çocuk Bekliyorum</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753903615</t>
+          <t>9789753900904</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lapland</t>
+          <t>Ben İnsan (Bay Z.)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>275</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753903608</t>
+          <t>9789753901628</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ahlan ve Sahlan Kahire</t>
+          <t>Banko</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753903592</t>
+          <t>9789753900782</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Akıl İnsanı Muharrem Balat</t>
+          <t>Bir Yaşamın Güncesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753903554</t>
+          <t>9789753902991</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ortaasya'dan Toroslara Gülnar</t>
+          <t>Atlarımızı Boyayalım - Bilgilendirici At Boyama Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753903561</t>
+          <t>9789753901659</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Asil Kadınları</t>
+          <t>Bir Satanistin Anıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753903578</t>
+          <t>9789753901932</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gülnar Ağzı</t>
+          <t>Atçalı Kel Mehmet İsyanı: Aydın İhtilali (1829 - 1830)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753903547</t>
+          <t>9789753900720</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Merv’den Anaypazarı’na Gülnar</t>
+          <t>Askeri Mahkeme</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753903516</t>
+          <t>9789753901215</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tlos</t>
+          <t>Arayışlar, Buluşlar, Kayboluşlar..</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753903486</t>
+          <t>9789753901741</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mezarlar ve Mumyalar</t>
+          <t>Amerikan Medyasında 11 Eylül</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>325</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753903493</t>
+          <t>9789753902090</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Yalı</t>
+          <t>1339 ya da Öyle Bir Yıl</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753902717</t>
+          <t>9789753903363</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Çocukları</t>
+          <t>Bir Zamanlar Bakırköy</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>27</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753902601</t>
+          <t>9789753903769</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Arkadaşı</t>
+          <t>Yugoslavya Dersleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753903479</t>
+          <t>9789753903332</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Neden Antarktika?</t>
+          <t>Kültür - Sanat Kenti Floransa ve Toskana Bölgesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753901055</t>
+          <t>9789753903264</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnfazcı</t>
+          <t>Günlerin Köpüğü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>52</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753903455</t>
+          <t>9789753903530</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Generalleri Generallerin Savaşı</t>
+          <t>Homeros İlyada ve Troya</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>275</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753903462</t>
+          <t>9789753903400</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevgili İstanbul</t>
+          <t>Köpük ve Kıvılcım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059989015</t>
+          <t>9789753900966</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ezidiler</t>
+          <t>Zehirinde Açan Zambak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753903417</t>
+          <t>9789753902045</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tabular, Korkular ve Kadınlar</t>
+          <t>Yeni Bilgiler Işığında Dadaloğlu Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753903424</t>
+          <t>9789753900027</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İçinden "Dünya" Geçen Yazılar</t>
+          <t>Yaşlılığın Tadını Çıkarın</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753902861</t>
+          <t>9789753900751</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fabrizio'nun Dönüşü</t>
+          <t>Yaşanmayan Anılar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>175</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753903301</t>
+          <t>9789753900478</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rom Günlükleri</t>
+          <t>Yaşama Uğraşı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753903394</t>
+          <t>9799753901771</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Asil Hayvanlar</t>
+          <t>Yarının Dünya Düzeni</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>325</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753903356</t>
+          <t>9789753900997</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Elif’in ‘’Kısacıklar’’ı</t>
+          <t>Yakamoz ve Tebessüm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753903387</t>
+          <t>9789753901086</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Yelpazesi</t>
+          <t>Üşüyen Sıcak Düşlerim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753903349</t>
+          <t>9789753902762</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Dehlizlerinde</t>
+          <t>Ülkemin Şiir Atlası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753902649</t>
+          <t>9789753902311</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sinan At Biniyor - Tımar Zamanı / 2</t>
+          <t>Uyku Evi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>175</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753903028</t>
+          <t>9789753900812</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Bizans Bahçesinde Büyüdüm</t>
+          <t>Turuncu Eleni</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753903080</t>
+          <t>9789753901703</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bedri Rahmi Eyüboğlu’nun Penceresinden Halk Kültürü</t>
+          <t>Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753902007</t>
+          <t>9789753902199</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Atların Ressamı Avni Arbaş</t>
+          <t>Tragedya ile Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753902595</t>
+          <t>9789753902236</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bangkok 8</t>
+          <t>Tiyatroda Göstergebilim</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753902038</t>
+          <t>9789753902106</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ayrıntılarda Saklı Tarih Her Dipnotun Altında Bir Tarih Yatar</t>
+          <t>Tembel Ayaklanması Yan Gelip Yatmanın Manifestosu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753902854</t>
+          <t>9789753901079</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ayılar</t>
+          <t>Vazoya Bir Gül Düştü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753902113</t>
+          <t>9789753900577</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Korkmuyorum! Meme Kanseri</t>
+          <t>Tabiat Haklıdır</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753902205</t>
+          <t>9789753901420</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Çınar</t>
+          <t>Şiir Evi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753900058</t>
+          <t>9789753900034</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Orkestra</t>
+          <t>Şeytan Ağacı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753903110</t>
+          <t>9789753901574</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Köşe İstanbul</t>
+          <t>Şafak Vakti</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753903141</t>
+          <t>9789753900652</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kısık Ateşte</t>
+          <t>Sultan Osman</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753901352</t>
+          <t>9789753902458</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kerkenez</t>
+          <t>SS Generali</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753901680</t>
+          <t>9789753902687</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kentte Sıcak Gece</t>
+          <t>Sinan At Biniyor Serisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753901710</t>
+          <t>9789753902663</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kehanet veya Saplantı</t>
+          <t>Sinan At Biniyor - Tulpar’ın Yeni Görevi / 4</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753903066</t>
+          <t>9789753902632</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kardelen ve Doğa Sevdası Yazılar</t>
+          <t>Sinan At Biniyor - Tulpar Sinan’ı Çağrıyor</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753901987</t>
+          <t>9789753902656</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kan Defteri</t>
+          <t>Sinan At Biniyor - Rüya Yolculuğu 3</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753903103</t>
+          <t>9789753901826</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadim Dost</t>
+          <t>Sikkesiz Sultanlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753901475</t>
+          <t>9789753901260</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kuşkucu Tomas</t>
+          <t>Sigarayı Bırakmanın Kolay Yolu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753902823</t>
+          <t>9789753901550</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hortlayan Cellat</t>
+          <t>Sınır Taburu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753901758</t>
+          <t>9789753900805</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her Sakaldan Bir Kıl</t>
+          <t>Serseri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>375</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753902984</t>
+          <t>9789753902908</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Her İhtimale Karşı</t>
+          <t>Satori</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753903165</t>
+          <t>9789753902922</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayal-i Rüya</t>
+          <t>Rosa Verde - Yeşil Gül</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753900584</t>
+          <t>9789753900898</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Köpüğü</t>
+          <t>Rastlantısal Düşünceler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753902724</t>
+          <t>9789753902946</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Çağrısı</t>
+          <t>Pera’dan Beyoğlu’na</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>175</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753903158</t>
+          <t>9789753902472</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Diyalog</t>
+          <t>Paris’i Yakın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753902731</t>
+          <t>9789753900492</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Mektuplar</t>
+          <t>Ölümün Kanlı Yolu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753903035</t>
+          <t>9789753901864</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yıl Kudüs’te</t>
+          <t>Ölüm Dansı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753902830</t>
+          <t>9789753901604</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon</t>
+          <t>Osmanlı İmparatorluğu ve Modern Türkiye 2</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753901918</t>
+          <t>9789753901280</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Ocağa Yanıyor</t>
+          <t>Ortayaşta Cinsellik, Aşk ve Mahremiyet Hakkında</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753902571</t>
+          <t>9789753901567</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızlarına Karşı</t>
+          <t>Onlar Ölürken</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753902144</t>
+          <t>9789753900980</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Derin Suçun Küresel Otoritesi</t>
+          <t>Sözboğumu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753902342</t>
+          <t>9789753901949</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Sevenler Kulübü</t>
+          <t>Morituri: Cezayir’de Ölüm</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753902793</t>
+          <t>9789753901543</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Düğün</t>
+          <t>Monte Cassino Cehennemi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753902212</t>
+          <t>9789753902335</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 Boğaz Harekatı</t>
+          <t>Monk - İtfaiye Cinayeti</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753902069</t>
+          <t>9789753900973</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 18 Mart 1915</t>
+          <t>Okaliptüs Yeşim Ağacı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753902847</t>
+          <t>9789753901273</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cennet Nehirleri</t>
+          <t>Menopoz En Çok Sorulan 150 Soru</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753902274</t>
+          <t>9789753901093</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yapıt</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753901369</t>
+          <t>9789753900874</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürek Sızlaması</t>
+          <t>Mahmut ve Meryem</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753902755</t>
+          <t>9789753901444</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ben Şaman</t>
+          <t>Lunapark</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753901765</t>
+          <t>9789753900959</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımızdaki Cennet</t>
+          <t>Kül İzi Gitmek Gibi Sızılı Bir Titreşim Işıklarda</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753902540</t>
+          <t>9789753902175</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aum</t>
+          <t>Köstebek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753902052</t>
+          <t>9789753900614</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Artakalanlar</t>
+          <t>Körfez Savaşı Gizli Dosya</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753900430</t>
+          <t>9789753900010</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Adımlar</t>
+          <t>O.G.P.U. Hapishanesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>175</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753902410</t>
+          <t>9789753900597</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Eşek</t>
+          <t>Kör Oldum Veysel Oldum</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>175</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753902748</t>
+          <t>9789753901734</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Bulut’a Sevgi Sözleri</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753902694</t>
+          <t>9789753901390</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Bulut - Kasabalı Lorca</t>
+          <t>Komiser</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753902564</t>
+          <t>9789753902809</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gezgin'in Şarkısı</t>
+          <t>Sarı Defterim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753903233</t>
+          <t>9789753902496</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sigarayı Bırak Özgür Ol</t>
+          <t>İhanet Riski Rehberi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753903226</t>
+          <t>9789753901925</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İzmir'den Antalya'ya</t>
+          <t>Halkbilimi Araştırmaları 3. Kitap</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753903240</t>
+          <t>9789753901994</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bir Başarısızlığın Hikayesi</t>
+          <t>Halkbilimi Araştırmaları 4. Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753903257</t>
+          <t>9789753901871</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tasvir-i Efkar Gazetesinde Çanakkale Savaşları</t>
+          <t>Halkbilimi Araştırmaları 1. Kitap</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758612451</t>
+          <t>9789753902427</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yazarı Olsa Ne Yazar</t>
+          <t>Kozanın Tereddütü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>125</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753903318</t>
+          <t>9789753902267</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sana Söyleyeceklerim Var Anne</t>
+          <t>Batı Doğu'dan Başlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>175</v>
+        <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753902243</t>
+          <t>9969753901303</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Teftişten Teftişe Anadolu</t>
+          <t>Cinsel Burçlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753902489</t>
+          <t>9789753901819</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yıllık Yazıları</t>
+          <t>İhtiras Oyunu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753903820</t>
+          <t>9789753902250</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Kuş</t>
+          <t>Karanlıkta Kaybolanlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753900454</t>
+          <t>9789753903875</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Festschrift für Heide Froning / Studies in Honour of Heide Froning (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>290</v>
+        <v>324.07</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753902014</t>
+          <t>9789753904162</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bor Kapanı</t>
+          <t>Talihli Göçmen</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753902229</t>
+          <t>9789753903981</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Boğazlar Meselesi ve Çanakkale Deniz Zaferi</t>
+          <t>Brunelleschi’nin Kubbesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753901482</t>
+          <t>9789753902366</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Dili</t>
+          <t>Fener Balat Ayvansaray</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753903189</t>
+          <t>9789753903271</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sophie Dean'i Terk Etmek</t>
+          <t>Taksim'den Tünele Adım Adım Beyoğlu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753903509</t>
+          <t>9789753903677</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Haneye Tecavüz</t>
+          <t>Kuruluştan Çöküşe Osmanlı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753902434</t>
+          <t>9789753904087</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anayurt</t>
+          <t>Floransa Kitapçısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753903059</t>
+          <t>9789753903431</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Anamur’da Dinlence</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>175</v>
+        <v>540</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753903295</t>
+          <t>9789753904155</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gezilerimin Fıkraları</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753903202</t>
+          <t>9789753904070</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Artan Bir Mersin Bilgesi</t>
+          <t>Omerta</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753903288</t>
+          <t>9789753901239</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim 93 Harbi</t>
+          <t>Et Yakında Hiç Kimse Güvenlikte Olmayacak</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753902359</t>
+          <t>9789753903370</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zito Venizelos!..</t>
+          <t>Tlos</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753901499</t>
+          <t>9789753904018</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Mil</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753901883</t>
+          <t>9789753900737</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Ağzındaki Ot</t>
+          <t>Katya’nın Yazı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753902182</t>
+          <t>9789753900799</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Önce</t>
+          <t>Şibumi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753902786</t>
+          <t>9789753901673</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Sömürgecilik Tarihi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753902137</t>
+          <t>9789753901451</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türk Atı İngiliz Yarış Atlarının Atası</t>
+          <t>Aptallar Erken Ölür</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>475</v>
+        <v>540</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753902021</t>
+          <t>9789753904148</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’un Cevabı</t>
+          <t>Slovak Tiyatrosundan Çağdaş Oyunlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753901833</t>
+          <t>9789753904131</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Temel Sorunlarıyla Spor Felsefesi</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753902304</t>
+          <t>9789753901505</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzlu Atlar Ülkesi</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753901611</t>
+          <t>9789753903776</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sybil</t>
+          <t>Peçenekler ve Tikveş Türkleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753902960</t>
+          <t>9789753903523</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Suçumuz Köy Enstitülü Olmak</t>
+          <t>Ethem</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753902373</t>
+          <t>9789753904124</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Spor Yapan İnsan</t>
+          <t>Süryani Köyleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753903073</t>
+          <t>9789753903448</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Son İyi Savaş</t>
+          <t>Kuram İyi De Sınıfta Ne Yapalım?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753901796</t>
+          <t>9789753903585</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Son Beste</t>
+          <t>Köy Enstitüleri ve Oryantalizm</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753902298</t>
+          <t>9789753904117</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şehir</t>
+          <t>Hu Ovası ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753901727</t>
+          <t>9789753904063</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kumagai’nin Anıları</t>
+          <t>Saray Oyunları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753902403</t>
+          <t>9789753904100</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sanatlar ve Toplumsal Etkileşim</t>
+          <t>Bakırköy ve Yeşilköy'den Unutulmuş Portreler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753902892</t>
+          <t>9789753904094</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sabahın Ucu</t>
+          <t>Sora Sora Beyoğlu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753903097</t>
+          <t>9789753904049</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Eyüboğlu’nun Denemelerinde Sanata Bakış</t>
+          <t>İçinden Tiyatro Geçen Mektuplar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753902120</t>
+          <t>9789753904025</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Çağırıyor</t>
+          <t>7 Gezi 7 İstanbul 2. Kitap</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753902816</t>
+          <t>9789753903790</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pandomimci</t>
+          <t>Ordulaşan Devletler Devletleşen Ordular</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753902502</t>
+          <t>9789753903899</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Manifestosu</t>
+          <t>Doğru Okuma ve Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753901147</t>
+          <t>9789753903639</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Önce Kadınları Vurun</t>
+          <t>Herkes İçin Çin Tarihi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753902151</t>
+          <t>9789753904001</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarda Kadınlar</t>
+          <t>Televizyon Dizi Pusulası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753901598</t>
+          <t>9789753903998</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Modern Türkiye 1</t>
+          <t>Denize Varınca</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753902885</t>
+          <t>9789753903974</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nazari Musiki’nin Esasları</t>
+          <t>Cesur Dahiler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753902915</t>
+          <t>9789753903967</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Münih’e Kadar 6 Mezar</t>
+          <t>Başka Şehirler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753903127</t>
+          <t>9789753903929</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Yokluk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753902533</t>
+          <t>9789753903936</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Monk - Hawaii Macerası</t>
+          <t>Gemideki Kız</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753902953</t>
+          <t>9789753903912</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan Günlüğü</t>
+          <t>Savaşın Kartalları Kartalların Savaşı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753901642</t>
+          <t>9789753903905</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Spekülatif Marjinal Tarih Tezleri</t>
+          <t>Döngüde Bir Yusuf</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753901802</t>
+          <t>9789753903882</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kör Randevu</t>
+          <t>Himalaya Çölü</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753903134</t>
+          <t>9789753903844</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mardin - Güneş Ülkesi</t>
+          <t>Söz Sanığın</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753902625</t>
+          <t>9789753903851</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Madrid’de Kış</t>
+          <t>Yıldız Kumarhanesi ve Mercan Altunyan Çetesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753902519</t>
+          <t>9789753903868</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Lost ve Felsefe</t>
+          <t>Ölümü Paylaştılar!</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753903219</t>
+          <t>9789753903837</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Artan Penceresinden Mersin</t>
+          <t>Mutfaksız Kadınlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753903172</t>
+          <t>9789753903813</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Paşalar'ın Asya Misyonu</t>
+          <t>Bir Yudum Huzur</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753902557</t>
+          <t>9789753903806</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>5 Temmuz Saat: 20:33</t>
+          <t>7 Gezi 7 İstanbul</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
+          <t>9789753903783</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Çöküşü</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789753903752</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Sokağın Çocukları</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789753903738</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sonraki Yıllar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789753903646</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Suyuna Eğri Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789753903707</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Dik Yürüyen Adam</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789753903691</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>İki Kadın İki Yaşam</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789753903714</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Ölüler Kasabası</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789753903684</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusta Mürekkep</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789753903660</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimcinin Not Defteri</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789753903653</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Yapıcılığın Gücü</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789753903622</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Amiralleri Amirallerin Savaşı</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789753903615</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Lapland</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789753903608</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Ahlan ve Sahlan Kahire</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789753903592</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Bir Akıl İnsanı Muharrem Balat</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789753903554</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Ortaasya'dan Toroslara Gülnar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789753903561</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Bizans’ın Asil Kadınları</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789753903578</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Gülnar Ağzı</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789753903547</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Merv’den Anaypazarı’na Gülnar</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789753903516</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Tlos</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789753903486</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlar ve Mumyalar</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789753903493</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Yalı</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789753902717</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan’ın Çocukları</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789753902601</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan’ın Arkadaşı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789753903479</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Neden Antarktika?</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789753901055</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>İnfazcı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789753903455</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Generalleri Generallerin Savaşı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789753903462</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili İstanbul</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059989015</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Ezidiler</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789753903417</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Tabular, Korkular ve Kadınlar</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789753903424</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>İçinden "Dünya" Geçen Yazılar</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789753902861</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Fabrizio'nun Dönüşü</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789753903301</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Rom Günlükleri</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789753903394</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Asil Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789753903356</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Elif’in ‘’Kısacıklar’’ı</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789753903387</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Yelpazesi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789753903349</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Sarayın Dehlizlerinde</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789753902649</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Sinan At Biniyor - Tımar Zamanı / 2</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789753903028</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Bizans Bahçesinde Büyüdüm</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789753903080</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Bedri Rahmi Eyüboğlu’nun Penceresinden Halk Kültürü</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789753902007</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Başkaldıran Atların Ressamı Avni Arbaş</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789753902595</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Bangkok 8</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789753902038</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Ayrıntılarda Saklı Tarih Her Dipnotun Altında Bir Tarih Yatar</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789753902854</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Ayılar</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789753902113</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Korkmuyorum! Meme Kanseri</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789753902205</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Çınar</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789753900058</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Orkestra</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789753903110</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kıyı Köşe İstanbul</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789753903141</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Kısık Ateşte</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789753901352</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Kerkenez</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789753901680</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Kentte Sıcak Gece</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789753901710</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet veya Saplantı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789753903066</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Kardelen ve Doğa Sevdası Yazılar</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789753901987</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Kan Defteri</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789753903103</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Kadim Dost</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789753901475</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Kuşkucu Tomas</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789753902823</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Hortlayan Cellat</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789753901758</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Her Sakaldan Bir Kıl</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789753902984</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Her İhtimale Karşı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789753903165</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Hayal-i Rüya</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789753900584</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Günlerin Köpüğü</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789753902724</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Göklerin Çağrısı</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789753903158</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerle Diyalog</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789753902731</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere Mektuplar</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789753903035</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek Yıl Kudüs’te</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789753902830</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Enfeksiyon</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789753901918</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Düşmüş Ocağa Yanıyor</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789753902571</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hırsızlarına Karşı</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789753902144</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Derin Suçun Küresel Otoritesi</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789753902342</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Çikolata Sevenler Kulübü</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789753902793</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Düğün</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789753902212</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale 1915 Boğaz Harekatı</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789753902069</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale 18 Mart 1915</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789753902847</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Nehirleri</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789753902274</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yapıt</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789753901369</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yürek Sızlaması</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789753902755</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Ben Şaman</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789753901765</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Avuçlarımızdaki Cennet</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789753902540</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Aum</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789753902052</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Artakalanlar</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789753900430</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Adımlar</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789753902410</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Adam Gibi Eşek</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789753902748</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Abdülkadir Bulut’a Sevgi Sözleri</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789753902694</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Abdülkadir Bulut - Kasabalı Lorca</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789753902564</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin'in Şarkısı</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789753903233</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Sigarayı Bırak Özgür Ol</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789753903226</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>İzmir'den Antalya'ya</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789753903240</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Bir Başarısızlığın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789753903257</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Tasvir-i Efkar Gazetesinde Çanakkale Savaşları</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789758612451</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Reklam Yazarı Olsa Ne Yazar</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789753903318</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Sana Söyleyeceklerim Var Anne</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789753902243</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Teftişten Teftişe Anadolu</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789753902489</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Yıllık Yazıları</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789753903820</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Boyalı Kuş</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789753900454</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Boşluk</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789753902014</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Bor Kapanı</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789753902229</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Boğazlar Meselesi ve Çanakkale Deniz Zaferi</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789753901482</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerin Dili</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789753903189</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Sophie Dean'i Terk Etmek</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789753903509</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Haneye Tecavüz</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789753902434</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Anayurt</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789753903059</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Anamur’da Dinlence</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789753903295</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Gezilerimin Fıkraları</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789753903202</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz Artan Bir Mersin Bilgesi</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789753903288</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Şu Bizim 93 Harbi</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789753902359</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Zito Venizelos!..</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789753901499</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Yirminci Mil</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789753901883</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Yılanın Ağzındaki Ot</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789753902182</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurdan Önce</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789753902786</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Vadideki Zambak</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789753902137</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Türk Atı İngiliz Yarış Atlarının Atası</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789753902021</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy’un Cevabı</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789753901833</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Temel Sorunlarıyla Spor Felsefesi</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789753902304</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Tekboynuzlu Atlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789753901611</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Sybil</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789753902960</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Suçumuz Köy Enstitülü Olmak</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789753902373</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yapan İnsan</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789753903073</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Son İyi Savaş</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789753901796</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Son Beste</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789753902298</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Şehir</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789753901727</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı Kumagai’nin Anıları</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789753902403</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Sanatlar ve Toplumsal Etkileşim</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789753902892</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Sabahın Ucu</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789753903097</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Eyüboğlu’nun Denemelerinde Sanata Bakış</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789753902120</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Ruhlar Çağırıyor</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789753902816</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Pandomimci</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789753902502</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Manifestosu</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789753901147</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Önce Kadınları Vurun</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789753902151</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Oyunlarda Kadınlar</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789753901598</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İmparatorluğu ve Modern Türkiye 1</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789753902885</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Nazari Musiki’nin Esasları</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789753902915</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Münih’e Kadar 6 Mezar</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789753903127</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789753902533</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Monk - Hawaii Macerası</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789753902953</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Moğolistan Günlüğü</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789753901642</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Spekülatif Marjinal Tarih Tezleri</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789753901802</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Kör Randevu</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789753903134</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Mardin - Güneş Ülkesi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789753902625</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Madrid’de Kış</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789753902519</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Lost ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789753903219</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz Artan Penceresinden Mersin</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789753903172</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Paşalar'ın Asya Misyonu</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789753902557</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>5 Temmuz Saat: 20:33</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
           <t>9789753901901</t>
         </is>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B332" s="1" t="inlineStr">
         <is>
           <t>Halkbilimi Araştırmaları 2. Kitap</t>
         </is>
       </c>
-      <c r="C190" s="1">
+      <c r="C332" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>