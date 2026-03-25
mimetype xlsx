--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,4075 +85,4120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255907110</t>
+          <t>9786255907226</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gam Defterinin Tamamı</t>
+          <t>Senin Kitap Kahramanın Hangisi?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255907141</t>
+          <t>9786255907219</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bütün Vaatler</t>
+          <t>Şimdi Bütün Başlangıçlar (Şiir)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255907134</t>
+          <t>9786255907202</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Henüz Dünya</t>
+          <t>Aç Kapıyı Taç Kapı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255907127</t>
+          <t>9786255907110</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınır İhlali</t>
+          <t>Gam Defterinin Tamamı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255907035</t>
+          <t>9786255907141</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Suad (Yalçın): Dostum Cenap Şahabeddin</t>
+          <t>Bütün Vaatler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255907059</t>
+          <t>9786255907134</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sepehri &amp; Lorca: Akdenizdeki Çöl</t>
+          <t>Henüz Dünya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255907097</t>
+          <t>9786255907127</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nâzım Hikmet Şiirinde Özne Sorunsalı</t>
+          <t>Sınır İhlali</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255907073</t>
+          <t>9786255907035</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kahır ve Ayin</t>
+          <t>Hüseyin Suad (Yalçın): Dostum Cenap Şahabeddin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255907011</t>
+          <t>9786255907059</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mezarı Yoktu Çocukların</t>
+          <t>Sepehri &amp; Lorca: Akdenizdeki Çöl</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257470506</t>
+          <t>9786255907097</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gökyaşı</t>
+          <t>Nâzım Hikmet Şiirinde Özne Sorunsalı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257470544</t>
+          <t>9786255907073</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bütün Seslerden Sonra</t>
+          <t>Kahır ve Ayin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257470070</t>
+          <t>9786255907011</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Detone Sessizlik</t>
+          <t>Mezarı Yoktu Çocukların</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257470407</t>
+          <t>9786257470506</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kalbinden Uzaklaş</t>
+          <t>Gökyaşı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257470520</t>
+          <t>9786257470544</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uçmağ’da Bir Haziran</t>
+          <t>Bütün Seslerden Sonra</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257470469</t>
+          <t>9786257470070</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Tartışması</t>
+          <t>Detone Sessizlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257470858</t>
+          <t>9786257470407</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Işığın Ta Kendisi</t>
+          <t>Kalbinden Uzaklaş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257470872</t>
+          <t>9786257470520</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çözümlemenin Estetiği</t>
+          <t>Uçmağ’da Bir Haziran</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257470810</t>
+          <t>9786257470469</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk’ün Siyaset Felsefesi</t>
+          <t>İkinci Yeni Tartışması</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257470834</t>
+          <t>9786257470858</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Bir Savaş</t>
+          <t>Işığın Ta Kendisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257470797</t>
+          <t>9786257470872</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Toplum, İslam Toplumu, Devlet ve Devlet Adamı Hakkındaki Görüşleri</t>
+          <t>Çözümlemenin Estetiği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257470759</t>
+          <t>9786257470810</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Müzik (Şiir)</t>
+          <t>Nizamülmülk’ün Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257470773</t>
+          <t>9786257470834</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sütdili</t>
+          <t>Edebiyatta Bir Savaş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257470735</t>
+          <t>9786257470797</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Modernite Çıkmazında İslam</t>
+          <t>Sezai Karakoç’un Toplum, İslam Toplumu, Devlet ve Devlet Adamı Hakkındaki Görüşleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257470681</t>
+          <t>9786257470759</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ayak ve Yalvarırcasına (Şiir)</t>
+          <t>Nükleer Müzik (Şiir)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257470711</t>
+          <t>9786257470773</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıldan Kıvılcımlar (Söyleşi)</t>
+          <t>Sütdili</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257470667</t>
+          <t>9786257470735</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Özgürlüğü Sürecinde İsmet Özel Şiiri</t>
+          <t>Modernite Çıkmazında İslam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257470629</t>
+          <t>9786257470681</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Süresiz Deney (Eleştiri)</t>
+          <t>Yalın Ayak ve Yalvarırcasına (Şiir)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257470643</t>
+          <t>9786257470711</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hugo Ball - Bütün Şiirleri</t>
+          <t>Kırk Yıldan Kıvılcımlar (Söyleşi)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756360118</t>
+          <t>9786257470667</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim</t>
+          <t>İnsanın Özgürlüğü Sürecinde İsmet Özel Şiiri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257470612</t>
+          <t>9786257470629</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dil Çöktü (Şiir)</t>
+          <t>Süresiz Deney (Eleştiri)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257470582</t>
+          <t>9786257470643</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Kurucu ve Yıkıcı Bir Güç Parodi -Eleştiri</t>
+          <t>Hugo Ball - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257470360</t>
+          <t>9789756360118</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zarifoğlu İns’teki Yabancı</t>
+          <t>Siyasal İletişim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257470575</t>
+          <t>9786257470612</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Direniş Mümkündür</t>
+          <t>Dil Çöktü (Şiir)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257470339</t>
+          <t>9786257470582</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kukafaru</t>
+          <t>Sanatta Kurucu ve Yıkıcı Bir Güç Parodi -Eleştiri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257470308</t>
+          <t>9786257470360</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tüfeği Duvara Asmak Yok</t>
+          <t>Zarifoğlu İns’teki Yabancı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257470353</t>
+          <t>9786257470575</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bakışın Serüveni</t>
+          <t>Direniş Mümkündür</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257470285</t>
+          <t>9786257470339</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zarifoğlu Efsane ve Şiir</t>
+          <t>Kukafaru</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257470261</t>
+          <t>9786257470308</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Geçtiğinde (Şiir)</t>
+          <t>Tüfeği Duvara Asmak Yok</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257470247</t>
+          <t>9786257470353</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Okuma Süreçleri</t>
+          <t>Bakışın Serüveni</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257470230</t>
+          <t>9786257470285</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Metrukpol</t>
+          <t>Zarifoğlu Efsane ve Şiir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257470209</t>
+          <t>9786257470261</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Düşerken Söylenecek Şarkılar</t>
+          <t>Her Şey Geçtiğinde (Şiir)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257470117</t>
+          <t>9786257470247</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nenem Bir Çiçek</t>
+          <t>Okuma Süreçleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257470131</t>
+          <t>9786257470230</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Keşif Bedeli</t>
+          <t>Metrukpol</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257470155</t>
+          <t>9786257470209</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Çiçeklerle Ne Söylemek İstedi</t>
+          <t>Düşerken Söylenecek Şarkılar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257470162</t>
+          <t>9786257470117</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatsız Edebiyat</t>
+          <t>Nenem Bir Çiçek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257470193</t>
+          <t>9786257470131</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çevrimdışı</t>
+          <t>Keşif Bedeli</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257470094</t>
+          <t>9786257470155</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Türk Şiiri - Şairler Akımlar Sorunlar</t>
+          <t>Tanrı Çiçeklerle Ne Söylemek İstedi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756360095</t>
+          <t>9786257470162</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vilayat-ı Şarkiye Mültecileri - Unutulmuş Bir Göç Trajedisi (1915-1923)</t>
+          <t>Edebiyatsız Edebiyat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059814430</t>
+          <t>9786257470193</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Yettiğince Savaş</t>
+          <t>Çevrimdışı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756360097</t>
+          <t>9786257470094</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>John Locke'ta Mülkiyet Anlayışı</t>
+          <t>21. Yüzyıl Türk Şiiri - Şairler Akımlar Sorunlar</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944446174</t>
+          <t>9789756360095</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çete Kurma Hazırlıkları</t>
+          <t>Vilayat-ı Şarkiye Mültecileri - Unutulmuş Bir Göç Trajedisi (1915-1923)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944446907</t>
+          <t>9786059814430</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Biraz Sonbahar Biraz Hüzün</t>
+          <t>Ömrüm Yettiğince Savaş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056360101</t>
+          <t>9789756360097</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? 1: Atatürk'ün Kişiliği</t>
+          <t>John Locke'ta Mülkiyet Anlayışı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059814379</t>
+          <t>9789944446174</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kapanış Konuşması (Şiir)</t>
+          <t>Çete Kurma Hazırlıkları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059814362</t>
+          <t>9789944446907</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dogma (Şiir)</t>
+          <t>Biraz Sonbahar Biraz Hüzün</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059814294</t>
+          <t>9786056360101</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Gün Yüzünüz</t>
+          <t>Atatürk Kimdir? 1: Atatürk'ün Kişiliği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059814492</t>
+          <t>9786059814379</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sorgusual'siz</t>
+          <t>Kapanış Konuşması (Şiir)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000051195</t>
+          <t>9786059814362</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Yettiğince Savaş</t>
+          <t>Dogma (Şiir)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059814119</t>
+          <t>9786059814294</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ortasından Deniz Geçen Bir Hikaye</t>
+          <t>Karanlıkta Gün Yüzünüz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059814393</t>
+          <t>9786059814492</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sekerat</t>
+          <t>Sorgusual'siz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059814409</t>
+          <t>3990000051195</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mektebin Bacaları</t>
+          <t>Ömrüm Yettiğince Savaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059814454</t>
+          <t>9786059814119</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hep Tabu</t>
+          <t>Ortasından Deniz Geçen Bir Hikaye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059814232</t>
+          <t>9786059814393</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma ( Şiir )</t>
+          <t>Sekerat</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059814249</t>
+          <t>9786059814409</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Şimdi Cumhuriyet</t>
+          <t>Mektebin Bacaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059814225</t>
+          <t>9786059814454</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bağ</t>
+          <t>Hep Tabu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059814218</t>
+          <t>9786059814232</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bayraklaşan Şair Arif Nihat Asya</t>
+          <t>Çarpışma ( Şiir )</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059814126</t>
+          <t>9786059814249</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Soysal</t>
+          <t>Yüzüm Şimdi Cumhuriyet</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059814140</t>
+          <t>9786059814225</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Pars Kopuk Topuk</t>
+          <t>Bağ</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059814201</t>
+          <t>9786059814218</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Memleket Mektep Meclis Arasında Bir Hayat Faruk Nafiz Çamlıbel</t>
+          <t>Bayraklaşan Şair Arif Nihat Asya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059814102</t>
+          <t>9786059814126</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Günkız</t>
+          <t>Sevgi Soysal</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059814089</t>
+          <t>9786059814140</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ve De Ki</t>
+          <t>Kızgın Pars Kopuk Topuk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059814027</t>
+          <t>9786059814201</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Poetik Fiiller</t>
+          <t>Memleket Mektep Meclis Arasında Bir Hayat Faruk Nafiz Çamlıbel</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944446952</t>
+          <t>9786059814102</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Arınma Festivali</t>
+          <t>Günkız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944446969</t>
+          <t>9786059814089</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Vapur - Bir Darbe İki Biat</t>
+          <t>Ve De Ki</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9794345363579</t>
+          <t>9786059814027</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Dönüşü</t>
+          <t>Poetik Fiiller</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944446600</t>
+          <t>9789944446952</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Üzerine Dersler</t>
+          <t>Arınma Festivali</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000025284</t>
+          <t>9789944446969</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>John Locke’ta Mülkiyet Anlayışı</t>
+          <t>Son Vapur - Bir Darbe İki Biat</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>34</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944446747</t>
+          <t>9794345363579</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İsyandan Dirliğe</t>
+          <t>Kahramanın Dönüşü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944446488</t>
+          <t>9789944446600</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk ve Ahlak İlkeleri Işığında Özel Hayatın Gizliliği Mahremiyet</t>
+          <t>Kahraman Üzerine Dersler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12.96</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944446785</t>
+          <t>3990000025284</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İronika</t>
+          <t>John Locke’ta Mülkiyet Anlayışı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>34</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756360392</t>
+          <t>9789944446747</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Yaşamak İçin Şehir ve Konut</t>
+          <t>İsyandan Dirliğe</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756360200</t>
+          <t>9789944446488</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İngilizcenin Yarısı</t>
+          <t>İslam Hukuk ve Ahlak İlkeleri Işığında Özel Hayatın Gizliliği Mahremiyet</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756360613</t>
+          <t>9789944446785</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Çocuk</t>
+          <t>İronika</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944446501</t>
+          <t>9789756360392</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni ve Türk Şiirinde Modernizm</t>
+          <t>İnsanca Yaşamak İçin Şehir ve Konut</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756360019</t>
+          <t>9789756360200</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İki İsyan Bir Paşa</t>
+          <t>İngilizcenin Yarısı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756360163</t>
+          <t>9789756360613</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Üzerine İkinci İnceleme</t>
+          <t>İletişim ve Çocuk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944446853</t>
+          <t>9789944446501</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yolcusu</t>
+          <t>İkinci Yeni ve Türk Şiirinde Modernizm</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944446204</t>
+          <t>9789756360019</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hay Hay Hayat</t>
+          <t>İki İsyan Bir Paşa</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756360460</t>
+          <t>9789756360163</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Rıfat Araz</t>
+          <t>Hükümet Üzerine İkinci İnceleme</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944446679</t>
+          <t>9789944446853</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Şiirleri</t>
+          <t>Hiç Yolcusu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944446129</t>
+          <t>9789944446204</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Mekkilik ve Medenilik</t>
+          <t>Hay Hay Hayat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756360088</t>
+          <t>9789756360460</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Genç Mektuplar</t>
+          <t>Hatıralarım - Rıfat Araz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944446556</t>
+          <t>9789944446679</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 6 (Ciltli)</t>
+          <t>Hastalık Şiirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944446273</t>
+          <t>9789944446129</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 5 (Ciltli)</t>
+          <t>Hadislerde Mekkilik ve Medenilik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756360545</t>
+          <t>9789756360088</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 4 (Ciltli)</t>
+          <t>Genç Mektuplar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799756360308</t>
+          <t>9789944446556</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 3 (Ciltli)</t>
+          <t>Felsefe Ansiklopedisi 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9799756360292</t>
+          <t>9789944446273</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 2 (Ciltli)</t>
+          <t>Felsefe Ansiklopedisi 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944446051</t>
+          <t>9789756360545</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İkrar</t>
+          <t>Felsefe Ansiklopedisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>70</v>
+        <v>750</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799756360285</t>
+          <t>9799756360308</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ansiklopedisi 1 (Ciltli)</t>
+          <t>Felsefe Ansiklopedisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756360187</t>
+          <t>9799756360292</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Elveda Panco</t>
+          <t>Felsefe Ansiklopedisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>7.41</v>
+        <v>750</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944446617</t>
+          <t>9789944446051</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düşmanlık</t>
+          <t>İkrar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944446693</t>
+          <t>9799756360285</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Etik</t>
+          <t>Felsefe Ansiklopedisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756360378</t>
+          <t>9789756360187</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
+          <t>Elveda Panco</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944446716</t>
+          <t>9789944446617</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dirim Kurgu</t>
+          <t>Düşmanlık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944446518</t>
+          <t>9789944446693</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Derin</t>
+          <t>Duygu ve Etik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>4.17</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944446594</t>
+          <t>9789756360378</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dada Korkut</t>
+          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756360439</t>
+          <t>9789944446716</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Kullanma Kılavuzu Var mı?</t>
+          <t>Dirim Kurgu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756360224</t>
+          <t>9789944446518</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Edebiyatı</t>
+          <t>Derin</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944446761</t>
+          <t>9789944446594</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cezbede Bir Narsist</t>
+          <t>Dada Korkut</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944446396</t>
+          <t>9789756360439</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Canavarlığa Yazgılı Şehzade ve Müsadere</t>
+          <t>Çocuğunuzun Kullanma Kılavuzu Var mı?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944446839</t>
+          <t>9789756360224</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Büyükşehir Kahve Molasında</t>
+          <t>Çağdaş Alman Edebiyatı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944446013</t>
+          <t>9789944446761</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Denemeyi Denemek</t>
+          <t>Cezbede Bir Narsist</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944446686</t>
+          <t>9789944446396</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Değeri Meselesi</t>
+          <t>Canavarlığa Yazgılı Şehzade ve Müsadere</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>22.22</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756360156</t>
+          <t>9789944446839</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ben Sorun Çözebilirim</t>
+          <t>Büyükşehir Kahve Molasında</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10.19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756360422</t>
+          <t>9789944446013</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Film Üstüne Yazılar</t>
+          <t>Denemeyi Denemek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944446648</t>
+          <t>9789944446686</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Batık Değirmenler</t>
+          <t>Bilimin Değeri Meselesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>10</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756360279</t>
+          <t>9789756360156</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Uluğ Türkistan’a Türk Halk İnançları 2 Kaşkayiler - Terekemeler- Elsevenler- Karakoyunlular- Kiresunlular- Avşarlar- İsmaili- Hazaralar- Kengerliler- Caferiler- Karamanlılar- Nigariler- Ayrımlılar- Kekailer- Şebekler- Mavıllar- Sarulular</t>
+          <t>Ben Sorun Çözebilirim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756360514</t>
+          <t>9789756360422</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün Milliyetçiliği 4</t>
+          <t>Belgesel Film Üstüne Yazılar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000002761</t>
+          <t>9789944446648</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün Kişiliği 1</t>
+          <t>Batık Değirmenler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756360453</t>
+          <t>9789756360279</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün İnsanlığı 2</t>
+          <t>Balkanlardan Uluğ Türkistan’a Türk Halk İnançları 2 Kaşkayiler - Terekemeler- Elsevenler- Karakoyunlular- Kiresunlular- Avşarlar- İsmaili- Hazaralar- Kengerliler- Caferiler- Karamanlılar- Nigariler- Ayrımlılar- Kekailer- Şebekler- Mavıllar- Sarulular</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756360651</t>
+          <t>9789756360514</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün İnkılapçılığı 5</t>
+          <t>Atatürk Kimdir? Atatürk’ün Milliyetçiliği 4</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944446280</t>
+          <t>3990000002761</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün Devlet Adamlığı - Yurtta Barış 6/1</t>
+          <t>Atatürk Kimdir? Atatürk’ün Kişiliği 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944446303</t>
+          <t>9789756360453</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün Devlet Adamlığı - Dünyada Barış 6/2</t>
+          <t>Atatürk Kimdir? Atatürk’ün İnsanlığı 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944446808</t>
+          <t>9789756360651</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ateş Denizi</t>
+          <t>Atatürk Kimdir? Atatürk’ün İnkılapçılığı 5</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756360170</t>
+          <t>9789944446280</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kimdir? Atatürk’ün Askerliği 3</t>
+          <t>Atatürk Kimdir? Atatürk’ün Devlet Adamlığı - Yurtta Barış 6/1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756360033</t>
+          <t>9789944446303</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiye: Ortaçağ İslam Dünyası’nda Hesap ve Cebir Cilt 2</t>
+          <t>Atatürk Kimdir? Atatürk’ün Devlet Adamlığı - Dünyada Barış 6/2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756360101</t>
+          <t>9789944446808</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiye Cilt 3</t>
+          <t>Ateş Denizi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756360026</t>
+          <t>9789756360170</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiye Cilt 1</t>
+          <t>Atatürk Kimdir? Atatürk’ün Askerliği 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944446167</t>
+          <t>9789756360033</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Demokrasi Anlayışında Kamusal İyi’nin Belirlenmesi</t>
+          <t>Asar-ı Bakiye: Ortaçağ İslam Dünyası’nda Hesap ve Cebir Cilt 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756360583</t>
+          <t>9789756360101</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Anglo-Sakson Felsede Bilgi Görüşleri</t>
+          <t>Asar-ı Bakiye Cilt 3</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756360149</t>
+          <t>9789756360026</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anfide Son Ders</t>
+          <t>Asar-ı Bakiye Cilt 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944446310</t>
+          <t>9789944446167</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ateş Bandosu</t>
+          <t>Aristoteles’in Demokrasi Anlayışında Kamusal İyi’nin Belirlenmesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944446822</t>
+          <t>9789756360583</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Analiz</t>
+          <t>Anglo-Sakson Felsede Bilgi Görüşleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756360552</t>
+          <t>9789756360149</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat ve Medya</t>
+          <t>Anfide Son Ders</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944446389</t>
+          <t>9789944446310</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Yıkanmış Atlar</t>
+          <t>Ateş Bandosu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944446266</t>
+          <t>9789944446822</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Devlet Sözlük Yazar mı?</t>
+          <t>Analiz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944446976</t>
+          <t>9789756360552</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fenomenolojik Değer Estetiği</t>
+          <t>Gündelik Hayat ve Medya</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944446945</t>
+          <t>9789944446389</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şantiye Modern</t>
+          <t>Ateşte Yıkanmış Atlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059814324</t>
+          <t>9789944446266</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Büt'an Şiirleri</t>
+          <t>Devlet Sözlük Yazar mı?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059814317</t>
+          <t>9789944446976</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Poetik Hikem</t>
+          <t>Fenomenolojik Değer Estetiği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059814256</t>
+          <t>9789944446945</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim’in Nesirleri</t>
+          <t>Şantiye Modern</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059814171</t>
+          <t>9786059814324</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Görülmeyen Modern Cenap Şehabettin</t>
+          <t>Büt'an Şiirleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059814188</t>
+          <t>9786059814317</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kunduz Dersleri</t>
+          <t>Poetik Hikem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059814195</t>
+          <t>9786059814256</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sütdili</t>
+          <t>Ahmet Haşim’in Nesirleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059814133</t>
+          <t>9786059814171</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yüzsüz Diyalektik</t>
+          <t>Görülmeyen Modern Cenap Şehabettin</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059814287</t>
+          <t>9786059814188</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ben Orda Yoktum</t>
+          <t>Kunduz Dersleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059814300</t>
+          <t>9786059814195</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kanımız Yerde Kaldı</t>
+          <t>Sütdili</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059814270</t>
+          <t>9786059814133</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Moğol Lekesi</t>
+          <t>Yüzsüz Diyalektik</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059814164</t>
+          <t>9786059814287</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yüklemler</t>
+          <t>Ben Orda Yoktum</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059814157</t>
+          <t>9786059814300</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Mühürlenince</t>
+          <t>Kanımız Yerde Kaldı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059814263</t>
+          <t>9786059814270</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeninin Doğuşu</t>
+          <t>Moğol Lekesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944446938</t>
+          <t>9786059814164</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kamu Baş Rüyacısı</t>
+          <t>Yüklemler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944446921</t>
+          <t>9786059814157</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Rabıta</t>
+          <t>Yeryüzü Mühürlenince</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>15</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944446914</t>
+          <t>9786059814263</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bakış Talimi</t>
+          <t>İkinci Yeninin Doğuşu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>21</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059814058</t>
+          <t>9789944446938</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hangi Anahtar</t>
+          <t>Kamu Baş Rüyacısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756360491</t>
+          <t>9789944446921</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisinde Aşk</t>
+          <t>Huzursuz Rabıta</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944446792</t>
+          <t>9789944446914</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Üzerine İkinci İnceleme</t>
+          <t>Bakış Talimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000016090</t>
+          <t>9786059814058</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yönetemeyenler</t>
+          <t>Hangi Anahtar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944446198</t>
+          <t>9789756360491</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yerlere Göklere</t>
+          <t>Yunan Mitolojisinde Aşk</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7.41</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944446815</t>
+          <t>9789944446792</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uruz ile Bedisa</t>
+          <t>Yönetim Üzerine İkinci İnceleme</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>27</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756360620</t>
+          <t>3990000016090</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan Yakınlaşmasında Yunan Medyasının Rolü? 1999-2006</t>
+          <t>Yönetemeyenler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756360446</t>
+          <t>9789944446198</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ermeni Kadınları ve Çocukları Meselesi (1915-1923)</t>
+          <t>Yerlere Göklere</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756360231</t>
+          <t>9789944446815</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklularının Doğu Anadolu Politikası</t>
+          <t>Uruz ile Bedisa</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944446846</t>
+          <t>9789756360620</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kitabı</t>
+          <t>Türk-Yunan Yakınlaşmasında Yunan Medyasının Rolü? 1999-2006</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756360262</t>
+          <t>9789756360446</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - İran İlişkileri (1979-2004)</t>
+          <t>Türkiye’de Ermeni Kadınları ve Çocukları Meselesi (1915-1923)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944446471</t>
+          <t>9789756360231</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürekli Nehir</t>
+          <t>Türkiye Selçuklularının Doğu Anadolu Politikası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756360071</t>
+          <t>9789944446846</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında Türk-İngiliz İlişkileri(1914-1918)</t>
+          <t>Türkiye Kitabı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944446662</t>
+          <t>9789756360262</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kuşu</t>
+          <t>Türkiye - İran İlişkileri (1979-2004)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944446228</t>
+          <t>9789944446471</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimi Bilgisi</t>
+          <t>Uzun Yürekli Nehir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944446082</t>
+          <t>9789756360071</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yakı</t>
+          <t>Birinci Dünya Savaşında Türk-İngiliz İlişkileri(1914-1918)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>4.63</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000002760</t>
+          <t>9789944446662</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Vilayat-ı Şarkiye Mültecileri  (1915-1923)</t>
+          <t>Uyku Kuşu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756360606</t>
+          <t>9789944446228</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Sinemasında Çocuk İmgesi</t>
+          <t>Yerçekimi Bilgisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>32.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944446143</t>
+          <t>9789944446082</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türk Mültecileri</t>
+          <t>Yakı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756360477</t>
+          <t>3990000002760</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği ve MHP</t>
+          <t>Vilayat-ı Şarkiye Mültecileri  (1915-1923)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944446259</t>
+          <t>9789756360606</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tüğün</t>
+          <t>Türk ve Dünya Sinemasında Çocuk İmgesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>130</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944446440</t>
+          <t>9789944446143</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 3</t>
+          <t>Türk Mültecileri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944446433</t>
+          <t>9789756360477</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 2</t>
+          <t>Türk Milliyetçiliği ve MHP</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>27</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944446426</t>
+          <t>9789944446259</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 1</t>
+          <t>Tüğün</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944446327</t>
+          <t>9789944446440</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Bir Oyun</t>
+          <t>Toparlanın Gitmiyoruz 3</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944446099</t>
+          <t>9789944446433</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Taş Suya Değince</t>
+          <t>Toparlanın Gitmiyoruz 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944446754</t>
+          <t>9789944446426</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Talimatlar</t>
+          <t>Toparlanın Gitmiyoruz 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944446655</t>
+          <t>9789944446327</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tadat</t>
+          <t>Tek Kişilik Bir Oyun</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944446631</t>
+          <t>9789944446099</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şirazlı Bir Türk Dilber</t>
+          <t>Taş Suya Değince</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944446105</t>
+          <t>9789944446754</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şiir Harmanı</t>
+          <t>Talimatlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756360217</t>
+          <t>9789944446655</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Yansımalar</t>
+          <t>Tadat</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>15.74</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756360590</t>
+          <t>9789944446631</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devlet Bitti Yaşasın Piyasa!</t>
+          <t>Şirazlı Bir Türk Dilber</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>32</v>
+        <v>185</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756360637</t>
+          <t>9789944446105</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş ve Türkiye 1945-1960</t>
+          <t>Şiir Harmanı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756360484</t>
+          <t>9789756360217</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Bu Mu Türkiye?</t>
+          <t>Sosyolojik Yansımalar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000026633</t>
+          <t>9789756360590</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim</t>
+          <t>Sosyal Devlet Bitti Yaşasın Piyasa!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756360644</t>
+          <t>9789756360637</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Seçimlerde Paranın Gücü</t>
+          <t>Soğuk Savaş ve Türkiye 1945-1960</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944446068</t>
+          <t>9789756360484</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Şiir</t>
+          <t>Siyasetin Bu Mu Türkiye?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944446235</t>
+          <t>3990000026633</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Renga</t>
+          <t>Siyasal İletişim</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756360569</t>
+          <t>9789756360644</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Reis-i Cumhur’un Doğu İncelemeleri</t>
+          <t>Seçimlerde Paranın Gücü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944446709</t>
+          <t>9789944446068</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Felsefesi</t>
+          <t>Sağlam Şiir</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>20.37</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756360538</t>
+          <t>9789944446235</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Düşüncenin Eleştirel Sözlüğü</t>
+          <t>Renga</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>38</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944446334</t>
+          <t>9789756360569</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Özet Yaşamaklar</t>
+          <t>Reis-i Cumhur’un Doğu İncelemeleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756360385</t>
+          <t>9789944446709</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Psikoloji Felsefesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>23</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756360194</t>
+          <t>9789756360538</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Orhan Pamuk’un Anlam Çağrısı</t>
+          <t>Postmodern Düşüncenin Eleştirel Sözlüğü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>50</v>
+        <v>38</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756360507</t>
+          <t>9789944446334</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Onikinci Gece</t>
+          <t>Özet Yaşamaklar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756360248</t>
+          <t>9789756360385</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Uzakta</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>23</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756360002</t>
+          <t>9789756360194</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Neden Irak?</t>
+          <t>Orhan Pamuk’un Anlam Çağrısı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>16.67</v>
+        <v>50</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944446020</t>
+          <t>9789756360507</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ne Gülüyorsun Bu Senin Hikayen</t>
+          <t>Onikinci Gece</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>16</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756360521</t>
+          <t>9789756360248</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Nbr Gençlik</t>
+          <t>Okuldan Uzakta</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944446181</t>
+          <t>9789756360002</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Narla Kan</t>
+          <t>Neden Irak?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>90</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944446341</t>
+          <t>9789944446020</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Hikayeciliği</t>
+          <t>Ne Gülüyorsun Bu Senin Hikayen</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756360057</t>
+          <t>9789756360521</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Modernlik ve Modernleşme Sürecinde Türkiye</t>
+          <t>Nbr Gençlik</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944446402</t>
+          <t>9789944446181</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Modernist Müslüman Mustafa Kemal</t>
+          <t>Narla Kan</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944446495</t>
+          <t>9789944446341</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiirimizin Kökleri</t>
+          <t>Mustafa Kutlu Hikayeciliği</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756360576</t>
+          <t>9789756360057</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefede Metafiziğin Elenmesi</t>
+          <t>Modernlik ve Modernleşme Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944446525</t>
+          <t>9789944446402</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Minyatür Okuyucuları</t>
+          <t>Modernist Müslüman Mustafa Kemal</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944446150</t>
+          <t>9789944446495</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün İlk Gazetesi Minber</t>
+          <t>Modern Şiirimizin Kökleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>32</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944446570</t>
+          <t>9789756360576</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Mektupları</t>
+          <t>Modern Felsefede Metafiziğin Elenmesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>13.89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756360668</t>
+          <t>9789944446525</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Kadın</t>
+          <t>Minyatür Okuyucuları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944446587</t>
+          <t>9789944446150</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Makyaj Hatası</t>
+          <t>Mustafa Kemal Atatürk'ün İlk Gazetesi Minber</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>90</v>
+        <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944446112</t>
+          <t>9789944446570</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mağlubiyet İdeolojisinin Sonu</t>
+          <t>Mehmet Akif’in Mektupları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944446211</t>
+          <t>9789756360668</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli ve Siyasal Etik</t>
+          <t>Medya ve Kadın</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>17</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944446242</t>
+          <t>9789944446587</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kural Dışı</t>
+          <t>Makyaj Hatası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944446730</t>
+          <t>9789944446112</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kul Hakkı Kulak Arkası</t>
+          <t>Mağlubiyet İdeolojisinin Sonu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756360361</t>
+          <t>9789944446211</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Hayat</t>
+          <t>Machiavelli ve Siyasal Etik</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>16.67</v>
+        <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944446532</t>
+          <t>9789944446242</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Kural Dışı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756360408</t>
+          <t>9789944446730</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Konya’dan Ankara’dan</t>
+          <t>Kul Hakkı Kulak Arkası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756360064</t>
+          <t>9789756360361</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye Tarihi</t>
+          <t>Öğretmenim Hayat</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944446624</t>
+          <t>9789944446532</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kırbozumu</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944446297</t>
+          <t>9789756360408</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kendini Koruyan Şehir</t>
+          <t>Konya’dan Ankara’dan</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756360316</t>
+          <t>9789756360064</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kendini Keşfet</t>
+          <t>Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944446778</t>
+          <t>9789944446624</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kemik Yasası</t>
+          <t>Kırbozumu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944446563</t>
+          <t>9789944446297</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kekeme Türk Şiiri</t>
+          <t>Kendini Koruyan Şehir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944446075</t>
+          <t>9789756360316</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers Felsefesinde Hakikat, İletişim ve Siyaset</t>
+          <t>Kendini Keşfet</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944446372</t>
+          <t>9789944446778</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zaman Atlası</t>
+          <t>Kemik Yasası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944446365</t>
+          <t>9789944446563</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Atlar Haritası</t>
+          <t>Kekeme Türk Şiiri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944446983</t>
+          <t>9789944446075</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>3 Defter</t>
+          <t>Karl Jaspers Felsefesinde Hakikat, İletişim ve Siyaset</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059814010</t>
+          <t>9789944446372</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Orada Merhamet Varmış</t>
+          <t>Kayıp Zaman Atlası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944446990</t>
+          <t>9789944446365</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Aramalar</t>
+          <t>Kayıp Atlar Haritası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059814096</t>
+          <t>9789944446983</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kokusu Hayatın</t>
+          <t>3 Defter</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059814041</t>
+          <t>9786059814010</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Düşerken Öğrendiğimiz Yasalar</t>
+          <t>Orada Merhamet Varmış</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059814065</t>
+          <t>9789944446990</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Pasaportsuz Türk</t>
+          <t>Cevapsız Aramalar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059814072</t>
+          <t>9786059814096</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Paslı Çiçek</t>
+          <t>Nerede Kokusu Hayatın</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059814034</t>
+          <t>9786059814041</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Sonra Ararım</t>
+          <t>Düşerken Öğrendiğimiz Yasalar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944446358</t>
+          <t>9786059814065</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bağdat’tan Dönen Şiirler</t>
+          <t>Pasaportsuz Türk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756360132</t>
+          <t>9786059814072</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Demokrasiye Geçiş Dönemi (1945-1950)</t>
+          <t>Paslı Çiçek</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944446877</t>
+          <t>9786059814034</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İhtimal Cüce</t>
+          <t>Ben Seni Sonra Ararım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000016608</t>
+          <t>9789944446358</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Karşı Şiir</t>
+          <t>Bağdat’tan Dönen Şiirler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944446884</t>
+          <t>9789756360132</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Son Üç Dakika</t>
+          <t>Türkiye'de Demokrasiye Geçiş Dönemi (1945-1950)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944446860</t>
+          <t>9789944446877</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Haplayın Şunu Feodal</t>
+          <t>İhtimal Cüce</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059814553</t>
+          <t>3990000016608</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiirin Yapısı</t>
+          <t>Dünyaya Karşı Şiir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059814546</t>
+          <t>9789944446884</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yarın Konuşuruz</t>
+          <t>Son Üç Dakika</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059814539</t>
+          <t>9789944446860</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Derin Yapı Metafor</t>
+          <t>Haplayın Şunu Feodal</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059814997</t>
+          <t>9786059814553</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ceket Günü</t>
+          <t>Modern Şiirin Yapısı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059814966</t>
+          <t>9786059814546</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Benim Geldiğim Yerden Yük Trenleri Geçerdi</t>
+          <t>Yarın Konuşuruz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059814980</t>
+          <t>9786059814539</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mahşermatik</t>
+          <t>Şiirde Derin Yapı Metafor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257470063</t>
+          <t>9786059814997</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyük Kırmızı</t>
+          <t>Dünya Ceket Günü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059814577</t>
+          <t>9786059814966</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Teyelleyen Şair Türk Şiirinin 1990'lı Yılları</t>
+          <t>Benim Geldiğim Yerden Yük Trenleri Geçerdi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059814508</t>
+          <t>9786059814980</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Benden Söylemesi</t>
+          <t>Mahşermatik</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059814485</t>
+          <t>9786257470063</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Soğuk Demircisi Arif Damar</t>
+          <t>Bir Büyük Kırmızı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059814904</t>
+          <t>9786059814577</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Ömrümüz</t>
+          <t>Kalbi Teyelleyen Şair Türk Şiirinin 1990'lı Yılları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944446006</t>
+          <t>9786059814508</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yorgunluk Gölgesi</t>
+          <t>Benden Söylemesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059814515</t>
+          <t>9786059814485</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Baktığın Suya</t>
+          <t>Şiirin Soğuk Demircisi Arif Damar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059814522</t>
+          <t>9786059814904</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Değillik Orkestrası</t>
+          <t>Ah Şu Ömrümüz</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059814560</t>
+          <t>9789944446006</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mukavva</t>
+          <t>Yorgunluk Gölgesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059814416</t>
+          <t>9786059814515</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Reddedilmiş Flexible Şiirler</t>
+          <t>Baktığın Suya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059814478</t>
+          <t>9786059814522</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Astigmat Sarı</t>
+          <t>Değillik Orkestrası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059814461</t>
+          <t>9786059814560</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Çirkini</t>
+          <t>Büyük Mukavva</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059814423</t>
+          <t>9786059814416</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yer Değiştiren</t>
+          <t>Senin İçin Reddedilmiş Flexible Şiirler</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059814386</t>
+          <t>9786059814478</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>1865'te Ben</t>
+          <t>Astigmat Sarı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059814447</t>
+          <t>9786059814461</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Fiten</t>
+          <t>Herkesin Çirkini</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059814348</t>
+          <t>9786059814423</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ar</t>
+          <t>Yer Değiştiren</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059814331</t>
+          <t>9786059814386</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim</t>
+          <t>1865'te Ben</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059814355</t>
+          <t>9786059814447</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Kundağı</t>
+          <t>Fiten</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
+          <t>9786059814348</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Ar</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059814331</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyelim</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059814355</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Kundağı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
           <t>9789944446044</t>
         </is>
       </c>
-      <c r="B270" s="1" t="inlineStr">
+      <c r="B273" s="1" t="inlineStr">
         <is>
           <t>Barbar Senfoni</t>
         </is>
       </c>
-      <c r="C270" s="1">
-        <v>90</v>
+      <c r="C273" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>