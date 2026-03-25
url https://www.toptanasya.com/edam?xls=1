--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -1144,51 +1144,51 @@
         <is>
           <t>9786051692210</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Kedidir Kedi</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786051690230</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Esrarengiz Bahçe Kartpostal Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786051690445</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Gizemli Orman - Her Yaş için Keşif ve Boyama Serüveni</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786051690476</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>