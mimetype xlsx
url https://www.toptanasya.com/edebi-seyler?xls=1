--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,1405 +85,1600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052325421</t>
+          <t>9786052325803</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Önce Mekan Vardı</t>
+          <t>Stalinizmden Önce</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052325254</t>
+          <t>9786052325797</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ari Erk Cetveli</t>
+          <t>Korkunç İyi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052325025</t>
+          <t>9786052325780</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kurdeşen</t>
+          <t>Sonra Konuşuruz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052325445</t>
+          <t>9786055185176</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Sebepler</t>
+          <t>Anne Ben Barbar Mıyım?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052325483</t>
+          <t>9786052325766</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Smokinli Berduş</t>
+          <t>Buraya Kısıldık Sanırım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052325438</t>
+          <t>9786055185992</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Marcel Proust: Bir Yaşam</t>
+          <t>Buna Devrilebiliriz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052325391</t>
+          <t>9786052325308</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İmparator ve Köstebek</t>
+          <t>Kendinden Başka Herkes</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052325216</t>
+          <t>9786052325230</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nazım Okulu - Teleskoplu Destancı</t>
+          <t>Üç Çınar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055185671</t>
+          <t>9786052325032</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sami, Güzel Melek</t>
+          <t>Didem Zamanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052325773</t>
+          <t>9786052325704</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın Üç İmgesi</t>
+          <t>Bakiye (Bütün Şiirleri)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055185275</t>
+          <t>9786052325148</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sanatımızda Bir Dönemeç: 50’li Yıllar, Ankara</t>
+          <t>Boşluktan Doğan</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052325018</t>
+          <t>9786052325711</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Spor Psikiyatrisi</t>
+          <t>Sana Nasıl Ulaşabilirim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052325407</t>
+          <t>9786052325650</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Louis-Auguste Blanqui - Bir İsyancının Portresi</t>
+          <t>Film Yönetmek Üzerine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052325346</t>
+          <t>9786052325421</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Arap Milliyetçisi Yaratmak</t>
+          <t>Önce Mekan Vardı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052325353</t>
+          <t>9786052325254</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim Aklım Bir Delidir Sana Armağanım</t>
+          <t>Ari Erk Cetveli</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052325315</t>
+          <t>9786052325025</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kızkardeşim Hayat - Doktor Jivago Şiirleri</t>
+          <t>Kurdeşen</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052325339</t>
+          <t>9786052325445</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dehşetli Peygamber - Zarif Cellat</t>
+          <t>Yaşayan Sebepler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052325759</t>
+          <t>9786052325483</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Savunma</t>
+          <t>Smokinli Berduş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052325247</t>
+          <t>9786052325438</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Böyle İyi mi!</t>
+          <t>Marcel Proust: Bir Yaşam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052325469</t>
+          <t>9786052325391</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ağıt, Şiir, Kadın</t>
+          <t>İmparator ve Köstebek</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052325223</t>
+          <t>9786052325216</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Çabası</t>
+          <t>Nazım Okulu - Teleskoplu Destancı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052325186</t>
+          <t>9786055185671</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter Partisi'nin Hikayesi</t>
+          <t>Sami, Güzel Melek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052325179</t>
+          <t>9786052325773</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Ol, İmkansızı İste</t>
+          <t>Bıçağın Üç İmgesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052325063</t>
+          <t>9786055185275</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Adem</t>
+          <t>Sanatımızda Bir Dönemeç: 50’li Yıllar, Ankara</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055185923</t>
+          <t>9786052325018</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tüm Halkımız Davetlidir</t>
+          <t>Spor Psikiyatrisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052325452</t>
+          <t>9786052325407</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Boşluklara Doğru İlerleyelim</t>
+          <t>Louis-Auguste Blanqui - Bir İsyancının Portresi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052325292</t>
+          <t>9786052325346</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Oğul Sırtlanı</t>
+          <t>Bir Arap Milliyetçisi Yaratmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052325278</t>
+          <t>9786052325353</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pi Sayısı ve Özgürlük</t>
+          <t>Benim Aklım Bir Delidir Sana Armağanım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052325261</t>
+          <t>9786052325315</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Tarih Mümkün Müydü?</t>
+          <t>Kızkardeşim Hayat - Doktor Jivago Şiirleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052325193</t>
+          <t>9786052325339</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Harp Var!</t>
+          <t>Dehşetli Peygamber - Zarif Cellat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055185985</t>
+          <t>9786052325759</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yazgıların Tableti</t>
+          <t>Beyaz Savunma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055185879</t>
+          <t>9786052325247</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beckett Hatırlarken Hatırlamak Beckett'i</t>
+          <t>Böyle İyi mi!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052325414</t>
+          <t>9786052325469</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ölmeyi Öğrenmek</t>
+          <t>Ağıt, Şiir, Kadın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052325209</t>
+          <t>9786052325223</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağın Kötü Çocukları</t>
+          <t>Yaklaşma Çabası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052325155</t>
+          <t>9786052325186</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya İçin 59 Kırlangıç</t>
+          <t>Kara Panter Partisi'nin Hikayesi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055185756</t>
+          <t>9786052325179</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ezra Pound ve Dünyası</t>
+          <t>Gerçekçi Ol, İmkansızı İste</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055185978</t>
+          <t>9786052325063</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Et Yiyenler Birbirini Öldürsün</t>
+          <t>Adem</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055185787</t>
+          <t>9786055185923</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Yazarlar İstanbul'da</t>
+          <t>Tüm Halkımız Davetlidir</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055185916</t>
+          <t>9786052325452</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İt Yangını</t>
+          <t>Boşluklara Doğru İlerleyelim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055185930</t>
+          <t>9786052325292</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yırtılış</t>
+          <t>Oğul Sırtlanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055185909</t>
+          <t>9786052325278</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Monarşinin Sonunda Arzu</t>
+          <t>Pi Sayısı ve Özgürlük</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055185961</t>
+          <t>9786052325261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bitik Ülke Son Atı</t>
+          <t>Bir Başka Tarih Mümkün Müydü?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052325162</t>
+          <t>9786052325193</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Lodos Devam</t>
+          <t>Sokakta Harp Var!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052325001</t>
+          <t>9786055185985</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Buradaları</t>
+          <t>Yazgıların Tableti</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055185718</t>
+          <t>9786055185879</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Milena</t>
+          <t>Beckett Hatırlarken Hatırlamak Beckett'i</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055185862</t>
+          <t>9786052325414</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ada Öyküleri</t>
+          <t>Ölmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052325094</t>
+          <t>9786052325209</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İki Ucu Keskin Bıçak</t>
+          <t>Yeniçağın Kötü Çocukları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052325049</t>
+          <t>9786052325155</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Günboyu Matmazel</t>
+          <t>Cemal Süreya İçin 59 Kırlangıç</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052325087</t>
+          <t>9786055185756</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar</t>
+          <t>Ezra Pound ve Dünyası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055185947</t>
+          <t>9786055185978</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Şehit</t>
+          <t>Et Yiyenler Birbirini Öldürsün</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052325070</t>
+          <t>9786055185787</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Katil Nietzsche - Asker Kant</t>
+          <t>Amerikalı Yazarlar İstanbul'da</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055185893</t>
+          <t>9786055185916</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ergin Günçe Bir Kalkışma Yüreğinde Çiçek</t>
+          <t>İt Yangını</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052325056</t>
+          <t>9786055185930</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>In Hora Mortis</t>
+          <t>Yırtılış</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055185770</t>
+          <t>9786055185909</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında 100 Unutulmaz Karakter</t>
+          <t>Bir Monarşinin Sonunda Arzu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055185954</t>
+          <t>9786055185961</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Rimbaud: Bir Asinin Çifte Yaşamı</t>
+          <t>Bitik Ülke Son Atı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055185220</t>
+          <t>9786052325162</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hala Barbar mıyız?</t>
+          <t>Lodos Devam</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055185244</t>
+          <t>9786052325001</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Halil Kardeş</t>
+          <t>Başkalarının Buradaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055185732</t>
+          <t>9786055185718</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Asla Konuşmayacaksın</t>
+          <t>Milena</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055185664</t>
+          <t>9786055185862</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Rilke'ye Veda</t>
+          <t>Ada Öyküleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055185404</t>
+          <t>9786052325094</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Esrariler.</t>
+          <t>İki Ucu Keskin Bıçak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055185398</t>
+          <t>9786052325049</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hoş Hikayeler</t>
+          <t>Günboyu Matmazel</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055185251</t>
+          <t>9786052325087</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dr. Tatiana’nın Tüm Canlılar Alemine Seks Tavsiyeleri</t>
+          <t>Kanatlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055185633</t>
+          <t>9786055185947</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Stephane Mallarme</t>
+          <t>Cehennemde Bir Şehit</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055185640</t>
+          <t>9786052325070</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Nazi</t>
+          <t>Katil Nietzsche - Asker Kant</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055185237</t>
+          <t>9786055185893</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Ergin Günçe Bir Kalkışma Yüreğinde Çiçek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052325629</t>
+          <t>9786052325056</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>1917 Rus Devrimi</t>
+          <t>In Hora Mortis</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052325605</t>
+          <t>9786055185770</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Radikalliği</t>
+          <t>Türk Sinemasında 100 Unutulmaz Karakter</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052325599</t>
+          <t>9786055185954</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Marksizm Yıl 4 Sayı: 5</t>
+          <t>Rimbaud: Bir Asinin Çifte Yaşamı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052325742</t>
+          <t>9786055185220</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çatlak</t>
+          <t>Hala Barbar mıyız?</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052325735</t>
+          <t>9786055185244</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şairin Bavulu</t>
+          <t>Sevgili Halil Kardeş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052325667</t>
+          <t>9786055185732</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Burcu Vaazi</t>
+          <t>Asla Konuşmayacaksın</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052325643</t>
+          <t>9786055185664</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Işıldayan Kara</t>
+          <t>Rilke'ye Veda</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052325537</t>
+          <t>9786055185404</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Devlete Karşı Kamu Hukuku</t>
+          <t>Esrariler.</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052325520</t>
+          <t>9786055185398</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Suç Şiir</t>
+          <t>Hoş Hikayeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052325568</t>
+          <t>9786055185251</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Biliyorsun İnliyorum Tutsaklığımda</t>
+          <t>Dr. Tatiana’nın Tüm Canlılar Alemine Seks Tavsiyeleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052325636</t>
+          <t>9786055185633</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beklediler Gitmedik</t>
+          <t>Stephane Mallarme</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052325575</t>
+          <t>9786055185640</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Devlet</t>
+          <t>Çocuk Nazi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052325551</t>
+          <t>9786055185237</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Az Kazanan Yoldaşlar Çok Kazanan Yoldaşlar</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052325506</t>
+          <t>9786052325629</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Anarya</t>
+          <t>1917 Rus Devrimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052325490</t>
+          <t>9786052325605</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Altı Günü</t>
+          <t>Aşkın Radikalliği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052325698</t>
+          <t>9786052325599</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mavna</t>
+          <t>Yaşayan Marksizm Yıl 4 Sayı: 5</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052325544</t>
+          <t>9786052325742</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İlhan Berk’in Manisa Yılları</t>
+          <t>Çatlak</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052325384</t>
+          <t>9786052325735</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşı</t>
+          <t>Şairin Bavulu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052325360</t>
+          <t>9786052325667</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Definesi</t>
+          <t>Burcu Vaazi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052325377</t>
+          <t>9786052325643</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ece Ayhan</t>
+          <t>Işıldayan Kara</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052325674</t>
+          <t>9786052325537</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir İntihar Üstüne Söylenti</t>
+          <t>Devlete Karşı Kamu Hukuku</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052325681</t>
+          <t>9786052325520</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Altında</t>
+          <t>Suç Şiir</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052325582</t>
+          <t>9786052325568</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sonu Yoktur</t>
+          <t>Biliyorsun İnliyorum Tutsaklığımda</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052325131</t>
+          <t>9786052325636</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kardeşim Ben</t>
+          <t>Beklediler Gitmedik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052325285</t>
+          <t>9786052325575</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Vietnam</t>
+          <t>Kapitalist Devlet</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
+          <t>9786052325551</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Az Kazanan Yoldaşlar Çok Kazanan Yoldaşlar</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786052325506</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Anarya</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786052325490</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche’nin Altı Günü</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786052325698</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Mavna</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786052325544</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>İlhan Berk’in Manisa Yılları</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786052325384</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Aşı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786052325360</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Definesi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786052325377</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ece Ayhan</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786052325674</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Bir İntihar Üstüne Söylenti</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786052325681</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Çapraz Altında</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786052325582</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sonu Yoktur</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786052325131</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Kardeşim Ben</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786052325285</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Vietnam</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
           <t>9786052325513</t>
         </is>
       </c>
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Kırmızıda Beklerken</t>
         </is>
       </c>
-      <c r="C92" s="1">
-        <v>200</v>
+      <c r="C105" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>