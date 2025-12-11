--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,6925 +85,7180 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052807132</t>
+          <t>9786052807323</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052807118</t>
+          <t>9786052807316</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052807156</t>
+          <t>9786052807293</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>1. Sınıf Bilsem Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052807149</t>
+          <t>9786052807309</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052807224</t>
+          <t>9786052807170</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Passages Reading Comprehension For LGS</t>
+          <t>8. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052807026</t>
+          <t>9786052807187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052807033</t>
+          <t>9786052805671</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Özetin Özeti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052807071</t>
+          <t>9786255580719</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>2025 GYS Tapu ve Kadastro Genel Müdürlüğü Tapu Müdürü, Tapu Sicil Müdür Yardımcısı PRESTİJ Soru Bankası Çözümlü Görevde Yükselme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052807088</t>
+          <t>9786052805541</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052807095</t>
+          <t>9786052805527</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Özetin Özeti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052807064</t>
+          <t>9786052805275</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052803349</t>
+          <t>9786052807217</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>TYT Hiç Bilmiyorsan Bu Matematik Özel Ders Kitabın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052805633</t>
+          <t>9786052807194</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>10. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052806777</t>
+          <t>9786052807163</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>7. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4444444444249</t>
+          <t>9786052806975</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052807040</t>
+          <t>9786052806999</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052803998</t>
+          <t>9786052806982</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Müdür Ve Müdür Yardımcısı Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444444237</t>
+          <t>9786052806968</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı GYS Müdür Ve Müdür Yardımcısı Soru - Cevap</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052800232</t>
+          <t>9786052803493</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>8. Sınıf LGS Ders Ders Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>15</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052802373</t>
+          <t>9786052805008</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>KPSS GYGK Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052802564</t>
+          <t>9786052807132</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
+          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052802007</t>
+          <t>9786052807118</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052804025</t>
+          <t>9786052807156</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
+          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052802366</t>
+          <t>9786052807149</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052806845</t>
+          <t>9786052807224</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>Passages Reading Comprehension For LGS</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052807019</t>
+          <t>9786052807026</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052806876</t>
+          <t>9786052807033</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052806869</t>
+          <t>9786052807071</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052806852</t>
+          <t>9786052807088</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
+          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052802915</t>
+          <t>9786052807095</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052805664</t>
+          <t>9786052807064</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
+          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052806098</t>
+          <t>9786052803349</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052806074</t>
+          <t>9786052805633</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052806067</t>
+          <t>9786052806777</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052806004</t>
+          <t>4444444444249</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052806081</t>
+          <t>9786052807040</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052805596</t>
+          <t>9786052803998</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052805756</t>
+          <t>4444444444237</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052806029</t>
+          <t>9786052800232</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052805749</t>
+          <t>9786052802373</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052805817</t>
+          <t>9786052802564</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052805831</t>
+          <t>9786052802007</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052805800</t>
+          <t>9786052804025</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>135</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052805824</t>
+          <t>9786052802366</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>135</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052805893</t>
+          <t>9786052806845</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052805886</t>
+          <t>9786052807019</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052806012</t>
+          <t>9786052806876</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052805916</t>
+          <t>9786052806869</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052805909</t>
+          <t>9786052806852</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052805688</t>
+          <t>9786052802915</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4440000003695</t>
+          <t>9786052805664</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052805640</t>
+          <t>9786052806098</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052805626</t>
+          <t>9786052806074</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>4444444443111</t>
+          <t>9786052806067</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052805237</t>
+          <t>9786052806004</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052805176</t>
+          <t>9786052806081</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Dil Bilgisi</t>
+          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052805220</t>
+          <t>9786052805596</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052805473</t>
+          <t>9786052805756</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052805480</t>
+          <t>9786052806029</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052805442</t>
+          <t>9786052805749</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052805459</t>
+          <t>9786052805817</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256440722</t>
+          <t>9786052805831</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052805398</t>
+          <t>9786052805800</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052805381</t>
+          <t>9786052805824</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052805435</t>
+          <t>9786052805893</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052805404</t>
+          <t>9786052805886</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052805367</t>
+          <t>9786052806012</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
+          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052805350</t>
+          <t>9786052805916</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
+          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052805305</t>
+          <t>9786052805909</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
+          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052805015</t>
+          <t>9786052805688</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
+          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052804858</t>
+          <t>4440000003695</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052804841</t>
+          <t>9786052805640</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052804834</t>
+          <t>9786052805626</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052804889</t>
+          <t>4444444443111</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052804865</t>
+          <t>9786052805237</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
+          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052804902</t>
+          <t>9786052805176</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Editör 2023 ALES 3 Deneme Çözümlü Editör Yayınları</t>
+          <t>6. Sınıf Dil Bilgisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052804728</t>
+          <t>9786052805220</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052804698</t>
+          <t>9786052805473</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Problemler Soru Bankası</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052804735</t>
+          <t>9786052805480</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052804643</t>
+          <t>9786052805442</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052804377</t>
+          <t>9786052805459</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052804407</t>
+          <t>9786256440722</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052804391</t>
+          <t>9786052805398</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052804520</t>
+          <t>9786052805381</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052804636</t>
+          <t>9786052805435</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052804339</t>
+          <t>9786052805404</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052804384</t>
+          <t>9786052805367</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052804438</t>
+          <t>9786052805350</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052804445</t>
+          <t>9786052805305</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052804421</t>
+          <t>9786052805015</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
+          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>25</v>
+        <v>115</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052804414</t>
+          <t>9786052804858</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
+          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052804247</t>
+          <t>9786052804841</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052804261</t>
+          <t>9786052804834</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
+          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052804278</t>
+          <t>9786052804889</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
+          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052804308</t>
+          <t>9786052804865</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
+          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052804322</t>
+          <t>9786052804902</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
+          <t>2024 ALES Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052804254</t>
+          <t>9786052804728</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
+          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052804285</t>
+          <t>9786052804698</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
+          <t>6. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>20</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052804292</t>
+          <t>9786052804735</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
+          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052804315</t>
+          <t>9786052804643</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
+          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052804230</t>
+          <t>9786052804377</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052804223</t>
+          <t>9786052804407</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Matematik Soru Bankası</t>
+          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052801888</t>
+          <t>9786052804391</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052804193</t>
+          <t>9786052804520</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052804186</t>
+          <t>9786052804636</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
+          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052804209</t>
+          <t>9786052804339</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052804155</t>
+          <t>9786052804384</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052803936</t>
+          <t>9786052804438</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052804100</t>
+          <t>9786052804445</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>58.75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059584302</t>
+          <t>9786052804421</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7.31</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052801949</t>
+          <t>9786052804414</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Fizik Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>27.51</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052801918</t>
+          <t>9786052804247</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Türkçe Soru Bankası</t>
+          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>45</v>
+        <v>235</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752437906</t>
+          <t>9786052804261</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>YKS Dil Reading And Vocabulary</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>37.8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052801970</t>
+          <t>9786052804278</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>27.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052801765</t>
+          <t>9786052804308</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052801925</t>
+          <t>9786052804322</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Felsefe Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>4444444443221</t>
+          <t>9786052804254</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>EKPSS GY-GK Konu Anlatımlı</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052803974</t>
+          <t>9786052804285</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052803912</t>
+          <t>9786052804292</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052803905</t>
+          <t>9786052804315</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052803899</t>
+          <t>9786052804230</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
+          <t>6. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052803769</t>
+          <t>9786052804223</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052803752</t>
+          <t>9786052801888</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052803745</t>
+          <t>9786052804193</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052803738</t>
+          <t>9786052804186</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052803721</t>
+          <t>9786052804209</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052803714</t>
+          <t>9786052804155</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052803707</t>
+          <t>9786052803936</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052803691</t>
+          <t>9786052804100</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>58.75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052803653</t>
+          <t>9786059584302</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052803646</t>
+          <t>9786052801949</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>AYT Konsensüs Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>27.51</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052803622</t>
+          <t>9786052801918</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>TYT Konsensüs Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052803615</t>
+          <t>9789752437906</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>YKS Dil Reading And Vocabulary</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052803585</t>
+          <t>9786052801970</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
+          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052803523</t>
+          <t>9786052801765</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052803516</t>
+          <t>9786052801925</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT Konsensüs Felsefe Soru Bankası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052803486</t>
+          <t>4444444443221</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>EKPSS GY-GK Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052803431</t>
+          <t>9786052803974</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052803417</t>
+          <t>9786052803912</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052803356</t>
+          <t>9786052803905</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052803332</t>
+          <t>9786052803899</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
+          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052803325</t>
+          <t>9786052803769</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052803318</t>
+          <t>9786052803752</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052803301</t>
+          <t>9786052803745</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052803295</t>
+          <t>9786052803738</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052803288</t>
+          <t>9786052803721</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052803271</t>
+          <t>9786052803714</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052803264</t>
+          <t>9786052803707</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052803097</t>
+          <t>9786052803691</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052803080</t>
+          <t>9786052803653</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052803035</t>
+          <t>9786052803646</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052803028</t>
+          <t>9786052803622</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052803011</t>
+          <t>9786052803615</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052803004</t>
+          <t>9786052803585</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052802953</t>
+          <t>9786052803523</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052802946</t>
+          <t>9786052803516</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052802885</t>
+          <t>9786052803486</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052801079</t>
+          <t>9786052803431</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052804094</t>
+          <t>9786052803417</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052804056</t>
+          <t>9786052803356</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Fen Bilimleri</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052801239</t>
+          <t>9786052803332</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
+          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052801048</t>
+          <t>9786052803325</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>23.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052801031</t>
+          <t>9786052803318</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>95</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052801000</t>
+          <t>9786052803301</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>16.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052801055</t>
+          <t>9786052803295</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>16.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052801024</t>
+          <t>9786052803288</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>16.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>4444444443220</t>
+          <t>9786052803271</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052800829</t>
+          <t>9786052803264</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>22.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052801611</t>
+          <t>9786052803097</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052801628</t>
+          <t>9786052803080</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052801574</t>
+          <t>9786052803035</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052801635</t>
+          <t>9786052803028</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052801659</t>
+          <t>9786052803011</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059035705</t>
+          <t>9786052803004</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>YGS Kimya Soru Çözüm</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>8.8</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059035682</t>
+          <t>9786052802953</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>YGS Biyoloji Soru Bankası</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>8.8</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052800980</t>
+          <t>9786052802946</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052801680</t>
+          <t>9786052802885</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052801673</t>
+          <t>9786052801079</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052801215</t>
+          <t>9786052804094</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052801185</t>
+          <t>9786052804056</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
+          <t>7. Sınıflar için LGS Fen Bilimleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052800935</t>
+          <t>9786052801239</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
+          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>17.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752437937</t>
+          <t>9786052801048</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 4</t>
+          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>17.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752437982</t>
+          <t>9786052801031</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752437968</t>
+          <t>9786052801000</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>35</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752437920</t>
+          <t>9786052801055</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 3</t>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>17.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752437913</t>
+          <t>9786052801024</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 2</t>
+          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>17.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052801338</t>
+          <t>4444444443220</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
+          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752437715</t>
+          <t>9786052800829</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>12.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052801734</t>
+          <t>9786052801611</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052801727</t>
+          <t>9786052801628</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752437951</t>
+          <t>9786052801574</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>28.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752437944</t>
+          <t>9786052801635</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052800362</t>
+          <t>9786052801659</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052801390</t>
+          <t>9786059035705</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>YGS Kimya Soru Çözüm</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>35</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052801376</t>
+          <t>9786059035682</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>YGS Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>30</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052801369</t>
+          <t>9786052800980</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052801352</t>
+          <t>9786052801680</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052801383</t>
+          <t>9786052801673</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052801437</t>
+          <t>9786052801215</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752437975</t>
+          <t>9786052801185</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>32.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052801468</t>
+          <t>9786052800935</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>50</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052801451</t>
+          <t>9789752437937</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>Time To Focus English - Grade 4</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>80</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052801475</t>
+          <t>9789752437982</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052801413</t>
+          <t>9789752437968</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>32.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052801406</t>
+          <t>9789752437920</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>Time To Focus English - Grade 3</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>40</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052801482</t>
+          <t>9789752437913</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
+          <t>Time To Focus English - Grade 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>38.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052801543</t>
+          <t>9786052801338</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>38.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052801505</t>
+          <t>9789752437715</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052801512</t>
+          <t>9786052801734</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052801550</t>
+          <t>9786052801727</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052801444</t>
+          <t>9789752437951</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>40</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052801420</t>
+          <t>9789752437944</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>80</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052800928</t>
+          <t>9786052800362</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
+          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>17.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052801345</t>
+          <t>9786052801390</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Paragraf</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752437579</t>
+          <t>9786052801376</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>17.13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752437524</t>
+          <t>9786052801369</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>17.13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059584623</t>
+          <t>9786052801352</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>TYT Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052800645</t>
+          <t>9786052801383</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059217873</t>
+          <t>9786052801437</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052800669</t>
+          <t>9789752437975</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>35.65</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752437708</t>
+          <t>9786052801468</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052800348</t>
+          <t>9786052801451</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752437470</t>
+          <t>9786052801475</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
+          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>27.31</v>
+        <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052801796</t>
+          <t>9786052801413</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>17.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052801642</t>
+          <t>9786052801406</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052801710</t>
+          <t>9786052801482</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>15</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752437821</t>
+          <t>9786052801543</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052800997</t>
+          <t>9786052801505</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052800973</t>
+          <t>9786052801512</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
+          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752437678</t>
+          <t>9786052801550</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052800485</t>
+          <t>9786052801444</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>19.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752437685</t>
+          <t>9786052801420</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>18.06</v>
+        <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052800140</t>
+          <t>9786052800928</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059584616</t>
+          <t>9786052801345</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
+          <t>8. Sınıf Resimli Paragraf</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>16.2</v>
+        <v>45</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052800096</t>
+          <t>9789752437579</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>15</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059217866</t>
+          <t>9789752437524</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>35</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052800102</t>
+          <t>9786059584623</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752437463</t>
+          <t>9786052800645</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059217842</t>
+          <t>9786059217873</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052800119</t>
+          <t>9786052800669</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>15</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752437630</t>
+          <t>9789752437708</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>YKS 9+1 Deneme Sınavı</t>
+          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>23.15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059584593</t>
+          <t>9786052800348</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>32.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052800850</t>
+          <t>9789752437470</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>28.5</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052800126</t>
+          <t>9786052801796</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059217859</t>
+          <t>9786052801642</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752437722</t>
+          <t>9786052801710</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052800089</t>
+          <t>9789752437821</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059584708</t>
+          <t>9786052800997</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>18.43</v>
+        <v>90</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052800867</t>
+          <t>9786052800973</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
+          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>135</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752437753</t>
+          <t>9789752437678</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052800072</t>
+          <t>9786052800485</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059584579</t>
+          <t>9789752437685</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>35</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052800263</t>
+          <t>9786052800140</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059584630</t>
+          <t>9786059584616</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>35</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052800751</t>
+          <t>9786052800096</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059584654</t>
+          <t>9786059217866</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052800621</t>
+          <t>9786052800102</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>45.83</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059584647</t>
+          <t>9789752437463</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>32.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052800331</t>
+          <t>9786059217842</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052800638</t>
+          <t>9786052800119</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>35.65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052800317</t>
+          <t>9789752437630</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>YKS 9+1 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052803677</t>
+          <t>9786059584593</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052803684</t>
+          <t>9786052800850</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052803141</t>
+          <t>9786052800126</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052802854</t>
+          <t>9786059217859</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052802830</t>
+          <t>9789752437722</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052801208</t>
+          <t>9786052800089</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052803165</t>
+          <t>9786059584708</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052803158</t>
+          <t>9786052800867</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052802748</t>
+          <t>9789752437753</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
+          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052802700</t>
+          <t>9786052800072</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052802694</t>
+          <t>9786059584579</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052802717</t>
+          <t>9786052800263</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>70</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052802724</t>
+          <t>9786059584630</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052802267</t>
+          <t>9786052800751</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052802557</t>
+          <t>9786059584654</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052801246</t>
+          <t>9786052800621</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>45</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052802014</t>
+          <t>9786059584647</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
+          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052801123</t>
+          <t>9786052800331</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052801116</t>
+          <t>9786052800638</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>13.89</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052802199</t>
+          <t>9786052800317</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik No Problem Soru Bankası</t>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052802090</t>
+          <t>9786052803677</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
+          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052806746</t>
+          <t>9786052803684</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052806173</t>
+          <t>9786052803141</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052803370</t>
+          <t>9786052802854</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
+          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052803363</t>
+          <t>9786052802830</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052804469</t>
+          <t>9786052801208</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Problemler Soru Bankası</t>
+          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257552943</t>
+          <t>9786052803165</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
+          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257552936</t>
+          <t>9786052803158</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
+          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257552912</t>
+          <t>9786052802748</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
+          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052802045</t>
+          <t>9786052802700</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052802021</t>
+          <t>9786052802694</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052805077</t>
+          <t>9786052802717</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Paragraf Soru Bankası</t>
+          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052804537</t>
+          <t>9786052802724</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
+          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052804070</t>
+          <t>9786052802267</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
+          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052800911</t>
+          <t>9786052802557</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052805558</t>
+          <t>9786052801246</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
+          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052801253</t>
+          <t>9786052802014</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
+          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052802908</t>
+          <t>9786052801123</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052800874</t>
+          <t>9786052801116</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
+          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052800881</t>
+          <t>9786052802199</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
+          <t>TYT Matematik No Problem Soru Bankası</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052806791</t>
+          <t>9786052802090</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
+          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052806180</t>
+          <t>9786052806746</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052804650</t>
+          <t>9786052806173</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052806753</t>
+          <t>9786052803370</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052805497</t>
+          <t>9786052803363</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
+          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052806760</t>
+          <t>9786052804469</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>TYT Matematik Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052805862</t>
+          <t>9786257552943</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052805428</t>
+          <t>9786257552936</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052805534</t>
+          <t>9786257552912</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi İşlemlerle TYT Matematik</t>
+          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052805145</t>
+          <t>9786052802045</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Dil Bilgisi</t>
+          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052805138</t>
+          <t>9786052802021</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
+          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052805091</t>
+          <t>9786052805077</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
+          <t>10. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052805121</t>
+          <t>9786052804537</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
+          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052805107</t>
+          <t>9786052804070</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
+          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052805084</t>
+          <t>9786052800911</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
+          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052805114</t>
+          <t>9786052805558</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052804551</t>
+          <t>9786052801253</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052804568</t>
+          <t>9786052802908</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Soru Bankası -</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052804674</t>
+          <t>9786052800874</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
+          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052803493</t>
+          <t>9786052800881</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052802106</t>
+          <t>9786052806791</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
+          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052805411</t>
+          <t>9786052806180</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052802243</t>
+          <t>9786052804650</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
+          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052805299</t>
+          <t>9786052806753</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
+          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052805770</t>
+          <t>9786052805497</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052804681</t>
+          <t>9786052806760</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052804803</t>
+          <t>9786052805862</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052805466</t>
+          <t>9786052805428</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052806739</t>
+          <t>9786052805534</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
+          <t>Cerrahi İşlemlerle TYT Matematik</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052806715</t>
+          <t>9786052805145</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
+          <t>5. Sınıf Dil Bilgisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052805374</t>
+          <t>9786052805138</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
+          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052806722</t>
+          <t>9786052805091</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052804582</t>
+          <t>9786052805121</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052804575</t>
+          <t>9786052805107</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
+          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052804513</t>
+          <t>9786052805084</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052804605</t>
+          <t>9786052805114</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052804599</t>
+          <t>9786052804551</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
+          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052804506</t>
+          <t>9786052804674</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052804629</t>
+          <t>4444444444303</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052804612</t>
+          <t>9786052802106</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052806692</t>
+          <t>9786052805411</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052806685</t>
+          <t>9786052802243</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
+          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052804018</t>
+          <t>9786052805299</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
+          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052804063</t>
+          <t>9786052805770</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
+          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052804490</t>
+          <t>9786052804681</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052802281</t>
+          <t>9786052804803</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052806630</t>
+          <t>9786052805466</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052806623</t>
+          <t>9786052806739</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052805060</t>
+          <t>9786052806715</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Paragraf Soru Bankası</t>
+          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052803042</t>
+          <t>9786052805374</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052802380</t>
+          <t>9786052806722</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052803967</t>
+          <t>9786052804582</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052806616</t>
+          <t>9786052804575</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052806609</t>
+          <t>9786052804513</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052802861</t>
+          <t>9786052804605</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
+          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052805961</t>
+          <t>9786052804599</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052805978</t>
+          <t>9786052804506</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052805152</t>
+          <t>9786052804629</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052805930</t>
+          <t>9786052804612</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052804667</t>
+          <t>9786052806692</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052804148</t>
+          <t>9786052806685</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
+          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052804131</t>
+          <t>9786052804018</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
+          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052804995</t>
+          <t>9786052804063</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052804483</t>
+          <t>9786052804490</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052804827</t>
+          <t>9786052802281</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052804810</t>
+          <t>9786052806630</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
+          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052804773</t>
+          <t>9786052806623</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular -</t>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052804766</t>
+          <t>9786052805060</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>9. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052804759</t>
+          <t>9786052803042</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052804742</t>
+          <t>9786052802380</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052802052</t>
+          <t>9786052803967</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
+          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052802991</t>
+          <t>9786052806616</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052802984</t>
+          <t>9786052806609</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052802977</t>
+          <t>9786052802861</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052802960</t>
+          <t>9786052805961</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052802823</t>
+          <t>9786052805978</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
+          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052801987</t>
+          <t>9786052805152</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Matematik ve Geometri Soruları</t>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052801994</t>
+          <t>9786052805930</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Türkçe Soruları</t>
+          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052801536</t>
+          <t>9786052804667</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052803530</t>
+          <t>9786052804148</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052803950</t>
+          <t>9786052804131</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
+          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052803660</t>
+          <t>9786052804995</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
+          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052803509</t>
+          <t>9786052804827</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052801062</t>
+          <t>9786052804810</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052803462</t>
+          <t>9786052804766</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052803592</t>
+          <t>9786052804759</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052800539</t>
+          <t>9786052804742</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
+          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052804780</t>
+          <t>9786052802052</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052804346</t>
+          <t>9786052802991</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052801802</t>
+          <t>9786052802984</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052804360</t>
+          <t>9786052802977</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052804797</t>
+          <t>9786052802960</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052804353</t>
+          <t>9786052802823</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052801833</t>
+          <t>9786052801987</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Agresif Matematik ve Geometri Soruları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052800294</t>
+          <t>9786052801994</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>TYT Agresif Türkçe Soruları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052801840</t>
+          <t>9786052801536</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052803479</t>
+          <t>9786052803530</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052803882</t>
+          <t>9786052803950</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052804032</t>
+          <t>9786052803660</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>97860528060005</t>
+          <t>9786052803509</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
+          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052805992</t>
+          <t>9786052801062</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Problemler Soru Bankası</t>
+          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052801284</t>
+          <t>9786052803462</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052806166</t>
+          <t>9786052803592</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052804933</t>
+          <t>9786052800539</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
+          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052802182</t>
+          <t>9786052804780</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052802168</t>
+          <t>9786052804346</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052802144</t>
+          <t>9786052801802</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052802175</t>
+          <t>9786052804360</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052802137</t>
+          <t>9786052804797</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052802151</t>
+          <t>9786052804353</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052802939</t>
+          <t>9786052801833</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
+          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052800904</t>
+          <t>9786052800294</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
+          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052800898</t>
+          <t>9786052801840</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
+          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052806043</t>
+          <t>9786052803479</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052805794</t>
+          <t>9786052803882</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052805787</t>
+          <t>9786052804032</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052805251</t>
+          <t>97860528060005</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052805213</t>
+          <t>9786052805992</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>9. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052803172</t>
+          <t>9786052801284</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf English 1000 MG Test Book</t>
+          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052801567</t>
+          <t>9786052806166</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052804711</t>
+          <t>9786052804933</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Problemler Soru Bankası</t>
+          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052803875</t>
+          <t>9786052802182</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052802472</t>
+          <t>9786052802168</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
+          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>47.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052803240</t>
+          <t>9786052802144</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052804049</t>
+          <t>9786052802175</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
+          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052803981</t>
+          <t>9786052802137</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052804216</t>
+          <t>9786052802151</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052803226</t>
+          <t>9786052802939</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052803868</t>
+          <t>9786052800904</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052803257</t>
+          <t>9786052800898</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052803844</t>
+          <t>9786052806043</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
+          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052803233</t>
+          <t>9786052805794</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Soru Bankası</t>
+          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052803851</t>
+          <t>9786052805787</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
+          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052803073</t>
+          <t>9786052805251</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052803066</t>
+          <t>9786052805213</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052806159</t>
+          <t>9786052803172</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
+          <t>8. Sınıf English 1000 MG Test Book</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052806142</t>
+          <t>9786052801567</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Türkçe</t>
+          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052806135</t>
+          <t>9786052804711</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>7’den LGS’ye Hazırlık Matematik</t>
+          <t>8. Sınıf LGS Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052806050</t>
+          <t>9786052803875</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052806036</t>
+          <t>9786052802472</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>60</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052805923</t>
+          <t>9786052803240</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052805985</t>
+          <t>9786052804049</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052805855</t>
+          <t>9786052803981</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052805763</t>
+          <t>9786052804216</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052805244</t>
+          <t>9786052803226</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052805183</t>
+          <t>9786052803868</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052804001</t>
+          <t>9786052803257</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052804704</t>
+          <t>9786052803844</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Problemler Soru Bankası</t>
+          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052803219</t>
+          <t>9786052803233</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>8. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052803202</t>
+          <t>9786052803851</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052803424</t>
+          <t>9786052803073</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052805022</t>
+          <t>9786052803066</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052803837</t>
+          <t>9786052806159</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052803455</t>
+          <t>9786052806142</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>7'den LGS’ye Hazırlık Türkçe</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052803387</t>
+          <t>9786052806135</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+          <t>7’den LGS’ye Hazırlık Matematik</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052804872</t>
+          <t>9786052806050</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052803400</t>
+          <t>9786052806036</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
+          <t>9786052805923</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786052805985</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786052805855</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786052805763</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786052805244</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786052805183</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786052804001</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786052804704</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786052803219</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786052803202</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786052803424</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786052805022</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786052803837</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786052803455</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786052803387</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786052804872</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786052803400</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
           <t>9786052803059</t>
         </is>
       </c>
-      <c r="B460" s="1" t="inlineStr">
+      <c r="B477" s="1" t="inlineStr">
         <is>
           <t>7. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
-      <c r="C460" s="1">
+      <c r="C477" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>