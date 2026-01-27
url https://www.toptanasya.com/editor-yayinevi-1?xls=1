--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,7180 +85,7345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052807323</t>
+          <t>9786052805282</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4. Grup GYS-ÜDS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052807316</t>
+          <t>4444444444509</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052807293</t>
+          <t>9786052803127</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Konu Anlatımlı</t>
+          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052807309</t>
+          <t>9786052807347</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052807170</t>
+          <t>9786052807262</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Sayısal Bölüm Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052807187</t>
+          <t>9786052807255</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Hızlı Tekrar Özet Anlatım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052805671</t>
+          <t>9786052807248</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Özetin Özeti</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Tam İsabet Fasiküllü Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255580719</t>
+          <t>9786052807279</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Tapu ve Kadastro Genel Müdürlüğü Tapu Müdürü, Tapu Sicil Müdür Yardımcısı PRESTİJ Soru Bankası Çözümlü Görevde Yükselme</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Sözel Bölüm Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052805541</t>
+          <t>9786052807361</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru Bankası</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052805527</t>
+          <t>9786052807330</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Özetin Özeti</t>
+          <t>Bilsem Jet Plus Ortak Kitap (1, 2 ve 3. Sınıflar İçin) Tamamı Çözümlü Muhtemel Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052805275</t>
+          <t>9786052807125</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052807217</t>
+          <t>9786052807323</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>TYT Hiç Bilmiyorsan Bu Matematik Özel Ders Kitabın</t>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052807194</t>
+          <t>9786052807316</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052807163</t>
+          <t>9786052807293</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları</t>
+          <t>1. Sınıf Bilsem Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052806975</t>
+          <t>9786052807309</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052806999</t>
+          <t>9786052807170</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>8. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052806982</t>
+          <t>9786052807187</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Müdür Ve Müdür Yardımcısı Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>9. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052806968</t>
+          <t>9786052805671</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı GYS Müdür Ve Müdür Yardımcısı Soru - Cevap</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Özetin Özeti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052803493</t>
+          <t>9786255580719</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Ders Ders Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>2025 GYS Tapu ve Kadastro Genel Müdürlüğü Tapu Müdürü, Tapu Sicil Müdür Yardımcısı PRESTİJ Soru Bankası Çözümlü Görevde Yükselme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052805008</t>
+          <t>9786052805541</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>KPSS GYGK Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052807132</t>
+          <t>9786052805527</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Özetin Özeti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052807118</t>
+          <t>9786052805275</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052807156</t>
+          <t>9786052807217</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>TYT Hiç Bilmiyorsan Bu Matematik Özel Ders Kitabın</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052807149</t>
+          <t>9786052807194</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>10. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052807224</t>
+          <t>9786052807163</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Passages Reading Comprehension For LGS</t>
+          <t>7. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052807026</t>
+          <t>9786052806975</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052807033</t>
+          <t>9786052806999</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052807071</t>
+          <t>9786052806982</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Müdür Ve Müdür Yardımcısı Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052807088</t>
+          <t>9786052806968</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı GYS Müdür Ve Müdür Yardımcısı Soru - Cevap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052807095</t>
+          <t>9786052803493</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>8. Sınıf LGS Ders Ders Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052807064</t>
+          <t>9786052805008</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>KPSS GYGK Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052803349</t>
+          <t>9786052807132</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052805633</t>
+          <t>9786052807118</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052806777</t>
+          <t>9786052807156</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4444444444249</t>
+          <t>9786052807149</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052807040</t>
+          <t>9786052807224</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
+          <t>Passages Reading Comprehension For LGS</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052803998</t>
+          <t>9786052807026</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4444444444237</t>
+          <t>9786052807033</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052800232</t>
+          <t>9786052807071</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052802373</t>
+          <t>9786052807088</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052802564</t>
+          <t>9786052807095</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
+          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052802007</t>
+          <t>9786052807064</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
+          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052804025</t>
+          <t>9786052803349</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052802366</t>
+          <t>9786052805633</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052806845</t>
+          <t>9786052806777</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052807019</t>
+          <t>4444444444249</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052806876</t>
+          <t>9786052807040</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052806869</t>
+          <t>9786052803998</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052806852</t>
+          <t>4444444444237</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052802915</t>
+          <t>9786052800232</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052805664</t>
+          <t>9786052802373</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
+          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>115</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052806098</t>
+          <t>9786052802564</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052806074</t>
+          <t>9786052802007</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052806067</t>
+          <t>9786052804025</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052806004</t>
+          <t>9786052802366</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052806081</t>
+          <t>9786052806845</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052805596</t>
+          <t>9786052807019</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
+          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052805756</t>
+          <t>9786052806876</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052806029</t>
+          <t>9786052806869</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052805749</t>
+          <t>9786052806852</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052805817</t>
+          <t>9786052802915</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052805831</t>
+          <t>9786052805664</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052805800</t>
+          <t>9786052806098</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>135</v>
+        <v>30</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052805824</t>
+          <t>9786052806074</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052805893</t>
+          <t>9786052806067</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052805886</t>
+          <t>9786052806004</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052806012</t>
+          <t>9786052806081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052805916</t>
+          <t>9786052805596</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052805909</t>
+          <t>9786052805756</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052805688</t>
+          <t>9786052806029</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4440000003695</t>
+          <t>9786052805749</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>265</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052805640</t>
+          <t>9786052805817</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052805626</t>
+          <t>9786052805831</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
+          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4444444443111</t>
+          <t>9786052805800</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052805237</t>
+          <t>9786052805824</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052805176</t>
+          <t>9786052805893</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Dil Bilgisi</t>
+          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052805220</t>
+          <t>9786052805886</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052805473</t>
+          <t>9786052806012</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052805480</t>
+          <t>9786052805916</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052805442</t>
+          <t>9786052805909</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052805459</t>
+          <t>9786052805688</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256440722</t>
+          <t>4440000003695</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052805398</t>
+          <t>9786052805640</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052805381</t>
+          <t>9786052805626</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052805435</t>
+          <t>4444444443111</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052805404</t>
+          <t>9786052805237</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052805367</t>
+          <t>9786052805176</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
+          <t>6. Sınıf Dil Bilgisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052805350</t>
+          <t>9786052805220</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
+          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052805305</t>
+          <t>9786052805473</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052805015</t>
+          <t>9786052805480</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052804858</t>
+          <t>9786052805442</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052804841</t>
+          <t>9786052805459</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052804834</t>
+          <t>9786256440722</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052804889</t>
+          <t>9786052805398</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052804865</t>
+          <t>9786052805381</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052804902</t>
+          <t>9786052805435</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2024 ALES Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052804728</t>
+          <t>9786052805404</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052804698</t>
+          <t>9786052805367</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Problemler Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052804735</t>
+          <t>9786052805350</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052804643</t>
+          <t>9786052805305</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052804377</t>
+          <t>9786052805015</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052804407</t>
+          <t>9786052804858</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052804391</t>
+          <t>9786052804841</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052804520</t>
+          <t>9786052804834</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052804636</t>
+          <t>9786052804889</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
+          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052804339</t>
+          <t>9786052804865</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052804384</t>
+          <t>9786052804902</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>2024 ALES Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052804438</t>
+          <t>9786052804728</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
+          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052804445</t>
+          <t>9786052804698</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
+          <t>6. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052804421</t>
+          <t>9786052804735</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
+          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052804414</t>
+          <t>9786052804643</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
+          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052804247</t>
+          <t>9786052804377</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>235</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052804261</t>
+          <t>9786052804407</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
+          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052804278</t>
+          <t>9786052804391</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052804308</t>
+          <t>9786052804520</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>90</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052804322</t>
+          <t>9786052804636</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
+          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052804254</t>
+          <t>9786052804339</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052804285</t>
+          <t>9786052804384</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
+          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052804292</t>
+          <t>9786052804438</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052804315</t>
+          <t>9786052804445</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052804230</t>
+          <t>9786052804421</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052804223</t>
+          <t>9786052804414</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Matematik Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052801888</t>
+          <t>9786052804247</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
+          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>85</v>
+        <v>235</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052804193</t>
+          <t>9786052804261</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052804186</t>
+          <t>9786052804278</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052804209</t>
+          <t>9786052804308</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>265</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052804155</t>
+          <t>9786052804322</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052803936</t>
+          <t>9786052804254</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052804100</t>
+          <t>9786052804285</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>58.75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059584302</t>
+          <t>9786052804292</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>7.31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052801949</t>
+          <t>9786052804315</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Fizik Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>27.51</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052801918</t>
+          <t>9786052804230</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Türkçe Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752437906</t>
+          <t>9786052804223</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>YKS Dil Reading And Vocabulary</t>
+          <t>5. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>37.8</v>
+        <v>80</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052801970</t>
+          <t>9786052801888</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
+          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>27.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052801765</t>
+          <t>9786052804193</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052801925</t>
+          <t>9786052804186</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Felsefe Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>4444444443221</t>
+          <t>9786052804209</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>EKPSS GY-GK Konu Anlatımlı</t>
+          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052803974</t>
+          <t>9786052804155</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052803912</t>
+          <t>9786052803936</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052803905</t>
+          <t>9786052804100</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
+          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>58.75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052803899</t>
+          <t>9786059584302</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
+          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052803769</t>
+          <t>9786052801949</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>AYT Konsensüs Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>75</v>
+        <v>27.51</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052803752</t>
+          <t>9786052801918</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Konsensüs Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052803745</t>
+          <t>9789752437906</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>YKS Dil Reading And Vocabulary</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052803738</t>
+          <t>9786052801970</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052803721</t>
+          <t>9786052801765</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052803714</t>
+          <t>9786052801925</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Konsensüs Felsefe Soru Bankası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052803707</t>
+          <t>4444444443221</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>EKPSS GY-GK Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052803691</t>
+          <t>9786052803974</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052803653</t>
+          <t>9786052803912</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052803646</t>
+          <t>9786052803905</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052803622</t>
+          <t>9786052803899</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052803615</t>
+          <t>9786052803769</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052803585</t>
+          <t>9786052803752</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
+          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052803523</t>
+          <t>9786052803745</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052803516</t>
+          <t>9786052803738</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052803486</t>
+          <t>9786052803721</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052803431</t>
+          <t>9786052803714</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052803417</t>
+          <t>9786052803707</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052803356</t>
+          <t>9786052803691</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052803332</t>
+          <t>9786052803653</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052803325</t>
+          <t>9786052803646</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052803318</t>
+          <t>9786052803622</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052803301</t>
+          <t>9786052803615</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052803295</t>
+          <t>9786052803585</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052803288</t>
+          <t>9786052803523</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052803271</t>
+          <t>9786052803516</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052803264</t>
+          <t>9786052803486</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052803097</t>
+          <t>9786052803431</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052803080</t>
+          <t>9786052803417</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052803035</t>
+          <t>9786052803356</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052803028</t>
+          <t>9786052803332</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052803011</t>
+          <t>9786052803325</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052803004</t>
+          <t>9786052803318</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052802953</t>
+          <t>9786052803301</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052802946</t>
+          <t>9786052803295</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052802885</t>
+          <t>9786052803288</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052801079</t>
+          <t>9786052803271</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052804094</t>
+          <t>9786052803264</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052804056</t>
+          <t>9786052803097</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Fen Bilimleri</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052801239</t>
+          <t>9786052803080</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052801048</t>
+          <t>9786052803035</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>23.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052801031</t>
+          <t>9786052803028</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>20</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052801000</t>
+          <t>9786052803011</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>16.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052801055</t>
+          <t>9786052803004</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>16.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052801024</t>
+          <t>9786052802953</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>16.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>4444444443220</t>
+          <t>9786052802946</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052800829</t>
+          <t>9786052802885</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>22.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052801611</t>
+          <t>9786052801079</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052801628</t>
+          <t>9786052804094</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052801574</t>
+          <t>9786052804056</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>7. Sınıflar için LGS Fen Bilimleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052801635</t>
+          <t>9786052801239</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052801659</t>
+          <t>9786052801048</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>15</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059035705</t>
+          <t>9786052801031</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>YGS Kimya Soru Çözüm</t>
+          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>8.8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059035682</t>
+          <t>9786052801000</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>YGS Biyoloji Soru Bankası</t>
+          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>8.8</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052800980</t>
+          <t>9786052801055</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>80</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052801680</t>
+          <t>9786052801024</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052801673</t>
+          <t>4444444443220</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15</v>
+        <v>240</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052801215</t>
+          <t>9786052800829</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>20</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052801185</t>
+          <t>9786052801611</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052800935</t>
+          <t>9786052801628</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>17.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752437937</t>
+          <t>9786052801574</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 4</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>17.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752437982</t>
+          <t>9786052801635</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752437968</t>
+          <t>9786052801659</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752437920</t>
+          <t>9786059035705</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 3</t>
+          <t>YGS Kimya Soru Çözüm</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>17.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752437913</t>
+          <t>9786059035682</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 2</t>
+          <t>YGS Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>17.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052801338</t>
+          <t>9786052800980</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
+          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752437715</t>
+          <t>9786052801680</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052801734</t>
+          <t>9786052801673</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052801727</t>
+          <t>9786052801215</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752437951</t>
+          <t>9786052801185</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>28.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752437944</t>
+          <t>9786052800935</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>32.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052800362</t>
+          <t>9789752437937</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>Time To Focus English - Grade 4</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>35</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052801390</t>
+          <t>9789752437982</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052801376</t>
+          <t>9789752437968</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052801369</t>
+          <t>9789752437920</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>Time To Focus English - Grade 3</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>35</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052801352</t>
+          <t>9789752437913</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Anlatımlı</t>
+          <t>Time To Focus English - Grade 2</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>70</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052801383</t>
+          <t>9786052801338</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052801437</t>
+          <t>9789752437715</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752437975</t>
+          <t>9786052801734</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052801468</t>
+          <t>9786052801727</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052801451</t>
+          <t>9789752437951</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>80</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052801475</t>
+          <t>9789752437944</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>80</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052801413</t>
+          <t>9786052800362</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>32.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052801406</t>
+          <t>9786052801390</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052801482</t>
+          <t>9786052801376</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>38.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052801543</t>
+          <t>9786052801369</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>38.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052801505</t>
+          <t>9786052801352</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>TYT Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052801512</t>
+          <t>9786052801383</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052801550</t>
+          <t>9786052801437</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052801444</t>
+          <t>9789752437975</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>40</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052801420</t>
+          <t>9786052801468</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052800928</t>
+          <t>9786052801451</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>17.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052801345</t>
+          <t>9786052801475</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Paragraf</t>
+          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752437579</t>
+          <t>9786052801413</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>17.13</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752437524</t>
+          <t>9786052801406</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
+          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>17.13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059584623</t>
+          <t>9786052801482</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>20</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052800645</t>
+          <t>9786052801543</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>50</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059217873</t>
+          <t>9786052801505</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052800669</t>
+          <t>9786052801512</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>35.65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752437708</t>
+          <t>9786052801550</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052800348</t>
+          <t>9786052801444</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752437470</t>
+          <t>9786052801420</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>27.31</v>
+        <v>80</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052801796</t>
+          <t>9786052800928</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052801642</t>
+          <t>9786052801345</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf Resimli Paragraf</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052801710</t>
+          <t>9789752437579</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>15</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752437821</t>
+          <t>9789752437524</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>20</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052800997</t>
+          <t>9786059584623</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052800973</t>
+          <t>9786052800645</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752437678</t>
+          <t>9786059217873</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
+          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052800485</t>
+          <t>9786052800669</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>19.5</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752437685</t>
+          <t>9789752437708</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
+          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>18.06</v>
+        <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052800140</t>
+          <t>9786052800348</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>17.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059584616</t>
+          <t>9789752437470</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>16.2</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052800096</t>
+          <t>9786052801796</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059217866</t>
+          <t>9786052801642</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052800102</t>
+          <t>9786052801710</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752437463</t>
+          <t>9789752437821</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
+          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059217842</t>
+          <t>9786052800997</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052800119</t>
+          <t>9786052800973</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752437630</t>
+          <t>9789752437678</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>YKS 9+1 Deneme Sınavı</t>
+          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>23.15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059584593</t>
+          <t>9786052800485</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>32.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052800850</t>
+          <t>9789752437685</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>28.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052800126</t>
+          <t>9786052800140</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059217859</t>
+          <t>9786059584616</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>12.96</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752437722</t>
+          <t>9786052800096</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052800089</t>
+          <t>9786059217866</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059584708</t>
+          <t>9786052800102</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>18.43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052800867</t>
+          <t>9789752437463</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>135</v>
+        <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752437753</t>
+          <t>9786059217842</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052800072</t>
+          <t>9786052800119</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059584579</t>
+          <t>9789752437630</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>YKS 9+1 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052800263</t>
+          <t>9786059584593</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>17.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059584630</t>
+          <t>9786052800850</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>35</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052800751</t>
+          <t>9786052800126</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059584654</t>
+          <t>9786059217859</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>75</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052800621</t>
+          <t>9789752437722</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>45.83</v>
+        <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059584647</t>
+          <t>9786052800089</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052800331</t>
+          <t>9786059584708</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>20</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052800638</t>
+          <t>9786052800867</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>35.65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052800317</t>
+          <t>9789752437753</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052803677</t>
+          <t>9786052800072</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052803684</t>
+          <t>9786059584579</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052803141</t>
+          <t>9786052800263</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>70</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052802854</t>
+          <t>9786059584630</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052802830</t>
+          <t>9786052800751</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052801208</t>
+          <t>9786059584654</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>32.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052803165</t>
+          <t>9786052800621</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052803158</t>
+          <t>9786059584647</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052802748</t>
+          <t>9786052800331</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052802700</t>
+          <t>9786052800638</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>70</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052802694</t>
+          <t>9786052800317</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052802717</t>
+          <t>9786052803677</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
+          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052802724</t>
+          <t>9786052803684</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052802267</t>
+          <t>9786052803141</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
+          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052802557</t>
+          <t>9786052802854</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
+          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052801246</t>
+          <t>9786052802830</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
+          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052802014</t>
+          <t>9786052801208</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
+          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>140</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052801123</t>
+          <t>9786052803165</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052801116</t>
+          <t>9786052803158</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052802199</t>
+          <t>9786052802748</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik No Problem Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052802090</t>
+          <t>9786052802700</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052806746</t>
+          <t>9786052802694</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052806173</t>
+          <t>9786052802717</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052803370</t>
+          <t>9786052802724</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
+          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052803363</t>
+          <t>9786052802267</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052804469</t>
+          <t>9786052802557</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Problemler Soru Bankası</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257552943</t>
+          <t>9786052801246</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
+          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257552936</t>
+          <t>9786052802014</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
+          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257552912</t>
+          <t>9786052801123</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
+          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052802045</t>
+          <t>9786052801116</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052802021</t>
+          <t>9786052802199</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>TYT Matematik No Problem Soru Bankası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052805077</t>
+          <t>9786052802090</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Paragraf Soru Bankası</t>
+          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052804537</t>
+          <t>9786052806746</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
+          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052804070</t>
+          <t>9786052806173</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
+          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052800911</t>
+          <t>9786052803370</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
+          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052805558</t>
+          <t>9786052803363</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
+          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052801253</t>
+          <t>9786052804469</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
+          <t>TYT Matematik Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052802908</t>
+          <t>9786257552943</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052800874</t>
+          <t>9786257552936</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052800881</t>
+          <t>9786257552912</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
+          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052806791</t>
+          <t>9786052802045</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
+          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052806180</t>
+          <t>9786052802021</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052804650</t>
+          <t>9786052805077</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>10. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052806753</t>
+          <t>9786052804537</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052805497</t>
+          <t>9786052804070</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
+          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052806760</t>
+          <t>9786052800911</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052805862</t>
+          <t>9786052805558</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052805428</t>
+          <t>9786052801253</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052805534</t>
+          <t>9786052802908</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi İşlemlerle TYT Matematik</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052805145</t>
+          <t>9786052800874</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Dil Bilgisi</t>
+          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052805138</t>
+          <t>9786052800881</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
+          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052805091</t>
+          <t>9786052806791</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
+          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052805121</t>
+          <t>9786052806180</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
+          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052805107</t>
+          <t>9786052804650</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
+          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052805084</t>
+          <t>9786052806753</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
+          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052805114</t>
+          <t>9786052805497</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052804551</t>
+          <t>9786052806760</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052804674</t>
+          <t>9786052805862</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
+          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>4444444444303</t>
+          <t>9786052805428</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052802106</t>
+          <t>9786052805534</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
+          <t>Cerrahi İşlemlerle TYT Matematik</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052805411</t>
+          <t>9786052805145</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>5. Sınıf Dil Bilgisi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052802243</t>
+          <t>9786052805138</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
+          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052805299</t>
+          <t>9786052805091</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
+          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052805770</t>
+          <t>9786052805121</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052804681</t>
+          <t>9786052805107</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
+          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052804803</t>
+          <t>9786052805084</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052805466</t>
+          <t>9786052805114</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
+          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052806739</t>
+          <t>9786052804551</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
+          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052806715</t>
+          <t>9786052804674</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
+          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052805374</t>
+          <t>4444444444303</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
+          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052806722</t>
+          <t>9786052802106</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052804582</t>
+          <t>9786052805411</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052804575</t>
+          <t>9786052802243</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
+          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052804513</t>
+          <t>9786052805299</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052804605</t>
+          <t>9786052805770</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052804599</t>
+          <t>9786052804681</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
+          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052804506</t>
+          <t>9786052804803</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052804629</t>
+          <t>9786052805466</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052804612</t>
+          <t>9786052806739</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052806692</t>
+          <t>9786052806715</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052806685</t>
+          <t>9786052805374</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052804018</t>
+          <t>9786052806722</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052804063</t>
+          <t>9786052804582</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
+          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052804490</t>
+          <t>9786052804575</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052802281</t>
+          <t>9786052804513</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
+          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052806630</t>
+          <t>9786052804605</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052806623</t>
+          <t>9786052804599</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052805060</t>
+          <t>9786052804506</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Paragraf Soru Bankası</t>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052803042</t>
+          <t>9786052804629</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052802380</t>
+          <t>9786052804612</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
+          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052803967</t>
+          <t>9786052806692</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052806616</t>
+          <t>9786052806685</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052806609</t>
+          <t>9786052804018</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052802861</t>
+          <t>9786052804063</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
+          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052805961</t>
+          <t>9786052804490</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052805978</t>
+          <t>9786052802281</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052805152</t>
+          <t>9786052806630</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052805930</t>
+          <t>9786052806623</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052804667</t>
+          <t>9786052805060</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
+          <t>9. Sınıf Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052804148</t>
+          <t>9786052803042</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052804131</t>
+          <t>9786052802380</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052804995</t>
+          <t>9786052803967</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052804827</t>
+          <t>9786052806616</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052804810</t>
+          <t>9786052806609</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052804766</t>
+          <t>9786052802861</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052804759</t>
+          <t>9786052805961</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052804742</t>
+          <t>9786052805978</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052802052</t>
+          <t>9786052805152</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052802991</t>
+          <t>9786052805930</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052802984</t>
+          <t>9786052804667</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052802977</t>
+          <t>9786052804148</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052802960</t>
+          <t>9786052804131</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052802823</t>
+          <t>9786052804995</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
+          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052801987</t>
+          <t>9786052804827</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Matematik ve Geometri Soruları</t>
+          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052801994</t>
+          <t>9786052804810</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Türkçe Soruları</t>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052801536</t>
+          <t>9786052804766</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052803530</t>
+          <t>9786052804759</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052803950</t>
+          <t>9786052804742</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
+          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052803660</t>
+          <t>9786052802052</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
+          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052803509</t>
+          <t>9786052802991</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052801062</t>
+          <t>9786052802984</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052803462</t>
+          <t>9786052802977</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052803592</t>
+          <t>9786052802960</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052800539</t>
+          <t>9786052802823</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
+          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052804780</t>
+          <t>9786052801987</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Agresif Matematik ve Geometri Soruları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052804346</t>
+          <t>9786052801994</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>TYT Agresif Türkçe Soruları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052801802</t>
+          <t>9786052801536</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052804360</t>
+          <t>9786052803530</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052804797</t>
+          <t>9786052803950</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052804353</t>
+          <t>9786052803660</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052801833</t>
+          <t>9786052803509</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052800294</t>
+          <t>9786052801062</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052801840</t>
+          <t>9786052803462</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052803479</t>
+          <t>9786052803592</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052803882</t>
+          <t>9786052800539</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052804032</t>
+          <t>9786052804780</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>97860528060005</t>
+          <t>9786052804346</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052805992</t>
+          <t>9786052801802</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Problemler Soru Bankası</t>
+          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052801284</t>
+          <t>9786052804360</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
+          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052806166</t>
+          <t>9786052804797</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052804933</t>
+          <t>9786052804353</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052802182</t>
+          <t>9786052801833</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052802168</t>
+          <t>9786052800294</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052802144</t>
+          <t>9786052801840</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052802175</t>
+          <t>9786052803479</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052802137</t>
+          <t>9786052803882</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052802151</t>
+          <t>9786052804032</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052802939</t>
+          <t>97860528060005</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
+          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052800904</t>
+          <t>9786052805992</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
+          <t>9. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052800898</t>
+          <t>9786052801284</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
+          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052806043</t>
+          <t>9786052806166</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052805794</t>
+          <t>9786052804933</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052805787</t>
+          <t>9786052802182</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052805251</t>
+          <t>9786052802168</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052805213</t>
+          <t>9786052802144</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052803172</t>
+          <t>9786052802175</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf English 1000 MG Test Book</t>
+          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052801567</t>
+          <t>9786052802137</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052804711</t>
+          <t>9786052802151</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Problemler Soru Bankası</t>
+          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052803875</t>
+          <t>9786052802939</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052802472</t>
+          <t>9786052800904</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>47.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052803240</t>
+          <t>9786052800898</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052804049</t>
+          <t>9786052806043</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
+          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052803981</t>
+          <t>9786052805794</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052804216</t>
+          <t>9786052805787</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052803226</t>
+          <t>9786052805251</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052803868</t>
+          <t>9786052805213</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052803257</t>
+          <t>9786052803172</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>8. Sınıf English 1000 MG Test Book</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052803844</t>
+          <t>9786052801567</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
+          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052803233</t>
+          <t>9786052804711</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Soru Bankası</t>
+          <t>8. Sınıf LGS Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052803851</t>
+          <t>9786052803875</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052803073</t>
+          <t>9786052802472</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>400</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052803066</t>
+          <t>9786052803240</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052806159</t>
+          <t>9786052804049</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052806142</t>
+          <t>9786052803981</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Türkçe</t>
+          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052806135</t>
+          <t>9786052804216</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>7’den LGS’ye Hazırlık Matematik</t>
+          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052806050</t>
+          <t>9786052803226</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052806036</t>
+          <t>9786052803868</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052805923</t>
+          <t>9786052803257</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052805985</t>
+          <t>9786052803844</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052805855</t>
+          <t>9786052803233</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052805763</t>
+          <t>9786052803851</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052805244</t>
+          <t>9786052803073</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052805183</t>
+          <t>9786052803066</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052804001</t>
+          <t>9786052806159</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052804704</t>
+          <t>9786052806142</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Problemler Soru Bankası</t>
+          <t>7'den LGS’ye Hazırlık Türkçe</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052803219</t>
+          <t>9786052806135</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>7’den LGS’ye Hazırlık Matematik</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052803202</t>
+          <t>9786052806050</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052803424</t>
+          <t>9786052806036</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052805022</t>
+          <t>9786052805923</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052803837</t>
+          <t>9786052805985</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052803455</t>
+          <t>9786052805855</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052803387</t>
+          <t>9786052805763</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052804872</t>
+          <t>9786052805244</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052803400</t>
+          <t>9786052805183</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
+          <t>9786052804001</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786052804704</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786052803219</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786052803202</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786052803424</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786052805022</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786052803837</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786052803455</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786052803387</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786052804872</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786052803400</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
           <t>9786052803059</t>
         </is>
       </c>
-      <c r="B477" s="1" t="inlineStr">
+      <c r="B488" s="1" t="inlineStr">
         <is>
           <t>7. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
-      <c r="C477" s="1">
+      <c r="C488" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>