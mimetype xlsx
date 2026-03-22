--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,7345 +85,10780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052805282</t>
+          <t>9786052806814</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4. Grup GYS-ÜDS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>T.C. İçişleri Bakanlığı ŞEF-VHKİ GYS Diyalektik Serisi Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>765</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444509</t>
+          <t>9786052804971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
+          <t>T.C Sağlık Bakanlığı Memur VHKİ Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>475</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052803127</t>
+          <t>9786052806784</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052807347</t>
+          <t>9786052806678</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>Türkiye Taşkömürü Kurumu Genel Müdürlüğü Şube Müdürü Soru-Cevap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052807262</t>
+          <t>9786052805053</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem LGS Kamp Sayısal Bölüm Karekod Çözümlü Soru Bankası</t>
+          <t>T.C. Sağlık Bakanlığı Ünvan Değişikliği Sınavı Ortak Konular Nokta Atışı Soru-Cevap / Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052807255</t>
+          <t>9786052806111</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem LGS Kamp Hızlı Tekrar Özet Anlatım</t>
+          <t>10. Sınıf Coğrafya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052807248</t>
+          <t>9786052805954</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem LGS Kamp Tam İsabet Fasiküllü Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052807279</t>
+          <t>9786052805947</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem LGS Kamp Sözel Bölüm Karekod Çözümlü Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052807361</t>
+          <t>9786052805848</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>8. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052807330</t>
+          <t>9786052806005</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Jet Plus Ortak Kitap (1, 2 ve 3. Sınıflar İçin) Tamamı Çözümlü Muhtemel Çıkmış Sorular</t>
+          <t>10. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052807125</t>
+          <t>9786052805879</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>2023 UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Mühendis Unvan Değişikliği Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052807323</t>
+          <t>9786052805718</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>2024 KPSS Coğrafyanın Rotası Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052807316</t>
+          <t>9786052805695</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>TYT Matematik Fasikülleri Muadil Sorular</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052807293</t>
+          <t>9786052805619</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Konu Anlatımlı</t>
+          <t>KPSS Lise ve Ön Lisans Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052807309</t>
+          <t>9786052805589</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>2024 KPSS Lise ve Ön Lisans Tek Kitap Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052807170</t>
+          <t>9786052805565</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
+          <t>GYS Adalet Bakanlığı İdari İşler Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052807187</t>
+          <t>9786052805572</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
+          <t>Adalet Bakanlığı Şube Müdürü Merkez) - Şef Merkez) GYS Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052805671</t>
+          <t>9786052805268</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Özetin Özeti</t>
+          <t>Editör Yayınları 2024 KPSS Genel Yetenek Genel Kültür Tamamı Çözümlü Fasikül 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255580719</t>
+          <t>9786052804926</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>2025 GYS Tapu ve Kadastro Genel Müdürlüğü Tapu Müdürü, Tapu Sicil Müdür Yardımcısı PRESTİJ Soru Bankası Çözümlü Görevde Yükselme</t>
+          <t>6. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052805541</t>
+          <t>9786052804896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru Bankası</t>
+          <t>5. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052805527</t>
+          <t>9786052805503</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Özetin Özeti</t>
+          <t>Ceza ve Tevkifevleri Genel Müdürlüğü İdare Memuru GYS Ezberleten Soru Cevap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052805275</t>
+          <t>9786052805343</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Çözümlü Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052807217</t>
+          <t>9786052805329</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>TYT Hiç Bilmiyorsan Bu Matematik Özel Ders Kitabın</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052807194</t>
+          <t>9786052805336</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052807163</t>
+          <t>9786052805312</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052806975</t>
+          <t>9786052805169</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>6. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052806999</t>
+          <t>9786052805039</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS 1. Dönem Konuları Özetin Özeti Kitapçığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052806982</t>
+          <t>9786052805046</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Müdür Ve Müdür Yardımcısı Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>LGS 1. Dönem Tüm Dersler Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052806968</t>
+          <t>9786052804476</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı GYS Müdür Ve Müdür Yardımcısı Soru - Cevap</t>
+          <t>Başöğretmen Modül 10 Okul Geliştirme ve Liderlik - Modül 11 Sosyal Duygusal Öğrenme Becerilerinin Geliştirilmesi - Modül 12 Bilişsel Düşünme Becerileri Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052803493</t>
+          <t>2106654000002</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Ders Ders Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>4. Sınıf Bilsem Hazırlık Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>290</v>
+        <v>610</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052805008</t>
+          <t>2113906000000</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>KPSS GYGK Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
+          <t>3. Sınıf Bilsem Hazırlık Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>645</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052807132</t>
+          <t>2113963000005</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
+          <t>2. Sınıf Bilsem Hazırlık Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>620</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052807118</t>
+          <t>2114062000002</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>1. Sınıf Bilsem Hazırlık Kitapları 4 Kitap Set</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>635</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052807156</t>
+          <t>4444444443222</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>EKPSS Tek Kitap Soru Bankası (Karekod Çözümlü)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052807149</t>
+          <t>9786052803783</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
+          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052807224</t>
+          <t>9786052803639</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Passages Reading Comprehension For LGS</t>
+          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052807026</t>
+          <t>9786052803608</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052807033</t>
+          <t>9786052800157</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>5. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052807071</t>
+          <t>9786052800393</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052807088</t>
+          <t>9786052800416</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052807095</t>
+          <t>9786052800430</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052807064</t>
+          <t>9786052800447</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052803349</t>
+          <t>9786052800409</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052805633</t>
+          <t>9786052800652</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052806777</t>
+          <t>9786052800805</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>6. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4444444444249</t>
+          <t>9786052800553</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052807040</t>
+          <t>9786052800560</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052803998</t>
+          <t>9786052800249</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4444444444237</t>
+          <t>9786052800522</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052800232</t>
+          <t>9786052800683</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052802373</t>
+          <t>9786052800300</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052802564</t>
+          <t>9786052800287</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
+          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052802007</t>
+          <t>9786052800614</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
+          <t>8. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052804025</t>
+          <t>9786052800607</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
+          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052802366</t>
+          <t>9786052800768</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
+          <t>8. Sınıf Vip Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>25</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052806845</t>
+          <t>9786052800799</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf VİP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052807019</t>
+          <t>9786052800782</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf Vip Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052806876</t>
+          <t>9786052800706</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf Vip TC. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052806869</t>
+          <t>9786052800492</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf Vip Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052806852</t>
+          <t>9786052800775</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
+          <t>8. Sınıf VİP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052802915</t>
+          <t>9786052800843</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
+          <t>8. Sınıf VİP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052805664</t>
+          <t>9786052800461</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
+          <t>8. Sınıf Vip TC. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052806098</t>
+          <t>9786052800478</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf Vip Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052806074</t>
+          <t>9786052800744</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf Vip Din Kültürü ve Ahlak Bilgisi Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052806067</t>
+          <t>9786052800690</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052806004</t>
+          <t>9786052800676</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052806081</t>
+          <t>9786052800256</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052805596</t>
+          <t>9786052800812</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
+          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052805756</t>
+          <t>9786052800591</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>135</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052806029</t>
+          <t>9786052800584</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>50</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052805749</t>
+          <t>9786052800270</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052805817</t>
+          <t>9786052800201</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052805831</t>
+          <t>9786052800195</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052805800</t>
+          <t>9786052800188</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052805824</t>
+          <t>9789752437616</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
+          <t>2018 YKS Tüm Dersler Özel Tek Kitap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052805893</t>
+          <t>9786052800966</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>YKS 1. Oturum TYT Matematik Yeni Nesil Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052805886</t>
+          <t>3990000018772</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>YKS 2.Oturum Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052806012</t>
+          <t>9786055073343</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>YGS / LYS Tarih Öğretmenin Kaleminden Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>60</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052805916</t>
+          <t>9786059035989</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>11. Sınıf Türk Edebiyatı - Dil ve Anlatım Çözümlü - Cevaplı Soru Bankası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052805909</t>
+          <t>9786059217156</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>3. Sınıf Butik Fen Bilimleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052805688</t>
+          <t>9786059217200</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>2. Sınıf Butik Türkçe</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>4440000003695</t>
+          <t>9786059217149</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf Butik Matematik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>265</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052805640</t>
+          <t>9786059217279</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>2. Sınıf Butik Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052805626</t>
+          <t>9786052800720</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
+          <t>5. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>325</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>4444444443111</t>
+          <t>9786052800508</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052805237</t>
+          <t>9786052800379</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>5. Sınıf VIP Sosyal Bilgiler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052805176</t>
+          <t>9786052800386</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Dil Bilgisi</t>
+          <t>5. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052805220</t>
+          <t>9786052800713</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>5. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052805473</t>
+          <t>9786052800515</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052805480</t>
+          <t>9786052800218</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>5. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052805442</t>
+          <t>9786052800355</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052805459</t>
+          <t>9786052800454</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
+          <t>5. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256440722</t>
+          <t>9786052800577</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052805398</t>
+          <t>9786052800546</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>5. Sınıf Vip Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052805381</t>
+          <t>9786052800058</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052805435</t>
+          <t>9786052800041</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052805404</t>
+          <t>9786052800034</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>3. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052805367</t>
+          <t>9786052800027</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
+          <t>3. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052805350</t>
+          <t>9786052800003</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
+          <t>2. Sınıf Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052805305</t>
+          <t>9786052800010</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
+          <t>2. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052805015</t>
+          <t>9786052800423</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
+          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>115</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052804858</t>
+          <t>9786052800225</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>6. Sınıf Vip Sosyal Bilgiler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052804841</t>
+          <t>9786052800164</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>6. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052804834</t>
+          <t>9786052800133</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>6. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052804889</t>
+          <t>9786052800171</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052804865</t>
+          <t>9789752437494</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
+          <t>2018 YKS TYT 1.Oturum Tamamı Çözümlü 10 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052804902</t>
+          <t>9789752437500</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>2024 ALES Tamamı Çözümlü 3 Deneme Sınavı</t>
+          <t>2018 YKS TYT 1.Oturum Tamamı Çözümlü 5 Fasikül Deneme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052804728</t>
+          <t>9786059584975</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>YKS 2. Oturum Kimya Öğretmenin Kaleminden Soru Bankası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052804698</t>
+          <t>9789752437760</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Problemler Soru Bankası</t>
+          <t>YKS TYT Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>225</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052804735</t>
+          <t>9789752437777</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>Fen Bilimleri Yeni Tarz Sorular Mantık-Muhakeme Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052804643</t>
+          <t>9789752437487</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052804377</t>
+          <t>9789752437135</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>2018 KPSS Lise Ön Lisans Vaktim Yok Zamanım Az Diyenler İçin Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052804407</t>
+          <t>9789752437555</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>YKS 2. Oturum Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052804391</t>
+          <t>9789752437548</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>YKS 2.Oturum Edebiyat Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052804520</t>
+          <t>3990000018771</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>YKS 2.Oturum Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>90</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052804636</t>
+          <t>9789752437593</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
+          <t>YKS TYT 1.Oturum Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052804339</t>
+          <t>9789752437562</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>YKS 2. Oturum Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052804384</t>
+          <t>9789752437517</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>YKS 2. Oturum Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052804438</t>
+          <t>9789752437609</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
+          <t>YKS TYT 1.Oturum Türkçe Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052804445</t>
+          <t>9786059217057</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
+          <t>5. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>30</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052804421</t>
+          <t>9786059217019</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
+          <t>5. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052804414</t>
+          <t>9786059035750</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
+          <t>5. Sınıf VIP Sosyal Bilgiler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052804247</t>
+          <t>9786059035828</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>235</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052804261</t>
+          <t>9786059035767</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052804278</t>
+          <t>9786059217064</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
+          <t>6. Sınıf VIP İngilizce Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052804308</t>
+          <t>9786059035958</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052804322</t>
+          <t>9786059035163</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
+          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052804254</t>
+          <t>9786059035798</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
+          <t>8. Sınıf İngilizce Antrenörü Çevir Konu / Çevir Soru</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052804285</t>
+          <t>9786059584494</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
+          <t>LYS Matematik Hızlı Öğretim Konu Anlatımı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>20</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052804292</t>
+          <t>9786059035415</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
+          <t>YGS Türkçe Soru-Cevap</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052804315</t>
+          <t>9786059217880</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
+          <t>9. Sınıf Ortaöğretim Türk Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>11.02</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052804230</t>
+          <t>9786058504691</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Matematik Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052804223</t>
+          <t>9786052802847</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Matematik Soru Bankası</t>
+          <t>Editör 6. Sınıf Bursluluk Güncel Soru Bankası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052801888</t>
+          <t>9786052803578</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
+          <t>2022 KPSS Lise Ön Lisans GYGK Soru Bankası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052804193</t>
+          <t>9786052803554</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
+          <t>2022 KPSS Lise ve Ön Lisans Adayları İçin Özel Tek Kitap Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052804186</t>
+          <t>9786052803561</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
+          <t>2022 KPSS Lise ve Önlisans Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052804209</t>
+          <t>9786052803547</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
+          <t>2022 KPSS Genel Yetenek - Genel Kültür VIP Tek Kitap Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052804155</t>
+          <t>9786052803110</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>10. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052803936</t>
+          <t>9786052803103</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
+          <t>10. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052804100</t>
+          <t>9786052802779</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
+          <t>5. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>58.75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059584302</t>
+          <t>9786052802762</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>7.31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052801949</t>
+          <t>9786052802755</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Fizik Soru Bankası</t>
+          <t>3. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>27.51</v>
+        <v>35</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052801918</t>
+          <t>9786052802816</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Türkçe Soru Bankası</t>
+          <t>10. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752437906</t>
+          <t>9786052802809</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>YKS Dil Reading And Vocabulary</t>
+          <t>9. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>37.8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052801970</t>
+          <t>9786052802793</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
+          <t>7. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>27.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052801765</t>
+          <t>9786052802786</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
+          <t>6. Sınıf Tüm Dersler Hızlı Telafi Eğitimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052801925</t>
+          <t>9786052802298</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>TYT Konsensüs Felsefe Soru Bankası</t>
+          <t>7. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18</v>
+        <v>130</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>4444444443221</t>
+          <t>9786052802304</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>EKPSS GY-GK Konu Anlatımlı</t>
+          <t>6. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052803974</t>
+          <t>9786052802311</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
+          <t>10. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052803912</t>
+          <t>9786052802274</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Testler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052803905</t>
+          <t>9786052802403</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052803899</t>
+          <t>9786052801086</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
+          <t>12. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052803769</t>
+          <t>9786052801277</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>4. Sınıf Bilsem Konu Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>75</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052803752</t>
+          <t>9786052801222</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>2019 MEB Müdür ve Müdür Yardımcılığı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052803745</t>
+          <t>9786052801192</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>7. Sınıf Çözümlü 6 Deneme Fasikül</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052803738</t>
+          <t>9786052801178</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052803721</t>
+          <t>9786052801499</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052803714</t>
+          <t>9786052802359</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052803707</t>
+          <t>9786052802342</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf VIP Matematik Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052803691</t>
+          <t>9786052802397</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>6. Sınıf VIP Fen Bilimleri Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052803653</t>
+          <t>9786052802410</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052803646</t>
+          <t>9786052802335</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>5. Sınıf VIP Fen Bilimleri Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052803622</t>
+          <t>9786052802328</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>5. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052803615</t>
+          <t>9786052802632</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>10. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052803585</t>
+          <t>9786052802687</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
+          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052803523</t>
+          <t>9786052802663</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052803516</t>
+          <t>9786052802670</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052803486</t>
+          <t>9786052802649</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052803431</t>
+          <t>9786052802625</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>80</v>
+        <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052803417</t>
+          <t>9786052802656</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>10. Sınıf Matematik Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052803356</t>
+          <t>9786052802618</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>80</v>
+        <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052803332</t>
+          <t>9786052802601</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
+          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>80</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052803325</t>
+          <t>9786052802588</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Kimya Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052803318</t>
+          <t>9786052802595</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>95</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052803301</t>
+          <t>9786052802540</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>9. Sınıf Tarih Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052803295</t>
+          <t>9786052802571</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>80</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052803288</t>
+          <t>9786052802533</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052803271</t>
+          <t>9786052802922</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Çıkmış Sorular ve Çözümleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>80</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052803264</t>
+          <t>9786052802519</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>8. Sınıf VIP İnkilap Tarihi ve Atatürkçülük Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>80</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052803097</t>
+          <t>9786052802502</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>8. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052803080</t>
+          <t>9786052802489</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>8. Sınıf VIP Fen Bilimleri Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052803035</t>
+          <t>9786052802526</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>8. Sınıf VIP Türkçe Hızlı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052803028</t>
+          <t>9786052802496</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>8. Sınıf VIP Matematik Hızlı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052803011</t>
+          <t>9786052802892</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
+          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052803004</t>
+          <t>9786052802250</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>7. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052802953</t>
+          <t>9786052802427</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>7. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052802946</t>
+          <t>9786052802441</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>7. Sınıf VIP Fen Bilimleri Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052802885</t>
+          <t>9786052802465</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
+          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052801079</t>
+          <t>9786052802458</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>7. Sınıf VIP Matematik Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052804094</t>
+          <t>9786052801314</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
+          <t>2020 MEB Müdür ve Müdür Yardımcılığı 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052804056</t>
+          <t>9786052801666</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Fen Bilimleri</t>
+          <t>LGS Tamamı Çözümlü Çıkmış Sorular ve Örnek Soruların Prototipi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052801239</t>
+          <t>9786052801901</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
+          <t>8. Sınıf LGS Eve Sığar 1. Dönem Sözel Soru Bankası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052801048</t>
+          <t>9786052801895</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>LGS Eve Sığar 1. Dönem Sayısal Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>23.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052801031</t>
+          <t>9786052802236</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
+          <t>Editör Yayınları 2023 8. Sınıf LGS 1. Dönem Fasiküllü Ders Ders Deneme Sınavları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052801000</t>
+          <t>9786052801703</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>16.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052801055</t>
+          <t>9786052801697</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>16.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052801024</t>
+          <t>9786052801147</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
+          <t>2. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>16.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>4444444443220</t>
+          <t>9786052801161</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052800829</t>
+          <t>9786052801154</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
+          <t>1. Sınıf BİLSEM Tamamı Çözümlü Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>22.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052801611</t>
+          <t>9786052801017</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Matematik Nasıl Çözülür 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052801628</t>
+          <t>9786052801307</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Çözümlü 6 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>15</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052801574</t>
+          <t>9786052801291</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>9. Sınıf Çözümlü 6 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>15</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052801635</t>
+          <t>9786052801789</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052801659</t>
+          <t>9786052801826</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059035705</t>
+          <t>9786052801529</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>YGS Kimya Soru Çözüm</t>
+          <t>TYT Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>8.8</v>
+        <v>70</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059035682</t>
+          <t>9786052801819</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>YGS Biyoloji Soru Bankası</t>
+          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>8.8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052800980</t>
+          <t>9786052802205</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
+          <t>LGS Realist Beceri Temelli Tamamı Çözümlü 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>80</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052801680</t>
+          <t>9786052802038</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>6. Sınıf Fasikül 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052801673</t>
+          <t>9786052801321</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>MEB EKYS Müdür ve Müdür Yardımcılığı Soru Bankası 2019</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052801215</t>
+          <t>9786052802076</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>2. Sınıf 6 Fasiküllü 3+3 Deneme</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052801185</t>
+          <t>9786052802069</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
+          <t>3. Sınıf 6 Fasiküllü 3+3 Deneme</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052800935</t>
+          <t>9786052800942</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
+          <t>LGS Reçetesi 8. Sınıf Sözel Mantık ve Muhakeme</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752437937</t>
+          <t>9786052800959</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 4</t>
+          <t>LGS Reçetesi 8. Sınıf T.C İnkılap Tarihi ve Atatürkçülük Mantık ve Muhakeme</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>17.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752437982</t>
+          <t>9786052801109</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>İlkokul 2. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>35</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752437968</t>
+          <t>9786052802083</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>10. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752437920</t>
+          <t>9786052802113</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 3</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>17.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752437913</t>
+          <t>9786052807392</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Time To Focus English - Grade 2</t>
+          <t>8-9. Sınıf Deneyap Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>17.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052801338</t>
+          <t>9786052807385</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
+          <t>8-9. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752437715</t>
+          <t>9786052806265</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>5. Sınıf Türkçe Süreç Odaklı Defterim Fasikülleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>12.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052801734</t>
+          <t>9786052806470</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf Matematik Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052801727</t>
+          <t>9786052806340</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>5. Sınıf Fen Bilimleri Süreç Odaklı Defterim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752437951</t>
+          <t>9786052806388</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>5. Sınıf Fen Bilimleri Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>28.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752437944</t>
+          <t>9786052805602</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>5. Sınıf Sosyal Bilgiler Süreç Odaklı Defterim Fasikülleri (2 Fasikül)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>32.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052800362</t>
+          <t>9786052806449</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
+          <t>5. Sınıf Matematik Süreç Odaklı Defterim Fasikülleri (3 Fasikül)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052801390</t>
+          <t>9786052806302</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>5. Sınıf Türkçe Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052801376</t>
+          <t>9786052806555</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>6. Sınıf İngilizce Worksheets Süreç Odaklı Öğreten Soru Fasikülü Çözümlü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052801369</t>
+          <t>9786052806913</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>6. Sınıf Fen Bilimleri Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052801352</t>
+          <t>9786052806906</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Konu Anlatımlı</t>
+          <t>6. Sınıf Matematik Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052801383</t>
+          <t>9786052806883</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>6. Sınıf Türkçe Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052801437</t>
+          <t>9786052806890</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>6. Sınıf Sosyal Bilgiler Süreç Odaklı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752437975</t>
+          <t>9786052804087</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>32.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052801468</t>
+          <t>9786052805282</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>Belediye ve Bağlı Kuruluşları İle Mahalli İdare Birlikleri 4. Grup GYS-ÜDS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052801451</t>
+          <t>4444444444509</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>80</v>
+        <v>475</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052801475</t>
+          <t>9786052803127</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>2026 GYS ÜDS Tarım ve Orman Bakanlığı Ortak Alan Soru Bankası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052801413</t>
+          <t>9786052807347</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>32.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052801406</t>
+          <t>9786052807262</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Sayısal Bölüm Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052801482</t>
+          <t>9786052807255</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Hızlı Tekrar Özet Anlatım</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>38.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052801543</t>
+          <t>9786052807248</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Tam İsabet Fasiküllü Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>38.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052801505</t>
+          <t>9786052807279</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem LGS Kamp Sözel Bölüm Karekod Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052801512</t>
+          <t>9786052807361</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052801550</t>
+          <t>9786052807330</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>Bilsem Jet Plus Ortak Kitap (1, 2 ve 3. Sınıflar İçin) Tamamı Çözümlü Muhtemel Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>45</v>
+        <v>275</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052801444</t>
+          <t>9786052807125</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>6. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052801420</t>
+          <t>9786052807323</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052800928</t>
+          <t>9786052807316</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>17.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052801345</t>
+          <t>9786052807293</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Paragraf</t>
+          <t>1. Sınıf Bilsem Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752437579</t>
+          <t>9786052807309</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>17.13</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752437524</t>
+          <t>9786052807170</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
+          <t>8. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>17.13</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059584623</t>
+          <t>9786052807187</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları Çözümlü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>20</v>
+        <v>450</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052800645</t>
+          <t>9786052805671</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
+          <t>2026 MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı Özetin Özeti</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059217873</t>
+          <t>9786255580719</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>2025 GYS Tapu ve Kadastro Genel Müdürlüğü Tapu Müdürü, Tapu Sicil Müdür Yardımcısı PRESTİJ Soru Bankası Çözümlü Görevde Yükselme</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>14</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052800669</t>
+          <t>9786052805541</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Şube Müdürü GYS Soru Bankası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>35.65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752437708</t>
+          <t>9786052805527</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Özetin Özeti</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>28</v>
+        <v>600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052800348</t>
+          <t>9786052805275</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>2026 MEB EKYS Müdür ve Müdür Yardımcılığı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>25</v>
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752437470</t>
+          <t>9786052807217</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
+          <t>TYT Hiç Bilmiyorsan Bu Matematik Özel Ders Kitabın</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>27.31</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052801796</t>
+          <t>9786052807194</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>10. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>17.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052801642</t>
+          <t>9786052807163</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>7. Sınıf Tüm Dersler Ünite Ünite Deneme Sınavları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052801710</t>
+          <t>9786052806975</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Tamamı Çözümlü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752437821</t>
+          <t>9786052806999</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Şef Ve İdari Hizmetler Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>20</v>
+        <v>275</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052800997</t>
+          <t>9786052806982</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı 2025 GYS Müdür Ve Müdür Yardımcısı Diyalektik Serisi Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052800973</t>
+          <t>9786052806968</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
+          <t>T.C. Aile Ve Sosyal Hizmetler Bakanlığı GYS Müdür Ve Müdür Yardımcısı Soru - Cevap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>20</v>
+        <v>700</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752437678</t>
+          <t>9786052803493</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
+          <t>8. Sınıf LGS Ders Ders Düzenlenmiş Tamamı Çözümlü Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052800485</t>
+          <t>9786052805008</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>KPSS GYGK Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>19.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752437685</t>
+          <t>9786052807132</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
+          <t>6. Sınıf Bursluluk Tamamı Çözümlü Fasiküllü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>18.06</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052800140</t>
+          <t>9786052807118</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>6. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>17.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059584616</t>
+          <t>9786052807156</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
+          <t>6. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>16.2</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052800096</t>
+          <t>9786052807149</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>5. Sınıf Tüm Dersler Branş Branş Tamamı Çözümlü Deneme Sınavları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059217866</t>
+          <t>9786052807224</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>Passages Reading Comprehension For LGS</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052800102</t>
+          <t>9786052807026</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
+          <t>5. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752437463</t>
+          <t>9786052807033</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
+          <t>6. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059217842</t>
+          <t>9786052807071</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>7. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>38</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052800119</t>
+          <t>9786052807088</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>8. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752437630</t>
+          <t>9786052807095</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>YKS 9+1 Deneme Sınavı</t>
+          <t>9. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>23.15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059584593</t>
+          <t>9786052807064</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>10. Sınıf Tüm Branşlar Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>32.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052800850</t>
+          <t>9786052803349</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>28.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052800126</t>
+          <t>9786052805633</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>9. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059217859</t>
+          <t>9786052806777</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+          <t>2026 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>12.96</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752437722</t>
+          <t>4444444444249</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
+          <t>2025 DGS Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052800089</t>
+          <t>9786052807040</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>2. Sınıf Tamamı Çözümlü 3 + 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059584708</t>
+          <t>9786052803998</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>18.43</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052800867</t>
+          <t>4444444444237</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
+          <t>6. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752437753</t>
+          <t>9786052800232</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052800072</t>
+          <t>9786052802373</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059584579</t>
+          <t>9786052802564</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>9. Sınıf İngilizce Öğretmenin Ders Notları (Hızlı)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052800263</t>
+          <t>9786052802007</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>11. Sınıf Tüm Dersler Sayısal Soru Bankası Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>17.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059584630</t>
+          <t>9786052804025</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+          <t>2026 EKPSS Tek Kitap Soru Bankası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>35</v>
+        <v>650</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052800751</t>
+          <t>9786052802366</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>5. Sınıf VIP İngilizce Hızlı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059584654</t>
+          <t>9786052806845</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052800621</t>
+          <t>9786052807019</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>45.83</v>
+        <v>450</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059584647</t>
+          <t>9786052806876</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>32.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052800331</t>
+          <t>9786052806869</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>20</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052800638</t>
+          <t>9786052806852</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Soru Bankası Karekod Çözümlü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>35.65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052800317</t>
+          <t>9786052802915</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>Milli Eğitim Bakanlığı Memur Tamamı Çözümlü GYS 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052803677</t>
+          <t>9786052805664</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>MEB Yurt Dışında Görevlendirilecek Öğretmenleri Seçme Sınavı 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052803684</t>
+          <t>9786052806098</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>10. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052803141</t>
+          <t>9786052806074</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052802854</t>
+          <t>9786052806067</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>10. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052802830</t>
+          <t>9786052806004</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
+          <t>9. Sınıf Kimya 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052801208</t>
+          <t>9786052806081</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
+          <t>9. Sınıf Tarih 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>32.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052803165</t>
+          <t>9786052805596</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>2024 KPSS Lise ve Ön Lisans Tamamı Çözümlü 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052803158</t>
+          <t>9786052805756</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+          <t>6. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052802748</t>
+          <t>9786052806029</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
+          <t>6. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052802700</t>
+          <t>9786052805749</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+          <t>5. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052802694</t>
+          <t>9786052805817</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>5. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052802717</t>
+          <t>9786052805831</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
+          <t>5. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052802724</t>
+          <t>9786052805800</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+          <t>6. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052802267</t>
+          <t>9786052805824</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
+          <t>6. Sınıf Fen Bilimleri 20 Sarmal Föy Deneme Sınavı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052802557</t>
+          <t>9786052805893</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
+          <t>9. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052801246</t>
+          <t>9786052805886</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052802014</t>
+          <t>9786052806012</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
+          <t>6. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052801123</t>
+          <t>9786052805916</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>6. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052801116</t>
+          <t>9786052805909</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+          <t>6. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052802199</t>
+          <t>9786052805688</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik No Problem Soru Bankası</t>
+          <t>KPSS Eğitim Bilimleri Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052802090</t>
+          <t>4440000003695</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
+          <t>2022 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052806746</t>
+          <t>9786052805640</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>10. Sınıf VIP İngilizce Soru Bankası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052806173</t>
+          <t>9786052805626</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>Adalet Bakanlığı Yazı İşleri Müdürlüğü GYS Soru Cevap</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052803370</t>
+          <t>4444444443111</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
+          <t>Milli Eğitim Bakanlığı Memur GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052803363</t>
+          <t>9786052805237</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>6. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052804469</t>
+          <t>9786052805176</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik Problemler Soru Bankası</t>
+          <t>6. Sınıf Dil Bilgisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257552943</t>
+          <t>9786052805220</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
+          <t>5. Sınıf Matematik Dökme Yaprak Testler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257552936</t>
+          <t>9786052805473</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257552912</t>
+          <t>9786052805480</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052802045</t>
+          <t>9786052805442</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052802021</t>
+          <t>9786052805459</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Çalışma Yaprakları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052805077</t>
+          <t>9786256440722</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Paragraf Soru Bankası</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052804537</t>
+          <t>9786052805398</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052804070</t>
+          <t>9786052805381</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
+          <t>5. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052800911</t>
+          <t>9786052805404</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052805558</t>
+          <t>9786052805367</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Şef GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052801253</t>
+          <t>9786052805350</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Özetin Özeti</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052802908</t>
+          <t>9786052805305</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>Milli Eğitim Bakanlığı Sayman GYS Soru - Cevap</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052800874</t>
+          <t>9786052805015</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
+          <t>T.C. Sağlık Bakanlığı GYS Soru-Cevap</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052800881</t>
+          <t>9786052804858</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
+          <t>6. Sınıf VIP Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052806791</t>
+          <t>9786052804841</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
+          <t>6. Sınıf VIP Matematik Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052806180</t>
+          <t>9786052804889</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>5. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052804650</t>
+          <t>9786052804865</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+          <t>6. Sınıf VIP Türkçe Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052806753</t>
+          <t>9786052804902</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
+          <t>2024 ALES Tamamı Çözümlü 3 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052805497</t>
+          <t>9786052804728</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
+          <t>3. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052806760</t>
+          <t>9786052804698</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>6. Sınıf Problemler Soru Bankası</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052805862</t>
+          <t>9786052804735</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
+          <t>4. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052805428</t>
+          <t>9786052804643</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+          <t>2. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052805534</t>
+          <t>9786052804377</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi İşlemlerle TYT Matematik</t>
+          <t>9. Sınıf Biyoloji Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052805145</t>
+          <t>9786052804407</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Dil Bilgisi</t>
+          <t>9. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052805138</t>
+          <t>9786052804391</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052805091</t>
+          <t>9786052804520</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052805121</t>
+          <t>9786052804636</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
+          <t>2022 Uzman Öğretmenlik Jet Bilgi Kartları</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052805107</t>
+          <t>9786052804339</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
+          <t>6. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052805084</t>
+          <t>9786052804384</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
+          <t>6. Sınıf VIP Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052805114</t>
+          <t>9786052804438</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052804551</t>
+          <t>9786052804445</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>Uzman ve Başöğretmen Modül 8 Dijital Yetkinlik - Modül 9 Güvenli Okul ve Okul Güvenliği Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052804674</t>
+          <t>9786052804421</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>375</v>
+        <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>4444444444303</t>
+          <t>9786052804414</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>Uzman ve Başöğretmen Modül 6 Çevre Eğitimi ve İklim Değişikliği - Modül 7 Sosyal Etkileşim ve İletişim Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052802106</t>
+          <t>9786052804247</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
+          <t>2022 ÖKBS Başöğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052805411</t>
+          <t>9786052804261</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052802243</t>
+          <t>9786052804278</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052805299</t>
+          <t>9786052804308</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052805770</t>
+          <t>9786052804322</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052804681</t>
+          <t>9786052804254</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 2 Ölçme ve Değerlendirme Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052804803</t>
+          <t>9786052804285</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>Uzman ve Başöğretmen Modül 3 Özel Eğitim ve Rehberlik Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052805466</t>
+          <t>9786052804292</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
+          <t>Uzman ve Başöğretmen Modül 4 Eğitim Araştırmaları ve Ar-ge Çalışmaları Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052806739</t>
+          <t>9786052804315</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
+          <t>Uzman ve Başöğretmen Modül 5 Eğitimde Kapsayıcılık Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052806715</t>
+          <t>9786052804230</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
+          <t>6. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052805374</t>
+          <t>9786052804223</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
+          <t>5. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052806722</t>
+          <t>9786052801888</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
+          <t>TYT AYT Konsensüs Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052804582</t>
+          <t>9786052804193</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Konu Fasikülü</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052804575</t>
+          <t>9786052804186</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
+          <t>Uzman ve Başöğretmen Modül 1 Öğrenme ve Öğretme Süreçleri Özet ve Öğretici Soru Fasikülü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052804513</t>
+          <t>9786052804209</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>2023 Uzman Öğretmen MEB Çalışma Kitabı Özeti ve Tamamı Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052804605</t>
+          <t>9786052804155</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+          <t>5. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052804599</t>
+          <t>9786052803936</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
+          <t>8. Sınıf 1. Dönem Kamp 5 Fasikül Deneme Sınavı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052804506</t>
+          <t>9786052804100</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>Arabuluculuk Sınavı Tamamı Çözümlü Çıkması Beklenen Sorular</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>230</v>
+        <v>58.75</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052804629</t>
+          <t>9786059584302</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+          <t>Hızlı Öğretim YGS Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052804612</t>
+          <t>9786052801949</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
+          <t>AYT Konsensüs Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>27.51</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052806692</t>
+          <t>9786052801918</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+          <t>TYT Konsensüs Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052806685</t>
+          <t>9789752437906</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
+          <t>YKS Dil Reading And Vocabulary</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>37.8</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052804018</t>
+          <t>9786052801970</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
+          <t>AYT Konsensüs Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>700</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052804063</t>
+          <t>9786052801765</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
+          <t>TYT Konsensüs Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052804490</t>
+          <t>9786052801925</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+          <t>TYT Konsensüs Felsefe Soru Bankası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052802281</t>
+          <t>4444444443221</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
+          <t>EKPSS GY-GK Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052806630</t>
+          <t>9786052803974</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>8. Sınıf Kamp Fenomen LGS Tamamı Çözümlü 8 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052806623</t>
+          <t>9786052803912</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>8. Sınıf 1. Dönem Kamp Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052805060</t>
+          <t>9786052803905</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Paragraf Soru Bankası</t>
+          <t>8. Sınıf 1. Dönem Kamp Sözel Soru Bankası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052803042</t>
+          <t>9786052803899</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>YDS, e-YDS, YÖK-DİL, YKS-DİL, YDT Reading And Vocabulary For Exams</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052802380</t>
+          <t>9786052803769</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052803967</t>
+          <t>9786052803752</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>10. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052806616</t>
+          <t>9786052803745</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052806609</t>
+          <t>9786052803738</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052802861</t>
+          <t>9786052803721</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
+          <t>10. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052805961</t>
+          <t>9786052803714</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052805978</t>
+          <t>9786052803707</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052805152</t>
+          <t>9786052803691</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052805930</t>
+          <t>9786052803653</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052804667</t>
+          <t>9786052803646</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052804148</t>
+          <t>9786052803622</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052804131</t>
+          <t>9786052803615</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052804995</t>
+          <t>9786052803585</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
+          <t>KPSS - ALES - DGS Prestij Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052804827</t>
+          <t>9786052803523</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+          <t>TYT Polislik VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052804810</t>
+          <t>9786052803516</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052804766</t>
+          <t>9786052803486</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052804759</t>
+          <t>9786052803431</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052804742</t>
+          <t>9786052803417</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052802052</t>
+          <t>9786052803356</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052802991</t>
+          <t>9786052803332</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Türk Dili Edebiyatı Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052802984</t>
+          <t>9786052803325</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052802977</t>
+          <t>9786052803318</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>95</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052802960</t>
+          <t>9786052803301</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>9. Sınıf Tarih Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052802823</t>
+          <t>9786052803295</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052801987</t>
+          <t>9786052803288</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Matematik ve Geometri Soruları</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052801994</t>
+          <t>9786052803271</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>TYT Agresif Türkçe Soruları</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052801536</t>
+          <t>9786052803264</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052803530</t>
+          <t>9786052803097</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
+          <t>9. Sınıf Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052803950</t>
+          <t>9786052803080</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052803660</t>
+          <t>9786052803035</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052803509</t>
+          <t>9786052803028</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052801062</t>
+          <t>9786052803011</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımı Mavi Kitap</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052803462</t>
+          <t>9786052803004</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052803592</t>
+          <t>9786052802953</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052800539</t>
+          <t>9786052802946</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052804780</t>
+          <t>9786052802885</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Konu Anlatımlı Tüm Dersler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052804346</t>
+          <t>9786052801079</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+          <t>TYT / Jandarma Sahil Güvenlik Akademisi Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052801802</t>
+          <t>9786052804094</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Matematik Promat 15 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052804360</t>
+          <t>9786052804056</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
+          <t>7. Sınıflar için LGS Fen Bilimleri</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052804797</t>
+          <t>9786052801239</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Duayen 10 Fasikül Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052804353</t>
+          <t>9786052801048</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+          <t>LGS Fen Bilimleri Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052801833</t>
+          <t>9786052801031</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Türkçe Tamamı Çözümlü 20 Branş Denemesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052800294</t>
+          <t>9786052801000</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+          <t>LGS İngilizce Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052801840</t>
+          <t>9786052801055</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052803479</t>
+          <t>9786052801024</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
+          <t>LGS T. C. İnkılap Tarihi ve Atatürkçülük Tamamı Çözümlü 30 Branş Denemesi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052803882</t>
+          <t>4444444443220</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+          <t>TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052804032</t>
+          <t>9786052800829</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+          <t>8. Sınıf Vip İngilizce Soru Bankası (Yeni Müfredat)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>97860528060005</t>
+          <t>9786052801611</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
+          <t>9. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052805992</t>
+          <t>9786052801628</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Problemler Soru Bankası</t>
+          <t>9. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052801284</t>
+          <t>9786052801574</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052806166</t>
+          <t>9786052801635</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
+          <t>9. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052804933</t>
+          <t>9786052801659</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
+          <t>9. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052802182</t>
+          <t>9786059035705</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>YGS Kimya Soru Çözüm</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052802168</t>
+          <t>9786059035682</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>YGS Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052802144</t>
+          <t>9786052800980</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
+          <t>YKS TYT 1. Oturum Özel Tek Kitap Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052802175</t>
+          <t>9786052801680</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>10. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052802137</t>
+          <t>9786052801673</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>9. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052802151</t>
+          <t>9786052801215</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
+          <t>LGS Kazan Kazan Tamamı Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052802939</t>
+          <t>9786052801185</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
+          <t>6. Sınıf Fasiküllü 6 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052800904</t>
+          <t>9786052800935</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
+          <t>8. Sınıf LGS Sayısal Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>130</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052800898</t>
+          <t>9789752437937</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
+          <t>Time To Focus English - Grade 4</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>135</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052806043</t>
+          <t>9789752437982</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>3. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052805794</t>
+          <t>9789752437968</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>3. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052805787</t>
+          <t>9789752437920</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+          <t>Time To Focus English - Grade 3</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>170</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052805251</t>
+          <t>9789752437913</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>Time To Focus English - Grade 2</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>170</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052805213</t>
+          <t>9786052801338</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>AYT 7 Fasiküllü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052803172</t>
+          <t>9789752437715</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf English 1000 MG Test Book</t>
+          <t>2018 Liselere Geçiş Sınavı (LGS) Mantık-Muhakeme Soruları Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052801567</t>
+          <t>9786052801734</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+          <t>10. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052804711</t>
+          <t>9786052801727</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf LGS Problemler Soru Bankası</t>
+          <t>10. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052803875</t>
+          <t>9789752437951</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>2. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>150</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052802472</t>
+          <t>9789752437944</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
+          <t>2. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>47.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052803240</t>
+          <t>9786052800362</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>4. Sınıf Tüm Dersler Etkinlikler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052804049</t>
+          <t>9786052801390</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
+          <t>2. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052803981</t>
+          <t>9786052801376</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052804216</t>
+          <t>9786052801369</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052803226</t>
+          <t>9786052801352</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>TYT Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052803868</t>
+          <t>9786052801383</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+          <t>2. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052803257</t>
+          <t>9786052801437</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052803844</t>
+          <t>9789752437975</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
+          <t>4. Sınıf Tüm Dersler Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052803233</t>
+          <t>9786052801468</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Soru Bankası</t>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052803851</t>
+          <t>9786052801451</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
+          <t>6. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052803073</t>
+          <t>9786052801475</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+          <t>7. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052803066</t>
+          <t>9786052801413</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052806159</t>
+          <t>9786052801406</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
+          <t>4. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052806142</t>
+          <t>9786052801482</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>7'den LGS’ye Hazırlık Türkçe</t>
+          <t>9. Sınıf VİP Türm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052806135</t>
+          <t>9786052801543</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>7’den LGS’ye Hazırlık Matematik</t>
+          <t>10. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052806050</t>
+          <t>9786052801505</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VİP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052806036</t>
+          <t>9786052801512</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>8. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052805923</t>
+          <t>9786052801550</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052805985</t>
+          <t>9786052801444</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+          <t>6. Sınıf VIP Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052805855</t>
+          <t>9786052801420</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052805763</t>
+          <t>9786052800928</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+          <t>8. Sınıf LGS Fen Bilimleri Mantık ve Muhakeme Reçetesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>170</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052805244</t>
+          <t>9786052801345</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
+          <t>8. Sınıf Resimli Paragraf</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052805183</t>
+          <t>9789752437579</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+          <t>YKS 1. ve 2. Oturum Kimya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>85</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052804001</t>
+          <t>9789752437524</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+          <t>YKS 1. ve 2. Oturum Coğrafya Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052804704</t>
+          <t>9786059584623</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Problemler Soru Bankası</t>
+          <t>4. Sınıf Bilsem Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052803219</t>
+          <t>9786052800645</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>10. Sınıf VİP Tüm Dersler Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052803202</t>
+          <t>9786059217873</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+          <t>4. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052803424</t>
+          <t>9786052800669</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+          <t>10. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052805022</t>
+          <t>9789752437708</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+          <t>Editör Bilsem Şekil Yeteneği Tüm Sınıflar İçin</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052803837</t>
+          <t>9786052800348</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052803455</t>
+          <t>9789752437470</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Çevir Konu Çevir Soru</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052803387</t>
+          <t>9786052801796</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052804872</t>
+          <t>9786052801642</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+          <t>9. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052803400</t>
+          <t>9786052801710</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+          <t>10. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
+          <t>9789752437821</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>YKS İngilizce Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786052800997</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>TYT YKS 1. Oturum Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786052800973</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>YKS - TYT Türkçe Yeni Nesil Sorular ve Çözümlemeleri 1. Oturum</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789752437678</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>YKS Pratik Edebiyat Bilgileri 3G 3D</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786052800485</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Matematik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789752437685</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>YKS I. ve II. Oturum Pratik Tarih Bilgileri 3G 3D</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>18.06</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786052800140</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Tarih Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786059584616</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Bilsem Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786052800096</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Fizik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059217866</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786052800102</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf İngilizce Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789752437463</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>YKS Temel Yeterlilik Testi 1. Oturum Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786059217842</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786052800119</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Kimya Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789752437630</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>YKS 9+1 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786059584593</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786052800850</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>LGS Mantık Muhakeme Soruları Nasıl Çözülür?</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786052800126</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786059217859</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789752437722</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>YKS - AYT Edebiyat Çözümlü 15 Deneme</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786052800089</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786059584708</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>18.43</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786052800867</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>LGS T.C. İnkılap Tarihi ve Atatürkçülük Mantık Muhakeme Soruları Nasıl Çözülür (Turuncu Kitap)</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789752437753</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>YKS Edebiyat Resimli Notlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786052800072</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786059584579</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786052800263</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Matematik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>17.5</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786059584630</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf BİLSEM Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786052800751</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Fizik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786059584654</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786052800621</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>45.83</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786059584647</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf BİLSEM Hazırlık Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786052800331</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786052800638</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>35.65</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786052800317</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786052803677</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>TYT - Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786052803684</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>TYT - MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786052803141</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786052802854</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Editör 7. Sınıf Bursluluk Güncel Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786052802830</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Editör 5. Sınıf Bursluluk Güncel Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786052801208</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>LGS Realist Tamamı Çözümlü 10 Deneme Sınavı Fasiküllü</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052803165</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786052803158</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Tek Kitap Etkinlikler ve Mini Testler</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786052802748</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Tüm Dersler Telafi Eğitimi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786052802700</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>TYT MSÜ Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786052802694</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>TYT MSÜ Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786052802717</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>TYT Polislik Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786052802724</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>TYT Polislik Tüm Dersler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786052802267</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Tüm Dersler Yeni Nesil Beceri Temelli Dersler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786052802557</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Coğrafya Öğretmenin Ders Notları (Hızlı)</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052801246</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>TYT Spesiyal Fasiküllü 5 Deneme Çözümlü</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786052802014</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tüm Dersler Eşit Ağırlık - Sözel Soru Bankası Kırmızı Kitap</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786052801123</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul 4. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786052801116</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul 3. Sınıf 6 Deneme Sınavı (Fasiküllü)</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786052802199</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik No Problem Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052802090</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tamamı Çözümlü 6 Fasikül 3+3 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786052806746</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf (3+3) Fasiküllü Tamamı Çözümlü 6 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786052806173</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka ve İnsan Karışımı TYT Tamamı Çözümlü 3 Fasikül Deneme</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786052803370</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Sosyal Bilgiler Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786052803363</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786052804469</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>TYT Matematik Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786257552943</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Bilgeler Yarışıyor</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786257552936</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca'nın Filozoflarla İmtihanı - Geçmişe Yolculuk</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786257552912</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>3. ve 4. Sınıflar İçin Nasrettin Hoca'nın Filozoflarla İmtihanı 10'lu Hikaye Seti</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786052802045</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Fasikül 6 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786052802021</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Fasikül 6 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786052805077</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786052804537</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>T.C. Ticaret Bakanlığı Tüm Kadrolar İçin Tamamı Çözümlü Ortak Alan Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786052804070</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıflar için LGS Matematik Giriş Seviyesi</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786052800911</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>LGS Matematik Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Turkuaz Kitap)</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786052805558</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>GYS Adalet Bakanlığı Yazı İşleri Müdürlüğü Çözümlü 3 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786052801253</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Vip Tüm Dersler Tamamı Karekod Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786052802908</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Milli Eğitim Bakanlığı Şef GYS Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786052800874</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>LGS Türkçe Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Mavi Kitap)</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786052800881</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>LGS Fen Bilimleri Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Sarı Kitap)</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786052806791</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Bursluluk Sınavı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786052806180</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka ve İnsan Karışımı KPSS Tamamı Çözümlü 3 Fasikül Deneme</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786052804650</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Tamamı Çözümlü 6 Deneme Sınavı Fasiküllü</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786052806753</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>MEB - AGS Türk Mili Eğitim Sistemi ve Mevzuat Bilgisi Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786052805497</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf 1. Dönem Bursluluk Sınavı Tamamı Çözümlü 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786052806760</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786052805862</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>UDS Çevre Şehircilik ve İklim Değişikliği Bakanlığı Tekniker ve Teknisyen Unvan Değişikliği Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786052805428</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786052805534</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Cerrahi İşlemlerle TYT Matematik</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786052805145</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Dil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786052805138</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS Din Kültürü ve Ahlak Bilgisi 1. Dönem 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786052805091</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS TC İnkılap Tarihi ve Atatürkçülük 1. Dönem 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786052805121</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS Fen Bilimleri 1. Dönem 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786052805107</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS Matematik 1. Dönem 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786052805084</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS Türkçe 1. Dönem 5 Deneme</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786052805114</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf LGS İngilizce 1. Dönem 10 Deneme</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786052804551</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Bilsem Konu Anlatımlı -</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786052804674</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>LGS Tıpkı Basım Çıkmış Sorular ve Çözümleri</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>4444444444303</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Ders Ders Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786052802106</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf Yeni Nesil Mantık Muhakeme Yeteneği Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786052805411</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf 1. Dönem Bursluluk Sınavı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786052802243</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>LGS 1. Dönem Tamamı Çözümlü 5 Fasiküllü Deneme</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786052805299</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Yükseköğretim Kurumu (YÖK) GYS Nokta Atışı Soru-Cevap</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786052805770</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786052804681</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Problemler Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786052804803</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786052805466</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Bakanlığı GYS - ÜDS Ortak Alan Nokta Atışı Soru-Cevap</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786052806739</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>İcra Müdür ve Müdür Yardımcılığı 3 Deneme Tamamı Çözümlü Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786052806715</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>YDT Misyon Koruma Sınavı 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786052805374</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Milli Eğitim Bakanlığı Şube Müdürlüğü GYS Özetin Özeti</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786052806722</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>MEB Bakanlık Müfettiş Yardımcılığı Tamamı Çözümlü 6 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786052804582</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786052804575</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Konu Anlatım Kitabı</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786052804513</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786052804605</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf BİLSEM Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786052804599</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Konu Anlatımlı Data Yayınları</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786052804506</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786052804629</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786052804612</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Konu Anlatımlı -</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786052806692</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Soru Bankası - Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786052806685</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>5.Sınıf Bursluluk Sınavı Konu Anlatımlı Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786052804018</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>2026 EKPSS Genel Yetenek - Genel Kültür Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786052804063</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf LGS Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786052804490</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Hazırlık Şekil Yeteneği Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786052802281</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Tüm Dersler Beceri Temelli Testler</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786052806630</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf VIP Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786052806623</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786052805060</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786052803042</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786052802380</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf VIP Sosyal Bilgiler Hızlı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786052803967</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786052806616</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf VIP Tüm Dersler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786052806609</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf VIP Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786052802861</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Editör 8. Sınıf Bursluluk Sınavı Güncel Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786052805961</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Bursluluk Sınavı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786052805978</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786052805152</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Tamamı Çözümlü Çıkmış Sorular</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786052805930</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Bursluluk Sınavı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786052804667</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Bilsem Mülakat 1-2-3. Sınıf İçin Ortak Kitap</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786052804148</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>8 - 9. Sınıf Deneyap Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786052804131</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>4 - 5. Sınıf Deneyap Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786052804995</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>4 - 5. Sınıf Deneyap Tamamı Çözümlü 5 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786052804827</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Çözümlü 5 Deneme Sınavı -</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786052804810</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Tamamı Çözümlü 5 Deneme Sınavı -</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786052804766</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786052804759</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786052804742</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Bilsem Jet Plus+ Tamamı Çözümlü Çıkması Muhtemel Sorular</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786052802052</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf 6 Fasiküllü 3+3 Deneme</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786052802991</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786052802984</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786052802977</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786052802960</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>3. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786052802823</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>TYT Zor Kalem Veysel Hoca’dan Dil Bilgisi Soru Bankası Tamamı Video Çözümlü</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786052801987</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>TYT Agresif Matematik ve Geometri Soruları</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786052801994</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>TYT Agresif Türkçe Soruları</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786052801536</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>2025 TYT Dizayn Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786052803530</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>AYT Edebiyat Resimli Notlu Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786052803950</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>İngilizce YDT YKS-DİL Tamamı Çözümlü 5 Fasikül Deneme</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786052803660</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>TYT Tüm Dersler Soru Bankası Tamamı Karekod Çözümlü</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786052803509</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>TYT VIP Tüm Dersler Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786052801062</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>12. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786052803462</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786052803592</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Türk Dili ve Edebiyatı Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786052800539</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>12. Sınıf TC İnkılap Tarihi ve Atatürkçülük Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786052804780</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Biyoloji Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786052804346</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Biyoloji Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786052801802</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Kimya Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786052804360</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Kimya Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786052804797</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786052804353</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Fizik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786052801833</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Coğrafya Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786052800294</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Coğrafya Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786052801840</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tarih Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786052803479</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Tarih Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786052803882</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Matematik Özetli Lezzetli Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786052804032</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>11. Sınıf Matematik Öğretmenin Ders Notları</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>97860528060005</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>10.Sıınıf Problem Soru Bankası Özetin Özeti Başlangıç Soruları</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786052805992</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786052801284</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>LGS Sözel Mantık Muhakeme Yeteneği Nasıl Kazanılır?</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786052806166</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka ve İnsan Karışımı LGS Tamamı Çözümlü 3 Fasikül Deneme</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786052804933</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf 6 Deneme Sınavı Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786052802182</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>LGS Din Kültürü 40 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786052802168</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>LGS İngilizce 40 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786052802144</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>LGS İnkılap Tarihi 40 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786052802175</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>LGS Fen Bilimleri 25 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786052802137</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>LGS Türkçe 25 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786052802151</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>LGS Matematik 25 Branş Denemesi Nasıl Çözülür</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786052802939</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>LGS Beceri Temelli Sorular Beyaz Kitap</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786052800904</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>LGS Din Kültürü ve Ahlak Bilgisi Yeni Tarz Mantık Muhakeme Soruları Nasıl Çözülür (Yeşil Kitap)</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786052800898</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>LGS İngilizce Yeni Tarz Mantık Muhakeme Nasıl Çözülür (Kırmızı Kitap)</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786052806043</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786052805794</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786052805787</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Matematik 20 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786052805251</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Matematik Dökme Yaprak Testler</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786052805213</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 8. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786052803172</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf English 1000 MG Test Book</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786052801567</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf Resimli Yeni Nesil Sorularla Paragraf Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786052804711</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf LGS Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786052803875</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786052802472</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Hızlı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>47.5</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786052803240</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786052804049</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP T.C. İnkılap Tarihi ve Atatürkçülük Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786052803981</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786052804216</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP İngilizce Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786052803226</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786052803868</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Fen Bilimleri Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786052803257</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786052803844</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Türkçe Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786052803233</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786052803851</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Matematik Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786052803073</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786052803066</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>8. Sınıf VIP Tüm Dersler Konu Anlatımlı Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786052806159</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>7'den LGS’ye Hazırlık Fen Bilimleri</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786052806142</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>7'den LGS’ye Hazırlık Türkçe</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786052806135</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>7’den LGS’ye Hazırlık Matematik</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786052806050</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matematik 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786052806036</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Fen Bilimleri 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786052805923</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786052805985</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Sosyal Bilgiler 1. Dönem Ortak Sınavı 2. Yazılı Senaryoları Tamamı Çözümlü</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786052805855</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Fen Bilimleri 15 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786052805763</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Türkçe 20 Sarmal Föy Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786052805244</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Matematik Dökme Yaprak Testler</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786052805183</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Editör Yayınları 7. Sınıf Dil Bilgisi Özet Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786052804001</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Paragraf ve Mantık Muhakeme Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786052804704</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf Problemler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786052803219</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786052803202</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Sosyal Bilgiler Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786052803424</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786052805022</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP İngilizce Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786052803837</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Fen Bilimleri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786052803455</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786052803387</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Türkçe Hızlı Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786052804872</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786052803400</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>7. Sınıf VIP Matematik Konu Anlatımlı</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
           <t>9786052803059</t>
         </is>
       </c>
-      <c r="B488" s="1" t="inlineStr">
+      <c r="B717" s="1" t="inlineStr">
         <is>
           <t>7. Sınıf VIP Tüm Dersler Soru Bankası Mavi Kitap</t>
         </is>
       </c>
-      <c r="C488" s="1">
+      <c r="C717" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>