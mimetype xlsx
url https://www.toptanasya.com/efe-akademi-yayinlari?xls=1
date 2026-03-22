--- v0 (2025-10-26)
+++ v1 (2026-03-22)
@@ -85,16630 +85,20125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253925864</t>
+          <t>9786253928308</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi Perspektifinde Dijital Dönüşüm</t>
+          <t>Zümrüt Taşla Yolculuk Geçmişin Çağrısı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253925802</t>
+          <t>9786253927370</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Bitki ve Hayvan Bilimlerinde Güncel Yaklaşımlar: Araştırmadan Uygulamaya Sürdürülebilir Tarım</t>
+          <t>Sürdürülebilirlik Ekosistemi Kavramsal ve Uygulamalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253925895</t>
+          <t>9786253927790</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Tedarik Zinciri Yönetimi: Lojistik, Ticaret ve Ekonomik Boyutları</t>
+          <t>Sağlık Lojistiğinde Sınırları Aşmak: Uzaktan Erişim ve Küresel Çözümler</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253925734</t>
+          <t>9786253928223</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2025-1</t>
+          <t>Okul Geliştirmede Örgütsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253925710</t>
+          <t>9786253927844</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2025: Sporun Psikolojik ve Sosyal Boyutları</t>
+          <t>Yeşil İnovasyon ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253926007</t>
+          <t>9786253927837</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2025: Sporcu Sağlığı</t>
+          <t>Yeşil Ekonomi ve Yeşil Vergi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253925963</t>
+          <t>9786253927462</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: 2025: Sağlık Yönetimi ve Politikaları</t>
+          <t>The Essentials of Today's Marketing-4</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253925611</t>
+          <t>9786253927813</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Odontoloji - 2</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 6</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253925949</t>
+          <t>9786253927769</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim:2025: Kök Hücre ve Rejeneratif Tıp - 2</t>
+          <t>Sağlık Hukuku Temel Kavramlar, Uygulamalar, Güncel Trendler ve Gelecek Perspektifi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253925987</t>
+          <t>9786253927752</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Histoloji ve Embriyoloji - 2</t>
+          <t>Lojistikte Yenilikçi ve Sürdürülebilir Yaklaşımlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253925598</t>
+          <t>9786253927349</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: 2025: Hemşirelik - 2</t>
+          <t>Hırçın Pabuçlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253925574</t>
+          <t>9786253927721</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: 2025: Güncel Tıp- 2</t>
+          <t>Güncel Pazarlama Stratejileri: Dijital Dünyada Tüketiciyle Buluşmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253925550</t>
+          <t>9786253927714</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: 2025: Fizyoterapi ve Rehabilitasyon - 2</t>
+          <t>Geleceği İnşa Etmek: Farklı Disiplinlerde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253925536</t>
+          <t>9786253927554</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: 2025 Ebelik - 2</t>
+          <t>Çocukların Gözünden Çocuk Gelişimi I</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253925512</t>
+          <t>9786253927271</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Beslenme - 2</t>
+          <t>Balkan Türklüğünün Kayıp Halk Hikayesi Uslu İle Süslü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253926021</t>
+          <t>9786253926984</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mavi Derinlikte Güç: Türkiye’nin Deniz Jeopolitiği</t>
+          <t>Atatürk ve Gençlik: Cumhuriyet İdeolojisinin Temel Dinamiği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253925499</t>
+          <t>9786253927448</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Scıence 2025-II</t>
+          <t>Ai and Robotics in Business, Management, and Tourism: Applications, Research, and Future Directions</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253925697</t>
+          <t>9786253928261</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Sağlık-V</t>
+          <t>Türkiye’de Para İkamesi ve Histerisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253925673</t>
+          <t>9786253928155</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-12: Dijitalleşme ve Yeni Pedagojilerz</t>
+          <t>Sektörel Yenilikçilik: Politikalar, Dijital Dönüşüm ve Uygulamalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253925659</t>
+          <t>9786253927110</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2025-II</t>
+          <t>Liderliğin İzinde Disiplinlerarası Bir Yolculuk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253925925</t>
+          <t>9786253927325</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2025: Fen Eğitiminde Geleneksel ve Modern Uygulamalar</t>
+          <t>Kanatlı Hayvan Beslemede Tıbbi ve Aromatik Bitkiler-I (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253925635</t>
+          <t>9786253927424</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Educatıon &amp; Scıence 2025-II</t>
+          <t>Sürdürülebilir Turizm Bağlamında Mersin’in Kültürel Miras Değerleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253925789</t>
+          <t>9786253927578</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel ve Hayvansal Üretimde Sürdürülebilirlik İnceleme, Uygulama ve Gelecek Perspektifleri-2</t>
+          <t>Dijital Ekonomide Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253925888</t>
+          <t>9786253926472</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Kontrol ve Bilişsel Esnekliğe Otobiyografik Belleğin Etkisi ve Kaygının Aracı Rolü</t>
+          <t>Spor Biliminde Eğitimsel Konular</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253925826</t>
+          <t>9786253928209</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>19.Yüzyıl Resminde Bir İskandinav Skagen Ekolü</t>
+          <t>Farsça ve Arapça Kaynaklarda Türk ve Moğol Devletleri Tarihi III</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256504783</t>
+          <t>9786253928216</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Teknobilim-2023 Optimizasyon Modelleme Ve Yapay Zeka Optimizasyon Algoritmaları</t>
+          <t>Kendimle İktisadi Söyleşi-1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258496598</t>
+          <t>9786253927103</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Spor Yapma Alışkanlığının Araştırılması</t>
+          <t>Girişimcilik Araştırmaları: Sektör Farklı Hedef Aynı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258065350</t>
+          <t>9786253927226</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Covıd-19 Salgınının Ticari Faaliyetlere Etkileri</t>
+          <t>Haza Menasik-i Hac-ı Sinan Efendi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257601900</t>
+          <t>9786253927295</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Holistik Sağlık ve Egzersiz</t>
+          <t>Yeşil Ekonomi ve Çalışma Hayatı: Fırsatlar ve Zorluklar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256995550</t>
+          <t>9786253927646</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hastalıkları ve Doğumda Kavramsal Çerçeve</t>
+          <t>Kaybolan Bir Dönemin Sosyal Haritası: Deprem Öncesi Adıyaman’da Suriyelilerin Sosyo-Ekonomik Durum Algıları (Bir Saha Araştırması)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258217940</t>
+          <t>9786253927257</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Farklı Tempolarda Yapılan Direnç Egzersizlerinin Seçilmiş Sitokin, Hormon ve Kas Hasarı Parametreleri Üzerine Etkileri</t>
+          <t>Post-Truth Çağda Dijital Diplomasi: Uluslararası İlişkilerde Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256954601</t>
+          <t>9786253927660</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sporun Madde Bağımlılığı Farkındalık Oluşturmada Etkisi</t>
+          <t>Tiyatroda Sanatsal Eğilim ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253921057</t>
+          <t>9786253927431</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Kitabı</t>
+          <t>Ahmet Midhat Efendi’nin Romanlarında Pragmatik Söylem</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253925352</t>
+          <t>9786253927493</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tersane İşletmelerinde İş Güvenliği ve Risk Analizi</t>
+          <t>Ad Bilimi Araştırmaları 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253925444</t>
+          <t>9786253926878</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Orman Ekosistemine Disiplinlerarası Yaklaşımlar</t>
+          <t>Sağlık &amp; Bilim 2025: Nöro-Ortopedik Ağrı ve Fonksiyonel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253925253</t>
+          <t>9786253927189</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Yapay Zeka (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2025: Pandemi Sonrası Halk Sağlığı-Dirençli Toplumlar İçin Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2400</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253925390</t>
+          <t>9786253926892</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası ve İnsan Haklarının Evrenselliği</t>
+          <t>Sağlık &amp; Bilim 2025: Odontoloji - 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253925314</t>
+          <t>9786253926915</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tokat Yemek Atlası</t>
+          <t>Sağlık &amp; Bilim 2025: Yeni Nesil Medikal Araştırmalar, Teknolojiler ve Klinik Uygulamalar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253925413</t>
+          <t>9786253927202</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Futbol Taraftarlarında Psikolojik Bağlılık, Saldırganlık ve Marka Sadakati</t>
+          <t>Sağlık &amp; Bilim - 2025: Anatomi - 2 (Periferik Sinir Sistemi)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253925376</t>
+          <t>9786253926458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Sporlarda Performans Gelişimi ve Bilimsel Uygulamalar</t>
+          <t>Spor &amp; Bilim 2025: Spor Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253925239</t>
+          <t>9786253927141</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Tarihi: Dönüşümler, Reformlar ve Gelecek Perspektifleri</t>
+          <t>Teoriden Uygulamaya Her Yönüyle Spor - 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253924966</t>
+          <t>9786253926434</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2025: Spor ve Rekreasyon Yönetimi</t>
+          <t>Spor &amp; Bilim 2025: Antrenman ve Sportif Performans - 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253924942</t>
+          <t>9786253927042</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2025: Antrenman ve Sportif Performans</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 5</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253924829</t>
+          <t>9786253926939</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 4</t>
+          <t>Sağlık Bilimlerinde Tüm Yönleriyle Hemşirelik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253925147</t>
+          <t>9786253927080</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Odontoloji-1</t>
+          <t>Sağlık Hizmetlerinde Dış Kaynak Kullanımı Teori, Uygulama ve Gelecek Eğilimleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253925123</t>
+          <t>9786253927318</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Histoloji ve Embriyoloji-I</t>
+          <t>Yönetim ve Eğitim Yönetiminin Evrimi (Klasik Kuram, Neoklasik Kuram ve Sistem Yaklaşımı)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253925109</t>
+          <t>9786253927684</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Hemşirelik-1</t>
+          <t>Türkiye Ekonomisinin Sürdürülebilir Kalkınma Eksenindeki Öncelikli Sorunları Hakkında Stratejik Tespit ve Öneriler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253925079</t>
+          <t>9786253927639</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Güncel Tıp-1</t>
+          <t>Türk Müziğinde İz Bırakanlar 7</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253925062</t>
+          <t>9786253926854</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Fizyoterapi ve Rehabilitasyon-1</t>
+          <t>Sağlık &amp; Bilim 2025: Kronik Hastalıklarda Sistemik Yaklaşımlar - Enflamasyon, Kardiopulmoner Sağlık ve Bütüncül Yönetim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253925048</t>
+          <t>9786253926830</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Ebelik-1</t>
+          <t>Sağlık &amp; Bilim 2025: Kadın Sağlığında Klinik ve Fonksiyonel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253925024</t>
+          <t>9786253926816</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Beslenme-1</t>
+          <t>Sağlık &amp; Bilim 2025: Kadın Doğum ve Jinekolojide Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253925000</t>
+          <t>9786253926793</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2025: Anatomi-1</t>
+          <t>Sağlık &amp; Bilim 2025: Hemşirelik - 3</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253924645</t>
+          <t>9786253926779</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Paramediklerin Yol Arkadaşı Sedye Kullanım Bilgisi</t>
+          <t>Sağlık &amp; Bilim 2025: Güncel Tıp - 3</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253924904</t>
+          <t>9786253926755</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Özel Yeteneklilerin Eğitimi: Geleceği Şekillendiren Yaklaşımlar</t>
+          <t>Sağlık &amp; Bilim 2025: Güncel Pediatri - 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253924881</t>
+          <t>9786253926731</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2025-I</t>
+          <t>Sağlık &amp; Bilim 2025: Göz Sağlığı ve Sistemik İlişkiler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253925277</t>
+          <t>9786253926717</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İran Azerbaycan’ında Mersiye Kültürü ve Muharrem Folkloru</t>
+          <t>Sağlık &amp; Bilim 2025: Fizyoterapi ve Rehabilitasyon - 3</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253925338</t>
+          <t>9786253926694</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Investigation Of The Effect Of Omu Technology Transfer Office On The Entrepreneurship And Innovation Ecosystem In Samsun</t>
+          <t>Sağlık &amp; Bilim 2025: Eczacılık - 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253924980</t>
+          <t>9786253926670</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Healty &amp; Science 2025-1</t>
+          <t>Sağlık &amp; Bilim 2025: Ebelik - 3</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253924805</t>
+          <t>9786253926656</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Perspektifinde</t>
+          <t>Sağlık &amp; Bilim 2025: Beslenme - 3</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253925208</t>
+          <t>9786253926632</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kriz ve Medya 2008</t>
+          <t>Sağlık &amp; Bilim 2025: Adölesan Sağlığı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253924867</t>
+          <t>9786253927028</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2025-1</t>
+          <t>Kuramsal ve Politik Tartışmalar Işığında Makro İktisadi Olgular, Piyasalar ve Kurumlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253924843</t>
+          <t>9786253926618</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2025-1</t>
+          <t>Health &amp; Science 2025 - 3</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253925291</t>
+          <t>9786253927066</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dünya’da Önde Gelen Futbol Kulüplerinin Altyapı Modellerinin İncelenmesi ve Türkiye’deki Altyapı Anlayışının Karşılaştırmalı Analizi</t>
+          <t>Güncel Gelişmeler Perspektifinde Muhasebe Çalışmaları 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253925185</t>
+          <t>9786253927004</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknolojiden Konvensiyonel Yöntemlere: Gıda Muhafaza Yöntemleri</t>
+          <t>Gıda Teknolojisinin Sürdürülebilirliği (Teori, Uygulama ve Yeni Paradigmalar) 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253924928</t>
+          <t>9786253927486</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2025-I</t>
+          <t>Geleneğin İzinde Bir Bestekar Halid Lem’i Atlı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253924782</t>
+          <t>9786253927516</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Makroekonomi: Güncel Sorunlar ve Teoriden Uygulamaya Yeni Perspektifler</t>
+          <t>Gastronomi Atlası: Coğrafyadan Sofraya</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253921040</t>
+          <t>9786253927165</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Soru Bankası</t>
+          <t>Fonksiyonel Gıdalardaki Biyoaktif Bileşenler : Güvenlik ve Toksisite</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256954021</t>
+          <t>9786253926373</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Quadriceps Açısının Sporcularda Diz Kuvveti ve Ekstansör Kasların Miyoelektrik Aktiviteleri Üzerine Etkisi</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliğinde Güncel Çalışmalar - 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253921033</t>
+          <t>9786253926571</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Özetin Özeti El Kitabı</t>
+          <t>Eğitimin Kavramsal Temelleri - 13</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253924751</t>
+          <t>9786253926557</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık ve Emeklilik</t>
+          <t>Eğitim &amp; Bilim 3</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253924768</t>
+          <t>9786253926533</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Klinik Psikolojide Güncel Konular</t>
+          <t>Eğitim &amp; Bilim 2025: Steam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253925192</t>
+          <t>9786253926519</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Tasavvufun Rolü</t>
+          <t>Eğitim &amp; Bilim 2025: Kuramdan Uygulamaya Okul Öncesi Eğitim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253925178</t>
+          <t>9786253926496</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>I. Sahip Giray Han ve Dönemi</t>
+          <t>Educatıon &amp; Science 2025 - 3</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253925161</t>
+          <t>9786253927233</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar, Civar İlçe ve Beldelerdeki Efsaneler</t>
+          <t>Edebiyat ve Estetik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253924461</t>
+          <t>9786253926595</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zengezur Koridoru: Türkiye-Azerbaycan-Nahcivan Ekonomik, Dış Ticaret ve Lojistik Bağlantıları</t>
+          <t>Clinical and Molecular Aspects Of Inflammation In Women’s Health</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253924737</t>
+          <t>9786253928186</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Veri Bilimi ve Analitiği (Giriş)</t>
+          <t>Bireysel Değerler Işığında Fair-Play ve Spor Kültürü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253924164</t>
+          <t>9786253926410</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde İz Bırakanlar VI</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2025 - 2</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253923365</t>
+          <t>9786253927356</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Kanatlı Hayvan Besleme</t>
+          <t>Baço Kiro’nun Seyahati 1874 Tarihli Kiril Harfli Türkçe Eser (İnceleme-Dizin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253924027</t>
+          <t>9786253927530</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Gelecek İçin Çevre, Enerji ve Yapay Zeka Küresel Çözümler ve Stratejiler</t>
+          <t>Anadolu Eyaleti Kütahya Sancağı 1675 Tarihli Mufassal Avarız Defteri 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253923761</t>
+          <t>9786253926342</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sporda İnovasyon ve Yeni Nesil Teknolojiler- 2024</t>
+          <t>Ümmet Kardeşliğinin Kahramanları: 93 Harbi'nden Kıbrıs Barış Harekatı’na Muş Şehitleri (1877–1974)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253923747</t>
+          <t>9786253927127</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2024-II</t>
+          <t>Açıklamalı Çocuk Edebiyatı Sözlüğü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253924218</t>
+          <t>9786253926366</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 3</t>
+          <t>Okul Yönetimi Türkiye Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253924003</t>
+          <t>9786253926304</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Odontoloji-IV</t>
+          <t>KPSS-Kurum Sınavlarına Yönelik Makro İktisat Ders Notları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253923983</t>
+          <t>9786253926199</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Hemşirelik-IV</t>
+          <t>Yaşlı Bireyler İçin Fiziksel Aktivite ve Egzersiz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253923969</t>
+          <t>9786253925758</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Güncel Tıp IV</t>
+          <t>Teorik ve Uygulama Açısından Beslenme Eğitimi ve Sporcu Beslenmesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253923945</t>
+          <t>9786253926151</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Genel Embriyoloji-I</t>
+          <t>Sporun Kavramsal Temelleri - 10</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253923921</t>
+          <t>9786253926175</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Fizyoterapi ve Rehabilitasyon-II</t>
+          <t>Sports &amp; Scıence 2025: Physical Activity and Healthy Living</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253923907</t>
+          <t>9786253926212</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Ebelik-IV</t>
+          <t>Medya ve Gözetim Teknolojileri</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253923884</t>
+          <t>9786253926243</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Çocukluk Çağı Obezitesi ve Yaygın Komplikasyonlarına Güncel Bakış</t>
+          <t>Kariyer Engelleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253924041</t>
+          <t>9786253926281</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Çocuk Cerrahi Hemşireliği ve Bakım Uygulamaları-II</t>
+          <t>Gümrük Rejimleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253923860</t>
+          <t>9786253926267</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Beslenme-IV</t>
+          <t>Dış Borçların Ekonomik Büyüme Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253923846</t>
+          <t>9786253926069</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Anatomi-II</t>
+          <t>Dijital ve Döngüsel Perspektiften Sürdürülebilir Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253923570</t>
+          <t>9786253926236</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>New Multicentric Approaches In Gynecology And Obstetrics</t>
+          <t>Çin Esareti Altında Bir Türk Yurdu: Doğu Türkistan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253924393</t>
+          <t>9786253926045</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mühendisliğin Geleceği ve Yapay Zeka</t>
+          <t>Zorunlu Göçün Kadın Bakış Açısıyla İncelenmesi: İran ve Türkiye’de Yaşayan Afgan ve Suriyeli Kadınlar Örneği</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253924294</t>
+          <t>9786253926076</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomide Güncel Tartışmalar: Teori, Uygulama ve Politika Önerileri</t>
+          <t>Kırgız Türkçesinde Duygu Fiilleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253923785</t>
+          <t>9786253926144</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Spor Felsefesi</t>
+          <t>Gemi İşletmeciliği ve Yönetimi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253924270</t>
+          <t>9786253926120</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Araştırmaları 3</t>
+          <t>Disiplinlerarası Yaklaşımlarla Karbon Ayak İzi - 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253924256</t>
+          <t>9786257729161</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İletişim Perspektifinde Sosyal ve Ekonomik Olaylar 2</t>
+          <t>Sağlık Bilimlerinde Multidisipliner Araştırmalar 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>275</v>
+        <v>580</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253923723</t>
+          <t>9786257729178</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Türk Halk Oyunları</t>
+          <t>Sağlık Bilimlerinde Multidisipliner Araştırmalar 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253923822</t>
+          <t>9786256954397</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2024-IV</t>
+          <t>International Security Theories And Regional Approaches In The 21st Century (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253923808</t>
+          <t>9786253923099</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Sağlık Sistemi: Yapay Zekanın Rolü ve İleri Uygulamalar II</t>
+          <t>Spor Endüstrisi ve Pandemi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253923709</t>
+          <t>9786253921699</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Sağlık-IV</t>
+          <t>Modern Sporun Ekonomik Önemi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253923686</t>
+          <t>9786253921118</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-11 Sınıf Yönetimi</t>
+          <t>Kıyafetlerin Diliyle Gördes Gelinleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253923662</t>
+          <t>9786253920784</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2024-IV</t>
+          <t>Pazarla-ma Teoriden Pratiğe 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253923648</t>
+          <t>9786253920371</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2024: İlköğretim ve Ortaöğretimde Fen Bilimleri Eğitimi</t>
+          <t>Spor Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253923624</t>
+          <t>9786256954762</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2024-IV</t>
+          <t>Eğitimde Yenilikçi Araştırmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253924713</t>
+          <t>9786258121735</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ulaştırması ve Yönetiminde Güncel Konular</t>
+          <t>Kotodama İstanbul Kokorozashi 5</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253924232</t>
+          <t>9786057135391</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Sonrası Uzaktan Çalışma Sistemlerinde Bilgi Güvenliği Yaklaşımları ve Geleceğin Meslekleri</t>
+          <t>Kotodama İstanbul Academia 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253924683</t>
+          <t>9786258217070</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Zaman Yönetimi, Gündelik ve Yıllık Hayatın Planlanması</t>
+          <t>Dijital Okuryazarlık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253924416</t>
+          <t>9786258121773</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Zihninin Çatışması: Bilişsel Uyumsuzluk ve Kafa Karışıklığının Anatomisi</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253924430</t>
+          <t>9786258217957</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>TRT Saz Sanatçısı ve Usta Koro Şefi M. Raci Alcan</t>
+          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Özetin Özeti El Kitabı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253924485</t>
+          <t>9786256954045</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Spor Tırmanış Dünyada ve Türkiyede</t>
+          <t>Spor Bilimlerinde Betimsel Metinler (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253924362</t>
+          <t>9786256954649</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname-i Osman Kamil Efendi</t>
+          <t>Sporda Betimsel Çalışmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253924379</t>
+          <t>9786253920166</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Taciz</t>
+          <t>Henry Kissinger Çağında ABD Perspektifinden Türk-Amerikan İlişkileri (1969-1977)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253924584</t>
+          <t>9786258121704</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnfeksiyon Hastalıkları Genel Yaklaşım</t>
+          <t>Kotodama İstanbul Academia 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253923532</t>
+          <t>9786256600942</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yönetim ve Liderlik Yaklaşımları</t>
+          <t>Hayvan Beslemede Güncel Yaklaşımlar-1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>730</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253924546</t>
+          <t>9786258121711</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Farklı Kombine Antrenmanların Fiziksel Performansa, Psikofizyolojik Cevaplara ve Teknik Beceriye Etkisi</t>
+          <t>Kotodama İstanbul Kokorozashi 4 Türkçe-Japonca</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253924195</t>
+          <t>9786253920692</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Elektrik-Elektronik ve Haberleşme Mühendisliğinde Güncel Çalışmalar</t>
+          <t>Yemek ve İçmenin İletişimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253924454</t>
+          <t>9786258121490</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Yön Veren Kırk Dahi</t>
+          <t>Kotodama İstanbul Kokorozashi 2 / Türkçe-Japonca</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253923600</t>
+          <t>9786258121506</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ali Rızaullah’ın Tahmisler Mecmuası’nda Yer Alan Tahmis Dışındaki Şiirleri</t>
+          <t>Kotodama İstanbul Kokorozashi 3 / Türkçe-Japonca</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253924171</t>
+          <t>9786256939691</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum ve Afet Görevlilerinin Deprem Sonrası Arama ve Kurtarma Çalışmaları Sırasında Karşılaşabilecekleri İş Sağlığı ve Güvenliği Riskleri</t>
+          <t>Deniz İşletmeciliği ve Yönetiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253924522</t>
+          <t>9786256452558</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Para-Banka ve Para Politikası</t>
+          <t>Eğitim Örgütlerinde İnsan Kaynakları ve Yönetimi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253924089</t>
+          <t>9786256939059</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Zaman Serileri Analizi</t>
+          <t>Key Concepts in Online Learning: A Comprehensive Guide for Pre-service and In-service Teachers (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253924348</t>
+          <t>9786253922085</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ekonomik Büyümenin Kaynaklarının Analizi</t>
+          <t>Kendini Bil</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253924065</t>
+          <t>9786258121780</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Burjuvazisi</t>
+          <t>Kameko No Maho Kara Obachan Wo Sukue!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253923594</t>
+          <t>9786258324150</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Temel Hareket Eğitimi ve Oyunlar</t>
+          <t>Kalmera'ya Dönüş</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253924102</t>
+          <t>9786256796812</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Klinik Odaklı Kardiyak Sosyal Hizmet Uygulamaları</t>
+          <t>Kalmera’dan Savaştepe’ye Cumhuriyet'in Çocukları</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253926038</t>
+          <t>9786258324457</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Kuvayi Milliye Kahramanı Kozanoğlu Doğan Bey (Korgeneral Kemal Doğan)</t>
+          <t>Kadın Hastalıkları ve Doğum Servisleri Kapsamında Malpraktis Davalarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253923518</t>
+          <t>9786258121728</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>2021 Dünya Güreş Şampiyonası Madalya Müsabakalarında  Kullanılan Tekniklerin Analizleri</t>
+          <t>Dünyanın Oryantal Dönüşü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258324488</t>
+          <t>9786258065527</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>12-14 Yaş Kadın Taekwondocularda Bosu Egzersizlerinin Biyomotor Özelliklere Etkisi (Ciltli)</t>
+          <t>Okul Terkleri Sosyoekonomik Nedenleri Çözüme Dönük Kamu Maliyesi Politika ve Programları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253922382</t>
+          <t>9786256600737</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Toprak Altı Hazinesi; Sürdürülebilir Tarımın Ekonomik İzdüşümleri</t>
+          <t>Beden Eğitimi ve Sporda Öğretim Yeterliliği ve Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253923228</t>
+          <t>9786057140623</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Stratejileri Disiplinlerarası Perspektifler</t>
+          <t>Nano Üretim ve Nano Karakterizasyon Yöntemleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253923488</t>
+          <t>9786258496529</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Kariyer Yönetimi</t>
+          <t>Benim Rakam Kitabım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253922948</t>
+          <t>9786258065664</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Odontoloji-III</t>
+          <t>İşletmecilikte Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>330</v>
+        <v>630</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253922924</t>
+          <t>9786258324181</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Kök Hücre ve Rejeneratif Tıp-I</t>
+          <t>Müşteri ve Yönetici Gözüyle Performans Değerlendirme</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253922900</t>
+          <t>9786256600812</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Hemşirelik-III</t>
+          <t>Mutfaktan Eczacılığa Ege Otları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253922887</t>
+          <t>9786258121667</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Güncel Tıp-III</t>
+          <t>Mobilya ve Tasarım</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253922863</t>
+          <t>9786258121957</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Ebelik-III</t>
+          <t>Batı’nın Türkiye Üzerindeki Siyasi Etkisine Yönelik Milliyetçi Söylemler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253922849</t>
+          <t>9786256504349</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Beslenme-III</t>
+          <t>Rekreasyonda Güncel Konular ve Yeni Trendler</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253922825</t>
+          <t>9786258217377</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Psikomotor Gelişim ve Spor</t>
+          <t>Oyun ve Oyun Materyalleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253922818</t>
+          <t>9786256796775</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Olimpik Sporlarda Yetenek Seçimi</t>
+          <t>Osmanlı Topraklarına Gelen Batılı Seyyahlar ve Eserleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253922771</t>
+          <t>9786253920234</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2024-ll</t>
+          <t>Resimlerle Oku Anla Yaz 4</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253923501</t>
+          <t>9786253920227</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kürek Sporunda Seçme Konular</t>
+          <t>Resimlerle Oku Anla Yaz 3</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253923556</t>
+          <t>9786253920210</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Korunması Bağlamında Avrupa Konseyi Terörizmin Önlenmesi Sözleşmesinin Değerlendirilmesi</t>
+          <t>Resimlerle Oku Anla Yaz 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253922757</t>
+          <t>9786253920203</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Engellilik, Engelli Bireyler, Egzersiz ve Spor</t>
+          <t>Resimlerle Oku Anla Yaz 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253922740</t>
+          <t>9786259918129</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2024-III</t>
+          <t>Seramik Şekillendirme</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253922726</t>
+          <t>9786258121902</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Sağlık Sistemi: Yapay Zekanın Rolü ve İleri Uygulamalar</t>
+          <t>Sağlık Yönetimi Güncel Konular Üzerine Akademik Değerlendirmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253923396</t>
+          <t>9786256452497</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Etik, Eğitim, Bilim, Yükseköğretim Üzerine Güncel Yaklaşımlar</t>
+          <t>Sağlık ve Spor Alanında Güncel Yaklaşımlar-1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253923280</t>
+          <t>9786258324372</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Temelinde Beden Eğitimi ve Spor</t>
+          <t>Sağlık &amp; Bilim 2022: Ebelik-II (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253922702</t>
+          <t>9786256452039</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2024-III</t>
+          <t>Spor ve Egzersiz Metabolizmasına Güncel Bakış</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253922689</t>
+          <t>9786057372987</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2024-III</t>
+          <t>Eril Bakışın Gölgesinde David Lynch Sineması ve Kadın: Göstergebilimsel ve Psikanalitik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253923112</t>
+          <t>9786257450003</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology in Action: Unveiling Nature's Potential 2</t>
+          <t>Ebelik Öğrenci Araştırmaları 2021</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253922665</t>
+          <t>9786258065718</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2024-II</t>
+          <t>Sağlık &amp; Bilim: Medikal Araştırmalar-2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253923181</t>
+          <t>9786256939868</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Timurlu Devleti’nin İktisadî Yapısı</t>
+          <t>The Trends In Nano Materials Synthesis And Applications 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253923334</t>
+          <t>9786256939998</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik ve Tenis</t>
+          <t>Teknobilim-2023: Yapay Zeka ve Mühendislik</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253923204</t>
+          <t>9786258065688</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Pandemide Duygu Günlükleri</t>
+          <t>Teknik İngilizce (Elektrik-Elektronik)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253923198</t>
+          <t>9786253920265</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’ye Muhalif Bir Cemiyet: Tarikat-i Salahiye Cemiyeti ve Distolcular (1920 – 1925)</t>
+          <t>Kurumsal İbadet Mekanı Olarak Tapınaklar ve Kiliseler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253923242</t>
+          <t>9786257601979</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mihrişah Valide Sultan ve İstanbul</t>
+          <t>Diferansiyel Denklemler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253923259</t>
+          <t>9786258065343</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kombinatorik Problemleri</t>
+          <t>Türk Müziğinde İz Birakanlar III</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253923341</t>
+          <t>9786258065121</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Spor ve Fiziksel Etkinliklere Katılımlarında Aile, Motivasyon ve Psikolojik Algılarının Önemi</t>
+          <t>Türk Demokrasi Tarihi (1945-1980) Liderler, Partiler ve Seçimler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253923266</t>
+          <t>9786256713024</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Zapt ve Tahrip: Bulgaristan Prensliğinde Türk Emlâki ve Vakıfları (1878-1908)</t>
+          <t>Vaka Örnekleri ile Erken Çocukluk Döneminde Davranış Problemleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253923051</t>
+          <t>9786256796829</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>11-13 Yaş Grubu Basketbol Antrenmanlarında, Dripling Gözlüklü Çalışmaların Top Sürme Performansına Etkilerinin İncelenmesi</t>
+          <t>2023 - Öyküler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253923150</t>
+          <t>9786258496772</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Spor Sektöründe Kariyer Yolculuğu ve Çalışan Sağlığı</t>
+          <t>Aile İçi Şiddet ve Boşanma Davalarının Görünmeyen Mağdurları: Çocuk Tanıklar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253923075</t>
+          <t>9786258496031</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sahne Tasarımının Büyüleyici Dünyasına Açılan Kapı</t>
+          <t>“Yaşamı ve Türk Halk Müziğine Katkıları İle” Özay Gönlüm</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253922610</t>
+          <t>9786257601641</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Soğansız Yemek - Ailemin Romanı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253922962</t>
+          <t>9786257601924</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ad Bilimi Araştırmaları 2</t>
+          <t>Rüstem Mürseloğlu-toplu Oyunları-1 Kara Leke - Şeytan İçimizde - Bana Felsefe Yapma)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253923037</t>
+          <t>9786257601566</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Politik Edebiyat</t>
+          <t>Okul Öncesi Dönemde Aile Eğitimi ve Katılımı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253922535</t>
+          <t>9786258065763</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik ve Raporlama</t>
+          <t>İlk Psikoloji Kitaplarımız</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253922597</t>
+          <t>9786057372956</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Dijital Demokrasi</t>
+          <t>Axisxa Adet, Merasim Ve Tabirleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253922641</t>
+          <t>9786257664776</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Ekseninde Muhasebe</t>
+          <t>6098 Sayılı Türk Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253922580</t>
+          <t>9786257664516</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güncel İş ve Sosyal Güvenlik Hukuku</t>
+          <t>Patlayıcı Maddelerin Taşınmasında ve Depolanmasında İş Güvenliği Uygulamaları: Sınıf 1 Tip</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253922443</t>
+          <t>9786256452978</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Celayırlı Devleti’nde Ordu (1340-1411)</t>
+          <t>İş Sağlığı Ve Güvenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253922559</t>
+          <t>9786257664431</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Hakimiyet</t>
+          <t>Sosyal Bilgiler Ders Kitaplarında Aileye Bakış - Politika Değişikliklerinin Ders Kitapları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253922405</t>
+          <t>9786257601764</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Canlandırma Sinemasında Değerler Temsilinin Analizi</t>
+          <t>Güncel Yaklaşımlarla Spor Bilimleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253922634</t>
+          <t>9786257450072</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Parazitoloji ve Pratik Uygulamaları</t>
+          <t>Metilasyonu Düzelt Sağlığına Kavuş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253922016</t>
+          <t>9786257729338</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Her Yönüyle Spor</t>
+          <t>Akademik Spor Araştırmaları 2020</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253921958</t>
+          <t>9786257729260</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri 9 - Beden Eğitimi</t>
+          <t>Sporda Ergonomi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253922573</t>
+          <t>9786257729369</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Foam Roller Egzersiz Süresinin Dikey Sıçrama Performansı ve Esneklik Üzerine Akut Etkileri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253921910</t>
+          <t>9786257729420</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2024-II</t>
+          <t>Beden Eğitimi Öğretmenlerinin Atanma Usullerine Göre Örgütsel Bağlılık, Mesleki Stres ve Diğerkamlık Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253922498</t>
+          <t>9786257664394</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Farsça ve Arapça Kaynaklarda Türk ve Moğol Devletleri Tarihi II</t>
+          <t>Hibrit Savaş: Rusyanın 2014 Yılı Ukrayna Müdahalesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253921835</t>
+          <t>9786257664356</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Egzersiz ve Rehabilitasyon Uygulamalarına Güncel Yaklaşım</t>
+          <t>Sosyal Bilimlerde E- Uzantılı Kavramlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253921873</t>
+          <t>9786256995383</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temellerine Bakış</t>
+          <t>Mahalli Sanatçı Gökhan Azizoğlu'nun Anlatımıyla Kars Yöresinde Akordeon ve Garmon İcracılığı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253922474</t>
+          <t>9786256995468</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Sürdürülebilir Stratejiler</t>
+          <t>Eğlenceli Dil Bilgisi 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253922429</t>
+          <t>9786256995475</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretin Doğuşu</t>
+          <t>Eğlenceli Dil Bilgisi 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257729345</t>
+          <t>9786256995482</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde İz Bırakanlar 2</t>
+          <t>Eğlenceli Dil Bilgisi 3</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253922177</t>
+          <t>9786256995499</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Gruplar ve İstihdam Politikaları</t>
+          <t>Eğlenceli Dil Bilgisi 4</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253922290</t>
+          <t>9786256954588</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Medya</t>
+          <t>Türk Müziğinde İz Bırakanlar-IV</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253922191</t>
+          <t>9786256995536</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Okulu Eleştirileri Theodor W. Adorno ve Müzik Söylemleri</t>
+          <t>Engelli Bireyler ile İletişim</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253922276</t>
+          <t>9786256939493</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Araştırmaları 2</t>
+          <t>Özel Gereksinimli Bireylerde Fiziksel Uygunluk ve Özel Antrenman Bilgisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253922115</t>
+          <t>9786257664066</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sesi Kullanım Kılavuzu</t>
+          <t>Theory Of Music - Classic Reprint</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253922337</t>
+          <t>9786257729710</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kanada Resim Sanatında Tom Thomson</t>
+          <t>Sağlık Bilimlerinde Multidisipliner Araştırmalar-4</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253922450</t>
+          <t>9786257729727</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Manisa Vakıflarına Dair Belgeler 1</t>
+          <t>Sağlık Bilimlerinde Multidisipliner Araştırmalar-3</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253922351</t>
+          <t>9786257729734</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sağlığa Yolculuk - Sağlık Turizmi</t>
+          <t>Multidisciplinary Research In Health Sciences - 2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253922214</t>
+          <t>9786257729741</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Güncel Tartışmalar</t>
+          <t>Beden Eğitimi ve Spor Öğretmenliği Lisans Programının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253922238</t>
+          <t>9786257729529</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Venezuela ve Petrol Hollanda Hastalığı ve Ötesi</t>
+          <t>Endüstri 4.0 Paradigması: İşletme Fonksiyonlarının Dijital Dönüşümü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253922313</t>
+          <t>9786257729314</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Vücudi ve Risale-i Gaza’sı</t>
+          <t>Erdemli Raporlama ve Örgütsel Sağlık İlişkisi (Eğitim ve Sağlık Çalışanları Üzerinde Bir Araştırma)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>370</v>
+        <v>155</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253922375</t>
+          <t>9786257957052</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Gerilim İzolatörleri Çözümlü Problemleri</t>
+          <t>Cumhuriyet Halk Partisi İktidarında Doğu ve Güneydoğu Anadolu’da İskân Politikaları (1923-1950)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253922252</t>
+          <t>9786052308806</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Afet ve Medya</t>
+          <t>Beşeri Sermaye Teorisi Ve Eskişehir’de Bireysel Ücret Gelirleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253922153</t>
+          <t>9786257957649</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Denizcilikte Yeşil ve Dijital Dönüşüm</t>
+          <t>Benim Öğretmenim</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253921637</t>
+          <t>9786257957205</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Güncel Araştırmalar</t>
+          <t>Ansiklopedik Tarih ve Tarih Eğitimi Sözlüğü 1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253921798</t>
+          <t>9786257957328</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Anatomi-I</t>
+          <t>Alt İşverenlik Uygulamalarının İşçi Örgütlenmeleri Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253921859</t>
+          <t>9786257957991</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Çocuk Cerrahi Hemşireliği ve Bakım Uygulamaları-I</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Yeni Kavramlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253921897</t>
+          <t>9786257957915</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Fonksiyonel Gıdalar ve Sürdürülebilir Sağlık</t>
+          <t>Türkiye'de Yükseköğretimin Uluslararasılaşma Endeksi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253921811</t>
+          <t>9786257957830</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Hemşirelikte Yönetsel Sorunlar</t>
+          <t>Söylem Çözümlemesi ve Sözlü İletişim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253921934</t>
+          <t>9786257957274</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Histoloji ve Embriyoloji-I</t>
+          <t>Dünyadaki Geleneksel Kadın Güreşleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253921972</t>
+          <t>9786257957076</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024 - Tıbbi Biyoloji ve Genetik-I</t>
+          <t>Farklı Sosyo Ekonomik Düzeylerde Bulunan Orta Öğretim Öğrencilerinin Spora İlgileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253922092</t>
+          <t>9786257957137</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dijital Sahada Futbol - Süper Lig Kulüplerinin Twitter Analizi</t>
+          <t>Beden Eğitimi Öğretmenlerinin Kişilik Özelliklerine Göre Tercih Ettikleri Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253921996</t>
+          <t>9786257957151</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri - 10</t>
+          <t>Sporda; Kaygı, Saldırganlık, Yaklaşma ve Uzaklaşma</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253921675</t>
+          <t>9786257729253</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gıda Kalitesi ve Nanoentegrasyon</t>
+          <t>Girişimcilik ve Yenilikçilikte Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256600362</t>
+          <t>9786050653540</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Vergi Muhasebesi Alanında Güncel Konular</t>
+          <t>Aquatik Yoğun İnterval Antrenmanların Fiziksel Performans ve Kas Hasarına Etkileri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253922047</t>
+          <t>9786052308974</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Rüzgar Sörfü</t>
+          <t>Amatör Sporcularda 8 Haftalık İki Farklı Pliometrik Antrenmanın Anaerobik Performansa ve Dikey Sıçramaya Etkisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253921651</t>
+          <t>9786052308950</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Denizcilikte Dijitalleşme: Siber Riskler ve Yönetimi</t>
+          <t>Türkiye'de Performans Tenisi Yapan Sporcuların Tenise Başlama Nedenleri ve Beklentileri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253922139</t>
+          <t>9786257957899</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Arap Halk Hikayelerinin Karşılaştırılması</t>
+          <t>Valentin Moşkov Besarabya Gagauzlarının Ağızları (Söz Varlığı)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253922061</t>
+          <t>9786052308844</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Some Innovatıve And Sustainable Approaches In Food Production Chain</t>
+          <t>Okul Öncesinde Etkinlik Hazırlama ve Uygulama - Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253921774</t>
+          <t>9786052308769</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Her Yönüyle Çocuk ve Drama</t>
+          <t>Dağ Bisikletçilerin Fiziksel ve Fizyolojik Özelliklerinin Saha Performans Parametrelerine Etkisi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258324662</t>
+          <t>9786257957199</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2022: İç Hastalıkları Acilleri (Ciltli)</t>
+          <t>Hasene Ilgaz'ın TBMM Konuşmaları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257119177</t>
+          <t>9786052308885</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası İletişimde Benlik, Kimlik, Kendini Bilmek</t>
+          <t>Eğitici Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257957731</t>
+          <t>9786058348783</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Alışveriş Merkezleri İç Mekan Kurgusu</t>
+          <t>Eğitim Ortamları İçin Eğitim İçerikli Filmler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253921415</t>
+          <t>9786052308035</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Yaşlanma Biyolojisi ve Sağlık</t>
+          <t>Ölçme ve Değerlendirme Soru Bankası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253921491</t>
+          <t>9786257119221</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel ve Hayvansal Üretimde Sürdürülebilirlik İnceleme, Uygulama ve Gelecek Perspektifleri</t>
+          <t>Nesibe Sultan ve Nota Arkadaşları 1. Bölüm</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253921354</t>
+          <t>9786257957625</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Bilim 2024-I</t>
+          <t>Kendini Bil</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>55</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253921750</t>
+          <t>9786257450546</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 2</t>
+          <t>Hazini Kalplerin Tesellisi Metin ve İnceleme</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253921330</t>
+          <t>9786257450799</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Ruhsal ve Nörolojik Bozukluklarda Fiziksel Aktivite</t>
+          <t>Bankacılık Ve Finans Alanında Güncel Yönelimler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253921439</t>
+          <t>9786257450577</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Polifenoller ve Sağlık</t>
+          <t>Sabun Krallığı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>275</v>
+        <v>18</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253921217</t>
+          <t>9786257450492</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Odontoloji-II</t>
+          <t>Ya Muçi-Yoki Ya Hamak</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253921316</t>
+          <t>9786052308813</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Hemşirelik - II</t>
+          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Özetin Özeti El Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253921279</t>
+          <t>9786050653526</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Güncel Tıp-II</t>
+          <t>Kavramsal ve Güncel Boyutlarıyla Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253921170</t>
+          <t>9786257957298</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Ebelik - II</t>
+          <t>İş Sağlığı Güvenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253921453</t>
+          <t>9786257729109</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Beslenme - II</t>
+          <t>Arktika Jeopolitiği 1</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253921194</t>
+          <t>9786052308653</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2024: Akciğer Enfeksiyonlarında Güncel Yaklaşımlar</t>
+          <t>Sahada ve Ofiste İş Güvenliği Uzmanının Rehber Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253921538</t>
+          <t>9786257119146</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Medya</t>
+          <t>Öğretim İlke ve Yöntemler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253921590</t>
+          <t>9786257119092</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
+          <t>Sosyal Hakların Gerçekleştirilebilirliği</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253921736</t>
+          <t>9786052308851</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 4</t>
+          <t>LGS Yolculuğunda Başarının Şifreleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253921712</t>
+          <t>9786253925864</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gıda Teknolojisinin Sürdürülebilirliği (Teori, Uygulama ve Yeni Paradigmalar)</t>
+          <t>Sağlık Ekonomisi Perspektifinde Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253921293</t>
+          <t>9786253925802</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Sağlık-III</t>
+          <t>Toprak, Bitki ve Hayvan Bilimlerinde Güncel Yaklaşımlar: Araştırmadan Uygulamaya Sürdürülebilir Tarım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253921378</t>
+          <t>9786253925895</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Bilim 2024-II</t>
+          <t>Tarımda Tedarik Zinciri Yönetimi: Lojistik, Ticaret ve Ekonomik Boyutları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253921392</t>
+          <t>9786253925734</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Bilim 2024: Fen Eğitiminde Geleneksel ve Modern Uygulamalar</t>
+          <t>Spor &amp; Bilim 2025-1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253921248</t>
+          <t>9786253925710</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Education and Science 2024-II</t>
+          <t>Spor &amp; Bilim 2025: Sporun Psikolojik ve Sosyal Boyutları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253921514</t>
+          <t>9786253926007</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları - 3</t>
+          <t>Spor &amp; Bilim 2025: Sporcu Sağlığı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253921613</t>
+          <t>9786253925963</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dellalzade İsmail Efendi'nin Musiki Anlayışı</t>
+          <t>Sağlık &amp; Bilim: 2025: Sağlık Yönetimi ve Politikaları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253921477</t>
+          <t>9786253925611</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Analizi - 3</t>
+          <t>Sağlık &amp; Bilim: Odontoloji - 2</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253921231</t>
+          <t>9786253925949</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Beden Eğitimi, Spor ve Oyun</t>
+          <t>Sağlık &amp; Bilim:2025: Kök Hücre ve Rejeneratif Tıp - 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057135308</t>
+          <t>9786253925987</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>5N1K Metin Kitabı 2</t>
+          <t>Sağlık &amp; Bilim 2025: Histoloji ve Embriyoloji - 2</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258496536</t>
+          <t>9786253925598</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>5N1K Metin Kitabı</t>
+          <t>Sağlık &amp; Bilim: 2025: Hemşirelik - 2</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258496550</t>
+          <t>9786253925574</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>5N1K Cümle Kitabı - 2</t>
+          <t>Sağlık &amp; Bilim: 2025: Güncel Tıp- 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258496543</t>
+          <t>9786253925550</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>5N1K Cümle Kitabı - 1</t>
+          <t>Sağlık &amp; Bilim: 2025: Fizyoterapi ve Rehabilitasyon - 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253921552</t>
+          <t>9786253925536</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Merkez Bankacılığı</t>
+          <t>Sağlık &amp; Bilim: 2025 Ebelik - 2</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253921149</t>
+          <t>9786253925512</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>New York'da Mekan ve Kimlik</t>
+          <t>Sağlık &amp; Bilim: Beslenme - 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257729277</t>
+          <t>9786253926021</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Çerkezler ve Ermeniler (1865-1923)</t>
+          <t>Mavi Derinlikte Güç: Türkiye’nin Deniz Jeopolitiği</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>235</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253921071</t>
+          <t>9786253925499</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmeni ve Öğretmen Adaylarının Futbol Alan Bilgi Düzeyi</t>
+          <t>Health &amp; Scıence 2025-II</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253921095</t>
+          <t>9786253925697</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Sörfü Temel Eğitim Programının Bazı Yapısal ve Motor Özellikler Üzerine Etkisi</t>
+          <t>Fiziksel Aktivite ve Sağlık-V</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253921125</t>
+          <t>9786253925673</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>E-öğrenmede Sosyo-Psikolojik Değişkenler</t>
+          <t>Eğitimin Kavramsal Temelleri-12: Dijitalleşme ve Yeni Pedagojilerz</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253921026</t>
+          <t>9786253925659</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Timurlu Ordusunda Askeri Eğitim</t>
+          <t>Eğitim &amp; Bilim 2025-II</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253920920</t>
+          <t>9786253925925</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yurtçular Yasası Cenevre Türk Yurdu 28-31 Mart 1913</t>
+          <t>Eğitim &amp; Bilim 2025: Fen Eğitiminde Geleneksel ve Modern Uygulamalar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253921002</t>
+          <t>9786253925635</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Plaklarda Oluşan Biyofilme Farklı Dezenfektanların Etkisi</t>
+          <t>Educatıon &amp; Scıence 2025-II</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253920869</t>
+          <t>9786253925789</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat 2023 Kahramanmaraş Depremleri Hasar Nedenleri ve Alınan Dersler</t>
+          <t>Bitkisel ve Hayvansal Üretimde Sürdürülebilirlik İnceleme, Uygulama ve Gelecek Perspektifleri-2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253920999</t>
+          <t>9786253925888</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Devlet Teşkilatı</t>
+          <t>Bilişsel Kontrol ve Bilişsel Esnekliğe Otobiyografik Belleğin Etkisi ve Kaygının Aracı Rolü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253920906</t>
+          <t>9786253925826</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ozanlardan Sokaktaki Çalgıcılara Müzikle Yolculuk İstanbul'da Sokak ve Metro Müzisyenliği</t>
+          <t>19.Yüzyıl Resminde Bir İskandinav Skagen Ekolü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253920968</t>
+          <t>9786256504783</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Şeffaflık ve Firma Performansı</t>
+          <t>Teknobilim-2023 Optimizasyon Modelleme Ve Yapay Zeka Optimizasyon Algoritmaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253920975</t>
+          <t>9786258496598</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Komünist Liderlerin Kişi Kültünün İnşasında Propaganda</t>
+          <t>Üniversite Gençliğinin Spor Yapma Alışkanlığının Araştırılması</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253920876</t>
+          <t>9786258065350</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat 2023 Kahramanmaraş Depremleri Hasar Nedenleri ve Alınan Dersler</t>
+          <t>İstanbul'da Covıd-19 Salgınının Ticari Faaliyetlere Etkileri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253920937</t>
+          <t>9786257601900</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tıp Mühendisliği İçin Mesleki Yabancı Dil</t>
+          <t>Holistik Sağlık ve Egzersiz</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253920845</t>
+          <t>9786256995550</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Yüksek Yararının Korunması Bağlamında Aşı Karşıtlığı</t>
+          <t>Kadın Hastalıkları ve Doğumda Kavramsal Çerçeve</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253920821</t>
+          <t>9786258217940</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gogol ve Şepkin</t>
+          <t>Farklı Tempolarda Yapılan Direnç Egzersizlerinin Seçilmiş Sitokin, Hormon ve Kas Hasarı Parametreleri Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253920470</t>
+          <t>9786256954601</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2024: Basic Medical Sciences Central Nervous System</t>
+          <t>Sporun Madde Bağımlılığı Farkındalık Oluşturmada Etkisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253920791</t>
+          <t>9786253921057</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bütünleşme Avrupa Birliği ve Türkiye</t>
+          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253920678</t>
+          <t>9786253925352</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Makroekonomik İstikrarsızlık Dinamik Stokastik Genel Denge Analizi</t>
+          <t>Tersane İşletmelerinde İş Güvenliği ve Risk Analizi</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253920807</t>
+          <t>9786253925444</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Liderlik &amp; Bilişim Teknolojilerini Kullanma Becerisi (Öğretmenlerle Yapılan Bir Araştırma)</t>
+          <t>Orman Ekosistemine Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253920357</t>
+          <t>9786253925253</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2024-1</t>
+          <t>Mutfakta Yapay Zeka (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253920739</t>
+          <t>9786253925390</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi 3</t>
+          <t>Medine Vesikası ve İnsan Haklarının Evrenselliği</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253920753</t>
+          <t>9786253925314</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış</t>
+          <t>Tokat Yemek Atlası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253920630</t>
+          <t>9786253925413</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Odontoloji-1</t>
+          <t>Futbol Taraftarlarında Psikolojik Bağlılık, Saldırganlık ve Marka Sadakati</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253920616</t>
+          <t>9786253925376</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Hemşirelik-1</t>
+          <t>Bireysel Sporlarda Performans Gelişimi ve Bilimsel Uygulamalar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253920593</t>
+          <t>9786253925239</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Güncel Tıp-1</t>
+          <t>Türk Eğitim Tarihi: Dönüşümler, Reformlar ve Gelecek Perspektifleri</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253920579</t>
+          <t>9786253924966</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Fizyoterapi ve Rehabilitasyon-1</t>
+          <t>Spor &amp; Bilim 2025: Spor ve Rekreasyon Yönetimi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253920517</t>
+          <t>9786253924942</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Eczacılık-1</t>
+          <t>Spor &amp; Bilim 2025: Antrenman ve Sportif Performans</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253920555</t>
+          <t>9786253924829</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Ebelik-1</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 4</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253920531</t>
+          <t>9786253925147</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2024: Beslenme 1</t>
+          <t>Sağlık &amp; Bilim 2025: Odontoloji-1</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253920340</t>
+          <t>9786253925123</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Türk-Moğol ve İran Tarihi Çalışmaları</t>
+          <t>Sağlık &amp; Bilim 2025: Histoloji ve Embriyoloji-I</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253920432</t>
+          <t>9786253925109</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2024-I</t>
+          <t>Sağlık &amp; Bilim 2025: Hemşirelik-1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253920494</t>
+          <t>9786253925079</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2024-I</t>
+          <t>Sağlık &amp; Bilim 2025: Güncel Tıp-1</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253920715</t>
+          <t>9786253925062</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 3</t>
+          <t>Sağlık &amp; Bilim 2025: Fizyoterapi ve Rehabilitasyon-1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253920418</t>
+          <t>9786253925048</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim I</t>
+          <t>Sağlık &amp; Bilim 2025: Ebelik-1</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253920395</t>
+          <t>9786253925024</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2024-I</t>
+          <t>Sağlık &amp; Bilim 2025: Beslenme-1</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253920456</t>
+          <t>9786253925000</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Current Issue in Hymenoplasty and Laser Use in Gynecology</t>
+          <t>Sağlık &amp; Bilim 2025: Anatomi-1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258121810</t>
+          <t>9786253924645</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Şehrizade Mehmed Said Efendi Tarih-i Düvel ve Mülük (II. Cilt)</t>
+          <t>Paramediklerin Yol Arkadaşı Sedye Kullanım Bilgisi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057138248</t>
+          <t>9786253924904</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İlkesiz Vergilere Tepkiler: Vergi İsyanları</t>
+          <t>Özel Yeteneklilerin Eğitimi: Geleceği Şekillendiren Yaklaşımlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>560</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257601443</t>
+          <t>9786253924881</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Üzerine Gazetecilik Çalışmaları</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2025-I</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253920197</t>
+          <t>9786253925277</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İran Merkezli Geleneksel Moğol Yönetiminin İnşası Abaka Han Ve Zamanı (663-680/1265-1282)</t>
+          <t>İran Azerbaycan’ında Mersiye Kültürü ve Muharrem Folkloru</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258217131</t>
+          <t>9786253925338</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tarihi (1980’den Günümüze) Liderler, Partiler ve Seçimler</t>
+          <t>Investigation Of The Effect Of Omu Technology Transfer Office On The Entrepreneurship And Innovation Ecosystem In Samsun</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256954786</t>
+          <t>9786253924980</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Finans, Davranışsal Finans ve Güncel Yaklaşımlar (Ciltli)</t>
+          <t>Healty &amp; Science 2025-1</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256995673</t>
+          <t>9786253924805</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Beslenme-2 (Ciltli)</t>
+          <t>Güncel Gelişmeler Perspektifinde</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258324808</t>
+          <t>9786253925208</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yazıları</t>
+          <t>Ekonomik Kriz ve Medya 2008</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258418071</t>
+          <t>9786253924867</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler 1</t>
+          <t>Eğitim &amp; Bilim 2025-1</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256939585</t>
+          <t>9786253924843</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Üniversitelerde Muhasebe Eğitiminin Etkinliği Üzerine Bir Araştırma</t>
+          <t>Education &amp; Science 2025-1</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256713222</t>
+          <t>9786253925291</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Artistik Cimnastik</t>
+          <t>Dünya’da Önde Gelen Futbol Kulüplerinin Altyapı Modellerinin İncelenmesi ve Türkiye’deki Altyapı Anlayışının Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258217186</t>
+          <t>9786253925185</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence Applications And Their Economic Effects On The Field Of Health Care (Ciltli)</t>
+          <t>Biyoteknolojiden Konvensiyonel Yöntemlere: Gıda Muhafaza Yöntemleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>415</v>
+        <v>500</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256995635</t>
+          <t>9786253924928</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Odontoloji-II (Ciltli)</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2025-I</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>715</v>
+        <v>450</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256995611</t>
+          <t>9786253924782</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilimler 2022: Yeni Nesil Teknolojiler (Ciltli)</t>
+          <t>21. Yüzyılda Makroekonomi: Güncel Sorunlar ve Teoriden Uygulamaya Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258121445</t>
+          <t>9786253921040</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Çok Yönlü ve Çok İşlevli Mucize Molekül – Melatonin</t>
+          <t>İş Sağlığı ve Güvenliği Soru Bankası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258121759</t>
+          <t>9786256954021</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Deneme Planlaması ve Analizi</t>
+          <t>Quadriceps Açısının Sporcularda Diz Kuvveti ve Ekstansör Kasların Miyoelektrik Aktiviteleri Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254445354</t>
+          <t>9786253921033</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Hayat ve Kurumlar Bağlamında Siyaset Bilimi Çalışmaları</t>
+          <t>İş Sağlığı ve Güvenliği Sınavlarına Hazırlık Özetin Özeti El Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256954472</t>
+          <t>9786253924751</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler - 4 (Ciltli)</t>
+          <t>Yaşlılık ve Emeklilik</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256995895</t>
+          <t>9786253924768</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Management Studies in Social Sciences (Ciltli)</t>
+          <t>Klinik Psikolojide Güncel Konular</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258121803</t>
+          <t>9786253925192</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Maliye</t>
+          <t>İslam Medeniyetinde Tasavvufun Rolü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258217247</t>
+          <t>9786253925178</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Lojistikte Hava Kargo Taşımacılığı: Teori ve Güncel Araştırmalar</t>
+          <t>I. Sahip Giray Han ve Dönemi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253923174</t>
+          <t>9786253925161</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir ve Çözümlü Problemleri</t>
+          <t>Afyonkarahisar, Civar İlçe ve Beldelerdeki Efsaneler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256713505</t>
+          <t>9786253924461</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalığı Olan Çocuk ve Ergenlerde Hemşirelik Bakımı</t>
+          <t>Zengezur Koridoru: Türkiye-Azerbaycan-Nahcivan Ekonomik, Dış Ticaret ve Lojistik Bağlantıları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258121391</t>
+          <t>9786253924737</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>KPSS-Kurum Sınavlarına Yöneli̇k Makro İkti̇sat Ders Notları</t>
+          <t>Veri Bilimi ve Analitiği (Giriş)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>235</v>
+        <v>570</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253920074</t>
+          <t>9786253924164</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Gazetecinin Etik Kimliği</t>
+          <t>Türk Müziğinde İz Bırakanlar VI</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258217223</t>
+          <t>9786253923365</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Değişen Paradigmalar Yeni Fırsatlar ve Riskler</t>
+          <t>Tüm Yönleriyle Kanatlı Hayvan Besleme</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>285</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257664493</t>
+          <t>9786253924027</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Çözülebilen Kavramalar</t>
+          <t>Sürdürülebilir Gelecek İçin Çevre, Enerji ve Yapay Zeka Küresel Çözümler ve Stratejiler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258217575</t>
+          <t>9786253923761</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Sürdürülebilirlik</t>
+          <t>Sporda İnovasyon ve Yeni Nesil Teknolojiler- 2024</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057362575</t>
+          <t>9786253923747</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Malzemelerin Mekanik Özellikleri</t>
+          <t>Spor &amp; Bilim 2024-II</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258324969</t>
+          <t>9786253924218</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Taekwondo</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 3</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258217544</t>
+          <t>9786253924003</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Ulus Devlete Türkiye Tarihi (1789-1995)</t>
+          <t>Sağlık &amp; Bilim 2024: Odontoloji-IV</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258217414</t>
+          <t>9786253923983</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Günümüze iktisat ve Siyaset</t>
+          <t>Sağlık &amp; Bilim 2024: Hemşirelik-IV</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>185</v>
+        <v>650</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256713871</t>
+          <t>9786253923969</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Araştırmaları</t>
+          <t>Sağlık &amp; Bilim 2024: Güncel Tıp IV</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258121650</t>
+          <t>9786253923945</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Krizlerin Sosyoekonomik Etkileri: Ülke Ve Sektör Çalışmaları (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Genel Embriyoloji-I</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256995741</t>
+          <t>9786253923921</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Fizyoterapi ve Rehabilitasyon-II</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>750</v>
+        <v>370</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256954724</t>
+          <t>9786253923907</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Dijital İnsan Kaynakları Pazarlaması (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Ebelik-IV</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256995765</t>
+          <t>9786253923884</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme-2 (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Çocukluk Çağı Obezitesi ve Yaygın Komplikasyonlarına Güncel Bakış</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>600</v>
+        <v>440</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256939097</t>
+          <t>9786253924041</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-7: Eğitim Yönetimi (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Çocuk Cerrahi Hemşireliği ve Bakım Uygulamaları-II</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256939073</t>
+          <t>9786253923860</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2022-IV (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Beslenme-IV</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>585</v>
+        <v>600</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256954809</t>
+          <t>9786253923846</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomi, Tarım, Finans ve İşletme Analizleri (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Anatomi-II</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256995659</t>
+          <t>9786253923570</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: İç Hastalıkları (Ciltli)</t>
+          <t>New Multicentric Approaches In Gynecology And Obstetrics</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>470</v>
+        <v>740</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256600980</t>
+          <t>9786253924393</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hale Teorisi Kuram ve Çevrimiçi Açık Arttırmalara Yönelik Bir Uygulama</t>
+          <t>Mühendisliğin Geleceği ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256995994</t>
+          <t>9786253924294</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Spor Eğitimi Alan Üniversite Öğrencilerinin Üst Bilişsel Süreçleri İle Problem Çözme Becerileri Arasındaki İlişkinin Belirlenmesi (Ciltli)</t>
+          <t>Makroekonomide Güncel Tartışmalar: Teori, Uygulama ve Politika Önerileri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>315</v>
+        <v>500</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052308219</t>
+          <t>9786253923785</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancılar</t>
+          <t>Kuramdan Uygulamaya Spor Felsefesi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256995161</t>
+          <t>9786253924270</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Management and Digital Transformation Power (Ciltli)</t>
+          <t>İletişim ve Medya Araştırmaları 3</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>535</v>
+        <v>500</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256954229</t>
+          <t>9786253924256</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kars Sarıkamış Kayak Merkezinde Rekreaktif Etkinliklere Katılanların Katılım Sıklıklarının Mutluluk ve Yaşam Kalitelerine Etkisi (Ciltli)</t>
+          <t>İletişim Perspektifinde Sosyal ve Ekonomik Olaylar 2</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258324259</t>
+          <t>9786253923723</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2022-2 (Ciltli)</t>
+          <t>Her Yönüyle Türk Halk Oyunları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258121162</t>
+          <t>9786253923822</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2022 (Ciltli)</t>
+          <t>Health &amp; Science 2024-IV</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256713468</t>
+          <t>9786253923808</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science IV</t>
+          <t>Geleceğin Sağlık Sistemi: Yapay Zekanın Rolü ve İleri Uygulamalar II</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256504271</t>
+          <t>9786253923709</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2</t>
+          <t>Fiziksel Aktivite ve Sağlık-IV</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>260</v>
+        <v>560</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258496406</t>
+          <t>9786253923686</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları-2021</t>
+          <t>Eğitimin Kavramsal Temelleri-11 Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057140678</t>
+          <t>9786253923662</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kafeinli Kahvenin Fiziksel ve Bilişsel Performans Üzerine Etkisi</t>
+          <t>Eğitim &amp; Bilim 2024-IV</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057140654</t>
+          <t>9786253923648</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde Corona (Covid-19) Virüs Salgını</t>
+          <t>Eğitim &amp; Bilim 2024: İlköğretim ve Ortaöğretimde Fen Bilimleri Eğitimi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258324570</t>
+          <t>9786253923624</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Değişen Uluslararası Sistemde Türkiye ve Türk Dünyası İlişkileri</t>
+          <t>Education &amp; Science 2024-IV</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258121346</t>
+          <t>9786253924713</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İşgal – Direniş &amp; Ayrılık – Özlem</t>
+          <t>Deniz Ulaştırması ve Yönetiminde Güncel Konular</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>800</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258217346</t>
+          <t>9786253924232</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Halk Oyunları Su Egzersizi Modeli</t>
+          <t>COVID-19 Sonrası Uzaktan Çalışma Sistemlerinde Bilgi Güvenliği Yaklaşımları ve Geleceğin Meslekleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257601658</t>
+          <t>9786253924683</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Günde 2 Öğün</t>
+          <t>Ayet ve Hadisler Işığında Zaman Yönetimi, Gündelik ve Yıllık Hayatın Planlanması</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256713895</t>
+          <t>9786253924416</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 2</t>
+          <t>Tüketici Zihninin Çatışması: Bilişsel Uyumsuzluk ve Kafa Karışıklığının Anatomisi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253920319</t>
+          <t>9786253924430</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kılavuzluk, Römorkörcülük ve Palamar Hizmetleri İçin İngilizce Telaffuz Sözlüğü</t>
+          <t>TRT Saz Sanatçısı ve Usta Koro Şefi M. Raci Alcan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253920302</t>
+          <t>9786253924485</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Grupla Psikolojik Danışma Aktivite Örnekleri: Yetişkinler İçin</t>
+          <t>Spor Tırmanış Dünyada ve Türkiyede</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253920654</t>
+          <t>9786253924362</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Turizmin Gelişiminde Gastronomi Turizmi</t>
+          <t>Nasihatname-i Osman Kamil Efendi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256939912</t>
+          <t>9786253924379</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Güncel Örgütsel Davranış Yaklaşımları</t>
+          <t>Medya ve Taciz</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256452633</t>
+          <t>9786253924584</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hayvansal Besinler ve Sağlık</t>
+          <t>İnfeksiyon Hastalıkları Genel Yaklaşım</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256452282</t>
+          <t>9786253923532</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2023- I</t>
+          <t>Güncel Yönetim ve Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256939257</t>
+          <t>9786253924546</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Temel Eğitim</t>
+          <t>Futbolcularda Farklı Kombine Antrenmanların Fiziksel Performansa, Psikofizyolojik Cevaplara ve Teknik Beceriye Etkisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256504530</t>
+          <t>9786253924195</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2023-II</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliğinde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256452756</t>
+          <t>9786253924454</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İşgücü Piyasalarında Obezite Ayrımcılığı</t>
+          <t>Bilim Tarihine Yön Veren Kırk Dahi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256452695</t>
+          <t>9786253923600</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kobilerde ve Yeni Girişimlerde Başarının Sırrı: İhracat Pazarlaması</t>
+          <t>Ali Rızaullah’ın Tahmisler Mecmuası’nda Yer Alan Tahmis Dışındaki Şiirleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256452473</t>
+          <t>9786253924171</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda İhmal ve İstismar</t>
+          <t>Acil Durum ve Afet Görevlilerinin Deprem Sonrası Arama ve Kurtarma Çalışmaları Sırasında Karşılaşabilecekleri İş Sağlığı ve Güvenliği Riskleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256954243</t>
+          <t>9786253924522</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Havayolu Hizmetlerinde E-Şi̇kayetler</t>
+          <t>100 Soruda Para-Banka ve Para Politikası</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256995604</t>
+          <t>9786253924089</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Irkçılık Bağlamında İslamofobi</t>
+          <t>Uygulamalı Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256452367</t>
+          <t>9786253924348</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar-2023</t>
+          <t>Türkiye’de Ekonomik Büyümenin Kaynaklarının Analizi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258324471</t>
+          <t>9786253924065</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Grupla Psikolojik Danışma Aktivite Örnekleri: Yetişkinler İçin</t>
+          <t>Türk Burjuvazisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258217063</t>
+          <t>9786253923594</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Gramer Temelli Kitabe İmla İnşa</t>
+          <t>Temel Hareket Eğitimi ve Oyunlar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258324402</t>
+          <t>9786253924102</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Gölbaşı-Türkoğlu Fay Segmenti Üzerinde Radon Gazı Değişimlerinin Deprem İle İlişkisi</t>
+          <t>Klinik Odaklı Kardiyak Sosyal Hizmet Uygulamaları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258324921</t>
+          <t>9786253926038</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Genomik</t>
+          <t>Çukurova Kuvayi Milliye Kahramanı Kozanoğlu Doğan Bey (Korgeneral Kemal Doğan)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258324037</t>
+          <t>9786253923518</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Ekonomilerde Sermaye Yapısı</t>
+          <t>2021 Dünya Güreş Şampiyonası Madalya Müsabakalarında  Kullanılan Tekniklerin Analizleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256939936</t>
+          <t>9786258324488</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gelenek, Şiir ve Kent Markaları - (Mani ve Türkülerde Kent Markaları)</t>
+          <t>12-14 Yaş Kadın Taekwondocularda Bosu Egzersizlerinin Biyomotor Özelliklere Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256713291</t>
+          <t>9786253922382</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Çalışma Hayatı, Yaşanan Değişimler ve Sorunlar</t>
+          <t>Toprak Altı Hazinesi; Sürdürülebilir Tarımın Ekonomik İzdüşümleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256452954</t>
+          <t>9786253923228</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>GAP’ın Gaziantep İlinin Sosyo-Ekonomik Yapısında Meydana Getirdiği Değişim</t>
+          <t>Sürdürülebilirlik Stratejileri Disiplinlerarası Perspektifler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256452305</t>
+          <t>9786253923488</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kulüplerinde Muhasebe, Finans ve Denetim Uygulamalarına İlişkin Özellikli Konular</t>
+          <t>Sosyal Hizmette Kariyer Yönetimi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257729376</t>
+          <t>9786253922948</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Foam Roller Egzersiz Süresinin Dikey Sıçrama Performansı ve Esneklik Üzerine Akut Etkileri</t>
+          <t>Sağlık &amp; Bilim 2024: Odontoloji-III</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>125</v>
+        <v>370</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256995420</t>
+          <t>9786253922924</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Etkinlik Kartlarının Öğrencilerin Sportmenlik Davranışlarına ve Sosyal Beceri Düzeylerine Etkisi (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Kök Hücre ve Rejeneratif Tıp-I</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258324389</t>
+          <t>9786253922900</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivitenin Çalışanların İş Performansı Üzerine Etkileri (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Hemşirelik-III</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256713482</t>
+          <t>9786253922887</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Sağlık</t>
+          <t>Sağlık &amp; Bilim 2024: Güncel Tıp-III</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258217438</t>
+          <t>9786253922863</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Finans, Muhasebe ve Denetim Alanlarında Yeni Paradigmalar (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Ebelik-III</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258217322</t>
+          <t>9786253922849</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimlerinde Girişimcilik Eğitimi ve 5. - 6. - 7. - 8. Sınıf Bütünleştirilmiş Örnek Etkinlikler</t>
+          <t>Sağlık &amp; Bilim 2024: Beslenme-III</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256452541</t>
+          <t>9786253922825</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Farsça ve Arapça Kaynaklarda Türk ve Moğol Devleti Tarihi I (İlhanlılar, Timurlular, Ak-Koyunlular ve Kara-Koyunlular)</t>
+          <t>Psikomotor Gelişim ve Spor</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258217681</t>
+          <t>9786253922818</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Farklı Zeminlerde Yapılan Antrenmanların Propriyosepsiyon ve Dayanıklılık Gelişimine Etkisinin Karşılaştırılması (Ciltli)</t>
+          <t>Olimpik Sporlarda Yetenek Seçimi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256954281</t>
+          <t>9786253922771</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Farklı Sıklıkta Yapılan Benzer HIIT Protokolünün Aktif Genç Erkeklerde Fizyolojik ve Hormonal Parametrelere Etkilerinin Karşılaştırılması (Ciltli)</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2024-ll</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057362599</t>
+          <t>9786253923501</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Farklı Direnç Egzersizlerinin Kas Hipertrofisi Üzerine Etkileri</t>
+          <t>Kürek Sporunda Seçme Konular</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057372963</t>
+          <t>9786253923556</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Bankacılıkta Likidite Yönetimi</t>
+          <t>İnsan Haklarının Korunması Bağlamında Avrupa Konseyi Terörizmin Önlenmesi Sözleşmesinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256452725</t>
+          <t>9786253922757</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Etkileşim Destek Programı: Engelliliğe Dayalı Ayrımcılığa Karşı Bir Akran Desteği Modeli</t>
+          <t>Her Yönüyle Engellilik, Engelli Bireyler, Egzersiz ve Spor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256954328</t>
+          <t>9786253922740</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Erken Osmanlı Devrinde Bursa’nın Kentsel Gelişimi ve Selatin Camileri</t>
+          <t>Health &amp; Science 2024-III</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258121292</t>
+          <t>9786253922726</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Sosyal Beceri ve Müzik - Kuramdan Uygulamaya</t>
+          <t>Geleceğin Sağlık Sistemi: Yapay Zekanın Rolü ve İleri Uygulamalar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258217315</t>
+          <t>9786253923396</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okul Dışı Öğrenme Ortamları</t>
+          <t>Etik, Eğitim, Bilim, Yükseköğretim Üzerine Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258324983</t>
+          <t>9786253923280</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Çağdaş Yaklaşımlar Işığında Doğa Temelli Eğitim (Etkinlik Örnekleriyle)</t>
+          <t>Eğitim Temelinde Beden Eğitimi ve Spor</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256452329</t>
+          <t>9786253922702</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>English for Academic Purposes in Turkey: Reflections from the Territory</t>
+          <t>Eğitim &amp; Bilim 2024-III</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258217926</t>
+          <t>9786253922689</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Atık Su Arıtımında Nanopartiküllerin Kullanımı (Ciltli)</t>
+          <t>Education &amp; Science 2024-III</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256995185</t>
+          <t>9786253923112</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi, Finans ve Politika Konularında Güncel Paradigmalar (Ciltli)</t>
+          <t>Biotechnology in Action: Unveiling Nature's Potential 2</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256713130</t>
+          <t>9786253922665</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politikaları ile Cumhuriyetin İlk Yüzyılı Gelecek Yüzyıl İçin Büyük Strateji Önerileri</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2024-II</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256995512</t>
+          <t>9786253923181</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ekonofizik ve İktisadi Eşitsizlikler</t>
+          <t>Timurlu Devleti’nin İktisadî Yapısı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258217308</t>
+          <t>9786253923334</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ekonofizik Menkul Kıymet Borsalarında Fiyat Dinamikleri</t>
+          <t>Sanal Gerçeklik ve Tenis</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256504493</t>
+          <t>9786253923204</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Temellerine Bakış: Eğitim Programı</t>
+          <t>Pandemide Duygu Günlükleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256504523</t>
+          <t>9786253923198</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-9: Karakter ve Değerler Eğitimi</t>
+          <t>Milli Mücadele’ye Muhalif Bir Cemiyet: Tarikat-i Salahiye Cemiyeti ve Distolcular (1920 – 1925)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256452244</t>
+          <t>9786253923242</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sportif Performans</t>
+          <t>Mihrişah Valide Sultan ve İstanbul</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256452855</t>
+          <t>9786253923259</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Grotesk ve Yüce: György Ligeti’nin Le Grand Macabre Operasında Modern ve Postmodern Karakter</t>
+          <t>Kombinatorik Problemleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256452879</t>
+          <t>9786253923341</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Felsefi Temelleri</t>
+          <t>Çocukların Spor ve Fiziksel Etkinliklere Katılımlarında Aile, Motivasyon ve Psikolojik Algılarının Önemi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256939844</t>
+          <t>9786253923266</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomik Göstergeler ve Firma Performansı</t>
+          <t>Balkanlarda Zapt ve Tahrip: Bulgaristan Prensliğinde Türk Emlâki ve Vakıfları (1878-1908)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256452268</t>
+          <t>9786253923051</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Sürdürülebilirlik</t>
+          <t>11-13 Yaş Grubu Basketbol Antrenmanlarında, Dripling Gözlüklü Çalışmaların Top Sürme Performansına Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256713604</t>
+          <t>9786253923150</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yeni Nesil Teknolojiler-2023</t>
+          <t>Spor Sektöründe Kariyer Yolculuğu ve Çalışan Sağlığı</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258121834</t>
+          <t>9786253923075</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örgütsel Davranış</t>
+          <t>Sahne Tasarımının Büyüleyici Dünyasına Açılan Kapı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256452381</t>
+          <t>9786253922610</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-8: Eğitim Psikolojisi</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256995208</t>
+          <t>9786253922962</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Liderlik Yaklaşımları</t>
+          <t>Ad Bilimi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258324280</t>
+          <t>9786253923037</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Güncel Yaklaşımlar</t>
+          <t>Politik Edebiyat</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>315</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258065947</t>
+          <t>9786253922535</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Dijitalleşme ve Yeni Yaklaşımlar</t>
+          <t>Kurumsal Sürdürülebilirlik ve Raporlama</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256504660</t>
+          <t>9786253922597</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Teknolojilerinde Yeni Eğilimler: Kuram, Uygulama ve Modellemelerin Değerlendirilmesi</t>
+          <t>Yerel Yönetimlerde Dijital Demokrasi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256796348</t>
+          <t>9786253922641</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Risk Etmenlerinin İş Sağlığı ve Güvenliği Açısından İncelenmesi</t>
+          <t>Sürdürülebilirlik Ekseninde Muhasebe</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258121605</t>
+          <t>9786253922580</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kısa Veri Analizi - Sosyal Bilimlerde İstatistik Paket Programı İle</t>
+          <t>Güncel İş ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256452763</t>
+          <t>9786253922443</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kılavuzluk, Römorkörcülük ve Palamar Hizmetleri İçin İngilizce Telaffuz Sözlüğü</t>
+          <t>Celayırlı Devleti’nde Ordu (1340-1411)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258217988</t>
+          <t>9786253922559</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kerb-name</t>
+          <t>Türklerde Hakimiyet</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258217391</t>
+          <t>9786253922405</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Kamusal Hizmetler</t>
+          <t>Türk Canlandırma Sinemasında Değerler Temsilinin Analizi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258121629</t>
+          <t>9786253922634</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kentlerde İklim Değişikliğine Uyum</t>
+          <t>Tıbbi Parazitoloji ve Pratik Uygulamaları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257729062</t>
+          <t>9786253922016</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Çevre Çalışmaları</t>
+          <t>Teoriden Uygulamaya Her Yönüyle Spor</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057135339</t>
+          <t>9786253921958</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kaynaştırma ve Genel Eğitim Sınıflarında Sınıf Yönetimi: Karşılaştırmalı Bir Araştırma</t>
+          <t>Sporun Kavramsal Temelleri 9 - Beden Eğitimi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258324112</t>
+          <t>9786253922573</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Defterin Yadigarı (S 344 Numaralı Sofya Kadı Sicili)</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057138255</t>
+          <t>9786253921910</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kara-Koyunlu Devleti'nin Askerî Teşkilatı</t>
+          <t>Health &amp; Science 2024-II</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256452824</t>
+          <t>9786253922498</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Güzelliği Sahiplenme Arzusu ve Dünya Edebiyatı</t>
+          <t>Farsça ve Arapça Kaynaklarda Türk ve Moğol Devletleri Tarihi II</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256939684</t>
+          <t>9786253921835</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Küreğe Başlarken</t>
+          <t>Engellilerde Egzersiz ve Rehabilitasyon Uygulamalarına Güncel Yaklaşım</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256452787</t>
+          <t>9786253921873</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektör Boyutuyla İnsan Kaynakları Yönetimi-2</t>
+          <t>Eğitimin Temellerine Bakış</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256939783</t>
+          <t>9786253922474</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektör Boyutuyla İnsan Kaynakları Yönetimi</t>
+          <t>Döngüsel Ekonomi ve Sürdürülebilir Stratejiler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256995871</t>
+          <t>9786253922429</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kafein Alımının 3x3 Basketbolcuların Fiziksel Performansına Akut Etkisi (Ciltli)</t>
+          <t>Dış Ticaretin Doğuşu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256713970</t>
+          <t>9786257729345</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Sosyal Politikalar Uluslararası Endekslerle Kazakistan Ve Türkiye Karşılaştırması</t>
+          <t>Türk Müziğinde İz Bırakanlar 2</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>275</v>
+        <v>625</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256939899</t>
+          <t>9786253922177</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları ve Türk Kadınının Siyasete İlk Katılım Süreci: İzmir Belediye Seçimi Örneği</t>
+          <t>Dezavantajlı Gruplar ve İstihdam Politikaları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057135353</t>
+          <t>9786253922290</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İşyerlerinde Acil Durumlar</t>
+          <t>Dijital Dönüşüm ve Medya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258121865</t>
+          <t>9786253922191</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve İktisat Araştırmaları (Ciltli)</t>
+          <t>Frankfurt Okulu Eleştirileri Theodor W. Adorno ve Müzik Söylemleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258217476</t>
+          <t>9786253922276</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Eksikliği ve Hiperaktivite Bozukluğuna Yönelik İnterdisipliner (Fiziksel Aktivite, Eğitim ve Sanat) Eğitim Modelleri</t>
+          <t>İletişim ve Medya Araştırmaları 2</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256452589</t>
+          <t>9786253922115</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Analizi-2</t>
+          <t>İnsan Sesi Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256452602</t>
+          <t>9786253922337</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Analizi</t>
+          <t>Kanada Resim Sanatında Tom Thomson</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>365</v>
+        <v>220</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258324556</t>
+          <t>9786253922450</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çocuğu Tanıma Teknikleri (0-18 Yaş Gelişimsel Yaklaşım)</t>
+          <t>Manisa Vakıflarına Dair Belgeler 1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256452992</t>
+          <t>9786253922351</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ortamında İş Güvenliği Uzmanının Rehber Kitabı</t>
+          <t>Sağlığa Yolculuk - Sağlık Turizmi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258324228</t>
+          <t>9786253922214</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Sağlık Araştırmaları-6 (Ciltli)</t>
+          <t>Türk Dış Politikasında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258217452</t>
+          <t>9786253922238</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Pandemi Gölgesinde Uluslararası İşletmecilik, Finans, Ticaret ve Sigortacılık (Teori, Uygulama ve Tarihi Perspektif) 2 (Ciltli)</t>
+          <t>Venezuela ve Petrol Hollanda Hastalığı ve Ötesi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256600997</t>
+          <t>9786253922313</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İngilizce ÖABT Tamamı (İngilizce ve Türkçe) Çözümlü Soru Bankası</t>
+          <t>Vücudi ve Risale-i Gaza’sı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256713277</t>
+          <t>9786253922375</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okul</t>
+          <t>Yüksek Gerilim İzolatörleri Çözümlü Problemleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256600928</t>
+          <t>9786253922252</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kenan Tuna “Palandöken’in Avazı” -Hayatı, Anıları, Sanat Çalışmaları ve Araştırma Yazıları-</t>
+          <t>Afet ve Medya</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256796560</t>
+          <t>9786253922153</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>MAX/MSP İle Ses Tasarımı Volume 1</t>
+          <t>Denizcilikte Yeşil ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256600904</t>
+          <t>9786253921637</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kent Terimleri Ansiklopedisi</t>
+          <t>Psikolojide Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256504059</t>
+          <t>9786253921798</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Krizinde Maliye Politikası Uygulamaları -Bölgesel İnceleme-</t>
+          <t>Sağlık &amp; Bilim 2024 - Anatomi-I</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258217209</t>
+          <t>9786253921859</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bosu Egzersizlerinin İşitme Engelli Çocukların Denge Performansına Etkisi</t>
+          <t>Sağlık &amp; Bilim 2024 - Çocuk Cerrahi Hemşireliği ve Bakım Uygulamaları-I</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258217551</t>
+          <t>9786253921897</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Borsaların Tarihsel Dönüşümü Sistemik Birikim Daireleri ve Hegemonik Geçişler</t>
+          <t>Sağlık &amp; Bilim 2024 - Fonksiyonel Gıdalar ve Sürdürülebilir Sağlık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256600034</t>
+          <t>9786253921811</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bisikletçilerde Bilişsel Yorgunluğun ve Kafein Tüketiminin Fonksiyonel Eşik Güç ve Fizyolojik Yanıtlar Üzerine Etkisi</t>
+          <t>Sağlık &amp; Bilim 2024 - Hemşirelikte Yönetsel Sorunlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256939554</t>
+          <t>9786253921934</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bireyler Düşünür, Sistem Adım Atar; Liseye Geçiş ve Üniversiteye Girişte Model Önerileri</t>
+          <t>Sağlık &amp; Bilim 2024 - Histoloji ve Embriyoloji-I</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256600058</t>
+          <t>9786253921972</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojilerinde Kalite Sistemlerine ve Uluslararası Standartlara Akademik Bir Bakış</t>
+          <t>Sağlık &amp; Bilim 2024 - Tıbbi Biyoloji ve Genetik-I</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256713116</t>
+          <t>9786253922092</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Etnomüzikolojik Açıdan “Bacıerenlik”</t>
+          <t>Dijital Sahada Futbol - Süper Lig Kulüplerinin Twitter Analizi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256600782</t>
+          <t>9786253921996</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Firm Growth Dynamics</t>
+          <t>Eğitimin Kavramsal Temelleri - 10</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256600485</t>
+          <t>9786253921675</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Güncel Sorunlara Politik, Teorik ve Uygulamalı Yaklaşımlar</t>
+          <t>Gıda Kalitesi ve Nanoentegrasyon</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256600522</t>
+          <t>9786256600362</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Spor Araştırmaları</t>
+          <t>Vergi Muhasebesi Alanında Güncel Konular</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256600089</t>
+          <t>9786253922047</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Fiziksel Uygunluk</t>
+          <t>Her Yönüyle Rüzgar Sörfü</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256600164</t>
+          <t>9786253921651</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Health &amp; Science 2023-III</t>
+          <t>Denizcilikte Dijitalleşme: Siber Riskler ve Yönetimi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256600447</t>
+          <t>9786253922139</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İletişim Perspektifinde Sosyal ve Ekonomik Olaylar</t>
+          <t>Türk ve Arap Halk Hikayelerinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256600669</t>
+          <t>9786253922061</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel, Kurumsal ve Ulusal Yoketikleşme</t>
+          <t>Some Innovatıve And Sustainable Approaches In Food Production Chain</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057362513</t>
+          <t>9786253921774</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Sistemlerinde Güvenlik ve Gizlilik</t>
+          <t>Okul Öncesinde Her Yönüyle Çocuk ve Drama</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256796980</t>
+          <t>9786258324662</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gerede İlçesi’nin Coğrafyası</t>
+          <t>Sağlık ve Bilim 2022: İç Hastalıkları Acilleri (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>480</v>
+        <v>750</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256796676</t>
+          <t>9786257119177</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik, Gündelik Hayat ve Popüler Kültür</t>
+          <t>Kişilerarası İletişimde Benlik, Kimlik, Kendini Bilmek</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256600935</t>
+          <t>9786257957731</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Yarım Asrı Aşan Tarihi Lezzetleri I</t>
+          <t>Geçmişten Günümüze Alışveriş Merkezleri İç Mekan Kurgusu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256600768</t>
+          <t>9786253921415</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Financial Failure</t>
+          <t>Sağlık &amp; Bilim 2024: Yaşlanma Biyolojisi ve Sağlık</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256600461</t>
+          <t>9786253921491</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 1</t>
+          <t>Bitkisel ve Hayvansal Üretimde Sürdürülebilirlik İnceleme, Uygulama ve Gelecek Perspektifleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258324747</t>
+          <t>9786253921354</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilim-2022-2 (Ciltli)</t>
+          <t>Spor ve Bilim 2024-I</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>630</v>
+        <v>400</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256600508</t>
+          <t>9786253921750</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology in Action: Unveiling Nature's Potential</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış 2</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256600607</t>
+          <t>9786253921330</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Folklorun İmge Yaratma Gücü Bağlamında Türk Sözlü Kültüründe Bağdat</t>
+          <t>Sağlık ve Bilim 2024: Ruhsal ve Nörolojik Bozukluklarda Fiziksel Aktivite</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256600621</t>
+          <t>9786253921439</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Destinasyon Rekabetinde İstanbul</t>
+          <t>Sağlık ve Bilim 2024: Polifenoller ve Sağlık</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256713246</t>
+          <t>9786253921217</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Demokrasi Hareketleri</t>
+          <t>Sağlık ve Bilim 2024: Odontoloji-II</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256713000</t>
+          <t>9786253921316</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücreler ve Uygulama Alanları</t>
+          <t>Sağlık ve Bilim 2024: Hemşirelik - II</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256600010</t>
+          <t>9786253921279</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Engelli ve Yaşlılarda Güncel Araştırmalar</t>
+          <t>Sağlık ve Bilim 2024: Güncel Tıp-II</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256713093</t>
+          <t>9786253921170</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kampüs Rekreasyonu</t>
+          <t>Sağlık ve Bilim 2024: Ebelik - II</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256600645</t>
+          <t>9786253921453</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirlerinde Özdeşleyim</t>
+          <t>Sağlık ve Bilim 2024: Beslenme - II</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>185</v>
+        <v>370</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256600263</t>
+          <t>9786253921194</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2023-III</t>
+          <t>Sağlık ve Bilim 2024: Akciğer Enfeksiyonlarında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256713154</t>
+          <t>9786253921538</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Güncel Gelişmeler ve Türk Eğitim Sisteminde Denetim</t>
+          <t>Metaverse ve Medya</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256796973</t>
+          <t>9786253921590</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kaygan Zemin</t>
+          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256713581</t>
+          <t>9786253921736</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2023 - IV</t>
+          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 4</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256504240</t>
+          <t>9786253921712</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2023 - 2</t>
+          <t>Gıda Teknolojisinin Sürdürülebilirliği (Teori, Uygulama ve Yeni Paradigmalar)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256452343</t>
+          <t>9786253921293</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 1</t>
+          <t>Fiziksel Aktivite ve Sağlık-III</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256796317</t>
+          <t>9786253921378</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Sosyal Bilgiler Dersi Öğretim Programları İlkokul Ortaokul İlköğretim Okulu I</t>
+          <t>Eğitim ve Bilim 2024-II</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256504394</t>
+          <t>9786253921392</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Çocuklar: Tespitler ve Müdahale Önerileri</t>
+          <t>Eğitim ve Bilim 2024: Fen Eğitiminde Geleneksel ve Modern Uygulamalar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256504110</t>
+          <t>9786253921248</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Digital Resilience and Sustainable Entrepreneurship in the Time of Covid</t>
+          <t>Education and Science 2024-II</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256452930</t>
+          <t>9786253921514</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İklim ve Enerji Krizi Kıskacında İktisadi Kalkınma</t>
+          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları - 3</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258121056</t>
+          <t>9786253921613</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2022 (Ciltli)</t>
+          <t>Dellalzade İsmail Efendi'nin Musiki Anlayışı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>520</v>
+        <v>470</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256796478</t>
+          <t>9786253921477</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hareket Hastalığı ve Cinsiyet</t>
+          <t>Çocuk Resimlerinin Analizi - 3</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052308882</t>
+          <t>9786253921231</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Çocuk Oyunları</t>
+          <t>Çocuk Gelişiminde Beden Eğitimi, Spor ve Oyun</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256796454</t>
+          <t>9786057135308</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kalp Atım Hızı Değişkenliği Biyolojik Geribildirim Antrenmanının Toparlanmaya Etkisi</t>
+          <t>5N1K Metin Kitabı 2</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256954991</t>
+          <t>9786258496536</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi ve Temel Kavramlar (Ciltli)</t>
+          <t>5N1K Metin Kitabı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256796270</t>
+          <t>9786258496550</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kaptan'ın Ardından</t>
+          <t>5N1K Cümle Kitabı - 2</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256939158</t>
+          <t>9786258496543</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Egitimde Metaverse: Kuram ve Uygulamalar</t>
+          <t>5N1K Cümle Kitabı - 1</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258121018</t>
+          <t>9786253921552</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2022 (Ciltli)</t>
+          <t>Yeşil Merkez Bankacılığı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256600287</t>
+          <t>9786253921149</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Metaverse Teknolojileri</t>
+          <t>New York'da Mekan ve Kimlik</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256713543</t>
+          <t>9786257729277</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science IV</t>
+          <t>Osmanlı Devleti’nde Çerkezler ve Ermeniler (1865-1923)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786259918143</t>
+          <t>9786253921071</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı Ders Kitabı</t>
+          <t>Beden Eğitimi Öğretmeni ve Öğretmen Adaylarının Futbol Alan Bilgi Düzeyi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256504608</t>
+          <t>9786253921095</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Ağız ve Diş Sağlığı</t>
+          <t>Rüzgar Sörfü Temel Eğitim Programının Bazı Yapısal ve Motor Özellikler Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256796324</t>
+          <t>9786253921125</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Sosyal Bilgiler Dersi Öğretim Programları İlkokul Ortaokul İlköğretim Okulu II</t>
+          <t>E-öğrenmede Sosyo-Psikolojik Değişkenler</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256504646</t>
+          <t>9786253921026</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Sağlık</t>
+          <t>Timurlu Ordusunda Askeri Eğitim</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786259918198</t>
+          <t>9786253920920</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Laser ile Malzeme İşleme</t>
+          <t>Yurtçular Yasası Cenevre Türk Yurdu 28-31 Mart 1913</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256796034</t>
+          <t>9786253921002</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Şeffaf Plaklarda Oluşan Biyofilme Farklı Dezenfektanların Etkisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256452510</t>
+          <t>9786253920869</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hilal ile Haç’ın Arasında Osmanlı-Dubrovnik İlişkileri (1326-1592)</t>
+          <t>6 Şubat 2023 Kahramanmaraş Depremleri Hasar Nedenleri ve Alınan Dersler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256796058</t>
+          <t>9786253920999</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Digital Pedagogy In the 21st Century: Emerging Technologies in Foreign Language Classrooms</t>
+          <t>Ak-Koyunlu Devlet Teşkilatı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256504844</t>
+          <t>9786253920906</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Fiziksel Uygunluk</t>
+          <t>Ozanlardan Sokaktaki Çalgıcılara Müzikle Yolculuk İstanbul'da Sokak ve Metro Müzisyenliği</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786256504745</t>
+          <t>9786253920968</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Güncel Sorunlar</t>
+          <t>Kurumsal Şeffaflık ve Firma Performansı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256600324</t>
+          <t>9786253920975</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Scıence 3</t>
+          <t>Komünist Liderlerin Kişi Kültünün İnşasında Propaganda</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256504226</t>
+          <t>9786253920876</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2</t>
+          <t>6 Şubat 2023 Kahramanmaraş Depremleri Hasar Nedenleri ve Alınan Dersler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256939981</t>
+          <t>9786253920937</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 1</t>
+          <t>Tıp Mühendisliği İçin Mesleki Yabancı Dil</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258217858</t>
+          <t>9786253920845</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 3 (Ciltli)</t>
+          <t>Çocuğun Yüksek Yararının Korunması Bağlamında Aşı Karşıtlığı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256504820</t>
+          <t>9786253920821</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ebu’l Hasan Harakanî ve Manevi Kişiliği</t>
+          <t>Gogol ve Şepkin</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256600713</t>
+          <t>9786253920470</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Çağında Sürdürülebilir Geleceğin İnşası</t>
+          <t>Health &amp; Science 2024: Basic Medical Sciences Central Nervous System</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256504011</t>
+          <t>9786253920791</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve Çalışma Hayatında Yeni Eğilimler</t>
+          <t>Ekonomik Bütünleşme Avrupa Birliği ve Türkiye</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256504479</t>
+          <t>9786253920678</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Marka İmajına Yönelik Duygu Derlemi Geliştirme ve Sosyal Medya Analitiği Tekniği Olarak Duygu Analizi Uygulaması</t>
+          <t>Türkiye’de Makroekonomik İstikrarsızlık Dinamik Stokastik Genel Denge Analizi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256504417</t>
+          <t>9786253920807</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Ordularının Korkusu Eyyûbi Ordusu</t>
+          <t>Teknolojik Liderlik &amp; Bilişim Teknolojilerini Kullanma Becerisi (Öğretmenlerle Yapılan Bir Araştırma)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256796102</t>
+          <t>9786253920357</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İçmimarlıkta Uygulama ve Tasarım İlişkisi</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2024-1</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256796294</t>
+          <t>9786253920739</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Değişen Uygulamalar</t>
+          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi 3</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258496703</t>
+          <t>9786253920753</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ders Dışı Etkinliklerde Beden Eğitimi ve Spor</t>
+          <t>Sosyal, İktisadi, Beşeri ve Yönetim Alanları Perspektifinde Sorunlara Bakış</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786253920098</t>
+          <t>9786253920630</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve İletişim</t>
+          <t>Sağlık &amp; Bilim 2024: Odontoloji-1</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786253920173</t>
+          <t>9786253920616</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ekonomide Vergilendirme</t>
+          <t>Sağlık &amp; Bilim 2024: Hemşirelik-1</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258217834</t>
+          <t>9786253920593</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2022-III (Ciltli)</t>
+          <t>Sağlık &amp; Bilim 2024: Güncel Tıp-1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256600300</t>
+          <t>9786253920579</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2023 -III</t>
+          <t>Sağlık &amp; Bilim 2024: Fizyoterapi ve Rehabilitasyon-1</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256995833</t>
+          <t>9786253920517</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>International Trade from Political Point of View</t>
+          <t>Sağlık &amp; Bilim 2024: Eczacılık-1</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256939523</t>
+          <t>9786253920555</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tüketiciyi Anlamak: Reklam Araştırmalarında Disiplinlerarası Yaklaşımlar ve Yeni Yönelimler</t>
+          <t>Sağlık &amp; Bilim 2024: Ebelik-1</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258065916</t>
+          <t>9786253920531</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Inter-Disciplinary Entrepreneurship And Innovation Studies</t>
+          <t>Sağlık &amp; Bilim 2024: Beslenme 1</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258065794</t>
+          <t>9786253920340</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon Etkeni Bakteriler ve Tanı Yöntemleri</t>
+          <t>Ortaçağ Türk-Moğol ve İran Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258065039</t>
+          <t>9786253920432</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal ve Güncel Boyutlarıyla Sosyal Sorunlar</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2024-I</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256995222</t>
+          <t>9786253920494</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi: Teori ve Pratik (Ciltli)</t>
+          <t>Health &amp; Science 2024-I</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256504035</t>
+          <t>9786253920715</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Bilinmeyenli Çocuk</t>
+          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 3</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258121933</t>
+          <t>9786253920418</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Yükselen Güneş - Kıpti Arap İncilindeki Minyatürlerin Değerlendirilmesi (Ciltli)</t>
+          <t>Eğitim &amp; Bilim I</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256452572</t>
+          <t>9786253920395</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Doğu ile Batı’nın Sınırında Osmanlı-Dubrovnik İlişkileri (1592-1714)</t>
+          <t>Education &amp; Science 2024-I</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786256504073</t>
+          <t>9786253920456</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları - 2</t>
+          <t>Current Issue in Hymenoplasty and Laser Use in Gynecology</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786256939882</t>
+          <t>9786258121810</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Cumhuriyete Tarih Araştırmaları 1</t>
+          <t>Şehrizade Mehmed Said Efendi Tarih-i Düvel ve Mülük (II. Cilt)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256796126</t>
+          <t>9786057138248</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Orta Eğitim Öğrencilerinde Teknolojik Bağımlılıkla Mücadele İçin Rekreasyon Etkinlikleri</t>
+          <t>İlkesiz Vergilere Tepkiler: Vergi İsyanları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256939820</t>
+          <t>9786257601443</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Olağan Dışı Durumlarda Sağlık Yönetimi</t>
+          <t>Yeni Medya Üzerine Gazetecilik Çalışmaları</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256504615</t>
+          <t>9786253920197</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Psikolojik Danışma ve Rehberlik</t>
+          <t>İran Merkezli Geleneksel Moğol Yönetiminin İnşası Abaka Han Ve Zamanı (663-680/1265-1282)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258217889</t>
+          <t>9786258217131</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2022 II (Ciltli)</t>
+          <t>Türk Demokrasi Tarihi (1980’den Günümüze) Liderler, Partiler ve Seçimler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256939967</t>
+          <t>9786256954786</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2023-I</t>
+          <t>Finans, Davranışsal Finans ve Güncel Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257729246</t>
+          <t>9786256995673</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Etkinlik Hazırlama ve Uygulama - Öğretmen El Kitabı</t>
+          <t>Sağlık &amp; Bilim 2022: Beslenme-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>185</v>
+        <v>900</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256600102</t>
+          <t>9786258324808</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Ve Spor Araştırmaları II</t>
+          <t>Tasavvuf Yazıları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786256713994</t>
+          <t>9786258418071</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporun Farklı Perspektifleri: Çok Yönlü Araştırmalar</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler 1</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786256796393</t>
+          <t>9786256939585</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde İç Kontrol</t>
+          <t>Türkiye’deki Üniversitelerde Muhasebe Eğitiminin Etkinliği Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786256600799</t>
+          <t>9786256713222</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Nitel ve Nicel Çalışmalarla Suçu Ölçmek</t>
+          <t>Artistik Cimnastik</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258121889</t>
+          <t>9786258217186</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Salih Dede’nin Musiki Anlayışı “Abdulbaki Nasır Dede Makam Teorisi Işığında”</t>
+          <t>Artificial Intelligence Applications And Their Economic Effects On The Field Of Health Care (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786256504356</t>
+          <t>9786256995635</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>New Technologies and Techniques in Gynecology and Obstetrics</t>
+          <t>Sağlık &amp; Bilim 2022: Odontoloji-II (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786253920067</t>
+          <t>9786256995611</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Sağlık</t>
+          <t>Sağlık &amp; Bilimler 2022: Yeni Nesil Teknolojiler (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256939660</t>
+          <t>9786258121445</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek Kültür Estetik</t>
+          <t>Çok Yönlü ve Çok İşlevli Mucize Molekül – Melatonin</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256939714</t>
+          <t>9786258121759</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sevgisi Felsefe Akımları, Eğitim Felsefesi, Bilim Felsefesi ve Etik</t>
+          <t>Deneme Planlaması ve Analizi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256600072</t>
+          <t>9786254445354</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sistemlerinde Yazılım Kalitesi ve Türkiye Uygulaması</t>
+          <t>Türkiye’de Siyasal Hayat ve Kurumlar Bağlamında Siyaset Bilimi Çalışmaları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258496611</t>
+          <t>9786256954472</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İlk Gelişim-Öğrenme kitaplarımızdan, Çocuk Ruhu (İbrahim Alaeddin Gövsa) Üzerine Bir İnceleme</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258065800</t>
+          <t>9786256995895</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Sağlık Araştırmaları - 4</t>
+          <t>Management Studies in Social Sciences (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258496987</t>
+          <t>9786258121803</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Etik ve Gayriahlaki Tüketici Davranışları (Otel ve Restoran İşletmelerine Yönelik Örnek Olaylar)</t>
+          <t>Maliye</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258065244</t>
+          <t>9786258217247</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Perspektiften Sosyal Boyutuyla Çocukluk ve Gençlik</t>
+          <t>Lojistikte Hava Kargo Taşımacılığı: Teori ve Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258121186</t>
+          <t>9786253923174</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe, Finans ve Denetim Alanlarında Yenilikçi Yaklaşımlar - 2 (Ciltli)</t>
+          <t>Lineer Cebir ve Çözümlü Problemleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258418125</t>
+          <t>9786256713505</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe, Finans Ve Denetim Alanlarında Yenilikçi Yaklaşımlar</t>
+          <t>Kronik Hastalığı Olan Çocuk ve Ergenlerde Hemşirelik Bakımı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>415</v>
+        <v>280</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256995147</t>
+          <t>9786258121391</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe, Finans ve Denetim Alanlarında Kritik Yaklaşımlar</t>
+          <t>KPSS-Kurum Sınavlarına Yöneli̇k Makro İkti̇sat Ders Notları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258217506</t>
+          <t>9786253920074</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans Alanlarında Seçme Konular-2 (Ciltli)</t>
+          <t>Dijital Dünyada Gazetecinin Etik Kimliği</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>585</v>
+        <v>400</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256995314</t>
+          <t>9786258217223</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Muğla-Çine Sınırlarındaki Antik Dönem Mezar Örnekleri ve Ölü Gömme Gelenekleri</t>
+          <t>Dijital Çağ Değişen Paradigmalar Yeni Fırsatlar ve Riskler</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057362551</t>
+          <t>9786257664493</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon İletişim Sağlık Boyutlarıyla Rekreasyon</t>
+          <t>Çözülebilen Kavramalar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257450058</t>
+          <t>9786258217575</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Mikrobiyoloji Uygulamaları</t>
+          <t>Dijital Dönüşüm ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256600874</t>
+          <t>9786057362575</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyolojide Yöntemler</t>
+          <t>Malzemelerin Mekanik Özellikleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256713321</t>
+          <t>9786258324969</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Modern Laos Bir Milyon Fil Ülkesi’nden Günümüze</t>
+          <t>Her Yönüyle Taekwondo</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256939745</t>
+          <t>9786258217544</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Demokratikleşmesinde Sosyal Hareketler ve Muhammed Mursi</t>
+          <t>İmparatorluktan Ulus Devlete Türkiye Tarihi (1789-1995)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258324822</t>
+          <t>9786258217414</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Türk Varlığının İzleri IX.-X. Yüzyılda Tolunoğulları’nın Tekstil ve Mimari Yapı Faaliyetleri</t>
+          <t>İlkçağlardan Günümüze iktisat ve Siyaset</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258065640</t>
+          <t>9786256713871</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Araştırmaları 2021-II</t>
+          <t>İletişim ve Medya Araştırmaları</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256939646</t>
+          <t>9786258121650</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyonel Rafting</t>
+          <t>Krizlerin Sosyoekonomik Etkileri: Ülke Ve Sektör Çalışmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258217285</t>
+          <t>9786256995741</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Basit Şifreleme Teknikleri</t>
+          <t>Dijitalleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258324907</t>
+          <t>9786256954724</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon ve Spor</t>
+          <t>Dijital İnsan Kaynakları Pazarlaması (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>225</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256939356</t>
+          <t>9786256995765</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bartın Pabucu Yarım</t>
+          <t>Dijitalleşme-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>115</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256713840</t>
+          <t>9786256939097</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Quadrıceps, Hamstring Kaslarının İzokinetik Kuvvet Oranları İle Denge Sot) Değerleri Arasındaki İlişki</t>
+          <t>Eğitimin Kavramsal Temelleri-7: Eğitim Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256796652</t>
+          <t>9786256939073</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Boyutlarıyla Adli Psikiyatri Deneyimler Işığında Tedavi Sonrası Hayat</t>
+          <t>Eğitim &amp; Bilim 2022-IV (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258324075</t>
+          <t>9786256954809</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Kerime Üstünova Armağanı</t>
+          <t>Güncel Ekonomi, Tarım, Finans ve İşletme Analizleri (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>680</v>
+        <v>750</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256600423</t>
+          <t>9786256995659</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dijitalleşme: Dijital Dünyanın Postmodern Nüveleri</t>
+          <t>Sağlık &amp; Bilim 2022: İç Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>225</v>
+        <v>800</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256600850</t>
+          <t>9786256600980</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Piyano Eşlikli Solfej</t>
+          <t>Hale Teorisi Kuram ve Çevrimiçi Açık Arttırmalara Yönelik Bir Uygulama</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258217650</t>
+          <t>9786256995994</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Pilates Egzersizlerinin Fonksiyonel Hareket Performansına Etkisi</t>
+          <t>Spor Eğitimi Alan Üniversite Öğrencilerinin Üst Bilişsel Süreçleri İle Problem Çözme Becerileri Arasındaki İlişkinin Belirlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256796850</t>
+          <t>9786052308219</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir De Buradan Bak</t>
+          <t>İçimizdeki Yabancılar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256939370</t>
+          <t>9786256995161</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu Uzun Sap Bağlama/Bozuk Düzeni (Ciltli)</t>
+          <t>Knowledge Management and Digital Transformation Power (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>1500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256504431</t>
+          <t>9786256954229</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Asrın Felaketi Sosyoekonomik Etkileri</t>
+          <t>Kars Sarıkamış Kayak Merkezinde Rekreaktif Etkinliklere Katılanların Katılım Sıklıklarının Mutluluk ve Yaşam Kalitelerine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256796737</t>
+          <t>9786258324259</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Personality Characteristics, Stigmatization, and Organizational Commitment: A Research on Academic Staff</t>
+          <t>Health &amp; Science 2022-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>360</v>
+        <v>770</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256713079</t>
+          <t>9786258121162</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Performans Grubu Tenisçilerde Mobilite Performansı</t>
+          <t>Health &amp; Science 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>140</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256504752</t>
+          <t>9786256713468</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Peraport</t>
+          <t>Health &amp; Science IV</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258217360</t>
+          <t>9786256504271</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Gösterişçi̇ Tüketim Yansımaları</t>
+          <t>Health &amp; Science 2</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>145</v>
+        <v>365</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256452626</t>
+          <t>9786258496406</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Türleri ve Bilişim</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları-2021</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057138217</t>
+          <t>9786057140678</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Pazarla-Ma Teoriden Pratiğe (Ciltli)</t>
+          <t>Kafeinli Kahvenin Fiziksel ve Bilişsel Performans Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256796751</t>
+          <t>9786057140654</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Park Rekreasyonu</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde Corona (Covid-19) Virüs Salgını</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256452442</t>
+          <t>9786258324570</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Parasal Hedefleme Stratejisi</t>
+          <t>Değişen Uluslararası Sistemde Türkiye ve Türk Dünyası İlişkileri</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256713161</t>
+          <t>9786258121346</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Artistik Yüzme Hareketleri ve Temel Alıştırmalar</t>
+          <t>İşgal – Direniş &amp; Ayrılık – Özlem</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786253920043</t>
+          <t>9786258217346</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli Bireylerin Eğitiminde Bütüncül Yaklaşım: Küçükçekmece Bilsem Modeli</t>
+          <t>Halk Oyunları Su Egzersizi Modeli</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256796010</t>
+          <t>9786257601658</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireylerde Uyarlanmış Aktiviteler Boyutuyla Beden Eğitimi ve Spor</t>
+          <t>Günde 2 Öğün</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258324099</t>
+          <t>9786256713895</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta Psikolojik Güçlendirme, Öz Liderlik ve Proaktif Kişilik (Ciltli)</t>
+          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 2</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256939134</t>
+          <t>9786253920319</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmede Bireysel Farklılıklar</t>
+          <t>Kılavuzluk, Römorkörcülük ve Palamar Hizmetleri İçin İngilizce Telaffuz Sözlüğü</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258496833</t>
+          <t>9786253920302</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi - Kavramlardan Kuramlara</t>
+          <t>Grupla Psikolojik Danışma Aktivite Örnekleri: Yetişkinler İçin</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256600249</t>
+          <t>9786253920654</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Oyunla Öğretime Geleneksel ve Teknolojik Yaklaşımlar</t>
+          <t>Turizmin Gelişiminde Gastronomi Turizmi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256600966</t>
+          <t>9786256939912</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sarf</t>
+          <t>Güncel Örgütsel Davranış Yaklaşımları</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258324051</t>
+          <t>9786256452633</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Antrenörlükte Duygusal Zeka ve Liderlik</t>
+          <t>Hayvansal Besinler ve Sağlık</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258217094</t>
+          <t>9786256452282</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Anti-Hareket Egzersizlerin Etkisi: Kas Aktivasyonu, Gövde Dayanıklılığı ve Atletik Performans</t>
+          <t>Health &amp; Science 2023- I</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256995123</t>
+          <t>9786256939257</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi (Teori Teknik ve Kültüre Has Vaka Örnekleri)</t>
+          <t>Kuram ve Uygulamada Temel Eğitim</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256713345</t>
+          <t>9786256504530</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Spor Basını ve Biyopolitika</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2023-II</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258121421</t>
+          <t>9786256452756</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde Iğdır</t>
+          <t>İşgücü Piyasalarında Obezite Ayrımcılığı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786259918150</t>
+          <t>9786256452695</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Öğrencilerinde Cesaret ve Saldırganlık</t>
+          <t>Kobilerde ve Yeni Girişimlerde Başarının Sırrı: İhracat Pazarlaması</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256796539</t>
+          <t>9786256452473</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul ve Lise Öğrencilerinde Fiziksel Aktivite Düzeyi ile Yakın Çevrede Yürünebilirlik Algısının İncelenmesi</t>
+          <t>Çocuklarda İhmal ve İstismar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256995369</t>
+          <t>9786256954243</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Bilsem Öğrencilerine Yönelik Fen Eğilimi Öz-Değerlendirme Ölçeği’nin Geliştirilmesi ve Bilsem Öğrencilerinin Fen Öğrenmeye Yönelik Motivasyonlarının Belirlenmesi</t>
+          <t>Havayolu Hizmetlerinde E-Şi̇kayetler</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258065428</t>
+          <t>9786256995604</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Bilimlerinde Teorik Ve Uygulamalı Araştırmalar</t>
+          <t>Kültürel Irkçılık Bağlamında İslamofobi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786258496895</t>
+          <t>9786256452367</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Blockchain</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar-2023</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258065848</t>
+          <t>9786258324471</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri 4: Strateji ve Yöntemler-II</t>
+          <t>Grupla Psikolojik Danışma Aktivite Örnekleri: Yetişkinler İçin</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257450560</t>
+          <t>9786258217063</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri 2 Multidisipliner Bakış</t>
+          <t>Gramer Temelli Kitabe İmla İnşa</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258496512</t>
+          <t>9786258324402</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili I-II</t>
+          <t>Gölbaşı-Türkoğlu Fay Segmenti Üzerinde Radon Gazı Değişimlerinin Deprem İle İlişkisi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258496420</t>
+          <t>9786258324921</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>R ile Kümeleme Analizi PISA Verisi Uygulamalı</t>
+          <t>Genomik</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258065831</t>
+          <t>9786258324037</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Yaşamlar: Özel Gereksinimli Bireylerde Fiziksel Aktivite ve Spor</t>
+          <t>Gelişen Ekonomilerde Sermaye Yapısı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258065749</t>
+          <t>9786256939936</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Kütüphane</t>
+          <t>Gelenek, Şiir ve Kent Markaları - (Mani ve Türkülerde Kent Markaları)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258418187</t>
+          <t>9786256713291</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Raporlama Yaklaşımı Entegre Raporlama</t>
+          <t>Geçmişten Günümüze Çalışma Hayatı, Yaşanan Değişimler ve Sorunlar</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258121223</t>
+          <t>9786256452954</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Güncel Tıp-1 (Ciltli)</t>
+          <t>GAP’ın Gaziantep İlinin Sosyo-Ekonomik Yapısında Meydana Getirdiği Değişim</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258324358</t>
+          <t>9786256452305</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Güncel Tıp-II (Ciltli)</t>
+          <t>Futbol Kulüplerinde Muhasebe, Finans ve Denetim Uygulamalarına İlişkin Özellikli Konular</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258324273</t>
+          <t>9786257729376</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2022: Hemşirelik-II (Ciltli)</t>
+          <t>Foam Roller Egzersiz Süresinin Dikey Sıçrama Performansı ve Esneklik Üzerine Akut Etkileri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258217759</t>
+          <t>9786256995420</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Hemşirelik-III (Ciltli)</t>
+          <t>Fiziksel Etkinlik Kartlarının Öğrencilerin Sportmenlik Davranışlarına ve Sosyal Beceri Düzeylerine Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258121032</t>
+          <t>9786258324389</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Medikal Araştırmalar-1 (Ciltli)</t>
+          <t>Fiziksel Aktivitenin Çalışanların İş Performansı Üzerine Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258324303</t>
+          <t>9786256713482</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2022: Medikal Araştırmalar-II (Ciltli)</t>
+          <t>Fiziksel Aktivite ve Sağlık</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256713420</t>
+          <t>9786258217438</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023 Beslenme- IV</t>
+          <t>Finans, Muhasebe ve Denetim Alanlarında Yeni Paradigmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256600201</t>
+          <t>9786258217322</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2023 - Fizyoterapi ve Rehabilitasyon I</t>
+          <t>Fen Bilimlerinde Girişimcilik Eğitimi ve 5. - 6. - 7. - 8. Sınıf Bütünleştirilmiş Örnek Etkinlikler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256713444</t>
+          <t>9786256452541</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2023 Güncel Tıp - IV</t>
+          <t>Farsça ve Arapça Kaynaklarda Türk ve Moğol Devleti Tarihi I (İlhanlılar, Timurlular, Ak-Koyunlular ve Kara-Koyunlular)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256452169</t>
+          <t>9786258217681</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2023: Güncel Tıp I</t>
+          <t>Farklı Zeminlerde Yapılan Antrenmanların Propriyosepsiyon ve Dayanıklılık Gelişimine Etkisinin Karşılaştırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>315</v>
+        <v>500</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256452145</t>
+          <t>9786256954281</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2023: Hemşirelik - I</t>
+          <t>Farklı Sıklıkta Yapılan Benzer HIIT Protokolünün Aktif Genç Erkeklerde Fizyolojik ve Hormonal Parametrelere Etkilerinin Karşılaştırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256452121</t>
+          <t>9786057362599</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Bilim 2023: İç Hastalıkları - I</t>
+          <t>Farklı Direnç Egzersizlerinin Kas Hipertrofisi Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256452220</t>
+          <t>9786057372963</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Beslenme - I</t>
+          <t>Faizsiz Bankacılıkta Likidite Yönetimi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256504325</t>
+          <t>9786256452725</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Beslenme-II</t>
+          <t>Etkileşim Destek Programı: Engelliliğe Dayalı Ayrımcılığa Karşı Bir Akran Desteği Modeli</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256600171</t>
+          <t>9786256954328</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Beslenme-III</t>
+          <t>Erken Osmanlı Devrinde Bursa’nın Kentsel Gelişimi ve Selatin Camileri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256452206</t>
+          <t>9786258121292</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Çocuk Hemşireliğinde Kanıta Dayalı Uygulamalar</t>
+          <t>Erken Çocuklukta Sosyal Beceri ve Müzik - Kuramdan Uygulamaya</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256504998</t>
+          <t>9786258217315</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Çocuk Hemşireliğinde Kanıta Dayalı Uygulamalar - II</t>
+          <t>Erken Çocuklukta Okul Dışı Öğrenme Ortamları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256796072</t>
+          <t>9786258324983</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Duyuşsal Öğrenme (Kuramdan Uygulamaya)</t>
+          <t>Erken Çocukluk Eğitiminde Çağdaş Yaklaşımlar Işığında Doğa Temelli Eğitim (Etkinlik Örnekleriyle)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256713802</t>
+          <t>9786256452329</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlar Teoriler, Politikalar, Uygulamalar 2</t>
+          <t>English for Academic Purposes in Turkey: Reflections from the Territory</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256600409</t>
+          <t>9786258217926</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlar Teoriler, Politikalar, Uygulamalar)</t>
+          <t>Endüstriyel Atık Su Arıtımında Nanopartiküllerin Kullanımı (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258496116</t>
+          <t>9786256995185</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Kurum ve Kuruluşları Yerel Yönetimler - Sivil Toplum Kuruluşları - Özel Sektör</t>
+          <t>Ekonomi, Finans ve Politika Konularında Güncel Paradigmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256796430</t>
+          <t>9786256713130</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Finansmanı Seçilmiş Ülke</t>
+          <t>Ekonomi Politikaları ile Cumhuriyetin İlk Yüzyılı Gelecek Yüzyıl İçin Büyük Strateji Önerileri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>760</v>
+        <v>350</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256452060</t>
+          <t>9786256995512</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Toplumsal Sorunlara Bakış: Uygulamalı Çalışmalar</t>
+          <t>Ekonofizik ve İktisadi Eşitsizlikler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256452084</t>
+          <t>9786258217308</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Toplumsal Sorunlara Bakış: Teorik Çalışmalar</t>
+          <t>Ekonofizik Menkul Kıymet Borsalarında Fiyat Dinamikleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256796591</t>
+          <t>9786256504493</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Öğretimi</t>
+          <t>Eğitimin Temellerine Bakış: Eğitim Programı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256713956</t>
+          <t>9786256504523</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Para Ekonomisi</t>
+          <t>Eğitimin Kavramsal Temelleri-9: Karakter ve Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786256796140</t>
+          <t>9786256452244</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılım ve Seyirci Kalma Etkisi</t>
+          <t>Kuramdan Uygulamaya Sportif Performans</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253920296</t>
+          <t>9786256452855</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Siyasetin Manifestosu</t>
+          <t>Grotesk ve Yüce: György Ligeti’nin Le Grand Macabre Operasında Modern ve Postmodern Karakter</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253920326</t>
+          <t>9786256452879</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İstismarı ve Spor</t>
+          <t>Eğitimin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256954663</t>
+          <t>9786256939844</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İkna Yöntemi Olarak Televizyonda Reklam Kampanyaları</t>
+          <t>Makroekonomik Göstergeler ve Firma Performansı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256713369</t>
+          <t>9786256452268</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Keşfetmek: Özel Yetenekli Öğrenciler İçin Matematik ve Fen Eğitimi</t>
+          <t>Her Yönüyle Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256452916</t>
+          <t>9786256713604</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Serbest Zaman Doyumu, İlgilenimi ve Algılanan Özgürlük İlişkisi: Fiziksel Aktivite Yoluyla Kadınların Güçlenmesi</t>
+          <t>Eğitimde Yeni Nesil Teknolojiler-2023</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258496260</t>
+          <t>9786258121834</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Spor Kavramları</t>
+          <t>Eğitimde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257664318</t>
+          <t>9786256452381</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Selanik Vilayeti Litohor Nahiyesi Ve Papasköprüsü Kereste Gümrüğü</t>
+          <t>Eğitimin Kavramsal Temelleri-8: Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256600836</t>
+          <t>9786256995208</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sedanterlerde Egzersiz ve Yüksek Proteinli Diyetin Vücut Kompozisyonuna Etkileri</t>
+          <t>Eğitimde Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258418163</t>
+          <t>9786258324280</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi Ve İlişkileri Üzerine Değerlendirmeler Ve Araştırmalar</t>
+          <t>Eğitimde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258121360</t>
+          <t>9786258065947</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Satınalma Küpü Modeli ve Performans Raporları</t>
+          <t>Eğitimde Dijitalleşme ve Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258121209</t>
+          <t>9786256504660</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Duayeni: Prof. Dr. Engin Beksaç</t>
+          <t>Eğitim Teknolojilerinde Yeni Eğilimler: Kuram, Uygulama ve Modellemelerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057138262</t>
+          <t>9786256796348</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenmede Güncel Yanılsamalar</t>
+          <t>Kimyasal Risk Etmenlerinin İş Sağlığı ve Güvenliği Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258121681</t>
+          <t>9786258121605</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Dinçlik İçin Testosteron</t>
+          <t>Kısa Kısa Veri Analizi - Sosyal Bilimlerde İstatistik Paket Programı İle</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786057372925</t>
+          <t>9786256452763</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Güncel Pazarlama Araştırmaları</t>
+          <t>Kılavuzluk, Römorkörcülük ve Palamar Hizmetleri İçin İngilizce Telaffuz Sözlüğü</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>365</v>
+        <v>130</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258121377</t>
+          <t>9786258217988</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Araştırmaları</t>
+          <t>Kerb-name</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786056017322</t>
+          <t>9786258217391</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>SPSS İle İstatistik Rehberi</t>
+          <t>Kentsel Kamusal Hizmetler</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>525</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256504554</t>
+          <t>9786258121629</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-8: Fiziksel Uygunluk</t>
+          <t>Kentlerde İklim Değişikliğine Uyum</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256939172</t>
+          <t>9786257729062</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-7: Takım Sporları (Ciltli)</t>
+          <t>Kent ve Çevre Çalışmaları</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257729758</t>
+          <t>9786057135339</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-5</t>
+          <t>Kaynaştırma ve Genel Eğitim Sınıflarında Sınıf Yönetimi: Karşılaştırmalı Bir Araştırma</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786258217773</t>
+          <t>9786258324112</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Ebelik - III (Ciltli)</t>
+          <t>Kayıp Bir Defterin Yadigarı (S 344 Numaralı Sofya Kadı Sicili)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256954892</t>
+          <t>9786057138255</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2022: Hemşirelik IV (Ciltli)</t>
+          <t>Kara-Koyunlu Devleti'nin Askerî Teşkilatı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258217162</t>
+          <t>9786256452824</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Şifreleri</t>
+          <t>Güzelliği Sahiplenme Arzusu ve Dünya Edebiyatı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256600225</t>
+          <t>9786256939684</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Sosyal Belirleyicileri ve Hemşirelik</t>
+          <t>Küreğe Başlarken</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257119191</t>
+          <t>9786256452787</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-3</t>
+          <t>Kamu ve Özel Sektör Boyutuyla İnsan Kaynakları Yönetimi-2</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256995024</t>
+          <t>9786256939783</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sadizm, Narsizm, Schadenfreude ve Takım Kimliği İlişkisi: Futbol Taraftarları Araştırması (Ciltli)</t>
+          <t>Kamu ve Özel Sektör Boyutuyla İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>415</v>
+        <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256713826</t>
+          <t>9786256995871</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Rol Model Beden Eğitimi Öğretmeni</t>
+          <t>Kafein Alımının 3x3 Basketbolcuların Fiziksel Performansına Akut Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257119153</t>
+          <t>9786256713970</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-2</t>
+          <t>Kadına Yönelik Sosyal Politikalar Uluslararası Endekslerle Kazakistan Ve Türkiye Karşılaştırması</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258065381</t>
+          <t>9786256939899</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Risk Yönetiminde Aktife Dayalı Finansal Enstrümanlar ve Portföy Optimizasyonu</t>
+          <t>Kadın Hakları ve Türk Kadınının Siyasete İlk Katılım Süreci: İzmir Belediye Seçimi Örneği</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257729185</t>
+          <t>9786057135353</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri - 4</t>
+          <t>İşyerlerinde Acil Durumlar</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786057135322</t>
+          <t>9786258121865</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Risk Değerlendirme Metotları</t>
+          <t>İşletme ve İktisat Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>500</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256713727</t>
+          <t>9786258217476</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Sportif Antrenmanda Yeni Nesil Uygulama ve Modeller</t>
+          <t>Çocuklarda Dikkat Eksikliği ve Hiperaktivite Bozukluğuna Yönelik İnterdisipliner (Fiziksel Aktivite, Eğitim ve Sanat) Eğitim Modelleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256995277</t>
+          <t>9786256452589</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Renk Tasarımı</t>
+          <t>Çocuk Resimlerinin Analizi-2</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256796355</t>
+          <t>9786256452602</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sporda Yabancılaşma Sporcu Davranışları ve Ahlaki Tutumlar</t>
+          <t>Çocuk Resimlerinin Analizi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786256995581</t>
+          <t>9786258324556</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyonel Spor Tesislerinde Hizmet Kalitesi</t>
+          <t>Çocuğu Tanıma Teknikleri (0-18 Yaş Gelişimsel Yaklaşım)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256504370</t>
+          <t>9786256452992</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sporda İnovasyon ve Yeni Nesil Teknolojiler</t>
+          <t>Çalışma Ortamında İş Güvenliği Uzmanının Rehber Kitabı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>165</v>
+        <v>800</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786256939110</t>
+          <t>9786258324228</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Sağlığı (Ciltli)</t>
+          <t>Covid-19 ve Sağlık Araştırmaları-6 (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258121469</t>
+          <t>9786258217452</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetiminde Örnek Olaylar</t>
+          <t>COVID-19 Pandemi Gölgesinde Uluslararası İşletmecilik, Finans, Ticaret ve Sigortacılık (Teori, Uygulama ve Tarihi Perspektif) 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256713765</t>
+          <t>9786256600997</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Spor Ve Ergonomi (Sportif Branş, Malzeme Ve Tesis Ergonomisi)</t>
+          <t>İngilizce ÖABT Tamamı (İngilizce ve Türkçe) Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786057140647</t>
+          <t>9786256713277</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Spor Sosyolojisi Çalışmaları</t>
+          <t>Etkili Okul</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256796379</t>
+          <t>9786256600928</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Spor Örgütlerinde Liderlik Davranışları Presenteizm ve Örgütsel Bağlılık Etkileşiminin İncelenmesi</t>
+          <t>Kenan Tuna “Palandöken’in Avazı” -Hayatı, Anıları, Sanat Çalışmaları ve Araştırma Yazıları-</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256939035</t>
+          <t>9786256796560</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Spor İnovasyonu ve Dijital Teknoloji (Ciltli)</t>
+          <t>MAX/MSP İle Ses Tasarımı Volume 1</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256600584</t>
+          <t>9786256600904</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Spor Hizmeti Veren Kurum ve Kuruluşlarda Çalışan Bireylerin Boş Zamanlarını Değerlendirme Düzeylerinin Araştırılması</t>
+          <t>Kent Terimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786259918105</t>
+          <t>9786256504059</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Spor Endüstrisinde Yönetim</t>
+          <t>COVID-19 Krizinde Maliye Politikası Uygulamaları -Bölgesel İnceleme-</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256939622</t>
+          <t>9786258217209</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Spor Endüstrisinde Yapay Zeka</t>
+          <t>Bosu Egzersizlerinin İşitme Engelli Çocukların Denge Performansına Etkisi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786258065169</t>
+          <t>9786258217551</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Veri Analizine Giriş SPSS Uygulamalı</t>
+          <t>Borsaların Tarihsel Dönüşümü Sistemik Birikim Daireleri ve Hegemonik Geçişler</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256939806</t>
+          <t>9786256600034</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Multidisipliner Araştırmalar 2023</t>
+          <t>Bisikletçilerde Bilişsel Yorgunluğun ve Kafein Tüketiminin Fonksiyonel Eşik Güç ve Fizyolojik Yanıtlar Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257729147</t>
+          <t>9786256939554</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Multidisipliner Araştırmalar 2</t>
+          <t>Bireyler Düşünür, Sistem Adım Atar; Liseye Geçiş ve Üniversiteye Girişte Model Önerileri</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786258324426</t>
+          <t>9786256600058</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Fakültelerine Hazırlık El Kitabı</t>
+          <t>Bilişim Teknolojilerinde Kalite Sistemlerine ve Uluslararası Standartlara Akademik Bir Bakış</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786258418026</t>
+          <t>9786256713116</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Sermaye Piyasası Çalışmaları</t>
+          <t>Etnomüzikolojik Açıdan “Bacıerenlik”</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786258065398</t>
+          <t>9786256600782</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Stem Temelli Matematik Uygulamaları</t>
+          <t>Firm Growth Dynamics</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057135360</t>
+          <t>9786256600485</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Derin Su Koşularında Kardiyovasküler Yanıtlar</t>
+          <t>Ekonomide Güncel Sorunlara Politik, Teorik ve Uygulamalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786258065978</t>
+          <t>9786256600522</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Digital Transformation: A Human-Centric Approach</t>
+          <t>Bilim ve Spor Araştırmaları</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786258065084</t>
+          <t>9786256600089</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Restoran Hizmetlerinde Mobil Yemek Siparişi Uygulamalarının Kullanımı</t>
+          <t>Fiziksel Aktivite ve Fiziksel Uygunluk</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786258065299</t>
+          <t>9786256600164</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Perspektiften Ruh Sağlığı Boyutuyla Çocukluk ve Gençlik</t>
+          <t>Health &amp; Science 2023-III</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786258065961</t>
+          <t>9786256600447</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Girişimcilik ve Yenilikçilik Çalışmaları</t>
+          <t>İletişim Perspektifinde Sosyal ve Ekonomik Olaylar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786258065626</t>
+          <t>9786256600669</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencilerinin İdeal Beden Eğitimi Öğretmen Algılarının İncelenmesi</t>
+          <t>Bilimsel, Kurumsal ve Ulusal Yoketikleşme</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786258418200</t>
+          <t>9786057362513</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kurumsar Muhasebe</t>
+          <t>Bilgisayar Sistemlerinde Güvenlik ve Gizlilik</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257450997</t>
+          <t>9786256796980</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Piyano Müziğinde Yeni Örnekler</t>
+          <t>Gerede İlçesi’nin Coğrafyası</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786258496819</t>
+          <t>9786256796676</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Perspektifinde Ahlak</t>
+          <t>Milliyetçilik, Gündelik Hayat ve Popüler Kültür</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257450829</t>
+          <t>9786256600935</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Fizik 2</t>
+          <t>İstanbul’un Yarım Asrı Aşan Tarihi Lezzetleri I</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257450812</t>
+          <t>9786256600768</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Fizik 1</t>
+          <t>Financial Failure</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786258496130</t>
+          <t>9786256600461</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ses Fiziği</t>
+          <t>Güncel Gelişmeler Perspektifinde Muhasebe, Finans ve Denetim Çalışmaları 1</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786258496796</t>
+          <t>9786258324747</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kimlik</t>
+          <t>Eğitim Bilim-2022-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>325</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786258496246</t>
+          <t>9786256600508</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Education &amp; Science 2021</t>
+          <t>Biotechnology in Action: Unveiling Nature's Potential</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786258418040</t>
+          <t>9786256600607</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Finans, Muhasebe ve Sosyal Bilimler Alanlarında Dijitalleşme, Teorik Yaklaşımlar</t>
+          <t>Folklorun İmge Yaratma Gücü Bağlamında Türk Sözlü Kültüründe Bağdat</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256452428</t>
+          <t>9786256600621</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Çok Yönlü Araştırmalar</t>
+          <t>Destinasyon Rekabetinde İstanbul</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786258217025</t>
+          <t>9786256713246</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2022 (Ciltli)</t>
+          <t>Cumhuriyet Dönemi Demokrasi Hareketleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>585</v>
+        <v>350</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256713703</t>
+          <t>9786256713000</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2</t>
+          <t>Kök Hücreler ve Uygulama Alanları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256504158</t>
+          <t>9786256600010</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 1</t>
+          <t>Engelli ve Yaşlılarda Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256954854</t>
+          <t>9786256713093</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim 2 (Ciltli)</t>
+          <t>Kampüs Rekreasyonu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256995956</t>
+          <t>9786256600645</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sound Of Arslantepe (Ciltli)</t>
+          <t>Çocuk Şiirlerinde Özdeşleyim</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786258496086</t>
+          <t>9786256600263</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: İş Güvenliği Ve Meslek Hastalıkları</t>
+          <t>Matematik ve Fen Bilimleri Eğitiminde Yeni Yaklaşımlar 2023-III</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786258065732</t>
+          <t>9786256713154</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Hemşirelik-3</t>
+          <t>Denetimde Güncel Gelişmeler ve Türk Eğitim Sisteminde Denetim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786258065725</t>
+          <t>9786256796973</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Güncel Tıp-4</t>
+          <t>Kaygan Zemin</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786258496277</t>
+          <t>9786256713581</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Güncel Tıp-3</t>
+          <t>Eğitim &amp; Bilim 2023 - IV</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256713680</t>
+          <t>9786256504240</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Yeni Nesil Teknolojiler</t>
+          <t>Eğitim &amp; Bilim 2023 - 2</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256504578</t>
+          <t>9786256452343</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Sağlık ve Hemşirelikte Yönetim</t>
+          <t>Eğitim &amp; Bilim 1</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256713666</t>
+          <t>9786256796317</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Odontoloji - 4</t>
+          <t>Cumhuriyet Dönemi Sosyal Bilgiler Dersi Öğretim Programları İlkokul Ortaokul İlköğretim Okulu I</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256796911</t>
+          <t>9786256504394</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Odontoloji 3</t>
+          <t>Dezavantajlı Çocuklar: Tespitler ve Müdahale Önerileri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256504172</t>
+          <t>9786256504110</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Odontoloji 2</t>
+          <t>Digital Resilience and Sustainable Entrepreneurship in the Time of Covid</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256452107</t>
+          <t>9786256452930</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Odontoloji 1</t>
+          <t>İklim ve Enerji Krizi Kıskacında İktisadi Kalkınma</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256504974</t>
+          <t>9786258121056</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Kök Hücre ve Rejeneratif Tıp-1</t>
+          <t>Eğitim &amp; Bilim 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256504592</t>
+          <t>9786256796478</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: İç Hastalıkları-2</t>
+          <t>Hareket Hastalığı ve Cinsiyet</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256713642</t>
+          <t>9786052308882</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Hemşirelik-IV</t>
+          <t>Eğitici Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256796935</t>
+          <t>9786256796454</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Hemşirelik-3</t>
+          <t>Kalp Atım Hızı Değişkenliği Biyolojik Geribildirim Antrenmanının Toparlanmaya Etkisi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256504196</t>
+          <t>9786256954991</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023 - Hemşirelik 2023</t>
+          <t>Egzersiz Fizyolojisi ve Temel Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256600126</t>
+          <t>9786256796270</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Güncel Tıp 3</t>
+          <t>Kaptan'ın Ardından</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256504257</t>
+          <t>9786256939158</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023 - Güncel Tıp 2</t>
+          <t>Egitimde Metaverse: Kuram ve Uygulamalar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256600140</t>
+          <t>9786258121018</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Genel Embriyoloji-2</t>
+          <t>Education &amp; Science 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256452183</t>
+          <t>9786256600287</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Genel Embriyoloji-1</t>
+          <t>Eğitimde Metaverse Teknolojileri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256713628</t>
+          <t>9786256713543</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Fizyoterapi Ve Rehabilitasyon 2</t>
+          <t>Education &amp; Science IV</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256713529</t>
+          <t>9786259918143</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Ebelik-IV</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı Ders Kitabı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256796959</t>
+          <t>9786256504608</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Ebelik-3</t>
+          <t>Sağlık &amp; Bilim 2023: Ağız ve Diş Sağlığı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256504301</t>
+          <t>9786256796324</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Ebelik 2</t>
+          <t>Cumhuriyet Dönemi Sosyal Bilgiler Dersi Öğretim Programları İlkokul Ortaokul İlköğretim Okulu II</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256452404</t>
+          <t>9786256504646</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim 2023: Ebelik I</t>
+          <t>Fiziksel Aktivite ve Sağlık</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256796195</t>
+          <t>9786259918198</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Türk - Yunan İlişkilerine Adalar Arasından Bakış: Kızılhisar Karystos (15. - 19. Yüzyıllar)</t>
+          <t>Laser ile Malzeme İşleme</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256600546</t>
+          <t>9786256796034</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İnşasında Kur’an ve Sünnet</t>
+          <t>Karşılaştırmalı Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256504707</t>
+          <t>9786256452510</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetim (TKY) Anlayışı’ nın İktisadi Anlamda İrdelenmesi: Erzurum Üzerine Bir Uygulama</t>
+          <t>Hilal ile Haç’ın Arasında Osmanlı-Dubrovnik İlişkileri (1326-1592)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786258217261</t>
+          <t>9786256796058</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>The Trends In Nano Materials Synthesis And Applications (Ciltli)</t>
+          <t>Digital Pedagogy In the 21st Century: Emerging Technologies in Foreign Language Classrooms</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256452718</t>
+          <t>9786256504844</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>The Sınav</t>
+          <t>Çocuklarda Fiziksel Uygunluk</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256504950</t>
+          <t>9786256504745</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>The Essentials of Today's Marketing-3</t>
+          <t>Kamu Yönetimi Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256452800</t>
+          <t>9786256600324</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>The Essentials of Today's Marketing-2</t>
+          <t>Education &amp; Scıence 3</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256939769</t>
+          <t>9786256504226</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>The Essentials of Today's Marketing</t>
+          <t>Education &amp; Science 2</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256939615</t>
+          <t>9786256939981</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Leisure Management on Motivatıon in Sports Volunteers</t>
+          <t>Education &amp; Science 1</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256452671</t>
+          <t>9786258217858</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Dijital İşletmecilik</t>
+          <t>Education &amp; Science 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256796164</t>
+          <t>9786256504820</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Teniste Eye Coach Antrenmanlarının Performansa Etkisi</t>
+          <t>Ebu’l Hasan Harakanî ve Manevi Kişiliği</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256796416</t>
+          <t>9786256600713</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Tenisçilerde Solunum Kas Eğitiminin Etkileri</t>
+          <t>Dönüşüm Çağında Sürdürülebilir Geleceğin İnşası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256504912</t>
+          <t>9786256504011</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Tenis Sporunda Geleneksel Öğretim Yöntemlerine Karşın Farklılıkla Öğretim Yönteminin Tenis Performansına Etkileri</t>
+          <t>Endüstri 4.0 ve Çalışma Hayatında Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256796492</t>
+          <t>9786256504479</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramları ve Yeni Yaklaşımlarıyla Lojistik Yönetimiac</t>
+          <t>Marka İmajına Yönelik Duygu Derlemi Geliştirme ve Sosyal Medya Analitiği Tekniği Olarak Duygu Analizi Uygulaması</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786259918174</t>
+          <t>9786256504417</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Tekrarlı Okuma ile Akıcı Okumayı Geliştirme</t>
+          <t>Haçlı Ordularının Korkusu Eyyûbi Ordusu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786258496727</t>
+          <t>9786256796102</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Tecar Terapi Yönteminin Sporcularda Yorgunluk ve Kas Hasarına Etkisi</t>
+          <t>İçmimarlıkta Uygulama ve Tasarım İlişkisi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256504806</t>
+          <t>9786256796294</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yazıları</t>
+          <t>Dijital Dönüşüm ve Değişen Uygulamalar</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256452831</t>
+          <t>9786258496703</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Tasarımcı Öğretmen Projesi Öğretmenlerin Mesleki Gelişimi İçin Bir Program Önerisi ve Örnek Ders Planları</t>
+          <t>Ders Dışı Etkinliklerde Beden Eğitimi ve Spor</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256600560</t>
+          <t>9786253920098</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Yönetim Düşüncesi ve Uygulaması</t>
+          <t>Mekan ve İletişim</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786253920135</t>
+          <t>9786253920173</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür ve Eğitim</t>
+          <t>Dijital Ekonomide Vergilendirme</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786056017353</t>
+          <t>9786258217834</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Tam Öğrenme Yönteminin Öğrencilerin Başarı ve Hatırlama Düzeyine Etkisi</t>
+          <t>Eğitim &amp; Bilim 2022-III (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256796713</t>
+          <t>9786256600300</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Sven Rıchard Bergh "Hipnoz Seansı”</t>
+          <t>Eğitim &amp; Bilim 2023 -III</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256939196</t>
+          <t>9786256995833</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Süruri’nin Hayatı ve Mesnevi Şerhi’nin Dibacesi</t>
+          <t>International Trade from Political Point of View</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786057372901</t>
+          <t>9786256939523</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Süreç Yönetimi İlkeleri (Kavramlar, Araçlar ve Uygulamalar)</t>
+          <t>Tüketiciyi Anlamak: Reklam Araştırmalarında Disiplinlerarası Yaklaşımlar ve Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256600386</t>
+          <t>9786258065916</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi 2</t>
+          <t>Inter-Disciplinary Entrepreneurship And Innovation Studies</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256452015</t>
+          <t>9786258065794</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi</t>
+          <t>Enfeksiyon Etkeni Bakteriler ve Tanı Yöntemleri</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256796515</t>
+          <t>9786258065039</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Gelecek İçin Yeni Fırsatlar</t>
+          <t>Kavramsal ve Güncel Boyutlarıyla Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786258217636</t>
+          <t>9786256995222</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Finansman Tahvilleri</t>
+          <t>Döngüsel Ekonomi: Teori ve Pratik (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256939530</t>
+          <t>9786256504035</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Spor</t>
+          <t>Dokuz Bilinmeyenli Çocuk</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254445361</t>
+          <t>9786258121933</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Şair-i A’zam ve Zekeriya Rıza’nın Şair-i A’zam’ı</t>
+          <t>Doğu’dan Yükselen Güneş - Kıpti Arap İncilindeki Minyatürlerin Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057138286</t>
+          <t>9786256452572</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sosyal Hizmeti Öğrenci Sorunları ve Çözüm Modeli</t>
+          <t>Doğu ile Batı’nın Sınırında Osmanlı-Dubrovnik İlişkileri (1592-1714)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786258496734</t>
+          <t>9786256504073</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Fiziksel Aktivitelere Katılım Durumlarına Göre İletişim Becerisi Ve Egzersiz Öz-Yeterlik Düzeylerinin İncelenmesi</t>
+          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları - 2</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786258496581</t>
+          <t>9786256939882</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Tasarruf Alışkanlığının Araştırılması</t>
+          <t>Ortaçağ’dan Cumhuriyete Tarih Araştırmaları 1</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786258324846</t>
+          <t>9786256796126</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler-3 (Ciltli)</t>
+          <t>Orta Eğitim Öğrencilerinde Teknolojik Bağımlılıkla Mücadele İçin Rekreasyon Etkinlikleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>625</v>
+        <v>220</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786258418088</t>
+          <t>9786256939820</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler</t>
+          <t>Olağan Dışı Durumlarda Sağlık Yönetimi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256504776</t>
+          <t>9786256504615</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasi ve Toplumsal Sorunlar</t>
+          <t>Okullarda Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256796232</t>
+          <t>9786258217889</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sermaye Hareketleri ve Makroekonomik Etkileri</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2022 II (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786253920111</t>
+          <t>9786256939967</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İran Merkezli Geleneksel Moğol Yönetiminin İnşası Abaka Han ve Zamanı (663-680/1265-1282)</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2023-I</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786253920241</t>
+          <t>9786257729246</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Liman İşletmelerinde İş Güvenliği ve Risk Analizi</t>
+          <t>Okul Öncesinde Etkinlik Hazırlama ve Uygulama - Öğretmen El Kitabı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786257601917</t>
+          <t>9786256600102</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri-1</t>
+          <t>Beden Eğitimi Ve Spor Araştırmaları II</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786258496239</t>
+          <t>9786256713994</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Bilişim Sistemleri</t>
+          <t>Beden Eğitimi ve Sporun Farklı Perspektifleri: Çok Yönlü Araştırmalar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257450836</t>
+          <t>9786256796393</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Analiz</t>
+          <t>Belediyelerde İç Kontrol</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256504721</t>
+          <t>9786256600799</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlama Yönetimi</t>
+          <t>Nitel ve Nicel Çalışmalarla Suçu Ölçmek</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256504899</t>
+          <t>9786258121889</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Küresel Güvenlik Sorunları</t>
+          <t>Neyzen Salih Dede’nin Musiki Anlayışı “Abdulbaki Nasır Dede Makam Teorisi Işığında”</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256796263</t>
+          <t>9786256504356</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Akredite Sağlık Kurumlarında Stratejik Yönetim</t>
+          <t>New Technologies and Techniques in Gynecology and Obstetrics</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786258065589</t>
+          <t>9786253920067</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Demokrasi Süreç, Yapı, Tartışmalar</t>
+          <t>Beslenme ve Sağlık</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786258121407</t>
+          <t>9786256939660</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Turizm Politikası Yerel Yönetim Uygulamaları Üzerine Bir Araştırma: Alanya</t>
+          <t>Bez Bebek Kültür Estetik</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256713406</t>
+          <t>9786256939714</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Enerji Dağıtım Merkezi Olmak İçin İzlediği Stratejiler</t>
+          <t>Bilgi Sevgisi Felsefe Akımları, Eğitim Felsefesi, Bilim Felsefesi ve Etik</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256796638</t>
+          <t>9786256600072</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Turizmi Hizmet Satın Alma Kararlarını Etkileyen Faktörler</t>
+          <t>Bilgi Sistemlerinde Yazılım Kalitesi ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786258065602</t>
+          <t>9786258496611</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gümrük Sistemi ve İzlenilen Politikalar (1920-1950)</t>
+          <t>İlk Gelişim-Öğrenme kitaplarımızdan, Çocuk Ruhu (İbrahim Alaeddin Gövsa) Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256452459</t>
+          <t>9786258065800</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Engelliler ve Sosyal Politikalar</t>
+          <t>Covid-19 ve Sağlık Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786258496468</t>
+          <t>9786258496987</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur (İbretu’n-Nazırin)</t>
+          <t>Turizmde Etik ve Gayriahlaki Tüketici Davranışları (Otel ve Restoran İşletmelerine Yönelik Örnek Olaylar)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786257450737</t>
+          <t>9786258065244</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecek Dijital Dönüşüm-2</t>
+          <t>Multidisipliner Perspektiften Sosyal Boyutuyla Çocukluk ve Gençlik</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>365</v>
+        <v>500</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786258496185</t>
+          <t>9786258121186</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Sağlık Araştırmaları- 3</t>
+          <t>Muhasebe, Finans ve Denetim Alanlarında Yenilikçi Yaklaşımlar - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>235</v>
+        <v>800</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786257450843</t>
+          <t>9786258418125</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Sanal Fizik Deneyleri</t>
+          <t>Muhasebe, Finans Ve Denetim Alanlarında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057362537</t>
+          <t>9786256995147</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Asgari Ücretin Çalışan Memnuniyeti ile Bilişim Teknolojileri Harcamalarına Etkisi</t>
+          <t>Muhasebe, Finans ve Denetim Alanlarında Kritik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>210</v>
+        <v>850</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786258324013</t>
+          <t>9786258217506</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Sezdirim ve Çıkarım -Adalet Ağaoğlu’nun Ölmeye Yatmak Adlı Eseri Örneğiyle-</t>
+          <t>Muhasebe ve Finans Alanlarında Seçme Konular-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>440</v>
+        <v>585</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786258065183</t>
+          <t>9786256995314</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Dil Bilgisel Zaman -Oktay Akbal Öyküleri Örneği</t>
+          <t>Muğla-Çine Sınırlarındaki Antik Dönem Mezar Örnekleri ve Ölü Gömme Gelenekleri</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786258121995</t>
+          <t>9786057362551</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Bildirim -Adalet Ağaoğlu’nun Ölmeye Yatmak Adlı Eseri Örneğiyle-</t>
+          <t>Motivasyon İletişim Sağlık Boyutlarıyla Rekreasyon</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256713055</t>
+          <t>9786257450058</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Sektörel Analizi</t>
+          <t>Moleküler Mikrobiyoloji Uygulamaları</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256713383</t>
+          <t>9786256600874</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde İz Bırakanlar V</t>
+          <t>Moleküler Biyolojide Yöntemler</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057135315</t>
+          <t>9786256713321</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği - THM Bilgileri - Uzun Havalar - Kırık Havalar-</t>
+          <t>Modern Laos Bir Milyon Fil Ülkesi’nden Günümüze</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256796218</t>
+          <t>9786256939745</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tarihi (1876-1945) Liderler, Partiler ve Seçimler</t>
+          <t>Mısır’ın Demokratikleşmesinde Sosyal Hareketler ve Muhammed Mursi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258496864</t>
+          <t>9786258324822</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Batılı Ülkelerin Dış Politikalarında Türk Ve İslam Karşıtlığının Yansımaları</t>
+          <t>Mısır’da Türk Varlığının İzleri IX.-X. Yüzyılda Tolunoğulları’nın Tekstil ve Mimari Yapı Faaliyetleri</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258065480</t>
+          <t>9786258065640</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Futbol ve Siyaset Maçlar, Rekabetler, Takımlar</t>
+          <t>Beden Eğitimi ve Spor Araştırmaları 2021-II</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256796188</t>
+          <t>9786256939646</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Zeytinin Tarihi ve Coğrafi Yolculuğu</t>
+          <t>Rekreasyonel Rafting</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258121599</t>
+          <t>9786258217285</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Zayıflamanın Şifreleri</t>
+          <t>Basit Şifreleme Teknikleri</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256713031</t>
+          <t>9786258324907</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Yüzme Branşında Temel Öğretim ve Pedagojik Yaklaşımlar</t>
+          <t>Rekreasyon ve Spor</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256995109</t>
+          <t>9786256939356</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Dijital Dönüşüm ve E-Ticaret (Ciltli)</t>
+          <t>Bartın Pabucu Yarım</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258065046</t>
+          <t>9786256713840</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve İktisat Alanında Güncel Çalışmalar</t>
+          <t>Quadrıceps, Hamstring Kaslarının İzokinetik Kuvvet Oranları İle Denge Sot) Değerleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258496949</t>
+          <t>9786256796652</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Eğitimi ve Tehlike Algıları</t>
+          <t>Psikososyal Boyutlarıyla Adli Psikiyatri Deneyimler Işığında Tedavi Sonrası Hayat</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256995338</t>
+          <t>9786258324075</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ekseninde Örgütsel Yaklaşımlar (Ciltli)</t>
+          <t>Prof. Dr. Kerime Üstünova Armağanı</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>470</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786257450317</t>
+          <t>9786256600423</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilişim Sistemleri Teorileri</t>
+          <t>Postmodern Dijitalleşme: Dijital Dünyanın Postmodern Nüveleri</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256995970</t>
+          <t>9786256600850</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Seçiminde Bütünsel Yaklaşım: Futbol Örneğiİlişkiler Karmaşası</t>
+          <t>Piyano Eşlikli Solfej</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256954533</t>
+          <t>9786258217650</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ebelik Uygulamaları (GreenMidwifery Practices)</t>
+          <t>Pilates Egzersizlerinin Fonksiyonel Hareket Performansına Etkisi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258217520</t>
+          <t>9786256796850</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Yerel Seçimlerde Seçmen Davranışları: Kars İli Örneği</t>
+          <t>Bana Bir De Buradan Bak</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258065275</t>
+          <t>9786256939370</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Yerel Ekonomik Kalkınma ve Güncel Yaklaşımlar</t>
+          <t>Bağlama Metodu Uzun Sap Bağlama/Bozuk Düzeni (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>240</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258324334</t>
+          <t>9786256504431</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Okullarda Öğrenme ve Öğretim</t>
+          <t>Asrın Felaketi Sosyoekonomik Etkileri</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>365</v>
+        <v>300</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258121544</t>
+          <t>9786256796737</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Yeni ve Geleneksel Para Politikası 1. Cilt: Temel, Tasarım ve Teori</t>
+          <t>Personality Characteristics, Stigmatization, and Organizational Commitment: A Research on Academic Staff</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258121384</t>
+          <t>9786256713079</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yeni̇ Nesi̇l Müzelerde İş Sağlığı ve İş Güvenliği</t>
+          <t>Performans Grubu Tenisçilerde Mobilite Performansı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256600348</t>
+          <t>9786256504752</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağda Medya ve İletişim</t>
+          <t>Peraport</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258121278</t>
+          <t>9786258217360</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Yatay ve Dikey Çoksesli Koro Eserlerine Dayalı Uygulamaların Öğrencilerin Müziksel İşitme, Okuma ve Yazma Başarılarına Etkisi</t>
+          <t>Pazarlamada Gösterişçi̇ Tüketim Yansımaları</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258065206</t>
+          <t>9786256452626</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanan Toplumlarda Güncel Yaşlılık Konuları</t>
+          <t>Pazarlama Türleri ve Bilişim</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786057138293</t>
+          <t>9786057138217</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Yaş Grupları Yüzücülerinde 12 Hafta Uygulanan Yüzme Antrenmanlarının Ekokardiyografik Parametreler Üzerine Olan Etkilerinin İncelenmesi</t>
+          <t>Pazarla-Ma Teoriden Pratiğe (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256995079</t>
+          <t>9786256796751</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yalın Üretimde Endüstri 4.0 Uygulaması: Otomotiv Yan Sanayi Örneği</t>
+          <t>Park Rekreasyonu</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>365</v>
+        <v>340</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258065442</t>
+          <t>9786256452442</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yakınsama Kavramı Bağlamında Artırılmış Gerçeklik Uygulamaları ve Kullanıcı Deneyimi Üzerine Bir Araştırma</t>
+          <t>Parasal Hedefleme Stratejisi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786258121582</t>
+          <t>9786256713161</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya, Picasso ve Gertrude Stein (Ciltli)</t>
+          <t>Artistik Yüzme Hareketleri ve Temel Alıştırmalar</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256713741</t>
+          <t>9786253920043</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretiminde Güncel Yaklaşımlar</t>
+          <t>Özel Yetenekli Bireylerin Eğitiminde Bütüncül Yaklaşım: Küçükçekmece Bilsem Modeli</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256796898</t>
+          <t>9786256796010</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Web Tabanlı Etkinliklerle Konuşma Eğitimi</t>
+          <t>Özel Gereksinimli Bireylerde Uyarlanmış Aktiviteler Boyutuyla Beden Eğitimi ve Spor</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786257450188</t>
+          <t>9786258324099</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Velazquez'in Sanatında Sembolik ve Didaktik Anlamlar</t>
+          <t>Örgütsel Davranışta Psikolojik Güçlendirme, Öz Liderlik ve Proaktif Kişilik (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>225</v>
+        <v>850</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258065404</t>
+          <t>9786256939134</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Vektörel Analiz (Mathcad Uygulamalı)</t>
+          <t>Öğrenmede Bireysel Farklılıklar</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258496963</t>
+          <t>9786258496833</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Judocularda Farklı Isınma Protokollerinin, 30 M. Sürat, Esneklik, Dikey Sıçrama, Kuvvet, Denge ve Anaerobik Güç Performansları Üzerine Akut Etkisinin İncelenmesi</t>
+          <t>Öğrenme Psikolojisi - Kavramlardan Kuramlara</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>130</v>
+        <v>630</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258496123</t>
+          <t>9786256600249</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Kurum ve Kuruluşları Merkezi Kamu Kurumları - Uluslararası Kuruluşlar</t>
+          <t>Oyunla Öğretime Geleneksel ve Teknolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786257450898</t>
+          <t>9786256600966</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Üretim ile İşletme Alanlarında Teknolojik Yenilikler ve Sürdürülebilirlik</t>
+          <t>Arapça Sarf</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257450980</t>
+          <t>9786258324051</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğine Yönelik Çeşitli Tespitler III</t>
+          <t>Antrenörlükte Duygusal Zeka ve Liderlik</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257450751</t>
+          <t>9786258217094</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecek Dijital Dönüşüm</t>
+          <t>Anti-Hareket Egzersizlerin Etkisi: Kas Aktivasyonu, Gövde Dayanıklılığı ve Atletik Performans</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256452657</t>
+          <t>9786256995123</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Aile Mahkemelerinde Sosyal İnceleme</t>
+          <t>Oyun Terapisi (Teori Teknik ve Kültüre Has Vaka Örnekleri)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256452893</t>
+          <t>9786256713345</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İhsan Tokgöz ve Musavver Servet-i Fünûn Tarihçesi</t>
+          <t>Osmanlıca Spor Basını ve Biyopolitika</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256504097</t>
+          <t>9786258121421</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Eğitim ve Yönetimi</t>
+          <t>Osmanlı Belgelerinde Iğdır</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786253920029</t>
+          <t>9786259918150</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve Sanat</t>
+          <t>Ortaöğretim Öğrencilerinde Cesaret ve Saldırganlık</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256600683</t>
+          <t>9786256796539</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Aerobik ve Anaerobik Egzersiz Modellerinde Koenzim Q10 Takviyesinin Serum, Kalp ve İskelet Kasında Tümstatin Salınımı Üzerine Etkisi</t>
+          <t>Ortaokul ve Lise Öğrencilerinde Fiziksel Aktivite Düzeyi ile Yakın Çevrede Yürünebilirlik Algısının İncelenmesi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256713918</t>
+          <t>9786256995369</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Adölesanlarda 3 Kavram: Açık ve Kapalı Beceri, Fiziksel Aktivite Düzeyi ve Karar Verme Süreçleri</t>
+          <t>Ortaokul Bilsem Öğrencilerine Yönelik Fen Eğilimi Öz-Değerlendirme Ölçeği’nin Geliştirilmesi ve Bilsem Öğrencilerinin Fen Öğrenmeye Yönelik Motivasyonlarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256796690</t>
+          <t>9786258065428</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Ad Bilim Araştırmaları</t>
+          <t>Bilgisayar Bilimlerinde Teorik Ve Uygulamalı Araştırmalar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258418231</t>
+          <t>9786258496895</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak Kodlu Yazılım Kullanımına Karşı Yönetici Direnci</t>
+          <t>İşletmeler İçin Blockchain</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786057140692</t>
+          <t>9786258065848</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Abdullah b. Fethullah el-Bağdadi Doğuda İslam Devletleri Tarihi</t>
+          <t>Eğitimin Kavramsal Temelleri 4: Strateji ve Yöntemler-II</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256504868</t>
+          <t>9786257450560</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Abdallar İçin Öz İstatistik</t>
+          <t>Eğitimin Kavramsal Temelleri 2 Multidisipliner Bakış</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258065909</t>
+          <t>9786258496512</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Yeni Medya Çalışmaları</t>
+          <t>Türk Dili I-II</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256995253</t>
+          <t>9786258496420</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>5-12 Yaş Çocuklar İçin Eğitsel Oyunlar</t>
+          <t>R ile Kümeleme Analizi PISA Verisi Uygulamalı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256713932</t>
+          <t>9786258065831</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>360 Derece Afet Lojistiği</t>
+          <t>Engelsiz Yaşamlar: Özel Gereksinimli Bireylerde Fiziksel Aktivite ve Spor</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256504936</t>
+          <t>9786258065749</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Küresel ve Bölgesel Aktörlerin Güvenlik Stratejileri ABD, AB, Almanya, Çin, Fransa, İngiltere, Rusya, Türkiye, NATO</t>
+          <t>Kitap ve Kütüphane</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256796799</t>
+          <t>9786258418187</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Çalışma İlişkileri</t>
+          <t>Çağdaş Bir Raporlama Yaklaşımı Entegre Raporlama</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256796874</t>
+          <t>9786258121223</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>14-16 Yaşları Arasındaki Erkek Basketbolcu, Futbolcu ve Sedanterlerin Bazı Fiziksel, Fizyolojik ve Antropometrik Özelliklerinin Karşılaştırılması</t>
+          <t>Sağlık &amp; Bilim 2022: Güncel Tıp-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256713208</t>
+          <t>9786258324358</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Türkiye’de Hükümet Sistemi (1923-2023)</t>
+          <t>Sağlık &amp; Bilim 2022: Güncel Tıp-II (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258496413</t>
+          <t>9786258324273</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Kavramsal Temelleri 3 Strateji ve Yöntemler</t>
+          <t>Sağlık ve Bilim 2022: Hemşirelik-II (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258496208</t>
+          <t>9786258217759</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sağlık &amp; Bilim: Hemşirelik-2</t>
+          <t>Sağlık &amp; Bilim 2022: Hemşirelik-III (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>225</v>
+        <v>700</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258065855</t>
+          <t>9786258121032</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2021-III</t>
+          <t>Sağlık &amp; Bilim 2022: Medikal Araştırmalar-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>360</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786257450652</t>
+          <t>9786258324303</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>İktisat Alanında Seçilmiş Konular</t>
+          <t>Sağlık ve Bilim 2022: Medikal Araştırmalar-II (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>325</v>
+        <v>430</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258496840</t>
+          <t>9786256713420</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>38 Bin Feette</t>
+          <t>Sağlık &amp; Bilim 2023 Beslenme- IV</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258496161</t>
+          <t>9786256600201</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Apronun Tozu</t>
+          <t>Sağlık ve Bilim 2023 - Fizyoterapi ve Rehabilitasyon I</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258065107</t>
+          <t>9786256713444</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Assessing Physical Fitness Levels Of Recreational Bodybuilders By American College Of Sports And Medicine’s Health-Related Announcements</t>
+          <t>Sağlık ve Bilim 2023 Güncel Tıp - IV</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786257450409</t>
+          <t>9786256452169</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Göçmen Sorunsalı - Üniversite Öğrencilerinde Düzensiz Göç Algısı</t>
+          <t>Sağlık ve Bilim 2023: Güncel Tıp I</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786257450355</t>
+          <t>9786256452145</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Kal‘a-i İstanbul ve Ma‘bed-i Ayasofya</t>
+          <t>Sağlık ve Bilim 2023: Hemşirelik - I</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258496253</t>
+          <t>9786256452121</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Eğitim &amp; Bilim 2021-II</t>
+          <t>Sağlık ve Bilim 2023: İç Hastalıkları - I</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786257450638</t>
+          <t>9786256452220</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İktisat Alanında Seçilmiş Konular-2</t>
+          <t>Sağlık &amp; Bilim 2023: Beslenme - I</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256796553</t>
+          <t>9786256504325</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>“Sonik Örgütleme” 21. Yüzyıl Ses Sanatı Ontolojisi</t>
+          <t>Sağlık &amp; Bilim 2023: Beslenme-II</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258496680</t>
+          <t>9786256600171</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Değerler Eğitimi</t>
+          <t>Sağlık &amp; Bilim 2023: Beslenme-III</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258496055</t>
+          <t>9786256452206</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Sporda Duygusal Zeka, Kişilik ve Fizyolojik Stres Yanıtları</t>
+          <t>Sağlık &amp; Bilim 2023: Çocuk Hemşireliğinde Kanıta Dayalı Uygulamalar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258496147</t>
+          <t>9786256504998</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Nefretin Kavgalı Neferleri: Sanal Taraftar Topluluklarında Nefret ve Aşk Eksenli Savaşların Marka Yansımaları</t>
+          <t>Sağlık &amp; Bilim 2023: Çocuk Hemşireliğinde Kanıta Dayalı Uygulamalar - II</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258065145</t>
+          <t>9786256796072</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakemlerinde Karar Verme Stilleri İle Kişilik Özellikleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Sosyal ve Duyuşsal Öğrenme (Kuramdan Uygulamaya)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>130</v>
+        <v>530</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786257450904</t>
+          <t>9786256713802</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Coğrafi Bilgi Sistemleri ve Uygulaması</t>
+          <t>Sosyal Sorunlar Teoriler, Politikalar, Uygulamalar 2</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257601733</t>
+          <t>9786256600409</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Üzerine İletişim Çalışmaları</t>
+          <t>Sosyal Sorunlar Teoriler, Politikalar, Uygulamalar)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786257601313</t>
+          <t>9786258496116</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans Alanında Bilimsel Çalışmalar</t>
+          <t>Sosyal Hizmet Kurum ve Kuruluşları Yerel Yönetimler - Sivil Toplum Kuruluşları - Özel Sektör</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257450201</t>
+          <t>9786256796430</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hasta Güvenliği Kültürü ve Oluşum Aşamaları</t>
+          <t>Sosyal Güvenlik Finansmanı Seçilmiş Ülke</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>120</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257450164</t>
+          <t>9786256452060</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Kaçınma Motivasyonunun Motor Davranışa Etkisi ve Kişilik</t>
+          <t>Sosyal Bilimlerde Toplumsal Sorunlara Bakış: Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257450386</t>
+          <t>9786256452084</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Benign Vokal Kord Lezyonları Temel Prensipler ve Endolarengeal Mikrocerrahi</t>
+          <t>Sosyal Bilimlerde Toplumsal Sorunlara Bakış: Teorik Çalışmalar</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257601290</t>
+          <t>9786256796591</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Raif Cilasun ve Roman Dünyası</t>
+          <t>Sosyal Bilimler Öğretimi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257601481</t>
+          <t>9786256713956</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Finansal Yönetim</t>
+          <t>Sorularla Para Ekonomisi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257450362</t>
+          <t>9786256796140</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans Teorisi ve Kripto Paralar</t>
+          <t>Siyasal Katılım ve Seyirci Kalma Etkisi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257601719</t>
+          <t>9786253920296</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Sürgün Evlatları Yabgulular</t>
+          <t>Yeşil Siyasetin Manifestosu</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257450225</t>
+          <t>9786253920326</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Berke Han Dönemi Altın Orda Devleti Tarihi (1256-1266)</t>
+          <t>Çocuk İstismarı ve Spor</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257450942</t>
+          <t>9786256954663</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Uzmanlarının Sahada Karşılaştıkları İletişim Engelleri</t>
+          <t>Siyasal İkna Yöntemi Olarak Televizyonda Reklam Kampanyaları</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258496215</t>
+          <t>9786256713369</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Türk Runik Harfli Metinlerin Çekim Morfolojisi</t>
+          <t>Sınırları Keşfetmek: Özel Yetenekli Öğrenciler İçin Matematik ve Fen Eğitimi</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258496017</t>
+          <t>9786256452916</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı Sürecinin Postmodern Müziğe Etkileri</t>
+          <t>Serbest Zaman Doyumu, İlgilenimi ve Algılanan Özgürlük İlişkisi: Fiziksel Aktivite Yoluyla Kadınların Güçlenmesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257450850</t>
+          <t>9786258496260</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Farklı Hipoksik Koşulların Kassal Kuvvet ve Kassal Dayanıklılık Performansı Üzerine Etkisinin İncelenmesi</t>
+          <t>Bilimsel Spor Kavramları</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257450782</t>
+          <t>9786257664318</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve İşletmecilik</t>
+          <t>Selanik Vilayeti Litohor Nahiyesi Ve Papasköprüsü Kereste Gümrüğü</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786256939578</t>
+          <t>9786256600836</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitiminde Matematiksel Modelleme ve Ortaokul Öğrencileri İçin Çözümlü Problemler</t>
+          <t>Sedanterlerde Egzersiz ve Yüksek Proteinli Diyetin Vücut Kompozisyonuna Etkileri</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258496758</t>
+          <t>9786258418163</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>13-15 Yaş Obez Erkek Çocuklarda 12 Haftalık Fiziksel Aktivite Sonrası Beden İmajı Algısı ve Psikolojik İyi Oluş Düzeylerinin İncelenmesi</t>
+          <t>Çalışma Ekonomisi Ve İlişkileri Üzerine Değerlendirmeler Ve Araştırmalar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257601450</t>
+          <t>9786258121360</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Bizans Mimarisi Bibliyografyası</t>
+          <t>Satınalma Küpü Modeli ve Performans Raporları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258217704</t>
+          <t>9786258121209</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Alternatif Öğrenme Araçları</t>
+          <t>Sanatın Duayeni: Prof. Dr. Engin Beksaç</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052308172</t>
+          <t>9786057138262</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ders Kitaplarında Ermeni Meselesi</t>
+          <t>Sağlıklı Beslenmede Güncel Yanılsamalar</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257601474</t>
+          <t>9786258121681</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Pazar Yazıları Şundan Bundan</t>
+          <t>Sağlık ve Dinçlik İçin Testosteron</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>235</v>
+        <v>550</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258065008</t>
+          <t>9786057372925</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Risk Yönetimi</t>
+          <t>Sağlık Kurumlarında Güncel Pazarlama Araştırmaları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258065022</t>
+          <t>9786258121377</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ramiz Paşazade Mehmed İzzet Bey Harita-I Kapudanan-I Derya</t>
+          <t>Stratejik Yönetim Araştırmaları</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257601351</t>
+          <t>9786056017322</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Mitokondri Sağlıklı Yaşam</t>
+          <t>SPSS İle İstatistik Rehberi</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258418224</t>
+          <t>9786256504554</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Bağımlılıklar Kuram ve Uygulama</t>
+          <t>Sporun Kavramsal Temelleri-8: Fiziksel Uygunluk</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257601023</t>
+          <t>9786256939172</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Bitlis Tarihi (Yeniçağdan Modern Döneme) Cilt 2</t>
+          <t>Sporun Kavramsal Temelleri-7: Takım Sporları (Ciltli)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257601016</t>
+          <t>9786257729758</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bitlis Tarihi (Eskiçağdan Yeniçağa) Cilt 1</t>
+          <t>Sporun Kavramsal Temelleri-5</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>265</v>
+        <v>750</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257664738</t>
+          <t>9786258217773</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukuku ve İlgili Hükümler</t>
+          <t>Sağlık &amp; Bilim 2022: Ebelik - III (Ciltli)</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257664721</t>
+          <t>9786256954892</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz ve Spor Psikolojisi</t>
+          <t>Sağlık &amp; Bilim 2022: Hemşirelik IV (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>365</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257664714</t>
+          <t>9786258217162</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Anılarımdaki Burdur Ve GATA</t>
+          <t>Sağlığın Şifreleri</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257601368</t>
+          <t>9786256600225</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Felsefesi, Teknikleri ve Uygulama Örnekleriyle Çözüm Odaklı Kısa Terapi</t>
+          <t>Sağlığın Sosyal Belirleyicileri ve Hemşirelik</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257601825</t>
+          <t>9786257119191</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ve Bilim: Hemşirelik</t>
+          <t>Sporun Kavramsal Temelleri-3</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257664660</t>
+          <t>9786256995024</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Temel Braille Müzik İşaret Sistemi</t>
+          <t>Sadizm, Narsizm, Schadenfreude ve Takım Kimliği İlişkisi: Futbol Taraftarları Araştırması (Ciltli)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257601511</t>
+          <t>9786256713826</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Görsel Kültürde İletişim, Sanat ve Temsil</t>
+          <t>Rol Model Beden Eğitimi Öğretmeni</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257664646</t>
+          <t>9786257119153</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansal Raporlama Standardı (Ufrs) 4’ten Ufrs 17’ye Sigorta Sözleşmeleri Standardı Kapsamında Sigorta Muhasebesi Ve Uygulamaları</t>
+          <t>Sporun Kavramsal Temelleri-2</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257664561</t>
+          <t>9786258065381</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>İSG Kaynak Kitabı</t>
+          <t>Risk Yönetiminde Aktife Dayalı Finansal Enstrümanlar ve Portföy Optimizasyonu</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257601542</t>
+          <t>9786257729185</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Süratte Devamlılık Antrenmanlarının Performansa ve Toparlanmaya Etkisi</t>
+          <t>Sporun Kavramsal Temelleri - 4</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257664554</t>
+          <t>9786057135322</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Banka Finansal Analizi ve Risk Yönetimi</t>
+          <t>Risk Değerlendirme Metotları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257664547</t>
+          <t>9786256713727</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Pandemi ve Egzersiz</t>
+          <t>Sportif Antrenmanda Yeni Nesil Uygulama ve Modeller</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257664530</t>
+          <t>9786256995277</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Mekteb-i Sultaniden Yüzelliliklerin Eşiğine Midillili Mehmed Zîver Bey (Hayatı-Edebi Şahsiyeti-Yazıları)</t>
+          <t>Renk Tasarımı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257664578</t>
+          <t>9786256796355</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>İş Birlikçi Endüstriyel Robotlarda İş Güvenliği Yaklaşımı</t>
+          <t>Sporda Yabancılaşma Sporcu Davranışları ve Ahlaki Tutumlar</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257664592</t>
+          <t>9786256995581</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle İş Kazalarının İşverene Maliyeti</t>
+          <t>Rekreasyonel Spor Tesislerinde Hizmet Kalitesi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257664462</t>
+          <t>9786256504370</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Denge Antrenmanlarının Temel Teknik Becerilere Etkisi</t>
+          <t>Sporda İnovasyon ve Yeni Nesil Teknolojiler</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257601597</t>
+          <t>9786256939110</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ortamı Koşulları ve Ergonomi</t>
+          <t>Sporcu Sağlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>130</v>
+        <v>850</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257601627</t>
+          <t>9786258121469</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Yenilikçilikte Güncel Yaklaşımlar - 2</t>
+          <t>Spor Yönetiminde Örnek Olaylar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257601894</t>
+          <t>9786256713765</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Ve Takım Sporlarına Bakış</t>
+          <t>Spor Ve Ergonomi (Sportif Branş, Malzeme Ve Tesis Ergonomisi)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257601382</t>
+          <t>9786057140647</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı Anıları</t>
+          <t>Spor Sosyolojisi Çalışmaları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257450034</t>
+          <t>9786256796379</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Muhafazakâr Sağ İktidarların Dış Politika Vizyonu</t>
+          <t>Spor Örgütlerinde Liderlik Davranışları Presenteizm ve Örgütsel Bağlılık Etkileşiminin İncelenmesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257450140</t>
+          <t>9786256939035</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Anaerobik Güç Testlerinin Farklı Spor Branşlarında Karşılaştırmalı Analizi</t>
+          <t>Spor İnovasyonu ve Dijital Teknoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257601986</t>
+          <t>9786256600584</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Tiamin Mucizesi</t>
+          <t>Spor Hizmeti Veren Kurum ve Kuruluşlarda Çalışan Bireylerin Boş Zamanlarını Değerlendirme Düzeylerinin Araştırılması</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257601665</t>
+          <t>9786259918105</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Reklama ‘Yeni’den Bakmak</t>
+          <t>Spor Endüstrisinde Yönetim</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257450010</t>
+          <t>9786256939622</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Üstadlar Harmanında Bağlamanın İcrâ Serüveni</t>
+          <t>Spor Endüstrisinde Yapay Zeka</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257601887</t>
+          <t>9786258065169</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Yöntemleri</t>
+          <t>Spor Bilimlerinde Veri Analizine Giriş SPSS Uygulamalı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257601849</t>
+          <t>9786256939806</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Negatif Yönlü Örgütsel Davranış</t>
+          <t>Spor Bilimlerinde Multidisipliner Araştırmalar 2023</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257601689</t>
+          <t>9786257729147</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Temel Kavramlara Çoklu Bakış</t>
+          <t>Spor Bilimlerinde Multidisipliner Araştırmalar 2</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>285</v>
+        <v>800</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257601962</t>
+          <t>9786258324426</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Hashimoto</t>
+          <t>Spor Bilimleri Fakültelerine Hazırlık El Kitabı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257601405</t>
+          <t>9786258418026</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya İlkokul Eğitiminde Yenilikçi Öğrenme ve Öğretim</t>
+          <t>Bankacılık ve Sermaye Piyasası Çalışmaları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257601276</t>
+          <t>9786258065398</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Aile Spor Yaşam Koçluğu ve Etkileri</t>
+          <t>Stem Temelli Matematik Uygulamaları</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257664295</t>
+          <t>9786057135360</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Yaşam Tatminine Ulaşmaları Yolunda, Rekreasyonel Farkındalık ve Sosyal Medya Bağımlılığının Olası Etkileri</t>
+          <t>Derin Su Koşularında Kardiyovasküler Yanıtlar</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257729499</t>
+          <t>9786258065978</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>ITAB: Kaynakta Isının Tesiri Altında Kalan Bölge</t>
+          <t>Digital Transformation: A Human-Centric Approach</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257450089</t>
+          <t>9786258065084</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sporcularda Yaralanma Kaygısı ve Başa Çıkma Stratejileri</t>
+          <t>Restoran Hizmetlerinde Mobil Yemek Siparişi Uygulamalarının Kullanımı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786056017384</t>
+          <t>9786258065299</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Tanıdan Tedaviye Uyku Tıbbı</t>
+          <t>Multidisipliner Perspektiften Ruh Sağlığı Boyutuyla Çocukluk ve Gençlik</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257601498</t>
+          <t>9786258065961</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sanatlararasılıkta Moda ve Müzik</t>
+          <t>Disiplinlerarası Girişimcilik ve Yenilikçilik Çalışmaları</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257601801</t>
+          <t>9786258065626</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ve Bilim: Güncel Tıp 1</t>
+          <t>Ortaokul Öğrencilerinin İdeal Beden Eğitimi Öğretmen Algılarının İncelenmesi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257601795</t>
+          <t>9786258418200</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ve Bilim: Güncel Tıp 2</t>
+          <t>Kurumsar Muhasebe</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257601535</t>
+          <t>9786257450997</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Teoriler-Politikalar-Uygulamalar</t>
+          <t>Piyano Müziğinde Yeni Örnekler</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256452985</t>
+          <t>9786258496819</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı Ve Güvenliği Sınavlarına Hazırlık Kitabı</t>
+          <t>Mevlana Perspektifinde Ahlak</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257601832</t>
+          <t>9786257450829</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Bilim 2021</t>
+          <t>Fizik 2</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257601726</t>
+          <t>9786257450812</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Güncel Mikro İktisat Çalışmaları Kavram-Teoriler-Piyasalar</t>
+          <t>Fizik 1</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257729086</t>
+          <t>9786258496130</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Ötekileşen ve Ötekileştirilen Göçmenler</t>
+          <t>Ses Fiziği</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257729208</t>
+          <t>9786258496796</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Dijital Kimlik</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786056017346</t>
+          <t>9786258496246</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Strateji Araştırmalarının Kuramsal Temelleri</t>
+          <t>Education &amp; Science 2021</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786056017308</t>
+          <t>9786258418040</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Çok Kültürlü Çalışma Ortamında Kültürel Zeka ve Duygusal Emek</t>
+          <t>Finans, Muhasebe ve Sosyal Bilimler Alanlarında Dijitalleşme, Teorik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257664370</t>
+          <t>9786256452428</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bir Temsile Uzanış “Erzurum Giysi Donatıları”</t>
+          <t>Spor Bilimleri Alanında Çok Yönlü Araştırmalar</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257729222</t>
+          <t>9786258217025</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Yol Haritası</t>
+          <t>Spor &amp; Bilim 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>250</v>
+        <v>585</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257601337</t>
+          <t>9786256713703</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları</t>
+          <t>Spor &amp; Bilim 2</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257601573</t>
+          <t>9786256504158</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Kuvvet ve Kondisyon Antrenmanları</t>
+          <t>Spor &amp; Bilim 1</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257729079</t>
+          <t>9786256954854</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Şehrizade Mehmed Said Efendi Tuhfe-ı Mustafaviyye Fi Beyan-ı Kapudanan-ı Devlet-ı Aliyye</t>
+          <t>Spor &amp; Bilim 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>415</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257450126</t>
+          <t>9786256995956</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ege Bölgesi Halk Müziği Kültürü ve Türküleri</t>
+          <t>Sound Of Arslantepe (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>195</v>
+        <v>700</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786257601863</t>
+          <t>9786258496086</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi</t>
+          <t>Sağlık &amp; Bilim: İş Güvenliği Ve Meslek Hastalıkları</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254445347</t>
+          <t>9786258065732</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşlığından Yol Ayrımına</t>
+          <t>Sağlık &amp; Bilim: Hemşirelik-3</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257729093</t>
+          <t>9786258065725</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Antrenman</t>
+          <t>Sağlık &amp; Bilim: Güncel Tıp-4</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786257664400</t>
+          <t>9786258496277</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Dökümhane Maça Üretimi Çalışmalarında İş Sağlığı ve Güvenliği</t>
+          <t>Sağlık &amp; Bilim: Güncel Tıp-3</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254445316</t>
+          <t>9786256713680</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Prensipleriyle Kayak (Alp Disiplini)</t>
+          <t>Sağlık &amp; Bilim 2023: Yeni Nesil Teknolojiler</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256939219</t>
+          <t>9786256504578</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid ve Divanı</t>
+          <t>Sağlık &amp; Bilim 2023: Sağlık ve Hemşirelikte Yönetim</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256954458</t>
+          <t>9786256713666</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kupa Uygulamalarının Yüzme Performansına Etkisi</t>
+          <t>Sağlık &amp; Bilim 2023: Odontoloji - 4</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256954144</t>
+          <t>9786256796911</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Fanatizm</t>
+          <t>Sağlık &amp; Bilim 2023: Odontoloji 3</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256995703</t>
+          <t>9786256504172</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Gelişen Tasarım</t>
+          <t>Sağlık &amp; Bilim 2023: Odontoloji 2</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256954205</t>
+          <t>9786256452107</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Rekreatif Etkinlikler</t>
+          <t>Sağlık &amp; Bilim 2023: Odontoloji 1</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256954700</t>
+          <t>9786256504974</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Sayılar Teorisi Problemler</t>
+          <t>Sağlık &amp; Bilim 2023: Kök Hücre ve Rejeneratif Tıp-1</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786256954465</t>
+          <t>9786256504592</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da İlk ve Orta Öğretimde Modernleşme: Manisa Kazası Örneği (1869-1909)</t>
+          <t>Sağlık &amp; Bilim 2023: İç Hastalıkları-2</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256954540</t>
+          <t>9786256713642</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Dönemi Türkiye ve Azerbaycan Roman ve Hikâyelerinde Eğitim</t>
+          <t>Sağlık &amp; Bilim 2023: Hemşirelik-IV</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>345</v>
+        <v>500</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256995031</t>
+          <t>9786256796935</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Sport for All Bireysel Spor Danışmanlığı</t>
+          <t>Sağlık &amp; Bilim 2023: Hemşirelik-3</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256939271</t>
+          <t>9786256504196</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Dijital Eğitim ve Toplum</t>
+          <t>Sağlık &amp; Bilim 2023 - Hemşirelik 2023</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256954823</t>
+          <t>9786256600126</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Olimpik Branşlar: Yaz ve Kış Oyunları</t>
+          <t>Sağlık &amp; Bilim 2023: Güncel Tıp 3</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256995819</t>
+          <t>9786256504257</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Dijital Propagandanın Aktörleri</t>
+          <t>Sağlık &amp; Bilim 2023 - Güncel Tıp 2</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256995727</t>
+          <t>9786256600140</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Yüksekokulu’nda Eğitim Gören Sporcularda Reaksiyon Zamanı, Vücut Yağ Yüzdesi, Denge, Dikey Sıçrama ve Çeviklik Parametreleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Sağlık &amp; Bilim 2023: Genel Embriyoloji-2</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256954007</t>
+          <t>9786256452183</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ulaştırma Lojistiği</t>
+          <t>Sağlık &amp; Bilim 2023: Genel Embriyoloji-1</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256954052</t>
+          <t>9786256713628</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Koruma ve Geçici Koruma Altındakiler</t>
+          <t>Sağlık &amp; Bilim 2023: Fizyoterapi Ve Rehabilitasyon 2</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256995918</t>
+          <t>9786256713529</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Modern Malezya Devlet Geleneği ve Siyaset</t>
+          <t>Sağlık &amp; Bilim 2023: Ebelik-IV</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256995291</t>
+          <t>9786256796959</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Üzümün Tarihi ve Coğrafi Yolculuğu</t>
+          <t>Sağlık &amp; Bilim 2023: Ebelik-3</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256995093</t>
+          <t>9786256504301</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Özellikleri, Öğretim-Öğrenim Süreci, İcra Kulvarları ve Mesleki Kaygıları ile Bağlama</t>
+          <t>Sağlık &amp; Bilim 2023: Ebelik 2</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786258217971</t>
+          <t>9786256452404</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Çerçevede İşsizlik ve Enflasyon</t>
+          <t>Sağlık &amp; Bilim 2023: Ebelik I</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786258217674</t>
+          <t>9786256796195</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Perspektifinden Helal Ürün</t>
+          <t>Türk - Yunan İlişkilerine Adalar Arasından Bakış: Kızılhisar Karystos (15. - 19. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>235</v>
+        <v>530</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786258217902</t>
+          <t>9786256600546</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Yöresi Söz Varlığı</t>
+          <t>Toplumun İnşasında Kur’an ve Sünnet</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>215</v>
+        <v>630</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256939387</t>
+          <t>9786256504707</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Âşık Garip ile Şah Senem</t>
+          <t>Toplam Kalite Yönetim (TKY) Anlayışı’ nın İktisadi Anlamda İrdelenmesi: Erzurum Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256954267</t>
+          <t>9786258217261</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivitenin Yaşam Memnuniyeti, Depresyon, Stres ve Kaygı Düzeyine Etkisi</t>
+          <t>The Trends In Nano Materials Synthesis And Applications (Ciltli)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256954304</t>
+          <t>9786256452718</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Yenilikçiliğin X, ,Y, Z Kuşağı Spor Tüketicilerinin Ekolojik Ayak İzi Farkındalıkları ve Yeşil Satın Alma Davranışları Üzerin</t>
+          <t>The Sınav</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256954366</t>
+          <t>9786256504950</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yaklaşımlar Işığında Beden Eğitimi ve Spor-II</t>
+          <t>The Essentials of Today's Marketing-3</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256954106</t>
+          <t>9786256452800</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yaklaşımlar Işığında Beden Eğitimi ve Spor</t>
+          <t>The Essentials of Today's Marketing-2</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>210</v>
+        <v>525</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256995000</t>
+          <t>9786256939769</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Nüklear Membran Reseptör Proteinleri</t>
+          <t>The Essentials of Today's Marketing</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>225</v>
+        <v>460</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256954434</t>
+          <t>9786256939615</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kış Sporları ve Turizm Merkezi Sarıkamış</t>
+          <t>The Effect of Leisure Management on Motivatıon in Sports Volunteers</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786256939233</t>
+          <t>9786256452671</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Çok Kültürlü Ortamlarda Sosyal Bütünleşmeyi Sağlamada Din Eğitiminin Rolü</t>
+          <t>Teoriden Pratiğe Dijital İşletmecilik</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786256995246</t>
+          <t>9786256796164</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Bulgar Milli Kilisesi</t>
+          <t>Teniste Eye Coach Antrenmanlarının Performansa Etkisi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786256995055</t>
+          <t>9786256796416</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sivil İtaatsizlik</t>
+          <t>Tenisçilerde Solunum Kas Eğitiminin Etkileri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257664264</t>
+          <t>9786256504912</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Magnezyumun İyileştirici Gücü</t>
+          <t>Tenis Sporunda Geleneksel Öğretim Yöntemlerine Karşın Farklılıkla Öğretim Yönteminin Tenis Performansına Etkileri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257729611</t>
+          <t>9786256796492</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kavramdan Biçime Yolculuk</t>
+          <t>Temel Kavramları ve Yeni Yaklaşımlarıyla Lojistik Yönetimiac</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257729789</t>
+          <t>9786259918174</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Müzelerde Yüz Yapılandırma Teknikleri</t>
+          <t>Tekrarlı Okuma ile Akıcı Okumayı Geliştirme</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257664233</t>
+          <t>9786258496727</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında Müzecilik Anlayışı</t>
+          <t>Tecar Terapi Yönteminin Sporcularda Yorgunluk ve Kas Hasarına Etkisi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257729482</t>
+          <t>9786256504806</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Tiroid Hastalıklarına Fonksiyonel Bakış</t>
+          <t>Tasavvuf Yazıları</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257729543</t>
+          <t>9786256452831</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Düşük Şeker &amp; Düşük Tansiyon Sendromu (Hipoglisemi Hipotansiyon Sendromu)</t>
+          <t>Tasarımcı Öğretmen Projesi Öğretmenlerin Mesleki Gelişimi İçin Bir Program Önerisi ve Örnek Ders Planları</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257664097</t>
+          <t>9786256600560</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Lisanla Varoluşa Dair</t>
+          <t>Tarihsel Süreçte Yönetim Düşüncesi ve Uygulaması</t>
         </is>
       </c>
       <c r="C972" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786256954410</t>
+          <t>9786253920135</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Uluslararası Ticarette Karşılaştıkları Lojistik Sorunlar: Gıda Sektöründe Faaliyet Gösteren İşletmelere Yönelik Nitel Bir Çalışma</t>
+          <t>Tarih Kültür ve Eğitim</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786256954694</t>
+          <t>9786056017353</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>7-10 Yaş Grubu Çocuklarda Yapılandırılmış Rekreatif Etkinlikler: Uzun Vadeli Sporcu Gelişim Modeli</t>
+          <t>Tam Öğrenme Yönteminin Öğrencilerin Başarı ve Hatırlama Düzeyine Etkisi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786256995857</t>
+          <t>9786256796713</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İstiftah Ahmed Hadi Maksudi﴾el-İstiftâhu fi’l-Kavâ‘idi’s-Sarfiyyeti’l-‘Arabiyye﴿</t>
+          <t>Sven Rıchard Bergh "Hipnoz Seansı”</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786256939424</t>
+          <t>9786256939196</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Gemi İnsanlarında Kuramdan Uygulamaya, Duygusal Emek, İş-Aile Çatışması ve İş Performansı Arasındaki İlişkiler</t>
+          <t>Süruri’nin Hayatı ve Mesnevi Şerhi’nin Dibacesi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786256939516</t>
+          <t>9786057372901</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Pandemide Yolcu Ve Paydaş Algısı Yönetimi</t>
+          <t>Süreç Yönetimi İlkeleri (Kavramlar, Araçlar ve Uygulamalar)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786256939295</t>
+          <t>9786256600386</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Öğrencilerin Yaşam Doyumlarında ve Okula Bağlanmalarında Ders Dışı Sportif Etkinliklerin Rolü: Deneysel Bir Çalışma</t>
+          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi 2</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786256954496</t>
+          <t>9786256452015</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Sporda Başarı</t>
+          <t>Sürdürülebilir Kalkınmada Tarımsal Faaliyetlerin Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257729567</t>
+          <t>9786256796515</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Yönetmek</t>
+          <t>Sürdürülebilir Gelecek İçin Yeni Fırsatlar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257729215</t>
+          <t>9786258217636</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Bilim ve Üniversite</t>
+          <t>Sürdürülebilir Finansman Tahvilleri</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257664134</t>
+          <t>9786256939530</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli ve Zekalı Çocuklar İçin Eleştirel Okuma</t>
+          <t>Metaverse ve Spor</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786256954120</t>
+          <t>9786254445361</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Başat Güç Serüveninde: Çin</t>
+          <t>Şair-i A’zam ve Zekeriya Rıza’nın Şair-i A’zam’ı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786256995772</t>
+          <t>9786057138286</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Sinemaya Kurgusal Dönüşümler</t>
+          <t>Üniversite Sosyal Hizmeti Öğrenci Sorunları ve Çözüm Modeli</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786258217001</t>
+          <t>9786258496734</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri-6: Bireysel Sporlar</t>
+          <t>Üniversite Öğrencilerinin Fiziksel Aktivitelere Katılım Durumlarına Göre İletişim Becerisi Ve Egzersiz Öz-Yeterlik Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>610</v>
+        <v>250</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786256954076</t>
+          <t>9786258496581</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji: İktisat, Finans, Mühendislik ve Pazarlama Perspektifinden Değerlendirmeler</t>
+          <t>Üniversite Gençliğinin Tasarruf Alışkanlığının Araştırılması</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>365</v>
+        <v>400</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786256954083</t>
+          <t>9786258324846</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Disiplinler Arası Çalışmalar-I</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>390</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786256939318</t>
+          <t>9786258418088</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencilerinin Beden Eğitimi ve Spor Dersine İlişkin Değerlerinin İncelenmesi</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Yaklaşımlar ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786256954182</t>
+          <t>9786256504776</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Spor-Eğitim-Sağlık 2022</t>
+          <t>Uluslararası Siyasi ve Toplumsal Sorunlar</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786256954168</t>
+          <t>9786256796232</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>XXI. Yüzyıl Çağdaş Fotoğrafta Yaratım Sürecine Bakış</t>
+          <t>Uluslararası Sermaye Hareketleri ve Makroekonomik Etkileri</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786256954625</t>
+          <t>9786253920111</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Sporda Meslek Etiği</t>
+          <t>İran Merkezli Geleneksel Moğol Yönetiminin İnşası Abaka Han ve Zamanı (663-680/1265-1282)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786256995406</t>
+          <t>9786253920241</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi: Lojistik Maliyetleme ve Lojistik Merkez Tasarımı</t>
+          <t>Liman İşletmelerinde İş Güvenliği ve Risk Analizi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786256995932</t>
+          <t>9786257601917</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Kütahya Vakıf Ve Zaviyeleri</t>
+          <t>Eğitimin Kavramsal Temelleri-1</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786256995567</t>
+          <t>9786258496239</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sportif Yönleriyle Türk Halk Oyunları</t>
+          <t>Dijital Dönüşüm ve Bilişim Sistemleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786256995796</t>
+          <t>9786257450836</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Alternatif Eğitim Modelleri ve Yaklaşımları</t>
+          <t>Sayısal Analiz</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786256995444</t>
+          <t>9786256504721</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanlarının Beslenmesi</t>
+          <t>Uluslararası Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786258217582</t>
+          <t>9786256504899</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Ve Yaşam Becerisi</t>
+          <t>Uluslararası Küresel Güvenlik Sorunları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786258324945</t>
+          <t>9786256796263</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Turizm İletişiminde Yeni Yaklaşımlar</t>
+          <t>Uluslararası Akredite Sağlık Kurumlarında Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786258324884</t>
+          <t>9786258065589</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada İklim Değişikliği Tartışmaları</t>
+          <t>Türkiye'de Demokrasi Süreç, Yapı, Tartışmalar</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786256954342</t>
+          <t>9786258121407</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Güncel Tartışmalarla Yaşlılık</t>
+          <t>Türkiye’nin Turizm Politikası Yerel Yönetim Uygulamaları Üzerine Bir Araştırma: Alanya</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786256954564</t>
+          <t>9786256713406</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Eğitim Tarihi Araştırmaları</t>
+          <t>Türkiye’nin Enerji Dağıtım Merkezi Olmak İçin İzlediği Stratejiler</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786256939486</t>
+          <t>9786256796638</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Müzecilikte Pazarlama İletişimi</t>
+          <t>Türkiye’de Sağlık Turizmi Hizmet Satın Alma Kararlarını Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786256939400</t>
+          <t>9786258065602</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Alanında Kriz Yönetimi ve Liderlik: Türkiye Özelinde Bir Uygulama</t>
+          <t>Türkiye’de Gümrük Sistemi ve İzlenilen Politikalar (1920-1950)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>110</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786256939455</t>
+          <t>9786256452459</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Egzersizin Etkileri: Lipit Metabolizması, Eser Elementler, Hormon</t>
+          <t>Türkiye’de Engelliler ve Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786256939431</t>
+          <t>9786258496468</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Projelerinin Öğretmen Odaklı Değerlendirilmesi</t>
+          <t>Emir Timur (İbretu’n-Nazırin)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786256995352</t>
+          <t>9786257450737</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
+          <t>Dijital Gelecek Dijital Dönüşüm-2</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254445323</t>
+          <t>9786258496185</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Burdur ve Anılar</t>
+          <t>Covid-19 ve Sağlık Araştırmaları- 3</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257729703</t>
+          <t>9786257450843</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi Güncel Yaklaşımlar</t>
+          <t>Sanal Fizik Deneyleri</t>
         </is>
       </c>
       <c r="C1008" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257957694</t>
+          <t>9786057362537</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Müze ve Sanat</t>
+          <t>Türkiye’de Asgari Ücretin Çalışan Memnuniyeti ile Bilişim Teknolojileri Harcamalarına Etkisi</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257729956</t>
+          <t>9786258324013</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur Şiiri - Tematik Bir İnceleme</t>
+          <t>Türkiye Türkçesinde Sezdirim ve Çıkarım -Adalet Ağaoğlu’nun Ölmeye Yatmak Adlı Eseri Örneğiyle-</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257729321</t>
+          <t>9786258065183</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Burdur İl Sağlık Müdürlerinden Dr. Mehmet Abdullah Çiftçibaşı ve Burdur’un Sağlık Tarihi</t>
+          <t>Türkiye Türkçesinde Dil Bilgisel Zaman -Oktay Akbal Öyküleri Örneği</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>275</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052308110</t>
+          <t>9786258121995</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Sanat</t>
+          <t>Türkiye Türkçesinde Bildirim -Adalet Ağaoğlu’nun Ölmeye Yatmak Adlı Eseri Örneğiyle-</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257664073</t>
+          <t>9786256713055</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Vergileme İlkelerinin Anatomisi: Tarihsel Kökenler Ve Ülke Anayasaları Üzerine Değerlendirmeler</t>
+          <t>Türkiye Ekonomisinin Sektörel Analizi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257729918</t>
+          <t>9786256713383</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Düzensizlikleri ve Vergi Kapsamında Bir İnceleme</t>
+          <t>Türk Müziğinde İz Bırakanlar V</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257664110</t>
+          <t>9786057135315</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Ülkelerinin Kamu Diplomasisi Faaliyetleri İsrail-Filistin-İran- Türkiye-Mısır-Suudi Arabistan-BAE-Katar Örneği</t>
+          <t>Türk Halk Müziği - THM Bilgileri - Uzun Havalar - Kırık Havalar-</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>330</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257729628</t>
+          <t>9786256796218</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Diplomasi</t>
+          <t>Türk Demokrasi Tarihi (1876-1945) Liderler, Partiler ve Seçimler</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257729772</t>
+          <t>9786258496864</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Hızırzade Mehmet Fevzi Efendi Baharistan Tercümesi</t>
+          <t>Batılı Ülkelerin Dış Politikalarında Türk Ve İslam Karşıtlığının Yansımaları</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257729598</t>
+          <t>9786258065480</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Turizm - Turist Tercihleri ve Memnuniyet -</t>
+          <t>Tarihsel Süreçte Futbol ve Siyaset Maçlar, Rekabetler, Takımlar</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257729659</t>
+          <t>9786256796188</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Barter Sisteminin İşleyişi Uygulama ve Muhasebesi</t>
+          <t>Zeytinin Tarihi ve Coğrafi Yolculuğu</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257729635</t>
+          <t>9786258121599</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Çağdaş Liderlik Yaklaşımları</t>
+          <t>Zayıflamanın Şifreleri</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257729673</t>
+          <t>9786256713031</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakültelerinde Eğitim Gören Uluslararası Öğrencilerin Memnuniyet Düzeyleri</t>
+          <t>Yüzme Branşında Temel Öğretim ve Pedagojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257450515</t>
+          <t>9786256995109</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaynak Planlama Uygulamalarında Kritik Başarı Faktörleri Uygulaması</t>
+          <t>Yönetimde Dijital Dönüşüm ve E-Ticaret (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257729680</t>
+          <t>9786258065046</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Spor &amp; Bilim - 2020</t>
+          <t>Yönetim ve İktisat Alanında Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>415</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257729765</t>
+          <t>9786258496949</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sporda Bilimsel Metinler</t>
+          <t>İş Sağlığı ve Güvenliği Eğitimi ve Tehlike Algıları</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>365</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257729291</t>
+          <t>9786256995338</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Fırıldakları</t>
+          <t>Yönetim Ekseninde Örgütsel Yaklaşımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>145</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257729352</t>
+          <t>9786257450317</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algıda Grafik, Tasarım, Sinema</t>
+          <t>Yönetim Bilişim Sistemleri Teorileri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257729413</t>
+          <t>9786256995970</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Futbol Antrenörlerinin ve Takım Kaptanlarının Empatik, Eleştirel Düşünme Yetenekleri İle Takım Liderliğinin Çeşitli Değişkenlere Göre İncelenmesi</t>
+          <t>Yetenek Seçiminde Bütünsel Yaklaşım: Futbol Örneğiİlişkiler Karmaşası</t>
         </is>
       </c>
       <c r="C1027" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786253923136</t>
+          <t>9786256954533</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye İle İlişkileri</t>
+          <t>Yeşil Ebelik Uygulamaları (GreenMidwifery Practices)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052308325</t>
+          <t>9786258217520</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Küresel Ve Bölgesel Aktörler Bağlamında Türk Dış Politikası</t>
+          <t>Yerel Seçimlerde Seçmen Davranışları: Kars İli Örneği</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052308448</t>
+          <t>9786258065275</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>1923’den 2018’e Türkiye'de Hükümet Sistemi</t>
+          <t>Yerel Ekonomik Kalkınma ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257957892</t>
+          <t>9786258324334</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Teşvik ve Siyaset</t>
+          <t>Yenilikçi Okullarda Öğrenme ve Öğretim</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>165</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052308141</t>
+          <t>9786258121544</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Ve Görsel Propaganda</t>
+          <t>Yeni ve Geleneksel Para Politikası 1. Cilt: Temel, Tasarım ve Teori</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>500</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786058348776</t>
+          <t>9786258121384</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Selim Sırrı Tarcan Ve “İbtidai Muallimlerine Öğütlerim” Adlı Eseri</t>
+          <t>Yeni̇ Nesi̇l Müzelerde İş Sağlığı ve İş Güvenliği</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257119108</t>
+          <t>9786256600348</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda, Sporda ve Liderlikte Duygusal Zeka</t>
+          <t>Yeni Çağda Medya ve İletişim</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257119030</t>
+          <t>9786258121278</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kişilik: Tanımı, Kişilik Bozuklukları ve Yapılan Çalışmalar</t>
+          <t>Yatay ve Dikey Çoksesli Koro Eserlerine Dayalı Uygulamaların Öğrencilerin Müziksel İşitme, Okuma ve Yazma Başarılarına Etkisi</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786257119023</t>
+          <t>9786258065206</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Düşünme Stillerinin Kullanılması</t>
+          <t>Yaşlanan Toplumlarda Güncel Yaşlılık Konuları</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052308578</t>
+          <t>9786057138293</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>İroni ve Roman</t>
+          <t>Yaş Grupları Yüzücülerinde 12 Hafta Uygulanan Yüzme Antrenmanlarının Ekokardiyografik Parametreler Üzerine Olan Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052308530</t>
+          <t>9786256995079</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Üzerine Yazılar</t>
+          <t>Yalın Üretimde Endüstri 4.0 Uygulaması: Otomotiv Yan Sanayi Örneği</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257119009</t>
+          <t>9786258065442</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'dan Doğu Akdeniz'e Büyük Güçlerin Egemenlik, Enerji ve Hukuk Mücadelesi</t>
+          <t>Yakınsama Kavramı Bağlamında Artırılmış Gerçeklik Uygulamaları ve Kullanıcı Deneyimi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257957885</t>
+          <t>9786258121582</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziğinde Enstrümantal (Sözsüz) Türler</t>
+          <t>Yağlıboya, Picasso ve Gertrude Stein (Ciltli)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257957809</t>
+          <t>9786256713741</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Mekan Üzerinden Politik Kimlik İnşası</t>
+          <t>Yabancı Dil Öğretiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257957823</t>
+          <t>9786256796898</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Yaklaşımlar</t>
+          <t>Web Tabanlı Etkinliklerle Konuşma Eğitimi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257957847</t>
+          <t>9786257450188</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Düzyazıya Etkisi</t>
+          <t>Velazquez'in Sanatında Sembolik ve Didaktik Anlamlar</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257957632</t>
+          <t>9786258065404</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönteminde Güncel Konular</t>
+          <t>Vektörel Analiz (Mathcad Uygulamalı)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>415</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786050649970</t>
+          <t>9786258496963</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kayıp Halkası: Üçüncü Dünya</t>
+          <t>Judocularda Farklı Isınma Protokollerinin, 30 M. Sürat, Esneklik, Dikey Sıçrama, Kuvvet, Denge ve Anaerobik Güç Performansları Üzerine Akut Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050653595</t>
+          <t>9786258496123</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Güncel İletişim Çalışmaları</t>
+          <t>Sosyal Hizmet Kurum ve Kuruluşları Merkezi Kamu Kurumları - Uluslararası Kuruluşlar</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257119214</t>
+          <t>9786257450898</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısı İle Kadın Erkek Eşitliği</t>
+          <t>Üretim ile İşletme Alanlarında Teknolojik Yenilikler ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257957212</t>
+          <t>9786257450980</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Ekoloji ve Ekolojik Model Parametreleri</t>
+          <t>Türk Müziğine Yönelik Çeşitli Tespitler III</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>365</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050658613</t>
+          <t>9786257450751</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Liderlik, Öznel İyi Oluş ve İşe Yabancılaşma</t>
+          <t>Dijital Gelecek Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050658606</t>
+          <t>9786256452657</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Yaklaşımları</t>
+          <t>Aile Mahkemelerinde Sosyal İnceleme</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257119184</t>
+          <t>9786256452893</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Obezite'ye Çok Yönlü Bakış</t>
+          <t>Ahmet İhsan Tokgöz ve Musavver Servet-i Fünûn Tarihçesi</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257119160</t>
+          <t>9786256504097</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Radyo Astronomi Tarihi - Uzaydan Yayılan Sinyallerin Keşif Serüveni</t>
+          <t>Afetlerde Eğitim ve Yönetimi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257119115</t>
+          <t>9786253920029</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Çocuk Oyunları</t>
+          <t>Afetler ve Sanat</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257119207</t>
+          <t>9786256600683</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Multidisipliner Araştırmalar</t>
+          <t>Aerobik ve Anaerobik Egzersiz Modellerinde Koenzim Q10 Takviyesinin Serum, Kalp ve İskelet Kasında Tümstatin Salınımı Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050653533</t>
+          <t>9786256713918</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocukların Yaşam Kalitesinde Hippoterapinin Etkisi</t>
+          <t>Adölesanlarda 3 Kavram: Açık ve Kapalı Beceri, Fiziksel Aktivite Düzeyi ve Karar Verme Süreçleri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052308486</t>
+          <t>9786256796690</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Fen Eğitimi</t>
+          <t>Ad Bilim Araştırmaları</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257957618</t>
+          <t>9786258418231</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Endüstri Devrimi Sonrası Mobilya Tasarımına Bakış</t>
+          <t>Açık Kaynak Kodlu Yazılım Kullanımına Karşı Yönetici Direnci</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052308936</t>
+          <t>9786057140692</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Sorularla Desteklenmiş Edebiyat AYT Soru Bankası</t>
+          <t>Abdullah b. Fethullah el-Bağdadi Doğuda İslam Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257729949</t>
+          <t>9786256504868</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Manzum Fıkıh Eserleri ve Ceceli Müftü İbrahim Efendi’nin Şafi Adlı Eseri (İnceleme-Metin)</t>
+          <t>Abdallar İçin Öz İstatistik</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786258217117</t>
+          <t>9786258065909</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Kavram Haritaları ve Mikro Öğretim Uygulamaları (Ciltli)</t>
+          <t>A’dan Z’ye Yeni Medya Çalışmaları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>415</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257450614</t>
+          <t>9786256995253</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Alanlarda Akademik Çalışmalar 1</t>
+          <t>5-12 Yaş Çocuklar İçin Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257450713</t>
+          <t>9786256713932</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Genetik Mühendisliği</t>
+          <t>360 Derece Afet Lojistiği</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257450591</t>
+          <t>9786256504936</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Terminalin Sesi</t>
+          <t>21. Yüzyılda Küresel ve Bölgesel Aktörlerin Güvenlik Stratejileri ABD, AB, Almanya, Çin, Fransa, İngiltere, Rusya, Türkiye, NATO</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257450874</t>
+          <t>9786256796799</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Personelinin Zor Hasta Algısı ve Baş Etme Yöntemleri</t>
+          <t>21. Yüzyılda Çalışma İlişkileri</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257450331</t>
+          <t>9786256796874</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Eğitimde Online Akran Değerlendirme Uygulaması</t>
+          <t>14-16 Yaşları Arasındaki Erkek Basketbolcu, Futbolcu ve Sedanterlerin Bazı Fiziksel, Fizyolojik ve Antropometrik Özelliklerinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052308899</t>
+          <t>9786256713208</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Valentin Moşkov Besarabya Gagauzlarının Ağızları</t>
+          <t>100. Yılında Türkiye’de Hükümet Sistemi (1923-2023)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052308189</t>
+          <t>9786258496413</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alaşımları İçin Faz Diyagramları</t>
+          <t>Eğitimin Kavramsal Temelleri 3 Strateji ve Yöntemler</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257957939</t>
+          <t>9786258496208</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>5G ve Yeni Nesil Haberleşme Teknolojileri</t>
+          <t>Sağlık &amp; Bilim: Hemşirelik-2</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>186</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257119047</t>
+          <t>9786258065855</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Sanat</t>
+          <t>Eğitim &amp; Bilim 2021-III</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052308929</t>
+          <t>9786257450652</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sanat - Kültür Yönetimi ve İşletmeciliği</t>
+          <t>İktisat Alanında Seçilmiş Konular</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257119139</t>
+          <t>9786258496840</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Sporun Kavramsal Temelleri - 1</t>
+          <t>38 Bin Feette</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786050658699</t>
+          <t>9786258496161</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Toksik Maddeler İçimizde</t>
+          <t>Apronun Tozu</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050649932</t>
+          <t>9786258065107</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Bilgi Yönetimi</t>
+          <t>Assessing Physical Fitness Levels Of Recreational Bodybuilders By American College Of Sports And Medicine’s Health-Related Announcements</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052308905</t>
+          <t>9786257450409</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Alternatif Eğitim Modelleri</t>
+          <t>Göç ve Göçmen Sorunsalı - Üniversite Öğrencilerinde Düzensiz Göç Algısı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052308608</t>
+          <t>9786257450355</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Denetimde Güncel Konular</t>
+          <t>Tarih-i Kal‘a-i İstanbul ve Ma‘bed-i Ayasofya</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052308592</t>
+          <t>9786258496253</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Eğitiminde Portfolyo</t>
+          <t>Eğitim &amp; Bilim 2021-II</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052308509</t>
+          <t>9786257450638</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Motosiklet Güvenli Sürüş Sistemi</t>
+          <t>İktisat Alanında Seçilmiş Konular-2</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052308554</t>
+          <t>9786256796553</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Laboratuvarı Çalışma Soruları 1</t>
+          <t>“Sonik Örgütleme” 21. Yüzyıl Ses Sanatı Ontolojisi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257957953</t>
+          <t>9786258496680</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi - İnsan Hakları İkilemi</t>
+          <t>Beden Eğitimi ve Sporda Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257957984</t>
+          <t>9786258496055</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Futbol</t>
+          <t>Sporda Duygusal Zeka, Kişilik ve Fizyolojik Stres Yanıtları</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052308707</t>
+          <t>9786258496147</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Türkiye'de Din ve Siyaset</t>
+          <t>Nefretin Kavgalı Neferleri: Sanal Taraftar Topluluklarında Nefret ve Aşk Eksenli Savaşların Marka Yansımaları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052308660</t>
+          <t>9786258065145</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+          <t>Futbol Hakemlerinde Karar Verme Stilleri İle Kişilik Özellikleri Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052308639</t>
+          <t>9786257450904</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Saha Çalışmaları ve Uygulamalar Çerçevesinde Bir Sosyal Politika Sorunu Olarak İç Göçler</t>
+          <t>Türkiye'de Coğrafi Bilgi Sistemleri ve Uygulaması</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257957908</t>
+          <t>9786257601733</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Egzersizin Mental Hastalıklar Üzerindeki Etkileri</t>
+          <t>Yeni Medya Üzerine İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257957854</t>
+          <t>9786257601313</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Mühendisliğinde Teknik Resim Esaslarından Projelendirme Prensiplerinin Saptanması ve Proje Çizim Tekniği</t>
+          <t>Muhasebe ve Finans Alanında Bilimsel Çalışmalar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257957878</t>
+          <t>9786257450201</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Prefabrike Betonarme İnşaat ve Hesap Esasları</t>
+          <t>Hasta Güvenliği Kültürü ve Oluşum Aşamaları</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257957250</t>
+          <t>9786257450164</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Bibliyografyası</t>
+          <t>Yaklaşma Kaçınma Motivasyonunun Motor Davranışa Etkisi ve Kişilik</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257957045</t>
+          <t>9786257450386</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Tip 1 Diyabet ve Fiziksel Aktivite</t>
+          <t>Benign Vokal Kord Lezyonları Temel Prensipler ve Endolarengeal Mikrocerrahi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257957182</t>
+          <t>9786257601290</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi ve Sağlık Sektörü</t>
+          <t>Raif Cilasun ve Roman Dünyası</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052308776</t>
+          <t>9786257601481</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktidar-Muhalefet İlişkileri (1954 - 1960)</t>
+          <t>Bankacılıkta Finansal Yönetim</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052308738</t>
+          <t>9786257450362</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Küresel ve Bölgesel Aktörlerin Filistin Politikaları</t>
+          <t>Davranışsal Finans Teorisi ve Kripto Paralar</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052308721</t>
+          <t>9786257601719</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Sivil Erdemin Peşinde Bir Üçleme - Uyum - Ahlak - Seslilik</t>
+          <t>Selçukluların Sürgün Evlatları Yabgulular</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052308752</t>
+          <t>9786257450225</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kent, Afet ve Siyaset - Felaket Kapitalizmi, Kapasite Yoksunluğu ve Kent</t>
+          <t>Berke Han Dönemi Altın Orda Devleti Tarihi (1256-1266)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052308615</t>
+          <t>9786257450942</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Efendisi Süper Gıda Buğday Çimi</t>
+          <t>Sosyal Hizmet Uzmanlarının Sahada Karşılaştıkları İletişim Engelleri</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052308523</t>
+          <t>9786258496215</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Temel Moleküler Biyoloji ve Yöntemleri</t>
+          <t>Türk Runik Harfli Metinlerin Çekim Morfolojisi</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052308493</t>
+          <t>9786258496017</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 - Eğitim 4.0 - Liderlik 4.0 - Toplum 5.0</t>
+          <t>II. Dünya Savaşı Sürecinin Postmodern Müziğe Etkileri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052308561</t>
+          <t>9786257450850</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Krizi Yeni Güç Dengeleri</t>
+          <t>Farklı Hipoksik Koşulların Kassal Kuvvet ve Kassal Dayanıklılık Performansı Üzerine Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052308479</t>
+          <t>9786257450782</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Öğrenme Yaklaşımları</t>
+          <t>Dijital Dönüşüm ve İşletmecilik</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786056506802</t>
+          <t>9786256939578</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Kavşağında Bir Durak: Çeviri</t>
+          <t>Matematik Eğitiminde Matematiksel Modelleme ve Ortaokul Öğrencileri İçin Çözümlü Problemler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052308202</t>
+          <t>9786258496758</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yöneticiliği'ne Giriş</t>
+          <t>13-15 Yaş Obez Erkek Çocuklarda 12 Haftalık Fiziksel Aktivite Sonrası Beden İmajı Algısı ve Psikolojik İyi Oluş Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052308127</t>
+          <t>9786257601450</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kamuoyunun Siyaset Üzerindeki Etkisi: Bilecik Örneği</t>
+          <t>Bizans Mimarisi Bibliyografyası</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052308103</t>
+          <t>9786258217704</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Batı'da Öteki'nin Kültürel ve İdeolojik Dönüşümü - Türkofobi &amp; İslamofobi</t>
+          <t>Eğitimde Alternatif Öğrenme Araçları</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786056212093</t>
+          <t>9786052308172</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Çünkü Öyle İstendi! - Siyasal Paradigmalar ve Kültürel Emperyalizm</t>
+          <t>Ders Kitaplarında Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786058348790</t>
+          <t>9786257601474</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi İlkokullarda Değer Eğitimi</t>
+          <t>Pazar Yazıları Şundan Bundan</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786056212055</t>
+          <t>9786258065008</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ümmi İsa'nın Mihr ü Vefa Mesnevisi</t>
+          <t>Kurumsal Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786056506888</t>
+          <t>9786258065022</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Dalkavukluğun Retorik Anlatısı: Sanat ve Kültür</t>
+          <t>Ramiz Paşazade Mehmed İzzet Bey Harita-I Kapudanan-I Derya</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
+          <t>9786257601351</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Mitokondri Sağlıklı Yaşam</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786258418224</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal Bağımlılıklar Kuram ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786257601023</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Bitlis Tarihi (Yeniçağdan Modern Döneme) Cilt 2</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786257601016</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Bitlis Tarihi (Eskiçağdan Yeniçağa) Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786257664738</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ticaret Hukuku ve İlgili Hükümler</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786257664721</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve Spor Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786257664714</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Anılarımdaki Burdur Ve GATA</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786257601368</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Felsefesi, Teknikleri ve Uygulama Örnekleriyle Çözüm Odaklı Kısa Terapi</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9786257601825</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ve Bilim: Hemşirelik</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9786257664660</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Temel Braille Müzik İşaret Sistemi</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9786257601511</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Kültürde İletişim, Sanat ve Temsil</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9786257664646</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Finansal Raporlama Standardı (Ufrs) 4’ten Ufrs 17’ye Sigorta Sözleşmeleri Standardı Kapsamında Sigorta Muhasebesi Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9786257664561</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>İSG Kaynak Kitabı</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9786257601542</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Süratte Devamlılık Antrenmanlarının Performansa ve Toparlanmaya Etkisi</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9786257664554</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Banka Finansal Analizi ve Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9786257664547</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi ve Egzersiz</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9786257664530</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Mekteb-i Sultaniden Yüzelliliklerin Eşiğine Midillili Mehmed Zîver Bey (Hayatı-Edebi Şahsiyeti-Yazıları)</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9786257664578</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>İş Birlikçi Endüstriyel Robotlarda İş Güvenliği Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9786257664592</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Örneklerle İş Kazalarının İşverene Maliyeti</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786257664462</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Denge Antrenmanlarının Temel Teknik Becerilere Etkisi</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9786257601597</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Ortamı Koşulları ve Ergonomi</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786257601627</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik ve Yenilikçilikte Güncel Yaklaşımlar - 2</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786257601894</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Ve Takım Sporlarına Bakış</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9786257601382</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Barış Harekatı Anıları</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9786257450034</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Muhafazakâr Sağ İktidarların Dış Politika Vizyonu</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9786257450140</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Anaerobik Güç Testlerinin Farklı Spor Branşlarında Karşılaştırmalı Analizi</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9786257601986</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Tiamin Mucizesi</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786257601665</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Reklama ‘Yeni’den Bakmak</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786257450010</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Üstadlar Harmanında Bağlamanın İcrâ Serüveni</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9786257601887</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Antrenman Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9786257601849</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Negatif Yönlü Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9786257601689</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Eğitiminde Temel Kavramlara Çoklu Bakış</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9786257601962</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Hashimoto</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9786257601405</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Uygulamaya İlkokul Eğitiminde Yenilikçi Öğrenme ve Öğretim</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9786257601276</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Aile Spor Yaşam Koçluğu ve Etkileri</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9786257664295</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Öğrencilerinin Yaşam Tatminine Ulaşmaları Yolunda, Rekreasyonel Farkındalık ve Sosyal Medya Bağımlılığının Olası Etkileri</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786257729499</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>ITAB: Kaynakta Isının Tesiri Altında Kalan Bölge</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786257450089</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sporcularda Yaralanma Kaygısı ve Başa Çıkma Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786056017384</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Tanıdan Tedaviye Uyku Tıbbı</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786257601498</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Sanatlararasılıkta Moda ve Müzik</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9786257601801</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ve Bilim: Güncel Tıp 1</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9786257601795</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Ve Bilim: Güncel Tıp 2</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9786257601535</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Makro İktisat Teoriler-Politikalar-Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786256452985</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı Ve Güvenliği Sınavlarına Hazırlık Kitabı</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786257601832</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Bilim 2021</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786257601726</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Mikro İktisat Çalışmaları Kavram-Teoriler-Piyasalar</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786257729086</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Ötekileşen ve Ötekileştirilen Göçmenler</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786257729208</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Mukavemet</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786056017346</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Strateji Araştırmalarının Kuramsal Temelleri</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786056017308</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kültürlü Çalışma Ortamında Kültürel Zeka ve Duygusal Emek</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786257664370</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Bir Temsile Uzanış “Erzurum Giysi Donatıları”</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786257729222</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Futbolun Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786257601337</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Yaklaşımlarla Kadın Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786257601573</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Fonksiyonel Kuvvet ve Kondisyon Antrenmanları</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786257729079</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Şehrizade Mehmed Said Efendi Tuhfe-ı Mustafaviyye Fi Beyan-ı Kapudanan-ı Devlet-ı Aliyye</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786257450126</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Ege Bölgesi Halk Müziği Kültürü ve Türküleri</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786257601863</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9786254445347</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Yol Arkadaşlığından Yol Ayrımına</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786257729093</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Fonksiyonel Antrenman</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786257664400</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Dökümhane Maça Üretimi Çalışmalarında İş Sağlığı ve Güvenliği</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786254445316</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Mekanik Prensipleriyle Kayak (Alp Disiplini)</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786256939219</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Halid ve Divanı</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786256954458</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Kupa Uygulamalarının Yüzme Performansına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786256954144</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Zeka ve Fanatizm</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786256995703</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka İle Gelişen Tasarım</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9786256954205</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Rekreatif Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786256954700</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Sayılar Teorisi Problemler</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786256954465</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'da İlk ve Orta Öğretimde Modernleşme: Manisa Kazası Örneği (1869-1909)</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786256954540</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Yenileşme Dönemi Türkiye ve Azerbaycan Roman ve Hikâyelerinde Eğitim</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786256995031</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Sport for All Bireysel Spor Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786256939271</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Eğitim ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786256954823</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Olimpik Branşlar: Yaz ve Kış Oyunları</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786256995819</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Propagandanın Aktörleri</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786256995727</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Spor Yüksekokulu’nda Eğitim Gören Sporcularda Reaksiyon Zamanı, Vücut Yağ Yüzdesi, Denge, Dikey Sıçrama ve Çeviklik Parametreleri Arasındaki İlişkinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786256954007</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Ulaştırma Lojistiği</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786256954052</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Koruma ve Geçici Koruma Altındakiler</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786256995918</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Modern Malezya Devlet Geleneği ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786256995291</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Üzümün Tarihi ve Coğrafi Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786256995093</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Yapısal Özellikleri, Öğretim-Öğrenim Süreci, İcra Kulvarları ve Mesleki Kaygıları ile Bağlama</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786258217971</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Kavramsal Çerçevede İşsizlik ve Enflasyon</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786258217674</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Perspektifinden Helal Ürün</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786258217902</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır Yöresi Söz Varlığı</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9786256939387</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Âşık Garip ile Şah Senem</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786256954267</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivitenin Yaşam Memnuniyeti, Depresyon, Stres ve Kaygı Düzeyine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786256954304</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Yenilikçiliğin X, ,Y, Z Kuşağı Spor Tüketicilerinin Ekolojik Ayak İzi Farkındalıkları ve Yeşil Satın Alma Davranışları Üzerin</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786256954366</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Yaklaşımlar Işığında Beden Eğitimi ve Spor-II</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786256954106</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Yaklaşımlar Işığında Beden Eğitimi ve Spor</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786256995000</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Nüklear Membran Reseptör Proteinleri</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9786256954434</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Kış Sporları ve Turizm Merkezi Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786256939233</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kültürlü Ortamlarda Sosyal Bütünleşmeyi Sağlamada Din Eğitiminin Rolü</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786256995246</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Bulgar Milli Kilisesi</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9786256995055</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Sivil İtaatsizlik</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786257664264</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Magnezyumun İyileştirici Gücü</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786257729611</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Kavramdan Biçime Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9786257729789</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Müzelerde Yüz Yapılandırma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9786257664233</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Çağında Müzecilik Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786257729482</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Tiroid Hastalıklarına Fonksiyonel Bakış</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786257729543</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Düşük Şeker &amp; Düşük Tansiyon Sendromu (Hipoglisemi Hipotansiyon Sendromu)</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9786257664097</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Lisanla Varoluşa Dair</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786256954410</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerin Uluslararası Ticarette Karşılaştıkları Lojistik Sorunlar: Gıda Sektöründe Faaliyet Gösteren İşletmelere Yönelik Nitel Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9786256954694</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>7-10 Yaş Grubu Çocuklarda Yapılandırılmış Rekreatif Etkinlikler: Uzun Vadeli Sporcu Gelişim Modeli</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786256995857</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>İstiftah Ahmed Hadi Maksudi﴾el-İstiftâhu fi’l-Kavâ‘idi’s-Sarfiyyeti’l-‘Arabiyye﴿</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786256939424</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Gemi İnsanlarında Kuramdan Uygulamaya, Duygusal Emek, İş-Aile Çatışması ve İş Performansı Arasındaki İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9786256939516</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Pandemide Yolcu Ve Paydaş Algısı Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786256939295</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Suriyeli Öğrencilerin Yaşam Doyumlarında ve Okula Bağlanmalarında Ders Dışı Sportif Etkinliklerin Rolü: Deneysel Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786256954496</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Başarı</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786257729567</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Sanatı Yönetmek</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9786257729215</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Bilim ve Üniversite</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786257664134</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yetenekli ve Zekalı Çocuklar İçin Eleştirel Okuma</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786256954120</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Başat Güç Serüveninde: Çin</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786256995772</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyattan Sinemaya Kurgusal Dönüşümler</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786258217001</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Sporun Kavramsal Temelleri-6: Bireysel Sporlar</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9786256954076</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Yenilenebilir Enerji: İktisat, Finans, Mühendislik ve Pazarlama Perspektifinden Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786256954083</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Disiplinler Arası Çalışmalar-I</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786256939318</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Öğrencilerinin Beden Eğitimi ve Spor Dersine İlişkin Değerlerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786256954182</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Spor-Eğitim-Sağlık 2022</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786256954168</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>XXI. Yüzyıl Çağdaş Fotoğrafta Yaratım Sürecine Bakış</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786256954625</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Meslek Etiği</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786256995406</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi: Lojistik Maliyetleme ve Lojistik Merkez Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786256995932</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dönemi Kütahya Vakıf Ve Zaviyeleri</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786256995567</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Sportif Yönleriyle Türk Halk Oyunları</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786256995796</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Alternatif Eğitim Modelleri ve Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786256995444</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik Hayvanlarının Beslenmesi</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786258217582</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyon Ve Yaşam Becerisi</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786258324945</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Turizm İletişiminde Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786258324884</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medyada İklim Değişikliği Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786256954342</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Tartışmalarla Yaşlılık</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786256954564</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Türk-İslam Eğitim Tarihi Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9786256939486</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Gençler ve Müzecilikte Pazarlama İletişimi</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786256939400</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Alanında Kriz Yönetimi ve Liderlik: Türkiye Özelinde Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786256939455</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlarda Egzersizin Etkileri: Lipit Metabolizması, Eser Elementler, Hormon</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786256939431</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Projelerinin Öğretmen Odaklı Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786256995352</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Kalkınma ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786254445323</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele Döneminde Burdur ve Anılar</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786257729703</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Turizmi Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786257957694</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Müze ve Sanat</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786257729956</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Enis Batur Şiiri - Tematik Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786257729321</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Burdur İl Sağlık Müdürlerinden Dr. Mehmet Abdullah Çiftçibaşı ve Burdur’un Sağlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786052308110</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Sanat</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786257664073</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Vergileme İlkelerinin Anatomisi: Tarihsel Kökenler Ve Ülke Anayasaları Üzerine Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786257729918</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe Düzensizlikleri ve Vergi Kapsamında Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786257664110</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Ülkelerinin Kamu Diplomasisi Faaliyetleri İsrail-Filistin-İran- Türkiye-Mısır-Suudi Arabistan-BAE-Katar Örneği</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786257729628</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Orta Çağ'da Diplomasi</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786257729772</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Hızırzade Mehmet Fevzi Efendi Baharistan Tercümesi</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786257729598</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Kırsal Turizm - Turist Tercihleri ve Memnuniyet -</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786257729659</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Barter Sisteminin İşleyişi Uygulama ve Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786257729635</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Çağdaş Liderlik Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786257729673</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Fakültelerinde Eğitim Gören Uluslararası Öğrencilerin Memnuniyet Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786257450515</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Kaynak Planlama Uygulamalarında Kritik Başarı Faktörleri Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786257729680</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Spor &amp; Bilim - 2020</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786257729765</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Bilimsel Metinler</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786257729291</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Fırıldakları</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786257729352</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Algıda Grafik, Tasarım, Sinema</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786257729413</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Antrenörlerinin ve Takım Kaptanlarının Empatik, Eleştirel Düşünme Yetenekleri İle Takım Liderliğinin Çeşitli Değişkenlere Göre İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9786253923136</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye İle İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786052308325</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Küresel Ve Bölgesel Aktörler Bağlamında Türk Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786052308448</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>1923’den 2018’e Türkiye'de Hükümet Sistemi</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786257957892</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Yatırım Teşvik ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786052308141</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Sultan II. Abdülhamid Ve Görsel Propaganda</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786058348776</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Selim Sırrı Tarcan Ve “İbtidai Muallimlerine Öğütlerim” Adlı Eseri</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786257119108</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamda, Sporda ve Liderlikte Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786257119030</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik: Tanımı, Kişilik Bozuklukları ve Yapılan Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786257119023</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimde Düşünme Stillerinin Kullanılması</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786052308578</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>İroni ve Roman</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9786052308530</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Milli Eğitim Üzerine Yazılar</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9786257119009</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu'dan Doğu Akdeniz'e Büyük Güçlerin Egemenlik, Enerji ve Hukuk Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9786257957885</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Müziğinde Enstrümantal (Sözsüz) Türler</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9786257957809</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Mekan Üzerinden Politik Kimlik İnşası</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9786257957823</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9786257957847</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Müzik ve Düzyazıya Etkisi</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9786257957632</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönteminde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9786050649970</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kayıp Halkası: Üçüncü Dünya</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9786050653595</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9786257119214</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bakış Açısı İle Kadın Erkek Eşitliği</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9786257957212</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Tarımsal Ekoloji ve Ekolojik Model Parametreleri</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9786050658613</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde Liderlik, Öznel İyi Oluş ve İşe Yabancılaşma</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9786050658606</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Dijital İletişim Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9786257119184</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Obezite'ye Çok Yönlü Bakış</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9786257119160</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Radyo Astronomi Tarihi - Uzaydan Yayılan Sinyallerin Keşif Serüveni</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9786257119115</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Müzikli Çocuk Oyunları</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9786257119207</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Spor Bilimlerinde Multidisipliner Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9786050653533</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Otizmli Çocukların Yaşam Kalitesinde Hippoterapinin Etkisi</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9786052308486</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Fen Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9786257957618</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri Devrimi Sonrası Mobilya Tasarımına Bakış</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9786052308936</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Nesil Sorularla Desteklenmiş Edebiyat AYT Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9786257729949</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Edebiyatında Manzum Fıkıh Eserleri ve Ceceli Müftü İbrahim Efendi’nin Şafi Adlı Eseri (İnceleme-Metin)</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9786258217117</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Sporda Kavram Haritaları ve Mikro Öğretim Uygulamaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9786257450614</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Alanlarda Akademik Çalışmalar 1</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9786257450713</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Genetik Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9786257450591</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Terminalin Sesi</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9786257450874</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Personelinin Zor Hasta Algısı ve Baş Etme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9786257450331</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitimde Online Akran Değerlendirme Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9786052308899</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Valentin Moşkov Besarabya Gagauzlarının Ağızları</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9786052308189</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Alaşımları İçin Faz Diyagramları</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9786257957939</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>5G ve Yeni Nesil Haberleşme Teknolojileri</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9786257119047</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Reklam ve Sanat</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9786052308929</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Sanat - Kültür Yönetimi ve İşletmeciliği</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9786257119139</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Sporun Kavramsal Temelleri - 1</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9786050658699</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Toksik Maddeler İçimizde</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9786050649932</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Bilgi Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9786052308905</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitim Alternatif Eğitim Modelleri</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9786052308608</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe ve Denetimde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9786052308592</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Eğitiminde Portfolyo</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9786052308509</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Motosiklet Güvenli Sürüş Sistemi</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9786052308554</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Organik Kimya Laboratuvarı Çalışma Soruları 1</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9786257957953</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi - İnsan Hakları İkilemi</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9786257957984</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Yönleriyle Futbol</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9786052308707</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Süreçte Türkiye'de Din ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786052308660</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Okula Uyum ve Erken Okuryazarlık Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786052308639</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Saha Çalışmaları ve Uygulamalar Çerçevesinde Bir Sosyal Politika Sorunu Olarak İç Göçler</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786257957908</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivite ve Egzersizin Mental Hastalıklar Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786257957854</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>İnşaat Mühendisliğinde Teknik Resim Esaslarından Projelendirme Prensiplerinin Saptanması ve Proje Çizim Tekniği</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786257957878</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Prefabrike Betonarme İnşaat ve Hesap Esasları</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786257957250</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Harezm Türkçesi Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786257957045</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Tip 1 Diyabet ve Fiziksel Aktivite</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786257957182</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Toplam Kalite Yönetimi ve Sağlık Sektörü</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786052308776</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İktidar-Muhalefet İlişkileri (1954 - 1960)</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786052308738</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Küresel ve Bölgesel Aktörlerin Filistin Politikaları</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786052308721</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Erdemin Peşinde Bir Üçleme - Uyum - Ahlak - Seslilik</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786052308752</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Kent, Afet ve Siyaset - Felaket Kapitalizmi, Kapasite Yoksunluğu ve Kent</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786052308615</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Bitkilerin Efendisi Süper Gıda Buğday Çimi</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786052308523</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Temel Moleküler Biyoloji ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786052308493</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri 4.0 - Eğitim 4.0 - Liderlik 4.0 - Toplum 5.0</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786052308561</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmenin Krizi Yeni Güç Dengeleri</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786052308479</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocuklukta Öğrenme Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786056506802</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinler Kavşağında Bir Durak: Çeviri</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786052308202</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Yöneticiliği'ne Giriş</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786052308127</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Kamuoyunun Siyaset Üzerindeki Etkisi: Bilecik Örneği</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786052308103</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Batı'da Öteki'nin Kültürel ve İdeolojik Dönüşümü - Türkofobi &amp; İslamofobi</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786056212093</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Düşünüyorum Çünkü Öyle İstendi! - Siyasal Paradigmalar ve Kültürel Emperyalizm</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786058348790</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dönemi İlkokullarda Değer Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786056212055</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Ümmi İsa'nın Mihr ü Vefa Mesnevisi</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786056506888</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Dalkavukluğun Retorik Anlatısı: Sanat ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
           <t>9786056212048</t>
         </is>
       </c>
-      <c r="B1107" s="1" t="inlineStr">
+      <c r="B1340" s="1" t="inlineStr">
         <is>
           <t>Ölçme Bilgisi 1</t>
         </is>
       </c>
-      <c r="C1107" s="1">
-        <v>420</v>
+      <c r="C1340" s="1">
+        <v>600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>