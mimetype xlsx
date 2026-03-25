--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,55 +85,6400 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786259340845</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Artık Yönetim Bende!</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786259340838</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Tüketimin Bilinçaltı</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259340821</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bankacılık Sistemi</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259638393</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Ömer Faruk Çolak Anısına Türkiye’nin Yeniden İnşası: Alternatif Politikalar</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259638362</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da Suyun Tarihi</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259638317</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ceket Karar Verme Yöntemi</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786259638355</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Belediyecilik Öyküsü (1923-1990)</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786259638348</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786259638331</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Kedili Kadınlar Kadınlı Kediler</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259748481</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Feodalizmin Ekonomik Teorisi</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259638300</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Denemeler</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259748467</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Yatırım Teşviklerini Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259748498</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Asya’da Ekonomik Kalkınma ve Sanayileşmenin Politik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259748474</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinin Dinamikleri: Kalkınma, Çevre ve Eşitsizlik</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259748450</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>İstihdam, Faiz ve Para Genel Teorisi</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259748429</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>80. Yılında IMF ve İstikrar Politikaları</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259748412</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Cumhuriyet’e Türk Bankacılık Tarihi</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786259500690</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Çevre, Ekolojik İktisat, Büyüme ve Sürdürülebilirlik İlişkileri</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786259500669</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Bölgesel Gelir Dağılımı ve Bölgesel Eşitsizlikler</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259500683</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da İktisat</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259500676</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Bedeli Nasıl Ödenir?</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786057296450</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Kalabalık</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259500645</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Portföy Yönetiminde Sabit Getirili Enstrümanlar</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259500638</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka Destekli Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789786259505</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca İstanbul Borsası (Kuşe Kağıt)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259500621</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca İstanbul Borsası (Kitap Kağıdı)</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259500614</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Geleceği: Yeni Endişelerle Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259414591</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Sağlık Reformunun Siyaseti</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259894157</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bir Cumhuriyet Diplomatı Numan Menemencioğlu</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786052294987</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük ve Ekonomi Politik</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259454597</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Çalışma Örgütü Küresel Sosyal Politikanın 100 Yılı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259454580</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Hermeneutik Bakımından Cumhuriyet Döneminde Türk Müziği</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259454566</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 30’lu Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259454559</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Endişe, Artık Yönetim Bende!</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259454528</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Şiirde Flanörlük</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259454535</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Para Üzerine</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786259454511</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlar Tarihlerini Kendileri Yazar</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259454504</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Stratejik Dönüşümler Rusya-Ukrayna ve İsrail Hamas Savaşı, Hint Pasifik Gelişmeleri ve Tayvan Gerginliği</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259414553</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Düzen: İki Dünya Savaşı Arasında Türkiye’nin İktisat Tarihi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259414560</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Sürdürülebilir Yaşam Rehberi</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259414584</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Üzerine</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259894102</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyılın Ekonomisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259414515</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünya ve Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259414577</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Krizleri ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057296412</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar Yok Olunca</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259414546</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Osman Aydoğuş’a Armağan: İklim Değişimi ve Türkiye Ekonomisinde Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259414539</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Anlamak ve Tamamlamak</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786052294741</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’le Üç Ay ve 1930’dan Sonra Türkiye</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057265388</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphaneci</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786057265371</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Gizemi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786057265364</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Cumhuriyet’e Şirketleşme</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786052294963</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Akıntı Adalar</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057265357</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Köleliğin Sırları</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786057265340</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Enerji, Karmaşıklık ve Çöküş</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786057265333</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Mantık</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057265319</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Felsefesi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057265302</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Savunusu veya Tarihçilik Mesleği</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786052294994</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Yeni İş Bölümü ve Uzmanlaşma Türkiye’nin Konumu</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786052294970</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk ve Estetik</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786052294932</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Değer Zincirinin Evrimi</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>8293827182123</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Mekanizmalar: Ticari Finansman Yatırımı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786052294949</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Mekanizmalar: Ticari Finansman Yatırımı</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786052294925</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Şebeke (Network) Endüstrilerinde ve Telekomünikasyon Piyasalarında Rekabet</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786052294918</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>1933 - 1950 Yılları Arasında Türkiye'ye Gelen Alman İktisatçılar - Gerhard Kessler'in Türkiye'de Sosyal Politikaların Gelişimine Katkıları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786052294901</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 40’lı Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786052294871</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yapı ve Ekonomik Kırılganlıkların Uluslararası Rekabet Üzerindeki Etkisi</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786052294888</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Keynes Ve Keynes'in İktisadı</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786052294895</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Sonuna Dair Kehanetler</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052294864</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Hangi İnsan?</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052294826</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Psikolojiyle Başarıyı Keşfet</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786052294857</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ruhumuzda İnat Sonunda Vuslat: Metalaşan Futbol Çağında Trabzonspor Taraftarı Olmak</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052294840</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Galata Bankerleri</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786052294833</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zekayı Yeniden Tasarlamak: Otomasyon Çağında İş, Demokrasi Ve Adalet</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786052294796</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi İnsandan İnsan Yahudi’ye</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786052294819</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Refah Ekonomisi ve Eşitsizlik</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786052294802</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Avrupa Finans Kapitali</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786052294789</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Eşitsizlikle Mücadele: Devletin Rolünü Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786052294772</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Üniversiteler – Bin Yılın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786052294758</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Tarım Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786052294765</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Siyaset</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786052294727</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Anayasal Denetimin Ekonomik Analizi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786052294734</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal Pazarlama</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786052294574</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Yaratıcı Kahramanları</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786052294710</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Saf Maddelerin Faz Diyagramlarında Kritik Konumlar</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786052294635</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de ve Dünyada Kadın Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054160853</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Türk - Fransız İlişkileri</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054160860</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Savaşının Finansmanı</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786052294215</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Oyunları ve Kriz</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786052294208</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Romandan Bakan Düşkün Kadınlar</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054334773</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Zor Zamanlarda İktisat</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054160044</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Zeytinyağı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786054334148</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Zeytin Çekirdeği ve Zeytin</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054160037</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Matematik Kılavuzu 1</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786054579082</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Yöneterek Yönetilerek Yaşamak</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054579051</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Yolda Sudoku</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054579181</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Yeni İş Yeni Fırsatlar</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054579273</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Yap + Ye= Ağız Tadıyla Zayıfla Kitabı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054334858</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Üretim Yönetiminde Yeni Yaklaşımlar ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786054334759</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Üniversiteler Ekonomik Büyümeye Nasıl Katkıda Bulunur</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054579044</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Uykudan Önce Sudoku</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054579372</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Unutmadan</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054334612</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de  E-öğrenme - Gelişmeler ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054334964</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Türev Piyasalarda Teminatlandırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054334728</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Diyarbakır 2. Sempozyumu</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054579877</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kork Benden Kaygı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054579402</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Kuramının Geçmişine Bakış</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>1267.5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054579563</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>İstikrarsız Bir Ekonominin İstikrarı</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054579792</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik, Kuramlar ve Yeni Bakış Açıları</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054579631</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Kompozit Malzeme Mekaniği</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054160457</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Sonu</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054579679</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Çevremizde 40 Yıl</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054579587</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ustasına Sudoku</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786054579570</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Çatlatan Sudoku (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786054579600</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Yazıları 2</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786054579839</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Derviş Zaim Üzerine Notlar</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786054579716</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>İşletmeler İçin Fuar Pazarlaması Rehberi</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786054160280</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Toplumu Ve Üniversiteler</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786054160211</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Beyninde Takıntılar Olursa Ne Yapmalısın?</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786054579310</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Babam Bana Güvenmiyor!</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786054334674</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa İş Hukuku Çerçevesinde Türk İş Hukuku ile Karşılaştırmalı Avusturya İş Hukukunun Temel Esasları - 2011</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786054160327</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye İlişkileri</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786054334513</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Hibeleri İçin Adım Adım Proje Hazırlama</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054334209</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk, Felsefe ve Yaşam</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786054160365</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bal Arısı Biyolojisi ve Yetiştiriciliği</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786054334827</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Asya, Amerika ve Jeopolitiğin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786054334018</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Arkeoloji ve İnşaat Mühendisliği Ortak Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786054334780</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Küreselleşme</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786054579150</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Akademik Mükemmeliyete Giden Yol</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786054334377</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Ağız Patolojisi Ders Kitabı</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786054334933</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>2000’li Yıllarda Türkiye’de İktisat ve Siyaset Rüzgarları</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786054579693</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 70'li Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054579709</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Ustalar İçin Kare Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786054160181</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kuramsal ve Uygulamalı Tıp Etiği</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786054334117</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Koroner Arter Hastalıkları ve Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054334506</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Dinamikleri ve Stresle Baş Etme</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054160785</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplarla ve Filmlerle Aile Eğitimi</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786054160976</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal ve İsmet Paşa</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786054160730</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomizah</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054160753</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Oyun Gelişimi</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054160761</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Oyunlarıyla Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054160723</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Bilmediğimiz Çin</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054160891</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>50 Yıl Öncenin Başkaldıran Dört Şairine Yeni Sorular</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786054160877</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>OKB, Artık Yönetim Bende!</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786054160884</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Thilda'nın Evi</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786054160655</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İktisadı Anlamak</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786052294192</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenirken Öğreten Kelime Bulmaca</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786052294109</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaksız Büyüme</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054160631</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Değer Teorisi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054160532</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Düş ve Gerçek</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786054579815</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hakların Küreselleşmesi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786054160990</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054160983</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Bana Sevgiyle Gel</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054160952</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Makroekonomi</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786054160945</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Freudyen İktisat</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786054160938</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Kemalizm ve Tek Parti Dönemi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054160662</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Süs Bitkileri Üretim Teknikleri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786054160822</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kompleksite ve İktisat</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786052294130</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Yurt Dışı Yatırımları</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786052294116</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Müşteri İlişkileri ve Geleceği</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052294123</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomide Yarışmaların Motivasyona Etkisi</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786052294000</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Düşünme ve Empati</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054160969</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Buraya İlk Kişisel Gelişim</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054160709</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Uç Beyi İdris Küçükömer</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054160686</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Afetlerle Kalkınma</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054160907</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 80’li Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054160808</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bakışla Kutup Çağı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054160693</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Hayalden Holdinge</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054160426</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İpuçlarıyla Tarih YGS Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054579846</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi Din Devlet</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786052294062</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Eşitsizlik: Ne Yapılabilir?</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054160846</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Hergün Sudoku</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054579594</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Bir Alternatif Var</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054579471</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Halleri</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054579396</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Büyüme Teorisinin Gelişimi ve Türkiye'nin Büyüme Sorunları</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054579488</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlığa Yolculuk</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786054579464</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Yönetici Olmak İçin Bilmeniz Gereken 14 Şey</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054579495</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Yönetimi</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054579440</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Genel Kimya Laboratuvarı</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054579457</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Güney</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786054579426</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Arolat'ın Kitaplığı</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054579532</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Ve Siyasal Teori</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054334957</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Sürecinde Uluslararası Para Sisteminin Evrimi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054160525</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Makroekonomik İstikrar</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786054160556</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Liberalizmi Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786054579754</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Havada Kalan Sorular</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054160839</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sudokum</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054160792</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Zeytin ve Zeytinyağı</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054160747</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Aynalı Salon</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054579853</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Ben Mi Güçlüyüm Korku Mu?</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054579860</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Ben Üçüncüymüşüm</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054160815</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu’daki Çatışmalar Bağlamında Göç Sorunu</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786054160679</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sermaye ve Kalkınma</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054160501</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Sürecinde Çalışma Ekonomisi Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786054579884</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Sıkıldım!</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786054579785</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Neoklasik İktisadın Eleştirisi - Post Otistik İktisat</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786054579808</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Sanat İlişkisi</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786054160624</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Budaha</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786054579822</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliği Önlemleri ile Sosyo-Ekonomik Sonuçları</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786054160648</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Kültürel Değişme</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786054160587</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Modül ve Halka Teori Latis Teorik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786054160594</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyıl Biterken</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786054160488</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Finansla Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786054579761</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Bir Duayen ile İktisat ve Finansı Çok Boyutlu Düşünmek</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786054334648</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Boyutlarıyla Türkiye’de Kalkınma</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786054579624</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Teori ve Analizin Tarihi</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786054579655</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Uzantılar</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786054160600</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Birbirimizi Anlamak İçin İletişim</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786054160570</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Senpai Sudoku</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786054160563</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Ying -Yang Sudoku</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786054160617</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Para ve Finansın Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786054160549</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik İktisadı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786054160495</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Doktrinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786054160440</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Sanayileşmenin Gizli Tarihi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786054160471</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Projelerinizin Lideri Olun</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786054160464</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Sadece İktisat Değildir</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786054160433</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Ötekilerin Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786054579778</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Olaylar Yönetimi</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054579662</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Anne Baba Olmak</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786054160518</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Benim Sevgili Kanserlerim</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786054579747</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin 10 Aşamalı Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786054579730</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar  İçin 10  Aşamalı  Sudoku 1</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786054579723</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Askı Bulmaca 1</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786054579686</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Çalışma Örgütü ve Sosyal Adalet Arayışı 1919-2009</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786054579518</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Para Politikası Stratejisi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786054579525</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Darwin Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786054334872</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Sonbahar</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054160020</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Katı Atık Yönetimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786054579242</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Karl Marx’da İktisadi Büyüme</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054579259</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kar Altında Patikalar</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786054334636</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Hastalıkları ve Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786054334452</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786054334643</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Kaliteli Yaşam Sanatı</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786054579143</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Erkek İlişkilerinde ve Çocuk Yetiştirmede Ödül - Ceza</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786054334742</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Erkek İlişkilerinde Sorunlar ve Çözümleri</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786054334483</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Eğitimi ve Uzaktan Eğitimi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786054334681</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>İşgücü Piyasası Kurallarının Savunusu</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786054160013</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>İşbirlikli Öğrenme</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786054160259</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>İstavrit</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786054334216</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>İslam Uygarlığının Buhranı</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786054334230</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>İsim Oldu Sular</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786054160402</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İktisatta Yöntem</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786054334223</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>İktisat ve Toplumsal Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786054334421</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Büyüme ve Bölüşüm Teorileri</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786054160150</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Analiz</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786054160297</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>İdealar ve Dil Bağlamında Locke ile Leibniz</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786054334995</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Investments</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786054160174</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kalbinizi Ellediler mi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786054579037</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Sudoku</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786054334360</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Hani Okulu Sevecektim</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786054334988</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler 2.0</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786054334056</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Güzelim Alaçatı</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786054334162</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Hastasıyla İletişim</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786054579020</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Sosyal Dışlanma</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786054334896</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Girdiğiniz Her Tartışmayı Kazanmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786054334414</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Girdi Çıktı Modellerine Giriş</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786054334025</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Mikrobiyolojisi</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786054334476</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Genel Müzik Kültürü Öğretimi</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054334186</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematiğe Giriş 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786054334179</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematiğe Giriş 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786054160303</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Genel Matematiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786054334285</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Genç Sudoku</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786054160204</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Fiyat Mekanizması ve Makroekonomik Dengesizlikler</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786054334032</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Feodalite ve Klasik Dönem Osmanlı Üretim Tarzı</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786054334155</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Feminist İktisat’ın Bakışı Postmodernist mi?</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786054334797</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Farmasötik Mikrobiyoloji</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786054579136</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Bilim Eğitimi (5 - 7 Yaş Çocukları İçin)</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786054334551</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>El Yazınız Sizi Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786054160006</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Ekstrakorporal Dolaşım</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786054334865</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Haydutları</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786054334940</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Ekonometriye Giriş</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786054334667</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Etkinliklerle Okuma Yazmaya Hazırlık</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786054334971</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Cinsiyet Eşitliği</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786054579068</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Kadına Karşı</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786054160358</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çapında Üniversiteler Kurmanın Zorluğu</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786054160167</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Domuz Gribi</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786054579341</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Batı Sofrası</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786054579075</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Ödev Yaptırma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786054334308</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Doğal İktisat</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786054334834</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Divan</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786054579129</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Dil Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786054579006</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Dış Ticarete Giriş</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786054334384</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Dış Ticaret Kuramlarının Evrimi</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786054160396</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Descartes</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786054160273</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Depremlerle Baş Edebilmek</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786054334490</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Çözüm Bende Saklı!</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786054579303</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklardan Boşanılmaz!</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786054334278</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Sudoku</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786054334926</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Çin Dili Ve Çince Bilgisi</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786054334919</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Mühendisliğinde Temel İşlemler ve Süreçler</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786054160419</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Cennetimden Bakarken</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786054160228</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Cebir</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786054160242</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Buz Pateni</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786054334803</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Dokunuşu</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786054334711</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bilimsel Felsefeci Olarak Yaman Örs’ün Yaklaşımıyla Etik’in Anlamı ve Anlamsızlığı</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786054579365</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Bilinen Doğrular</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786054160341</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yönetimi ve Öğrenen Örgütler</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786052294673</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Modern Para Teorisi’ne Giriş</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786052294451</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinin Rekabetçiliği</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786052294536</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Bir Toplum Yaratmak</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786052294406</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Karl Marx’ın Ekososyalizmi</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786052294475</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 50’li Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786052294697</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Coase ve Kurumsalcılık</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786052294659</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yakınsama</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786052294666</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Modern Para Teorisi ve Politikası</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786052294468</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Halk Yönetimi: Demokrasi ve Popülizm Çatışmasında Dünya</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786052294581</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Enflasyon Hedeflemesi</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786052294437</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Barışın Ekonomik Sonuçları</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786052294284</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Karakterin Yükselişi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052294390</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmi Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786052294383</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Normalin Sonu</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786052294680</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Mali Baskınlığın Finansal Sisteme Etkisi</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786052294413</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Özgüven Tuzağı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786052294567</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Tıkırında</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786052294543</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Erken Cumhuriyet Döneminde - Türk - Sovyet Ekonomik İlişkileri</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786052294550</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Düşünce Tarihi ve İktisatta Yöntem</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786052294604</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Gelişmenin Değişen Dinamikleri: İkinci Yüzyıla Girerken “Cumhuriyet Türkiyesi”nin Manifestosu</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786052294628</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasetinde Bir Survivor Hikayesi: AKP</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786052294611</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm, Tek Başına</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786054334070</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Makro İktisat ve Yeni Makro İktisat</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786054160143</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Makro Ekonomik Göstergelerin Yorumlanması</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786052294598</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde Büyüme, Kalkınma ve Eşitsizlik</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786052294444</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Müzakere Süreci Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786054334841</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ankapark</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786052294420</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Dijital İşgücü Platformları ve İstihdamın Geleceği</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786052294345</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Yenilik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786052294321</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Ekonomi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786052294338</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İktisat, Teknoloji ve Ekonomik Performans</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786052294499</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Kafka Sudoku</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786052294482</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Zombi Sudoku</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786054334094</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Thespis’in Delileri</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786054160372</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>The Economics of Growth and Distribution</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786054334346</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Tesettürü Sorgularken</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786054160129</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Temel İlk Yardım</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786054334254</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Resim</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786054160334</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Tek Ekonomi Çok Reçete</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786054579235</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Tecrübe Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786054579419</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Hayat</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786054579389</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Tarımda Ergonomik Kontrol Noktaları</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786054579433</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Grameri</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786054579204</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Şirket İnsandır İnsan Tanrısal</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786054334735</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Değilse Ne Zaman?</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786054334353</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Oku Dediği Yazılar</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054334124</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Şarkılar</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786054334261</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku: Çocuklar için Başlangıç</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786054334001</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786054160112</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Su Kayıpları Nasıl Önlenir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054579549</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Küresel Pazarlama</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054334193</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786054334131</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786054334063</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Makro İktisat</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054334087</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Soru ve Cevaplarla Kanser</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786054160051</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Bölüşüm Büyüme</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786054579334</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Sendikalar ve Küresel Kriz</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786054334445</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Seçimden Koalisyona</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786054579280</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bir Daha Sır Vermeyeceğim!</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786054160235</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Rütbesi: Yalınayak</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786054334391</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Romantik Ekonomist</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786054579358</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Son Pars</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786054160136</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Risk Çağı ve Gençler</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786054579013</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Rayiha</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786054579297</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Yardım Alıyorum...</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786054579105</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Post-Keynezyen İktisat</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786054334568</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Politik Tanıtım</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786054334322</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Perspektif ve Perspektifte Gölge Çizimi</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786054334629</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Parasal İktisat</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786054334575</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Beyinde Nasıl Oluşur?</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786054160068</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’dan Anadolu’ya Kültürel Sembollere Giriş</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786054160082</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Organik Tarım</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786054579266</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Operations Management</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786054334810</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Yazmaya Hazırlanıyorum</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>847.5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786054579099</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>O Gece Marinada</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786054579327</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 60’lı Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786054334520</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Modern Mikro İktisat</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786054579174</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Modern Makroekonomi</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786054334339</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık, Form ve Geometri -  Architecture, Form and Geometry</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786054579167</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık Üzerine Bir Bilimsel Araştırma: Tasarım, Yöntem, Uygulama</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786054334902</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Mikro Finans ve Kamu Politikası</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786054334292</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Meraklısına Sudoku</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786054334544</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Defterim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786054334889</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Marx’ın İntikamı</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786054160198</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Marksist İktisat Teorisi</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786054160389</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Makroekonomi</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786054579198</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Krizde Dış Ticaret ve İstihdam</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786054334049</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Kriz Çerçevesinde Türkiye’nin Cari Açık Sorunsalı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786054334100</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Küresel İstihdam Sorunu</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786052294086</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Küresel İklim Değişimi Biyoenerji Enerji Ormancılığı ve Yenilenebilir Enerji Kaynakları</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786054579228</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Finans ve Makro İktisat</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786054579211</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ekonomide Toplu Pazarlığın Rolü</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786054334766</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Sanatın Politik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786054334469</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Sinir ve Kas Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786054579112</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Sevda’nın Deniz’i</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786054334438</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılığa Giden Yolun Sosyolojik ve Psikiyatrik Yönleri</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786052294352</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Engürü’den Ankara’ya Ankara’nın İktisadi Tarihi (1892-1962)</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786052294505</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Genel Müzik Kültürü ve Müzik Öğretimi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786052294376</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Salgın Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786052294277</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Genç İstihdamda Küresel Trendler</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786052294314</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Cepte Sağlık</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786052294253</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilin Daha Kızıl Tonu</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786054160921</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Gelişmekte Olan Ülkelerde Yeşil İş Potansiyelinin Değerlendirilmesi - Bir Uygulayıcı Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786054160914</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>İş Kontrol Noktalarında Stresin Önlenmesi</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786052294093</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Emek Piyasaları, Kurumları ve Eşitsizlik: 21. Yüzyılın Adil Toplumlarını İnşa Etmek</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786052294185</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Eşitsizlik: Küreselleşme Çağı İçin Yeni Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786054334247</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Ne Öğrendik?</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786052294512</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Paleolimnoloji: Biyolojik İndikatörler ve Anadolu’da Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786052294529</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyılda Karadeniz</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786052294369</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Turşu</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786052294222</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal ve Mandacılar</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786052294178</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Standart Sapmalar, Hatalı Varsayımlar, Çarpıtılmış Veriler ve İstatistiklerle Yalan Söylemenin Diğer Yolları</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786052294246</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Hotel d’Amerique</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786052294239</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Müdahaleleri Rekabet Gücü ve İstihdam</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786052294079</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Anılardan Sayfalar</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786052294055</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bakışla Kutup Çağı 3: Tarihi ve Hukuki Perspektif-Ekolojik Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786052294031</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Parmak İzi</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786052294048</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomide Masallar Gerçekler</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786054334315</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gurmenin Kapitalizm Rehberi</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786052294291</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Bir Girişimcilik Hikayesi: Umut Oran ve Domino’nun İlk 25 Yılı</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786052294307</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>İki Sporcu Bir Anne</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786052294147</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Cesaret</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786052294260</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Ekonomik Azgelişmişlik</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786052294161</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Refah İktisadı ve Refah Devletinin İktisadi Analizi</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786052294154</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin İlanı ve Karşıtları (1920-1926)</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786052294024</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Modernizmin Yansımaları: 90’lı Yıllarda Türkiye</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786052294017</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Pazarlaması - Stratejik Bir Yaklaşımla</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
           <t>9786259500652</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B425" s="1" t="inlineStr">
         <is>
           <t>Az Gelişmenin Sosyolojisi</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C425" s="1">
         <v>525</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>