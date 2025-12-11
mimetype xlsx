--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,3400 +85,3610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256286573</t>
+          <t>4444444444391</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Afacan’ın Maceraları</t>
+          <t>Sevimli Boyama Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256286566</t>
+          <t>4444444444388</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
+          <t>Çete Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057907066</t>
+          <t>9786256286139</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yazgı - Görücü Usulü Evlilik</t>
+          <t>Aşina Chie Shih-Shuai Kür Şad</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258010565</t>
+          <t>9786256286696</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Halka Tatlı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057907745</t>
+          <t>9786256286610</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Tuzlu Hayat</t>
+          <t>Minik İzciler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258010718</t>
+          <t>9786256286603</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Anlayarak Hızlı Okuma 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258010664</t>
+          <t>9786256286627</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Vahşi Orman Maceraları</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258010138</t>
+          <t>9786256286597</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kırmızı</t>
+          <t>Anlayarak Hızlı Okuma 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058167384</t>
+          <t>9786256286672</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zirve</t>
+          <t>Küçük Bir Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058167308</t>
+          <t>9786256286580</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mezit</t>
+          <t>Biliyor Musun?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057907684</t>
+          <t>9786256286405</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sır Kitabı</t>
+          <t>Arkadaşım Minik Kedi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057907196</t>
+          <t>9786258010954</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Dudak İzi</t>
+          <t>Alp Arslan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058117341</t>
+          <t>4444444443002</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sen Rengi</t>
+          <t>Aksaçlılar Meclisi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057907127</t>
+          <t>9786256286726</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uzak Kal</t>
+          <t>Kur'an'ın Işığında İnternet ve Sosyal Medyaya Bir Bakış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057079534</t>
+          <t>9786256286573</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Genç Tarih Enver Paşa</t>
+          <t>Afacan’ın Maceraları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256286542</t>
+          <t>9786256286566</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>1 Şehit 1 Öykü 1 Şiir</t>
+          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256286504</t>
+          <t>9786057907066</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Okumadan Sınava Girme</t>
+          <t>Yazgı - Görücü Usulü Evlilik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259857275</t>
+          <t>9786258010565</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Mübre Unutulması İmkansız</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256286511</t>
+          <t>9786057907745</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
+          <t>Bir Tutam Tuzlu Hayat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256286528</t>
+          <t>9786258010718</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sessiz Adımların Ardında</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258010930</t>
+          <t>9786258010664</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256286283</t>
+          <t>9786258010138</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
+          <t>Mavi Kırmızı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058167334</t>
+          <t>9786058167384</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Telli Senem</t>
+          <t>Zirve</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256286467</t>
+          <t>9786058167308</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
+          <t>Mezit</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256286290</t>
+          <t>9786057907684</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
+          <t>Sır Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256286306</t>
+          <t>9786057907196</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
+          <t>Aynadaki Dudak İzi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256286313</t>
+          <t>9786058117341</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
+          <t>Sen Rengi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256286443</t>
+          <t>9786057907127</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 1</t>
+          <t>Hayata Uzak Kal</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057907981</t>
+          <t>9786057079534</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Küre</t>
+          <t>Genç Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256286450</t>
+          <t>9786256286542</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 2</t>
+          <t>1 Şehit 1 Öykü 1 Şiir</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256286429</t>
+          <t>9786256286504</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
+          <t>Bu Kitabı Okumadan Sınava Girme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256286054</t>
+          <t>9786259857275</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
+          <t>Aşkı Mübre Unutulması İmkansız</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256286436</t>
+          <t>9786256286511</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
+          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258010251</t>
+          <t>9786256286528</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tulpar</t>
+          <t>Gölge Sessiz Adımların Ardında</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256286061</t>
+          <t>9786258010930</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Makam</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256286412</t>
+          <t>9786256286283</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
+          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258010435</t>
+          <t>9786058167334</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Besmele Masalı</t>
+          <t>Telli Senem</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057907936</t>
+          <t>9786256286467</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiç Sayıların Maceraları</t>
+          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057907677</t>
+          <t>9786256286290</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gaybın Çocukları</t>
+          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258010046</t>
+          <t>9786256286306</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yediler Zamanın Kilitlediği Sandık</t>
+          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058225978</t>
+          <t>9786256286313</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058167346</t>
+          <t>9786256286443</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Gördüm Gözlerinde</t>
+          <t>Çılgın Dedektif Yiğit 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057907288</t>
+          <t>9786057907981</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Tanrı Dağı Savaşı</t>
+          <t>Sihirli Küre</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057907387</t>
+          <t>9786256286450</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Kür-şad</t>
+          <t>Çılgın Dedektif Yiğit 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057907080</t>
+          <t>9786256286429</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
+          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057907271</t>
+          <t>9786256286054</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Bey</t>
+          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058167353</t>
+          <t>9786256286436</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Somut</t>
+          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258010923</t>
+          <t>9786258010251</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İntikam-Kayıp Hayaletler</t>
+          <t>Tulpar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256286191</t>
+          <t>9786256286061</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Sevgi</t>
+          <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258010770</t>
+          <t>9786256286412</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
+          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258010985</t>
+          <t>9786258010435</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Hakanı Mete Han</t>
+          <t>Bir Besmele Masalı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258010336</t>
+          <t>9786057907936</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
+          <t>Meraklı Bilgiç Sayıların Maceraları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258010343</t>
+          <t>9786057907677</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
+          <t>Gaybın Çocukları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258010039</t>
+          <t>9786258010046</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tomris Han</t>
+          <t>Yediler Zamanın Kilitlediği Sandık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256286146</t>
+          <t>9786058225978</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Teoman Han</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256286207</t>
+          <t>9786058167346</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Dinozorlar</t>
+          <t>Cenneti Gördüm Gözlerinde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057907929</t>
+          <t>9786057907288</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Ejderha Adası</t>
+          <t>Yıldırım Tanrı Dağı Savaşı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258010855</t>
+          <t>9786057907387</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Babamın Nesi Var?</t>
+          <t>Dünyalar Savaşı Kür-şad</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057907899</t>
+          <t>9786057907080</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın İki Yakası</t>
+          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256286214</t>
+          <t>9786057907271</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bildirgesi</t>
+          <t>Kuruluş Osman Bey</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256286009</t>
+          <t>9786058167353</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde’nin Rüyası</t>
+          <t>Somut</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057907783</t>
+          <t>9786258010923</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
+          <t>İntikam-Kayıp Hayaletler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057907394</t>
+          <t>9786256286191</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kalan Ne Der?</t>
+          <t>Bir Demet Sevgi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057907523</t>
+          <t>9786258010770</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Korkma! Akif</t>
+          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057907134</t>
+          <t>9786258010985</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hic</t>
+          <t>Büyük Hun Hakanı Mete Han</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057907097</t>
+          <t>9786258010336</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Güneş Üşüyor Ülkemde</t>
+          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057907103</t>
+          <t>9786258010343</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neş'e</t>
+          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258010756</t>
+          <t>9786258010039</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Ay Yıldız</t>
+          <t>Tomris Han</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258010978</t>
+          <t>9786256286146</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
+          <t>Teoman Han</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256286023</t>
+          <t>9786256286207</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyasal İletişim</t>
+          <t>Zaman Yolcuları Dinozorlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256286016</t>
+          <t>9786057907929</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Borsa Yatırımcısı Olmak</t>
+          <t>Zaman Yolcuları Ejderha Adası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>4444444442978</t>
+          <t>9786258010855</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zeyran Set</t>
+          <t>Babamın Nesi Var?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>4444444442977</t>
+          <t>9786057907899</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Latemra Seti (4 Kitap)</t>
+          <t>Fırat’ın İki Yakası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4444444442976</t>
+          <t>9786256286214</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı Seti</t>
+          <t>Alevilik Bildirgesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>660</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057907615</t>
+          <t>9786256286009</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yarım</t>
+          <t>Zübeyde’nin Rüyası</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057907851</t>
+          <t>9786057907783</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Saka Hanı Alp Er Tunga</t>
+          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258010237</t>
+          <t>9786057907394</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Turhanoğlu Akıncı Beyleri</t>
+          <t>Kalan Ne Der?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258010992</t>
+          <t>9786057907523</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
+          <t>Korkma! Akif</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057907875</t>
+          <t>9786057907134</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pençekler Destanı</t>
+          <t>Hic</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057079510</t>
+          <t>9786057907097</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
+          <t>Güneş Üşüyor Ülkemde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258010961</t>
+          <t>9786057907103</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Olan Neydi?</t>
+          <t>Neş'e</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058167377</t>
+          <t>9786258010756</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Leyl'den Kalan</t>
+          <t>Kod Adı Ay Yıldız</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258010893</t>
+          <t>9786258010978</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi 2 - Mavi</t>
+          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258010732</t>
+          <t>9786256286023</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çete 4 Holding</t>
+          <t>Sosyal Medya ve Siyasal İletişim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258010916</t>
+          <t>9786256286016</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
+          <t>Borsa Yatırımcısı Olmak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>289</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258010695</t>
+          <t>4444444442978</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
+          <t>Zeyran Set</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258010800</t>
+          <t>4444444442977</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Filiz</t>
+          <t>Latemra Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057907547</t>
+          <t>4444444442976</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite</t>
+          <t>Göktürkler Destanı Seti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057907370</t>
+          <t>9786057907615</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Anne</t>
+          <t>Diğer Yarım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057907257</t>
+          <t>9786057907851</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
+          <t>Saka Hanı Alp Er Tunga</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258010848</t>
+          <t>9786258010237</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Maden</t>
+          <t>Turhanoğlu Akıncı Beyleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258010831</t>
+          <t>9786258010992</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
+          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258010824</t>
+          <t>9786057907875</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
+          <t>Pençekler Destanı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258010763</t>
+          <t>9786057079510</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Frekanslar Ülkesi</t>
+          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258010626</t>
+          <t>9786258010961</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Gençliğim</t>
+          <t>İmkansız Olan Neydi?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258010596</t>
+          <t>9786058167377</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Komando</t>
+          <t>Leyl'den Kalan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258010589</t>
+          <t>9786258010893</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrı'nın Çocukları</t>
+          <t>Tetikçi 2 - Mavi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258010572</t>
+          <t>9786258010732</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Bir Bozkurt</t>
+          <t>Çete 4 Holding</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258010305</t>
+          <t>9786258010916</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 5 - Av</t>
+          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>370</v>
+        <v>289</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258010312</t>
+          <t>9786258010695</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
+          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258010329</t>
+          <t>9786258010800</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 3 - Savaş</t>
+          <t>Filiz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258010749</t>
+          <t>9786057907547</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aç Gözlü Sincap</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258010725</t>
+          <t>9786057907370</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kollu Kız</t>
+          <t>Hoşça Kal Anne</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258010527</t>
+          <t>9786057907257</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258010688</t>
+          <t>9786258010848</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nusrat - Mayın Gemisi</t>
+          <t>Maden</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258010701</t>
+          <t>9786258010831</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Seraye</t>
+          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258010671</t>
+          <t>9786258010824</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan</t>
+          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258010633</t>
+          <t>9786258010763</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çete Kötülere Geçit Yok</t>
+          <t>Frekanslar Ülkesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258010640</t>
+          <t>9786258010626</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çete 2 Kansa Kan Kinse Kin</t>
+          <t>Zemheri Gençliğim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258010657</t>
+          <t>9786258010596</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 1 - İz</t>
+          <t>Komando</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258010534</t>
+          <t>9786258010589</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kumbarası</t>
+          <t>Gök Tanrı'nın Çocukları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258010602</t>
+          <t>9786258010572</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Garip Çırak</t>
+          <t>Darağacında Bir Bozkurt</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258010541</t>
+          <t>9786258010305</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
+          <t>Aksaçlılar Meclisi 5 - Av</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258010558</t>
+          <t>9786258010312</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
+          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258010282</t>
+          <t>9786258010329</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalma</t>
+          <t>Aksaçlılar Meclisi 3 - Savaş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258010510</t>
+          <t>9786258010749</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yüreğine Sor</t>
+          <t>Aç Gözlü Sincap</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258010473</t>
+          <t>9786258010725</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ressamı</t>
+          <t>Kısa Kollu Kız</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258010503</t>
+          <t>9786258010527</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Çatlı</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258010480</t>
+          <t>9786258010688</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Reisim Çatlı</t>
+          <t>Nusrat - Mayın Gemisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258010497</t>
+          <t>9786258010701</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fırat'a Destan</t>
+          <t>Seraye</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258010442</t>
+          <t>9786258010671</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mor Hırka</t>
+          <t>Kutsal İsyan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258010459</t>
+          <t>9786258010633</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Halamın Fırfırlı Pijaması</t>
+          <t>Çete Kötülere Geçit Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258010466</t>
+          <t>9786258010640</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Red Apricot - Two Olive Grains</t>
+          <t>Çete 2 Kansa Kan Kinse Kin</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057907813</t>
+          <t>9786258010657</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bakan Beyi Vurdular</t>
+          <t>Aşina Hatunlar Meclisi 1 - İz</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258010060</t>
+          <t>9786258010534</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Görev Mia</t>
+          <t>Gönül Kumbarası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258010091</t>
+          <t>9786258010602</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Kıyama Kalktı</t>
+          <t>Bir Avuç Garip Çırak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258010107</t>
+          <t>9786258010541</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi - 6</t>
+          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057907868</t>
+          <t>9786258010558</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
+          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258010398</t>
+          <t>9786258010282</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Toprak Üstü</t>
+          <t>Geç Kalma</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258010374</t>
+          <t>9786258010510</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Andımız</t>
+          <t>Yüreğine Sor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258010428</t>
+          <t>9786258010473</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Puslu Gece İntikam</t>
+          <t>Duvarların Ressamı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258010381</t>
+          <t>9786258010503</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alaüddevle Bozkurt Bey</t>
+          <t>Kahramanım Çatlı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258010350</t>
+          <t>9786258010480</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Latemra Ateş Hanedanlığı</t>
+          <t>Reisim Çatlı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057907059</t>
+          <t>9786258010497</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 5</t>
+          <t>Fırat'a Destan</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057907042</t>
+          <t>9786258010442</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 4</t>
+          <t>Mor Hırka</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057907035</t>
+          <t>9786258010459</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 3</t>
+          <t>Halamın Fırfırlı Pijaması</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057907028</t>
+          <t>9786258010466</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 2</t>
+          <t>Red Apricot - Two Olive Grains</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057907011</t>
+          <t>9786057907813</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 1</t>
+          <t>Bakan Beyi Vurdular</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258010268</t>
+          <t>9786258010060</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Attila</t>
+          <t>Görev Mia</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057079503</t>
+          <t>9786258010091</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ateşin Kıvılcımları</t>
+          <t>Ruhum Kıyama Kalktı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057907943</t>
+          <t>9786258010107</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırağım</t>
+          <t>Aksaçlılar Meclisi - 6</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258010244</t>
+          <t>9786057907868</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Pantolon</t>
+          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258010152</t>
+          <t>9786258010398</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Hırsızı</t>
+          <t>Toprak Üstü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258010084</t>
+          <t>9786258010374</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ahir</t>
+          <t>Andımız</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258010213</t>
+          <t>9786258010428</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Masal Çiçekleri</t>
+          <t>Puslu Gece İntikam</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057907837</t>
+          <t>9786258010381</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melek</t>
+          <t>Alaüddevle Bozkurt Bey</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057907998</t>
+          <t>9786258010350</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Zamanı</t>
+          <t>Latemra Ateş Hanedanlığı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258010206</t>
+          <t>9786057907059</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Misafirleri</t>
+          <t>Sevimli Boyama 5</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258010176</t>
+          <t>9786057907042</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yavru Vak Vak Nereye?</t>
+          <t>Sevimli Boyama 4</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258010190</t>
+          <t>9786057907035</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Ulu Türkler</t>
+          <t>Sevimli Boyama 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258010183</t>
+          <t>9786057907028</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Kaplanı Babür Şah</t>
+          <t>Sevimli Boyama 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258010077</t>
+          <t>9786057907011</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur'un Başarı Sırları</t>
+          <t>Sevimli Boyama 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258010145</t>
+          <t>9786258010268</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları 2 - İntiharlar</t>
+          <t>Dünyalar Savaşı Attila</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057907790</t>
+          <t>9786057079503</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları</t>
+          <t>Yalın Ateşin Kıvılcımları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058117396</t>
+          <t>9786057907943</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
+          <t>Düş Kırağım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058225947</t>
+          <t>9786258010244</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
+          <t>Çamurlu Pantolon</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057907950</t>
+          <t>9786258010152</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Küçük İş Adamı</t>
+          <t>Ayakkabı Hırsızı</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258010121</t>
+          <t>9786258010084</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
+          <t>Ahir</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057907967</t>
+          <t>9786258010213</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Babam</t>
+          <t>Masal Çiçekleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057907806</t>
+          <t>9786057907837</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
+          <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258010114</t>
+          <t>9786057907998</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kurmancan Datka Destanı</t>
+          <t>Vuslat Zamanı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057079589</t>
+          <t>9786258010206</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Selamı Var!</t>
+          <t>Zamanın Misafirleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057079527</t>
+          <t>9786258010176</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Enver Paşa</t>
+          <t>Yavru Vak Vak Nereye?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258010015</t>
+          <t>9786258010190</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
+          <t>Masallarla Ulu Türkler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057079596</t>
+          <t>9786258010183</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
+          <t>Hindistan Kaplanı Babür Şah</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258010008</t>
+          <t>9786258010077</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
+          <t>Emir Timur'un Başarı Sırları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258010053</t>
+          <t>9786258010145</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Orph - 10: Zerzevan - Zamansallık</t>
+          <t>Ruhların Parmakları 2 - İntiharlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057079572</t>
+          <t>9786057907790</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi - Yazgı</t>
+          <t>Ruhların Parmakları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057907776</t>
+          <t>9786058117396</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dava</t>
+          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057907608</t>
+          <t>9786058225947</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Masal Anlattı</t>
+          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057907639</t>
+          <t>9786057907950</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Küçük İş Adamı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057907769</t>
+          <t>9786258010121</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aşina Soyu - Göktürkler Destanı 1</t>
+          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057907752</t>
+          <t>9786057907967</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hicran Vakti</t>
+          <t>Böyle Buyurdu Babam</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057907554</t>
+          <t>9786057907806</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Narince</t>
+          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057907714</t>
+          <t>9786258010114</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türk Hakanı Şah İsmail</t>
+          <t>Kurmancan Datka Destanı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057907721</t>
+          <t>9786057079589</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli</t>
+          <t>Öğretmenin Selamı Var!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057907738</t>
+          <t>9786057079527</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
+          <t>Yakın Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057907578</t>
+          <t>9786258010015</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Son Kağan</t>
+          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057907561</t>
+          <t>9786057079596</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Kırmızı Beyaz</t>
+          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057907516</t>
+          <t>9786258010008</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuklar</t>
+          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057907493</t>
+          <t>9786258010053</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Tabut</t>
+          <t>Orph - 10: Zerzevan - Zamansallık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057907509</t>
+          <t>9786057079572</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Şafağı İlk Salvo</t>
+          <t>Tetikçi - Yazgı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057907455</t>
+          <t>9786057907776</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Seçmece Gelin Sev</t>
+          <t>Kutlu Dava</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057907431</t>
+          <t>9786057907608</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Peri Kanatları - Latemra</t>
+          <t>Öğretmenim Masal Anlattı</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057907448</t>
+          <t>9786057907639</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bekle Dedim</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057907424</t>
+          <t>9786057907769</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Meftun - Sesim Olur musun? 2</t>
+          <t>Aşina Soyu - Göktürkler Destanı 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057907400</t>
+          <t>9786057907752</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Pahalı Oyunlar</t>
+          <t>Hicran Vakti</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057907356</t>
+          <t>9786057907554</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dervişleri</t>
+          <t>Narince</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057907318</t>
+          <t>9786057907714</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sesim Olur Musun?</t>
+          <t>Türk Hakanı Şah İsmail</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057907325</t>
+          <t>9786057907721</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ben Hala Sen Yaştayım</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057907301</t>
+          <t>9786057907738</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kendi Peceremden Beş Ünlü Ozan</t>
+          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057907363</t>
+          <t>9786057907578</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çocuklar</t>
+          <t>Son Kağan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057907349</t>
+          <t>9786057907561</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Sığınağı</t>
+          <t>Kod Adı: Kırmızı Beyaz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057907332</t>
+          <t>9786057907516</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İmtihan</t>
+          <t>Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057907295</t>
+          <t>9786057907493</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Beni Seninle Yalnız Bırak</t>
+          <t>Konuşan Tabut</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057907240</t>
+          <t>9786057907509</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdelenin Sırrı</t>
+          <t>Devrimin Şafağı İlk Salvo</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057907264</t>
+          <t>9786057907455</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazar Olunur?</t>
+          <t>Seçmece Gelin Sev</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057907233</t>
+          <t>9786057907431</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar Fatihi - Latemra</t>
+          <t>Peri Kanatları - Latemra</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057907226</t>
+          <t>9786057907448</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
+          <t>Bekle Dedim</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057907219</t>
+          <t>9786057907424</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
+          <t>Meftun - Sesim Olur musun? 2</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057907202</t>
+          <t>9786057907400</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Demedi Demeyiniz</t>
+          <t>Pahalı Oyunlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057907189</t>
+          <t>9786057907356</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Mahzeni</t>
+          <t>Atatürk'ün Dervişleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057907172</t>
+          <t>9786057907318</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Diyarı - Latemra</t>
+          <t>Sesim Olur Musun?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057907141</t>
+          <t>9786057907325</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Yeniden Başlamak</t>
+          <t>Ben Hala Sen Yaştayım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057907110</t>
+          <t>9786057907301</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
+          <t>Kendi Peceremden Beş Ünlü Ozan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786058117372</t>
+          <t>9786057907363</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Elif Misali - Wie Ein Elif</t>
+          <t>Mevsimsiz Çocuklar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057907004</t>
+          <t>9786057907349</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Nefsim - Mein Ego</t>
+          <t>Bir Sevgi Sığınağı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786058117389</t>
+          <t>9786057907332</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
+          <t>İmtihan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786058117365</t>
+          <t>9786057907295</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
+          <t>Beni Seninle Yalnız Bırak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786058117310</t>
+          <t>9786057907240</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hedef Kızılelma</t>
+          <t>Kırmızı Kurdelenin Sırrı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786058167322</t>
+          <t>9786057907264</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Son Şifacı</t>
+          <t>Nasıl Yazar Olunur?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786058200074</t>
+          <t>9786057907233</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
+          <t>Okyanuslar Fatihi - Latemra</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786058200067</t>
+          <t>9786057907226</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Yağmurları</t>
+          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786058200043</t>
+          <t>9786057907219</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Şükür ki Aşk Var</t>
+          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786058200036</t>
+          <t>9786057907202</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 3 - Saf Saf</t>
+          <t>Demedi Demeyiniz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058225992</t>
+          <t>9786057907189</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 5 - Nefsim</t>
+          <t>Masumiyet Mahzeni</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786058200005</t>
+          <t>9786057907172</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+          <t>Ejderha Diyarı - Latemra</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786058200029</t>
+          <t>9786057907141</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+          <t>Atatürk'le Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786058225985</t>
+          <t>9786057907110</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786058225961</t>
+          <t>9786058117372</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+          <t>Elif Misali - Wie Ein Elif</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786058225954</t>
+          <t>9786057907004</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+          <t>Nefsim - Mein Ego</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058225916</t>
+          <t>9786058117389</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fişi Çek - Hayat Farklı Bak</t>
+          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786058225930</t>
+          <t>9786058117365</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Asi Aras 1</t>
+          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
+          <t>9786058117310</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Kızılelma</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786058167322</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Son Şifacı</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786058200074</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786058200067</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat Yağmurları</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786058200043</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Şükür ki Aşk Var</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786058200036</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 3 - Saf Saf</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786058225992</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 5 - Nefsim</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786058200005</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786058200029</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786058225985</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786058225961</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786058225954</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786058225916</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Fişi Çek - Hayat Farklı Bak</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786058225930</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Asi Aras 1</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
           <t>9786058225923</t>
         </is>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Darbeler ve Sessiz Kahramanlar</t>
         </is>
       </c>
-      <c r="C225" s="1">
+      <c r="C239" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>