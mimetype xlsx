--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,3610 +85,3910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444391</t>
+          <t>9786057907820</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Seti (5 Kitap)</t>
+          <t>Kırık Kalem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444388</t>
+          <t>9786256286702</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çete Serisi (4 Kitap)</t>
+          <t>Mikro Girişimciliğe İlk Adım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256286139</t>
+          <t>9786256286719</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aşina Chie Shih-Shuai Kür Şad</t>
+          <t>Başarının Efendisi Olmak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256286696</t>
+          <t>4444444443368</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Halka Tatlı</t>
+          <t>Yiğit'in Maceraları Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256286610</t>
+          <t>9786256286276</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler</t>
+          <t>Stratejik Marka Yönetimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256286603</t>
+          <t>9786258010220</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma 2</t>
+          <t>Siber İstihbarat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256286627</t>
+          <t>9786258010404</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman Maceraları</t>
+          <t>Mutlu Öyküler 1 - Al Kayısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256286597</t>
+          <t>9786258010411</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma 1</t>
+          <t>Mutlu Öyküler 2 - Gizemli Kutu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256286672</t>
+          <t>9786057079565</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Dünya</t>
+          <t>Ahu Ceren</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256286580</t>
+          <t>9786258010022</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Biliyor Musun?</t>
+          <t>Ahu Ceren (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256286405</t>
+          <t>9786058200081</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Minik Kedi</t>
+          <t>Aşk ve Savaş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258010954</t>
+          <t>9786058200050</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan</t>
+          <t>Çocuklar İçin Arapça Şiirler ve Türkçeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443002</t>
+          <t>9786058200098</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi Seti (6 Kitap)</t>
+          <t>Nereye Baksam Yalnızlık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256286726</t>
+          <t>9786058200012</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında İnternet ve Sosyal Medyaya Bir Bakış</t>
+          <t>Dedemle Bir Gün 1 - Ne Güzel Şeref</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256286573</t>
+          <t>9786058167315</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Afacan’ın Maceraları</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256286566</t>
+          <t>9786058167339</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
+          <t>Gözyaşı Çiçeği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057907066</t>
+          <t>9786057907530</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yazgı - Görücü Usulü Evlilik</t>
+          <t>Lal Kızıl Şafak</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258010565</t>
+          <t>9786057907585</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Mucizem Sensin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057907745</t>
+          <t>9786058117358</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Tuzlu Hayat</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258010718</t>
+          <t>9786058117327</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Adrese Teslim</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258010664</t>
+          <t>4444444444391</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Sevimli Boyama Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258010138</t>
+          <t>4444444444388</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kırmızı</t>
+          <t>Çete Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058167384</t>
+          <t>9786256286139</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zirve</t>
+          <t>Aşina Chie Shih-Shuai Kür Şad</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058167308</t>
+          <t>9786256286696</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mezit</t>
+          <t>Halka Tatlı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057907684</t>
+          <t>9786256286610</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sır Kitabı</t>
+          <t>Minik İzciler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057907196</t>
+          <t>9786256286603</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Dudak İzi</t>
+          <t>Anlayarak Hızlı Okuma 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058117341</t>
+          <t>9786256286627</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sen Rengi</t>
+          <t>Vahşi Orman Maceraları</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057907127</t>
+          <t>9786256286597</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uzak Kal</t>
+          <t>Anlayarak Hızlı Okuma 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057079534</t>
+          <t>9786256286672</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Genç Tarih Enver Paşa</t>
+          <t>Küçük Bir Dünya</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256286542</t>
+          <t>9786256286580</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>1 Şehit 1 Öykü 1 Şiir</t>
+          <t>Biliyor Musun?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256286504</t>
+          <t>9786256286405</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Okumadan Sınava Girme</t>
+          <t>Arkadaşım Minik Kedi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259857275</t>
+          <t>9786258010954</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Mübre Unutulması İmkansız</t>
+          <t>Alp Arslan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256286511</t>
+          <t>4444444443002</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
+          <t>Aksaçlılar Meclisi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256286528</t>
+          <t>9786256286726</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sessiz Adımların Ardında</t>
+          <t>Kur'an'ın Işığında İnternet ve Sosyal Medyaya Bir Bakış</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258010930</t>
+          <t>9786256286573</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Afacan’ın Maceraları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256286283</t>
+          <t>9786256286566</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
+          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058167334</t>
+          <t>9786057907066</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Telli Senem</t>
+          <t>Yazgı - Görücü Usulü Evlilik</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256286467</t>
+          <t>9786258010565</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256286290</t>
+          <t>9786057907745</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
+          <t>Bir Tutam Tuzlu Hayat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256286306</t>
+          <t>9786258010718</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256286313</t>
+          <t>9786258010664</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256286443</t>
+          <t>9786258010138</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 1</t>
+          <t>Mavi Kırmızı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057907981</t>
+          <t>9786058167384</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Küre</t>
+          <t>Zirve</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256286450</t>
+          <t>9786058167308</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 2</t>
+          <t>Mezit</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256286429</t>
+          <t>9786057907684</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
+          <t>Sır Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256286054</t>
+          <t>9786057907196</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
+          <t>Aynadaki Dudak İzi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256286436</t>
+          <t>9786058117341</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
+          <t>Sen Rengi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258010251</t>
+          <t>9786057907127</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tulpar</t>
+          <t>Hayata Uzak Kal</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256286061</t>
+          <t>9786057079534</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Makam</t>
+          <t>Genç Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256286412</t>
+          <t>9786256286542</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
+          <t>1 Şehit 1 Öykü 1 Şiir</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258010435</t>
+          <t>9786256286504</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Besmele Masalı</t>
+          <t>Bu Kitabı Okumadan Sınava Girme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057907936</t>
+          <t>9786259857275</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiç Sayıların Maceraları</t>
+          <t>Aşkı Mübre Unutulması İmkansız</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057907677</t>
+          <t>9786256286511</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gaybın Çocukları</t>
+          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258010046</t>
+          <t>9786256286528</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yediler Zamanın Kilitlediği Sandık</t>
+          <t>Gölge Sessiz Adımların Ardında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058225978</t>
+          <t>9786258010930</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058167346</t>
+          <t>9786256286283</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Gördüm Gözlerinde</t>
+          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057907288</t>
+          <t>9786058167334</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Tanrı Dağı Savaşı</t>
+          <t>Telli Senem</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057907387</t>
+          <t>9786256286467</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Kür-şad</t>
+          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057907080</t>
+          <t>9786256286290</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
+          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057907271</t>
+          <t>9786256286306</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Bey</t>
+          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058167353</t>
+          <t>9786256286313</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Somut</t>
+          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258010923</t>
+          <t>9786256286443</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İntikam-Kayıp Hayaletler</t>
+          <t>Çılgın Dedektif Yiğit 1</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256286191</t>
+          <t>9786057907981</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Sevgi</t>
+          <t>Sihirli Küre</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258010770</t>
+          <t>9786256286450</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
+          <t>Çılgın Dedektif Yiğit 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258010985</t>
+          <t>9786256286429</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Hakanı Mete Han</t>
+          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258010336</t>
+          <t>9786256286054</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
+          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258010343</t>
+          <t>9786256286436</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
+          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258010039</t>
+          <t>9786258010251</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tomris Han</t>
+          <t>Tulpar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256286146</t>
+          <t>9786256286061</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Teoman Han</t>
+          <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256286207</t>
+          <t>9786256286412</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Dinozorlar</t>
+          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057907929</t>
+          <t>9786258010435</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Ejderha Adası</t>
+          <t>Bir Besmele Masalı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258010855</t>
+          <t>9786057907936</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Babamın Nesi Var?</t>
+          <t>Meraklı Bilgiç Sayıların Maceraları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057907899</t>
+          <t>9786057907677</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın İki Yakası</t>
+          <t>Gaybın Çocukları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256286214</t>
+          <t>9786258010046</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bildirgesi</t>
+          <t>Yediler Zamanın Kilitlediği Sandık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256286009</t>
+          <t>9786058225978</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde’nin Rüyası</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057907783</t>
+          <t>9786058167346</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
+          <t>Cenneti Gördüm Gözlerinde</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057907394</t>
+          <t>9786057907288</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kalan Ne Der?</t>
+          <t>Yıldırım Tanrı Dağı Savaşı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057907523</t>
+          <t>9786057907387</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Korkma! Akif</t>
+          <t>Dünyalar Savaşı Kür-şad</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057907134</t>
+          <t>9786057907080</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hic</t>
+          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057907097</t>
+          <t>9786057907271</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güneş Üşüyor Ülkemde</t>
+          <t>Kuruluş Osman Bey</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057907103</t>
+          <t>9786058167353</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Neş'e</t>
+          <t>Somut</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258010756</t>
+          <t>9786258010923</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Ay Yıldız</t>
+          <t>İntikam-Kayıp Hayaletler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258010978</t>
+          <t>9786256286191</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
+          <t>Bir Demet Sevgi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256286023</t>
+          <t>9786258010770</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyasal İletişim</t>
+          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256286016</t>
+          <t>9786258010985</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Borsa Yatırımcısı Olmak</t>
+          <t>Büyük Hun Hakanı Mete Han</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4444444442978</t>
+          <t>9786258010336</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Zeyran Set</t>
+          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>4444444442977</t>
+          <t>9786258010343</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Latemra Seti (4 Kitap)</t>
+          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>4444444442976</t>
+          <t>9786258010039</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı Seti</t>
+          <t>Tomris Han</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057907615</t>
+          <t>9786256286146</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yarım</t>
+          <t>Teoman Han</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057907851</t>
+          <t>9786256286207</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Saka Hanı Alp Er Tunga</t>
+          <t>Zaman Yolcuları Dinozorlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258010237</t>
+          <t>9786057907929</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Turhanoğlu Akıncı Beyleri</t>
+          <t>Zaman Yolcuları Ejderha Adası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258010992</t>
+          <t>9786258010855</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
+          <t>Babamın Nesi Var?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057907875</t>
+          <t>9786057907899</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Pençekler Destanı</t>
+          <t>Fırat’ın İki Yakası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057079510</t>
+          <t>9786256286214</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
+          <t>Alevilik Bildirgesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258010961</t>
+          <t>9786256286009</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Olan Neydi?</t>
+          <t>Zübeyde’nin Rüyası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058167377</t>
+          <t>9786057907783</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Leyl'den Kalan</t>
+          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258010893</t>
+          <t>9786057907394</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi 2 - Mavi</t>
+          <t>Kalan Ne Der?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258010732</t>
+          <t>9786057907523</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çete 4 Holding</t>
+          <t>Korkma! Akif</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258010916</t>
+          <t>9786057907134</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
+          <t>Hic</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>289</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258010695</t>
+          <t>9786057907097</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
+          <t>Güneş Üşüyor Ülkemde</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258010800</t>
+          <t>9786057907103</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Filiz</t>
+          <t>Neş'e</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057907547</t>
+          <t>9786258010756</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite</t>
+          <t>Kod Adı Ay Yıldız</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057907370</t>
+          <t>9786258010978</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Anne</t>
+          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057907257</t>
+          <t>9786256286023</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
+          <t>Sosyal Medya ve Siyasal İletişim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258010848</t>
+          <t>9786256286016</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Maden</t>
+          <t>Borsa Yatırımcısı Olmak</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258010831</t>
+          <t>4444444442978</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
+          <t>Zeyran Set</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258010824</t>
+          <t>4444444442977</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
+          <t>Latemra Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258010763</t>
+          <t>4444444442976</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Frekanslar Ülkesi</t>
+          <t>Göktürkler Destanı Seti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>130</v>
+        <v>660</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258010626</t>
+          <t>9786057907615</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Gençliğim</t>
+          <t>Diğer Yarım</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258010596</t>
+          <t>9786057907851</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Komando</t>
+          <t>Saka Hanı Alp Er Tunga</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258010589</t>
+          <t>9786258010237</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrı'nın Çocukları</t>
+          <t>Turhanoğlu Akıncı Beyleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258010572</t>
+          <t>9786258010992</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Bir Bozkurt</t>
+          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258010305</t>
+          <t>9786057907875</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 5 - Av</t>
+          <t>Pençekler Destanı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258010312</t>
+          <t>9786057079510</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
+          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258010329</t>
+          <t>9786258010961</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 3 - Savaş</t>
+          <t>İmkansız Olan Neydi?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258010749</t>
+          <t>9786058167377</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aç Gözlü Sincap</t>
+          <t>Leyl'den Kalan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258010725</t>
+          <t>9786258010893</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kollu Kız</t>
+          <t>Tetikçi 2 - Mavi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258010527</t>
+          <t>9786258010732</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Çete 4 Holding</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258010688</t>
+          <t>9786258010916</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nusrat - Mayın Gemisi</t>
+          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>289</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258010701</t>
+          <t>9786258010695</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Seraye</t>
+          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258010671</t>
+          <t>9786258010800</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan</t>
+          <t>Filiz</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258010633</t>
+          <t>9786057907547</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çete Kötülere Geçit Yok</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258010640</t>
+          <t>9786057907370</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çete 2 Kansa Kan Kinse Kin</t>
+          <t>Hoşça Kal Anne</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258010657</t>
+          <t>9786057907257</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 1 - İz</t>
+          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258010534</t>
+          <t>9786258010848</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kumbarası</t>
+          <t>Maden</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258010602</t>
+          <t>9786258010831</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Garip Çırak</t>
+          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258010541</t>
+          <t>9786258010824</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
+          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258010558</t>
+          <t>9786258010763</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
+          <t>Frekanslar Ülkesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258010282</t>
+          <t>9786258010626</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalma</t>
+          <t>Zemheri Gençliğim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258010510</t>
+          <t>9786258010596</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yüreğine Sor</t>
+          <t>Komando</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258010473</t>
+          <t>9786258010589</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ressamı</t>
+          <t>Gök Tanrı'nın Çocukları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258010503</t>
+          <t>9786258010572</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Çatlı</t>
+          <t>Darağacında Bir Bozkurt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258010480</t>
+          <t>9786258010305</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Reisim Çatlı</t>
+          <t>Aksaçlılar Meclisi 5 - Av</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258010497</t>
+          <t>9786258010312</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fırat'a Destan</t>
+          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258010442</t>
+          <t>9786258010329</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mor Hırka</t>
+          <t>Aksaçlılar Meclisi 3 - Savaş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258010459</t>
+          <t>9786258010749</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Halamın Fırfırlı Pijaması</t>
+          <t>Aç Gözlü Sincap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258010466</t>
+          <t>9786258010725</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Red Apricot - Two Olive Grains</t>
+          <t>Kısa Kollu Kız</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057907813</t>
+          <t>9786258010527</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bakan Beyi Vurdular</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258010060</t>
+          <t>9786258010688</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Görev Mia</t>
+          <t>Nusrat - Mayın Gemisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258010091</t>
+          <t>9786258010701</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Kıyama Kalktı</t>
+          <t>Seraye</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258010107</t>
+          <t>9786258010671</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi - 6</t>
+          <t>Kutsal İsyan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057907868</t>
+          <t>9786258010633</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
+          <t>Çete Kötülere Geçit Yok</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258010398</t>
+          <t>9786258010640</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Toprak Üstü</t>
+          <t>Çete 2 Kansa Kan Kinse Kin</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258010374</t>
+          <t>9786258010657</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Andımız</t>
+          <t>Aşina Hatunlar Meclisi 1 - İz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258010428</t>
+          <t>9786258010534</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Puslu Gece İntikam</t>
+          <t>Gönül Kumbarası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258010381</t>
+          <t>9786258010602</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Alaüddevle Bozkurt Bey</t>
+          <t>Bir Avuç Garip Çırak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258010350</t>
+          <t>9786258010541</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Latemra Ateş Hanedanlığı</t>
+          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057907059</t>
+          <t>9786258010558</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 5</t>
+          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057907042</t>
+          <t>9786258010282</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 4</t>
+          <t>Geç Kalma</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057907035</t>
+          <t>9786258010510</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 3</t>
+          <t>Yüreğine Sor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057907028</t>
+          <t>9786258010473</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 2</t>
+          <t>Duvarların Ressamı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057907011</t>
+          <t>9786258010503</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 1</t>
+          <t>Kahramanım Çatlı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258010268</t>
+          <t>9786258010480</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Attila</t>
+          <t>Reisim Çatlı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057079503</t>
+          <t>9786258010497</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ateşin Kıvılcımları</t>
+          <t>Fırat'a Destan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057907943</t>
+          <t>9786258010442</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırağım</t>
+          <t>Mor Hırka</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258010244</t>
+          <t>9786258010459</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Pantolon</t>
+          <t>Halamın Fırfırlı Pijaması</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258010152</t>
+          <t>9786258010466</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Hırsızı</t>
+          <t>Red Apricot - Two Olive Grains</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258010084</t>
+          <t>9786057907813</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ahir</t>
+          <t>Bakan Beyi Vurdular</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258010213</t>
+          <t>9786258010060</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Masal Çiçekleri</t>
+          <t>Görev Mia</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057907837</t>
+          <t>9786258010091</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melek</t>
+          <t>Ruhum Kıyama Kalktı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057907998</t>
+          <t>9786258010107</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Zamanı</t>
+          <t>Aksaçlılar Meclisi - 6</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258010206</t>
+          <t>9786057907868</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Misafirleri</t>
+          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258010176</t>
+          <t>9786258010398</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yavru Vak Vak Nereye?</t>
+          <t>Toprak Üstü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258010190</t>
+          <t>9786258010374</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Ulu Türkler</t>
+          <t>Andımız</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258010183</t>
+          <t>9786258010428</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Kaplanı Babür Şah</t>
+          <t>Puslu Gece İntikam</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258010077</t>
+          <t>9786258010381</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur'un Başarı Sırları</t>
+          <t>Alaüddevle Bozkurt Bey</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258010145</t>
+          <t>9786258010350</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları 2 - İntiharlar</t>
+          <t>Latemra Ateş Hanedanlığı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057907790</t>
+          <t>9786057907059</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları</t>
+          <t>Sevimli Boyama 5</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058117396</t>
+          <t>9786057907042</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
+          <t>Sevimli Boyama 4</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786058225947</t>
+          <t>9786057907035</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
+          <t>Sevimli Boyama 3</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057907950</t>
+          <t>9786057907028</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Küçük İş Adamı</t>
+          <t>Sevimli Boyama 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258010121</t>
+          <t>9786057907011</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
+          <t>Sevimli Boyama 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057907967</t>
+          <t>9786258010268</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Babam</t>
+          <t>Dünyalar Savaşı Attila</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057907806</t>
+          <t>9786057079503</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
+          <t>Yalın Ateşin Kıvılcımları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258010114</t>
+          <t>9786057907943</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kurmancan Datka Destanı</t>
+          <t>Düş Kırağım</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057079589</t>
+          <t>9786258010244</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Selamı Var!</t>
+          <t>Çamurlu Pantolon</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057079527</t>
+          <t>9786258010152</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Enver Paşa</t>
+          <t>Ayakkabı Hırsızı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258010015</t>
+          <t>9786258010084</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
+          <t>Ahir</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057079596</t>
+          <t>9786258010213</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
+          <t>Masal Çiçekleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258010008</t>
+          <t>9786057907837</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
+          <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258010053</t>
+          <t>9786057907998</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Orph - 10: Zerzevan - Zamansallık</t>
+          <t>Vuslat Zamanı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057079572</t>
+          <t>9786258010206</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi - Yazgı</t>
+          <t>Zamanın Misafirleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057907776</t>
+          <t>9786258010176</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dava</t>
+          <t>Yavru Vak Vak Nereye?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057907608</t>
+          <t>9786258010190</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Masal Anlattı</t>
+          <t>Masallarla Ulu Türkler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057907639</t>
+          <t>9786258010183</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Hindistan Kaplanı Babür Şah</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057907769</t>
+          <t>9786258010077</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşina Soyu - Göktürkler Destanı 1</t>
+          <t>Emir Timur'un Başarı Sırları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057907752</t>
+          <t>9786258010145</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hicran Vakti</t>
+          <t>Ruhların Parmakları 2 - İntiharlar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057907554</t>
+          <t>9786057907790</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Narince</t>
+          <t>Ruhların Parmakları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057907714</t>
+          <t>9786058117396</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türk Hakanı Şah İsmail</t>
+          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057907721</t>
+          <t>9786058225947</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli</t>
+          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057907738</t>
+          <t>9786057907950</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
+          <t>Küçük İş Adamı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057907578</t>
+          <t>9786258010121</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Son Kağan</t>
+          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057907561</t>
+          <t>9786057907967</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Kırmızı Beyaz</t>
+          <t>Böyle Buyurdu Babam</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057907516</t>
+          <t>9786057907806</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuklar</t>
+          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057907493</t>
+          <t>9786258010114</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Tabut</t>
+          <t>Kurmancan Datka Destanı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057907509</t>
+          <t>9786057079589</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Şafağı İlk Salvo</t>
+          <t>Öğretmenin Selamı Var!</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057907455</t>
+          <t>9786057079527</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Seçmece Gelin Sev</t>
+          <t>Yakın Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057907431</t>
+          <t>9786258010015</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Peri Kanatları - Latemra</t>
+          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057907448</t>
+          <t>9786057079596</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bekle Dedim</t>
+          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057907424</t>
+          <t>9786258010008</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Meftun - Sesim Olur musun? 2</t>
+          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057907400</t>
+          <t>9786258010053</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pahalı Oyunlar</t>
+          <t>Orph - 10: Zerzevan - Zamansallık</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057907356</t>
+          <t>9786057079572</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dervişleri</t>
+          <t>Tetikçi - Yazgı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057907318</t>
+          <t>9786057907776</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sesim Olur Musun?</t>
+          <t>Kutlu Dava</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057907325</t>
+          <t>9786057907608</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ben Hala Sen Yaştayım</t>
+          <t>Öğretmenim Masal Anlattı</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057907301</t>
+          <t>9786057907639</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kendi Peceremden Beş Ünlü Ozan</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057907363</t>
+          <t>9786057907769</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çocuklar</t>
+          <t>Aşina Soyu - Göktürkler Destanı 1</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057907349</t>
+          <t>9786057907752</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Sığınağı</t>
+          <t>Hicran Vakti</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057907332</t>
+          <t>9786057907554</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İmtihan</t>
+          <t>Narince</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057907295</t>
+          <t>9786057907714</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Beni Seninle Yalnız Bırak</t>
+          <t>Türk Hakanı Şah İsmail</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057907240</t>
+          <t>9786057907721</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdelenin Sırrı</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057907264</t>
+          <t>9786057907738</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazar Olunur?</t>
+          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057907233</t>
+          <t>9786057907578</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar Fatihi - Latemra</t>
+          <t>Son Kağan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057907226</t>
+          <t>9786057907561</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
+          <t>Kod Adı: Kırmızı Beyaz</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057907219</t>
+          <t>9786057907516</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
+          <t>Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057907202</t>
+          <t>9786057907493</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Demedi Demeyiniz</t>
+          <t>Konuşan Tabut</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057907189</t>
+          <t>9786057907509</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Mahzeni</t>
+          <t>Devrimin Şafağı İlk Salvo</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057907172</t>
+          <t>9786057907455</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Diyarı - Latemra</t>
+          <t>Seçmece Gelin Sev</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057907141</t>
+          <t>9786057907431</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Yeniden Başlamak</t>
+          <t>Peri Kanatları - Latemra</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057907110</t>
+          <t>9786057907448</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
+          <t>Bekle Dedim</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786058117372</t>
+          <t>9786057907424</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Elif Misali - Wie Ein Elif</t>
+          <t>Meftun - Sesim Olur musun? 2</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>70</v>
+        <v>290</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057907004</t>
+          <t>9786057907400</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nefsim - Mein Ego</t>
+          <t>Pahalı Oyunlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058117389</t>
+          <t>9786057907356</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
+          <t>Atatürk'ün Dervişleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786058117365</t>
+          <t>9786057907318</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
+          <t>Sesim Olur Musun?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786058117310</t>
+          <t>9786057907325</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hedef Kızılelma</t>
+          <t>Ben Hala Sen Yaştayım</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786058167322</t>
+          <t>9786057907301</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Son Şifacı</t>
+          <t>Kendi Peceremden Beş Ünlü Ozan</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058200074</t>
+          <t>9786057907363</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
+          <t>Mevsimsiz Çocuklar</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786058200067</t>
+          <t>9786057907349</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Yağmurları</t>
+          <t>Bir Sevgi Sığınağı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786058200043</t>
+          <t>9786057907332</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şükür ki Aşk Var</t>
+          <t>İmtihan</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786058200036</t>
+          <t>9786057907295</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 3 - Saf Saf</t>
+          <t>Beni Seninle Yalnız Bırak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786058225992</t>
+          <t>9786057907240</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 5 - Nefsim</t>
+          <t>Kırmızı Kurdelenin Sırrı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786058200005</t>
+          <t>9786057907264</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+          <t>Nasıl Yazar Olunur?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786058200029</t>
+          <t>9786057907233</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+          <t>Okyanuslar Fatihi - Latemra</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058225985</t>
+          <t>9786057907226</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786058225961</t>
+          <t>9786057907219</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786058225954</t>
+          <t>9786057907202</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+          <t>Demedi Demeyiniz</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058225916</t>
+          <t>9786057907189</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Fişi Çek - Hayat Farklı Bak</t>
+          <t>Masumiyet Mahzeni</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786058225930</t>
+          <t>9786057907172</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Asi Aras 1</t>
+          <t>Ejderha Diyarı - Latemra</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
+          <t>9786057907141</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'le Yeniden Başlamak</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786057907110</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786058117372</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Elif Misali - Wie Ein Elif</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786057907004</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Nefsim - Mein Ego</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786058117389</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786058117365</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786058117310</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Kızılelma</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786058167322</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Son Şifacı</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786058200074</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786058200067</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat Yağmurları</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786058200043</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Şükür ki Aşk Var</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786058200036</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 3 - Saf Saf</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786058225992</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 5 - Nefsim</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786058200005</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786058200029</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786058225985</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786058225961</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786058225954</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786058225916</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Fişi Çek - Hayat Farklı Bak</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786058225930</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Asi Aras 1</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
           <t>9786058225923</t>
         </is>
       </c>
-      <c r="B239" s="1" t="inlineStr">
+      <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Darbeler ve Sessiz Kahramanlar</t>
         </is>
       </c>
-      <c r="C239" s="1">
-        <v>130</v>
+      <c r="C259" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>