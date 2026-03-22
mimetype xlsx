--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,3910 +85,4015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057907820</t>
+          <t>9786256286399</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalem</t>
+          <t>Gizli Şahit</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256286702</t>
+          <t>9786258010794</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mikro Girişimciliğe İlk Adım</t>
+          <t>Dijital Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256286719</t>
+          <t>9786257428200</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Başarının Efendisi Olmak</t>
+          <t>Nergiz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>336</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443368</t>
+          <t>4444444444556</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları Set (5 Kitap)</t>
+          <t>Dedemle Bir Gün Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256286276</t>
+          <t>4444444444555</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Marka Yönetimi</t>
+          <t>Dedemle Bir Gün Bir Ömür Almanca Set</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258010220</t>
+          <t>9786256286771</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Siber İstihbarat</t>
+          <t>Deve Çobanları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258010404</t>
+          <t>9786256286030</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Öyküler 1 - Al Kayısı</t>
+          <t>Gökbey Uzayda</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258010411</t>
+          <t>9786057907820</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Öyküler 2 - Gizemli Kutu</t>
+          <t>Kırık Kalem</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057079565</t>
+          <t>9786256286702</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ahu Ceren</t>
+          <t>Mikro Girişimciliğe İlk Adım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258010022</t>
+          <t>9786256286719</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ahu Ceren (Ciltli)</t>
+          <t>Başarının Efendisi Olmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058200081</t>
+          <t>4444444443368</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Savaş</t>
+          <t>Yiğit'in Maceraları Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058200050</t>
+          <t>9786256286276</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Arapça Şiirler ve Türkçeleri</t>
+          <t>Stratejik Marka Yönetimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058200098</t>
+          <t>9786258010220</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nereye Baksam Yalnızlık</t>
+          <t>Siber İstihbarat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058200012</t>
+          <t>9786258010404</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 1 - Ne Güzel Şeref</t>
+          <t>Mutlu Öyküler 1 - Al Kayısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058167315</t>
+          <t>9786258010411</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Mutlu Öyküler 2 - Gizemli Kutu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058167339</t>
+          <t>9786057079565</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Çiçeği</t>
+          <t>Ahu Ceren</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057907530</t>
+          <t>9786258010022</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lal Kızıl Şafak</t>
+          <t>Ahu Ceren (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057907585</t>
+          <t>9786058200081</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mucizem Sensin</t>
+          <t>Aşk ve Savaş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058117358</t>
+          <t>9786058200050</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fanus</t>
+          <t>Çocuklar İçin Arapça Şiirler ve Türkçeleri</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058117327</t>
+          <t>9786058200098</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Adrese Teslim</t>
+          <t>Nereye Baksam Yalnızlık</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4444444444391</t>
+          <t>9786058200012</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama Seti (5 Kitap)</t>
+          <t>Dedemle Bir Gün 1 - Ne Güzel Şeref</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4444444444388</t>
+          <t>9786058167315</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çete Serisi (4 Kitap)</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256286139</t>
+          <t>9786058167339</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşina Chie Shih-Shuai Kür Şad</t>
+          <t>Gözyaşı Çiçeği</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256286696</t>
+          <t>9786057907530</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Halka Tatlı</t>
+          <t>Lal Kızıl Şafak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256286610</t>
+          <t>9786057907585</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler</t>
+          <t>Mucizem Sensin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256286603</t>
+          <t>9786058117358</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma 2</t>
+          <t>Fanus</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256286627</t>
+          <t>9786058117327</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orman Maceraları</t>
+          <t>Adrese Teslim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256286597</t>
+          <t>4444444444391</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma 1</t>
+          <t>Sevimli Boyama Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256286672</t>
+          <t>4444444444388</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Dünya</t>
+          <t>Çete Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256286580</t>
+          <t>9786256286139</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Biliyor Musun?</t>
+          <t>Aşina Chie Shih-Shuai Kür Şad</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256286405</t>
+          <t>9786256286696</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Minik Kedi</t>
+          <t>Halka Tatlı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258010954</t>
+          <t>9786256286610</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan</t>
+          <t>Minik İzciler</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4444444443002</t>
+          <t>9786256286603</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi Seti (6 Kitap)</t>
+          <t>Anlayarak Hızlı Okuma 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>2220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256286726</t>
+          <t>9786256286627</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında İnternet ve Sosyal Medyaya Bir Bakış</t>
+          <t>Vahşi Orman Maceraları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256286573</t>
+          <t>9786256286597</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Afacan’ın Maceraları</t>
+          <t>Anlayarak Hızlı Okuma 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256286566</t>
+          <t>9786256286672</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
+          <t>Küçük Bir Dünya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057907066</t>
+          <t>9786256286580</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yazgı - Görücü Usulü Evlilik</t>
+          <t>Biliyor Musun?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258010565</t>
+          <t>9786256286405</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Arkadaşım Minik Kedi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057907745</t>
+          <t>9786258010954</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Tuzlu Hayat</t>
+          <t>Alp Arslan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258010718</t>
+          <t>4444444443002</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Aksaçlılar Meclisi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258010664</t>
+          <t>9786256286726</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Kur'an'ın Işığında İnternet ve Sosyal Medyaya Bir Bakış</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258010138</t>
+          <t>9786256286573</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kırmızı</t>
+          <t>Afacan’ın Maceraları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058167384</t>
+          <t>9786256286566</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zirve</t>
+          <t>Herkes Kendi Hikayesinin Kahramanıdır</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058167308</t>
+          <t>9786057907066</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mezit</t>
+          <t>Yazgı - Görücü Usulü Evlilik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057907684</t>
+          <t>9786258010565</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sır Kitabı</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057907196</t>
+          <t>9786057907745</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Dudak İzi</t>
+          <t>Bir Tutam Tuzlu Hayat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058117341</t>
+          <t>9786258010718</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sen Rengi</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057907127</t>
+          <t>9786258010664</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uzak Kal</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057079534</t>
+          <t>9786258010138</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Genç Tarih Enver Paşa</t>
+          <t>Mavi Kırmızı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256286542</t>
+          <t>9786058167384</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>1 Şehit 1 Öykü 1 Şiir</t>
+          <t>Zirve</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256286504</t>
+          <t>9786058167308</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Okumadan Sınava Girme</t>
+          <t>Mezit</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259857275</t>
+          <t>9786057907684</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Mübre Unutulması İmkansız</t>
+          <t>Sır Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256286511</t>
+          <t>9786057907196</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
+          <t>Aynadaki Dudak İzi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256286528</t>
+          <t>9786058117341</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gölge Sessiz Adımların Ardında</t>
+          <t>Sen Rengi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258010930</t>
+          <t>9786057907127</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Hayata Uzak Kal</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256286283</t>
+          <t>9786057079534</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
+          <t>Genç Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058167334</t>
+          <t>9786256286542</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Telli Senem</t>
+          <t>1 Şehit 1 Öykü 1 Şiir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256286467</t>
+          <t>9786256286504</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
+          <t>Bu Kitabı Okumadan Sınava Girme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256286290</t>
+          <t>9786259857275</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
+          <t>Aşkı Mübre Unutulması İmkansız</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256286306</t>
+          <t>9786256286511</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
+          <t>Dördüzler Kızılcıhamam Yeraltı Şehrinde</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256286313</t>
+          <t>9786256286528</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
+          <t>Gölge Sessiz Adımların Ardında</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256286443</t>
+          <t>9786258010930</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 1</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057907981</t>
+          <t>9786256286283</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Küre</t>
+          <t>Komplo Teoriler ve Psikolojik Nedenler;İran Özelinde Bir İnceleme</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256286450</t>
+          <t>9786058167334</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dedektif Yiğit 2</t>
+          <t>Telli Senem</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256286429</t>
+          <t>9786256286467</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
+          <t>Futbolcu Aşkı - Efsane Futbolcu Yiğit</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256286054</t>
+          <t>9786256286290</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
+          <t>Yiğit'in Maceraları 3 - Kayıp Şehir</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256286436</t>
+          <t>9786256286306</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
+          <t>Yiğit'in Maceraları 4 - Olağanüstü Güçler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258010251</t>
+          <t>9786256286313</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tulpar</t>
+          <t>Yiğit'in Maceraları 5 - Düğüm Çözülüyor</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256286061</t>
+          <t>9786256286443</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Makam</t>
+          <t>Çılgın Dedektif Yiğit 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256286412</t>
+          <t>9786057907981</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
+          <t>Sihirli Küre</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258010435</t>
+          <t>9786256286450</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Besmele Masalı</t>
+          <t>Çılgın Dedektif Yiğit 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057907936</t>
+          <t>9786256286429</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bilgiç Sayıların Maceraları</t>
+          <t>Hikayelerden Dökülen Sırlar - Peygamber İle Yaşamak</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057907677</t>
+          <t>9786256286054</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gaybın Çocukları</t>
+          <t>Yiğit'in Maceraları 2 - Gizemli Yazı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258010046</t>
+          <t>9786256286436</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yediler Zamanın Kilitlediği Sandık</t>
+          <t>Hikayelerden Dökülen Sırlar;Savaşta Bir Yiğit</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058225978</t>
+          <t>9786258010251</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Tulpar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058167346</t>
+          <t>9786256286061</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Gördüm Gözlerinde</t>
+          <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057907288</t>
+          <t>9786256286412</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Tanrı Dağı Savaşı</t>
+          <t>Aşina Hatunlar Meclisi 2 - Giz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057907387</t>
+          <t>9786258010435</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Kür-şad</t>
+          <t>Bir Besmele Masalı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057907080</t>
+          <t>9786057907936</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
+          <t>Meraklı Bilgiç Sayıların Maceraları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057907271</t>
+          <t>9786057907677</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Bey</t>
+          <t>Gaybın Çocukları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058167353</t>
+          <t>9786258010046</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Somut</t>
+          <t>Yediler Zamanın Kilitlediği Sandık</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258010923</t>
+          <t>9786058225978</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İntikam-Kayıp Hayaletler</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256286191</t>
+          <t>9786058167346</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Sevgi</t>
+          <t>Cenneti Gördüm Gözlerinde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258010770</t>
+          <t>9786057907288</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
+          <t>Yıldırım Tanrı Dağı Savaşı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258010985</t>
+          <t>9786057907387</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Hakanı Mete Han</t>
+          <t>Dünyalar Savaşı Kür-şad</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258010336</t>
+          <t>9786057907080</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
+          <t>Kur'an'ın Işığında Zülkarneyn (Büyük İskender)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258010343</t>
+          <t>9786057907271</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
+          <t>Kuruluş Osman Bey</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258010039</t>
+          <t>9786058167353</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tomris Han</t>
+          <t>Somut</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256286146</t>
+          <t>9786258010923</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Teoman Han</t>
+          <t>İntikam-Kayıp Hayaletler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256286207</t>
+          <t>9786256286191</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Dinozorlar</t>
+          <t>Bir Demet Sevgi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057907929</t>
+          <t>9786258010770</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Ejderha Adası</t>
+          <t>Adı Tarihe Yazılan İlk Türk Büyüğü Teoman Han</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258010855</t>
+          <t>9786258010985</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Babamın Nesi Var?</t>
+          <t>Büyük Hun Hakanı Mete Han</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057907899</t>
+          <t>9786258010336</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fırat’ın İki Yakası</t>
+          <t>Aksaçlılar Meclisi 2 - Vurgun</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256286214</t>
+          <t>9786258010343</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bildirgesi</t>
+          <t>Aksaçlılar Meclisi 1 - Devletin Bekçileri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256286009</t>
+          <t>9786258010039</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde’nin Rüyası</t>
+          <t>Tomris Han</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057907783</t>
+          <t>9786256286146</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
+          <t>Teoman Han</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057907394</t>
+          <t>9786256286207</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kalan Ne Der?</t>
+          <t>Zaman Yolcuları Dinozorlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057907523</t>
+          <t>9786057907929</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Korkma! Akif</t>
+          <t>Zaman Yolcuları Ejderha Adası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057907134</t>
+          <t>9786258010855</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hic</t>
+          <t>Babamın Nesi Var?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057907097</t>
+          <t>9786057907899</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güneş Üşüyor Ülkemde</t>
+          <t>Fırat’ın İki Yakası</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057907103</t>
+          <t>9786256286214</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Neş'e</t>
+          <t>Alevilik Bildirgesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258010756</t>
+          <t>9786256286009</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Ay Yıldız</t>
+          <t>Zübeyde’nin Rüyası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258010978</t>
+          <t>9786057907783</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
+          <t>Güneşin Esareti - Bir Doğu Türkistan Hikayesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256286023</t>
+          <t>9786057907394</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyasal İletişim</t>
+          <t>Kalan Ne Der?</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256286016</t>
+          <t>9786057907523</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Borsa Yatırımcısı Olmak</t>
+          <t>Korkma! Akif</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>4444444442978</t>
+          <t>9786057907134</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zeyran Set</t>
+          <t>Hic</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4444444442977</t>
+          <t>9786057907097</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Latemra Seti (4 Kitap)</t>
+          <t>Güneş Üşüyor Ülkemde</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4444444442976</t>
+          <t>9786057907103</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı Seti</t>
+          <t>Neş'e</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>660</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057907615</t>
+          <t>9786258010756</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yarım</t>
+          <t>Kod Adı Ay Yıldız</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057907851</t>
+          <t>9786258010978</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Saka Hanı Alp Er Tunga</t>
+          <t>Avrupa'nın Kaderini Değiştiren Türk - Attila</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258010237</t>
+          <t>9786256286023</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Turhanoğlu Akıncı Beyleri</t>
+          <t>Sosyal Medya ve Siyasal İletişim</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258010992</t>
+          <t>9786256286016</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
+          <t>Borsa Yatırımcısı Olmak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057907875</t>
+          <t>4444444442978</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Pençekler Destanı</t>
+          <t>Zeyran Set</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057079510</t>
+          <t>4444444442977</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
+          <t>Latemra Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258010961</t>
+          <t>4444444442976</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Olan Neydi?</t>
+          <t>Göktürkler Destanı Seti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>660</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058167377</t>
+          <t>9786057907615</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Leyl'den Kalan</t>
+          <t>Diğer Yarım</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258010893</t>
+          <t>9786057907851</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi 2 - Mavi</t>
+          <t>Saka Hanı Alp Er Tunga</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258010732</t>
+          <t>9786258010237</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çete 4 Holding</t>
+          <t>Turhanoğlu Akıncı Beyleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258010916</t>
+          <t>9786258010992</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
+          <t>Aşina'nın Çocukları Birinci Göktürk Kağanlığı Zor Çağlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>289</v>
+        <v>420</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258010695</t>
+          <t>9786057907875</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
+          <t>Pençekler Destanı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258010800</t>
+          <t>9786057079510</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Filiz</t>
+          <t>İl Kağan Birinci Göktürk Kağanlığı Son Kağan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057907547</t>
+          <t>9786258010961</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite</t>
+          <t>İmkansız Olan Neydi?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057907370</t>
+          <t>9786058167377</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Anne</t>
+          <t>Leyl'den Kalan</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057907257</t>
+          <t>9786258010893</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
+          <t>Tetikçi 2 - Mavi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258010848</t>
+          <t>9786258010732</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Maden</t>
+          <t>Çete 4 Holding</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258010831</t>
+          <t>9786258010916</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
+          <t>Fetih 1453 - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>289</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258010824</t>
+          <t>9786258010695</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
+          <t>Sultan II. Abdülhamid - Taht ve Güç</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258010763</t>
+          <t>9786258010800</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Frekanslar Ülkesi</t>
+          <t>Filiz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258010626</t>
+          <t>9786057907547</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Gençliğim</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258010596</t>
+          <t>9786057907370</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Komando</t>
+          <t>Hoşça Kal Anne</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258010589</t>
+          <t>9786057907257</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gök Tanrı'nın Çocukları</t>
+          <t>Yeni Şeyler Öğreniyorum - Eğlenceli Hikayeler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258010572</t>
+          <t>9786258010848</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Bir Bozkurt</t>
+          <t>Maden</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258010305</t>
+          <t>9786258010831</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 5 - Av</t>
+          <t>Nene Hatun; Kahramanlarla Zamanda Seyahat - 4</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258010312</t>
+          <t>9786258010824</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
+          <t>Cinnetten Cennete - Kurtuluşa Giden Yol Yürekten Başlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258010329</t>
+          <t>9786258010763</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi 3 - Savaş</t>
+          <t>Frekanslar Ülkesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258010749</t>
+          <t>9786258010626</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aç Gözlü Sincap</t>
+          <t>Zemheri Gençliğim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258010725</t>
+          <t>9786258010596</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kollu Kız</t>
+          <t>Komando</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258010527</t>
+          <t>9786258010589</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Gök Tanrı'nın Çocukları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258010688</t>
+          <t>9786258010572</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nusrat - Mayın Gemisi</t>
+          <t>Darağacında Bir Bozkurt</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258010701</t>
+          <t>9786258010305</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Seraye</t>
+          <t>Aksaçlılar Meclisi 5 - Av</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258010671</t>
+          <t>9786258010312</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan</t>
+          <t>Aksaçlılar Meclisi 4 - Operasyon</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258010633</t>
+          <t>9786258010329</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çete Kötülere Geçit Yok</t>
+          <t>Aksaçlılar Meclisi 3 - Savaş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258010640</t>
+          <t>9786258010749</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çete 2 Kansa Kan Kinse Kin</t>
+          <t>Aç Gözlü Sincap</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258010657</t>
+          <t>9786258010725</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aşina Hatunlar Meclisi 1 - İz</t>
+          <t>Kısa Kollu Kız</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258010534</t>
+          <t>9786258010527</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kumbarası</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258010602</t>
+          <t>9786258010688</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Garip Çırak</t>
+          <t>Nusrat - Mayın Gemisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258010541</t>
+          <t>9786258010701</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
+          <t>Seraye</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258010558</t>
+          <t>9786258010671</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
+          <t>Kutsal İsyan</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258010282</t>
+          <t>9786258010633</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalma</t>
+          <t>Çete Kötülere Geçit Yok</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258010510</t>
+          <t>9786258010640</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yüreğine Sor</t>
+          <t>Çete 2 Kansa Kan Kinse Kin</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258010473</t>
+          <t>9786258010657</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Ressamı</t>
+          <t>Aşina Hatunlar Meclisi 1 - İz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258010503</t>
+          <t>9786258010534</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Çatlı</t>
+          <t>Gönül Kumbarası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258010480</t>
+          <t>9786258010602</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Reisim Çatlı</t>
+          <t>Bir Avuç Garip Çırak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258010497</t>
+          <t>9786258010541</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fırat'a Destan</t>
+          <t>Zeyran'ın Dönüşü 3 - Kelepçe</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258010442</t>
+          <t>9786258010558</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mor Hırka</t>
+          <t>Zeyran'ın Dönüşü 4 - Kurtuluş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258010459</t>
+          <t>9786258010282</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Halamın Fırfırlı Pijaması</t>
+          <t>Geç Kalma</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258010466</t>
+          <t>9786258010510</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Red Apricot - Two Olive Grains</t>
+          <t>Yüreğine Sor</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057907813</t>
+          <t>9786258010473</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bakan Beyi Vurdular</t>
+          <t>Duvarların Ressamı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258010060</t>
+          <t>9786258010503</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Görev Mia</t>
+          <t>Kahramanım Çatlı</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258010091</t>
+          <t>9786258010480</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Kıyama Kalktı</t>
+          <t>Reisim Çatlı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258010107</t>
+          <t>9786258010497</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi - 6</t>
+          <t>Fırat'a Destan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057907868</t>
+          <t>9786258010442</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
+          <t>Mor Hırka</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258010398</t>
+          <t>9786258010459</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Toprak Üstü</t>
+          <t>Halamın Fırfırlı Pijaması</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258010374</t>
+          <t>9786258010466</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Andımız</t>
+          <t>Red Apricot - Two Olive Grains</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258010428</t>
+          <t>9786057907813</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Puslu Gece İntikam</t>
+          <t>Bakan Beyi Vurdular</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258010381</t>
+          <t>9786258010060</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Alaüddevle Bozkurt Bey</t>
+          <t>Görev Mia</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258010350</t>
+          <t>9786258010091</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Latemra Ateş Hanedanlığı</t>
+          <t>Ruhum Kıyama Kalktı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057907059</t>
+          <t>9786258010107</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 5</t>
+          <t>Aksaçlılar Meclisi - 6</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057907042</t>
+          <t>9786057907868</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 4</t>
+          <t>Ayşe Gülbahar Hatun - Ömrünü Hizmete Vakfeden Sultan</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057907035</t>
+          <t>9786258010398</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 3</t>
+          <t>Toprak Üstü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057907028</t>
+          <t>9786258010374</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 2</t>
+          <t>Andımız</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057907011</t>
+          <t>9786258010428</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama 1</t>
+          <t>Puslu Gece İntikam</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258010268</t>
+          <t>9786258010381</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı Attila</t>
+          <t>Alaüddevle Bozkurt Bey</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057079503</t>
+          <t>9786258010350</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ateşin Kıvılcımları</t>
+          <t>Latemra Ateş Hanedanlığı</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057907943</t>
+          <t>9786057907059</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Düş Kırağım</t>
+          <t>Sevimli Boyama 5</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258010244</t>
+          <t>9786057907042</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Pantolon</t>
+          <t>Sevimli Boyama 4</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258010152</t>
+          <t>9786057907035</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Hırsızı</t>
+          <t>Sevimli Boyama 3</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258010084</t>
+          <t>9786057907028</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ahir</t>
+          <t>Sevimli Boyama 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258010213</t>
+          <t>9786057907011</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Masal Çiçekleri</t>
+          <t>Sevimli Boyama 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057907837</t>
+          <t>9786258010268</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melek</t>
+          <t>Dünyalar Savaşı Attila</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057907998</t>
+          <t>9786057079503</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Zamanı</t>
+          <t>Yalın Ateşin Kıvılcımları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258010206</t>
+          <t>9786057907943</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Misafirleri</t>
+          <t>Düş Kırağım</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258010176</t>
+          <t>9786258010244</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yavru Vak Vak Nereye?</t>
+          <t>Çamurlu Pantolon</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258010190</t>
+          <t>9786258010152</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Ulu Türkler</t>
+          <t>Ayakkabı Hırsızı</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258010183</t>
+          <t>9786258010084</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Kaplanı Babür Şah</t>
+          <t>Ahir</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258010077</t>
+          <t>9786258010213</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur'un Başarı Sırları</t>
+          <t>Masal Çiçekleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258010145</t>
+          <t>9786057907837</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları 2 - İntiharlar</t>
+          <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057907790</t>
+          <t>9786057907998</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Parmakları</t>
+          <t>Vuslat Zamanı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058117396</t>
+          <t>9786258010206</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
+          <t>Zamanın Misafirleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058225947</t>
+          <t>9786258010176</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
+          <t>Yavru Vak Vak Nereye?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057907950</t>
+          <t>9786258010190</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Küçük İş Adamı</t>
+          <t>Masallarla Ulu Türkler</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258010121</t>
+          <t>9786258010183</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
+          <t>Hindistan Kaplanı Babür Şah</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057907967</t>
+          <t>9786258010077</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Babam</t>
+          <t>Emir Timur'un Başarı Sırları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057907806</t>
+          <t>9786258010145</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
+          <t>Ruhların Parmakları 2 - İntiharlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258010114</t>
+          <t>9786057907790</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kurmancan Datka Destanı</t>
+          <t>Ruhların Parmakları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057079589</t>
+          <t>9786058117396</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Selamı Var!</t>
+          <t>Aman Söylemeyin Dostlar - Sagt Es Bloss Nicht Meine Freunde</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057079527</t>
+          <t>9786058225947</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Enver Paşa</t>
+          <t>Ahilikte Talebe Yetiştirmenin Esasları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258010015</t>
+          <t>9786057907950</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
+          <t>Küçük İş Adamı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057079596</t>
+          <t>9786258010121</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
+          <t>Zeyran'ın Dönüşü 2 - Kelebek Avı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258010008</t>
+          <t>9786057907967</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
+          <t>Böyle Buyurdu Babam</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258010053</t>
+          <t>9786057907806</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Orph - 10: Zerzevan - Zamansallık</t>
+          <t>Zeyran'ın Dönüşü 1 - Gökkuşağı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057079572</t>
+          <t>9786258010114</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tetikçi - Yazgı</t>
+          <t>Kurmancan Datka Destanı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057907776</t>
+          <t>9786057079589</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dava</t>
+          <t>Öğretmenin Selamı Var!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057907608</t>
+          <t>9786057079527</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Masal Anlattı</t>
+          <t>Yakın Tarih Enver Paşa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057907639</t>
+          <t>9786258010015</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Göktürkler Destanı 2: Kutlu Bir Tarih - Birinci Türk Kağanlığının Sonu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057907769</t>
+          <t>9786057079596</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşina Soyu - Göktürkler Destanı 1</t>
+          <t>Göktürkler Destanı 4: Kutlu Bir Tarih - Bengütaşlar Çağı</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057907752</t>
+          <t>9786258010008</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hicran Vakti</t>
+          <t>Göktürkler Destanı 3: Kutlu Bir Tarih - Başkaldırılar Çağı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057907554</t>
+          <t>9786258010053</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Narince</t>
+          <t>Orph - 10: Zerzevan - Zamansallık</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057907714</t>
+          <t>9786057079572</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türk Hakanı Şah İsmail</t>
+          <t>Tetikçi - Yazgı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057907721</t>
+          <t>9786057907776</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Hacı Bektaş Veli</t>
+          <t>Kutlu Dava</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057907738</t>
+          <t>9786057907608</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
+          <t>Öğretmenim Masal Anlattı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057907578</t>
+          <t>9786057907639</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Son Kağan</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057907561</t>
+          <t>9786057907769</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Kırmızı Beyaz</t>
+          <t>Aşina Soyu - Göktürkler Destanı 1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057907516</t>
+          <t>9786057907752</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuklar</t>
+          <t>Hicran Vakti</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057907493</t>
+          <t>9786057907554</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Tabut</t>
+          <t>Narince</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057907509</t>
+          <t>9786057907714</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Şafağı İlk Salvo</t>
+          <t>Türk Hakanı Şah İsmail</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057907455</t>
+          <t>9786057907721</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Seçmece Gelin Sev</t>
+          <t>Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057907431</t>
+          <t>9786057907738</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Peri Kanatları - Latemra</t>
+          <t>Cem Sultan - Fatih'in Talihsiz Oğlu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057907448</t>
+          <t>9786057907578</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bekle Dedim</t>
+          <t>Son Kağan</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057907424</t>
+          <t>9786057907561</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Meftun - Sesim Olur musun? 2</t>
+          <t>Kod Adı: Kırmızı Beyaz</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057907400</t>
+          <t>9786057907516</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Pahalı Oyunlar</t>
+          <t>Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057907356</t>
+          <t>9786057907493</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Dervişleri</t>
+          <t>Konuşan Tabut</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057907318</t>
+          <t>9786057907509</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sesim Olur Musun?</t>
+          <t>Devrimin Şafağı İlk Salvo</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057907325</t>
+          <t>9786057907455</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ben Hala Sen Yaştayım</t>
+          <t>Seçmece Gelin Sev</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057907301</t>
+          <t>9786057907431</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kendi Peceremden Beş Ünlü Ozan</t>
+          <t>Peri Kanatları - Latemra</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057907363</t>
+          <t>9786057907448</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Çocuklar</t>
+          <t>Bekle Dedim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057907349</t>
+          <t>9786057907424</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Sığınağı</t>
+          <t>Meftun - Sesim Olur musun? 2</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057907332</t>
+          <t>9786057907400</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İmtihan</t>
+          <t>Pahalı Oyunlar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057907295</t>
+          <t>9786057907356</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Beni Seninle Yalnız Bırak</t>
+          <t>Atatürk'ün Dervişleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057907240</t>
+          <t>9786057907318</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kurdelenin Sırrı</t>
+          <t>Sesim Olur Musun?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057907264</t>
+          <t>9786057907325</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazar Olunur?</t>
+          <t>Ben Hala Sen Yaştayım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057907233</t>
+          <t>9786057907301</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Okyanuslar Fatihi - Latemra</t>
+          <t>Kendi Peceremden Beş Ünlü Ozan</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057907226</t>
+          <t>9786057907363</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
+          <t>Mevsimsiz Çocuklar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057907219</t>
+          <t>9786057907349</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
+          <t>Bir Sevgi Sığınağı</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057907202</t>
+          <t>9786057907332</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Demedi Demeyiniz</t>
+          <t>İmtihan</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057907189</t>
+          <t>9786057907295</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Mahzeni</t>
+          <t>Beni Seninle Yalnız Bırak</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057907172</t>
+          <t>9786057907240</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Diyarı - Latemra</t>
+          <t>Kırmızı Kurdelenin Sırrı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057907141</t>
+          <t>9786057907264</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Yeniden Başlamak</t>
+          <t>Nasıl Yazar Olunur?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057907110</t>
+          <t>9786057907233</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
+          <t>Okyanuslar Fatihi - Latemra</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058117372</t>
+          <t>9786057907226</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Elif Misali - Wie Ein Elif</t>
+          <t>Zoran Simoviç Çoçe - Benim Hikayem (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057907004</t>
+          <t>9786057907219</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Nefsim - Mein Ego</t>
+          <t>Çekil Önümden - Yusuf Dede İle Emin’in Maceraları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058117389</t>
+          <t>9786057907202</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
+          <t>Demedi Demeyiniz</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058117365</t>
+          <t>9786057907189</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
+          <t>Masumiyet Mahzeni</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058117310</t>
+          <t>9786057907172</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hedef Kızılelma</t>
+          <t>Ejderha Diyarı - Latemra</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058167322</t>
+          <t>9786057907141</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Son Şifacı</t>
+          <t>Atatürk'le Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786058200074</t>
+          <t>9786057907110</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
+          <t>Küçük Bir Karış - Dedemle Bir Gün Eğitim Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058200067</t>
+          <t>9786058117372</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Yağmurları</t>
+          <t>Elif Misali - Wie Ein Elif</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058200043</t>
+          <t>9786057907004</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şükür ki Aşk Var</t>
+          <t>Nefsim - Mein Ego</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058200036</t>
+          <t>9786058117389</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 3 - Saf Saf</t>
+          <t>Saf Saf - Nebeneinander İn Reihe Rein</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786058225992</t>
+          <t>9786058117365</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 5 - Nefsim</t>
+          <t>Ne Güzel Şeref - Welch Eine Schöne Ehre</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058200005</t>
+          <t>9786058117310</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+          <t>Hedef Kızılelma</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786058200029</t>
+          <t>9786058167322</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+          <t>Son Şifacı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786058225985</t>
+          <t>9786058200074</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+          <t>Ülkücü Şehit Yusuf İmamoğlu</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786058225961</t>
+          <t>9786058200067</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+          <t>Vuslat Yağmurları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786058225954</t>
+          <t>9786058200043</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+          <t>Şükür ki Aşk Var</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058225916</t>
+          <t>9786058200036</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Fişi Çek - Hayat Farklı Bak</t>
+          <t>Dedemle Bir Gün 3 - Saf Saf</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058225930</t>
+          <t>9786058225992</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Asi Aras 1</t>
+          <t>Dedemle Bir Gün 5 - Nefsim</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
+          <t>9786058200005</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 2 - Elif Misali</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786058200029</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Dedemle Bir Gün 4 - Aman Söylemeyin Dostlar</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786058225985</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Nizam-ı Alem İçin Can Veren Ülkücü Şehitler - Ertuğrul Dursun Önkuzu</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786058225961</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Türk Kimliği ve Türkçe</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786058225954</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Nizam Veren Biz Türkler’de Barış ve Hoşgörü</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786058225916</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Fişi Çek - Hayat Farklı Bak</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786058225930</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Asi Aras 1</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
           <t>9786058225923</t>
         </is>
       </c>
-      <c r="B259" s="1" t="inlineStr">
+      <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Darbeler ve Sessiz Kahramanlar</t>
         </is>
       </c>
-      <c r="C259" s="1">
+      <c r="C266" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>