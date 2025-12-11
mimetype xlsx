--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,1630 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258335187</t>
+          <t>9786258335217</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kucağımda Büyüyen Hayat</t>
+          <t>Faili Firar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>269</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052198780</t>
+          <t>9786258335200</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tutunabilmek</t>
+          <t>Bir Gün Dönecektik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>149</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258335163</t>
+          <t>9786258335194</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Yalnızlık</t>
+          <t>Yalnızlığın Rengi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>289</v>
+        <v>198</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258335170</t>
+          <t>9786258335187</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüşüm</t>
+          <t>Kucağımda Büyüyen Hayat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052198377</t>
+          <t>9786052198780</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>Tutunabilmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>109</v>
+        <v>149</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258335132</t>
+          <t>9786258335163</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eve Varınca Haber Et</t>
+          <t>Üç Yalnızlık</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>289</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258335095</t>
+          <t>9786258335170</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Siyah Renkli Aşk</t>
+          <t>Öze Dönüşüm</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>169</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258335101</t>
+          <t>9786052198377</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Hüküm Günleri</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>109</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258335088</t>
+          <t>9786258335132</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Haber Ver</t>
+          <t>Eve Varınca Haber Et</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052198285</t>
+          <t>9786258335095</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mesih Krallığı Evanjelizm</t>
+          <t>Siyah Renkli Aşk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>277</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059288576</t>
+          <t>9786258335101</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
+          <t>Tanrının Hüküm Günleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059288408</t>
+          <t>9786258335088</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Ayrılırken Haber Ver</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>224</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059288361</t>
+          <t>9786052198285</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Okulda Ajan Var</t>
+          <t>Mesih Krallığı Evanjelizm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>168</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059288705</t>
+          <t>9786059288576</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Can Yücel Sokakta Aşk</t>
+          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>147</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059288620</t>
+          <t>9786059288408</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>254</v>
+        <v>224</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059288606</t>
+          <t>9786059288361</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yalancı</t>
+          <t>Okulda Ajan Var</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059288644</t>
+          <t>9786059288705</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Parti Oyunları</t>
+          <t>Can Yücel Sokakta Aşk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059288552</t>
+          <t>9786059288620</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>298</v>
+        <v>254</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059288675</t>
+          <t>9786059288606</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hitler ve Siyonizm</t>
+          <t>Yalancı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>277</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056563386</t>
+          <t>9786059288644</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler Ve Tarikatlar</t>
+          <t>Korku Hikayaleri - Parti Oyunları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>416</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059288187</t>
+          <t>9786059288552</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
+          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>315</v>
+        <v>298</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059288248</t>
+          <t>9786059288675</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kumaştan Kalbe</t>
+          <t>Hitler ve Siyonizm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>168</v>
+        <v>277</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052198889</t>
+          <t>9786056563386</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Delinin Eldiveni</t>
+          <t>Gizli Örgütler Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>172</v>
+        <v>416</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052198797</t>
+          <t>9786059288187</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mu ve Atlantis</t>
+          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>194</v>
+        <v>315</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052198728</t>
+          <t>9786059288248</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Meva Kalbin Süveydası</t>
+          <t>Kumaştan Kalbe</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>197</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052198865</t>
+          <t>9786052198889</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>5N 1 Kalite</t>
+          <t>Delinin Eldiveni</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>181</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059288538</t>
+          <t>9786052198797</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
+          <t>Mu ve Atlantis</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059288057</t>
+          <t>9786052198728</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uğultu</t>
+          <t>Meva Kalbin Süveydası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258335019</t>
+          <t>9786052198865</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Başarılı İletişim</t>
+          <t>5N 1 Kalite</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258335057</t>
+          <t>9786059288538</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim</t>
+          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>156</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258335064</t>
+          <t>9786059288057</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Aşıklar Kulübü</t>
+          <t>Uğultu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>181</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258335040</t>
+          <t>9786258335019</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Biz Kimiz?</t>
+          <t>A'dan Z'ye Başarılı İletişim</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>177</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258335026</t>
+          <t>9786258335057</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Üç Mevsim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>177</v>
+        <v>156</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258335033</t>
+          <t>9786258335064</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar</t>
+          <t>Sıra Dışı Aşıklar Kulübü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059288316</t>
+          <t>9786258335040</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
+          <t>Biz Kimiz?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>315</v>
+        <v>177</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052198919</t>
+          <t>9786258335026</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Armageddon’un Ayak Sesleri</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>163</v>
+        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052198902</t>
+          <t>9786258335033</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama</t>
+          <t>Mühürdar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>168</v>
+        <v>177</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052198872</t>
+          <t>9786059288316</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Germanicia Güzeli</t>
+          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>207</v>
+        <v>315</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052198858</t>
+          <t>9786052198919</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
+          <t>Armageddon’un Ayak Sesleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>142</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052198841</t>
+          <t>9786052198902</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zaharin - İblisin İntikamı</t>
+          <t>Yeni Nesil Pazarlama</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052198810</t>
+          <t>9786052198872</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Germanicia Güzeli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>146</v>
+        <v>207</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052198834</t>
+          <t>9786052198858</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm ve Batınilik</t>
+          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>177</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052198803</t>
+          <t>9786052198841</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kızlar Takımı</t>
+          <t>Zaharin - İblisin İntikamı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>142</v>
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052198773</t>
+          <t>9786052198810</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052198766</t>
+          <t>9786052198834</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
+          <t>Ezoterizm ve Batınilik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>143</v>
+        <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052198735</t>
+          <t>9786052198803</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hodbin</t>
+          <t>Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>189</v>
+        <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052198711</t>
+          <t>9786052198773</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
+          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>163</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052198704</t>
+          <t>9786052198766</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>207</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052198698</t>
+          <t>9786052198735</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aire Altın Tozu</t>
+          <t>Hodbin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>168</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052198681</t>
+          <t>9786052198711</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>2137 Kayboluş</t>
+          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>69</v>
+        <v>163</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052198667</t>
+          <t>9786052198704</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Operasyonu</t>
+          <t>Vatikan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052198674</t>
+          <t>9786052198698</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü Kapgan Kağan</t>
+          <t>Aire Altın Tozu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>224</v>
+        <v>168</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052198643</t>
+          <t>9786052198681</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Corona ve Virüs Savaşları</t>
+          <t>2137 Kayboluş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>142</v>
+        <v>69</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052198629</t>
+          <t>9786052198667</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Kuzey Operasyonu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>59</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052198612</t>
+          <t>9786052198674</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Gökbörü Kapgan Kağan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>298</v>
+        <v>224</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052198568</t>
+          <t>9786052198643</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Corona ve Virüs Savaşları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>254</v>
+        <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052198537</t>
+          <t>9786052198629</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>176</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052198551</t>
+          <t>9786052198612</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bilincin ve Bilinçaltının Gücü</t>
+          <t>Kuzgun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>176</v>
+        <v>298</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052198513</t>
+          <t>9786052198568</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Masonların Gizli Tarihi</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>233</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052198506</t>
+          <t>9786052198537</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sancak Adaletin Kılıcı</t>
+          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>298</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052198582</t>
+          <t>9786052198551</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
+          <t>Bilincin ve Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>669</v>
+        <v>176</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052198476</t>
+          <t>9786052198513</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dini Hareketler ve Opus Dei</t>
+          <t>Masonların Gizli Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>194</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052198445</t>
+          <t>9786052198506</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Siyah Sancak Adaletin Kılıcı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>237</v>
+        <v>298</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052198438</t>
+          <t>9786052198582</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>147</v>
+        <v>669</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052198407</t>
+          <t>9786052198476</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Yeni Dini Hareketler ve Opus Dei</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>112</v>
+        <v>194</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052198384</t>
+          <t>9786052198445</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki  Şeytan</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>164</v>
+        <v>237</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052198414</t>
+          <t>9786052198438</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sırlar</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299</v>
+        <v>147</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052198421</t>
+          <t>9786052198407</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052198339</t>
+          <t>9786052198384</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>İçimizdeki  Şeytan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>176</v>
+        <v>164</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052198360</t>
+          <t>9786052198414</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Gücü</t>
+          <t>Küresel Sırlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>176</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052198292</t>
+          <t>9786052198421</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>NLP Tekniği ve Zihin</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>163</v>
+        <v>117</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052198346</t>
+          <t>9786052198339</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Odaklanma</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052198353</t>
+          <t>9786052198360</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşüncenin Gücü</t>
+          <t>Etkili İletişimin Gücü</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052198308</t>
+          <t>9786052198292</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Pazarlama</t>
+          <t>NLP Tekniği ve Zihin</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052198261</t>
+          <t>9786052198346</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
+          <t>Dikkat Eksikliği ve Odaklanma</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>272</v>
+        <v>176</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052198230</t>
+          <t>9786052198353</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
+          <t>Sıra Dışı Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>298</v>
+        <v>176</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052198216</t>
+          <t>9786052198308</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hafıza Teknikleri</t>
+          <t>İnovasyon ve Pazarlama</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052198209</t>
+          <t>9786052198261</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkin Kullan</t>
+          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>202</v>
+        <v>272</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052198193</t>
+          <t>9786052198230</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sığmayan Savaş Çanakkale</t>
+          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>241</v>
+        <v>298</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052198186</t>
+          <t>9786052198216</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin</t>
+          <t>Güçlü Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>176</v>
+        <v>164</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059288507</t>
+          <t>9786052198209</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Günah ve Ödül</t>
+          <t>Beyin Gücünü Etkin Kullan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>129</v>
+        <v>202</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052198162</t>
+          <t>9786052198193</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
+          <t>Tarihe Sığmayan Savaş Çanakkale</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>298</v>
+        <v>241</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052198155</t>
+          <t>9786052198186</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
+          <t>Sultan Vahdettin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>267</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059288699</t>
+          <t>9786059288507</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
+          <t>Günah ve Ödül</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>267</v>
+        <v>129</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059288637</t>
+          <t>9786052198162</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dostum</t>
+          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>143</v>
+        <v>298</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059288651</t>
+          <t>9786052198155</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Şeytanın Evi</t>
+          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>163</v>
+        <v>267</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059288583</t>
+          <t>9786059288699</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>298</v>
+        <v>267</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059288484</t>
+          <t>9786059288637</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
+          <t>Gönül Dostum</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>207</v>
+        <v>143</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059288491</t>
+          <t>9786059288651</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
+          <t>Korku Hikayaleri - Şeytanın Evi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059288460</t>
+          <t>9786059288583</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>285</v>
+        <v>298</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059288453</t>
+          <t>9786059288484</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri</t>
+          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>306</v>
+        <v>207</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059288439</t>
+          <t>9786059288491</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Baş Başa</t>
+          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>207</v>
+        <v>163</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059288422</t>
+          <t>9786059288460</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>298</v>
+        <v>285</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059288415</t>
+          <t>9786059288453</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>315</v>
+        <v>306</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059288286</t>
+          <t>9786059288439</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Aşkla Baş Başa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>345</v>
+        <v>207</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059288156</t>
+          <t>9786059288422</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
+          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>298</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059288569</t>
+          <t>9786059288415</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>189</v>
+        <v>315</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056563393</t>
+          <t>9786059288286</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
+          <t>Sadist</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056563362</t>
+          <t>9786059288156</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz Yaşam</t>
+          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>177</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058571792</t>
+          <t>9786059288569</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sosyopatın Günlükleri</t>
+          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>177</v>
+        <v>189</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059288095</t>
+          <t>9786056563393</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
+          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059288132</t>
+          <t>9786056563362</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
+          <t>Limitsiz Yaşam</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>129</v>
+        <v>177</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059288064</t>
+          <t>9786058571792</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İlluminati</t>
+          <t>Sosyopatın Günlükleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>285</v>
+        <v>177</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055011178</t>
+          <t>9786059288095</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bize Yanlış Öğrettiler</t>
+          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>142</v>
+        <v>234</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059288545</t>
+          <t>9786059288132</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
+          <t>9786059288064</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İlluminati</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786055011178</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Bize Yanlış Öğrettiler</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059288545</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9786059288521</t>
         </is>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes - Ayaklı Suç Takvimi</t>
         </is>
       </c>
-      <c r="C107" s="1">
+      <c r="C110" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>