--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,1675 +85,1735 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258335217</t>
+          <t>9786258335231</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Faili Firar</t>
+          <t>Serbest Radikal</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258335200</t>
+          <t>9786052198544</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Dönecektik</t>
+          <t>Sen Olduğunu Biliyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>319</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258335194</t>
+          <t>9786052198391</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Rengi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>198</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258335187</t>
+          <t>9786258335224</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kucağımda Büyüyen Hayat</t>
+          <t>Manşete Gİden Yol</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>269</v>
+        <v>288</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052198780</t>
+          <t>9786258335217</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tutunabilmek</t>
+          <t>Faili Firar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258335163</t>
+          <t>9786258335200</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç Yalnızlık</t>
+          <t>Bir Gün Dönecektik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>289</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258335170</t>
+          <t>9786258335194</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüşüm</t>
+          <t>Yalnızlığın Rengi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>169</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052198377</t>
+          <t>9786258335187</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>Kucağımda Büyüyen Hayat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>109</v>
+        <v>329</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258335132</t>
+          <t>9786052198780</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eve Varınca Haber Et</t>
+          <t>Tutunabilmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258335095</t>
+          <t>9786258335163</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Siyah Renkli Aşk</t>
+          <t>Üç Yalnızlık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>289</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258335101</t>
+          <t>9786258335170</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Hüküm Günleri</t>
+          <t>Öze Dönüşüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258335088</t>
+          <t>9786052198377</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Haber Ver</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052198285</t>
+          <t>9786258335132</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mesih Krallığı Evanjelizm</t>
+          <t>Eve Varınca Haber Et</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>277</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059288576</t>
+          <t>9786258335095</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
+          <t>Siyah Renkli Aşk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>189</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059288408</t>
+          <t>9786258335101</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Tanrının Hüküm Günleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>224</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059288361</t>
+          <t>9786258335088</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Okulda Ajan Var</t>
+          <t>Ayrılırken Haber Ver</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>168</v>
+        <v>239</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059288705</t>
+          <t>9786052198285</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Can Yücel Sokakta Aşk</t>
+          <t>Mesih Krallığı Evanjelizm</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>147</v>
+        <v>277</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059288620</t>
+          <t>9786059288576</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>254</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059288606</t>
+          <t>9786059288408</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalancı</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>168</v>
+        <v>224</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059288644</t>
+          <t>9786059288361</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Parti Oyunları</t>
+          <t>Okulda Ajan Var</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>148</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059288552</t>
+          <t>9786059288705</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
+          <t>Can Yücel Sokakta Aşk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>298</v>
+        <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059288675</t>
+          <t>9786059288620</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hitler ve Siyonizm</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>277</v>
+        <v>254</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056563386</t>
+          <t>9786059288606</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler Ve Tarikatlar</t>
+          <t>Yalancı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>416</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059288187</t>
+          <t>9786059288644</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
+          <t>Korku Hikayaleri - Parti Oyunları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>315</v>
+        <v>148</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059288248</t>
+          <t>9786059288552</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kumaştan Kalbe</t>
+          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>168</v>
+        <v>298</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052198889</t>
+          <t>9786059288675</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Delinin Eldiveni</t>
+          <t>Hitler ve Siyonizm</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>172</v>
+        <v>277</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052198797</t>
+          <t>9786056563386</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mu ve Atlantis</t>
+          <t>Gizli Örgütler Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>194</v>
+        <v>416</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052198728</t>
+          <t>9786059288187</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Meva Kalbin Süveydası</t>
+          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>197</v>
+        <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052198865</t>
+          <t>9786059288248</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>5N 1 Kalite</t>
+          <t>Kumaştan Kalbe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>181</v>
+        <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059288538</t>
+          <t>9786052198889</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
+          <t>Delinin Eldiveni</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059288057</t>
+          <t>9786052198797</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uğultu</t>
+          <t>Mu ve Atlantis</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>125</v>
+        <v>194</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258335019</t>
+          <t>9786052198728</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Başarılı İletişim</t>
+          <t>Meva Kalbin Süveydası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>177</v>
+        <v>197</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258335057</t>
+          <t>9786052198865</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim</t>
+          <t>5N 1 Kalite</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>156</v>
+        <v>181</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258335064</t>
+          <t>9786059288538</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Aşıklar Kulübü</t>
+          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>181</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258335040</t>
+          <t>9786059288057</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Biz Kimiz?</t>
+          <t>Uğultu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>177</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258335026</t>
+          <t>9786258335019</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>A'dan Z'ye Başarılı İletişim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>177</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258335033</t>
+          <t>9786258335057</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar</t>
+          <t>Üç Mevsim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>177</v>
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059288316</t>
+          <t>9786258335064</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
+          <t>Sıra Dışı Aşıklar Kulübü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>315</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052198919</t>
+          <t>9786258335040</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Armageddon’un Ayak Sesleri</t>
+          <t>Biz Kimiz?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>163</v>
+        <v>209</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052198902</t>
+          <t>9786258335026</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>168</v>
+        <v>209</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052198872</t>
+          <t>9786258335033</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Germanicia Güzeli</t>
+          <t>Mühürdar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>207</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052198858</t>
+          <t>9786059288316</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
+          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>142</v>
+        <v>399</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052198841</t>
+          <t>9786052198919</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zaharin - İblisin İntikamı</t>
+          <t>Armageddon’un Ayak Sesleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>163</v>
+        <v>199</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052198810</t>
+          <t>9786052198902</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Yeni Nesil Pazarlama</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>146</v>
+        <v>219</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052198834</t>
+          <t>9786052198872</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm ve Batınilik</t>
+          <t>Germanicia Güzeli</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>177</v>
+        <v>269</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052198803</t>
+          <t>9786052198858</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kızlar Takımı</t>
+          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>142</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052198773</t>
+          <t>9786052198841</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
+          <t>Zaharin - İblisin İntikamı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>142</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052198766</t>
+          <t>9786052198810</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>143</v>
+        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052198735</t>
+          <t>9786052198834</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hodbin</t>
+          <t>Ezoterizm ve Batınilik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052198711</t>
+          <t>9786052198803</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
+          <t>Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>163</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052198704</t>
+          <t>9786052198773</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>207</v>
+        <v>189</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052198698</t>
+          <t>9786052198766</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aire Altın Tozu</t>
+          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052198681</t>
+          <t>9786052198735</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>2137 Kayboluş</t>
+          <t>Hodbin</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>69</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052198667</t>
+          <t>9786052198711</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Operasyonu</t>
+          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052198674</t>
+          <t>9786052198704</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü Kapgan Kağan</t>
+          <t>Vatikan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052198643</t>
+          <t>9786052198698</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Corona ve Virüs Savaşları</t>
+          <t>Aire Altın Tozu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>142</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052198629</t>
+          <t>9786052198681</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>2137 Kayboluş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>59</v>
+        <v>69</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052198612</t>
+          <t>9786052198667</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Kuzey Operasyonu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>298</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052198568</t>
+          <t>9786052198674</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Gökbörü Kapgan Kağan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>254</v>
+        <v>279</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052198537</t>
+          <t>9786052198643</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
+          <t>Corona ve Virüs Savaşları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052198551</t>
+          <t>9786052198629</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilincin ve Bilinçaltının Gücü</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>176</v>
+        <v>59</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052198513</t>
+          <t>9786052198612</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Masonların Gizli Tarihi</t>
+          <t>Kuzgun</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>233</v>
+        <v>298</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052198506</t>
+          <t>9786052198568</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sancak Adaletin Kılıcı</t>
+          <t>Tutsak (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>298</v>
+        <v>319</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052198582</t>
+          <t>9786052198537</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
+          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>669</v>
+        <v>249</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052198476</t>
+          <t>9786052198551</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dini Hareketler ve Opus Dei</t>
+          <t>Bilincin ve Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>194</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052198445</t>
+          <t>9786052198513</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Masonların Gizli Tarihi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>237</v>
+        <v>289</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052198438</t>
+          <t>9786052198506</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Siyah Sancak Adaletin Kılıcı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>147</v>
+        <v>379</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052198407</t>
+          <t>9786052198582</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>112</v>
+        <v>669</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052198384</t>
+          <t>9786052198476</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki  Şeytan</t>
+          <t>Yeni Dini Hareketler ve Opus Dei</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>164</v>
+        <v>259</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052198414</t>
+          <t>9786052198445</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sırlar</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052198421</t>
+          <t>9786052198438</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>117</v>
+        <v>179</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052198339</t>
+          <t>9786052198407</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>176</v>
+        <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052198360</t>
+          <t>9786052198384</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Gücü</t>
+          <t>İçimizdeki  Şeytan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>176</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052198292</t>
+          <t>9786052198414</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>NLP Tekniği ve Zihin</t>
+          <t>Küresel Sırlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>163</v>
+        <v>349</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052198346</t>
+          <t>9786052198421</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Odaklanma</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>176</v>
+        <v>149</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052198353</t>
+          <t>9786052198339</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşüncenin Gücü</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>176</v>
+        <v>249</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052198308</t>
+          <t>9786052198360</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Pazarlama</t>
+          <t>Etkili İletişimin Gücü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>168</v>
+        <v>249</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052198261</t>
+          <t>9786052198292</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
+          <t>NLP Tekniği ve Zihin</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>272</v>
+        <v>219</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052198230</t>
+          <t>9786052198346</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
+          <t>Dikkat Eksikliği ve Odaklanma</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>298</v>
+        <v>249</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052198216</t>
+          <t>9786052198353</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hafıza Teknikleri</t>
+          <t>Sıra Dışı Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>164</v>
+        <v>249</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052198209</t>
+          <t>9786052198308</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkin Kullan</t>
+          <t>İnovasyon ve Pazarlama</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>202</v>
+        <v>219</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052198193</t>
+          <t>9786052198261</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sığmayan Savaş Çanakkale</t>
+          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>241</v>
+        <v>339</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052198186</t>
+          <t>9786052198230</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin</t>
+          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>176</v>
+        <v>379</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059288507</t>
+          <t>9786052198216</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Günah ve Ödül</t>
+          <t>Güçlü Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>129</v>
+        <v>164</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052198162</t>
+          <t>9786052198209</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
+          <t>Beyin Gücünü Etkin Kullan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>298</v>
+        <v>259</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052198155</t>
+          <t>9786052198193</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
+          <t>Tarihe Sığmayan Savaş Çanakkale</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>267</v>
+        <v>289</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059288699</t>
+          <t>9786052198186</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
+          <t>Sultan Vahdettin</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>267</v>
+        <v>239</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059288637</t>
+          <t>9786059288507</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dostum</t>
+          <t>Günah ve Ödül</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>143</v>
+        <v>129</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059288651</t>
+          <t>9786052198162</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Şeytanın Evi</t>
+          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>163</v>
+        <v>379</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059288583</t>
+          <t>9786052198155</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>298</v>
+        <v>329</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059288484</t>
+          <t>9786059288699</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
+          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>207</v>
+        <v>329</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059288491</t>
+          <t>9786059288637</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
+          <t>Gönül Dostum</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>163</v>
+        <v>143</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059288460</t>
+          <t>9786059288651</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Korku Hikayaleri - Şeytanın Evi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>285</v>
+        <v>239</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059288453</t>
+          <t>9786059288583</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>306</v>
+        <v>379</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059288439</t>
+          <t>9786059288484</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Baş Başa</t>
+          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>207</v>
+        <v>269</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059288422</t>
+          <t>9786059288491</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
+          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>298</v>
+        <v>249</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059288415</t>
+          <t>9786059288460</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>315</v>
+        <v>359</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059288286</t>
+          <t>9786059288453</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>345</v>
+        <v>389</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059288156</t>
+          <t>9786059288439</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
+          <t>Aşkla Baş Başa</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059288569</t>
+          <t>9786059288422</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
+          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>189</v>
+        <v>379</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056563393</t>
+          <t>9786059288415</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
+          <t>İstihbarat Savaşları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056563362</t>
+          <t>9786059288286</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz Yaşam</t>
+          <t>Sadist</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>177</v>
+        <v>429</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058571792</t>
+          <t>9786059288156</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sosyopatın Günlükleri</t>
+          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>177</v>
+        <v>189</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059288095</t>
+          <t>9786059288569</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
+          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059288132</t>
+          <t>9786056563393</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
+          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>129</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059288064</t>
+          <t>9786056563362</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İlluminati</t>
+          <t>Limitsiz Yaşam</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>285</v>
+        <v>239</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055011178</t>
+          <t>9786058571792</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bize Yanlış Öğrettiler</t>
+          <t>Sosyopatın Günlükleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>142</v>
+        <v>177</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059288545</t>
+          <t>9786059288095</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9786059288132</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059288064</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İlluminati</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786055011178</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Bize Yanlış Öğrettiler</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059288545</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
           <t>9786059288521</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes - Ayaklı Suç Takvimi</t>
         </is>
       </c>
-      <c r="C110" s="1">
-        <v>189</v>
+      <c r="C114" s="1">
+        <v>229</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>