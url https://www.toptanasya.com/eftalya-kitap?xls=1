--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,1735 +85,2680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258335231</t>
+          <t>9786258335248</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Serbest Radikal</t>
+          <t>Sapkınlığın Arşivi: Epstein Dosyaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052198544</t>
+          <t>9786052198520</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sen Olduğunu Biliyorum (Ciltli)</t>
+          <t>Bir Adım Ötesi Suriye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>319</v>
+        <v>142</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052198391</t>
+          <t>9786052198575</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İlluminati Kozmik Sırlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258335224</t>
+          <t>9786052198483</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Manşete Gİden Yol</t>
+          <t>Selanik'ten Ankara'ya Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>288</v>
+        <v>259</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258335217</t>
+          <t>9786059288255</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Faili Firar</t>
+          <t>Küresel Para İmparatoru Rothschild Ailesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258335200</t>
+          <t>9786052198452</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Dönecektik</t>
+          <t>Şifa Kaynağı Sırlı Dualar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258335194</t>
+          <t>9786052198322</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Rengi</t>
+          <t>Beyin Yakan Teoriler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>198</v>
+        <v>251</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258335187</t>
+          <t>9786052198315</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kucağımda Büyüyen Hayat</t>
+          <t>Seni Aşk Bildim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>329</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052198780</t>
+          <t>9786052198179</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tutunabilmek</t>
+          <t>Gri Kardinal Vladimir Putin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>149</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258335163</t>
+          <t>9786059288682</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Üç Yalnızlık</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>289</v>
+        <v>224</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258335170</t>
+          <t>9786059288385</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüşüm</t>
+          <t>Han Duvarları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>169</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052198377</t>
+          <t>9786058571778</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Beden Dili</t>
+          <t>İlişkini Kurtar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>109</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258335132</t>
+          <t>9786058571754</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eve Varınca Haber Et</t>
+          <t>Git de Büyü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258335095</t>
+          <t>9786059288668</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Siyah Renkli Aşk</t>
+          <t>Muhteşem Türkler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258335101</t>
+          <t>9786052198223</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Hüküm Günleri</t>
+          <t>Sultan Abdülhamid ve Sherlock Holmes</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258335088</t>
+          <t>9786052198278</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Haber Ver</t>
+          <t>Gökbörü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>239</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052198285</t>
+          <t>9786052198247</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mesih Krallığı Evanjelizm</t>
+          <t>Kayıp Sevda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>277</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059288576</t>
+          <t>9786052198254</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
+          <t>Kendini İyi Hisset</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059288408</t>
+          <t>9786059288392</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>224</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059288361</t>
+          <t>9786059288378</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okulda Ajan Var</t>
+          <t>Bana Anne Diyebilirsin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>168</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059288705</t>
+          <t>9786059288330</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Can Yücel Sokakta Aşk</t>
+          <t>Geçmiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>147</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059288620</t>
+          <t>9786059288354</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Saplantı</t>
+          <t>Ya Habibi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>254</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059288606</t>
+          <t>9786059288293</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yalancı</t>
+          <t>Şahların Savaşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>168</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059288644</t>
+          <t>9786059288323</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Parti Oyunları</t>
+          <t>Pedina</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>148</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059288552</t>
+          <t>9786059288590</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
+          <t>Sana İnanmak İstiyorum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>298</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059288675</t>
+          <t>9786059288514</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hitler ve Siyonizm</t>
+          <t>Güven Bana</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>277</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056563386</t>
+          <t>9786059288613</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizli Örgütler Ve Tarikatlar</t>
+          <t>Sessiz Kabulleniş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>416</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059288187</t>
+          <t>9786059288071</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
+          <t>Balık Tapınağının Azizleri Hankah</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>315</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059288248</t>
+          <t>9786059288170</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kumaştan Kalbe</t>
+          <t>Seni Bana Vermişler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>168</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052198889</t>
+          <t>9786059288217</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Delinin Eldiveni</t>
+          <t>Fırtına Öncesi Sensizlik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>219</v>
+        <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052198797</t>
+          <t>9786059288200</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mu ve Atlantis</t>
+          <t>Eylül’de Aşk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>194</v>
+        <v>49</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052198728</t>
+          <t>9786059288477</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meva Kalbin Süveydası</t>
+          <t>Seni Kalbime Sakladım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>197</v>
+        <v>49</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052198865</t>
+          <t>9786059288446</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>5N 1 Kalite</t>
+          <t>Biyolojik Terör Chemtrails</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>181</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059288538</t>
+          <t>9786058571785</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
+          <t>Affet ve Unut</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>189</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059288057</t>
+          <t>9786055394288</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Uğultu</t>
+          <t>Gizemli Nehir</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>125</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258335019</t>
+          <t>9786055394431</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Başarılı İletişim</t>
+          <t>Endülüs Sultanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>249</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258335057</t>
+          <t>9786055394325</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim</t>
+          <t>Çikolata Kızlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>199</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258335064</t>
+          <t>9786055394318</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Aşıklar Kulübü</t>
+          <t>Aşkın İhaneti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>229</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258335040</t>
+          <t>9786055394301</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Biz Kimiz?</t>
+          <t>Anne Boleyn Uğruna Ölmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>209</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258335026</t>
+          <t>9786059288040</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık</t>
+          <t>Armageddon’un Gizli Silahı Haarp ve Nicola Tesla</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>209</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258335033</t>
+          <t>9786059288309</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mühürdar</t>
+          <t>Gitmesen Olmaz Mı?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>229</v>
+        <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059288316</t>
+          <t>9786059288262</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
+          <t>Bulut Aşkı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>399</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052198919</t>
+          <t>9786059288088</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Armageddon’un Ayak Sesleri</t>
+          <t>Bir Mucize Olmalı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052198902</t>
+          <t>9786059288118</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama</t>
+          <t>Gece Güneşi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>219</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052198872</t>
+          <t>9786059288224</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Germanicia Güzeli</t>
+          <t>Darbelerin Efendisi HOCIA</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>269</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052198858</t>
+          <t>9786056563324</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
+          <t>Kızım ve Annem</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>189</v>
+        <v>65</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052198841</t>
+          <t>9786059288347</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zaharin - İblisin İntikamı</t>
+          <t>Vatan Sevdalısı Atatürk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>199</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052198810</t>
+          <t>9786059288149</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Umut Işığı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>199</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052198834</t>
+          <t>9786056563379</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm ve Batınilik</t>
+          <t>Masonlar - Tehlikeli Gerçekleri Deşifre</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>229</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052198803</t>
+          <t>9786059288026</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kızlar Takımı</t>
+          <t>Kelebek İzleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>189</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052198773</t>
+          <t>9786059288002</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
+          <t>Aşk Karası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>189</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052198766</t>
+          <t>9786059288231</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
+          <t>Darbenin Gizli Kodları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>169</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052198735</t>
+          <t>9786059288125</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hodbin</t>
+          <t>Sana Anne Diyebilir Miyim?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>239</v>
+        <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052198711</t>
+          <t>9786059288101</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>179</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052198704</t>
+          <t>9786059288019</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Derin Dünya Devleti ve Ortadoğu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>249</v>
+        <v>49</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052198698</t>
+          <t>9786052198742</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aire Altın Tozu</t>
+          <t>Vekalet Savaşları ve Hibrit Harekat</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>168</v>
+        <v>197</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052198681</t>
+          <t>9786052198605</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2137 Kayboluş</t>
+          <t>Vatikan Tetikçisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>69</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052198667</t>
+          <t>9788789695310</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Operasyonu</t>
+          <t>Aşk Romanları (3 Kitap Takm)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>187</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052198674</t>
+          <t>9786052198636</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gökbörü Kapgan Kağan</t>
+          <t>Sentez</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>279</v>
+        <v>51</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052198643</t>
+          <t>9788789695440</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Corona ve Virüs Savaşları</t>
+          <t>Araştırma Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>179</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052198629</t>
+          <t>9786052198827</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Hüseyin Nihal Atsız</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>59</v>
+        <v>143</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052198612</t>
+          <t>9786052198490</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Analiz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>298</v>
+        <v>47</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052198568</t>
+          <t>9786052198469</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Deşifre</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>319</v>
+        <v>47</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052198537</t>
+          <t>9786258335231</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
+          <t>Serbest Radikal</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>249</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052198551</t>
+          <t>9786052198544</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilincin ve Bilinçaltının Gücü</t>
+          <t>Sen Olduğunu Biliyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052198513</t>
+          <t>9786052198391</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Masonların Gizli Tarihi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>289</v>
+        <v>159</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052198506</t>
+          <t>9786258335224</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Siyah Sancak Adaletin Kılıcı</t>
+          <t>Manşete Gİden Yol</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>379</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052198582</t>
+          <t>9786258335217</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
+          <t>Faili Firar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>669</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052198476</t>
+          <t>9786258335200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dini Hareketler ve Opus Dei</t>
+          <t>Bir Gün Dönecektik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>259</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052198445</t>
+          <t>9786258335194</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Yalnızlığın Rengi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>296</v>
+        <v>198</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052198438</t>
+          <t>9786258335187</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kucağımda Büyüyen Hayat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052198407</t>
+          <t>9786052198780</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Tutunabilmek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052198384</t>
+          <t>9786258335163</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki  Şeytan</t>
+          <t>Üç Yalnızlık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>189</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052198414</t>
+          <t>9786258335170</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sırlar</t>
+          <t>Öze Dönüşüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052198421</t>
+          <t>9786052198377</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Etkileyici Beden Dili</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>149</v>
+        <v>109</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052198339</t>
+          <t>9786258335132</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Eve Varınca Haber Et</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>249</v>
+        <v>195</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052198360</t>
+          <t>9786258335095</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Gücü</t>
+          <t>Siyah Renkli Aşk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>249</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052198292</t>
+          <t>9786258335101</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>NLP Tekniği ve Zihin</t>
+          <t>Tanrının Hüküm Günleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>219</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052198346</t>
+          <t>9786258335088</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Odaklanma</t>
+          <t>Ayrılırken Haber Ver</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052198353</t>
+          <t>9786052198285</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Düşüncenin Gücü</t>
+          <t>Mesih Krallığı Evanjelizm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>249</v>
+        <v>277</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052198308</t>
+          <t>9786059288576</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Pazarlama</t>
+          <t>Sherlock Holmes - Zehirleyen Günahlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052198261</t>
+          <t>9786059288408</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>339</v>
+        <v>224</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052198230</t>
+          <t>9786059288361</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
+          <t>Okulda Ajan Var</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>379</v>
+        <v>168</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052198216</t>
+          <t>9786059288705</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hafıza Teknikleri</t>
+          <t>Can Yücel Sokakta Aşk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>164</v>
+        <v>147</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052198209</t>
+          <t>9786059288620</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkin Kullan</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052198193</t>
+          <t>9786059288606</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Sığmayan Savaş Çanakkale</t>
+          <t>Yalancı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>289</v>
+        <v>168</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052198186</t>
+          <t>9786059288644</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin</t>
+          <t>Korku Hikayaleri - Parti Oyunları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>239</v>
+        <v>148</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059288507</t>
+          <t>9786059288552</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Günah ve Ödül</t>
+          <t>Küresel Para İmparatoru Rothschild Hanedanı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>129</v>
+        <v>298</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052198162</t>
+          <t>9786059288675</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
+          <t>Hitler ve Siyonizm</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>379</v>
+        <v>277</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052198155</t>
+          <t>9786056563386</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
+          <t>Gizli Örgütler Ve Tarikatlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>329</v>
+        <v>416</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059288699</t>
+          <t>9786059288187</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
+          <t>Alamut’un Efendisi Hasan Sabbah ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>329</v>
+        <v>315</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059288637</t>
+          <t>9786059288248</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dostum</t>
+          <t>Kumaştan Kalbe</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>143</v>
+        <v>168</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059288651</t>
+          <t>9786052198889</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayaleri - Şeytanın Evi</t>
+          <t>Delinin Eldiveni</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>239</v>
+        <v>219</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059288583</t>
+          <t>9786052198797</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Mu ve Atlantis</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>379</v>
+        <v>194</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059288484</t>
+          <t>9786052198728</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
+          <t>Meva Kalbin Süveydası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>269</v>
+        <v>197</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059288491</t>
+          <t>9786052198865</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
+          <t>5N 1 Kalite</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>249</v>
+        <v>181</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059288460</t>
+          <t>9786059288538</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Sherlock Holmes - Kaybolan Atın Sırrı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>359</v>
+        <v>189</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059288453</t>
+          <t>9786059288057</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri</t>
+          <t>Uğultu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>389</v>
+        <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059288439</t>
+          <t>9786258335019</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Baş Başa</t>
+          <t>A'dan Z'ye Başarılı İletişim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>259</v>
+        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059288422</t>
+          <t>9786258335057</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
+          <t>Üç Mevsim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>379</v>
+        <v>199</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059288415</t>
+          <t>9786258335064</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Savaşları</t>
+          <t>Sıra Dışı Aşıklar Kulübü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>399</v>
+        <v>229</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059288286</t>
+          <t>9786258335040</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Biz Kimiz?</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>429</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059288156</t>
+          <t>9786258335026</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
+          <t>Kıskançlık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>189</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059288569</t>
+          <t>9786258335033</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
+          <t>Mühürdar</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056563393</t>
+          <t>9786059288316</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
+          <t>İngiliz Derin Devleti Gizli Teşkilat</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>189</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056563362</t>
+          <t>9786052198919</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz Yaşam</t>
+          <t>Armageddon’un Ayak Sesleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>239</v>
+        <v>199</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058571792</t>
+          <t>9786052198902</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sosyopatın Günlükleri</t>
+          <t>Yeni Nesil Pazarlama</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>177</v>
+        <v>219</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059288095</t>
+          <t>9786052198872</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
+          <t>Germanicia Güzeli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059288132</t>
+          <t>9786052198858</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
+          <t>Sürpriz Karşılaşmalar - Çılgın Kızlar Takımı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>129</v>
+        <v>189</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059288064</t>
+          <t>9786052198841</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İlluminati</t>
+          <t>Zaharin - İblisin İntikamı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055011178</t>
+          <t>9786052198810</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bize Yanlış Öğrettiler</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059288545</t>
+          <t>9786052198834</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Ezoterizm ve Batınilik</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
+          <t>9786052198803</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Kızlar Takımı</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786052198773</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Başlangıçlar - Çılgın Kızlar Takımı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786052198766</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Eşinizi Nasıl Alırdınız?</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786052198735</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Hodbin</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786052198711</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Nüfusunu Düşürmek - Hedef 500 Milyon</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786052198704</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Vatikan</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786052198698</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aire Altın Tozu</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786052198681</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>2137 Kayboluş</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786052198667</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Operasyonu</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786052198674</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Gökbörü Kapgan Kağan</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786052198643</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Corona ve Virüs Savaşları</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786052198629</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Cani</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786052198612</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kuzgun</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786052198568</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tutsak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786052198537</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Kalpleri Açan Anahtar Sevginin Dili</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786052198551</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Bilincin ve Bilinçaltının Gücü</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786052198513</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Masonların Gizli Tarihi</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786052198506</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Sancak Adaletin Kılıcı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786052198582</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786052198476</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dini Hareketler ve Opus Dei</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786052198445</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Girdap</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786052198438</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786052198407</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786052198384</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki  Şeytan</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786052198414</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Sırlar</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786052198421</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786052198339</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786052198360</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişimin Gücü</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786052198292</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>NLP Tekniği ve Zihin</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786052198346</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği ve Odaklanma</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786052198353</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Düşüncenin Gücü</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786052198308</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>İnovasyon ve Pazarlama</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786052198261</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Tapınakçıların Mirası Haçlıların Gizli Tarihi</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786052198230</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: 39 Vatikan’ı Yıkmak</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786052198216</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Hafıza Teknikleri</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786052198209</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Gücünü Etkin Kullan</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786052198193</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Sığmayan Savaş Çanakkale</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786052198186</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Vahdettin</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059288507</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Günah ve Ödül</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786052198162</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs’ü Yıkmak - Kod Adı: 2020</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786052198155</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kurşundan Cumhuriyete Milli Mücadele</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059288699</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Mondros’tan Lozan’a Bir Milletin Dirilişi</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059288637</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Dostum</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059288651</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Korku Hikayaleri - Şeytanın Evi</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059288583</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059288484</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Bir İletişim İçin İknanın Gücü</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059288491</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Hayatınızı Güzelleştirecek Sıradışı 202 Fikir</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786059288460</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786059288453</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Tapınak Şövalyeleri</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786059288439</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Aşkla Baş Başa</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786059288422</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>H. A. A. R. P. Silahı ve Nikola Tesla</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059288415</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>İstihbarat Savaşları</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059288286</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Sadist</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786059288156</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Yöneten Gizli Cemiyetler</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786059288569</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Savaşları Başlatan Şüphedir</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786056563393</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Armegeddon Komplosu - 3. Dünya Savaşı-Melhame'i Kübra</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786056563362</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Limitsiz Yaşam</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786058571792</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Sosyopatın Günlükleri</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786059288095</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Ufo Dosyası - Dünya Dışı Yaşamın İzleri</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786059288132</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>İmkansız Aşk Serüveni 1- Cadı Kız</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786059288064</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>İlluminati</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786055011178</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Bize Yanlış Öğrettiler</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786059288545</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
           <t>9786059288521</t>
         </is>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes - Ayaklı Suç Takvimi</t>
         </is>
       </c>
-      <c r="C114" s="1">
+      <c r="C177" s="1">
         <v>229</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>