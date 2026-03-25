--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,4030 +85,4900 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057878946</t>
+          <t>9786057878236</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aöf 3. Sınıf Üretim Yönetimi Güz Dönemi Konu Anlatımlı Soru Bankası Kod: 361</t>
+          <t>AÖF 3. Sınıf Karşılaştırmalı Siyasal Sistemler Güz Dönemi 5. Yarıyıl Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054950751</t>
+          <t>9786057878601</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>AÖF 1. Sınıf Tıbbi Belgeleme Güz Dönemi 1. Yarıyıl Konu Anlatımlı Soru Bankası  (174)</t>
+          <t>AÖF 1. Sınıf Bireysel İş Hukuku Güz Dönemi 1. Dönem Konu Anlatımlı Soru Bankası  (175)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054950140</t>
+          <t>9786057878816</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>AÖF Ceza Hukuku Konu Anlatımlı Soru Bankası (259)</t>
+          <t>2. Sınıf Aşçılık Güz Dönemi 3. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (234)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4440000002841</t>
+          <t>9786057878113</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemleri Konu Anlatımlı Soru Bankası-güz Dönemi (5. Yarıyıl) (360)</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Acil Durum ve Afet Yönetimi - Kod 2220</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054950003</t>
+          <t>9786057878670</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Laborant ve Veteriner Sağlık Son 6 Yılın Çıkmış Sınav Soruları - Kod C206</t>
+          <t>2. Sınıf Laborant ve Veteriner Sağlık (Güz Dönemi) Çıkmış Sınav Soruları (2012-2018) (3. Yarıyıl) (603)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054950539</t>
+          <t>9786057878953</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Konaklama İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları - Kod C409</t>
+          <t>AÖF 1. Sınıf Tıbbi Dökümantasyon ve Sekreterlik Güz Dönemi 1. Yarıyıl Soru Bankası (512)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054950461</t>
+          <t>9786057878809</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Etkili İletişim Teknikleri - Kod 4453</t>
+          <t>Emlak Yönetimi Konu Anlatımlı Soru Bankası-Güz Dönemi(3. Yarıyıl) Kod: 233</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054739424</t>
+          <t>9786054871636</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Kamu Yönetimi - Kod 4412</t>
+          <t>AÖF Finansal Muhasebe Konu Anlatımlı Soru Bankası (1177)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>950</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054950706</t>
+          <t>9786057878755</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sağlık Yönetimi - Kod 3322</t>
+          <t>2. Sınıf İş Sağlığı ve Güvenliği Bahar Dönemi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054950768</t>
+          <t>9786054871520</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Sosyal Hizmet Konu Anlatımlı Soru Bankası (Kod 323)</t>
+          <t>Stratejik Yönetim 2 Bahar Dönemi Konu Anlatımlı Soru Bankası 8. Yarıyıl (4455)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054950119</t>
+          <t>9786054871544</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Para Teorisi Hedef Sorular (Kod 356)</t>
+          <t>Maliye Politikası Bahar Dönemi Konu Anlatımlı Soru Bankası 8. Yarıyıl (4457)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054950782</t>
+          <t>9786057878069</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Sağlık Yönetimi Konu Anlatımlı Soru Bankası (Kod 422)</t>
+          <t>AÖF Küresel Pazarlama Bahar Dönemi 8. Yarıyıl (4463)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054950133</t>
+          <t>9786057878786</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İşletmelerde Sosyal Sorumluluk ve Etik Hedef Sorular (Kod 459)</t>
+          <t>AÖF 1. Sınıf İdare Hukukuna Giriş Güz Dönemi 1. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (189)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054950850</t>
+          <t>9786057878830</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Siyaset Bilimi Konu Anlatımlı Soru Bankası (Kod 460)</t>
+          <t>Çocuk Gelişimi Konu Anlatımlı Soru Bankası - 1. Yarıyıl Güz Dönemi (191)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054950881</t>
+          <t>9786054739134</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Sağlık Kurumlarında Operasyon Yönetimi Konu Anlatımlı Soru Bankası (Kod 462)</t>
+          <t>AÖF 2. Sınıf İşletme Güz Dönemi 3. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (211)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054950195</t>
+          <t>9786054739097</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Kamu Yönetimi Son 6 Yılın Çıkmış Sorular (Kod 702)</t>
+          <t>AÖF 2. Sınıf Siyaset Bilimi ve Kamu Yönetimi Güz Dönemi 3. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (212)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054950249</t>
+          <t>9786057878519</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Uluslararası İlişkiler Güz Dönemi Konu Anlatımlı Soru Bankası (Kod 703)</t>
+          <t>2. Sınıf Aşçılık Güz Dönemi 3. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (234)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054950256</t>
+          <t>9786057878823</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Konaklama İşletmeciliği Güz Dönemi Çıkmış Sınav Soruları (Kod 705)</t>
+          <t>Temel Sağlık ve Hastalık Bilgisi Konu Anlatımlı Soru Bankası - Güz Dönemi (1. Yarıyıl) (190)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054950287</t>
+          <t>4440000003274</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Uluslararası İlişkiler Son 6 Yılın Çıkmış Sınav Soruları (Kod 803)</t>
+          <t>İktisat Tarihi Bahar Dönemi Konu Anlatımlı Soru Bankası 8.Yarıyıl (4456)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054950799</t>
+          <t>9786057878700</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı Ve Güvenliği Konu Anlatımlı Soru Bankası - Güz Dönemi 7. Yarıyıl Kod: 463</t>
+          <t>2. Sınıf 4. Yarıyıl Göç Sosyolojisi Bahar Dönemi - 2269</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054739950</t>
+          <t>9786057878267</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Konu Anlatımlı Soru Bankası Güz Dönemi (7. Yarıyıl) (452)</t>
+          <t>AÖF Aşçılık 1. Sınıf Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054950157</t>
+          <t>9786057878892</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve İş Kurma Konu Anlatımlı Hedef Sorular 4. Sınıf Güz Dönemi 7. Yarıyıl (Kod 455)</t>
+          <t>AÖF 2. Sınıf Tıbbi Dökümantasyon ve Sekreterlik 4. Yarıyıl Kod 2221</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054950843</t>
+          <t>9786057878762</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Turizm Sosyolojisi Konu Anlatımlı Soru Bankası Kod: 359</t>
+          <t>AÖF 2. Sınıf 4. Yarıyıl Engelli Bakım ve Rehabilitasyon Kod 2224</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054950980</t>
+          <t>9786057878328</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Hukuku Bahar Dönemi) Konu Anlatımlı Soru Bankası-(2.Yarıyıl) (1172)</t>
+          <t>AÖF 2. Sınıf Pazarlamaya Giriş Konu Anlatımlı Kod: 2268</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054950263</t>
+          <t>9786057878281</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İşletme Çıkmış Sınav Soruları Güz Dönemi (801)</t>
+          <t>AÖF 1. Sınıf İşletme İletişimi Konu Anlatımlı Kod: 1182</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054950416</t>
+          <t>9786057878854</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İşletme Bölümü Çıkmış Sınav Soruları (2012-2018) (Güz Dönemi)</t>
+          <t>AÖF 4. Sınıf Küresel Pazarlama Konu Anlatımlı Kod: 4463</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054739271</t>
+          <t>9786057878861</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İşletme(Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+          <t>AÖF 3. Sınıf Uluslararası Örgütler Konu Anlatımlı Kod: 3361</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054871537</t>
+          <t>9786054739721</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Maliye Politikası Konu Anlatımlı Soru Bankası - Kod 4457</t>
+          <t>3. Sınıf 6. Yarıyıl İktisat Bahar Dönemi Konu Anlatımlı Soru Bankası - Kod 3315</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057878045</t>
+          <t>9786054950546</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Maliye Politikası 2 - Kod 4459</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Avrupa Birliği ve Türkiye İlişkileri - Kod 4458</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057878038</t>
+          <t>9786057878212</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Ekonominin Güncel Sorunları - Kod 4461</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Halkla İlişkiler ve Reklamcılık - Kod 3323</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054871766</t>
+          <t>9786054871995</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Kamu Yönetimi Son 6 Yılın Çıkmış Sınav Soruları - Kod C202</t>
+          <t>3. Sınıf 6. Yarıyıl Konaklama İşletmeciliği Konu Anlatımlı Hedef Sorular - Kod 3321</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054871773</t>
+          <t>9786054871087</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları - Kod C208</t>
+          <t>3. Sınıf 5. Yarıyıl Maliye Konu Anlatımlı Soru Bankası - Kod 314</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054871377</t>
+          <t>9786054950096</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Uluslararası İlişkiler Son 6 Yılın Çıkmış Sınav Soruları - Kod C304</t>
+          <t>3. Sınıf 5. Yarıyıl Konaklama İşletmeciliği Konu Anlatımlı Soru Bankası (Kod 321)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054871810</t>
+          <t>9786054950805</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Konaklama İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları - Kod C308</t>
+          <t>3. Sınıf 5. Yarıyıl Karşılaştırmalı Siyasal Sistemler Konu Anlatımlı Soru Bankası (Kod 358)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054739332</t>
+          <t>8756054950843</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2. ve 4. Sınıf 4. ve 8. Yarıyıl Konu Anlatımlı İnsan Kaynakları Yönetimi - Kod 4452</t>
+          <t>3. Sınıf 3. Yarıyıl Turizm Sosyolojisi Konu Anlatımlı Soru Bankası (Kod 359)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054739325</t>
+          <t>9786054871193</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. ve 4. Sınıf 4. ve 8. Yarıyıl Konu Anlatımlı Türkiye Ekonomisi - Kod 4451</t>
+          <t>4. Sınıf 7. Yarıyıl Maliye Konu Anlatımlı Soru Bankası (Kod 414)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057878717</t>
+          <t>9786054871124</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Tüketim Sosyolojisi - Kod 4464</t>
+          <t>4. Sınıf 7. Yarıyıl Çalışma Ekonomisi ve Endüstri İlişkileri Konu Anlatımlı Soru Bankası (Kod 416)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057878748</t>
+          <t>9786054950102</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Pazarlama İletişimi - Kod 3359</t>
+          <t>4. Sınıf 7. Yarıyıl Konaklama İşletmeciliği Hedef Sorular (Kod 420)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054871513</t>
+          <t>9786054871131</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Örgüt Kuramı - Kod 3356</t>
+          <t>DGS Konu Anlatımlı Soru Bankası 2021</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054739363</t>
+          <t>9786054950959</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl İş ve Sosyal Güvenlik Hukuku - Kod 3354</t>
+          <t>Çağdaş Lojistik Uygulamaları Konu Anlatımlı Hedef Sorular 1. Sınıf 2. Yarıyıl Bahar Dönemi - Kod: 1174</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054739288</t>
+          <t>9786054739691</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Örgütsel Davranış - Kod 3353</t>
+          <t>2. Sınıf Makro İktisat Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl 2258</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054739295</t>
+          <t>9786054950690</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Finansal Yönetim 2 - Kod 3351</t>
+          <t>3. Sınıf 5. Yarıyıl Sağlık Yönetimi Konu Anlatımlı Hedef Sorular</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057878014</t>
+          <t>9786054739660</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sosyal Hizmet - Kod 3320</t>
+          <t>2. Sınıf Arapça-IV (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>950</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054871988</t>
+          <t>9786054950522</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Maliye Konu Anlatımlı Hedef Sorular - Kod 3317</t>
+          <t>4. Sınıf 7. Yarıyıl Konaklama İşletmeciliği Güz Dönemi Çıkmış Sınav Soruları 2012-2018</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055424626</t>
+          <t>9786054950485</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Türk Dili ve Edebiyatı - Kod 3314</t>
+          <t>4. Sınıf Sosyoloji Bahar Dönemi Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057878724</t>
+          <t>9786054871094</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sosyal Medya Sosyolojisi - Kod 3360</t>
+          <t>3. Sınıf İktisat Konu Anlatımlı Soru Bankası Güz Dönemi 5. Yarıyıl</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054739592</t>
+          <t>9786054950874</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Sosyal Psikoloji 2 Konu Anlatımlı Hedef Sorular - Kod 2265</t>
+          <t>4. Sınıf 5. Yarıyıl Türkiye'nin Toplumsal Yapısı Konu Anlatımlı Soru Bankası Güz Dönemi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944129985</t>
+          <t>9786054950270</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Arapça 4 - Kod 2264</t>
+          <t>Kamu Yönetimi 4. Sınıf Güz Dönemi Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054739677</t>
+          <t>9786057878106</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Muhasebede Bilgi Yönetimi - Kod 2262</t>
+          <t>2. Sınıf 3. Yarıyıl Acil Durum Ve Afet Yönetimi Konu Anlatımlı Soru Bankası Güz Dönemi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054739639</t>
+          <t>9786054950225</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Siyasi Düşünceler Tarihi Konu Anlatımlı Hedef Sorular - Kod 2259</t>
+          <t>4. Sınıf 7. Yarıyıl Sosyoloji Çıkmış Sınav Soruları 2012-2018 Güz Dönemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054739615</t>
+          <t>9786054950966</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl İstatistik 2 Konu Anlatımlı Hedef Sorular - Kod 2257</t>
+          <t>AÖF 1. Sınıf Engelli Bakımı ve Rehabilitasyon Bahar Dönemi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054739370</t>
+          <t>9786054950997</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı İdare Hukuku - Kod 2253</t>
+          <t>Kalite Yönetim Sistemleri Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055424633</t>
+          <t>9786054950188</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Laborant ve Veteriner Sağlık - Kod 2217</t>
+          <t>3. Sınıf İşletme Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054739585</t>
+          <t>9786054950218</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Sağlık Kurumları İşletmeciliği - Kod 2215</t>
+          <t>3. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055424985</t>
+          <t>9786054739264</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Siyaset Bilimi ve Kamu Yönetimi Konu Anlatımlı Soru Bankası - Kod 312</t>
+          <t>3. Sınıf İşletme Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>950</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057878632</t>
+          <t>9786054739431</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 4. Yarıyıl Yönetim Bilimi 1 Konu Anlatımlı Soru Bankası - Kod 262</t>
+          <t>3. Sınıf Siyaset Bilimi ve Kamu Yönetimi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054739875</t>
+          <t>9786054739578</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Kamu Maliyesi Konu Anlatımlı Soru Bankası - Kod 257</t>
+          <t>2. Sınıf Halkla İlişkiler Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054739844</t>
+          <t>9786054950201</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Mikro İktisat Konu Anlatımlı Soru Bankası - Kod 253</t>
+          <t>2. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054739011</t>
+          <t>9786057878946</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2. ve 4. Sınıf Ortak 3. ve 7. Yarıyıl Türk Dili 1 Konu Anlatımlı Soru Bankası</t>
+          <t>Aöf 3. Sınıf Üretim Yönetimi Güz Dönemi Konu Anlatımlı Soru Bankası Kod: 361</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057878557</t>
+          <t>9786054950751</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Engelli Bakımı ve Rehabilitasyon Konu Anlatımlı Soru Bankası - Kod 230</t>
+          <t>AÖF 1. Sınıf Tıbbi Belgeleme Güz Dönemi 1. Yarıyıl Konu Anlatımlı Soru Bankası  (174)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054871117</t>
+          <t>9786054950140</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Çalışma Ekonomisi ve Endüstri İlişkileri Konu Anlatımlı Soru Bankası (Kod 316)</t>
+          <t>AÖF Ceza Hukuku Konu Anlatımlı Soru Bankası (259)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054739158</t>
+          <t>4440000002841</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Türk Dili ve Edebiyatı Konu Anlatımlı Soru Bankası (Kod 318)</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemleri Konu Anlatımlı Soru Bankası-güz Dönemi (5. Yarıyıl) (360)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054871247</t>
+          <t>9786054950003</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Felsefe Konu Anlatımlı Soru Bankası (Kod 319)</t>
+          <t>2. Sınıf Laborant ve Veteriner Sağlık Son 6 Yılın Çıkmış Sınav Soruları - Kod C206</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054739189</t>
+          <t>9786054950539</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Halkla İlişkiler ve Tanıtım Konu Anlatımlı Soru Bankası - Kod 224</t>
+          <t>4. Sınıf Konaklama İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları - Kod C409</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057878656</t>
+          <t>9786054950461</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Halkla İlişkiler ve Tanıtım Güz Dönemi Konu Anlatımlı Soru Bankası (Kod 324)</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Etkili İletişim Teknikleri - Kod 4453</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054871230</t>
+          <t>9786054739424</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Felsefe Konu Anlatımlı Soru Bankası - Kod 219</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Kamu Yönetimi - Kod 4412</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054739912</t>
+          <t>9786054950706</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Finansal Yönetim 1 Konu Anlatımlı Soru Bankası (Kod 352)</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sağlık Yönetimi - Kod 3322</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054739929</t>
+          <t>9786054950768</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Maliyet Muhasebesi Konu Anlatımlı Soru Bankası (Kod 353)</t>
+          <t>3. Sınıf 5. Yarıyıl Sosyal Hizmet Konu Anlatımlı Soru Bankası (Kod 323)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054739905</t>
+          <t>9786054950119</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Devlet Bütçesi Konu Anlatımlı Soru Bankası (Kod 354)</t>
+          <t>3. Sınıf 5. Yarıyıl Para Teorisi Hedef Sorular (Kod 356)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054739936</t>
+          <t>9786054950782</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Sosyal Politikalar Konu Anlatımlı Soru Bankası (Kod 355)</t>
+          <t>4. Sınıf 7. Yarıyıl Sağlık Yönetimi Konu Anlatımlı Soru Bankası (Kod 422)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054739059</t>
+          <t>9786054950133</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Kamu Yönetimi Hedef Sorular (Kod 412)</t>
+          <t>4. Sınıf İşletmelerde Sosyal Sorumluluk ve Etik Hedef Sorular (Kod 459)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054739141</t>
+          <t>9786054950850</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Türk Dili ve Edebiyatı Konu Anlatımlı Soru Bankası (Kod 418)</t>
+          <t>4. Sınıf 7. Yarıyıl Siyaset Bilimi Konu Anlatımlı Soru Bankası (Kod 460)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054739073</t>
+          <t>9786054950881</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Türk Vergi Sistemi Hedef Sorular (Kod 451)</t>
+          <t>4. Sınıf Sağlık Kurumlarında Operasyon Yönetimi Konu Anlatımlı Soru Bankası (Kod 462)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054739967</t>
+          <t>9786054950195</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Maliye Politikası 1 Konu Anlatımlı Soru Bankası (Kod 453)</t>
+          <t>3. Sınıf 5. Yarıyıl Kamu Yönetimi Son 6 Yılın Çıkmış Sorular (Kod 702)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054739974</t>
+          <t>9786054950249</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Stratejik Yönetim 1 Konu Anlatımlı Soru Bankası (Kod 454)</t>
+          <t>3. Sınıf 5. Yarıyıl Uluslararası İlişkiler Güz Dönemi Konu Anlatımlı Soru Bankası (Kod 703)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054739981</t>
+          <t>9786054950256</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Finansal Ekonomi Konu Anlatımlı Soru Bankası (Kod 456)</t>
+          <t>3. Sınıf 5. Yarıyıl Konaklama İşletmeciliği Güz Dönemi Çıkmış Sınav Soruları (Kod 705)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054739998</t>
+          <t>9786054950287</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Denetim Konu Anlatımlı Soru Bankası (Kod 457)</t>
+          <t>4. Sınıf 7. Yarıyıl Uluslararası İlişkiler Son 6 Yılın Çıkmış Sınav Soruları (Kod 803)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054871001</t>
+          <t>9786054950799</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Sermaye Piyasaları ve Finansal Kurumlar Konu Anlatımlı Soru Bankası (Kod 458)</t>
+          <t>İş Sağlığı Ve Güvenliği Konu Anlatımlı Soru Bankası - Güz Dönemi 7. Yarıyıl Kod: 463</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057878229</t>
+          <t>9786054739950</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Aşçılık Konu Anlatımlı Hedef Sorular - Kod 125</t>
+          <t>Avrupa Birliği Konu Anlatımlı Soru Bankası Güz Dönemi (7. Yarıyıl) (452)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054871742</t>
+          <t>9786054950157</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>AÖF 2. Sınıf İşletme Bahar Dönemi Çıkmış Sınav Soruları 2012-2018 4.Yarıyıl</t>
+          <t>Girişimcilik ve İş Kurma Konu Anlatımlı Hedef Sorular 4. Sınıf Güz Dönemi 7. Yarıyıl (Kod 455)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054739066</t>
+          <t>9786054950843</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Uluslararası İşletmecilik Konu Anlatımlı Soru Bankası Kod: 351</t>
+          <t>3. Sınıf 5. Yarıyıl Turizm Sosyolojisi Konu Anlatımlı Soru Bankası Kod: 359</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054739608</t>
+          <t>9786054950980</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ve Toplum (Bahar Dönemi) Konu Anlatımlı Soru Bankası (2. Yarıyıl) (1165)</t>
+          <t>Bilişim Hukuku Bahar Dönemi) Konu Anlatımlı Soru Bankası-(2.Yarıyıl) (1172)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054871100</t>
+          <t>9786054950263</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Kod 415)</t>
+          <t>4. Sınıf İşletme Çıkmış Sınav Soruları Güz Dönemi (801)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054871049</t>
+          <t>9786054950416</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Kod 315)</t>
+          <t>2. Sınıf İşletme Bölümü Çıkmış Sınav Soruları (2012-2018) (Güz Dönemi)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054739622</t>
+          <t>9786054739271</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Yerel Yönetimler Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl 2260</t>
+          <t>4. Sınıf İşletme(Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057878335</t>
+          <t>9786054871537</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Bahar Dönemi Konu Anlatımlı Soru Bankası 6. Yarıyıl - 3352</t>
+          <t>4. Sınıf 8. Yarıyıl Maliye Politikası Konu Anlatımlı Soru Bankası - Kod 4457</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057878052</t>
+          <t>9786057878045</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Eğitim Psikolojisi Bahar Dönemi Konu Anlatımlı Soru Bankası 8. Yarıyıl 4462</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Maliye Politikası 2 - Kod 4459</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055424541</t>
+          <t>9786057878038</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Adalet - Güncel Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Ekonominin Güncel Sorunları - Kod 4461</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054871889</t>
+          <t>9786054871766</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Uluslararası İlişkiler Çıkmış Sınav Soruları(Bahar Dönemi)</t>
+          <t>2. Sınıf Kamu Yönetimi Son 6 Yılın Çıkmış Sınav Soruları - Kod C202</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054871650</t>
+          <t>9786054871773</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+          <t>2. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları - Kod C208</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054871346</t>
+          <t>9786054871377</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf İşletme Çıkmış Sınav Soruları (Bahar Dönemi)</t>
+          <t>3. Sınıf Uluslararası İlişkiler Son 6 Yılın Çıkmış Sınav Soruları - Kod C304</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054739790</t>
+          <t>9786054871810</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>3. Sınıf Konaklama İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları - Kod C308</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054739714</t>
+          <t>9786054739332</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tablolar Analizi (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+          <t>2. ve 4. Sınıf 4. ve 8. Yarıyıl Konu Anlatımlı İnsan Kaynakları Yönetimi - Kod 4452</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054739653</t>
+          <t>9786054739325</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+          <t>2. ve 4. Sınıf 4. ve 8. Yarıyıl Konu Anlatımlı Türkiye Ekonomisi - Kod 4451</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054739479</t>
+          <t>9786057878717</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türk Dili Ve Edebiyatı Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>4. Sınıf 8. Yarıyıl Konu Anlatımlı Tüketim Sosyolojisi - Kod 4464</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054739356</t>
+          <t>9786057878748</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Ticaret Hukuku (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Pazarlama İletişimi - Kod 3359</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944578127</t>
+          <t>9786054871513</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim 2. Sınıf 3. Yarıyıl Güz Dönemi Arapça Konu Anlatımlı Ana Kaynak Kod: 261</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Örgüt Kuramı - Kod 3356</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055424657</t>
+          <t>9786054739363</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İlahiyat Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl</t>
+          <t>3. Sınıf 6. Yarıyıl İş ve Sosyal Güvenlik Hukuku - Kod 3354</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055424640</t>
+          <t>9786054739288</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Türk Dili Ve Edebiyatı Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Örgütsel Davranış - Kod 3353</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055424572</t>
+          <t>9786054739295</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sosyoloji Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Finansal Yönetim 2 - Kod 3351</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054871735</t>
+          <t>9786057878014</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İlahiyat Bahar Dönemi Çıkmış Sınav Soruları 2011 - 2018 4. Yarıyıl C210</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sosyal Hizmet - Kod 3320</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054871414</t>
+          <t>9786054871988</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Sosyoloji Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf 6. Yarıyıl Maliye Konu Anlatımlı Hedef Sorular - Kod 3317</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054739240</t>
+          <t>9786055424626</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Atatürk İlkeleri Ve İnkılap Tarihi 2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Türk Dili ve Edebiyatı - Kod 3314</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055424992</t>
+          <t>9786057878724</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 5. Yarıyıl İşletme Konu Anlatımlı Soru Bankası Kod 311</t>
+          <t>3. Sınıf 6. Yarıyıl Konu Anlatımlı Sosyal Medya Sosyolojisi - Kod 3360</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054871803</t>
+          <t>9786054739592</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Kamu Yönetimi Son 5 Yılın Çıkmış Sınav Soruları</t>
+          <t>2. Sınıf 4. Yarıyıl Sosyal Psikoloji 2 Konu Anlatımlı Hedef Sorular - Kod 2265</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054871919</t>
+          <t>9789944129985</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Felsefe Bölümü Konu Anlatımlı</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Arapça 4 - Kod 2264</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054871506</t>
+          <t>9786054739677</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf 6. Yarıyıl Para Politikası Konu Anlatımlı Hedef Sorular</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Muhasebede Bilgi Yönetimi - Kod 2262</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054739042</t>
+          <t>9786054739639</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İşletme Konu Anlatımlı Soru Bankası Güz Dönemi (7.Yarıyıl) (411)</t>
+          <t>2. Sınıf 4. Yarıyıl Siyasi Düşünceler Tarihi Konu Anlatımlı Hedef Sorular - Kod 2259</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057878021</t>
+          <t>9786054739615</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Sağlık Yönetimi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 4. Yarıyıl İstatistik 2 Konu Anlatımlı Hedef Sorular - Kod 2257</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054739035</t>
+          <t>9786054739370</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası-güz Dönemi (3. Yarıyıl)</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı İdare Hukuku - Kod 2253</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054871025</t>
+          <t>9786055424633</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sağlık Kurumları İşletmeciliği Konu Anlatımlı Soru Bankası Güz Dönemi (3. Yarıyıl)</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Laborant ve Veteriner Sağlık - Kod 2217</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>950</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054739080</t>
+          <t>9786054739585</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası - Güz Dönemi (5. Yarıyıl)</t>
+          <t>2. Sınıf 4. Yarıyıl Konu Anlatımlı Sağlık Kurumları İşletmeciliği - Kod 2215</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054739745</t>
+          <t>9786055424985</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Uluslararası İlişkiler (Bahar Dönemi) Konu Anlatımlı Soru Bankası (6. Yarıyıl)</t>
+          <t>3. Sınıf 5. Yarıyıl Siyaset Bilimi ve Kamu Yönetimi Konu Anlatımlı Soru Bankası - Kod 312</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054739561</t>
+          <t>9786057878632</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sosyal Hizmetler Bahar Dönemi) Konu Anlatımlı Soru Bankası (4.Yy)</t>
+          <t>2. Sınıf 4. Yarıyıl Yönetim Bilimi 1 Konu Anlatımlı Soru Bankası - Kod 262</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054739349</t>
+          <t>9786054739875</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi ve Kamu Yönetimi Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Kamu Maliyesi Konu Anlatımlı Soru Bankası - Kod 257</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054739233</t>
+          <t>9786054739844</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili-2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Mikro İktisat Konu Anlatımlı Soru Bankası - Kod 253</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054739646</t>
+          <t>9786054739011</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi 2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>2. ve 4. Sınıf Ortak 3. ve 7. Yarıyıl Türk Dili 1 Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054871353</t>
+          <t>9786057878557</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf İşletme Çıkmış Sınav Soruları</t>
+          <t>2. Sınıf 3. Yarıyıl Engelli Bakımı ve Rehabilitasyon Konu Anlatımlı Soru Bankası - Kod 230</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054871391</t>
+          <t>9786054871117</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Kamu Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Çalışma Ekonomisi ve Endüstri İlişkileri Konu Anlatımlı Soru Bankası (Kod 316)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054871858</t>
+          <t>9786054739158</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Türk Dili ve Edebiyatı Konu Anlatımlı Soru Bankası (Kod 318)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054739738</t>
+          <t>9786054871247</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Çalışma Ekonomisi ve Endüstri İlişkileri Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf 5. Yarıyıl Felsefe Konu Anlatımlı Soru Bankası (Kod 319)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>950</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054871605</t>
+          <t>9786054739189</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Halkla İlişkiler ve Tanıtım Konu Anlatımlı Soru Bankası - Kod 224</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054871551</t>
+          <t>9786057878656</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mahalli İdareler Maliyesi Konu Anlatımlı Soru Bankası</t>
+          <t>3. Sınıf Halkla İlişkiler ve Tanıtım Güz Dönemi Konu Anlatımlı Soru Bankası (Kod 324)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055424664</t>
+          <t>9786054871230</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim Sosyoloji 3. Sınıf 6. Yarıyıl Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Felsefe Konu Anlatımlı Soru Bankası - Kod 219</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054871797</t>
+          <t>9786054739912</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Finansal Yönetim 1 Konu Anlatımlı Soru Bankası (Kod 352)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054871780</t>
+          <t>9786054739929</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Sağlık Kurumları İşletmeciliği Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Maliyet Muhasebesi Konu Anlatımlı Soru Bankası (Kod 353)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054871339</t>
+          <t>9786054739905</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Adalet Son 6 Yılın Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Devlet Bütçesi Konu Anlatımlı Soru Bankası (Kod 354)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054871223</t>
+          <t>9786054739936</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf İlahiyat Çıkmış Sınav Soruları</t>
+          <t>3. Sınıf 5. Yarıyıl Sosyal Politikalar Konu Anlatımlı Soru Bankası (Kod 355)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054871209</t>
+          <t>9786054739059</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası</t>
+          <t>4. Sınıf 7. Yarıyıl Kamu Yönetimi Hedef Sorular (Kod 412)</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054871568</t>
+          <t>9786054739141</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilere Giriş Konu Anlatımlı Soru Bankası</t>
+          <t>4. Sınıf 7. Yarıyıl Türk Dili ve Edebiyatı Konu Anlatımlı Soru Bankası (Kod 418)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057878960</t>
+          <t>9786054739073</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Toplantı ve Sunu Teknikleri anlatımlı Soru Bankası (2.Yarıyıl) (1117)</t>
+          <t>4. Sınıf 7. Yarıyıl Türk Vergi Sistemi Hedef Sorular (Kod 451)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>4440000002453</t>
+          <t>9786054739967</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>AÖF 3. Sınıf ve 1. Sınıf Siyaset Bilimi ve Kamu Yönetimi Güz Dönemi 5. Yarıyıl Konu Anlatımlı Soru Bankası (312)</t>
+          <t>4. Sınıf 7. Yarıyıl Maliye Politikası 1 Konu Anlatımlı Soru Bankası (Kod 453)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9783054950980</t>
+          <t>9786054739974</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Bilişim Hukuku - Kod 1172</t>
+          <t>4. Sınıf 7. Yarıyıl Stratejik Yönetim 1 Konu Anlatımlı Soru Bankası (Kod 454)</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054739509</t>
+          <t>9786054739981</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Hedef Sorular Proje Yönetimi - Kod 1159</t>
+          <t>4. Sınıf 7. Yarıyıl Finansal Ekonomi Konu Anlatımlı Soru Bankası (Kod 456)</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054950965</t>
+          <t>9786054739998</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Engelli Bakımı ve Rehabilitasyon</t>
+          <t>4. Sınıf Denetim Konu Anlatımlı Soru Bankası (Kod 457)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054940928</t>
+          <t>9786054871001</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Yaşlı Bakımı - Kod 1122</t>
+          <t>4. Sınıf Sermaye Piyasaları ve Finansal Kurumlar Konu Anlatımlı Soru Bankası (Kod 458)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054950652</t>
+          <t>9786057878229</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Tıbbi Dökümantasyon ve Sekreterlik - Kod 1117</t>
+          <t>1. Sınıf 1. Yarıyıl Aşçılık Konu Anlatımlı Hedef Sorular - Kod 125</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057878366</t>
+          <t>9786054871742</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Tıbbi Dokümantasyon ve Sekreterlik Konu Anlatımlı Soru Bankası - Kod 231</t>
+          <t>AÖF 2. Sınıf İşletme Bahar Dönemi Çıkmış Sınav Soruları 2012-2018 4.Yarıyıl</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054871063</t>
+          <t>9786054739066</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Dış Ticaret Konu Anlatımlı Soru Bankası - Kod 228</t>
+          <t>3. Sınıf 5. Yarıyıl Uluslararası İşletmecilik Konu Anlatımlı Soru Bankası Kod: 351</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054871056</t>
+          <t>9786054739608</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Bankacılık Sigortacılık Konu Anlatımlı Soru Bankası - Kod 226</t>
+          <t>İnsan Ve Toplum (Bahar Dönemi) Konu Anlatımlı Soru Bankası (2. Yarıyıl) (1165)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054950683</t>
+          <t>9786054871100</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>1. ve 3. Sınıf 5 Yarıyıl Yönetimde Güncel Yaklaşımlar Hedef Sorular Konu Anlatımlı (Kod 357)</t>
+          <t>4. Sınıf 7. Yarıyıl Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Kod 415)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054950775</t>
+          <t>9786054871049</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Kamu Personel Hukuku Konu Anlatımlı Soru Bankası - Kod 180</t>
+          <t>3. Sınıf 5. Yarıyıl Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Kod 315)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054950836</t>
+          <t>9786054739622</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Temel İnsan Hakları Bilgisi 1 Konu Anlatımlı Soru Bankası - Kod 179</t>
+          <t>2. Sınıf Yerel Yönetimler Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl 2260</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054950829</t>
+          <t>9786057878335</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyal Bilimlerde Temel Kavramlar Konu Anlatımlı Soru Bankası - Kod 177</t>
+          <t>İdari Yargı Bahar Dönemi Konu Anlatımlı Soru Bankası 6. Yarıyıl - 3352</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054950089</t>
+          <t>9786057878052</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Bireysel İş Hukuku Konu Anlatımlı Soru Bankası - Kod 175</t>
+          <t>4. Sınıf Eğitim Psikolojisi Bahar Dönemi Konu Anlatımlı Soru Bankası 8. Yarıyıl 4462</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054871179</t>
+          <t>9786055424541</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Tıbbi Belgeleme Konu Anlatımlı Soru Bankası - Kod 174</t>
+          <t>2. Sınıf Adalet - Güncel Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054950744</t>
+          <t>9786054871889</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Bireyler Arası İletişim Konu Anlatımlı Soru Bankası - Kod 173</t>
+          <t>4. Sınıf Uluslararası İlişkiler Çıkmış Sınav Soruları(Bahar Dönemi)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055424893</t>
+          <t>9786054871650</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Tıp Terimleri Konu Anlatımlı - Kod 161</t>
+          <t>4. Sınıf Uluslararası İlişkiler Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054950300</t>
+          <t>9786054871346</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları (Kod 508)</t>
+          <t>3. Sınıf İşletme Çıkmış Sınav Soruları (Bahar Dönemi)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054950324</t>
+          <t>9786054739790</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sağlık Kurumları İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları (Kod 509)</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054950423</t>
+          <t>9786054739714</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Kamu Yönetimi Son 6 Yılın Çıkmış Sınav Soruları (Kod 602)</t>
+          <t>Finansal Tablolar Analizi (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054950171</t>
+          <t>9786054739653</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Adalet Son 7 Yılın Çıkmış Sınav Soruları (Kod 605)</t>
+          <t>Tedarik Zinciri Yönetimi (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054950317</t>
+          <t>9786054739479</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları (Kod 606)</t>
+          <t>4. Sınıf Türk Dili Ve Edebiyatı Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054950737</t>
+          <t>9786054739356</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Acil Durum ve Afet Yönetimi Konu Anlatımlı - Kod 124</t>
+          <t>2. Sınıf Ticaret Hukuku (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054950720</t>
+          <t>9789944578127</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Engelli Bakımı ve Rehabilitasyon Güz Dönemi 1. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (123/190)</t>
+          <t>Açıköğretim 2. Sınıf 3. Yarıyıl Güz Dönemi Arapça Konu Anlatımlı Ana Kaynak Kod: 261</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054950713</t>
+          <t>9786055424657</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Web Tasarımı ve Kodlama Konu Anlatımlı - Kod 122</t>
+          <t>2. Sınıf İlahiyat Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054950409</t>
+          <t>9786055424640</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Ev İdaresi ve Yaşlı Bakımı Çocuk Gelişimi Ortak Dersleri Konu Anlatımlı - Kod 119</t>
+          <t>2. Sınıf Türk Dili Ve Edebiyatı Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054871155</t>
+          <t>9786055424572</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Tıbbi Dokümantasyon ve Sekreterlik Konu Anlatımlı - Kod 118</t>
+          <t>2. Sınıf Sosyoloji Bahar Dönemi Konu Anlatımlı Soru Bankası 4. Yarıyıl</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054950942</t>
+          <t>9786054871735</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Temel Sağlık Hizmetleri Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf İlahiyat Bahar Dönemi Çıkmış Sınav Soruları 2011 - 2018 4. Yarıyıl C210</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054950331</t>
+          <t>9786054871414</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İşletme Son 6 Yılın Çıkmış Sınav Soruları Kod: 501</t>
+          <t>4. Sınıf Sosyoloji Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054950621</t>
+          <t>9786054739240</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Çocuk Gelişimi Konu Anlatımlı Soru Bankası Güz Dönemi (1. Yarıyıl) (121)</t>
+          <t>2. Sınıf Atatürk İlkeleri Ve İnkılap Tarihi 2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054950348</t>
+          <t>9786055424992</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Kamu Çıkmış Sınav Soruları (2012-2018) Güz Dönemi</t>
+          <t>3. Sınıf 5. Yarıyıl İşletme Konu Anlatımlı Soru Bankası Kod 311</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054950232</t>
+          <t>9786054871803</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyoloji 1. Yarıyıl Çıkmış Sınav Soruları (2011-2018) (505)</t>
+          <t>3. Sınıf 6. Yarıyıl Kamu Yönetimi Son 5 Yılın Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054950027</t>
+          <t>9786054871919</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Laborant Ve Veteriner Sağlık Çıkmış Sınav Soruları (Bahar Dönemi)</t>
+          <t>3. Sınıf 6. Yarıyıl Felsefe Bölümü Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054739530</t>
+          <t>9786054871506</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İktisada Giriş -II Bahar Dönemi Konu Anlatımlı Soru Bankası (1153)</t>
+          <t>3. Sınıf 6. Yarıyıl Para Politikası Konu Anlatımlı Hedef Sorular</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054950379</t>
+          <t>9786054739042</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Sağlık Kurumları İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları</t>
+          <t>4. Sınıf İşletme Konu Anlatımlı Soru Bankası Güz Dönemi (7.Yarıyıl) (411)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055424800</t>
+          <t>9786057878021</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Davranış Bilimleri 1 Hedef Sorular</t>
+          <t>4. Sınıf Sağlık Yönetimi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054950928</t>
+          <t>9786054739035</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Yaşlı Bakımı Konu Anlatımlı Soru Bankası - 2 Yarıyıl/Bahar Dönemi</t>
+          <t>2. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası-güz Dönemi (3. Yarıyıl)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054950973</t>
+          <t>9786054871025</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Çocuk Gelişimi Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf Sağlık Kurumları İşletmeciliği Konu Anlatımlı Soru Bankası Güz Dönemi (3. Yarıyıl)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057878007</t>
+          <t>9786054739080</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Acil Durum Ve Afet Yönetimi</t>
+          <t>3. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası - Güz Dönemi (5. Yarıyıl)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054871322</t>
+          <t>9786054739745</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Adalet Son 6 Yılın Çıkmış Sorular</t>
+          <t>3. Sınıf Uluslararası İlişkiler (Bahar Dönemi) Konu Anlatımlı Soru Bankası (6. Yarıyıl)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054950867</t>
+          <t>9786054739561</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Tıp Terimleri Konu Anlatımı</t>
+          <t>2. Sınıf Sosyal Hizmetler Bahar Dönemi) Konu Anlatımlı Soru Bankası (4.Yy)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054950614</t>
+          <t>9786054739349</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Ev İdaresi Yaşlı Bakımı Çocuk Gelişimi Ortak Dersleri Konu Anlatımlı Soru Bankası</t>
+          <t>Siyaset Bilimi ve Kamu Yönetimi Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054871674</t>
+          <t>9786054739233</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>AÖF 4. Sınıf İktisat Tarihi Bahar Dönemi 8. Yarıyıl Konu Anlatımlı Soru Bankası</t>
+          <t>Türk Dili-2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057878687</t>
+          <t>9786054739646</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Laborant ve Veteriner Sağlık Çıkmış Sınav Soruları</t>
+          <t>Yönetim Bilimi 2 Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057878939</t>
+          <t>9786054871353</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Güz Dönemi Halkla İlişkiler ve İletişim</t>
+          <t>4. Sınıf İşletme Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057878533</t>
+          <t>9786054871391</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Finansal Muhasebe Bahar Dönemi Kod: 1177</t>
+          <t>4. Sınıf Kamu Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057878885</t>
+          <t>9786054871858</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>AÖF 2. Sınıf 4. Yarıyıl Aşçılık Konu Anlatımlı Soru Bakası Kod 2229</t>
+          <t>3. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057878694</t>
+          <t>9786054739738</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Adalet Soru Bankası (C107-1)</t>
+          <t>3. Sınıf Çalışma Ekonomisi ve Endüstri İlişkileri Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054871360</t>
+          <t>9786054871605</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları - Kod C108</t>
+          <t>Çalışma Ekonomisi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057878298</t>
+          <t>9786054871551</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Sermaye Piyasası Hukuku Konu Anlatımlı Hedef Sorular - Kod 1173</t>
+          <t>Mahalli İdareler Maliyesi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054871582</t>
+          <t>9786055424664</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Siyasi Tarih 2 - Kod 1170</t>
+          <t>Açıköğretim Sosyoloji 3. Sınıf 6. Yarıyıl Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054739394</t>
+          <t>9786054871797</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Uygarlık Tarihi 2 - Kod 1167</t>
+          <t>2. Sınıf Sosyoloji Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054739318</t>
+          <t>9786054871780</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Halkla İlişkiler - Kod 1166</t>
+          <t>2. Sınıf Sağlık Kurumları İşletmeciliği Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054739257</t>
+          <t>9786054871339</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Türk Siyasal Hayatı - Kod 1163</t>
+          <t>2. Sınıf Adalet Son 6 Yılın Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054739455</t>
+          <t>9786054871223</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Matematik 2 - Kod 1162</t>
+          <t>2. Sınıf İlahiyat Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054739707</t>
+          <t>9786054871209</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Sembolik Mantık - Kod 1161</t>
+          <t>2. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054739202</t>
+          <t>9786054871568</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı İşletme Fonksiyonları - Kod 1160</t>
+          <t>Uluslararası İlişkilere Giriş Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054739387</t>
+          <t>9786057878960</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Genel Uygarlık Tarihi - Kod 1157</t>
+          <t>1. Sınıf Toplantı ve Sunu Teknikleri anlatımlı Soru Bankası (2.Yarıyıl) (1117)</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054739493</t>
+          <t>4440000002453</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Yönetim ve Organizasyon - Kod 1156</t>
+          <t>AÖF 3. Sınıf ve 1. Sınıf Siyaset Bilimi ve Kamu Yönetimi Güz Dönemi 5. Yarıyıl Konu Anlatımlı Soru Bankası (312)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054739523</t>
+          <t>9783054950980</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Genel Muhasebe 2 - Kod 1155</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Bilişim Hukuku - Kod 1172</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054739219</t>
+          <t>9786054739509</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Davranış Bilimleri 2 - Kod 1154</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Hedef Sorular Proje Yönetimi - Kod 1159</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054739547</t>
+          <t>9786054950965</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Borçlar Hukuku - Kod 1152</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Engelli Bakımı ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054739226</t>
+          <t>9786054940928</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>1. ve 3. Sınıf Ortak 2. ve 6. Yarıyıl Konu Anlatımlı Temel Bilgi Teknolojileri 3 - Kod 1151</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Yaşlı Bakımı - Kod 1122</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057878731</t>
+          <t>9786054950652</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Çocukluk Sosyolojisi - Kod 1179</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Tıbbi Dökümantasyon ve Sekreterlik - Kod 1117</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057878625</t>
+          <t>9786057878366</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Adalet Çıkmış Sınav Soruları (Kod 605)</t>
+          <t>2. Sınıf 3. Yarıyıl Tıbbi Dokümantasyon ve Sekreterlik Konu Anlatımlı Soru Bankası - Kod 231</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057878168</t>
+          <t>9786054871063</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Dönemsonu İşlemleri Konu Anlatımlı Soru Bankası - Kod 260</t>
+          <t>2. Sınıf 3. Yarıyıl Dış Ticaret Konu Anlatımlı Soru Bankası - Kod 228</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054739882</t>
+          <t>9786054871056</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Anayasa Hukuku Konu Anlatımlı Soru Bankası - Kod 258</t>
+          <t>2. Sınıf 3. Yarıyıl Bankacılık Sigortacılık Konu Anlatımlı Soru Bankası - Kod 226</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054739868</t>
+          <t>9786054950683</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl İstatistik Konu Anlatımlı Soru Bankası - Kod 256</t>
+          <t>1. ve 3. Sınıf 5 Yarıyıl Yönetimde Güncel Yaklaşımlar Hedef Sorular Konu Anlatımlı (Kod 357)</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057878151</t>
+          <t>9786054950775</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl İşletme Yönetimi Konu Anlatımlı Soru Bankası - Kod 255</t>
+          <t>1. Sınıf 1. Yarıyıl Kamu Personel Hukuku Konu Anlatımlı Soru Bankası - Kod 180</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054739851</t>
+          <t>9786054950836</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl İstatistik 1 Konu Anlatımlı Soru Bankası - Kod 254</t>
+          <t>1. Sınıf 1. Yarıyıl Temel İnsan Hakları Bilgisi 1 Konu Anlatımlı Soru Bankası - Kod 179</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054739004</t>
+          <t>9786054950829</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Atatürk İlkeleri ve İnkılap Tarihi 1 Konu Anlatımlı Soru Bankası</t>
+          <t>1. Sınıf 1. Yarıyıl Sosyal Bilimlerde Temel Kavramlar Konu Anlatımlı Soru Bankası - Kod 177</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057878564</t>
+          <t>9786054950089</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl İş Sağlığı ve Güvenliği Konu Anlatımlı Soru Bankası - Kod 229</t>
+          <t>1. Sınıf 1. Yarıyıl Bireysel İş Hukuku Konu Anlatımlı Soru Bankası - Kod 175</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054739103</t>
+          <t>9786054871179</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Laborant ve Veteriner Sağlık Konu Anlatımlı Soru Bankası - Kod 225</t>
+          <t>1. Sınıf 1. Yarıyıl Tıbbi Belgeleme Konu Anlatımlı Soru Bankası - Kod 174</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054739165</t>
+          <t>9786054950744</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Sosyal Hizmetler Konu Anlatımlı Soru Bankası - Kod 221</t>
+          <t>1. Sınıf 1. Yarıyıl Bireyler Arası İletişim Konu Anlatımlı Soru Bankası - Kod 173</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054739028</t>
+          <t>9786055424893</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl Adalet Konu Anlatımlı Soru Bankası - Kod 220</t>
+          <t>1. Sınıf 1. Yarıyıl Tıp Terimleri Konu Anlatımlı - Kod 161</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057878595</t>
+          <t>9786054950300</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. ve 2. Yarıyıl Temel İlk Yardım Bilgisi Konu Anlatımlı Soru Bankası - Kod 188</t>
+          <t>1. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları (Kod 508)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057878588</t>
+          <t>9786054950324</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyal Hizmete Giriş Konu Anlatımlı Soru Bankası - Kod 187</t>
+          <t>1. Sınıf 1. Yarıyıl Sağlık Kurumları İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları (Kod 509)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057878649</t>
+          <t>9786054950423</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Davranış Bilimlerine Giriş Konu Anlatımlı Soru Bankası - Kod 186</t>
+          <t>2. Sınıf 3. Yarıyıl Kamu Yönetimi Son 6 Yılın Çıkmış Sınav Soruları (Kod 602)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055424817</t>
+          <t>9786054950171</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İktisada Giriş 1 Konu Anlatımlı Soru Bankası - Kod 185</t>
+          <t>2. Sınıf 3. Yarıyıl Adalet Son 7 Yılın Çıkmış Sınav Soruları (Kod 605)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057878540</t>
+          <t>9786054950317</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sağlık İşletmeciliği 1 Konu Anlatımlı Soru Bankası - Kod 184</t>
+          <t>2. Sınıf 3. Yarıyıl Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları (Kod 606)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057878175</t>
+          <t>9786054950737</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Temel Gerontoloji Konu Anlatımlı Soru Bankası - Kod 183</t>
+          <t>1. Sınıf 1. Yarıyıl Acil Durum ve Afet Yönetimi Konu Anlatımlı - Kod 124</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057878144</t>
+          <t>9786054950720</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Temel Veteriner Patoloji Konu Anlatımlı Soru Bankası - Kod 182</t>
+          <t>1. Sınıf Engelli Bakımı ve Rehabilitasyon Güz Dönemi 1. Yarıyıl Tüm Dersler Konu Anlatımlı Soru Bankası (123/190)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057878137</t>
+          <t>9786054950713</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İnsan Davranışı ve Sosyal Çevre 1 Konu Anlatımlı Soru Bankası - Kod 181</t>
+          <t>1. Sınıf 1. Yarıyıl Web Tasarımı ve Kodlama Konu Anlatımlı - Kod 122</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057878199</t>
+          <t>9786054950409</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İş Sağlığı ve Güvenliği Mevzuatı Konu Anlatımlı Soru Bankası - Kod 178</t>
+          <t>1. Sınıf 1. Yarıyıl Ev İdaresi ve Yaşlı Bakımı Çocuk Gelişimi Ortak Dersleri Konu Anlatımlı - Kod 119</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054739899</t>
+          <t>9786054871155</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf 7. Yarıyıl Sosyoloji Hedef Sorular (Kod 417)</t>
+          <t>1. Sınıf 1. Yarıyıl Tıbbi Dokümantasyon ve Sekreterlik Konu Anlatımlı - Kod 118</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944572835</t>
+          <t>9786054950942</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Arapça 1 Konu Anlatımlı Soru Bankası - Kod 176</t>
+          <t>1. Sınıf Temel Sağlık Hizmetleri Bahar Dönemi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054739783</t>
+          <t>9786054950331</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Bankacılık Sigortacılık Konu Anlatımlı Soru Bankası - Kod 172</t>
+          <t>1. Sınıf 1. Yarıyıl İşletme Son 6 Yılın Çıkmış Sınav Soruları Kod: 501</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054739776</t>
+          <t>9786054950621</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyoloji 1 Konu Anlatımlı Soru Bankası - Kod 171</t>
+          <t>1. Sınıf Çocuk Gelişimi Konu Anlatımlı Soru Bankası Güz Dönemi (1. Yarıyıl) (121)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054739127</t>
+          <t>9786054950348</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Uygarlık Tarihi 1 Konu Anlatımlı Soru Bankası - Kod 170</t>
+          <t>1. Sınıf Kamu Çıkmış Sınav Soruları (2012-2018) Güz Dönemi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054739110</t>
+          <t>9786054950232</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Siyasi Tarih 1 Konu Anlatımlı Soru Bankası - Kod 169</t>
+          <t>1. Sınıf Sosyoloji 1. Yarıyıl Çıkmış Sınav Soruları (2011-2018) (505)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055424978</t>
+          <t>9786054950027</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Psikoloji Konu Anlatımlı Soru Bankası - Kod 167</t>
+          <t>1. Sınıf Laborant Ve Veteriner Sağlık Çıkmış Sınav Soruları (Bahar Dönemi)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055424947</t>
+          <t>9786054739530</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyolojiye Giriş Konu Anlatımlı Soru Bankası - Kod 166</t>
+          <t>1. Sınıf İktisada Giriş -II Bahar Dönemi Konu Anlatımlı Soru Bankası (1153)</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055424954</t>
+          <t>9786054950379</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Pazarlama Yönetimi Konu Anlatımlı Soru Bankası - Kod 165</t>
+          <t>2. Sınıf 3. Yarıyıl Sağlık Kurumları İşletmeciliği Son 6 Yılın Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055424909</t>
+          <t>9786055424800</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Türk Anayasa Hukuku Konu Anlatımlı Soru Bankası - Kod 164</t>
+          <t>1. Sınıf 1. Yarıyıl Davranış Bilimleri 1 Hedef Sorular</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055424916</t>
+          <t>9786054950928</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İletişim Bilgisi Konu Anlatımlı - Kod 163</t>
+          <t>1. Sınıf Yaşlı Bakımı Konu Anlatımlı Soru Bankası - 2 Yarıyıl/Bahar Dönemi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055424923</t>
+          <t>9786054950973</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Matematik 1 Konu Anlatımlı Soru Bankası - Kod 162</t>
+          <t>1. Sınıf Çocuk Gelişimi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055424848</t>
+          <t>9786057878007</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İşletme İlkeleri Konu Anlatımlı Soru Bankası - Kod 160</t>
+          <t>1. Sınıf 2. Yarıyıl Acil Durum Ve Afet Yönetimi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055424879</t>
+          <t>9786054871322</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Genel Matematik Güz Dönemi Konu Anlatımlı Soru Bankası - Kod 159</t>
+          <t>1. Sınıf 2. Yarıyıl Adalet Son 6 Yılın Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055424862</t>
+          <t>9786054950867</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>1. ve 3. Sınıf 1. Yarıyıl İngilizce 1 Konu Anlatımlı Soru Bankası - Kod 158</t>
+          <t>1. Sınıf Tıp Terimleri Konu Anlatımı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055424855</t>
+          <t>9786054950614</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İktisada Giriş Konu Anlatımlı Soru Bankası - Kod 157</t>
+          <t>1. Sınıf 1. Yarıyıl Ev İdaresi Yaşlı Bakımı Çocuk Gelişimi Ortak Dersleri Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055424831</t>
+          <t>9786054871674</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Genel İşletme Konu Anlatımlı Soru Bankası - Kod 156</t>
+          <t>AÖF 4. Sınıf İktisat Tarihi Bahar Dönemi 8. Yarıyıl Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055424824</t>
+          <t>9786057878687</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Konu Anlatımlı Genel Muhasebe 1 - Kod 155</t>
+          <t>1. Sınıf Laborant ve Veteriner Sağlık Çıkmış Sınav Soruları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055424763</t>
+          <t>9786057878939</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Hukukun Temel Kavramları Konu Anlatımlı Hedef Sorular - Kod 152</t>
+          <t>1. Sınıf Güz Dönemi Halkla İlişkiler ve İletişim</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055424770</t>
+          <t>9786057878533</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Temel Bilgi Teknolojileri 1 - Kod 151</t>
+          <t>1. Sınıf 2. Yarıyıl Finansal Muhasebe Bahar Dönemi Kod: 1177</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057878618</t>
+          <t>9786057878885</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Adalet Soru Bankası Çıkmış Sorular Formatında Hazırlanmış (1. Yarıyıl) (507-1)</t>
+          <t>AÖF 2. Sınıf 4. Yarıyıl Aşçılık Konu Anlatımlı Soru Bakası Kod 2229</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055424961</t>
+          <t>9786057878694</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Felsefe Hedef Sorular Konu Anlatımlı - Kod 115</t>
+          <t>1. Sınıf Adalet Soru Bankası (C107-1)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055424794</t>
+          <t>9786054871360</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Adalet Konu Anlatımlı Hedef Sorular - Kod 112</t>
+          <t>1. Sınıf Sosyal Hizmetler Son 6 Yılın Çıkmış Sınav Soruları - Kod C108</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054739486</t>
+          <t>9786057878298</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Siyasi Tarih Bahar Dönemi Konu Anlatımlı Soru Bankası 2. Yarıyıl 1164</t>
+          <t>1. Sınıf 2. Yarıyıl Sermaye Piyasası Hukuku Konu Anlatımlı Hedef Sorular - Kod 1173</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057878182</t>
+          <t>9786054871582</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İş Sağlığı Ve Güvenliğinin Temelleri Güz Dönemi</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Siyasi Tarih 2 - Kod 1170</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055424602</t>
+          <t>9786054739394</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Laborant ve Veteriner Sağlık 2. Yarıyıl Bahar Dönemi Konu Anlatımlı Soru Bankası - 1114</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Uygarlık Tarihi 2 - Kod 1167</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055424787</t>
+          <t>9786054739318</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyoloji Konu Anlatımlı Soru Bankası - Güz Dönemi Kod: 111</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Halkla İlişkiler - Kod 1166</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055424015</t>
+          <t>9786054739257</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Arapça 2 Konu Anlatımlı Hedef Sorular Kod: 1178</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Türk Siyasal Hayatı - Kod 1163</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055424589</t>
+          <t>9786054739455</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Felsefe Bahar Dönemi Konu Anlatımlı Soru Bankası 2. Yarıyıl</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Matematik 2 - Kod 1162</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057878243</t>
+          <t>9786054739707</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Çocuk Gelişimi Bahar Dönemi 2. Yarıyıl Konu Anlatımlı Soru Bankası</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Sembolik Mantık - Kod 1161</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055424596</t>
+          <t>9786054739202</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İlahiyat Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı İşletme Fonksiyonları - Kod 1160</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055424565</t>
+          <t>9786054739387</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Genel Uygarlık Tarihi - Kod 1157</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055424558</t>
+          <t>9786054739493</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Yönetim ve Organizasyon - Kod 1156</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054871704</t>
+          <t>9786054739523</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İlahiyat Çıkmış Sınav Soruları (2012-2018) Bahar Dönemi</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Genel Muhasebe 2 - Kod 1155</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054871452</t>
+          <t>9786054739219</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İşletme Çıkmış Sınav Soruları (2012-2018) (Bahar Dönemi)</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Davranış Bilimleri 2 - Kod 1154</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054739820</t>
+          <t>9786054739547</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası Güz Dönemi</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Borçlar Hukuku - Kod 1152</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054739196</t>
+          <t>9786054739226</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İngilizce-II (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+          <t>1. ve 3. Sınıf Ortak 2. ve 6. Yarıyıl Konu Anlatımlı Temel Bilgi Teknolojileri 3 - Kod 1151</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055424619</t>
+          <t>9786057878731</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Adalet - Güncel 2021 - Bahar Dönemi Konu Anlatımlı Soru Bankası - 2021 2. Yarıyıl 1112</t>
+          <t>1. Sınıf 2. Yarıyıl Konu Anlatımlı Çocukluk Sosyolojisi - Kod 1179</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054739554</t>
+          <t>9786057878625</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Yarıyıl Halkla İlişkiler ve Tanıtım Konu Anlatımlı Hedef Sorular</t>
+          <t>2. Sınıf 3. Yarıyıl Adalet Çıkmış Sınav Soruları (Kod 605)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054739806</t>
+          <t>9786057878168</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İlahiyat Konu Anlatımlı Soru Bankası Kod 117</t>
+          <t>2. Sınıf 3. Yarıyıl Dönemsonu İşlemleri Konu Anlatımlı Soru Bankası - Kod 260</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057878342</t>
+          <t>9786054739882</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf İş Sağlığı ve Güvenliği (Bahar Dönemi)</t>
+          <t>2. Sınıf 3. Yarıyıl Anayasa Hukuku Konu Anlatımlı Soru Bankası - Kod 258</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055424886</t>
+          <t>9786054739868</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Sosyal Hizmetler Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl İstatistik Konu Anlatımlı Soru Bankası - Kod 256</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054871438</t>
+          <t>9786057878151</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyoloji (Bahar Dönemi) Çıkmış Sınav Soruları (2. Yarıyıl)</t>
+          <t>2. Sınıf 3. Yarıyıl İşletme Yönetimi Konu Anlatımlı Soru Bankası - Kod 255</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054871018</t>
+          <t>9786054739851</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf 3. Yarıyıl İlahiyat Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl İstatistik 1 Konu Anlatımlı Soru Bankası - Kod 254</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055424930</t>
+          <t>9786054739004</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl Laborant ve Veteriner Sağlık Hedef Sorular Kod 114</t>
+          <t>2. Sınıf 3. Yarıyıl Atatürk İlkeleri ve İnkılap Tarihi 1 Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054871216</t>
+          <t>9786057878564</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 1. Yarıyıl İlahiyat Son 7 Yılın Çıkmış Sınav Soruları Kod 511</t>
+          <t>2. Sınıf 3. Yarıyıl İş Sağlığı ve Güvenliği Konu Anlatımlı Soru Bankası - Kod 229</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055424718</t>
+          <t>9786054739103</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Felsefe Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Laborant ve Veteriner Sağlık Konu Anlatımlı Soru Bankası - Kod 225</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>900</v>
+        <v>950</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054739400</t>
+          <t>9786054739165</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sosyal Hizmetler Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Sosyal Hizmetler Konu Anlatımlı Soru Bankası - Kod 221</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054739448</t>
+          <t>9786054739028</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sağlık Kurumları İşletmeciliği Konu Anlatımlı Soru Bankası</t>
+          <t>2. Sınıf 3. Yarıyıl Adalet Konu Anlatımlı Soru Bankası - Kod 220</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054871476</t>
+          <t>9786057878595</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Sağlık Kurumları İşletmeciliği Bahar Dönemi Çıkmış Sınav Soruları (2012-2018)</t>
+          <t>1. Sınıf 1. ve 2. Yarıyıl Temel İlk Yardım Bilgisi Konu Anlatımlı Soru Bankası - Kod 188</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
+          <t>9786057878588</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sosyal Hizmete Giriş Konu Anlatımlı Soru Bankası - Kod 187</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786057878649</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Davranış Bilimlerine Giriş Konu Anlatımlı Soru Bankası - Kod 186</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786055424817</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İktisada Giriş 1 Konu Anlatımlı Soru Bankası - Kod 185</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786057878540</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sağlık İşletmeciliği 1 Konu Anlatımlı Soru Bankası - Kod 184</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786057878175</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Temel Gerontoloji Konu Anlatımlı Soru Bankası - Kod 183</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786057878144</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Temel Veteriner Patoloji Konu Anlatımlı Soru Bankası - Kod 182</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057878137</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İnsan Davranışı ve Sosyal Çevre 1 Konu Anlatımlı Soru Bankası - Kod 181</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786057878199</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İş Sağlığı ve Güvenliği Mevzuatı Konu Anlatımlı Soru Bankası - Kod 178</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786054739899</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>4. Sınıf 7. Yarıyıl Sosyoloji Hedef Sorular (Kod 417)</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789944572835</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Arapça 1 Konu Anlatımlı Soru Bankası - Kod 176</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786054739783</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Bankacılık Sigortacılık Konu Anlatımlı Soru Bankası - Kod 172</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786054739776</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sosyoloji 1 Konu Anlatımlı Soru Bankası - Kod 171</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786054739127</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Uygarlık Tarihi 1 Konu Anlatımlı Soru Bankası - Kod 170</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786054739110</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Siyasi Tarih 1 Konu Anlatımlı Soru Bankası - Kod 169</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786055424978</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Psikoloji Konu Anlatımlı Soru Bankası - Kod 167</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786055424947</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sosyolojiye Giriş Konu Anlatımlı Soru Bankası - Kod 166</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786055424954</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Pazarlama Yönetimi Konu Anlatımlı Soru Bankası - Kod 165</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786055424909</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Türk Anayasa Hukuku Konu Anlatımlı Soru Bankası - Kod 164</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786055424916</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İletişim Bilgisi Konu Anlatımlı - Kod 163</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786055424923</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Matematik 1 Konu Anlatımlı Soru Bankası - Kod 162</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786055424848</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İşletme İlkeleri Konu Anlatımlı Soru Bankası - Kod 160</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786055424879</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Genel Matematik Güz Dönemi Konu Anlatımlı Soru Bankası - Kod 159</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786055424862</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>1. ve 3. Sınıf 1. Yarıyıl İngilizce 1 Konu Anlatımlı Soru Bankası - Kod 158</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786055424855</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İktisada Giriş Konu Anlatımlı Soru Bankası - Kod 157</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786055424831</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Genel İşletme Konu Anlatımlı Soru Bankası - Kod 156</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786055424824</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Konu Anlatımlı Genel Muhasebe 1 - Kod 155</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055424763</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Hukukun Temel Kavramları Konu Anlatımlı Hedef Sorular - Kod 152</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786055424770</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Temel Bilgi Teknolojileri 1 - Kod 151</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786057878618</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Adalet Soru Bankası Çıkmış Sorular Formatında Hazırlanmış (1. Yarıyıl) (507-1)</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786055424961</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Felsefe Hedef Sorular Konu Anlatımlı - Kod 115</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786055424794</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Adalet Konu Anlatımlı Hedef Sorular - Kod 112</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786054739486</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Siyasi Tarih Bahar Dönemi Konu Anlatımlı Soru Bankası 2. Yarıyıl 1164</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786057878182</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İş Sağlığı Ve Güvenliğinin Temelleri Güz Dönemi</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786055424602</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Laborant ve Veteriner Sağlık 2. Yarıyıl Bahar Dönemi Konu Anlatımlı Soru Bankası - 1114</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786055424787</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sosyoloji Konu Anlatımlı Soru Bankası - Güz Dönemi Kod: 111</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055424015</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 2. Yarıyıl Arapça 2 Konu Anlatımlı Hedef Sorular Kod: 1178</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786055424589</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Felsefe Bahar Dönemi Konu Anlatımlı Soru Bankası 2. Yarıyıl</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786057878243</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Çocuk Gelişimi Bahar Dönemi 2. Yarıyıl Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786055424596</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İlahiyat Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786055424565</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786055424558</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sosyoloji Konu Anlatımlı Soru Bankası (Bahar Dönemi)</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786054871704</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İlahiyat Çıkmış Sınav Soruları (2012-2018) Bahar Dönemi</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786054871452</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İşletme Çıkmış Sınav Soruları (2012-2018) (Bahar Dönemi)</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786054739820</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Türk Dili Ve Edebiyatı Konu Anlatımlı Soru Bankası Güz Dönemi</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786054739196</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İngilizce-II (Bahar Dönemi) Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786055424619</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Adalet - Güncel 2021 - Bahar Dönemi Konu Anlatımlı Soru Bankası - 2021 2. Yarıyıl 1112</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786054739554</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 2. Yarıyıl Halkla İlişkiler ve Tanıtım Konu Anlatımlı Hedef Sorular</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786054739806</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İlahiyat Konu Anlatımlı Soru Bankası Kod 117</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786057878342</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf İş Sağlığı ve Güvenliği (Bahar Dönemi)</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786055424886</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Sosyal Hizmetler Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786054871438</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sosyoloji (Bahar Dönemi) Çıkmış Sınav Soruları (2. Yarıyıl)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786054871018</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf 3. Yarıyıl İlahiyat Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786055424930</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl Laborant ve Veteriner Sağlık Hedef Sorular Kod 114</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786054871216</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf 1. Yarıyıl İlahiyat Son 7 Yılın Çıkmış Sınav Soruları Kod 511</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786055424718</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Felsefe Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786054739400</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sosyal Hizmetler Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786054739448</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sağlık Kurumları İşletmeciliği Konu Anlatımlı Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786054871476</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıf Sağlık Kurumları İşletmeciliği Bahar Dönemi Çıkmış Sınav Soruları (2012-2018)</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
           <t>9786054871384</t>
         </is>
       </c>
-      <c r="B267" s="1" t="inlineStr">
+      <c r="B325" s="1" t="inlineStr">
         <is>
           <t>1. Sınıf Kamu Bahar Dönemi Çıkmış Sınav Soruları (2012-2018)</t>
         </is>
       </c>
-      <c r="C267" s="1">
+      <c r="C325" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>