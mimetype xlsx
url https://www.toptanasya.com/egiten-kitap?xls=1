--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,15415 +85,15460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255748294</t>
+          <t>9786255748331</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sürdürülebilirlik ve Eğitimi 2</t>
+          <t>PictoBlox Programlama Yapay Zeka-2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255748270</t>
+          <t>9786255748348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojiye Multidisipliner Yaklaşımlar</t>
+          <t>PictoBlox Programlama Makine Öğrenimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255748188</t>
+          <t>9786255748317</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Güncel Okumalar - 5</t>
+          <t>PictoBlox Programlama Yapay Zeka 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255748287</t>
+          <t>9786255748294</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Sağlıklı Beslenme ve Gıda Okuryazarlığı</t>
+          <t>Kuramdan Uygulamaya Sürdürülebilirlik ve Eğitimi 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255748096</t>
+          <t>9786255748270</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özgül Öğrenme Güçlüğünde Spesifik Kavramlar</t>
+          <t>Sosyal Psikolojiye Multidisipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255748249</t>
+          <t>9786255748188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Eğitimini Yeniden Düşünmek</t>
+          <t>Sosyal Bilgilerde Güncel Okumalar - 5</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255748300</t>
+          <t>9786255748287</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşım Doğa</t>
+          <t>Erken Çocuklukta Sağlıklı Beslenme ve Gıda Okuryazarlığı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255974761</t>
+          <t>9786255748096</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Oyun 249</t>
+          <t>Özgül Öğrenme Güçlüğünde Spesifik Kavramlar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255748089</t>
+          <t>9786255748249</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Güçlü Bir Ortaklık: Okul-Aile İş Birliği</t>
+          <t>Öğretmen Eğitimini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255748195</t>
+          <t>9786255748300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel ve Yaratıcı Düşünme Öğretmen Adaylarının Eğilimleri Üzerine Bir İnceleme"</t>
+          <t>Oyun Arkadaşım Doğa</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255748232</t>
+          <t>9786255974761</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karakter ve Değer Eğitimi (Kuram ve Uygulamalar)</t>
+          <t>Oyun 249</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255974716</t>
+          <t>9786255748089</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Explorıng Efl Teachers’ Engagement In Research In Turkey</t>
+          <t>Eğitimde Güçlü Bir Ortaklık: Okul-Aile İş Birliği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255748201</t>
+          <t>9786255748195</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Milli Eğitim Bakanlığının (MEB) Afet Bilinci Kazandırmak İçin Düzenlendiği Mesleki Gelişim Faaliyetlerinin Niteliği</t>
+          <t>Eleştirel ve Yaratıcı Düşünme Öğretmen Adaylarının Eğilimleri Üzerine Bir İnceleme"</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255748072</t>
+          <t>9786255748232</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Teknoloji Bütünleştirme Modelleri: "Teorik ve Pratik Değerlendirmeler"</t>
+          <t>Karakter ve Değer Eğitimi (Kuram ve Uygulamalar)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>475</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255748119</t>
+          <t>9786255974716</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Krizler Çağında Dezavantajlılık: Kesişimsel Riskler ve Uygulamalar Üzerine</t>
+          <t>Explorıng Efl Teachers’ Engagement In Research In Turkey</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255974952</t>
+          <t>9786255748201</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Digital Pedagogy In English Language Teaching: Critical Perspectives On Ict-assisted Project-Based Learning And St Century Skills</t>
+          <t>Milli Eğitim Bakanlığının (MEB) Afet Bilinci Kazandırmak İçin Düzenlendiği Mesleki Gelişim Faaliyetlerinin Niteliği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255974662</t>
+          <t>9786255748072</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Voicing The Global: English and The Imaginary of Internationalized Higher Education</t>
+          <t>Eğitim ve Teknoloji Bütünleştirme Modelleri: "Teorik ve Pratik Değerlendirmeler"</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255974440</t>
+          <t>9786255748119</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zeynep’in Dünyası</t>
+          <t>Çoklu Krizler Çağında Dezavantajlılık: Kesişimsel Riskler ve Uygulamalar Üzerine</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255974655</t>
+          <t>9786255974952</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar İçin Hikayeler (10 Kitaplık Set)</t>
+          <t>Digital Pedagogy In English Language Teaching: Critical Perspectives On Ict-assisted Project-Based Learning And St Century Skills</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255974464</t>
+          <t>9786255974662</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Dansı</t>
+          <t>Voicing The Global: English and The Imaginary of Internationalized Higher Education</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255974457</t>
+          <t>9786255974440</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ajanda</t>
+          <t>Zeynep’in Dünyası</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255974501</t>
+          <t>9786255974655</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Selin’in Şapkası</t>
+          <t>Özel Gereksinimli Çocuklar İçin Hikayeler (10 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255974525</t>
+          <t>9786255974464</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Dansı</t>
+          <t>Harflerin Dansı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255974532</t>
+          <t>9786255974457</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Haritanın Gücü</t>
+          <t>Sihirli Ajanda</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255974495</t>
+          <t>9786255974501</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Filozof Ömer</t>
+          <t>Selin’in Şapkası</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255974471</t>
+          <t>9786255974525</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Efe’nin Roketi</t>
+          <t>Kelimelerin Dansı</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255974488</t>
+          <t>9786255974532</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Can’ın Penceresi</t>
+          <t>Haritanın Gücü</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255974518</t>
+          <t>9786255974495</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Renkler</t>
+          <t>Filozof Ömer</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255974730</t>
+          <t>9786255974471</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler ve Eğitim Sistemleri (PISA ve TIMSS Sonuçları İle)</t>
+          <t>Efe’nin Roketi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255974709</t>
+          <t>9786255974488</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Akran Mentorlük Programı (UAMP)</t>
+          <t>Can’ın Penceresi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255974839</t>
+          <t>9786255974518</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Aile ve Çocuk</t>
+          <t>Bambaşka Renkler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255748034</t>
+          <t>9786255974730</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tanık Bilimi</t>
+          <t>Ülkeler ve Eğitim Sistemleri (PISA ve TIMSS Sonuçları İle)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255974815</t>
+          <t>9786255974709</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma ve Rehberlik</t>
+          <t>Uzaktan Akran Mentorlük Programı (UAMP)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255974914</t>
+          <t>9786255974839</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Bireysel Eğitim Programları</t>
+          <t>Türk Kültüründe Aile ve Çocuk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255974976</t>
+          <t>9786255748034</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Davranışsal Müdahaleler ve Destek - ODD Yaklaşımı - II</t>
+          <t>Tanık Bilimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255974945</t>
+          <t>9786255974815</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim</t>
+          <t>Psikolojik Danışma ve Rehberlik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255974938</t>
+          <t>9786255974914</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Öğrencilere Yönelik Öğretimsel Uyarlamalar</t>
+          <t>Özel Eğitimde Bireysel Eğitim Programları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255974778</t>
+          <t>9786255974976</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Dijital Medya</t>
+          <t>Olumlu Davranışsal Müdahaleler ve Destek - ODD Yaklaşımı - II</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255748027</t>
+          <t>9786255974945</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Öğretmenleri İçin Okuduğunu Anlama Stratejileri Öğretimi Programı</t>
+          <t>Özel Eğitim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255974822</t>
+          <t>9786255974938</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yetersizlik Gruplarına Yönelik İş ve Meslek Eğitimi</t>
+          <t>Özel Gereksinimli Öğrencilere Yönelik Öğretimsel Uyarlamalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255974808</t>
+          <t>9786255974778</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Fen Bilimleri Ders Kitabı İncelemesi</t>
+          <t>Okul Öncesi Dönemde Dijital Medya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255974785</t>
+          <t>9786255748027</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Örnekleriyle Erken Okuryazarlık Becerileri</t>
+          <t>Sınıf Öğretmenleri İçin Okuduğunu Anlama Stratejileri Öğretimi Programı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255974792</t>
+          <t>9786255974822</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Travma Bilgili Eğitim</t>
+          <t>Farklı Yetersizlik Gruplarına Yönelik İş ve Meslek Eğitimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255974969</t>
+          <t>9786255974808</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Teknoloji Kullanımı</t>
+          <t>Kuramdan Uygulamaya Fen Bilimleri Ders Kitabı İncelemesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255748065</t>
+          <t>9786255974785</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Maarif Modeli ve Uygulama Örnekleri</t>
+          <t>Etkinlik Örnekleriyle Erken Okuryazarlık Becerileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255974891</t>
+          <t>9786255974792</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Orff ve Müzik Eğitimi</t>
+          <t>Erken Çocuklukta Travma Bilgili Eğitim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255974877</t>
+          <t>9786255974969</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Program Geliştirme</t>
+          <t>Erken Çocuklukta Teknoloji Kullanımı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256221789</t>
+          <t>9786255748065</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bir Arayış</t>
+          <t>Erken Çocuklukta Maarif Modeli ve Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255974907</t>
+          <t>9786255974891</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme: Geleceği Kurgulamak</t>
+          <t>Erken Çocuklukta Orff ve Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255974983</t>
+          <t>9786255974877</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Eğitimi</t>
+          <t>Erken Çocukluk Döneminde Program Geliştirme</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255974853</t>
+          <t>9786256221789</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler ve Öğretmen Adayları İçin Düşünme Becerileri</t>
+          <t>Eleştirel Bir Arayış</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256221796</t>
+          <t>9786255974907</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Birlikte İyi Olmak: Erken Çocuklukta Sosyal Duygusal İyi Oluşu Desteklemek</t>
+          <t>Eğitimde Program Geliştirme: Geleceği Kurgulamak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255974846</t>
+          <t>9786255974983</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi ve Eğitimine Giriş</t>
+          <t>Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>625</v>
+        <v>650</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255974884</t>
+          <t>9786255974853</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ebeveynlik: Teknoloji ve Çocuklar</t>
+          <t>Öğretmenler ve Öğretmen Adayları İçin Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256946026</t>
+          <t>9786256221796</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisinde Yaklaşımlar</t>
+          <t>Birlikte İyi Olmak: Erken Çocuklukta Sosyal Duygusal İyi Oluşu Desteklemek</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255974570</t>
+          <t>9786255974846</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dr. Montessori’nin El Kitabı</t>
+          <t>Çocuk Gelişimi ve Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>625</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255974587</t>
+          <t>9786255974884</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
+          <t>Dijital Çağda Ebeveynlik: Teknoloji ve Çocuklar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256594715</t>
+          <t>9786256946026</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Yaratıcılığa Genel Bakış</t>
+          <t>Aile Terapisinde Yaklaşımlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256739451</t>
+          <t>9786255974570</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Sesli Okuma Etkinliklerinin Okuma Becerilerine Yansımaları</t>
+          <t>Dr. Montessori’nin El Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256739499</t>
+          <t>9786255974587</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Yatan Çocukların Eğitimi</t>
+          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257348751</t>
+          <t>9786256594715</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Storigami Etkinlikleri - Storigami Activities in Primary Education</t>
+          <t>Erken Çocuklukta Yaratıcılığa Genel Bakış</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256946675</t>
+          <t>9786256739451</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kadının Emek Sürecinde Yabancılaşması</t>
+          <t>Etkileşimli Sesli Okuma Etkinliklerinin Okuma Becerilerine Yansımaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256739413</t>
+          <t>9786256739499</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Kooperatif Deneyimleri: Uygulama Topluluğunda Öğrenme ve Kimlik Gelişimi</t>
+          <t>Hastanede Yatan Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256480858</t>
+          <t>9786257348751</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozuklukları</t>
+          <t>İlkokulda Storigami Etkinlikleri - Storigami Activities in Primary Education</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>700</v>
+        <v>425</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256739161</t>
+          <t>9786256946675</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Klinik Psikoloji</t>
+          <t>Kadının Emek Sürecinde Yabancılaşması</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256739352</t>
+          <t>9786256739413</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Çocuk</t>
+          <t>Kadınların Kooperatif Deneyimleri: Uygulama Topluluğunda Öğrenme ve Kimlik Gelişimi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256594159</t>
+          <t>9786256480858</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapileri</t>
+          <t>Kişilik Bozuklukları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256739444</t>
+          <t>9786256739161</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Gözünden Özel Yetenekli Birey</t>
+          <t>Klinik Psikoloji</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256739307</t>
+          <t>9786256739352</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Gruplar ve Sosyal Hizmet : ''Riskler, Hizmetler ve Uygulamalar''</t>
+          <t>Otizm ve Çocuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256594043</t>
+          <t>9786256594159</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Özel Okullarda Öğretmenlerin Mesleki Gelişimi</t>
+          <t>Oyun Terapileri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256594142</t>
+          <t>9786256739444</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Testler</t>
+          <t>Öğretmenin Gözünden Özel Yetenekli Birey</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256946651</t>
+          <t>9786256739307</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Risk Altındaki Çocuklarımız ''Kaotik Durumlarda Beceri Temelli Eğitim''</t>
+          <t>Özel Gereksinimli Gruplar ve Sosyal Hizmet : ''Riskler, Hizmetler ve Uygulamalar''</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256739468</t>
+          <t>9786256594043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitiminde Sosyobilimsel Konular Ve Öğretimi</t>
+          <t>Özel Okullarda Öğretmenlerin Mesleki Gelişimi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256739390</t>
+          <t>9786256594142</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Özel Eğitim</t>
+          <t>Psikolojik Testler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>525</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256739406</t>
+          <t>9786256946651</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okul Dışı Öğrenme</t>
+          <t>Risk Altındaki Çocuklarımız ''Kaotik Durumlarda Beceri Temelli Eğitim''</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256739383</t>
+          <t>9786256739468</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Nitel Araştırma Desenleri</t>
+          <t>Sosyal Bilgiler Eğitiminde Sosyobilimsel Konular Ve Öğretimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>625</v>
+        <v>750</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256594029</t>
+          <t>9786256739390</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısıyla: Çocuk</t>
+          <t>Erken Çocuklukta Özel Eğitim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>600</v>
+        <v>525</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256946682</t>
+          <t>9786256739406</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dijital Eşitsizlik</t>
+          <t>Erken Çocuklukta Okul Dışı Öğrenme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256594104</t>
+          <t>9786256739383</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları</t>
+          <t>Eğitimde Nitel Araştırma Desenleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>800</v>
+        <v>625</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256739376</t>
+          <t>9786256594029</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitiminde Alternatif Uygulamalar - Alternative Practices In Environmental Education</t>
+          <t>Disiplinlerarası Bakış Açısıyla: Çocuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256480544</t>
+          <t>9786256946682</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Current Trends İn ELT</t>
+          <t>Dijital Eşitsizlik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256594128</t>
+          <t>9786256594104</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>7’den 77’ye Orman Okulu</t>
+          <t>Çocuk Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256594098</t>
+          <t>9786256739376</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>The Handbook Of Language Assessment</t>
+          <t>Çevre Eğitiminde Alternatif Uygulamalar - Alternative Practices In Environmental Education</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255974099</t>
+          <t>9786256480544</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Steam: Bir Keşif Rehberi</t>
+          <t>Current Trends İn ELT</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256221963</t>
+          <t>9786256594128</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Deprem Sürecinde Zihin Yetersizliği Olan Bireyler ve Eğitimleri</t>
+          <t>7’den 77’ye Orman Okulu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255974013</t>
+          <t>9786256594098</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Oyun Temelli Etkinliklerle Diskalkuli - Matematik Öğrenme Güçlüğüne Müdahale</t>
+          <t>The Handbook Of Language Assessment</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255974082</t>
+          <t>9786255974099</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sürdürülebilirlik ve Eğitimi</t>
+          <t>Erken Çocukluk Eğitiminde Steam: Bir Keşif Rehberi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255974075</t>
+          <t>9786256221963</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okul Dışı Öğrenme</t>
+          <t>Deprem Sürecinde Zihin Yetersizliği Olan Bireyler ve Eğitimleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>575</v>
+        <v>325</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256048270</t>
+          <t>9786255974013</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Dijital Öğrenme Kültürü</t>
+          <t>Erken Çocuklukta Oyun Temelli Etkinliklerle Diskalkuli - Matematik Öğrenme Güçlüğüne Müdahale</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256221857</t>
+          <t>9786255974082</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küresel Vatandaş Mı? Dindar Yurttaş Mı? AK Parti Dönemi Eğitim Politikaları</t>
+          <t>Kuramdan Uygulamaya Sürdürülebilirlik ve Eğitimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255974037</t>
+          <t>9786255974075</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Pusulası</t>
+          <t>Erken Çocuklukta Okul Dışı Öğrenme</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256221888</t>
+          <t>9786256048270</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Otizmde Dil ve Konuşma Becerileri</t>
+          <t>Okullarda Dijital Öğrenme Kültürü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256221970</t>
+          <t>9786256221857</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulama Örnekleri İle Özel Eğitimde Dil ve İletişim Becerileri</t>
+          <t>Küresel Vatandaş Mı? Dindar Yurttaş Mı? AK Parti Dönemi Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256221987</t>
+          <t>9786255974037</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitimi: Toplumsallaşan ve Sosyalleşen Birey</t>
+          <t>Erken Çocukluk Pusulası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>575</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255974068</t>
+          <t>9786256221888</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitiminde 21. Yüzyıl Konuları</t>
+          <t>Otizmde Dil ve Konuşma Becerileri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>700</v>
+        <v>325</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255974044</t>
+          <t>9786256221970</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Güncel Okumalar - 4</t>
+          <t>Teori ve Uygulama Örnekleri İle Özel Eğitimde Dil ve İletişim Becerileri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256048287</t>
+          <t>9786256221987</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Bağımlılığı</t>
+          <t>Sosyal Bilgiler Eğitimi: Toplumsallaşan ve Sosyalleşen Birey</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256221550</t>
+          <t>9786255974068</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç, Göçmenler ve Toplum</t>
+          <t>Sosyal Bilgiler Eğitiminde 21. Yüzyıl Konuları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>425</v>
+        <v>700</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256048393</t>
+          <t>9786255974044</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Hemşireliği - 1 - 2</t>
+          <t>Sosyal Bilgilerde Güncel Okumalar - 4</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256221802</t>
+          <t>9786256048287</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimine Giriş</t>
+          <t>Sosyal Medya Bağımlılığı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256221956</t>
+          <t>9786256221550</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Multidisipliner Yaklaşımları</t>
+          <t>Türkiye’de Göç, Göçmenler ve Toplum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255974006</t>
+          <t>9786256048393</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun İhmal ve İstismarı</t>
+          <t>Yenidoğan Hemşireliği - 1 - 2</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256221840</t>
+          <t>9786256221802</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim Yaklaşımına Göre Etkinlik Temelli Fen Öğretimi</t>
+          <t>Eğitim Yönetimine Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>625</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256221390</t>
+          <t>9786256221956</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>An Elf - Aware Pre - Service Language Teacher Education Model: Theory Into Practice</t>
+          <t>Çocuk Gelişiminde Multidisipliner Yaklaşımları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256221383</t>
+          <t>9786255974006</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>A Good Practices Guideline Handbook For Climate Change Education</t>
+          <t>Çocuğun İhmal ve İstismarı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9785932947999</t>
+          <t>9786256221840</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>365 Gün Atatürk Takvimi</t>
+          <t>Bütüncül Eğitim Yaklaşımına Göre Etkinlik Temelli Fen Öğretimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>625</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256594036</t>
+          <t>9786256221390</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Serisi - Öğrenme Psikolojisi</t>
+          <t>An Elf - Aware Pre - Service Language Teacher Education Model: Theory Into Practice</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256221406</t>
+          <t>9786256221383</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Okul Öncesi Eğitimde Öncelikli Meseleler Üzerine</t>
+          <t>A Good Practices Guideline Handbook For Climate Change Education</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256221604</t>
+          <t>9785932947999</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Eğitiminde Edebiyat İncelemeleri</t>
+          <t>365 Gün Atatürk Takvimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256048379</t>
+          <t>9786256594036</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi</t>
+          <t>Psikoloji Serisi - Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256221239</t>
+          <t>9786256221406</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Özel Eğitim</t>
+          <t>Türkiye'de Okul Öncesi Eğitimde Öncelikli Meseleler Üzerine</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>625</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256221727</t>
+          <t>9786256221604</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sınıf ve Davranış Yönetimi</t>
+          <t>Sosyal Bilimler Eğitiminde Edebiyat İncelemeleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256221512</t>
+          <t>9786256048379</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireyler İçin Kapsamlı Cinsellik Eğitimi</t>
+          <t>Öğrenme Psikolojisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256221710</t>
+          <t>9786256221239</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğü Olan Çocuklar ve Aileleri İçin Olumlu Davranışsal Müdahaleler ve Destek Yaklaşımı</t>
+          <t>Rehberlik ve Özel Eğitim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>625</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256221352</t>
+          <t>9786256221727</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Ansiklopedisi: Gelişim 2</t>
+          <t>Sınıf ve Davranış Yönetimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256221345</t>
+          <t>9786256221512</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Ansiklopedisi: Gelişim 1</t>
+          <t>Özel Gereksinimli Bireyler İçin Kapsamlı Cinsellik Eğitimi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256221376</t>
+          <t>9786256221710</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin İş Sağlığı ve Güvenliği</t>
+          <t>Özel Öğrenme Güçlüğü Olan Çocuklar ve Aileleri İçin Olumlu Davranışsal Müdahaleler ve Destek Yaklaşımı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256221734</t>
+          <t>9786256221352</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenlerde Travmayla Mücadelede Sanatın Rolü: NixArt Terapi</t>
+          <t>Okul Öncesi Eğitim Ansiklopedisi: Gelişim 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256221369</t>
+          <t>9786256221345</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Çocukların Genel ve Özel Eğitim Ortamlarında Eğitimi</t>
+          <t>Okul Öncesi Eğitim Ansiklopedisi: Gelişim 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>375</v>
+        <v>700</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256048355</t>
+          <t>9786256221376</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Oyunlar Yoluyla Baba Çocuk Etkileşimlerinin Desteklenmesi</t>
+          <t>Okul Öncesi Çocuklar İçin İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256048386</t>
+          <t>9786256221734</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Destek Programı Hazırlama Süreci</t>
+          <t>Çocuk ve Ergenlerde Travmayla Mücadelede Sanatın Rolü: NixArt Terapi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256221314</t>
+          <t>9786256221369</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretiminde Sınıf İçi Öğrenmelerin Değerlendirilmesi</t>
+          <t>Göçmen Çocukların Genel ve Özel Eğitim Ortamlarında Eğitimi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256221291</t>
+          <t>9786256048355</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Destekli Özel Öğretim Yöntemleri</t>
+          <t>Hareketli Oyunlar Yoluyla Baba Çocuk Etkileşimlerinin Desteklenmesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256221536</t>
+          <t>9786256048386</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dünya'da ve Türkiye’de Erken Çocuklukta Sosyal Duygusal Öğrenme Programları</t>
+          <t>Gelişimsel Destek Programı Hazırlama Süreci</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256048409</t>
+          <t>9786256221314</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Matematik ve Zeka Oyunları</t>
+          <t>Fen Öğretiminde Sınıf İçi Öğrenmelerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256221284</t>
+          <t>9786256221291</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Çalışma Belleği Matematiğin Hikayelerle Desteklenmesi</t>
+          <t>Etkinlik Destekli Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256221260</t>
+          <t>9786256221536</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Dil ve Kavram Eğitimi</t>
+          <t>Dünya'da ve Türkiye’de Erken Çocuklukta Sosyal Duygusal Öğrenme Programları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256221581</t>
+          <t>9786256048409</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun ve Çocuk Haklarının Tarihçesi</t>
+          <t>Erken Çocuklukta Matematik ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256221338</t>
+          <t>9786256221284</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğu Olan Çocuklar ve Eğitimi</t>
+          <t>Erken Çocuklukta Çalışma Belleği Matematiğin Hikayelerle Desteklenmesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>525</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256221277</t>
+          <t>9786256221260</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yapay Zeka</t>
+          <t>Erken Çocuklukta Dil ve Kavram Eğitimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256221321</t>
+          <t>9786256221581</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Duyu Gelişimi ve Eğitimi</t>
+          <t>Çocukluğun ve Çocuk Haklarının Tarihçesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256221543</t>
+          <t>9786256221338</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler İçin Gelişimsel Müdahale Uygulamaları</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğu Olan Çocuklar ve Eğitimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256048492</t>
+          <t>9786256221277</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Altruism Across Cultures</t>
+          <t>Eğitimde Yapay Zeka</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256739932</t>
+          <t>9786256221321</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Doğada Sanat Etkinlikleri / Art Activities in Nature For Children</t>
+          <t>Çocuk Gelişiminde Duyu Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256048423</t>
+          <t>9786256221543</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Çocuklar ve Ergenler İçin Gelişimsel Müdahale Uygulamaları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256221253</t>
+          <t>9786256048492</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Altruism Across Cultures</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256221307</t>
+          <t>9786256739932</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Çocuklar İçin Doğada Sanat Etkinlikleri / Art Activities in Nature For Children</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256221222</t>
+          <t>9786256048423</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitim Programlarında Doğa Eğitimi</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256739888</t>
+          <t>9786256221253</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliğinin Kısa Tarihi</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256048034</t>
+          <t>9786256221307</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Program Haritalama Uygulamaları</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256048058</t>
+          <t>9786256221222</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kooperatifçilik Mevzuatının Gelişim Süreci</t>
+          <t>Erken Çocukluk Eğitim Programlarında Doğa Eğitimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256048041</t>
+          <t>9786256739888</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Travma Sonrası Psikolojik Danışma</t>
+          <t>Zihin Yetersizliğinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256048010</t>
+          <t>9786256048034</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Değerler Eğitimi</t>
+          <t>Program Haritalama Uygulamaları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256739994</t>
+          <t>9786256048058</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
+          <t>Türkiye’de Kooperatifçilik Mevzuatının Gelişim Süreci</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256739901</t>
+          <t>9786256048041</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Yaratıcı Problem Çözme</t>
+          <t>Travma ve Travma Sonrası Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256739987</t>
+          <t>9786256048010</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Otizm ''Her Şey Kabul Etmekle Başlar''</t>
+          <t>Sosyal Bilgilerde Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256048140</t>
+          <t>9786256739994</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Eko - Okullar Programında Çevre Eğitimi</t>
+          <t>Özel Gereksinimli Çocuklar ve DEHB</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256739918</t>
+          <t>9786256739901</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Psikoterapi Kuramları</t>
+          <t>Erken Çocuklukta Yaratıcı Problem Çözme</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>800</v>
+        <v>425</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256739895</t>
+          <t>9786256739987</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuğu Olan Babaların Depresyon ve Baba Katılım Düzeyleri</t>
+          <t>Otizm ''Her Şey Kabul Etmekle Başlar''</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256594074</t>
+          <t>9786256048140</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Kapsayıcı Eğitim</t>
+          <t>Erken Çocukluk Döneminde Eko - Okullar Programında Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056739567</t>
+          <t>9786256739918</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde İhmal ve İstismar</t>
+          <t>Çağdaş Psikoterapi Kuramları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256739482</t>
+          <t>9786256739895</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Oyun</t>
+          <t>Özel Gereksinimli Çocuğu Olan Babaların Depresyon ve Baba Katılım Düzeyleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256739727</t>
+          <t>9786256594074</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Dış Mekan Öğrenme Ortamları - Tasarımı ve Etkin Kullanımı</t>
+          <t>Kuramdan Uygulamaya Kapsayıcı Eğitim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256739581</t>
+          <t>9786056739567</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Dönemi - Üstün Yetenekli Çocuklara Yönelik Dijital Etkinlikler</t>
+          <t>Erken Çocukluk Döneminde İhmal ve İstismar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256739574</t>
+          <t>9786256739482</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Aile Eğitimi</t>
+          <t>Okul Öncesi Eğitimde Oyun</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256739833</t>
+          <t>9786256739727</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Portage - Erken Eğitim Programı ve Okul Öncesi Dönem Çocuklarının Gelişimi</t>
+          <t>Okul Öncesi Eğitimde Dış Mekan Öğrenme Ortamları - Tasarımı ve Etkin Kullanımı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256739550</t>
+          <t>9786256739581</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Demokrasi</t>
+          <t>Erken Çocukluk Dönemi - Üstün Yetenekli Çocuklara Yönelik Dijital Etkinlikler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256946743</t>
+          <t>9786256739574</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazlar Neden Zehirlendi?</t>
+          <t>Özel Eğitimde Aile Eğitimi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>70</v>
+        <v>700</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256480001</t>
+          <t>9786256739833</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz</t>
+          <t>Portage - Erken Eğitim Programı ve Okul Öncesi Dönem Çocuklarının Gelişimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256480681</t>
+          <t>9786256739550</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Öğrenme ve Öğretme Uygulamaları</t>
+          <t>Çocuklu Demokrasi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>625</v>
+        <v>375</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256946767</t>
+          <t>9786256946743</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Yenilenebilir Enerji Eğitimi</t>
+          <t>Sihirbazlar Neden Zehirlendi?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256480513</t>
+          <t>9786256480001</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğrenme Güçlüğü Yaşayan Çocuklar İçin Sayı ve Dört İşlem Öğretimi</t>
+          <t>Sürpriz</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256480476</t>
+          <t>9786256480681</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Kapsayıcı Eğitim: Mülteci Çocuklar</t>
+          <t>İlkokulda Öğrenme ve Öğretme Uygulamaları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>525</v>
+        <v>625</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256480636</t>
+          <t>9786256946767</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Yönetim ve İşleyişte Karşılaşılan İkilemlere Bakış</t>
+          <t>Kuramdan Uygulamaya Yenilenebilir Enerji Eğitimi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256480803</t>
+          <t>9786256480513</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Eğitiminde Yaşanan Güncel Sorunlar ve Çözüm Önerileri</t>
+          <t>Matematik Öğrenme Güçlüğü Yaşayan Çocuklar İçin Sayı ve Dört İşlem Öğretimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256480117</t>
+          <t>9786256480476</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklarda İnformal Değerlendirme</t>
+          <t>Erken Çocuklukta Kapsayıcı Eğitim: Mülteci Çocuklar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>525</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256480384</t>
+          <t>9786256480636</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Etik</t>
+          <t>Üniversitede Yönetim ve İşleyişte Karşılaşılan İkilemlere Bakış</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256480520</t>
+          <t>9786256480803</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Kitap 3 - Çeviri Çocuk Edebiyatı</t>
+          <t>Sınıf Eğitiminde Yaşanan Güncel Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256480452</t>
+          <t>9786256480117</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Gelişim - Psikoloji Serisi</t>
+          <t>Özel Gereksinimli Çocuklarda İnformal Değerlendirme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256480131</t>
+          <t>9786256480384</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Proje Hazırlama Rehberi (Project Development Guide In Education)</t>
+          <t>Çocuk ve Etik</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256946750</t>
+          <t>9786256480520</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Öykülere Şarkılar</t>
+          <t>Çocuk ve Kitap 3 - Çeviri Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256480612</t>
+          <t>9786256480452</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar İçin Kardeş Beceri Destek Eğitimi Programı (KABEP)</t>
+          <t>Yaşam Boyu Gelişim - Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256480810</t>
+          <t>9786256480131</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sanat Psikolojisi - Psikoloji Serisi</t>
+          <t>Eğitimde Proje Hazırlama Rehberi (Project Development Guide In Education)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256480353</t>
+          <t>9786256946750</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Değerler Eğitimi ve Etkinlik Örnekleri</t>
+          <t>Öykülere Şarkılar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256946712</t>
+          <t>9786256480612</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocuğa Sahip Ailelerde Stresle Baş Etme, Yaşam Kalitesi ve Sosyal Destek</t>
+          <t>Özel Gereksinimli Çocuklar İçin Kardeş Beceri Destek Eğitimi Programı (KABEP)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256480629</t>
+          <t>9786256480810</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Notalar Rüyama Girdi</t>
+          <t>Sanat Psikolojisi - Psikoloji Serisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256594166</t>
+          <t>9786256480353</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Örnekleriyle Çocuk ve Oyun</t>
+          <t>Okul Öncesi Dönemde Değerler Eğitimi ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256480773</t>
+          <t>9786256946712</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çocuk Oyunları</t>
+          <t>Otizmli Çocuğa Sahip Ailelerde Stresle Baş Etme, Yaşam Kalitesi ve Sosyal Destek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256480797</t>
+          <t>9786256480629</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Değerler Eğitimi</t>
+          <t>Notalar Rüyama Girdi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256480414</t>
+          <t>9786256594166</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aile Yaşam Döngüsü ve Aile İçi İlişkiler</t>
+          <t>Etkinlik Örnekleriyle Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>625</v>
+        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256480506</t>
+          <t>9786256480773</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireyler ve Toplum</t>
+          <t>Geleneksel Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256946453</t>
+          <t>9786256480797</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Öğretmenleri ve Adayları İçin Hayat Bilgisi Öğretimi</t>
+          <t>Çocuk Gelişiminde Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256946835</t>
+          <t>9786256480414</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Metaverse Etkinlikleri</t>
+          <t>Aile Yaşam Döngüsü ve Aile İçi İlişkiler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>425</v>
+        <v>625</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256480438</t>
+          <t>9786256480506</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerötesi Sınıf Dışı Eğitim (Etkinlik Örnekleriyle)</t>
+          <t>Özel Gereksinimli Bireyler ve Toplum</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256594050</t>
+          <t>9786256946453</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Güncel Okumalar 3</t>
+          <t>Sınıf Öğretmenleri ve Adayları İçin Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256480407</t>
+          <t>9786256946835</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Açıdan Okul Güvenliği</t>
+          <t>Erken Çocukluk Döneminde Metaverse Etkinlikleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256480841</t>
+          <t>9786256480438</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Vatandaşlık Eğitimi Odaklı Politik Okuryazarlık</t>
+          <t>Disiplinlerötesi Sınıf Dışı Eğitim (Etkinlik Örnekleriyle)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256480667</t>
+          <t>9786256594050</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi</t>
+          <t>Sosyal Bilgilerde Güncel Okumalar 3</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256480650</t>
+          <t>9786256480407</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Göre Yapılandırılmış Türkçe Eğitimi Ortamları</t>
+          <t>Bütüncül Açıdan Okul Güvenliği</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256480674</t>
+          <t>9786256480841</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Öğrenciler İçin Matematik Öğretimi</t>
+          <t>Sosyal Bilgilerde Vatandaşlık Eğitimi Odaklı Politik Okuryazarlık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>625</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256480834</t>
+          <t>9786256480667</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Program - Planlama - Uygulama</t>
+          <t>Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256480643</t>
+          <t>9786256480650</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliğin Modern Çağda Dönüşümü ve Ebeveynlik Yaklaşımlarına Kuramsal Bir Bakış</t>
+          <t>Çocuğa Göre Yapılandırılmış Türkçe Eğitimi Ortamları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256480360</t>
+          <t>9786256480674</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Temelli Çevre Eğitimi</t>
+          <t>Özel Gereksinimli Öğrenciler İçin Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256480780</t>
+          <t>9786256480834</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Yaratıcılık ve Sanat</t>
+          <t>Erken Çocukluk Eğitiminde Program - Planlama - Uygulama</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256480377</t>
+          <t>9786256480643</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İdeal Okul Arayışları</t>
+          <t>Ebeveynliğin Modern Çağda Dönüşümü ve Ebeveynlik Yaklaşımlarına Kuramsal Bir Bakış</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256480391</t>
+          <t>9786256480360</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Araştırmaları</t>
+          <t>Etkinlik Temelli Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256946422</t>
+          <t>9786256480780</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Theory and Practice Of Teachingi English To Young Learners 1 - 2</t>
+          <t>Erken Çocuklukta Yaratıcılık ve Sanat</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256594005</t>
+          <t>9786256480377</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Educational Technology in English Language Teaching</t>
+          <t>Eğitimde İdeal Okul Arayışları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256946613</t>
+          <t>9786256480391</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Language and Literature 1 - 2</t>
+          <t>Çocuk Araştırmaları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256946668</t>
+          <t>9786256946422</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Language Teaching Approaches and Methods</t>
+          <t>Theory and Practice Of Teachingi English To Young Learners 1 - 2</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256594012</t>
+          <t>9786256594005</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerde Madde Kullanımı ve Bağımlılık</t>
+          <t>Educational Technology in English Language Teaching</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256594067</t>
+          <t>9786256946613</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılarla Psikoterapi</t>
+          <t>Language and Literature 1 - 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256946552</t>
+          <t>9786256946668</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mimarlık: Çocuklar İçin Mimari Tasarım Öğretim Programı</t>
+          <t>Language Teaching Approaches and Methods</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256946958</t>
+          <t>9786256594012</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocuklar ve Etkileşimli Sanat Etkinliği Programı</t>
+          <t>Ergenlerde Madde Kullanımı ve Bağımlılık</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256480070</t>
+          <t>9786256594067</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Beğeni Çıkmazı: Sosyolojik ve Psikolojik Unsurlar Arasında Kadın Bedeni</t>
+          <t>Yaşlılarla Psikoterapi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256480087</t>
+          <t>9786256946552</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Dijital Riskler</t>
+          <t>Çocuk ve Mimarlık: Çocuklar İçin Mimari Tasarım Öğretim Programı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256946842</t>
+          <t>9786256946958</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Oyun</t>
+          <t>Otizmli Çocuklar ve Etkileşimli Sanat Etkinliği Programı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256946019</t>
+          <t>9786256480070</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Pearl Eğitim Modeli ve Etkinlik Örnekleri</t>
+          <t>Beğeni Çıkmazı: Sosyolojik ve Psikolojik Unsurlar Arasında Kadın Bedeni</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256946989</t>
+          <t>9786256480087</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Darbe Formülü Atatürkçülük ve Türk-İslam Sentezi</t>
+          <t>Psikososyal Açıdan Dijital Riskler</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256946439</t>
+          <t>9786256946842</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Sarsan Gece</t>
+          <t>Erken Çocukluk Döneminde Oyun</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256946538</t>
+          <t>9786256946019</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Yetersizliği Olan Çocuklarda Geometrik Kavramların Yapılandırmacı Öğrenme Yaklaşımı</t>
+          <t>Pearl Eğitim Modeli ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256946620</t>
+          <t>9786256946989</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Psikoloji</t>
+          <t>Eğitime Darbe Formülü Atatürkçülük ve Türk-İslam Sentezi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256946187</t>
+          <t>9786256946439</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu Olan Bireylerde Kendini Yönetme Stratejilerini Kullanma</t>
+          <t>Ormanı Sarsan Gece</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256946699</t>
+          <t>9786256946538</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beliefs About Language Learning And Foreign Language Classroom Anxiety İn Englishmedium İnstruction</t>
+          <t>Zihinsel Yetersizliği Olan Çocuklarda Geometrik Kavramların Yapılandırmacı Öğrenme Yaklaşımı</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256946149</t>
+          <t>9786256946620</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Rati Fare</t>
+          <t>Biyolojik Psikoloji</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256946125</t>
+          <t>9786256946187</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>Otizm Spektrum Bozukluğu Olan Bireylerde Kendini Yönetme Stratejilerini Kullanma</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256946132</t>
+          <t>9786256946699</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kirpiler Birbirlerine Sarılabilir Mi?</t>
+          <t>Beliefs About Language Learning And Foreign Language Classroom Anxiety İn Englishmedium İnstruction</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256946156</t>
+          <t>9786256946149</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kedi İle Şeytan</t>
+          <t>Rati Fare</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258420777</t>
+          <t>9786256946125</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Ölümü</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256946200</t>
+          <t>9786256946132</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cenneti</t>
+          <t>Kirpiler Birbirlerine Sarılabilir Mi?</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258420791</t>
+          <t>9786256946156</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Masalı</t>
+          <t>Kedi İle Şeytan</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257348805</t>
+          <t>9786258420777</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Yetersizlik</t>
+          <t>Devlerin Ölümü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256946309</t>
+          <t>9786256946200</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Risk Altındaki Çocuklar ve Eğitimleri</t>
+          <t>Çocukların Cenneti</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>575</v>
+        <v>225</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258297966</t>
+          <t>9786258420791</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri</t>
+          <t>Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258297973</t>
+          <t>9786257348805</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Temel Fen Bilimleri</t>
+          <t>Fiziksel Yetersizlik</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256946118</t>
+          <t>9786256946309</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Farklılaştırılmış Öğretim Sosyal Bilgiler Dersi Örneklemi</t>
+          <t>Risk Altındaki Çocuklar ve Eğitimleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256946323</t>
+          <t>9786258297966</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Doğum Öncesinden İlk Okuma Yazma Öğretimine Erken Okuryazarlık</t>
+          <t>Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>525</v>
+        <v>650</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786259205627</t>
+          <t>9786258297973</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji - "Cognitive Psychology”</t>
+          <t>İlkokulda Temel Fen Bilimleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258297935</t>
+          <t>9786256946118</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci ve Aileler İçin Etkinlik Çizelgesi Hazırlama Ve Uygulama</t>
+          <t>Farklılaştırılmış Öğretim Sosyal Bilgiler Dersi Örneklemi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256946088</t>
+          <t>9786256946323</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Bağlam Temelli Öğrenme ve Değerlendirme (Örnek Sorularla Desteklenmiş)</t>
+          <t>Doğum Öncesinden İlk Okuma Yazma Öğretimine Erken Okuryazarlık</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256946316</t>
+          <t>9786259205627</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Ağız, Diş, Kemik Sağlığı</t>
+          <t>Bilişsel Psikoloji - "Cognitive Psychology”</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256946194</t>
+          <t>9786258297935</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Anlam Değişmeleri (Tarama Sözlüğü'nden Kamus-ı Türkî'ye)</t>
+          <t>Eğitimci ve Aileler İçin Etkinlik Çizelgesi Hazırlama Ve Uygulama</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258297881</t>
+          <t>9786256946088</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve Afet Yönetimi</t>
+          <t>Fen Eğitiminde Bağlam Temelli Öğrenme ve Değerlendirme (Örnek Sorularla Desteklenmiş)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786250010471</t>
+          <t>9786256946316</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Wiley - Blackwell Şema Terapi El Kitabı Teori, Araştırma ve Uygulama</t>
+          <t>Beslenme ve Ağız, Diş, Kemik Sağlığı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256946170</t>
+          <t>9786256946194</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Oyun, Oyunlaştırma Ve Oyunlaştırılmış Ders Planları ''65 Adet Ders Planı''</t>
+          <t>Anlam Değişmeleri (Tarama Sözlüğü'nden Kamus-ı Türkî'ye)</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256946248</t>
+          <t>9786258297881</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Köylü Kazları Nasıl Paylaştırdı?</t>
+          <t>Afetler ve Afet Yönetimi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256946255</t>
+          <t>9786250010471</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Soroçinetes Panayırı</t>
+          <t>Wiley - Blackwell Şema Terapi El Kitabı Teori, Araştırma ve Uygulama</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257348089</t>
+          <t>9786256946170</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gaga</t>
+          <t>Eğitimde Oyun, Oyunlaştırma Ve Oyunlaştırılmış Ders Planları ''65 Adet Ders Planı''</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256946279</t>
+          <t>9786256946248</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Çiçek</t>
+          <t>Yoksul Köylü Kazları Nasıl Paylaştırdı?</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256946262</t>
+          <t>9786256946255</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ölü Prenses Ve Yedi Kahramanın Masalı</t>
+          <t>Soroçinetes Panayırı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257348096</t>
+          <t>9786257348089</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Oğlan Çocukları</t>
+          <t>Sarı Gaga</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257348058</t>
+          <t>9786256946279</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçe</t>
+          <t>Küçük Kırmızı Çiçek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257348072</t>
+          <t>9786256946262</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Nedir İyi Ve Nedir Kötü?</t>
+          <t>Ölü Prenses Ve Yedi Kahramanın Masalı</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256496293</t>
+          <t>9786257348096</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aslan ve Köpek</t>
+          <t>Oğlan Çocukları</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256946286</t>
+          <t>9786257348058</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Minik Serçe</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256946217</t>
+          <t>9786257348072</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gezen Kurbağa</t>
+          <t>Nedir İyi Ve Nedir Kötü?</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786157348065</t>
+          <t>9786256496293</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Alın</t>
+          <t>Aslan ve Köpek</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258297119</t>
+          <t>9786256946286</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Amasya İlindeki Üreticilerin Riske Karşı Tutumları ve Tarım Sigortası Karar Sürecinde Etkili Olan Faktörlerin Analizi</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258297591</t>
+          <t>9786256946217</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Yetersizliği Olan Öğrencilerin Eğitiminde Etkili Öğretim Yöntemleri Ve Uygulamaları</t>
+          <t>Gezen Kurbağa</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258297720</t>
+          <t>9786157348065</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Becerileri</t>
+          <t>Beyaz Alın</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>550</v>
+        <v>40</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256946002</t>
+          <t>9786258297119</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Duyarlılık Çalışmaları 2</t>
+          <t>Amasya İlindeki Üreticilerin Riske Karşı Tutumları ve Tarım Sigortası Karar Sürecinde Etkili Olan Faktörlerin Analizi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258297430</t>
+          <t>9786258297591</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>The New Normal of Online Language Education</t>
+          <t>Zihinsel Yetersizliği Olan Öğrencilerin Eğitiminde Etkili Öğretim Yöntemleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258297959</t>
+          <t>9786258297720</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Liderlik</t>
+          <t>Yaşam Becerileri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256946071</t>
+          <t>9786256946002</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Planlama</t>
+          <t>Toplumsal Duyarlılık Çalışmaları 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258297898</t>
+          <t>9786258297430</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Fark Edilmeyen Çocuklar</t>
+          <t>The New Normal of Online Language Education</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>525</v>
+        <v>550</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258297911</t>
+          <t>9786258297959</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Sanat Eğitimi</t>
+          <t>Kuramdan Uygulamaya Liderlik</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258297904</t>
+          <t>9786256946071</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Duygu ve Davranış Bozuklukları Psikoloji Seti)</t>
+          <t>Kariyer Planlama</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258297928</t>
+          <t>9786258297898</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Baba Ve Bebeklerin Etkileşimlerini Değerlendirmede Kullanılan; Baba- Çocuk Duygulanım, Yanıt Verme ve Meşguliyet Ölçeği B-ÇDYMÖ)</t>
+          <t>Fark Edilmeyen Çocuklar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256946057</t>
+          <t>9786258297911</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>21st Century Skills in Language Education</t>
+          <t>Erken Çocuklukta Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258297997</t>
+          <t>9786258297904</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Terapi Olarak Okumak</t>
+          <t>Duygu ve Davranış Bozuklukları Psikoloji Seti)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258297744</t>
+          <t>9786258297928</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Çevre İçin Doğada Bütünleştirilmiş Etkinlikler</t>
+          <t>Baba Ve Bebeklerin Etkileşimlerini Değerlendirmede Kullanılan; Baba- Çocuk Duygulanım, Yanıt Verme ve Meşguliyet Ölçeği B-ÇDYMÖ)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258297829</t>
+          <t>9786256946057</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Drama: Etkinlik Temelli Sosyal Bilgiler Öğretimi</t>
+          <t>21st Century Skills in Language Education</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>800</v>
+        <v>475</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258297737</t>
+          <t>9786258297997</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Mesleki Gelişimleri İçin Stratejiler, Kavramlar Ve Metodolojiler</t>
+          <t>Terapi Olarak Okumak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258297812</t>
+          <t>9786258297744</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Okuma Öğretimi</t>
+          <t>Sürdürülebilir Çevre İçin Doğada Bütünleştirilmiş Etkinlikler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258297362</t>
+          <t>9786258297829</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Bazı Makro Mantarları</t>
+          <t>Sosyal Bilgilerde Drama: Etkinlik Temelli Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258297874</t>
+          <t>9786258297737</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran İlk Yardım</t>
+          <t>Öğretmenlerin Mesleki Gelişimleri İçin Stratejiler, Kavramlar Ve Metodolojiler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258297706</t>
+          <t>9786258297812</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Güvenlik</t>
+          <t>Okuma Öğretimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>525</v>
+        <v>700</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258297584</t>
+          <t>9786258297362</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Nörolojik Gelişim</t>
+          <t>Türkiye'nin Bazı Makro Mantarları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258297614</t>
+          <t>9786258297874</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Kuramlar</t>
+          <t>Hayat Kurtaran İlk Yardım</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258297621</t>
+          <t>9786258297706</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Sanatın Kesişimindeki Tasarım - Steam Eğitimi İçin Çıkarımlar</t>
+          <t>Erken Çocuklukta Güvenlik</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258297638</t>
+          <t>9786258297584</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tobi ve Hayalci Amca</t>
+          <t>Çocuklarda Nörolojik Gelişim</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258420784</t>
+          <t>9786258297614</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ödevimi Kardeşim Yedi</t>
+          <t>Çocuk Gelişiminde Kuramlar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258297386</t>
+          <t>9786258297621</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Atletik Kazım - 1 Doğuştan Atlet</t>
+          <t>Bilim ve Sanatın Kesişimindeki Tasarım - Steam Eğitimi İçin Çıkarımlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>45</v>
+        <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258297287</t>
+          <t>9786258297638</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Okula Uyum Ve Erken Okuryazarlık</t>
+          <t>Tobi ve Hayalci Amca</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258297294</t>
+          <t>9786258420784</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Drama</t>
+          <t>Ödevimi Kardeşim Yedi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258297232</t>
+          <t>9786258297386</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Öğretimi Bireyselleştirme Ve Uyarlama</t>
+          <t>Atletik Kazım - 1 Doğuştan Atlet</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258297140</t>
+          <t>9786258297287</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Müzik Ülkesi – Do Majör Amca Nota Masalları Serisi</t>
+          <t>Okula Uyum Ve Erken Okuryazarlık</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258297317</t>
+          <t>9786258297294</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Serbest Oyun Etkinlikleri</t>
+          <t>Okul Öncesi Eğitimde Drama</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258297263</t>
+          <t>9786258297232</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Psikoloji (Psikoloji Seti)</t>
+          <t>Öğretimi Bireyselleştirme Ve Uyarlama</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258297300</t>
+          <t>9786258297140</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Değerlendirme</t>
+          <t>Müzik Ülkesi – Do Majör Amca Nota Masalları Serisi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258297461</t>
+          <t>9786258297317</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İngiliz İdaresinde Kıbrıs Türklerinde Ortaöğretim</t>
+          <t>Erken Çocukluk Eğitiminde Serbest Oyun Etkinlikleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>850</v>
+        <v>375</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257348409</t>
+          <t>9786258297263</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Sistemleri</t>
+          <t>Kültürel Psikoloji (Psikoloji Seti)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258297478</t>
+          <t>9786258297300</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Technology İntegrated EngLish Language Teaching</t>
+          <t>Özel Eğitimde Değerlendirme</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258297454</t>
+          <t>9786258297461</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Eğitim Ortamlarında Akademik Becerilerin Desteklenmesi</t>
+          <t>İngiliz İdaresinde Kıbrıs Türklerinde Ortaöğretim</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258297546</t>
+          <t>9786257348409</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretiminde Alternatif Eğitim Uygulamaları</t>
+          <t>Karşılaştırmalı Eğitim Sistemleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258297393</t>
+          <t>9786258297478</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Çocuk Ve Eğitim</t>
+          <t>Technology İntegrated EngLish Language Teaching</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258297270</t>
+          <t>9786258297454</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Okuma Uygulamaları "Eğitimciler, Anne – Babalar İçin"</t>
+          <t>Kapsayıcı Eğitim Ortamlarında Akademik Becerilerin Desteklenmesi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258297379</t>
+          <t>9786258297546</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Doğa Eğitimi</t>
+          <t>Hayat Bilgisi Öğretiminde Alternatif Eğitim Uygulamaları</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258297072</t>
+          <t>9786258297393</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kadın Sesleri</t>
+          <t>Türk Kültüründe Çocuk Ve Eğitim</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258297423</t>
+          <t>9786258297270</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Artırılmış Gerçeklik</t>
+          <t>Etkileşimli Okuma Uygulamaları "Eğitimciler, Anne – Babalar İçin"</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258297553</t>
+          <t>9786258297379</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama İle Çocuk Hakları</t>
+          <t>Erken Çocuklukta Doğa Eğitimi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258420494</t>
+          <t>9786258297072</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Aile Sağlığının Korunması, Sürdürülmesi Ve Geliştirilmesi 2</t>
+          <t>Türk Romanında Kadın Sesleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>750</v>
+        <v>475</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258297560</t>
+          <t>9786258297423</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Uygulama Dersi Rehberi</t>
+          <t>Erken Çocukluk Döneminde Artırılmış Gerçeklik</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258297485</t>
+          <t>9786258297553</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatında Karakter</t>
+          <t>Yaratıcı Drama İle Çocuk Hakları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258297324</t>
+          <t>9786258420494</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Zihin Haritalama Örnek Uygulamalarla)</t>
+          <t>Aile Sağlığının Korunması, Sürdürülmesi Ve Geliştirilmesi 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258297409</t>
+          <t>9786258297560</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Spor</t>
+          <t>Eğitim Kurumlarında Uygulama Dersi Rehberi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258420487</t>
+          <t>9786258297485</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Aile Sağlığının Korunması, Sürdürülmesi Ve Geliştirilmesi / 1. Cilt</t>
+          <t>Çocuk Edebiyatında Karakter</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258297058</t>
+          <t>9786258297324</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet</t>
+          <t>Erken Çocukluk Döneminde Zihin Haritalama Örnek Uygulamalarla)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258297003</t>
+          <t>9786258297409</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretiminde Edebi Metinlerin Kullanımı: Teoriden Pratiğe</t>
+          <t>Çocuk ve Spor</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258297089</t>
+          <t>9786258420487</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Web Araçları İle Türkçe Öğretimi</t>
+          <t>Aile Sağlığının Korunması, Sürdürülmesi Ve Geliştirilmesi / 1. Cilt</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258297126</t>
+          <t>9786258297058</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Tarihi</t>
+          <t>Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258297218</t>
+          <t>9786258297003</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Özel - Üstün Yetenekli Çocuklar</t>
+          <t>Yabancı Dil Öğretiminde Edebi Metinlerin Kullanımı: Teoriden Pratiğe</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258297195</t>
+          <t>9786258297089</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Duyu Eğitimi</t>
+          <t>Web Araçları İle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258297157</t>
+          <t>9786258297126</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli Öğrencilerin Türkçe Eğitiminde Özel Dil Becerilerinin Geliştirilmesi</t>
+          <t>Türk Eğitim Tarihi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258420883</t>
+          <t>9786258297218</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Ve Yönetici Bağlamında Çevre Eğitimi</t>
+          <t>Erken Çocukluk Döneminde Özel - Üstün Yetenekli Çocuklar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258297034</t>
+          <t>9786258297195</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli Kapsayıcı Eğitim (Kuramdan Uygulamaya)</t>
+          <t>Erken Çocukluk Döneminde Duyu Eğitimi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258297065</t>
+          <t>9786258297157</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddet Ve Ataerkillik</t>
+          <t>Özel Yetenekli Öğrencilerin Türkçe Eğitiminde Özel Dil Becerilerinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258297010</t>
+          <t>9786258420883</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde 21. Yüzyıl Becerileri</t>
+          <t>Öğretmen Ve Yönetici Bağlamında Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258420913</t>
+          <t>9786258297034</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütleri - Yöneticileri İçin İnsan Kaynakları Yönetimi</t>
+          <t>Nitelikli Kapsayıcı Eğitim (Kuramdan Uygulamaya)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258420678</t>
+          <t>9786258297065</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönem Çocuklarında Görsel Sanat Etkinlikleri İle Çevre Eğitimi</t>
+          <t>Kadına Yönelik Şiddet Ve Ataerkillik</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258297041</t>
+          <t>9786258297010</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İnbnü'l-Cevz’nin Zadü'l-Mesir Adlı Eserinin Kıraat İlmi Açısından Tahlili</t>
+          <t>Eğitimde 21. Yüzyıl Becerileri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258297164</t>
+          <t>9786258420913</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yenilikçi Yaklaşımlar</t>
+          <t>Eğitim Örgütleri - Yöneticileri İçin İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258297225</t>
+          <t>9786258420678</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak ve Etik</t>
+          <t>Okul Öncesi Dönem Çocuklarında Görsel Sanat Etkinlikleri İle Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258297102</t>
+          <t>9786258297041</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Doğa Temelli Çevre Eğitimi - Cilt: 1</t>
+          <t>İnbnü'l-Cevz’nin Zadü'l-Mesir Adlı Eserinin Kıraat İlmi Açısından Tahlili</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258420999</t>
+          <t>9786258297164</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Fen Öğretimi</t>
+          <t>Eğitimde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258420982</t>
+          <t>9786258297225</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Davranış Örüntüleri Ve Bozukluklar</t>
+          <t>Eğitimde Ahlak ve Etik</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257083737</t>
+          <t>9786258297102</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka Temelli Sınıf Geneli Zenginleştirme Programı, Geliştirme Ve Uygulama Çalışması</t>
+          <t>Doğa Temelli Çevre Eğitimi - Cilt: 1</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258420951</t>
+          <t>9786258420999</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Tramvaya Farklı Bir Bakış: EMDR</t>
+          <t>Disiplinlerarası Fen Öğretimi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258420920</t>
+          <t>9786258420982</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Ruh Sağlığı</t>
+          <t>Erken Çocukluk Döneminde Davranış Örüntüleri Ve Bozukluklar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258420975</t>
+          <t>9786257083737</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kuram Ve Vaka Çalışmalarıyla Uygulama - Bilişsel Davranışçı Terapi</t>
+          <t>Çoklu Zeka Temelli Sınıf Geneli Zenginleştirme Programı, Geliştirme Ve Uygulama Çalışması</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258420944</t>
+          <t>9786258420951</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Her Yönü İle Bağımlılık “Sebepler, Sonuçlar ve Mücadele Stratejileri”</t>
+          <t>Çocuklarda Tramvaya Farklı Bir Bakış: EMDR</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>575</v>
+        <v>350</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258420524</t>
+          <t>9786258420920</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Aynası Kırılan Narsisist</t>
+          <t>Çocuk ve Ergen Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258420685</t>
+          <t>9786258420975</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Bilim ve Teknoloji</t>
+          <t>Kuram Ve Vaka Çalışmalarıyla Uygulama - Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>475</v>
+        <v>575</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258420654</t>
+          <t>9786258420944</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal ve Uygulama Örnekleri İle Dijitalleşme ve Eğitim</t>
+          <t>Her Yönü İle Bağımlılık “Sebepler, Sonuçlar ve Mücadele Stratejileri”</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258420517</t>
+          <t>9786258420524</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Öğretmenleri ve Adayları İçin Dijital Metin Hazırlama</t>
+          <t>Aynası Kırılan Narsisist</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258420579</t>
+          <t>9786258420685</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Spor Felsefesi - Futbolda Kullanılan Teoriler ve Uygulamalar</t>
+          <t>Çocuklukta Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257527705</t>
+          <t>9786258420654</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Kitap II - Evrensel İlkeler</t>
+          <t>Kuramsal ve Uygulama Örnekleri İle Dijitalleşme ve Eğitim</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258420296</t>
+          <t>9786258420517</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Test Dışı Teknikler</t>
+          <t>Sınıf Öğretmenleri ve Adayları İçin Dijital Metin Hazırlama</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258420012</t>
+          <t>9786258420579</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Pragmatics and Language Teaching</t>
+          <t>Spor Felsefesi - Futbolda Kullanılan Teoriler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258420814</t>
+          <t>9786257527705</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kooperatiflerde Kurumsal Yönetişim</t>
+          <t>Çocuk ve Kitap II - Evrensel İlkeler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258420838</t>
+          <t>9786258420296</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İdeal Öğretmen</t>
+          <t>Test Dışı Teknikler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258420760</t>
+          <t>9786258420012</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Etkili Programlar ve Uygulamalar</t>
+          <t>Pragmatics and Language Teaching</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258420937</t>
+          <t>9786258420814</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Beslenme</t>
+          <t>Kooperatiflerde Kurumsal Yönetişim</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258420821</t>
+          <t>9786258420838</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Animasyon</t>
+          <t>İdeal Öğretmen</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258420753</t>
+          <t>9786258420760</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
+          <t>Erken Çocukluk Döneminde Etkili Programlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258420852</t>
+          <t>9786258420937</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Challenging Issues in Language Teaching and Learning</t>
+          <t>Çocuk ve Beslenme</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257527736</t>
+          <t>9786258420821</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Tasarım Odaklı STEM Eğitimi</t>
+          <t>Çocuk ve Animasyon</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258420197</t>
+          <t>9786258420753</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Eğitim Uygulamaları</t>
+          <t>Erken Çocukluk Döneminde Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258420531</t>
+          <t>9786258420852</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>ICF Kolaylaştı: Katılım Hedeflerini Planlayın, Uygulayın, Gözden Geçirin</t>
+          <t>Challenging Issues in Language Teaching and Learning</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258420586</t>
+          <t>9786257527736</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Matematik Problemlerini Çözme ve Kurma Becerilerinin Geliştirilmesi: Öğretmen - Anne-Baba El Kitabı</t>
+          <t>Erken Çocuklukta Tasarım Odaklı STEM Eğitimi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258420609</t>
+          <t>9786258420197</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğrenme Güçlüğü</t>
+          <t>Kapsayıcı Eğitim Uygulamaları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258420050</t>
+          <t>9786258420531</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Oyun Gelişimi ve Oyun Materyalleri</t>
+          <t>ICF Kolaylaştı: Katılım Hedeflerini Planlayın, Uygulayın, Gözden Geçirin</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257527996</t>
+          <t>9786258420586</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sociolinguistics and Language Teaching</t>
+          <t>Matematik Problemlerini Çözme ve Kurma Becerilerinin Geliştirilmesi: Öğretmen - Anne-Baba El Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258420692</t>
+          <t>9786258420609</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Rehabilitasyon Merkezlerine Yönelik Özel Eğitim El Kitabı</t>
+          <t>Özel Öğrenme Güçlüğü</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258420715</t>
+          <t>9786258420050</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yaratıcı Drama Atölyeleri</t>
+          <t>Erken Çocukluk Döneminde Oyun Gelişimi ve Oyun Materyalleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258420500</t>
+          <t>9786257527996</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilinci</t>
+          <t>Sociolinguistics and Language Teaching</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258420661</t>
+          <t>9786258420692</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sınıf İçi Uygulama Önerileriyle Akademik Yazma</t>
+          <t>Rehabilitasyon Merkezlerine Yönelik Özel Eğitim El Kitabı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>4440000001583</t>
+          <t>9786258420715</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü Eğitim Seti - Çantalı Özel Set (6 Yaş)</t>
+          <t>Uygulamalı Yaratıcı Drama Atölyeleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>9000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059422093</t>
+          <t>9786258420500</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam Eğitim Seti Kutulu Özel Set (4-5 Yaş)</t>
+          <t>Çevre Bilinci</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>3000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057754714</t>
+          <t>9786258420661</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tembel Ahmet</t>
+          <t>Sınıf İçi Uygulama Önerileriyle Akademik Yazma</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258420029</t>
+          <t>4440000001583</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>New Approaches in Elt</t>
+          <t>Akıl Küpü Eğitim Seti - Çantalı Özel Set (6 Yaş)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>550</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257527118</t>
+          <t>9786059422093</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
+          <t>Benim Dünyam Eğitim Seti Kutulu Özel Set (4-5 Yaş)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>550</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257527804</t>
+          <t>9786057754714</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Interculturality in English Language Learning and Teaching</t>
+          <t>Tembel Ahmet</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257527941</t>
+          <t>9786258420029</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Integrated Language Skills</t>
+          <t>New Approaches in Elt</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057754622</t>
+          <t>9786257527118</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Dönemi Din Eğitimi</t>
+          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257348683</t>
+          <t>9786257527804</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Kavramsal ve Etkinlik Temelli Matematik Öğretimi</t>
+          <t>Interculturality in English Language Learning and Teaching</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057647580</t>
+          <t>9786257527941</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Alıcı Dil Gelişimi</t>
+          <t>Integrated Language Skills</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257527828</t>
+          <t>9786057754622</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Drama in Language Teaching</t>
+          <t>Gençlik Dönemi Din Eğitimi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257527835</t>
+          <t>9786257348683</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Discourse Analysis and Language Teaching</t>
+          <t>Erken Çocukluk Döneminde Kavramsal ve Etkinlik Temelli Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258420036</t>
+          <t>9786057647580</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Course Book Evaluation in Elt</t>
+          <t>Erken Çocukluk Döneminde Alıcı Dil Gelişimi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258420043</t>
+          <t>9786257527828</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Classroom - Based Language Assessment</t>
+          <t>Drama in Language Teaching</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258420302</t>
+          <t>9786257527835</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>6 Aşamada Yaratıcı Drama Liderliği - Teori Ve Uygulama Bir Arada</t>
+          <t>Discourse Analysis and Language Teaching</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257348539</t>
+          <t>9786258420036</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Olumlu Davranışsal Destek - Araştırmacılar, Öğretmenler, Uzmanlar ve Aileler İçin Etkili</t>
+          <t>Course Book Evaluation in Elt</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258420289</t>
+          <t>9786258420043</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Fizyolojik Psikoloji - Psikoloji Seti</t>
+          <t>Classroom - Based Language Assessment</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258420340</t>
+          <t>9786258420302</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İktidar, Beden, Propaganda ve Sinema</t>
+          <t>6 Aşamada Yaratıcı Drama Liderliği - Teori Ve Uygulama Bir Arada</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257348270</t>
+          <t>9786257348539</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Eserlerinde Nietzsche</t>
+          <t>Uygulamalı Olumlu Davranışsal Destek - Araştırmacılar, Öğretmenler, Uzmanlar ve Aileler İçin Etkili</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258420272</t>
+          <t>9786258420289</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Hikaye Anlatım Materyalleri</t>
+          <t>Fizyolojik Psikoloji - Psikoloji Seti</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257527446</t>
+          <t>9786258420340</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ergen Psikolojisinde Güncel Çalışmalar</t>
+          <t>İktidar, Beden, Propaganda ve Sinema</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257527057</t>
+          <t>9786257348270</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Grupla Psikolojik Danışma</t>
+          <t>Eserlerinde Nietzsche</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257527347</t>
+          <t>9786258420272</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Yetersizlik - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
+          <t>Okul Öncesinde Hikaye Anlatım Materyalleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257527354</t>
+          <t>9786257527446</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçenin Öğretimi - Sorunlar ve Çözüm Önerileri</t>
+          <t>Ergen Psikolojisinde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257527859</t>
+          <t>9786257527057</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretimine Yeni Bir Bakış</t>
+          <t>Grupla Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257527842</t>
+          <t>9786257527347</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Örnekleriyle Özel Öğrenme Güçlüğü Olan Öğrencilerin Eğitimi</t>
+          <t>Çoklu Yetersizlik - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257527811</t>
+          <t>9786257527354</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Material Design in ELT</t>
+          <t>Yabancı Dil Olarak Türkçenin Öğretimi - Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257527798</t>
+          <t>9786257527859</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Aile Danışmanlığı Psikoloji Seti</t>
+          <t>Sosyal Bilgiler Öğretimine Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257527866</t>
+          <t>9786257527842</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuğu Olan Anne - Baba El Kitabı Serisi - Dikkat Eksikliği ve Hiperaktivite</t>
+          <t>Etkinlik Örnekleriyle Özel Öğrenme Güçlüğü Olan Öğrencilerin Eğitimi</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257527873</t>
+          <t>9786257527811</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Dezavantajlı Çocuklar</t>
+          <t>Material Design in ELT</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257527897</t>
+          <t>9786257527798</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Psikolojisi Psikoloji Seti</t>
+          <t>Aile Danışmanlığı Psikoloji Seti</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257527903</t>
+          <t>9786257527866</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kadın - Medya ve Sosyal Medya</t>
+          <t>Özel Gereksinimli Çocuğu Olan Anne - Baba El Kitabı Serisi - Dikkat Eksikliği ve Hiperaktivite</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257527774</t>
+          <t>9786257527873</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji - Psikoloji Seti</t>
+          <t>Erken Çocukluk Döneminde Dezavantajlı Çocuklar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257527767</t>
+          <t>9786257527897</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Oyun ve Müzik</t>
+          <t>Gelişim Psikolojisi Psikoloji Seti</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257527750</t>
+          <t>9786257527903</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Rehberlik ve Psikolojik Danışma Psikoloji Seti</t>
+          <t>Kadın - Medya ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>575</v>
+        <v>550</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257527743</t>
+          <t>9786257527774</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İletişim Becerileri Psikoloji Seti</t>
+          <t>Sosyal Psikoloji - Psikoloji Seti</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257527729</t>
+          <t>9786257527767</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Kimlik</t>
+          <t>Özel Eğitimde Oyun ve Müzik</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257527712</t>
+          <t>9786257527750</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi - Psikoloji Seti</t>
+          <t>Okullarda Rehberlik ve Psikolojik Danışma Psikoloji Seti</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>700</v>
+        <v>575</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257527699</t>
+          <t>9786257527743</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sosyolojisi</t>
+          <t>İletişim Becerileri Psikoloji Seti</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257527675</t>
+          <t>9786257527729</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Çocuğum Oyun Bağımlısı mı?</t>
+          <t>Eğitim ve Kimlik</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257527590</t>
+          <t>9786257527712</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Kuramları - Psikoloji Seti</t>
+          <t>Eğitim Psikolojisi - Psikoloji Seti</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257527927</t>
+          <t>9786257527699</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Duyarlılık Çalışmaları</t>
+          <t>Çocuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257527934</t>
+          <t>9786257527675</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Eğitim Yaklaşımları</t>
+          <t>Eyvah! Çocuğum Oyun Bağımlısı mı?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257527958</t>
+          <t>9786257527590</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Otistik Çocuklara Tuvalet Becerilerinin Öğretimi</t>
+          <t>Kişilik Kuramları - Psikoloji Seti</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257527965</t>
+          <t>9786257527927</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaya Yaratıcı Drama Etkinlikleriyle İpuçları</t>
+          <t>Toplumsal Duyarlılık Çalışmaları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257527972</t>
+          <t>9786257527934</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Teorinin Uygulamayla Birleştirildiği Aktif Öğrenme Ortamları</t>
+          <t>Erken Çocukluk Döneminde Eğitim Yaklaşımları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257527989</t>
+          <t>9786257527958</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bir Üyesi Olan Aileler:Yaşama Bakış - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı</t>
+          <t>Otistik Çocuklara Tuvalet Becerilerinin Öğretimi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>475</v>
+        <v>425</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257348867</t>
+          <t>9786257527965</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
+          <t>Anne Babaya Yaratıcı Drama Etkinlikleriyle İpuçları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257348829</t>
+          <t>9786257527972</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
+          <t>Teorinin Uygulamayla Birleştirildiği Aktif Öğrenme Ortamları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257348799</t>
+          <t>9786257527989</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Görme Yetersizliği - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
+          <t>Özel Gereksinimli Bir Üyesi Olan Aileler:Yaşama Bakış - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257348737</t>
+          <t>9786257348867</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam ve Fiziksel Aktivite</t>
+          <t>Zihin Yetersizliği - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257348690</t>
+          <t>9786257348829</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masallarında Kadın</t>
+          <t>Otizm Spektrum Bozukluğu - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257348645</t>
+          <t>9786257348799</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ressam Eren Eyüboğlu ve Kedisi</t>
+          <t>Görme Yetersizliği - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257348522</t>
+          <t>9786257348737</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Özel Yetenekli - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
+          <t>Sağlıklı Yaşam ve Fiziksel Aktivite</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257348508</t>
+          <t>9786257348690</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Eğitim</t>
+          <t>Anadolu Masallarında Kadın</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257245852</t>
+          <t>9786257348645</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu ve Sosyal Beceri Öğretimi</t>
+          <t>Ressam Eren Eyüboğlu ve Kedisi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258420265</t>
+          <t>9786257348522</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dönemleri ve Uyum Sorunları Psikoloji Seti</t>
+          <t>Özel Yetenekli - Özel Gereksinimli Çocuğu Olan Anne Baba El Kitabı Serisi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>625</v>
+        <v>500</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258420203</t>
+          <t>9786257348508</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimi Politikaları</t>
+          <t>Pozitif Eğitim</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258420180</t>
+          <t>9786257245852</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Otizm Spektrum Bozukluğu</t>
+          <t>Otizm Spektrum Bozukluğu ve Sosyal Beceri Öğretimi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258420142</t>
+          <t>9786258420265</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yabancı Dil Öğretmeni Eğitimi Üzerine Araştırmalar</t>
+          <t>Yaşam Dönemleri ve Uyum Sorunları Psikoloji Seti</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>600</v>
+        <v>625</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258420135</t>
+          <t>9786258420203</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Drama ve Çocuk</t>
+          <t>Erken Çocukluk Eğitimi Politikaları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>575</v>
+        <v>700</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258420128</t>
+          <t>9786258420180</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Depresyona Klinik Bir Bakış - Şimdi Anlama Vakti</t>
+          <t>Erken Çocuklukta Otizm Spektrum Bozukluğu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257527569</t>
+          <t>9786258420142</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocuklar Ve Duyusal Gelişimlerini Destekleyici Alternatif Bir Program</t>
+          <t>Türkiye'de Yabancı Dil Öğretmeni Eğitimi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257527330</t>
+          <t>9786258420135</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Denge Kuramına Dayalı Çevrim İçi Ve Yüz Yüze - Fen Öğrenimi Etkinlikleri</t>
+          <t>Drama ve Çocuk</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257245371</t>
+          <t>9786258420128</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Elemanlarının Duygusal Emek Davranışları Örgütsel Bağlılık Algı Düzeyleri Arasındaki İlişki</t>
+          <t>Depresyona Klinik Bir Bakış - Şimdi Anlama Vakti</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>42</v>
+        <v>750</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257083003</t>
+          <t>9786257527569</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Otizmli Çocuklar Ve Duyusal Gelişimlerini Destekleyici Alternatif Bir Program</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257527781</t>
+          <t>9786257527330</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası ve Kazanım Odaklı Oyunlar</t>
+          <t>Felsefi Denge Kuramına Dayalı Çevrim İçi Ve Yüz Yüze - Fen Öğrenimi Etkinlikleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752435469</t>
+          <t>9786257245371</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitime Giriş</t>
+          <t>Öğretim Elemanlarının Duygusal Emek Davranışları Örgütsel Bağlılık Algı Düzeyleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>42</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257348966</t>
+          <t>9786257083003</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Bilim</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>475</v>
+        <v>80</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257348461</t>
+          <t>9786257527781</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Yeni Yönelimler</t>
+          <t>Disiplinlerarası ve Kazanım Odaklı Oyunlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>475</v>
+        <v>600</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257348959</t>
+          <t>9789752435469</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
+          <t>Okul Öncesi Eğitime Giriş</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257527361</t>
+          <t>9786257348966</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Davranış Analizi</t>
+          <t>Erken Çocuklukta Bilim</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>650</v>
+        <v>475</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257348553</t>
+          <t>9786257348461</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Medya ve Sosyal Medya</t>
+          <t>Türkçe Eğitiminde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059422208</t>
+          <t>9786257348959</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Karar Verme Becerileri ve Etkinlik Örnekleri</t>
+          <t>İlkokulda Alternatif Eğitim Uygulamaları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257527576</t>
+          <t>9786257527361</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Dil Gelişimi</t>
+          <t>Uygulamalı Davranış Analizi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>525</v>
+        <v>650</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257527545</t>
+          <t>9786257348553</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Travmaya Klinik Bir Bakış</t>
+          <t>Çocuk, Medya ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057493309</t>
+          <t>9786059422208</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>LGS Paragraf Soru Bankası</t>
+          <t>Çocuklarda Karar Verme Becerileri ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257083683</t>
+          <t>9786257527576</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Öğrencilere Cinsel İstismarı Önlemeye Yönelik Teknoloji Destekli Eğitimin Etkileri</t>
+          <t>Dil Gelişimi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257527538</t>
+          <t>9786257527545</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarla Yaşlı Bakımın Temelleri</t>
+          <t>Travmaya Klinik Bir Bakış</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257527149</t>
+          <t>9786057493309</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Döngüsü ve Beslenme</t>
+          <t>LGS Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>600</v>
+        <v>35</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059422154</t>
+          <t>9786257083683</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Çok Uyaranlı Eğitim Durumları</t>
+          <t>Zihin Yetersizliği Olan Öğrencilere Cinsel İstismarı Önlemeye Yönelik Teknoloji Destekli Eğitimin Etkileri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257348843</t>
+          <t>9786257527538</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ders Kitabı İncelemeleri</t>
+          <t>Disiplinlerarası Yaklaşımlarla Yaşlı Bakımın Temelleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257245166</t>
+          <t>9786257527149</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Klasikleriyle Yapılandırılmış Dil ve Edebiyat Öğretimi</t>
+          <t>Yaşam Döngüsü ve Beslenme</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257083911</t>
+          <t>9786059422154</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>The Catchy Trends In Elt</t>
+          <t>Türkçe Öğretiminde Çok Uyaranlı Eğitim Durumları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057083966</t>
+          <t>9786257348843</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Technology In English Classes With Social Media</t>
+          <t>Türkçe Ders Kitabı İncelemeleri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057537324</t>
+          <t>9786257245166</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Sonra Kızların İlmi ve Ahlaki Eğitimi</t>
+          <t>Türk ve Dünya Klasikleriyle Yapılandırılmış Dil ve Edebiyat Öğretimi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057754332</t>
+          <t>9786257083911</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Taklit Öğretiminde Aile Eğitim Programı El Kitabı</t>
+          <t>The Catchy Trends In Elt</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257348850</t>
+          <t>9786057083966</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sosyobilimsel Konular</t>
+          <t>Technology In English Classes With Social Media</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257348744</t>
+          <t>9786057537324</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Duygusal Gelişim</t>
+          <t>Tanzimat'tan Sonra Kızların İlmi ve Ahlaki Eğitimi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059422192</t>
+          <t>9786057754332</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Özel Eğitim Hukuku</t>
+          <t>Taklit Öğretiminde Aile Eğitim Programı El Kitabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257083126</t>
+          <t>9786257348850</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sorgulamaya ve Araştırmaya Dayalı Eğitim Modeli (Sadem)</t>
+          <t>Sosyobilimsel Konular</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057754684</t>
+          <t>9786257348744</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Seramik Eğitimi Programının 5 Yaş Çocuklarının Yaratıcılıklarına Etkisinin İncelenmesi</t>
+          <t>Sosyal ve Duygusal Gelişim</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257348706</t>
+          <t>9786059422192</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Disiplinlerine Özel Temel Epidemiyoloji</t>
+          <t>Sorularla Özel Eğitim Hukuku</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257083034</t>
+          <t>9786257083126</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ritmoyun</t>
+          <t>Sorgulamaya ve Araştırmaya Dayalı Eğitim Modeli (Sadem)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752435377</t>
+          <t>9786057754684</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğiten Melodika Metodu</t>
+          <t>Seramik Eğitimi Programının 5 Yaş Çocuklarının Yaratıcılıklarına Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257527477</t>
+          <t>9786257348706</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Sokratik Sorgulama</t>
+          <t>Sağlık Disiplinlerine Özel Temel Epidemiyoloji</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257083485</t>
+          <t>9786257083034</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve Özel Eğitim</t>
+          <t>Ritmoyun</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257527378</t>
+          <t>9789752435377</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Bütünleştirme</t>
+          <t>Renklerle Eğiten Melodika Metodu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>525</v>
+        <v>175</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257527125</t>
+          <t>9786257527477</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Örnek Etkinliklerle Eğitimde Kodlama</t>
+          <t>Psikoterapide Sokratik Sorgulama</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257083805</t>
+          <t>9786257083485</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Mesleki Gelişimi ve Mesleki Kimliği</t>
+          <t>Özel Gereksinimli Çocuklar ve Özel Eğitim</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257527071</t>
+          <t>9786257527378</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Öğretmen Anıları</t>
+          <t>Özel Eğitimde Bütünleştirme</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>425</v>
+        <v>525</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257348546</t>
+          <t>9786257527125</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme ve Öğretme Sürecinde Ödev</t>
+          <t>Örnek Etkinliklerle Eğitimde Kodlama</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257083928</t>
+          <t>9786257083805</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>Öğretmenlerin Mesleki Gelişimi ve Mesleki Kimliği</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052234846</t>
+          <t>9786257527071</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Öğretmenleri Meslek Etiği</t>
+          <t>Öğreten Öğretmen Anıları</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257083904</t>
+          <t>9786257348546</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Programları</t>
+          <t>Öğrenme ve Öğretme Sürecinde Ödev</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057537928</t>
+          <t>9786257083928</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Zihin Kuramı Gelişimi Ve Desteklenmesi</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257527484</t>
+          <t>9786052234846</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönem Çocukları İçin Çevre Eğitimi Etkinlikleri</t>
+          <t>Okul Öncesi Öğretmenleri Meslek Etiği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257083256</t>
+          <t>9786257083904</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Sosyal Öyküler</t>
+          <t>Okul Öncesi Eğitim Programları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257527460</t>
+          <t>9786057537928</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Etkileşimli Okuma</t>
+          <t>Okul Öncesi Dönemde Zihin Kuramı Gelişimi Ve Desteklenmesi</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752435100</t>
+          <t>9786257527484</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kutu Kutu Pense - Çocuklar İçin Müzik ve Hareket Oyunu</t>
+          <t>Okul Öncesi Dönem Çocukları İçin Çevre Eğitimi Etkinlikleri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>2000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257348720</t>
+          <t>9786257083256</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kuşakların Gözünden Oyun ve Spor - Fenomonolojik Bir Bakış</t>
+          <t>Müzikli Sosyal Öyküler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057754707</t>
+          <t>9786257527460</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kemanda Vibrato ve Öğretim Teknikleri</t>
+          <t>Masallarla Etkileşimli Okuma</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059422901</t>
+          <t>9789752435100</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İnanmazsan Dene</t>
+          <t>Kutu Kutu Pense - Çocuklar İçin Müzik ve Hareket Oyunu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>725</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052234044</t>
+          <t>9786257348720</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazı Teknikleri</t>
+          <t>Kuşakların Gözünden Oyun ve Spor - Fenomonolojik Bir Bakış</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752435537</t>
+          <t>9786057754707</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Grup Teori 1</t>
+          <t>Kemanda Vibrato ve Öğretim Teknikleri</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257348874</t>
+          <t>9786059422901</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gelişimsel Açıdan Ergenlik</t>
+          <t>İnanmazsan Dene</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>575</v>
+        <v>725</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257083027</t>
+          <t>9786052234044</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Flüt Güncesi - Flüt İçin Teknik Çalışmalar</t>
+          <t>Güzel Yazı Teknikleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>425</v>
+        <v>750</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057647931</t>
+          <t>9789752435537</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Yeni Bir Yaklaşım: Disiplinler Arası Enerji Öğretimi</t>
+          <t>Grup Teori 1</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257348836</t>
+          <t>9786257348874</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Örneklerle Farklılaştırılmış Öğretim Yöntem ve Teknikleri</t>
+          <t>Gelişimsel Açıdan Ergenlik</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>450</v>
+        <v>575</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257527064</t>
+          <t>9786257083027</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Erken Okuryazarlık Becerileri ve Desteklenmesi</t>
+          <t>Flüt Güncesi - Flüt İçin Teknik Çalışmalar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>850</v>
+        <v>425</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257083775</t>
+          <t>9786057647931</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Okula Uyum Süreci</t>
+          <t>Fen Eğitiminde Yeni Bir Yaklaşım: Disiplinler Arası Enerji Öğretimi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057754400</t>
+          <t>9786257348836</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Oyun</t>
+          <t>Uygulamalı Örneklerle Farklılaştırılmış Öğretim Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257083881</t>
+          <t>9786257527064</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimine Giriş</t>
+          <t>Erken Okuryazarlık Becerileri ve Desteklenmesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>625</v>
+        <v>850</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057754073</t>
+          <t>9786257083775</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimine Giriş</t>
+          <t>Erken Çocuklukta Okula Uyum Süreci</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257348812</t>
+          <t>9786057754400</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitimine Giriş</t>
+          <t>Erken Çocukluk Döneminde Oyun</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257245029</t>
+          <t>9786257083881</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>English For Child Development Professionals</t>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>700</v>
+        <v>625</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059254854</t>
+          <t>9786057754073</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Elma Kurdu Portfolyom</t>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>1250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257245159</t>
+          <t>9786257348812</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Öğretmenden Öğretmene Meslektaş Rehberliği</t>
+          <t>Erken Çocukluk Eğitimine Giriş</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257348423</t>
+          <t>9786257245029</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İdeal Öğretmen Arayışları</t>
+          <t>English For Child Development Professionals</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257083751</t>
+          <t>9786059254854</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sisteminde Bireyi Tanıma ve Test Dışı Teknikler</t>
+          <t>Elma Kurdu Portfolyom</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786057754653</t>
+          <t>9786257245159</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Araştırmalar</t>
+          <t>Eğitimde Öğretmenden Öğretmene Meslektaş Rehberliği</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752435438</t>
+          <t>9786257348423</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Rengarenk Çalgılar Boyama</t>
+          <t>Eğitimde İdeal Öğretmen Arayışları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752435148</t>
+          <t>9786257083751</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim İçin Eğiten Müzik Defteri</t>
+          <t>Eğitim Sisteminde Bireyi Tanıma ve Test Dışı Teknikler</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752435131</t>
+          <t>9786057754653</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim İçin Eğiten Müzik Defteri</t>
+          <t>Eğitim Araştırmalar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059254663</t>
+          <t>9789752435438</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Şekiller</t>
+          <t>Eğiten Rengarenk Çalgılar Boyama</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059254717</t>
+          <t>9789752435148</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Sosyal Duygusal Alan</t>
+          <t>Ortaöğretim İçin Eğiten Müzik Defteri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059254694</t>
+          <t>9789752435131</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Sayılar</t>
+          <t>İlköğretim İçin Eğiten Müzik Defteri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059254700</t>
+          <t>9786059254663</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Renkler</t>
+          <t>Akıl Küpü - Şekiller</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059254656</t>
+          <t>9786059254717</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Kavramlar 2</t>
+          <t>Akıl Küpü - Sosyal Duygusal Alan</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059254632</t>
+          <t>9786059254694</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Kavramlar 1</t>
+          <t>Akıl Küpü - Sayılar</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059254625</t>
+          <t>9786059254700</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Dil Gelişimi</t>
+          <t>Akıl Küpü - Renkler</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059254649</t>
+          <t>9786059254656</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Çizgiler</t>
+          <t>Akıl Küpü - Kavramlar 2</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059254687</t>
+          <t>9786059254632</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Okula Hazırlanıyorum 2</t>
+          <t>Akıl Küpü - Kavramlar 1</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059254670</t>
+          <t>9786059254625</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Akıl Küpü - Okula Hazırlanıyorum 1</t>
+          <t>Akıl Küpü - Dil Gelişimi</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786057537867</t>
+          <t>9786059254649</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Gelişimin Temelleri ve Duygu Yönetimi: Erken Çocukluk Bakış Açısı</t>
+          <t>Akıl Küpü - Çizgiler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>475</v>
+        <v>750</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257083362</t>
+          <t>9786059254687</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Dramart İlkokullar İçin Yaratıcı Drama İle Görsel Sanatlar Eğitimi Uygulamalar</t>
+          <t>Akıl Küpü - Okula Hazırlanıyorum 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257527392</t>
+          <t>9786059254670</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Disgrafi - Yazma Güçlügü: Tanılama Ve Müdahale</t>
+          <t>Akıl Küpü - Okula Hazırlanıyorum 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>575</v>
+        <v>750</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052435285</t>
+          <t>9786057537867</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Dikkati ve Düşünümselliği Arttırmak İçin Eğitici Müdahale Programı</t>
+          <t>Duygusal Gelişimin Temelleri ve Duygu Yönetimi: Erken Çocukluk Bakış Açısı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257083959</t>
+          <t>9786257083362</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ekran - Dijital Medya ve Çocuk Gelişimi</t>
+          <t>Dramart İlkokullar İçin Yaratıcı Drama İle Görsel Sanatlar Eğitimi Uygulamalar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257083720</t>
+          <t>9786257527392</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çocuk (Lça) Eğitim</t>
+          <t>Disgrafi - Yazma Güçlügü: Tanılama Ve Müdahale</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>575</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257348973</t>
+          <t>9786052435285</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi 1 - 2</t>
+          <t>Dikkati ve Düşünümselliği Arttırmak İçin Eğitici Müdahale Programı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789752435520</t>
+          <t>9786257083959</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yaklaşımlarla Sınıf Yönetimi</t>
+          <t>Çocuk ve Ekran - Dijital Medya ve Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>575</v>
+        <v>475</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752435735</t>
+          <t>9786257083720</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Çağdaş Türk Edebiyatı</t>
+          <t>Erken Çocukluk Döneminde Çocuk (Lça) Eğitim</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>700</v>
+        <v>575</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257083782</t>
+          <t>9786257348973</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Öğütler Küçüklere Öyküler</t>
+          <t>Çocuk Gelişimi 1 - 2</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257083874</t>
+          <t>9789752435520</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretmenin Mutfağından</t>
+          <t>Çağdaş Yaklaşımlarla Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257348713</t>
+          <t>9789752435735</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Gelişim</t>
+          <t>Cumhuriyet Dönemi Çağdaş Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>575</v>
+        <v>700</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257527309</t>
+          <t>9786257083782</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapilerde Ev Ödevleri - Sorumluluk Alma Vakti</t>
+          <t>Büyüklere Öğütler Küçüklere Öyküler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789752435032</t>
+          <t>9786257083874</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Sazı Dengbejin Sesi</t>
+          <t>Bir Öğretmenin Mutfağından</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257245180</t>
+          <t>9786257348713</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Anne Ve Çocuk Sağlığı Cilt: 2</t>
+          <t>Bilişsel Gelişim</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>750</v>
+        <v>575</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257245173</t>
+          <t>9786257527309</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Anne Ve Çocuk Sağlığı Cilt: 1</t>
+          <t>Bilişsel Davranışçı Terapilerde Ev Ödevleri - Sorumluluk Alma Vakti</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257348898</t>
+          <t>9789752435032</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Eğitimi</t>
+          <t>Aşığın Sazı Dengbejin Sesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>650</v>
+        <v>425</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257348676</t>
+          <t>9786257245180</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Yöntemlerle Çocuk Kitaplarındaki Değerler</t>
+          <t>Anne Ve Çocuk Sağlığı Cilt: 2</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257245005</t>
+          <t>9786257245173</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitiminde Güncel Konular</t>
+          <t>Anne Ve Çocuk Sağlığı Cilt: 1</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786057014367</t>
+          <t>9786257348898</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Oyunlarla Eğlenceli Kodlama 3-7 Yaş 5 Kitap Set</t>
+          <t>Anne Baba Eğitimi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>43.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786057647979</t>
+          <t>9786257348676</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Sanat Eğitimi</t>
+          <t>Alternatif Yöntemlerle Çocuk Kitaplarındaki Değerler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786057647184</t>
+          <t>9786257245005</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Likya Yolu Rehberi</t>
+          <t>Aile Eğitiminde Güncel Konular</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786057647825</t>
+          <t>9786057014367</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Troy</t>
+          <t>Okul Öncesi Oyunlarla Eğlenceli Kodlama 3-7 Yaş 5 Kitap Set</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789752435513</t>
+          <t>9786057647979</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi - 2</t>
+          <t>Erken Çocukluk Döneminde Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789752435506</t>
+          <t>9786057647184</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi - 1</t>
+          <t>Likya Yolu Rehberi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052234389</t>
+          <t>9786057647825</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Akran İlişkileri</t>
+          <t>Troy</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052234327</t>
+          <t>9789752435513</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim</t>
+          <t>Çocuk Gelişimi - 2</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>575</v>
+        <v>400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789752435810</t>
+          <t>9789752435506</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ders Çalışma Motivasyonu</t>
+          <t>Çocuk Gelişimi - 1</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789752435889</t>
+          <t>9786052234389</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Akademik Yazma</t>
+          <t>Okul Öncesi Dönemde Akran İlişkileri</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059422659</t>
+          <t>9786052234327</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Engelli Limanı</t>
+          <t>Eğitimde İletişim</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752435636</t>
+          <t>9789752435810</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Türkçe Öğretimi</t>
+          <t>Ders Çalışma Motivasyonu</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789752435766</t>
+          <t>9789752435889</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Uygulama Örnekleri</t>
+          <t>Akademik Yazma</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789752435483</t>
+          <t>9786059422659</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Davranış Analizi</t>
+          <t>Engelli Limanı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>70</v>
+        <v>375</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789752435490</t>
+          <t>9789752435636</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitimi</t>
+          <t>Karikatürlerle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789752435063</t>
+          <t>9789752435766</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Gölge</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789752435216</t>
+          <t>9789752435483</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Resimden Atasözüne Atasözünden Açıklamaya - Atasözü Kartları 2</t>
+          <t>Uygulamalı Davranış Analizi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789752435209</t>
+          <t>9789752435490</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları 2</t>
+          <t>Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786057647108</t>
+          <t>9789752435063</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Arda’nın Rüyası</t>
+          <t>Oyuncu Gölge</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786057647092</t>
+          <t>9789752435216</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Hayalya</t>
+          <t>Resimden Atasözüne Atasözünden Açıklamaya - Atasözü Kartları 2</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057537195</t>
+          <t>9789752435209</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Sarı - Renkler Dükkanı</t>
+          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları 2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052234150</t>
+          <t>9786057647108</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Günde Balıkçılar</t>
+          <t>Arda’nın Rüyası</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052234174</t>
+          <t>9786057647092</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minik Kedi Mırmır</t>
+          <t>Hayalya</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>7.41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052234068</t>
+          <t>9786057537195</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan Bobi ile Uğurböceği</t>
+          <t>Mavi ve Sarı - Renkler Dükkanı</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052234303</t>
+          <t>9786052234150</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Üç Üzüm Tanesi</t>
+          <t>Yağmurlu Günde Balıkçılar</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052234136</t>
+          <t>9786052234174</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Orman</t>
+          <t>Meraklı Minik Kedi Mırmır</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>225</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052234341</t>
+          <t>9786052234068</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Zebra Buzi ile Yaramaz Haylaz Sinek</t>
+          <t>Bahçıvan Bobi ile Uğurböceği</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052234266</t>
+          <t>9786052234303</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Süslü Yılan ve Dostları</t>
+          <t>Üç Üzüm Tanesi</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052234198</t>
+          <t>9786052234136</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>O! O! Oya</t>
+          <t>Gürültülü Orman</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052234143</t>
+          <t>9786052234341</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Kedi ile Köpek</t>
+          <t>Zebra Buzi ile Yaramaz Haylaz Sinek</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052234167</t>
+          <t>9786052234266</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Jale ile Yumi</t>
+          <t>Süslü Yılan ve Dostları</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052234105</t>
+          <t>9786052234198</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Gün</t>
+          <t>O! O! Oya</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052234181</t>
+          <t>9786052234143</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Naneleri</t>
+          <t>Kütüphanedeki Kedi ile Köpek</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052234112</t>
+          <t>9786052234167</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İrem ile İlker İzci Kampında</t>
+          <t>Jale ile Yumi</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052234334</t>
+          <t>9786052234105</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yunus</t>
+          <t>Harika Bir Gün</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052234297</t>
+          <t>9786052234181</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Şen Şakrak Bir Gece</t>
+          <t>Ninemin Naneleri</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052234051</t>
+          <t>9786052234112</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Altı Ayı Kardeş</t>
+          <t>İrem ile İlker İzci Kampında</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052234242</t>
+          <t>9786052234334</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Palyaço İle Papağan</t>
+          <t>Yedi Yunus</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052234075</t>
+          <t>9786052234297</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Cesur Civciv</t>
+          <t>Şen Şakrak Bir Gece</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052234273</t>
+          <t>9786052234051</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Tolga'nın Zor Seçimi</t>
+          <t>Altı Ayı Kardeş</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052234211</t>
+          <t>9786052234242</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Yavru Istakoz</t>
+          <t>Palyaço İle Papağan</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055472986</t>
+          <t>9786052234075</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engelli Bireyler İçin Beceri Saptama Formu</t>
+          <t>Cesur Civciv</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055472689</t>
+          <t>9786052234273</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Bireyler ve Eğitimleri</t>
+          <t>Tolga'nın Zor Seçimi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>22.22</v>
+        <v>225</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>3990000015305</t>
+          <t>9786052234211</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi 6 : Üstünde Altında</t>
+          <t>Yavru Istakoz</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>12.04</v>
+        <v>225</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>3990000028722</t>
+          <t>9786055472986</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi (6 Kitap Takım)</t>
+          <t>Zihinsel Engelli Bireyler İçin Beceri Saptama Formu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>72.22</v>
+        <v>425</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055472597</t>
+          <t>9786055472689</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türkçemizin İncileri Atasözlerimiz (Ciltli)</t>
+          <t>Zihin Yetersizliği Olan Bireyler ve Eğitimleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>900</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055472603</t>
+          <t>3990000015305</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türkçemizin Anlamsal Zenginlikleri Deyimlerimiz (Ciltli)</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi 6 : Üstünde Altında</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>900</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786054757039</t>
+          <t>3990000028722</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Yaratıcı Drama Uygulamaları</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>400</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>3990000011025</t>
+          <t>9786055472597</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Tişört Fabrikası (Ciltli)</t>
+          <t>Türkçemizin İncileri Atasözlerimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>12.04</v>
+        <v>900</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055472672</t>
+          <t>9786055472603</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Teaching English to Young Learners: An Activity - Based Guide For Prospective Teachers</t>
+          <t>Türkçemizin Anlamsal Zenginlikleri Deyimlerimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>3990000005079</t>
+          <t>9786054757039</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Şekilleri Tanıyorum</t>
+          <t>Türkçe Öğretiminde Yaratıcı Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>13.89</v>
+        <v>400</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055472719</t>
+          <t>3990000011025</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Tişört Fabrikası (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>600</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>3990000001391</t>
+          <t>9786055472672</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Saymayı Öğreniyorum</t>
+          <t>Teaching English to Young Learners: An Activity - Based Guide For Prospective Teachers</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>25</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055472061</t>
+          <t>3990000005079</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Sar Makarayı Çöz Bulmacayı</t>
+          <t>Şekilleri Tanıyorum</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055472764</t>
+          <t>9786055472719</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Anne ve Çocuk Beslenmesi</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786055472276</t>
+          <t>3990000001391</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar ve Özel Eğitim (Ciltli)</t>
+          <t>Saymayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786055472481</t>
+          <t>9786055472061</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimi Olan Bireyler İçin Okumaya Başlıyorum</t>
+          <t>Sar Makarayı Çöz Bulmacayı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>300</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055472153</t>
+          <t>9786055472764</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Alfabe</t>
+          <t>Sağlıklı Anne ve Çocuk Beslenmesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>18.52</v>
+        <v>450</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055472788</t>
+          <t>9786055472276</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlükleri</t>
+          <t>Özel Gereksinimli Çocuklar ve Özel Eğitim (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055472092</t>
+          <t>9786055472481</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Dil ve Düşünce</t>
+          <t>Özel Gereksinimi Olan Bireyler İçin Okumaya Başlıyorum</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>3990000035401</t>
+          <t>9786055472153</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Eğleniyorum - Çocuk Oyunları El Kitabı</t>
+          <t>Öykülerle Alfabe</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055472726</t>
+          <t>9786055472788</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitime Giriş</t>
+          <t>Öğrenme Güçlükleri</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>45</v>
+        <v>600</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055472320</t>
+          <t>9786055472092</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Sınıf Yönetimi</t>
+          <t>Oyun, Dil ve Düşünce</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059422185</t>
+          <t>3990000035401</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Oyun</t>
+          <t>Oynuyorum Eğleniyorum - Çocuk Oyunları El Kitabı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>425</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>3990000005077</t>
+          <t>9786055472726</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar</t>
+          <t>Okul Öncesi Eğitime Giriş</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>19.44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055472047</t>
+          <t>9786055472320</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Dramatik Etkinliklerden Dramaya Teoriden Uygulamaya</t>
+          <t>Okul Öncesi Eğitimde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>575</v>
+        <v>20</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055472702</t>
+          <t>9786059422185</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönem Çocuklarının Sevdiği Etkinlikler</t>
+          <t>Okul Öncesi Eğitimde Oyun</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>20.37</v>
+        <v>425</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055472627</t>
+          <t>3990000005077</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönem Çocukları İçin Aile Katılımlı Deprem Eğitimi Programı</t>
+          <t>Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>450</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786055472528</t>
+          <t>9786055472047</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Okul Çalgıları Blok Flüt ve Vurmalı Çalgılar (Ciltli)</t>
+          <t>Okul Öncesi Eğitimde Dramatik Etkinliklerden Dramaya Teoriden Uygulamaya</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>3990000026819</t>
+          <t>9786055472702</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Renkler</t>
+          <t>Okul Öncesi Dönem Çocuklarının Sevdiği Etkinlikler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>19.44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055472443</t>
+          <t>9786055472627</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Bulmaca ve Oyunlar (Ciltli)</t>
+          <t>Okul Öncesi Dönem Çocukları İçin Aile Katılımlı Deprem Eğitimi Programı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>3998546999587</t>
+          <t>9786055472528</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası 1</t>
+          <t>Okul Çalgıları Blok Flüt ve Vurmalı Çalgılar (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786054757022</t>
+          <t>3990000026819</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Masallar ve Eğitimsel İşlevleri</t>
+          <t>Neşeli Renkler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>400</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786055472078</t>
+          <t>9786055472443</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Makas</t>
+          <t>Müzikli Bulmaca ve Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>750</v>
+        <v>80</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>3990000016062</t>
+          <t>3998546999587</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kendimi İfade Edebiliyorum (Ciltli)</t>
+          <t>Matematik Dünyası 1</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>22.22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055472269</t>
+          <t>9786054757022</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kaynaştırma İle İlgili Yüksek Lisans-Doktora Tezler Bibliyografisi ve Kaynaştırma Alanında Yapılan Çalışmalar İndeksi 1989-2010</t>
+          <t>Masallar ve Eğitimsel İşlevleri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>3990000001907</t>
+          <t>9786055472078</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarla Eğlenelim</t>
+          <t>Konuşan Makas</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>16.67</v>
+        <v>750</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>3990000034108</t>
+          <t>3990000016062</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi (6 Kitap Takım)</t>
+          <t>Kendimi İfade Edebiliyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>133.33</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>3990000015312</t>
+          <t>9786055472269</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Şekilleri Öğreniyorum</t>
+          <t>Kaynaştırma İle İlgili Yüksek Lisans-Doktora Tezler Bibliyografisi ve Kaynaştırma Alanında Yapılan Çalışmalar İndeksi 1989-2010</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>22.22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>3990000015311</t>
+          <t>3990000001907</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Sayı Tırtılı</t>
+          <t>Kavramlarla Eğlenelim</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>22.22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>3990000015309</t>
+          <t>3990000034108</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Rengarenk</t>
+          <t>Kavram Kütüphanesi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>22.22</v>
+        <v>133.33</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>3990000015308</t>
+          <t>3990000015312</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Öykülerle Zıt Kavramlar</t>
+          <t>Kavram Kütüphanesi - Şekilleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>3990000015307</t>
+          <t>3990000015311</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Kavramları Kavrıyorum</t>
+          <t>Kavram Kütüphanesi - Sayı Tırtılı</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>3990000015310</t>
+          <t>3990000015309</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kavram Kütüphanesi - Çiziyorum Boyuyorum</t>
+          <t>Kavram Kütüphanesi - Rengarenk</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786055472665</t>
+          <t>3990000015308</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi ve Fizyolojisi</t>
+          <t>Kavram Kütüphanesi - Öykülerle Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>500</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055472771</t>
+          <t>3990000015307</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Etkinlik Temelli Matematik Öğretimi</t>
+          <t>Kavram Kütüphanesi - Kavramları Kavrıyorum</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>27.78</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054757077</t>
+          <t>3990000015310</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İlkokula Hazırlık ve İlkokul Programları</t>
+          <t>Kavram Kütüphanesi - Çiziyorum Boyuyorum</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>375</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>3990000001902</t>
+          <t>9786055472665</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi 5 : Hızlı Yavaş</t>
+          <t>İnsan Anatomisi ve Fizyolojisi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>12.04</v>
+        <v>500</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055472108</t>
+          <t>9786055472771</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Oynar</t>
+          <t>İlköğretimde Etkinlik Temelli Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055472795</t>
+          <t>9786054757077</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünya Sorunları</t>
+          <t>İlkokula Hazırlık ve İlkokul Programları</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055472979</t>
+          <t>3990000001902</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşama Davranışsal Bakış</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi 5 : Hızlı Yavaş</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786055472030</t>
+          <t>9786055472108</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Gruplarla Matematik Öğreniyoruz</t>
+          <t>Her Çocuk Oynar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786055472382</t>
+          <t>9786055472795</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Gelişim Odaklı Oyunlar ve Etkinlikler</t>
+          <t>Günümüz Dünya Sorunları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>13.89</v>
+        <v>700</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>3990000003851</t>
+          <t>9786055472979</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Gel Birlikte Oynayalım - Oyun Kartları</t>
+          <t>Günlük Yaşama Davranışsal Bakış</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>37.04</v>
+        <v>350</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786055472085</t>
+          <t>9786055472030</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Gel Birlikte Oynayalım</t>
+          <t>Gruplarla Matematik Öğreniyoruz</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>3990000015304</t>
+          <t>9786055472382</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi 1 : Gece - Gündüz</t>
+          <t>Okul Öncesi Eğitimde Gelişim Odaklı Oyunlar ve Etkinlikler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786055472658</t>
+          <t>3990000003851</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Laboratuvarı Ugulamaları 1 - 2</t>
+          <t>Gel Birlikte Oynayalım - Oyun Kartları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>500</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055472016</t>
+          <t>9786055472085</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Farkındayım Farklılıklara Saygılıyım</t>
+          <t>Gel Birlikte Oynayalım</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786055472146</t>
+          <t>3990000015304</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Kavram Öğretimi</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi 1 : Gece - Gündüz</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>575</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055472207</t>
+          <t>9786055472658</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Etkileşime Dayalı Erken Eğitim Programı’nın Gelişimsel Yetersizliğe Sahip Çocuklar ve Anneleri Üzerindeki Etkililiği</t>
+          <t>Fen ve Teknoloji Laboratuvarı Ugulamaları 1 - 2</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>12.96</v>
+        <v>500</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786055472191</t>
+          <t>9786055472016</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Fen Eğitimi ve Eğlenceli Deneyler</t>
+          <t>Farkındayım Farklılıklara Saygılıyım</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786055472511</t>
+          <t>9786055472146</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Yaratıcılık ve Sanat (Ciltli)</t>
+          <t>Etkinliklerle Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>27.78</v>
+        <v>575</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055472429</t>
+          <t>9786055472207</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Aile Eğitimi</t>
+          <t>Etkileşime Dayalı Erken Eğitim Programı’nın Gelişimsel Yetersizliğe Sahip Çocuklar ve Anneleri Üzerindeki Etkililiği</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786055472610</t>
+          <t>9786055472191</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Otizm’e Sahip Bireyler ve Aileler İçin Rehber: Ergenlik Kabus Olmasın (Ciltli)</t>
+          <t>Erken Çocuklukta Fen Eğitimi ve Eğlenceli Deneyler</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786055472184</t>
+          <t>9786055472511</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Kostümler</t>
+          <t>Erken Çocukluk Döneminde Yaratıcılık ve Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>450</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>3990000005076</t>
+          <t>9786055472429</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Kavramlar 4+ Yaş - (6 Kitap Takım)</t>
+          <t>Erken Çocukluk Döneminde Aile Eğitimi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>102.78</v>
+        <v>450</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786055472344</t>
+          <t>9786055472610</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Eğlenceli Faaliyetler</t>
+          <t>Otizm’e Sahip Bireyler ve Aileler İçin Rehber: Ergenlik Kabus Olmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786054757121</t>
+          <t>9786055472184</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Efsaneleri</t>
+          <t>Eğlenceli Kostümler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786055472832</t>
+          <t>3990000005076</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi  ve Demokratik Eğitim</t>
+          <t>Eğiten Kavramlar 4+ Yaş - (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>350</v>
+        <v>102.78</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786055472931</t>
+          <t>9786055472344</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Trafik Eğitimi</t>
+          <t>Eğiten Eğlenceli Faaliyetler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>16.67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786055472634</t>
+          <t>9786054757121</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç (Ciltli)</t>
+          <t>Diyarbakır Efsaneleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>18.52</v>
+        <v>400</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786055472641</t>
+          <t>9786055472832</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Her Gün Çocuk</t>
+          <t>Demokrasi  ve Demokratik Eğitim</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>23.15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786054757473</t>
+          <t>9786055472931</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Alevi Terimleri ve Deyimleri Sözlüğü</t>
+          <t>Çocuklar İçin Trafik Eğitimi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786054757312</t>
+          <t>9786055472634</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretiminde Başarının Sırları</t>
+          <t>Çocuklar İçin Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052234310</t>
+          <t>9786055472641</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Ben</t>
+          <t>Çocuk Her Gün Çocuk</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>225</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052234129</t>
+          <t>9786054757473</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Damla İle Leblebi</t>
+          <t>Alevi Terimleri ve Deyimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052234259</t>
+          <t>9786054757312</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Sınıf</t>
+          <t>Sosyal Bilgiler Öğretiminde Başarının Sırları</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052234228</t>
+          <t>9786052234310</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Çiço</t>
+          <t>Dedem ve Ben</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052234082</t>
+          <t>9786052234129</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Demet'in Doğum Günü</t>
+          <t>Damla İle Leblebi</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052234204</t>
+          <t>9786052234259</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Obur Eşek</t>
+          <t>Rengarenk Sınıf</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052234099</t>
+          <t>9786052234228</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Fındık Faresi Fafi'nin Çörekleri</t>
+          <t>Çiço</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052234280</t>
+          <t>9786052234082</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balon İle Uçurtma</t>
+          <t>Demet'in Doğum Günü</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052234235</t>
+          <t>9786052234204</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Özlem'in Yaşlı Komşusu</t>
+          <t>Obur Eşek</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789752435940</t>
+          <t>9786052234099</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Ev İçi Demokrasi</t>
+          <t>Fındık Faresi Fafi'nin Çörekleri</t>
         </is>
       </c>
       <c r="C635" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752435858</t>
+          <t>9786052234280</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korkuluk</t>
+          <t>Uçan Balon İle Uçurtma</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752435933</t>
+          <t>9786052234235</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmez Fil</t>
+          <t>Özlem'in Yaşlı Komşusu</t>
         </is>
       </c>
       <c r="C637" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752435957</t>
+          <t>9789752435940</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Okul Öncesi Masallar Seti (8 Kitap Takım Kutulu)</t>
+          <t>Ev İçi Demokrasi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>64.81</v>
+        <v>225</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786059422482</t>
+          <t>9789752435858</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Doğal Öğretim Süreci Eğitim Seti (5 Kitap Takım)</t>
+          <t>Arkadaşım Korkuluk</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>1000</v>
+        <v>225</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786059422147</t>
+          <t>9789752435933</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Su İle Okuma Yazma Öğreniyorum Seti (5 Kitap Takım)</t>
+          <t>Kendini Bilmez Fil</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786059422642</t>
+          <t>9789752435957</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bu Gezegende Otizm Var</t>
+          <t>Eğiten Okul Öncesi Masallar Seti (8 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>375</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786059422628</t>
+          <t>9786059422482</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Aileler İçin İnternet El Kitabı</t>
+          <t>Doğal Öğretim Süreci Eğitim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>425</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>3990000034291</t>
+          <t>9786059422147</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Bir Gün</t>
+          <t>Su İle Okuma Yazma Öğreniyorum Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>13.89</v>
+        <v>175</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786055472306</t>
+          <t>9786059422642</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Bilmeceler</t>
+          <t>Bu Gezegende Otizm Var</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>13.89</v>
+        <v>375</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>3990000034275</t>
+          <t>9786059422628</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bu Ses Nereden Geliyor? (Ciltli)</t>
+          <t>Gençler ve Aileler İçin İnternet El Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>13.89</v>
+        <v>425</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752435674</t>
+          <t>3990000034291</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan Piki</t>
+          <t>Keyifli Bir Gün</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752435681</t>
+          <t>9786055472306</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan Piki Simurg Efsanesi’ni Dinliyor</t>
+          <t>Şekilli Bilmeceler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752435704</t>
+          <t>3990000034275</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan Piki Ve Püsküllü Kokarca</t>
+          <t>Bu Ses Nereden Geliyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752435094</t>
+          <t>9789752435674</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Şişe Festivali</t>
+          <t>Ağaçkakan Piki</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752435070</t>
+          <t>9789752435681</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Uçabilir Mi?</t>
+          <t>Ağaçkakan Piki Simurg Efsanesi’ni Dinliyor</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752435056</t>
+          <t>9789752435704</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Ayak İzleri</t>
+          <t>Ağaçkakan Piki Ve Püsküllü Kokarca</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752435698</t>
+          <t>9789752435094</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan Piki Ve Kırmızı Çizgili Zebra</t>
+          <t>Şişe Festivali</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789752435087</t>
+          <t>9789752435070</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Toparlak'ın Yolculuğu</t>
+          <t>Penguenler Uçabilir Mi?</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786059422062</t>
+          <t>9789752435056</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Küçük Arıcık</t>
+          <t>Bahçedeki Ayak İzleri</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786059422697</t>
+          <t>9789752435698</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Çocuk</t>
+          <t>Ağaçkakan Piki Ve Kırmızı Çizgili Zebra</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786059422734</t>
+          <t>9789752435087</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kafadarlar</t>
+          <t>Toparlak'ın Yolculuğu</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752435599</t>
+          <t>9786059422062</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ay Prensesi</t>
+          <t>Küçük Arıcık</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786059422796</t>
+          <t>9786059422697</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Utku'nun Rüyası</t>
+          <t>Aceleci Çocuk</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786059422727</t>
+          <t>9786059422734</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sandık</t>
+          <t>Kardan Kafadarlar</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752435629</t>
+          <t>9789752435599</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Düşler Perisi</t>
+          <t>Ay Prensesi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786059422765</t>
+          <t>9786059422796</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Utku'nun Rüyası</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786054757107</t>
+          <t>9786059422727</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Yürümek İsteyen Dağ</t>
+          <t>Gizemli Sandık</t>
         </is>
       </c>
       <c r="C662" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059422802</t>
+          <t>9789752435629</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Çarkıfelek Dönsün</t>
+          <t>Düşler Perisi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786059422710</t>
+          <t>9786059422765</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Küçük Ormanı</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789752435605</t>
+          <t>9786054757107</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Deniz Prensesi Fergana</t>
+          <t>Yürümek İsteyen Dağ</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786059422703</t>
+          <t>9786059422802</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Robot</t>
+          <t>Çarkıfelek Dönsün</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786059422826</t>
+          <t>9786059422710</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Midilli</t>
+          <t>Asya'nın Küçük Ormanı</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786059422772</t>
+          <t>9789752435605</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Balıkları</t>
+          <t>Deniz Prensesi Fergana</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786059422758</t>
+          <t>9786059422703</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sarmaşık</t>
+          <t>Arkadaşım Robot</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786059422741</t>
+          <t>9786059422826</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Okuldan</t>
+          <t>Oyuncu Midilli</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789752435612</t>
+          <t>9786059422772</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Çicek Gezegeni</t>
+          <t>Gökkuşağı Balıkları</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786059422789</t>
+          <t>9786059422758</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Utku ile Dayısı</t>
+          <t>Meraklı Sarmaşık</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052234709</t>
+          <t>9786059422741</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Perisi</t>
+          <t>Kim Korkar Okuldan</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057537171</t>
+          <t>9789752435612</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Flala Kuş Cenneti'nde</t>
+          <t>Çicek Gezegeni</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786057537201</t>
+          <t>9786059422789</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mori’nin Gizemli Yolculuğu</t>
+          <t>Utku ile Dayısı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052234570</t>
+          <t>9786052234709</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler ve Biz</t>
+          <t>Yarasa Perisi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052234563</t>
+          <t>9786057537171</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Meyveler ve Biz</t>
+          <t>Flala Kuş Cenneti'nde</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052234600</t>
+          <t>9786057537201</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Türk Büyükleri Boyama Kitabı</t>
+          <t>Mori’nin Gizemli Yolculuğu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>8.33</v>
+        <v>180</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786059422970</t>
+          <t>9786052234570</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Aleyna'nın Gözleri Ateş Saçıyor</t>
+          <t>Sebzeler ve Biz</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786059422994</t>
+          <t>9786052234563</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Keşke Yalan Söylemeseydim</t>
+          <t>Meyveler ve Biz</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789752435872</t>
+          <t>9786052234600</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Eğlenceli Masallar Seti</t>
+          <t>Türk Büyükleri Boyama Kitabı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>74.07</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052234402</t>
+          <t>9786059422970</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları - 1</t>
+          <t>Aleyna'nın Gözleri Ateş Saçıyor</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052234396</t>
+          <t>9786059422994</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Resimden Atasözüne Atasözünden Açıklamaya - Atasözü Kartları - 1</t>
+          <t>Keşke Yalan Söylemeseydim</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786059254311</t>
+          <t>9789752435872</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Özel Etkinlikler</t>
+          <t>Eğiten Eğlenceli Masallar Seti</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>650</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786059254205</t>
+          <t>9786052234402</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Materyal Tasarımı</t>
+          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları - 1</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055985189</t>
+          <t>9786052234396</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Tarihi</t>
+          <t>Resimden Atasözüne Atasözünden Açıklamaya - Atasözü Kartları - 1</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786059254083</t>
+          <t>9786059254311</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Özel Öğretim Yöntemleri</t>
+          <t>Özel Eğitimde Özel Etkinlikler</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786059254410</t>
+          <t>9786059254205</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Meslek Etiği</t>
+          <t>Özel Eğitimde Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789750136313</t>
+          <t>9786055985189</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi</t>
+          <t>Ortaçağ Tarihi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054757831</t>
+          <t>9786059254083</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Dil Becerilerini Geliştirme</t>
+          <t>Okul Öncesi Eğitimde Özel Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786059254076</t>
+          <t>9786059254410</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Araç Gereç Geliştirme</t>
+          <t>Meslek Etiği</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786054757480</t>
+          <t>9789750136313</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Makas Etkinlikleri</t>
+          <t>İlkçağ Tarihi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>30</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>3990215684201</t>
+          <t>9786054757831</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Çizgiler</t>
+          <t>Erken Çocukluk Döneminde Dil Becerilerini Geliştirme</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786054757213</t>
+          <t>9786059254076</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Sayılar</t>
+          <t>Eğitimde Araç Gereç Geliştirme</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>30</v>
+        <v>800</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786059254342</t>
+          <t>9786054757480</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu Alanlarında Lisansüstü Tez Bibliyografisi 2008-2015</t>
+          <t>Cıvıl Cıvıl Makas Etkinlikleri</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786059254366</t>
+          <t>3990215684201</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Cıvıl Cıvıl Çizgiler</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786059254397</t>
+          <t>9786054757213</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Tedavi Planlayıcısı</t>
+          <t>Cıvıl Cıvıl Sayılar</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786054757701</t>
+          <t>9786059254342</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Yaratıcılık ve Geliştirilmesi</t>
+          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu Alanlarında Lisansüstü Tez Bibliyografisi 2008-2015</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>35</v>
+        <v>550</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786059254182</t>
+          <t>9786059254366</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim ve İnsan İlişkileri</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>575</v>
+        <v>550</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786059254212</t>
+          <t>9786059254397</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kaynaştırma Eğitiminde Uygulamalı Davranış Analizi</t>
+          <t>Tedavi Planlayıcısı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786059254403</t>
+          <t>9786054757701</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Matematik</t>
+          <t>Okul Öncesi Eğitimde Yaratıcılık ve Geliştirilmesi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786054757733</t>
+          <t>9786059254182</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Doğal Ortamlarda Öğretim</t>
+          <t>Kişisel Gelişim ve İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786054757824</t>
+          <t>9786059254212</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Davranış Problemleri İle Başetme</t>
+          <t>Kaynaştırma Eğitiminde Uygulamalı Davranış Analizi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786059205634</t>
+          <t>9786059254403</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İlişkiler</t>
+          <t>Erken Çocuklukta Matematik</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786059205627</t>
+          <t>9786054757733</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Erken Çocukluk Döneminde Doğal Ortamlarda Öğretim</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059254007</t>
+          <t>9786054757824</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerileri 3</t>
+          <t>Erken Çocukluk Döneminde Davranış Problemleri İle Başetme</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786059422444</t>
+          <t>9786059205634</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüğü Sınıf İçi Destek Kitabı (6 Kitap Takım)</t>
+          <t>Aile İçi İlişkiler</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752435124</t>
+          <t>9786059205627</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kıskançlığı ve Kardeşler Arası İlişkiler</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752435797</t>
+          <t>9786059254007</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Orffestra - Bir Varmış Bir Yokmuş</t>
+          <t>Dikkat ve Düşünme Becerileri 3</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786059422666</t>
+          <t>9786059422444</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
+          <t>Öğrenme Güçlüğü Sınıf İçi Destek Kitabı (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789752435223</t>
+          <t>9789752435124</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Önüm Arkam Taşım Topum</t>
+          <t>Kardeş Kıskançlığı ve Kardeşler Arası İlişkiler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>900</v>
+        <v>425</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789752435285</t>
+          <t>9789752435797</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dikkati ve Düşünümselliği Arttırmak İçin Eğitici Müdahale Programı</t>
+          <t>Orffestra - Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>175</v>
+        <v>800</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786059422550</t>
+          <t>9786059422666</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dünyam - Bilmecelerim</t>
+          <t>Okul Öncesi Dönemde Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786059422574</t>
+          <t>9789752435223</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dünyam - Tekerlemelerim</t>
+          <t>Önüm Arkam Taşım Topum</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786059422567</t>
+          <t>9789752435285</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dünyam - Parmak Oyunları</t>
+          <t>Dikkati ve Düşünümselliği Arttırmak İçin Eğitici Müdahale Programı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786059422215</t>
+          <t>9786059422550</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Okuma - Yazma Öğretimi</t>
+          <t>Eğlenceli Dünyam - Bilmecelerim</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786059422673</t>
+          <t>9786059422574</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Orffestra</t>
+          <t>Eğlenceli Dünyam - Tekerlemelerim</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786059422611</t>
+          <t>9786059422567</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Kadın ve Kalkınma</t>
+          <t>Eğlenceli Dünyam - Parmak Oyunları</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786059422291</t>
+          <t>9786059422215</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etik</t>
+          <t>Özel Eğitimde Okuma - Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786059254359</t>
+          <t>9786059422673</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Rekor Kırdıran Etkinlikler</t>
+          <t>Orffestra</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786059422123</t>
+          <t>9786059422611</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Erken Okuryazarlık Becerilerinin Geliştirilmesine Yönelik Etkileşimli Kitap Okuma Programı (EKOP)</t>
+          <t>Eğitim - Kadın ve Kalkınma</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786059254489</t>
+          <t>9786059422291</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Eğitimde Etik</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786059422949</t>
+          <t>9786059254359</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Yaratıcı Drama</t>
+          <t>Özel Eğitimde Rekor Kırdıran Etkinlikler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752435049</t>
+          <t>9786059422123</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Eğitici Drama Uygulamaları</t>
+          <t>Dil ve Erken Okuryazarlık Becerilerinin Geliştirilmesine Yönelik Etkileşimli Kitap Okuma Programı (EKOP)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786059422406</t>
+          <t>9786059254489</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>950</v>
+        <v>500</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786059422161</t>
+          <t>9786059422949</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Çocuk Eğitiminde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752435476</t>
+          <t>9789752435049</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Sınıf Yönetimi</t>
+          <t>Okul Öncesi Çocuklar İçin Eğitici Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786059422307</t>
+          <t>9786059422406</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme</t>
+          <t>İlk Yardım</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786059454373</t>
+          <t>9786059422161</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Okul Deneyimi</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>3990000092319</t>
+          <t>9789752435476</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Troia Savaşı</t>
+          <t>Erken Çocukluk Eğitiminde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>3990000059875</t>
+          <t>9786059422307</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Troia Prensi Paris ile Güzel Helen</t>
+          <t>Yaşam Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>3990000063297</t>
+          <t>9786059454373</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Ozan Homeros</t>
+          <t>Okul Deneyimi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>5.56</v>
+        <v>300</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>3990000058974</t>
+          <t>3990000092319</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Troia'nın Rüzgarı</t>
+          <t>Troia Savaşı</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>3990000056926</t>
+          <t>3990000059875</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Troia Hazineleri</t>
+          <t>Troia Prensi Paris ile Güzel Helen</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789752435575</t>
+          <t>3990000063297</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Drama İle Çocuk Kitaplarına Yolculuk</t>
+          <t>Gezgin Ozan Homeros</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>1000</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786059422376</t>
+          <t>3990000058974</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Her Yeşil Yaprak Bir Sanatçıdır</t>
+          <t>Troia'nın Rüzgarı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786059422369</t>
+          <t>3990000056926</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Emre Neden Zehirlendi?</t>
+          <t>Troia Hazineleri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786059422352</t>
+          <t>9789752435575</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Geç Kaldı?</t>
+          <t>Yaratıcı Drama İle Çocuk Kitaplarına Yolculuk</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786059422086</t>
+          <t>9786059422376</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kırlangıçlar</t>
+          <t>Her Yeşil Yaprak Bir Sanatçıdır</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>4.54</v>
+        <v>180</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786059422079</t>
+          <t>9786059422369</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Leylekler</t>
+          <t>Emre Neden Zehirlendi?</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059422055</t>
+          <t>9786059422352</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gergedan</t>
+          <t>Annem Neden Geç Kaldı?</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059422048</t>
+          <t>9786059422086</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kedi</t>
+          <t>Yavru Kırlangıçlar</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>180</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752435865</t>
+          <t>9786059422079</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Çikolata</t>
+          <t>Vadideki Leylekler</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752435452</t>
+          <t>9786059422055</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Egitimde Aile Eğitimi Ve Katılımı</t>
+          <t>Küçük Gergedan</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752435315</t>
+          <t>9786059422048</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Tuvalet Eğitimi</t>
+          <t>Beyaz Kedi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786059254779</t>
+          <t>9789752435865</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Müzik Etkinlikleri</t>
+          <t>Çikolata</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>1500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786054757978</t>
+          <t>9789752435452</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Okul Öncesi Egitimde Aile Eğitimi Ve Katılımı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752435711</t>
+          <t>9789752435315</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Güvenli Yaşam Eğitimi</t>
+          <t>Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752435322</t>
+          <t>9786059254779</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba ve Öğretmenler İçin Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
+          <t>Müzik Etkinlikleri</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786054757329</t>
+          <t>9786054757978</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Yaratıcılık ve Geliştirilmesi</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>15</v>
+        <v>525</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786054757282</t>
+          <t>9789752435711</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Deseni</t>
+          <t>Çocuklar İçin Güvenli Yaşam Eğitimi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>575</v>
+        <v>375</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055472801</t>
+          <t>9789752435322</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Zambaklar Ülkesi</t>
+          <t>Anne - Baba ve Öğretmenler İçin Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786054757015</t>
+          <t>9786054757329</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
+          <t>Çocuklarda Yaratıcılık ve Geliştirilmesi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>325</v>
+        <v>15</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>3990000016065</t>
+          <t>9786054757282</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kralı</t>
+          <t>Araştırma Deseni</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786055472870</t>
+          <t>9786055472801</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı</t>
+          <t>Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>3990000011028</t>
+          <t>9786054757015</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Bilmeceler (Ciltli)</t>
+          <t>Yaşlı Fil ve Lir Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>12.04</v>
+        <v>325</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786054757008</t>
+          <t>3990000016065</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Şehrazad</t>
+          <t>Yağmur Kralı</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786055472962</t>
+          <t>9786055472870</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran Masallar</t>
+          <t>Uyku Zamanı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>3990000001919</t>
+          <t>3990000011028</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sesini Beğenmeyen Rüzgar</t>
+          <t>Şekilli Bilmeceler (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786055472573</t>
+          <t>9786054757008</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Önüm Arkam Oyun</t>
+          <t>Şehrazad</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>20.37</v>
+        <v>180</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>3990000030352</t>
+          <t>9786055472962</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Dünyası (Ciltli)</t>
+          <t>Şahmaran Masallar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786055472863</t>
+          <t>3990000001919</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Sesini Beğenmeyen Rüzgar</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055472894</t>
+          <t>9786055472573</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Etek</t>
+          <t>Sağım Solum Önüm Arkam Oyun</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>325</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>3990000011029</t>
+          <t>3990000030352</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Bir Gün (Ciltli)</t>
+          <t>Oyuncak Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786055472900</t>
+          <t>9786055472863</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hüthüt’ün Güzel Dünyası (Ciltli)</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786055472887</t>
+          <t>9786055472894</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Haydi Oynayalım</t>
+          <t>Kırmızı Etek</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786055472948</t>
+          <t>3990000011029</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Hayat Veren Kanatlar</t>
+          <t>Keyifli Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786055472474</t>
+          <t>9786055472900</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Etkinliklerle Okumaya Hazırlanıyorum</t>
+          <t>Hüthüt’ün Güzel Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>90</v>
+        <v>325</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786055472337</t>
+          <t>9786055472887</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Çizgiler</t>
+          <t>Haydi Oynayalım</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>3990000001911</t>
+          <t>9786055472948</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarıma Dikkat Ediyorum (Ciltli)</t>
+          <t>Hayat Veren Kanatlar</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>22.22</v>
+        <v>180</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786059254168</t>
+          <t>9786055472474</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dünyam Dünyam Oyun - Çocuk Oyunları El Kitabı</t>
+          <t>Eğlenceli Etkinliklerle Okumaya Hazırlanıyorum</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>575</v>
+        <v>90</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786054757732</t>
+          <t>9786055472337</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyle Dans Et</t>
+          <t>Eğiten Çizgiler</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>3990000026847</t>
+          <t>3990000001911</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Kavramlar (6 Kitap Takım)</t>
+          <t>Davranışlarıma Dikkat Ediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>101.85</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786054757299</t>
+          <t>9786059254168</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Özel Bebekler ve Çocukların Gelişimi ve Etkinlik Örnekleri</t>
+          <t>Oyun Dünyam Dünyam Oyun - Çocuk Oyunları El Kitabı</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>4440000001017</t>
+          <t>9786054757732</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Eğitimi</t>
+          <t>Şarkı Söyle Dans Et</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>325</v>
+        <v>800</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>3990000035402</t>
+          <t>3990000026847</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Tekerleme, Bilmece ve Parmak Oyunlarıyla Eğlenerek Öğrenelim</t>
+          <t>Eğiten Kavramlar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>16.67</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786054757381</t>
+          <t>9786054757299</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sanatla Kendimi Keşfediyorum</t>
+          <t>Tüm Yönleriyle Özel Bebekler ve Çocukların Gelişimi ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786054757343</t>
+          <t>4440000001017</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Serebral Palsili Çocuklar ve Eğitimleri</t>
+          <t>Anne Baba Eğitimi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059422338</t>
+          <t>3990000035402</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Boşanma ve Çocuk</t>
+          <t>Tekerleme, Bilmece ve Parmak Oyunlarıyla Eğlenerek Öğrenelim</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>400</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059254144</t>
+          <t>9786054757381</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Oyun</t>
+          <t>Sanatla Kendimi Keşfediyorum</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>18.52</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786054757336</t>
+          <t>9786054757343</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Zihin Kuramı ve Pratik Uygulamalar</t>
+          <t>Serebral Palsili Çocuklar ve Eğitimleri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059422536</t>
+          <t>9786059422338</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖABT Okul Öncesi Soru Bankası</t>
+          <t>Boşanma ve Çocuk</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786054757206</t>
+          <t>9786059254144</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Renkler ve Şekiller</t>
+          <t>Beden Eğitimi ve Oyun</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786054757190</t>
+          <t>9786054757336</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Kavramlar</t>
+          <t>Zihin Kuramı ve Pratik Uygulamalar</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>30</v>
+        <v>500</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786054757268</t>
+          <t>9786059422536</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Eğlenceli Çizgiler</t>
+          <t>KPSS ÖABT Okul Öncesi Soru Bankası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786054757756</t>
+          <t>9786054757206</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Dedem Çanakkale Destanı'nı Anlatıyor</t>
+          <t>Cıvıl Cıvıl Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786054757862</t>
+          <t>9786054757190</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Matematik</t>
+          <t>Cıvıl Cıvıl Kavramlar</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786054757466</t>
+          <t>9786054757268</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Haydi Gel Matematik Oynayalım</t>
+          <t>Eğiten Eğlenceli Çizgiler</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786059254335</t>
+          <t>9786054757756</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Denizi Sevmeyen Adam</t>
+          <t>Dedem Çanakkale Destanı'nı Anlatıyor</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786054757503</t>
+          <t>9786054757862</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerileri 1</t>
+          <t>Yol Arkadaşım Matematik</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786051757503</t>
+          <t>9786054757466</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Düşünme Becerileri 2</t>
+          <t>Haydi Gel Matematik Oynayalım</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059254151</t>
+          <t>9786059254335</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kendin Yap Kendin Çal</t>
+          <t>Denizi Sevmeyen Adam</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059254229</t>
+          <t>9786054757503</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Karamela Sepeti</t>
+          <t>Dikkat ve Düşünme Becerileri 1</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786054757855</t>
+          <t>9786051757503</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Müzikolaj</t>
+          <t>Dikkat ve Düşünme Becerileri 2</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786054757251</t>
+          <t>9786059254151</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Bağlamında Erkeklik Olgusu</t>
+          <t>Kendin Yap Kendin Çal</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>3990000026118</t>
+          <t>9786059254229</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Şen Şakrak Şarkılar</t>
+          <t>Karamela Sepeti</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>13.89</v>
+        <v>800</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786059254380</t>
+          <t>9786054757855</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Cinsel Eğitim ve Toplumsal Cinsiyet</t>
+          <t>Müzikolaj</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>3990000063782</t>
+          <t>9786054757251</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Araştırmaları (Ciltli)</t>
+          <t>Toplumsal Cinsiyet Bağlamında Erkeklik Olgusu</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786054757572</t>
+          <t>3990000026118</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Bireyselleştirilmiş Eğitim Programı</t>
+          <t>Şen Şakrak Şarkılar</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786054757374</t>
+          <t>9786059254380</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Tatil</t>
+          <t>Erken Çocuklukta Cinsel Eğitim ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>11.11</v>
+        <v>550</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786054757886</t>
+          <t>3990000063782</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşım Matematik</t>
+          <t>Eğitim Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>3990000045693</t>
+          <t>9786054757572</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Pırıl Pırıl Kitabım 1</t>
+          <t>Adım Adım Bireyselleştirilmiş Eğitim Programı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>21.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786054757176</t>
+          <t>9786054757374</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dostlar Eğitim Seti (8 Kitap Takım)</t>
+          <t>Tatlı Tatil</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>1750</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786054757565</t>
+          <t>9786054757886</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İpek ve Emre'nin Maceraları Eğitim Seti (8 Kitap Takım)</t>
+          <t>Oyun Arkadaşım Matematik</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>138.89</v>
+        <v>750</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786059254120</t>
+          <t>3990000045693</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Çocuklar Yetiştirmek</t>
+          <t>Pırıl Pırıl Kitabım 1</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>100</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786054757435</t>
+          <t>9786054757176</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Sanatsal Etkinlikler</t>
+          <t>Neşeli Dostlar Eğitim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>45</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054757954</t>
+          <t>9786054757565</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Materyal Tasarımı</t>
+          <t>İpek ve Emre'nin Maceraları Eğitim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>500</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786054757923</t>
+          <t>9786059254120</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Okul öncesinden İlköğretime Kuramdan Uygulamaya Drama</t>
+          <t>Yaratıcı Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786054757305</t>
+          <t>9786054757435</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İlkokuma Yazma Programı ve Öğretimi</t>
+          <t>Özel Eğitimde Sanatsal Etkinlikler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>600</v>
+        <v>45</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786054757992</t>
+          <t>9786054757954</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Gelişim</t>
+          <t>Okul Öncesi Eğitimde Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786054757558</t>
+          <t>9786054757923</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Okul öncesinden İlköğretime Kuramdan Uygulamaya Drama</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>625</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786054757947</t>
+          <t>9786054757305</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik ve İlk Çocukluk Döneminde (0-36 Ay) Gelişim</t>
+          <t>İlkokuma Yazma Programı ve Öğretimi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786054757930</t>
+          <t>9786054757992</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları</t>
+          <t>Erken Çocukluk Döneminde Gelişim</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786054757961</t>
+          <t>9786054757558</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ruh Sağlığı</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>500</v>
+        <v>625</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786054757589</t>
+          <t>9786054757947</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Çevre</t>
+          <t>Bebeklik ve İlk Çocukluk Döneminde (0-36 Ay) Gelişim</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>525</v>
+        <v>700</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786054757275</t>
+          <t>9786054757930</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Approaches And Prınccıples In Englısh As A Fooreıng Language (EFL) Education</t>
+          <t>Çocuk Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>3990000064915</t>
+          <t>9786054757961</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Pırıl Pırıl Kitabım 2</t>
+          <t>Çocuk Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>21.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059254090</t>
+          <t>9786054757589</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Çocuk ve Çevre</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>650</v>
+        <v>525</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257083669</t>
+          <t>9786054757275</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>GONG 4. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
+          <t>Approaches And Prınccıples In Englısh As A Fooreıng Language (EFL) Education</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257083461</t>
+          <t>3990000064915</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>GONG 4. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
+          <t>Pırıl Pırıl Kitabım 2</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>45</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786257083652</t>
+          <t>9786059254090</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>GONG 3. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>45</v>
+        <v>650</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257083478</t>
+          <t>9786257083669</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>GONG 3. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
+          <t>GONG 4. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257083645</t>
+          <t>9786257083461</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>GONG 2. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
+          <t>GONG 4. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786257083454</t>
+          <t>9786257083652</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>GONG 2. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
+          <t>GONG 3. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786257083539</t>
+          <t>9786257083478</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>GONG 8. Sınıf Türkçe Soru Bankası</t>
+          <t>GONG 3. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786257083546</t>
+          <t>9786257083645</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>GONG 8. Sınıf Matematik Soru Bankası</t>
+          <t>GONG 2. Sınıf 2. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786257083522</t>
+          <t>9786257083454</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>GONG 8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
+          <t>GONG 2. Sınıf 1. Dönem Haftalık Tekrar Föyü</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786257083553</t>
+          <t>9786257083539</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>GONG 8.Fen Bilimleri Soru Bankası</t>
+          <t>GONG 8. Sınıf Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786257083515</t>
+          <t>9786257083546</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>GONG 8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>GONG 8. Sınıf Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786257083607</t>
+          <t>9786257083522</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>GONG 7.Türkçe  Soru Bankası</t>
+          <t>GONG 8. Sınıf T.C. İnkılap Tarihi ve Atatürkçülük Soru Bankası</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786257083614</t>
+          <t>9786257083553</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>GONG 7.Sosyal Bilgiler Soru Bankası</t>
+          <t>GONG 8.Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257083621</t>
+          <t>9786257083515</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>GONG 7.Fen Bilimleri Soru Bankası</t>
+          <t>GONG 8. Sınıf Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786257083591</t>
+          <t>9786257083607</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>GONG 7.Matematik Soru Bankası</t>
+          <t>GONG 7.Türkçe  Soru Bankası</t>
         </is>
       </c>
       <c r="C833" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786257083638</t>
+          <t>9786257083614</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>GONG 7.Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
+          <t>GONG 7.Sosyal Bilgiler Soru Bankası</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786257245531</t>
+          <t>9786257083621</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>3 2 1 Haydi Başla!</t>
+          <t>GONG 7.Fen Bilimleri Soru Bankası</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>2000</v>
+        <v>70</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786257348492</t>
+          <t>9786257083591</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Neden Şimdi?</t>
+          <t>GONG 7.Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786257083997</t>
+          <t>9786257083638</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>GONG 7.Din Kültürü ve Ahlak Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>750</v>
+        <v>45</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786257083768</t>
+          <t>9786257245531</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İnsan</t>
+          <t>3 2 1 Haydi Başla!</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>650</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>3990000021449</t>
+          <t>9786257348492</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Öğretimsel Stratejiler 4</t>
+          <t>Neden Şimdi?</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>23.33</v>
+        <v>450</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786257083850</t>
+          <t>9786257083997</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Bana İyi Hissettiriyor (Kızlar İçin)</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786257245296</t>
+          <t>9786257083768</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Bana İyi Hissettiriyor (Erkekler İçin)</t>
+          <t>Çevre ve İnsan</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786257245289</t>
+          <t>3990000021449</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Topluma Hizmet Uygulamaları Rehberi</t>
+          <t>Matematikte Öğretimsel Stratejiler 4</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>550</v>
+        <v>23.33</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786257083973</t>
+          <t>9786257083850</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan - Online Eğitimler İçin Oyun</t>
+          <t>Bana İyi Hissettiriyor (Kızlar İçin)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786257083744</t>
+          <t>9786257245296</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İlk Yıllarında Okula Uyum</t>
+          <t>Bana İyi Hissettiriyor (Erkekler İçin)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786057754578</t>
+          <t>9786257245289</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Engelli İstihdamı ve Bir Araştırma</t>
+          <t>Topluma Hizmet Uygulamaları Rehberi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786257083799</t>
+          <t>9786257083973</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Asperger Sendromu ve Otizm: Çocukluktan Yetişkinliğe</t>
+          <t>Uzaktan - Online Eğitimler İçin Oyun</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>575</v>
+        <v>350</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786057647924</t>
+          <t>9786257083744</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Bağlamında Yaşamın İlk Yılları - Erken Çocukluk Döneminde Gelişim</t>
+          <t>Yaşamın İlk Yıllarında Okula Uyum</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052234730</t>
+          <t>9786057754578</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Fen Eğitimi</t>
+          <t>Türkiye’de Engelli İstihdamı ve Bir Araştırma</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>675</v>
+        <v>425</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052234969</t>
+          <t>9786257083799</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Sınıf Yönetimi</t>
+          <t>Asperger Sendromu ve Otizm: Çocukluktan Yetişkinliğe</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052234907</t>
+          <t>9786057647924</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi</t>
+          <t>Gelişim Bağlamında Yaşamın İlk Yılları - Erken Çocukluk Döneminde Gelişim</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786257083935</t>
+          <t>9786052234730</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Salgın Günlerinde Tüketici Davranışları</t>
+          <t>Erken Çocuklukta Fen Eğitimi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>425</v>
+        <v>675</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786055472733</t>
+          <t>9786052234969</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Doğa Bilimleri ve Etkinlikleri</t>
+          <t>Özel Eğitimde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786257083942</t>
+          <t>9786052234907</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Sanatsal ve Sportif Becerilerin Öğretimi</t>
+          <t>Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052234556</t>
+          <t>9786257083935</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Aletleri ve Biz</t>
+          <t>Salgın Günlerinde Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786257083119</t>
+          <t>9786055472733</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Oyun Örnekleri İle Baba ve Bebek Etkileşim Dünyası</t>
+          <t>Erken Çocukluk Döneminde Doğa Bilimleri ve Etkinlikleri</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786257083164</t>
+          <t>9786257083942</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri Bağlamında Eğitimde Sosyal Medya Araçlarının Kullanımı</t>
+          <t>Özel Eğitimde Sanatsal ve Sportif Becerilerin Öğretimi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786257083102</t>
+          <t>9786052234556</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Maliyet Analizi Modellemesi ve Maliyet Azaltılması</t>
+          <t>Bahçe Aletleri ve Biz</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786257083072</t>
+          <t>9786257083119</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ailelere Ev İçi Güvenlik Becerilerinin Öğretimi El Kitabı</t>
+          <t>Oyun Örnekleri İle Baba ve Bebek Etkileşim Dünyası</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257083065</t>
+          <t>9786257083164</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>0-36 Aylık Çocuklarla Çalışan Eğitimciler İçin El Kitabı</t>
+          <t>Öğretim Teknolojileri Bağlamında Eğitimde Sosyal Medya Araçlarının Kullanımı</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257083331</t>
+          <t>9786257083102</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Evde Sosyalleşmenin Sihirli Gücü</t>
+          <t>Hastanelerde Maliyet Analizi Modellemesi ve Maliyet Azaltılması</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257083232</t>
+          <t>9786257083072</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunlarından Örnekler : Türk Dünyası ve Komşu Ülkeler</t>
+          <t>Ailelere Ev İçi Güvenlik Becerilerinin Öğretimi El Kitabı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257083096</t>
+          <t>9786257083065</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Robotik Kodlama Serüveni</t>
+          <t>0-36 Aylık Çocuklarla Çalışan Eğitimciler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786257083157</t>
+          <t>9786257083331</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Kaynaştırma</t>
+          <t>Çocuklarla Evde Sosyalleşmenin Sihirli Gücü</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052234822</t>
+          <t>9786257083232</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>İlkokuma ve Yazma Öğretimi - Kuramdan Uygulamaya Sınıf Öğretmenliği Seti</t>
+          <t>Çocuk Oyunlarından Örnekler : Türk Dünyası ve Komşu Ülkeler</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257245630</t>
+          <t>9786257083096</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psiklojisi ve Ruh Sağlığı</t>
+          <t>Fen Eğitiminde Robotik Kodlama Serüveni</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257348041</t>
+          <t>9786257083157</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>İşitme Yetersizliği</t>
+          <t>Özel Eğitim ve Kaynaştırma</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>575</v>
+        <v>650</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257245258</t>
+          <t>9786052234822</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı ve Farklı Düşünmeye Giden Yol: Scamper</t>
+          <t>İlkokuma ve Yazma Öğretimi - Kuramdan Uygulamaya Sınıf Öğretmenliği Seti</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257245920</t>
+          <t>9786257245630</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Hayata - Erken Çocukluk Döneminde Orman Okulu Etkinlikeri</t>
+          <t>Çocuk Psiklojisi ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257348256</t>
+          <t>9786257348041</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminin Temel Kavramları</t>
+          <t>İşitme Yetersizliği</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257245807</t>
+          <t>9786257245258</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla İşitme Engellilerin Eğitimi ve Öğretimi</t>
+          <t>Yaratıcı ve Farklı Düşünmeye Giden Yol: Scamper</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257245517</t>
+          <t>9786257245920</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Tiyatro ve Drama</t>
+          <t>Doğadan Hayata - Erken Çocukluk Döneminde Orman Okulu Etkinlikeri</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257245012</t>
+          <t>9786257348256</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu</t>
+          <t>Türkçe Eğitiminin Temel Kavramları</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>3990000021445</t>
+          <t>9786257245807</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Becerilerinin Geliştirilmesi 6</t>
+          <t>Uygulamalarla İşitme Engellilerin Eğitimi ve Öğretimi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>23.33</v>
+        <v>600</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257348386</t>
+          <t>9786257245517</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Dil Konuşma Bozukluğu</t>
+          <t>Türkçe Eğitiminde Tiyatro ve Drama</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257348430</t>
+          <t>9786257245012</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Storigami Origami ve Hikaye Kardeşliği</t>
+          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257348515</t>
+          <t>3990000021445</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Masal Duyguları Keşfediyor</t>
+          <t>Çalışma Becerilerinin Geliştirilmesi 6</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>200</v>
+        <v>23.33</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257348447</t>
+          <t>9786257348386</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Merhaba</t>
+          <t>Dil Konuşma Bozukluğu</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257245753</t>
+          <t>9786257348430</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Araştırma ve Uygulamalarla Soruşturma  Temelli Erken Geometri Öğretimi</t>
+          <t>Erken Çocukluk Eğitiminde Storigami Origami ve Hikaye Kardeşliği</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257348195</t>
+          <t>9786257348515</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Matematik Eğitiminde Kullanılan Web 2.0 Araçları</t>
+          <t>Masal Duyguları Keşfediyor</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257083690</t>
+          <t>9786257348447</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Olgular Eşliğinde Obsesif Kompulsif Bozukluk - OKB</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257083140</t>
+          <t>9786257245753</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Eğitiminde Altın Yıllar : Okul Öncesi Dönem</t>
+          <t>Erken Çocuklukta Araştırma ve Uygulamalarla Soruşturma  Temelli Erken Geometri Öğretimi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257083171</t>
+          <t>9786257348195</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Farklı Pencereden Bakmak : Otistik Çocuğa Sahip Anne ve Babaların Bazı Psikolojik Özellikleri</t>
+          <t>Fen ve Matematik Eğitiminde Kullanılan Web 2.0 Araçları</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257083058</t>
+          <t>9786257083690</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimin Etkisi</t>
+          <t>Olgular Eşliğinde Obsesif Kompulsif Bozukluk - OKB</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257245036</t>
+          <t>9786257083140</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Araştırma Yöntemleri</t>
+          <t>Yabancı Dil Eğitiminde Altın Yıllar : Okul Öncesi Dönem</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257245784</t>
+          <t>9786257083171</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Bireylerde Sosyal Problem Çözme Öğretimi</t>
+          <t>Yaşama Farklı Pencereden Bakmak : Otistik Çocuğa Sahip Anne ve Babaların Bazı Psikolojik Özellikleri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257245746</t>
+          <t>9786257083058</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çevre Eğitimi</t>
+          <t>Okul Öncesi Eğitimin Etkisi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257348201</t>
+          <t>9786257245036</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Dır Dır Drama</t>
+          <t>Eğitimde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257245647</t>
+          <t>9786257245784</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme</t>
+          <t>Zihin Yetersizliği Olan Bireylerde Sosyal Problem Çözme Öğretimi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257245777</t>
+          <t>9786257245746</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya’da Çocuk ve Eğitim</t>
+          <t>Erken Çocukluk Döneminde Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257083089</t>
+          <t>9786257348201</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Down Sendromlu Çocuklarla Zamanı Paylaşmak</t>
+          <t>Dır Dır Drama</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>30</v>
+        <v>375</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257245821</t>
+          <t>9786257245647</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çocukla İletişim</t>
+          <t>Eleştirel Düşünme</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257245357</t>
+          <t>9786257245777</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Çocuklar</t>
+          <t>Değişen Dünya’da Çocuk ve Eğitim</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257245524</t>
+          <t>9786257083089</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>İlkokul Öğretmenleri İçin Temel Matematiksel Kavramlar</t>
+          <t>Down Sendromlu Çocuklarla Zamanı Paylaşmak</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257245944</t>
+          <t>9786257245821</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Gecikmiş Konuşma ve Dil Gelişiminde Eğitsel Müdahale</t>
+          <t>Çocukla İletişim</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257245265</t>
+          <t>9786257245357</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Reggio Emilia Yaklaşımı</t>
+          <t>Dezavantajlı Çocuklar</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786057245937</t>
+          <t>9786257245524</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Yaratıcı Düşünme Tekniği</t>
+          <t>İlkokul Öğretmenleri İçin Temel Matematiksel Kavramlar</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257245838</t>
+          <t>9786257245944</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Dramanın Gücü</t>
+          <t>Gecikmiş Konuşma ve Dil Gelişiminde Eğitsel Müdahale</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257348034</t>
+          <t>9786257245265</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Kavram Öğretimi</t>
+          <t>Erken Çocuklukta Reggio Emilia Yaklaşımı</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257245968</t>
+          <t>9786057245937</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Özgül Öğrenme Güçlüğü Olan Çocuklar</t>
+          <t>Erken Çocukluk Döneminde Yaratıcı Düşünme Tekniği</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257348232</t>
+          <t>9786257245838</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Türkçe Öğretimi</t>
+          <t>Erken Çocukluk Döneminde Dramanın Gücü</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257348249</t>
+          <t>9786257348034</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen Çocuklar</t>
+          <t>Özel Eğitimde Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>550</v>
+        <v>525</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257348027</t>
+          <t>9786257245968</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Sayı Hissi Eğitimi Etkinlikleri</t>
+          <t>Özgül Öğrenme Güçlüğü Olan Çocuklar</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257083317</t>
+          <t>9786257348232</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Dokun!</t>
+          <t>Özel Eğitimde Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>375</v>
+        <v>800</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257245302</t>
+          <t>9786257348249</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Bilgi Yönetimi Yeterliliği</t>
+          <t>Müzisyen Çocuklar</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257348317</t>
+          <t>9786257348027</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Ergen</t>
+          <t>Okul Öncesinde Sayı Hissi Eğitimi Etkinlikleri</t>
         </is>
       </c>
       <c r="C905" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052234884</t>
+          <t>9786257083317</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Sosyal Bilgiler Öğretimi</t>
+          <t>Dokun!</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786057754820</t>
+          <t>9786257245302</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarlardan Büyük Öyküler</t>
+          <t>Eğitim Örgütlerinde Bilgi Yönetimi Yeterliliği</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786057754165</t>
+          <t>9786257348317</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Oyun Sandığı</t>
+          <t>Ergen</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052234945</t>
+          <t>9786052234884</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu</t>
+          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786057647900</t>
+          <t>9786057754820</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Yetişkinler</t>
+          <t>Küçük Yazarlardan Büyük Öyküler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786057754257</t>
+          <t>9786057754165</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Bireyler İçin İş ve Meslek Eğitimi</t>
+          <t>Anneannemin Oyun Sandığı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786057647917</t>
+          <t>9786052234945</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yetersizliği Olan Bireylere Yönelik Kapsamlı Cinsellik Eğitimi (Öğretmen Adayları, Öğretmen ve Aileler İçin)</t>
+          <t>Zihin Yetersizliği ve Otizm Spektrum Bozukluğu</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786057754127</t>
+          <t>9786057647900</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Çocuklara Yönelik Problem Çözme Etkinlikleri</t>
+          <t>Zihin Yetersizliği Olan Yetişkinler</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786057754233</t>
+          <t>9786057754257</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Orffestra Hay-Di Baş-La</t>
+          <t>Zihin Yetersizliği Olan Bireyler İçin İş ve Meslek Eğitimi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786057754134</t>
+          <t>9786057647917</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üstün Yetenekliler Eğitiminin Tarihi Süreci</t>
+          <t>Zihin Yetersizliği Olan Bireylere Yönelik Kapsamlı Cinsellik Eğitimi (Öğretmen Adayları, Öğretmen ve Aileler İçin)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786057537010</t>
+          <t>9786057754127</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Matematik</t>
+          <t>Üstün Yetenekli Çocuklara Yönelik Problem Çözme Etkinlikleri</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>725</v>
+        <v>400</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786057754172</t>
+          <t>9786057754233</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Öğretim İlke ve Yöntemleriyle Geliştirilmiş Etkinlik Örnekleriyle Toplumsal Cinsiyet Eşitliği Eğitimi</t>
+          <t>Orffestra Hay-Di Baş-La</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052234815</t>
+          <t>9786057754134</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Yabancı Dil Öğretimi</t>
+          <t>Türkiye’de Üstün Yetenekliler Eğitiminin Tarihi Süreci</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052234839</t>
+          <t>9786057537010</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Matematik Öğretimi</t>
+          <t>Özel Eğitimde Matematik</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>650</v>
+        <v>725</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786057537317</t>
+          <t>9786057754172</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi ve Sosyal Bilgiler Derslerinde Uygulamalı Değer Yönetimi</t>
+          <t>Etkileşimli Öğretim İlke ve Yöntemleriyle Geliştirilmiş Etkinlik Örnekleriyle Toplumsal Cinsiyet Eşitliği Eğitimi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786057754066</t>
+          <t>9786052234815</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yaklaşım, Yöntem ve Teknikler Işığında Etkinliklerle Çevre Eğitimi</t>
+          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052234785</t>
+          <t>9786052234839</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - Görsel Sanatlar Öğretimi</t>
+          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - İlkokulda Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786057647962</t>
+          <t>9786057537317</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Davranış Yönetimi</t>
+          <t>Hayat Bilgisi ve Sosyal Bilgiler Derslerinde Uygulamalı Değer Yönetimi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786057754110</t>
+          <t>9786057754066</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Öz-Düzenleme Doğası ve Gelişimi</t>
+          <t>Farklı Yaklaşım, Yöntem ve Teknikler Işığında Etkinliklerle Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786057754264</t>
+          <t>9786052234785</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sosyolojisi</t>
+          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti - Görsel Sanatlar Öğretimi</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786057647948</t>
+          <t>9786057647962</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
+          <t>Erken Çocuklukta Davranış Yönetimi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786057647955</t>
+          <t>9786057754110</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Öğrenme Yaklaşımları</t>
+          <t>Erken Çocuklukta Öz-Düzenleme Doğası ve Gelişimi</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786057754189</t>
+          <t>9786057754264</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Eğitim Sosyolojisi</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052234723</t>
+          <t>9786057647948</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti -Din Kültürü ve Ahlak Bilgisi Öğretimi</t>
+          <t>Erken Çocukluk Döneminde Fen Eğitimi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057647986</t>
+          <t>9786057647955</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozuklukları</t>
+          <t>Erken Çocukluk Döneminde Öğrenme Yaklaşımları</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>525</v>
+        <v>600</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786057754011</t>
+          <t>9786057754189</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları - İlk Yardım</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057754059</t>
+          <t>9786052234723</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitimi</t>
+          <t>Kuramdan Uygulamaya Sınıf Öğretmenliği Seti -Din Kültürü ve Ahlak Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>475</v>
+        <v>600</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057754004</t>
+          <t>9786057647986</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Eğitiminde 6C Modeli</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozuklukları</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057647993</t>
+          <t>9786057754011</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Erişkinliğe Otizm Spektrum Bozukluğu</t>
+          <t>Çocuk Sağlığı ve Hastalıkları - İlk Yardım</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>3994758525522</t>
+          <t>9786057754059</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası 2</t>
+          <t>Çevre Eğitimi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>26</v>
+        <v>475</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786257083249</t>
+          <t>9786057754004</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ben Değil Çocuğum Ne Istiyor?</t>
+          <t>21. Yüzyıl Eğitiminde 6C Modeli</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>3990000021444</t>
+          <t>9786057647993</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Güçlüğü Hakkında Temel Bilgiler ve Uygulamalar 1</t>
+          <t>Çocukluktan Erişkinliğe Otizm Spektrum Bozukluğu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>23.33</v>
+        <v>400</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>3990000021448</t>
+          <t>3994758525522</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Okul Ortamınn Oluşturulması Sosyal ve Davranışsal Problemlere Müdahale 2</t>
+          <t>Matematik Dünyası 2</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>23.33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>3990000021447</t>
+          <t>9786257083249</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmada Öğretimsel Stratejiler 3</t>
+          <t>Ben Değil Çocuğum Ne Istiyor?</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>23.33</v>
+        <v>350</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>3990000021446</t>
+          <t>3990000021444</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Öğretimsel Stratejiler 5</t>
+          <t>Öğrenme Güçlüğü Hakkında Temel Bilgiler ve Uygulamalar 1</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>23.33</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789752435643</t>
+          <t>3990000021448</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinlemeni Bekliyorum - Rehberlik Kitapları Dizisi 2</t>
+          <t>Olumlu Okul Ortamınn Oluşturulması Sosyal ve Davranışsal Problemlere Müdahale 2</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>180</v>
+        <v>23.33</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789752435667</t>
+          <t>3990000021447</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Olmanı Bekliyorum - Rehberlik Kitapları Dizisi 3</t>
+          <t>Okuma Yazmada Öğretimsel Stratejiler 3</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>180</v>
+        <v>23.33</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789752435650</t>
+          <t>3990000021446</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bana Güven Vermeni Bekliyorum - Rehberlik Kitapları Dizisi 1</t>
+          <t>Matematikte Öğretimsel Stratejiler 5</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>180</v>
+        <v>23.33</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786057537829</t>
+          <t>9789752435643</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Efsane Dede - Kahkaha Canavarı</t>
+          <t>Beni Dinlemeni Bekliyorum - Rehberlik Kitapları Dizisi 2</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052234365</t>
+          <t>9789752435667</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Üstündeyim</t>
+          <t>Pozitif Olmanı Bekliyorum - Rehberlik Kitapları Dizisi 3</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>18</v>
+        <v>180</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257245388</t>
+          <t>9789752435650</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mısralar Ülkesinde Yolculuk</t>
+          <t>Bana Güven Vermeni Bekliyorum - Rehberlik Kitapları Dizisi 1</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057754394</t>
+          <t>9786057537829</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bahçesi</t>
+          <t>Efsane Dede - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>24</v>
+        <v>225</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057537751</t>
+          <t>9786052234365</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Garip Grup - Kahkaha Canavarı</t>
+          <t>Bulutların Üstündeyim</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>225</v>
+        <v>18</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057537843</t>
+          <t>9786257245388</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Canavar Bir Resim - Kahkaha Canavarı</t>
+          <t>Sihirli Mısralar Ülkesinde Yolculuk</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786057537782</t>
+          <t>9786057754394</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Bir Yemek - Kahkaha Canavarı</t>
+          <t>Oyun Bahçesi</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>225</v>
+        <v>24</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786057537744</t>
+          <t>9786057537751</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Adamın Seçimi - Kahkaha Canavarı</t>
+          <t>Garip Grup - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786057754141</t>
+          <t>9786057537843</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bebe</t>
+          <t>Canavar Bir Resim - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786055472023</t>
+          <t>9786057537782</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Okul Öncesi Eğitimde Türkçe Dil Etkinlikleri</t>
+          <t>Mağarada Bir Yemek - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>11.11</v>
+        <v>225</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786054757084</t>
+          <t>9786057537744</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Medya</t>
+          <t>İhtiyar Adamın Seçimi - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786054757060</t>
+          <t>9786057754141</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı (Ciltli)</t>
+          <t>Bebe</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>4440000001016</t>
+          <t>9786055472023</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünya Tarihi</t>
+          <t>Çocuk Edebiyatı ve Okul Öncesi Eğitimde Türkçe Dil Etkinlikleri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>3990000001904</t>
+          <t>9786054757084</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi 2 : Büyük - Küçük</t>
+          <t>Çocuk Edebiyatı ve Medya</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>12.04</v>
+        <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>3990000001908</t>
+          <t>9786054757060</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Anlatalım Etkinlikler Yapalım (Ciltli)</t>
+          <t>Çocuk Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>33.33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786055472283</t>
+          <t>4440000001016</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Ozanı: Yaşar Kemal</t>
+          <t>Çağdaş Dünya Tarihi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>23.15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786055472757</t>
+          <t>3990000001904</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Bilmece, Tekerleme ve Parmak Oyunlarıyla... Eğlen, Düşün, Oyna</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi 2 : Büyük - Küçük</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>3990000001909</t>
+          <t>3990000001908</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Beni Benden Dinleyin</t>
+          <t>Bir Masal Anlatalım Etkinlikler Yapalım (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>22.22</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>3990000001906</t>
+          <t>9786055472283</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Bir Anadolu Ozanı: Yaşar Kemal</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>3990000001905</t>
+          <t>9786055472757</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Zıt Kavramlar Serisi 3 : Az - Çok</t>
+          <t>Bilmece, Tekerleme ve Parmak Oyunlarıyla... Eğlen, Düşün, Oyna</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786054757725</t>
+          <t>3990000001909</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Anne - Baba - Çocuk İletişimi</t>
+          <t>Beni Benden Dinleyin</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>450</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786055472924</t>
+          <t>3990000001906</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Ailelerce Sunulan Sosyal Öykülerin Otizm Spektrum Bozukluğu Olan Ergenlerin Sosyal Becerilerine Etkileri</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>600</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786055472504</t>
+          <t>3990000001905</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hakları ve Koruma</t>
+          <t>Uğur Böceği Zıt Kavramlar Serisi 3 : Az - Çok</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>575</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786055472177</t>
+          <t>9786054757725</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>36-72 Aylık Çocuklar İçin Öğretmen Kılavuzu Kitabı</t>
+          <t>Anne - Baba - Çocuk İletişimi</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>18.52</v>
+        <v>450</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786055472160</t>
+          <t>9786055472924</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>36-72 Aylık Çocuklar İçin Okul Öncesi Eğitim Programı</t>
+          <t>Ailelerce Sunulan Sosyal Öykülerin Otizm Spektrum Bozukluğu Olan Ergenlerin Sosyal Becerilerine Etkileri</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>11.11</v>
+        <v>600</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>3990000011027</t>
+          <t>9786055472504</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bu Ses Nereden Geliyor? (Ciltli)</t>
+          <t>Çocuk Hakları ve Koruma</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>12.04</v>
+        <v>575</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786055472917</t>
+          <t>9786055472177</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Beni Korkutamazsın</t>
+          <t>36-72 Aylık Çocuklar İçin Öğretmen Kılavuzu Kitabı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>225</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>3990000001912</t>
+          <t>9786055472160</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Ben Sosyal Biriyim (Ciltli)</t>
+          <t>36-72 Aylık Çocuklar İçin Okul Öncesi Eğitim Programı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>22.22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786055472849</t>
+          <t>3990000011027</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Bu Ses Nereden Geliyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>325</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786055472740</t>
+          <t>9786055472917</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan ile Anne Saksağan</t>
+          <t>Beni Korkutamazsın</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>3990000001913</t>
+          <t>3990000001912</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Benim de Değerlerim Var (Ciltli)</t>
+          <t>Ben Sosyal Biriyim (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>22.22</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057754424</t>
+          <t>9786055472849</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bebe</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057537768</t>
+          <t>9786055472740</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Plan Üstüne Plan - Kahkaha Canavarı</t>
+          <t>Akıllı Tavşan ile Anne Saksağan</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786057537737</t>
+          <t>3990000001913</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kız Nerede - Kahkaha Canavarı</t>
+          <t>Benim de Değerlerim Var (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>225</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057537812</t>
+          <t>9786057754424</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Hıçkırığın Çaresi - Kahkaha Canavarı</t>
+          <t>Bebe</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786057537836</t>
+          <t>9786057537768</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Kahkahası - Kahkaha Canavarı</t>
+          <t>Plan Üstüne Plan - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052234686</t>
+          <t>9786057537737</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>3-4 Yaş Olay Sıralama Kartları</t>
+          <t>Küçük Kız Nerede - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052234679</t>
+          <t>9786057537812</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>5-6 Yaş Olay Sıralama Kartları</t>
+          <t>Hıçkırığın Çaresi - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786057537799</t>
+          <t>9786057537836</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Komşu Canavar - Kahkaha Canavarı</t>
+          <t>Canavarın Kahkahası - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257348225</t>
+          <t>9786052234686</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Çok İyiyiz</t>
+          <t>3-4 Yaş Olay Sıralama Kartları</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257083010</t>
+          <t>9786052234679</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Yoga Masalı</t>
+          <t>5-6 Yaş Olay Sıralama Kartları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786057537669</t>
+          <t>9786057537799</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Thomas More</t>
+          <t>Komşu Canavar - Kahkaha Canavarı</t>
         </is>
       </c>
       <c r="C985" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786057537645</t>
+          <t>9786257348225</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Thales</t>
+          <t>Birlikte Çok İyiyiz</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786057537577</t>
+          <t>9786257083010</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Yoga Masalı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786057537591</t>
+          <t>9786057537669</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Platon mu? Eflatun mu?</t>
+          <t>Thomas More</t>
         </is>
       </c>
       <c r="C988" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786057537614</t>
+          <t>9786057537645</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kant</t>
+          <t>Thales</t>
         </is>
       </c>
       <c r="C989" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786057537621</t>
+          <t>9786057537577</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>John Locke</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C990" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786057537584</t>
+          <t>9786057537591</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Heraklitos</t>
+          <t>Platon mu? Eflatun mu?</t>
         </is>
       </c>
       <c r="C991" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786057537652</t>
+          <t>9786057537614</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>Kant</t>
         </is>
       </c>
       <c r="C992" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786057537607</t>
+          <t>9786057537621</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Demokritos</t>
+          <t>John Locke</t>
         </is>
       </c>
       <c r="C993" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786057537638</t>
+          <t>9786057537584</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Heraklitos</t>
         </is>
       </c>
       <c r="C994" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052234631</t>
+          <t>9786057537652</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Troya</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786057754462</t>
+          <t>9786057537607</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Büyükanne Eğiten Büyükbaba</t>
+          <t>Demokritos</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786057754486</t>
+          <t>9786057537638</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğu (DEHB) Tanılı 7-12 Yaş Çocuklarda Düzenli Sportif Faaliyetlerin Etkisi Üzerine Bir Araştırma</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>12</v>
+        <v>225</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789752435360</t>
+          <t>9786052234631</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Eğiten Ukulele Metodu</t>
+          <t>Troya</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786057537270</t>
+          <t>9786057754462</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Risk Altındaki Çocuklar ve Eğitimleri</t>
+          <t>Geliştiren Büyükanne Eğiten Büyükbaba</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786057537263</t>
+          <t>9786057754486</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimde Basamaklı Öğretim</t>
+          <t>Dikkat Eksikliği ve Hiperaktivite Bozukluğu (DEHB) Tanılı 7-12 Yaş Çocuklarda Düzenli Sportif Faaliyetlerin Etkisi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>600</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789752435860</t>
+          <t>9789752435360</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Eğiten Ukulele Metodu</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786057537003</t>
+          <t>9786057537270</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Fen ve Sosyal Bilgiler Öğretimi</t>
+          <t>Risk Altındaki Çocuklar ve Eğitimleri</t>
         </is>
       </c>
       <c r="C1002" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789752435914</t>
+          <t>9786057537263</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İlk Yıllarında Sosyal Beceriler</t>
+          <t>Türkçe Eğitimde Basamaklı Öğretim</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052234952</t>
+          <t>9789752435860</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim ve Kaynaştırma</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789752435983</t>
+          <t>9786057537003</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Özel Durumu Olan Çocuklarda Beslenme</t>
+          <t>Özel Eğitimde Fen ve Sosyal Bilgiler Öğretimi</t>
         </is>
       </c>
       <c r="C1005" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789752435034</t>
+          <t>9789752435914</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeyi Öğretmeyi Öğrenmiş Öğretmen Eğitimi Modeli (4ÖEM)</t>
+          <t>Yaşamın İlk Yıllarında Sosyal Beceriler</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>425</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786057537560</t>
+          <t>9786052234952</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmenliği</t>
+          <t>Özel Eğitim ve Kaynaştırma</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052234990</t>
+          <t>9789752435983</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Sosyal Uyum Becerilerinin Öğretimi</t>
+          <t>Özel Durumu Olan Çocuklarda Beslenme</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786057537348</t>
+          <t>9789752435034</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dönemde Çocukları Değerlendirme ve Tanıma Teknikleri</t>
+          <t>Öğrenmeyi Öğretmeyi Öğrenmiş Öğretmen Eğitimi Modeli (4ÖEM)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052234792</t>
+          <t>9786057537560</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bilgisi Öğretimi</t>
+          <t>Beden Eğitimi Öğretmenliği</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052234778</t>
+          <t>9786052234990</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İlkokulda Fen Öğretimi</t>
+          <t>Özel Eğitimde Sosyal Uyum Becerilerinin Öğretimi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052234501</t>
+          <t>9786057537348</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Çocuğu Tanıma ve Değerlendirme</t>
+          <t>Okul Öncesi Dönemde Çocukları Değerlendirme ve Tanıma Teknikleri</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052234747</t>
+          <t>9786052234792</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Yaratıcılık ve Yaratıcı Etkinlikler</t>
+          <t>Hayat Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>525</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052234877</t>
+          <t>9786052234778</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Fen Eğitimi</t>
+          <t>İlkokulda Fen Öğretimi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>675</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786057537300</t>
+          <t>9786052234501</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Kitap</t>
+          <t>Erken Çocuklukta Çocuğu Tanıma ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052234921</t>
+          <t>9786052234747</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi ve Ruh Sağlığı</t>
+          <t>Erken Çocukluk Döneminde Yaratıcılık ve Yaratıcı Etkinlikler</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052234716</t>
+          <t>9786052234877</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
+          <t>Erken Çocuklukta Fen Eğitimi</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>475</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052234976</t>
+          <t>9786057537300</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Araştırmacı Öğretmen Eğitimi Modeli (AÖEM)</t>
+          <t>Çocuk ve Kitap</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052234488</t>
+          <t>9786052234921</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Oyuna!</t>
+          <t>Çocuk Psikolojisi ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789752435803</t>
+          <t>9786052234716</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Bir Çınar: Cahit Kavcar</t>
+          <t>Bebeklik Döneminde Gelişim ve Eğitim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052234938</t>
+          <t>9786052234976</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Okul Öncesi Çocuklarını Değerlendirme ve Tanıma</t>
+          <t>Araştırmacı Öğretmen Eğitimi Modeli (AÖEM)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>600</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052234426</t>
+          <t>9786052234488</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Dramatematik</t>
+          <t>Haydi Çocuklar Oyuna!</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>475</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789752435971</t>
+          <t>9789752435803</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Stem'den Stem+'ya Teori ve Uygulama</t>
+          <t>Türkçe Eğitiminde Bir Çınar: Cahit Kavcar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052234761</t>
+          <t>9786052234938</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Farklı Mekanlarda Drama Uygulamaları</t>
+          <t>Örneklerle Okul Öncesi Çocuklarını Değerlendirme ve Tanıma</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789752435308</t>
+          <t>9786052234426</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>5-12 Yaş Grubu Çocuk Kitaplarında Ölüm Teması Üzerine Bir Araştırma</t>
+          <t>Dramatematik</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>30</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
+          <t>9789752435971</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Stem'den Stem+'ya Teori ve Uygulama</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786052234761</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Mekanlarda Drama Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9789752435308</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>5-12 Yaş Grubu Çocuk Kitaplarında Ölüm Teması Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
           <t>9789752435853</t>
         </is>
       </c>
-      <c r="B1026" s="1" t="inlineStr">
+      <c r="B1029" s="1" t="inlineStr">
         <is>
           <t>Oyun ve Fiziki Etkinlikler Öğretimi</t>
         </is>
       </c>
-      <c r="C1026" s="1">
+      <c r="C1029" s="1">
         <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>