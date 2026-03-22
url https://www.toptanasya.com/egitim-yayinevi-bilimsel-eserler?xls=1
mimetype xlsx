--- v0 (2025-10-26)
+++ v1 (2026-03-22)
@@ -85,23155 +85,30520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253852511</t>
+          <t>9786253857820</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>E-Stem'le Genç Mühendis Beyinler</t>
+          <t>Kimlikten İmaja Yönetim Bakış Açısıyla Kurumsal İtibar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>359</v>
+        <v>849</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257405164</t>
+          <t>9786253857813</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Bağlamında Sosyal Medya Ve Mahremiyet</t>
+          <t>Gastrointestinal Malignitelerde PET/BT</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>499</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257316064</t>
+          <t>9786253857776</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Planlama ve Üretim Yönetiminin Geliştirilmiş Yöntemleri</t>
+          <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>359</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258341386</t>
+          <t>9786253857769</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Engineering Sciences II</t>
+          <t>Nitel Araştırmalarda Güvenirlik ve Geçerliliğin Sağlanması: Kavramsal Çerçeve, Yöntemler ve Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>287</v>
+        <v>329</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758890842</t>
+          <t>9786253855987</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İletişim Stratejilerinin Öğretime Uygulanması</t>
+          <t>Two in a Hub: A Method For Turkish Learners</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255971074</t>
+          <t>9786253855697</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>The Right Approach To Refugee Students</t>
+          <t>Sağlık Çalışmaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>359</v>
+        <v>629</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059831741</t>
+          <t>9786253857684</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur’an Kursu Öğreticileri Hizmet İçi Eğitim Programı</t>
+          <t>Yönetimde Karar Destek ve İş Zekası Sistemleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057786555</t>
+          <t>9786253857660</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukuku</t>
+          <t>Sözlerin Gölgesinde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057786203</t>
+          <t>9786253857653</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Tarihinde Kolkhis Bölgesi</t>
+          <t>Dijitalleşen Dünyada Çocukluk Dönemi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>699</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057557681</t>
+          <t>9786253856809</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Evaluation Managers’ and Staff’s Perceptions on Providing Accessibility Towards Determination and Satisfying Hadicapped Tourists’ Needs</t>
+          <t>Kars İmalat Sanayi İşletmeleri Sanayi 4.0’a Hazır Mı?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>599</v>
+        <v>299</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253852764</t>
+          <t>9786253857745</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Felsefe</t>
+          <t>İslam İktisat Düşüncesinde Paranın Tarihi Gelişimi ve Kripto Paralar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253852900</t>
+          <t>9786253857707</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Susmayı Tercih Ediyorum - Çünkü Anlamak Konuşmaktan Daha Zor</t>
+          <t>İşletmelerde Gıda Standardizasyonu: Kavramsal, Tarihsel ve Kurumsal Bir İnceleme</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253852863</t>
+          <t>9786253856816</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Post Dijital Çağ: Medya, İletişim, Kültür</t>
+          <t>Kurumsal İtibarın Gücü: Marka Güveni ve Sadakati Üzerine Etkiler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>359</v>
+        <v>349</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253852795</t>
+          <t>9786253857646</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Kariyer</t>
+          <t>Uluslararası Vergileme Üzerine Güncel Trendler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>319</v>
+        <v>329</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253852771</t>
+          <t>9786253857585</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İletişim Psikolojisi: İnsan Zihni ve Söylem Arasındaki Köprü</t>
+          <t>Reality Televizyon Programlarında Kurulan Gerçeklik: Evlilik Programları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>219</v>
+        <v>599</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253852757</t>
+          <t>9786253856878</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Schadenfreude: Başkalarının Talihlizliğinden Niçin Keyif Alınır?</t>
+          <t>Avni: Bir Cihan Padişahının Şiir Dünyası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>219</v>
+        <v>279</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253852719</t>
+          <t>9786253856861</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Düşüncede Matematiksel Kelimeler ile Kavramların İlişkisine Dair Kökenbilim, Biçimbilim ve Sözlük Anlamı</t>
+          <t>Kobi'lerde Kurumsallaşma ve İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253852689</t>
+          <t>9786253857943</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Netflix Dizilerinde Kimliğin Yeniden İnşası</t>
+          <t>Mimarlık Araştırmaları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>299</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253852665</t>
+          <t>9786253854652</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çince Tümce Kalıpları</t>
+          <t>Bilişim Hukuku Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>319</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253852535</t>
+          <t>9786253855826</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım ve Basım Teknolojileri Alanında Araştırmalar</t>
+          <t>Veteriner Histoloji ve Embriyolojisi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253852504</t>
+          <t>9786253856076</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Elit Sporcularda Rekreasyon Yönetimi</t>
+          <t>Endodontide Klinik ve Cerrahi Yönetim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>219</v>
+        <v>329</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258341430</t>
+          <t>9786253856267</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Akademik Personelin Psikolojik Sözleşme ve Kamu Hizmeti Motivasyonu Algıları Arasındaki İlişkinin İncelenmesi: Burdur Mehmet Akif Ersoy Üniversitesi Ve Başkent Üniversitesi Örnekleri</t>
+          <t>İlköğretim Matematik Eğitimi Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>417</v>
+        <v>429</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000004166</t>
+          <t>9786253856274</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Birincikeman Keman Yazıları ve Kültür Dergisi Sayı: 2 - 2023</t>
+          <t>Grafik Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>59</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256489479</t>
+          <t>9786253856281</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Siyaset Bilimi Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>287</v>
+        <v>499</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256552135</t>
+          <t>9786253856298</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Dijital Çağın Yansımaları</t>
+          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>431</v>
+        <v>399</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256489813</t>
+          <t>9786253856304</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XVII</t>
+          <t>Yeni Türk Edebiyatı Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>431</v>
+        <v>359</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256489646</t>
+          <t>9786253856311</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar XI</t>
+          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256552111</t>
+          <t>9786253856328</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The Importance Of Productıvıty In Production: A Research On Livestock Indicators</t>
+          <t>Güzel Sanatlar-Sinema Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258468007</t>
+          <t>9786253856335</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yunan Algısında Türk İmgesi (Ciltli)</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1950</v>
+        <v>329</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258341232</t>
+          <t>9786253856342</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının ve Hastaların Görüşleriyle Hastane Bina Yönetiminin Değerlendirilmesi ve Bir Ölçek Geliştirme Çalışması</t>
+          <t>Finans Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256251274</t>
+          <t>9786253856359</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Kayseri’de Eğitim</t>
+          <t>Makro İktisat Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>329</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256251397</t>
+          <t>9786253856373</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Afetle Mücadelede Kriz Yönetimi</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>375</v>
+        <v>499</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256251311</t>
+          <t>9786253856380</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Motivasyonu İş Doyumu ve Akademik Okuryazarlık</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256658691</t>
+          <t>9786253856397</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Türkçe Eğitimi</t>
+          <t>Sporda Psikososyal Alanlar Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>525</v>
+        <v>299</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256489707</t>
+          <t>9786253856403</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’daki Türkler ve Türkiye’nin Kafkasya Türkleri Politikası</t>
+          <t>İnşaat Mühendisliği Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>385</v>
+        <v>299</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256658226</t>
+          <t>9786253856410</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Çocuk ve Eğitimi</t>
+          <t>İdare Hukuku Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>550</v>
+        <v>329</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256658042</t>
+          <t>9786253856427</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İllerin Turizm Arz Kaynakları (Gezilecek Turistik Yerler)</t>
+          <t>Eğitim Felsefesi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256613775</t>
+          <t>9786253856434</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiyenin Sivil Toplum Kültürü</t>
+          <t>Pazarlama Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>685</v>
+        <v>389</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057557117</t>
+          <t>9786253856441</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>The Forgotten Turkish Identity of the Aegean Islands: Turkish Identity in Rhodes and Kos</t>
+          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258468014</t>
+          <t>9786253856458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Turkish Image in the Greek Perception (Origins and Cultural Outlet for Friendship)</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar - 8</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1750</v>
+        <v>429</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256552081</t>
+          <t>9786253856465</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deprem ve Dezavantajlı Gruplar</t>
+          <t>Maliye Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>385</v>
+        <v>399</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256489387</t>
+          <t>9786253856472</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi ve Mutfak Sanatları Temel Kavramlar ve Güncel Konular</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>499</v>
+        <v>359</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256408463</t>
+          <t>9786253856489</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tasarımcılar İçin Akademik Yazım Teknikleri</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>429</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256408531</t>
+          <t>9786253856496</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Kariyer Planlama ve Üniversite Sonrası İş Yaşamına Hazırlanma El Kitapçığı</t>
+          <t>İstatistik Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>299</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256382633</t>
+          <t>9786253856502</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte Yapay Zeka Kullanımı</t>
+          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>403</v>
+        <v>429</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256382459</t>
+          <t>9786253856519</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Pazarlamadan Dijital Pazarlamaya Geçiş Dijital Pazarlamanın Evrimi</t>
+          <t>Hareket ve Antrenman Bilimleri Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>374</v>
+        <v>299</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258223903</t>
+          <t>9786253856526</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Osman Bektaş El- Mevṣıli ve Şiiri</t>
+          <t>Müzik Eğitimi Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>485</v>
+        <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258223606</t>
+          <t>9786253856533</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Devletin Dönüşümü</t>
+          <t>Histoloji ve Embriyoloji Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>485</v>
+        <v>389</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258223347</t>
+          <t>9786253856540</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Refahı Disiplinlerarası Bakış</t>
+          <t>Toprak Bilimi ve Bitki Besleme Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>485</v>
+        <v>599</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258223392</t>
+          <t>9786253856557</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozukluklarının Sinemada Temsili</t>
+          <t>Güzel Sanatlar-Görsel İletişim Tasarımı Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>475</v>
+        <v>399</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258341522</t>
+          <t>9786253856588</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar IX</t>
+          <t>Din Psikolojisi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>363</v>
+        <v>299</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258341119</t>
+          <t>9786253856595</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 8. Sınıf Öğrencilerinin Çevre Duyarlılıkları Üzerine Bir Araştırma</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>385</v>
+        <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258341201</t>
+          <t>9786253856601</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Expression of Epistemic Modality in Argumentative Writing: A Study Based on Learner Corpora</t>
+          <t>İslam Tarihi Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>490</v>
+        <v>299</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258108637</t>
+          <t>9786253856618</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Lotman Kültür Göstergebilimi Bakış Açısından Nasreddin Hoca Fıkraları ve İngilizce Çevirileri</t>
+          <t>Yönetim Bilişim Sistemleri Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258108736</t>
+          <t>9786253856625</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ve Medya Alanında Uluslararası Araştırmalar VI</t>
+          <t>Anayasa Hukuku Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>279</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752475564</t>
+          <t>9786253856632</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Halk Evleri</t>
+          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>385</v>
+        <v>359</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258108675</t>
+          <t>9786253856649</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Liselerde Nitel Araştırma Yöntemleri</t>
+          <t>Çocuk Gelişimi Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258108620</t>
+          <t>9786253856656</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Amartya Sen'de Özgürlük Eşitlik ve Adalet</t>
+          <t>Spor Bilimleri Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>475</v>
+        <v>329</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057557841</t>
+          <t>9786253856663</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Ekonomik Büyümede Enerjinin Rolü - Kırgızistan Örneği</t>
+          <t>Fizyoterapi ve Rehabilitasyon Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>429</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258468151</t>
+          <t>9786253856670</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kelam Alan Bilgisi ve Problemleri</t>
+          <t>Mühendislik Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258468854</t>
+          <t>9786253856687</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yenilik Stratejilerinin Pazarlama Politikalarının Oluşumuna Etkilerinin Belirlenmesi</t>
+          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>650</v>
+        <v>399</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258108163</t>
+          <t>9786253856694</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Örnekleri İle Etkili Üniversite Eğitimi</t>
+          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>499</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258108040</t>
+          <t>9786253856700</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakı - Örnek Olaylar</t>
+          <t>Dilbilimi Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>395</v>
+        <v>299</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054392803</t>
+          <t>9786253856717</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Mustafa Kemal Paşa’nın Yabancılarla Temas ve Görüşmeleri</t>
+          <t>Yakın Çağ Tarihi Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>495</v>
+        <v>299</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755692050</t>
+          <t>9786253856724</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Yönetimi</t>
+          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057487797</t>
+          <t>9786253856731</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Örgütsel Davranışta Güncel Yaklaşımlar</t>
+          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>550</v>
+        <v>459</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257405072</t>
+          <t>9786253856748</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dikte 1</t>
+          <t>İlahiyat Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>201</v>
+        <v>299</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257915144</t>
+          <t>9786253856755</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Kurumsal Kalite Geliştirme Süreçlerine Sistem Odaklı Bir Yaklaşım</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>475</v>
+        <v>299</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254431197</t>
+          <t>9786253856762</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Finansal Etkinlik Analizi Küresel Lojistik Firmaları Üzerine Uygulama</t>
+          <t>Eğitim Sosyolojisi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>550</v>
+        <v>329</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057494269</t>
+          <t>9786253856779</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İşletme Perspektifinden Girişimcilik Üzerine Yazılar</t>
+          <t>International Research In The Field Of English Language Teaching - 5</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059831819</t>
+          <t>9786253856786</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Okul</t>
+          <t>Fen Bilimleri ve Matematik Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>550</v>
+        <v>399</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253851996</t>
+          <t>9786253856892</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ses Dizgesi Sorunu</t>
+          <t>Eğitim Bilimleri Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>299</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253852566</t>
+          <t>9786253856908</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen, Bir Teori</t>
+          <t>Hukuk Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>385</v>
+        <v>399</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253852559</t>
+          <t>9786253856915</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen, Bir Davranış</t>
+          <t>Sosyoloji Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>385</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057557285</t>
+          <t>9786253857103</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Akademisyenleri Medyaya Bakıyor</t>
+          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>359</v>
+        <v>299</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257316477</t>
+          <t>9786253857110</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında - Uluslararası Araştırmalar</t>
+          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253852207</t>
+          <t>9786253857127</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253852153</t>
+          <t>9786253857134</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Halk Sağlığı Alanında Uluslararası Araştırmalar – I</t>
+          <t>Psikiyatri Hemşireliği Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253852146</t>
+          <t>9786253857141</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>199</v>
+        <v>429</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253852139</t>
+          <t>9786253857158</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Matematik Alanında Uluslararası Araştırmalar - I</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar - 6</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253852122</t>
+          <t>9786253857165</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Müzik Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253852115</t>
+          <t>9786253857172</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar - Görsel İletişim Tasarımı Alanında Uluslararası Araştırmalar – II</t>
+          <t>Uluslararası İlişkiler Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253852108</t>
+          <t>9786253857189</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Elektrik - Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar – III</t>
+          <t>Eski Çağ Tarihi Alanında Uluslararası Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253852092</t>
+          <t>9786253857196</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
+          <t>Geleneksel Türk Sanatları Alanında Uluslararası Araştırmalar - 4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>249</v>
+        <v>399</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253852078</t>
+          <t>9786253857202</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Grafik Alanında Uluslararası Araştırmalar – II</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>249</v>
+        <v>499</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253852061</t>
+          <t>9786253857219</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Doğum ve Kadın Hastalıkları Hemşireliği Alanında Uluslararası Araştırmalar – II</t>
+          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253852054</t>
+          <t>9786253857226</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları Alanında Uluslararası Araştırmalar – II</t>
+          <t>Bahçe Bitkileri Yetiştirme ve Islahı Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>249</v>
+        <v>279</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253852047</t>
+          <t>9786253857233</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Turizm Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar - 7</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253852030</t>
+          <t>9786253857240</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Sağlık Bilimleri Alanında Disiplinlerarası Çalışmalar -1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253852023</t>
+          <t>9786253857264</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Toprak Bilimi ve Bitki Besleme Alanında Uluslararası Araştırmalar – I</t>
+          <t>Halk Sağlığı Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253851804</t>
+          <t>9786253857271</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar – III</t>
+          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253850586</t>
+          <t>9786253857370</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXIII</t>
+          <t>Açık ve Uzaktan Eğitim Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253852160</t>
+          <t>9786253857387</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Bilimi Alanında Uluslararası Araştırmalar - II</t>
+          <t>Muhasebe Alanında Uluslararası Araştırmalar - 5</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253852177</t>
+          <t>9786253857417</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Öğretim Teknolojileri Alanında Uluslararası Araştırmalar II</t>
+          <t>Genel Türk Tarihi Alanında Uluslararası Araştırmalar - 2</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253852184</t>
+          <t>9786253857424</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Hukuk Tarihi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253852191</t>
+          <t>9786253857448</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar – II</t>
+          <t>Filoloji Alanında Disiplinlerarası Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253852221</t>
+          <t>9786253857721</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Eğitim Psikolojisi Alanında Uluslararası Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253852238</t>
+          <t>9786253856885</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler, Kent ve Çevre Politikaları Alanında Uluslararası Araştırmalar – I</t>
+          <t>Mekanın Tekinsizliği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>199</v>
+        <v>319</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253852245</t>
+          <t>9786253856830</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Chemistry - I</t>
+          <t>Programla Bütünleştirilmiş Teknoloji Destekli Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>199</v>
+        <v>279</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253852252</t>
+          <t>9786253856823</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşünceler Alanında Uluslararası Araştırmalar – I</t>
+          <t>Teknolojinin Fen Bilgisi Eğitimine Entegrasyonuna Yönelik Bilimsel Çalışmalar - 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>199</v>
+        <v>399</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253852269</t>
+          <t>9786253856069</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Din Eğitimi Biliminin Mahiyeti - 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>199</v>
+        <v>459</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253852313</t>
+          <t>9786253855895</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler-Görsel İletişim Tasarımı Alanında Uluslararası Araştırmalar – I</t>
+          <t>İmroz Rumları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253852320</t>
+          <t>9786253855505</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Alanında Uluslararası Araştırmalar - II</t>
+          <t>Twice-Told İstanbul: A Stylistic Reading Of The English Translations Of Kara Kitap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253852337</t>
+          <t>9786253857608</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yer Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
+          <t>Her Öğretmen Bir Rehber</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>179</v>
+        <v>459</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253852344</t>
+          <t>9786253856793</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Alanında Uluslararası Araştırmalar – II</t>
+          <t>Mali Teşvik Politikaları: Teorik Çerçeve, Sektörel Uygulamalar ve Gelecek Perspektifleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>199</v>
+        <v>799</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253852351</t>
+          <t>9786253856083</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Hemşirelikte Sağlık Tanılaması</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>259</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253852368</t>
+          <t>9786253856052</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Gemi Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
+          <t>Tamamlayıcı Sağlık Sigortası ve Sağlık Sistemleri: Kavramlar, Modeller ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>179</v>
+        <v>289</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253852382</t>
+          <t>9786253855888</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Adli Sosyal Bilimler Alanında Uluslararası Araştırmalar - I</t>
+          <t>Kuramdan Uygulamaya: Edebiyat, Tarih, Coğrafya ve Öğrenme Bağlamında Araştırmalar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253852399</t>
+          <t>9786253855819</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Alanında Uluslararası Araştırmalar – II</t>
+          <t>Yapay Zeka ile Dönüşen İletişim Pratikleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>199</v>
+        <v>599</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253852429</t>
+          <t>9786253855796</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon Hastalıkları ve Klinik Mikrobiyoloji Alanında Uluslararası Araştırmalar – I</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar - 10</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>179</v>
+        <v>525</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253852436</t>
+          <t>9786253855383</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği Alanında Uluslararası Araştırmalar – I</t>
+          <t>Sosyal Medya ve Sanal Doyum</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253852450</t>
+          <t>9786253855178</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Management and Organization – II</t>
+          <t>Okul Öncesi Eğitimde Kuramdan Uygulamaya: Gelişim, Öğretim ve Kapsayıcı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>299</v>
+        <v>549</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253852467</t>
+          <t>9786253854690</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İktisat Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Cumhuriyet’in 100. Yılında Mimarlık Konuşmaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253852016</t>
+          <t>9786253854980</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Coğrafi İşaretli Yemekleri</t>
+          <t>Hisse Senedi Seçiminde Çok Kriterli Karar Verme Yöntemlerinin Kullanımı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253850173</t>
+          <t>9786253855024</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>TRT Repertuvarındaki Ağrı Türkülerinin Şekil ve Muhteva Açısından Değerlendirilmesi</t>
+          <t>Yönetim Bilişim Sistemlerinde Güncel Konular - 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>199</v>
+        <v>479</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253852528</t>
+          <t>9786253855130</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Görmenin Ötesinde İletişim</t>
+          <t>Dil, Kültür ve Aile: Yabancı Dil Ders Kitaplarında Ailenin Sunumu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253851873</t>
+          <t>9786253855307</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle, Bilgiyle Prof. Dr. Sevim Nilay Işıksalan’a Armağan Yazılar</t>
+          <t>Ata’ya Özlem Oratoryosu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>750</v>
+        <v>249</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253852009</t>
+          <t>9786253855314</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılıkta Yeni Açılımlar: Değişen Dinamikler, Stratejiler ve Yaklaşımlar</t>
+          <t>Turizm Tesislerinde Enerji Yönetimi Merkezi İklimlendirme Uygulamaları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>395</v>
+        <v>279</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253851729</t>
+          <t>9786253855321</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Diyalojik Halkla İlişkiler ve E-Yönetişim</t>
+          <t>Aile, Sürdürülebilirlik ve Girişimcilik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>620</v>
+        <v>349</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253851965</t>
+          <t>9786253855338</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi ve Rehabilitasyon: Bilimsel Araştırmalar Serisi - I</t>
+          <t>Aile, İş Yaşamı ve Yönetim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>390</v>
+        <v>329</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253851880</t>
+          <t>9786253855369</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yoksullaştıran Büyüme Olgusunun Ülke Gruplarına Göre Analizi</t>
+          <t>Turizmde Dijital Trendler ve Turist Deneyimi Araştırmaları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>259</v>
+        <v>429</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253851743</t>
+          <t>9786253855376</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortamlarda Kamusal Alan ve Benlik Sunumu</t>
+          <t>Taekwondo Sporcularının Duygusal Zeka ve Psikolojik Becerileri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>259</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253851767</t>
+          <t>9786253855406</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yeni Yönelimler: Kuramsal Çerçeve Ve Alan Uygulamaları</t>
+          <t>Viyolonsel ve Gitar için Türkü Düzenlemeleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>259</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253851866</t>
+          <t>9786253855468</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Divine Liturgy</t>
+          <t>Yönetimde Çağdaş Yaklaşımlar - 4</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>550</v>
+        <v>299</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253851897</t>
+          <t>9786253855451</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Anneler İçin El Kitabı</t>
+          <t>Sessiz Anlatılar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253851903</t>
+          <t>9786253855475</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Görülmeyen Çığlıklar</t>
+          <t>Toplumsal Değişim ve Sosyal Politika: Zorluklar, Tehditler ve Politikalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>320</v>
+        <v>329</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253851910</t>
+          <t>9786253855482</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Üniversitelerin Rolü</t>
+          <t>L. V. Beethoven Piyano Konçertosu Op. 37 No. 3 Kadansı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>119</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253851934</t>
+          <t>9786253855901</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Dehasının Sonat Formuna Yaklaşımı: R. Schumann’ın Op.11 No.1 Piyano Sonatına Derin Bir Bakış</t>
+          <t>Bir Kız Kulesi Masalı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253851972</t>
+          <t>9786253855925</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Kültür ve Yeni Toplumsal Hareketler</t>
+          <t>Spor Eğitiminde Teori ve Uygulamada Güncel Perspektifler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>395</v>
+        <v>199</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253851989</t>
+          <t>9786253855932</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen, Bir Yönetici</t>
+          <t>SSK’dan SGK’ya Gözlük Cam ve Çerçevelerin Finansmanı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>385</v>
+        <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253851736</t>
+          <t>9786253855949</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sözden Sükuta: Aczi’nin Şiir Risalesi Üzerine Bir Okuma (Tercüme Ve Tahkik)</t>
+          <t>Türk Televizyon Dizilerinde Ailenin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>379</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253851668</t>
+          <t>9786253855956</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenlerde Uyum Problemleri</t>
+          <t>Güncel İşletmecilik Araştırmaları - 6</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>349</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253851590</t>
+          <t>9786253855963</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dijital Halkla İlişkilerde Yapay Zekâ Destekli Sosyal Dinleme Katkılar ve Örnek Bir Vaka Analizi</t>
+          <t>Küresel Paradoks</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>485</v>
+        <v>429</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253850852</t>
+          <t>9786253856021</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Prososyal Davranış: Kavramsal Çözümleme ve İslami Perspektif</t>
+          <t>Eğitimde Demokratik Yurttaşlık, İnsan ve Çocuk Hakları: 1923’ten Günümüze Öğretim Programlarında Atatürk, Cumhuriyet, Demokrasi ve Haklar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253850746</t>
+          <t>9786253856038</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitiminde (Andragojide) Program Geliştirme ve Eğitmen Rolleri</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar - XI</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256489493</t>
+          <t>9786253856045</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Mi? Yöneticilik Mi? Kadim Tartışma - Sağlık Çalışanları Üzerinden Bir Değerlendirme</t>
+          <t>Güncel İşletmecilik Araştırmaları - 7</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>416</v>
+        <v>349</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256489677</t>
+          <t>9786253856564</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>International Research in Math Sciences IV</t>
+          <t>Yapay Zeka Destekli Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>287</v>
+        <v>320</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256408968</t>
+          <t>9786253856847</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır - Eşlikli Çocuk Şarkıları</t>
+          <t>Şevki Bey Hayatı ve Seçme Eserleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>431</v>
+        <v>349</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259910574</t>
+          <t>9786253856854</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Origami ve Kirigami ile Matematiksel Düşünmenin Gelişimi ve Desleklenmesi</t>
+          <t>İslami Muhasebe Standartlarının Tarihsel Gelişimi ve Tek Düzen Hesap Planına Uygun Muhasebe Kayıt Önerileri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>485</v>
+        <v>299</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256382381</t>
+          <t>9786253857394</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Yer Hizmetleri ve İnsan Kaynakları Uygulamaları</t>
+          <t>Teknolojik Yakalama ve İktisadi Büyüme: Teori, Yöntem ve Türkiye Ekonomisi Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>359</v>
+        <v>379</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256382367</t>
+          <t>9786253857400</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müzik Teorisi Çalışma Kitabı 1 Aralıklar</t>
+          <t>Türkiye’de Mali Sürdürülebilirlik: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>417</v>
+        <v>199</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257316163</t>
+          <t>9786253857486</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>18 Ay İtalyan İşgali Altında Antalya ve Havalisinden Notlar</t>
+          <t>Sustainable Plant Nutrition and Soil Quality Management</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257405027</t>
+          <t>9786253857523</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çoksesli Koro İçin Düzenlemeler</t>
+          <t>Yaylı ve Üflemeli Çalgılar İçin Halk Ezgileri İkili-Üçlü-Dörtlü Ezgi Demeti</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>186</v>
+        <v>299</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057786890</t>
+          <t>9786253857530</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tonal Deşifre 1</t>
+          <t>Türk Tiyatrosunda Vodvil: Sadık Şendil Örneği</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>316</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253851781</t>
+          <t>9786253857547</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Soyut Matematiğe Giriş</t>
+          <t>İhsan Hüzni’nin İntiha-yı Garam Tiyatro Oyunu İnceleme- Metin</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253851620</t>
+          <t>9786253857554</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yakın Çağ Tarihi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Said Suzan ve İhsan Hüzni’nin Aşk ve Namus Oyunu İnceleme-Metin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>399</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253850845</t>
+          <t>9786253857561</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Radionuclide Therapies and Management of Side Effects</t>
+          <t>Aristophanes’in Kuşlar Oyunundaki Gülme Ögelerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253851859</t>
+          <t>9786258223439</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>The Relationship Between the Perception of Overqualification and Deviant Workplace Behaviors Within the Framework of Talent Management</t>
+          <t>Pazarlama Dünyasında Kuramdan Pratiğe</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253851750</t>
+          <t>9786256658639</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çeviri &amp; Dil -Disiplinlerarası Yaklaşımlar</t>
+          <t>Gelenekten Geleceğe: Kurumsal Dönüşüm, Esneklik ve Liderlik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>365</v>
+        <v>362</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253851811</t>
+          <t>9786253855864</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hypertension A Multidisciplinary Perspective From Diagnosis To Management</t>
+          <t>Yapay Zeka Destekli Habercilikte Dezenformasyon ve Sahte Haber</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253850913</t>
+          <t>9786253855703</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Öncelikli İllerde Çalışan Sınıf Öğretmenlerinin İş Doyumları Üzerine Bir Araştırma</t>
+          <t>Türk Tarımında Üretici Davranışları ve İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253850951</t>
+          <t>9786253855499</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tokat Lezzetleri</t>
+          <t>Yükseköğretimde Verimlilik Arayışı: Türkiye Üniversitelerinin Etkinlik Analizi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>850</v>
+        <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253851569</t>
+          <t>9786253855444</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi Bağlamında Yetenek ve Motivasyon</t>
+          <t>Halkla İlişkilerde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>395</v>
+        <v>329</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253851576</t>
+          <t>9786253855420</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bir Kadın Hakları Hareketi Olarak Feminizm</t>
+          <t>Tekno-Politik Çağda Yeşil Kimlik: Ağ Toplumunda Ekolojik Mücadele</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>395</v>
+        <v>362</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253851583</t>
+          <t>9786253855352</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2024 Yerel Seçimlerinde Z Kuşağının Algıları: Psikofizyolojik Veri Hasadı Tekniği ile İçgörü Analizi</t>
+          <t>Sinema Çalışmaları Ekseninde İletişim Kültür ve Medya</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>460</v>
+        <v>329</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253851606</t>
+          <t>9786253855345</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Sinema: Olanaklar, Sınırlılıklar ve Uygulamalar</t>
+          <t>Eşlik Sanatı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>219</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253851712</t>
+          <t>9786253855291</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Vocabulary for Computer Engineering</t>
+          <t>21. Yüzyılda Türkçe Öğretimi: Kuramdan Uygulamaya Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>385</v>
+        <v>715</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253851705</t>
+          <t>9786253855260</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Bir Lider</t>
+          <t>Yapay Zekaya Giriş</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253851699</t>
+          <t>9786253855161</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Bir Kültür</t>
+          <t>Demokrat Parti Döneminde Kalkınma Söyleminin İnşası: Basın ve Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253851682</t>
+          <t>9786253855123</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Current Evaluations in the Field of Management And Organization</t>
+          <t>Xuanzang Biyografisi VIII Söz Varlığı İncelemesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253851675</t>
+          <t>9786253855857</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örgütsel Yapılar, Liderlik ve Kariyer Yolları</t>
+          <t>Gelincik Tarlası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253851637</t>
+          <t>9786253855840</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Bir Öğrenci</t>
+          <t>Kasımpatı Zamanı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253851460</t>
+          <t>9786253855390</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar – II</t>
+          <t>20. Yüzyıl Azerbaycan Müziği ve Kara Karayev Eserlerinde Doğu - Batı Etkileşimi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253851453</t>
+          <t>9786253855222</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Genel Türk Tarihi Alanında Uluslararası Araştırmalar - I</t>
+          <t>Papatya Bahçesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253851446</t>
+          <t>9786253855000</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Alanında Uluslararası Araştırmalar – II</t>
+          <t>Görsel Sanatlar Eğitiminde Bilimsel Yaklaşımlar ve Uygulamalar - 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>399</v>
+        <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253851545</t>
+          <t>9786253855239</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of English Language Teaching III</t>
+          <t>Cumhuriyetin İzinde Bir Ömür: Prof. Dr. Osman Akandere’ye Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>399</v>
+        <v>963</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253851538</t>
+          <t>9786253855017</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fiziki Antropoloji ve Paleoantropoloji Alanında Uluslararası Araştırmalar – I</t>
+          <t>Gazetecilik ve Yeni Medya Sözlüğü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253851521</t>
+          <t>9786253854997</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar – V</t>
+          <t>Gitar İçin İtalyan Lavta Müziği Repertuvarı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253851514</t>
+          <t>9786253854966</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar III</t>
+          <t>ABD’nin Ortadoğu Politikası &amp; İran Jeopolitiği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253851507</t>
+          <t>9786253854706</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji Alanında Uluslararası Araştırmalar – II</t>
+          <t>Doğu Anadolu’nun Siyasi Tarihi (Urartu’nun Yıkılışından Sasanilere Kadar)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253851491</t>
+          <t>9786253853662</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Üroloji Alanında Uluslararası Araştırmalar – I</t>
+          <t>Beden Algısı ve Egzersiz Bağımlılığı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786253851484</t>
+          <t>9786253854874</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Klinik Psikoloji Alanında Uluslararası Araştırmalar - I</t>
+          <t>Bestelerimle Nazariyat Buselik ve Tevabi Makamlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253851477</t>
+          <t>9786253855062</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar – III</t>
+          <t>Döngüsel Ekonomi ve Sürdürülebilir Büyüme Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>399</v>
+        <v>274</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253851330</t>
+          <t>9786253854973</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık Alanında Uluslararası Araştırmalar – I</t>
+          <t>Sesin İzinde 100 Dikte</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>399</v>
+        <v>659</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253851323</t>
+          <t>9786253854928</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Turizm Alanında Uluslararası Araştırmalar – III</t>
+          <t>Kariyer Başarısında İki Anahtar Holistik Liderlik ve Mesleki Canlılık</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253851316</t>
+          <t>9786253854904</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar – II</t>
+          <t>Intercultural Dialogues in Türkiye: Bridging Cultures Through Language, Education, And Art</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>399</v>
+        <v>285</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253851439</t>
+          <t>9786253854812</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve Cumhuriyet Tarihi Alanında Uluslararası Araştırmalar - II</t>
+          <t>Sepetimden Şarkı Seç</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253851422</t>
+          <t>9786253855284</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Eğitimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Problems Of Turks Living In Greece</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>399</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253851415</t>
+          <t>9786253855031</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Alanında Uluslararası Araştırmalar – III</t>
+          <t>Yunanistan’da Yaşamakta Olan Türklerin Sorunları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>399</v>
+        <v>935</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253851408</t>
+          <t>9786254431135</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yakın Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Erken Çocuklukta Öğrenmenin Renkleri: “Küçük Adımlar, Büyük Yolculuklar”</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253851392</t>
+          <t>9786253854935</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – III</t>
+          <t>Nihilizm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>399</v>
+        <v>285</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253851378</t>
+          <t>9786253854898</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Women Across the Ages: Society, Family and Health</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253851361</t>
+          <t>9786253854881</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme-Bilişsel-Biyo-Deneysel Psikoloji Alanında Uluslararası Araştırmalar – I</t>
+          <t>Metagrafik</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>299</v>
+        <v>274</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253851354</t>
+          <t>9786253854867</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat Alanında Uluslararası Araştırmalar – II</t>
+          <t>1 Vatan 3 Savaşçı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253851347</t>
+          <t>9786253854805</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Matematik Eğitimi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Anlatının Rotası: Sosyal Medyada Transmedya Hikayeciliği ve Seyahat Influencerları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253851217</t>
+          <t>9786253854775</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Maliye Alanında Uluslararası Araştırmalar – II</t>
+          <t>21. Yüzyıl Eğitiminde Öğretmenlik, Yönetim ve Okul Kültürü Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>299</v>
+        <v>307</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253851200</t>
+          <t>9786253854737</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar – III</t>
+          <t>Görsel Kodları Çözmek: İletişim İçin Analiz Rehberi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>399</v>
+        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253851309</t>
+          <t>9786253854720</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Defter Beyan Mı? e-Defter Mi? Meslek Mensupları Açısından Karşılaştırmali Bir Analiz</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253851293</t>
+          <t>9786253854713</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Finans Alanında Uluslararası Araştırmalar – III</t>
+          <t>Bilgi Teknolojileri Kurumsal Yönetişimi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>499</v>
+        <v>395</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253851286</t>
+          <t>9786253854249</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - IV</t>
+          <t>Halkla İlişkiler ve Kurumsal Sosyal Sorumluluk: Dijital Çağda Yeni Stratejiler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>399</v>
+        <v>362</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253851279</t>
+          <t>9786253853594</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Alanında Uluslararası Araştırmalar - III</t>
+          <t>Sustainability and Education: Toward A Sustainable Education Model</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253851262</t>
+          <t>9786253853587</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Educating in the Age of AI: Balancing Innovation, Ethics, and Human Values</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253851255</t>
+          <t>9786253854133</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Uluslararası Araştırmalar – V</t>
+          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>399</v>
+        <v>175</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253851248</t>
+          <t>9786253854140</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar - VII</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>499</v>
+        <v>582</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253851231</t>
+          <t>9786253854157</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri Alanında Uluslararası Araştırmalar – I</t>
+          <t>Biyoloji Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>299</v>
+        <v>186</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253851224</t>
+          <t>9786253854164</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar – III</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253851118</t>
+          <t>9786253854171</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>299</v>
+        <v>285</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253851101</t>
+          <t>9786253854188</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar - III</t>
+          <t>Eski Çağ Tarihi Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>399</v>
+        <v>274</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253851194</t>
+          <t>9786253854195</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Fransız Dili Eğitimi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Sosyoloji Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>399</v>
+        <v>362</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253851187</t>
+          <t>9786253854201</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Müzik Alanında Uluslararası Araştırmalar – III</t>
+          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>399</v>
+        <v>274</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253851170</t>
+          <t>9786253854218</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar – II</t>
+          <t>İnşaat Mühendisliği Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253851163</t>
+          <t>9786253854225</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar – II</t>
+          <t>Gıda Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253851156</t>
+          <t>9786253854232</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilişim Sistemleri Alanında Uluslararası Araştırmalar – I</t>
+          <t>Yönetim Bilişim Sistemleri Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253851149</t>
+          <t>9786253854256</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sinema Alanında Uluslararası Araştırmalar – II</t>
+          <t>Endüstriyel Tasarım Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>299</v>
+        <v>252</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253851132</t>
+          <t>9786253854263</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Tasarım Alanında Uluslararası Araştırmalar – I</t>
+          <t>Atatürk İlkeleri ve Cumhuriyet Tarihi Alanında Uluslararası Araştırmalar-III</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>299</v>
+        <v>252</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253851125</t>
+          <t>9786253854270</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmalar - III</t>
+          <t>Kimya Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>252</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253850999</t>
+          <t>9786253854287</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>299</v>
+        <v>252</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253850982</t>
+          <t>9786253854294</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253850975</t>
+          <t>9786253854300</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dilbilimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Biyoloji Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>399</v>
+        <v>362</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253851095</t>
+          <t>9786253854317</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Alanında Uluslararası Araştırmalar – III</t>
+          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253851088</t>
+          <t>9786253854324</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - III</t>
+          <t>Mikro İktisat Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253851071</t>
+          <t>9786253854331</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar – III</t>
+          <t>Muhasebe Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253851064</t>
+          <t>9786253854348</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kimya Alanında Uluslararası Araştırmalar- II</t>
+          <t>Resim Resim-İş Eğitimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253851057</t>
+          <t>9786253854355</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Alanında Uluslararası Araştırmalar – III</t>
+          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>499</v>
+        <v>219</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253851040</t>
+          <t>9786253854362</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar – III</t>
+          <t>Özel Yetenekliler Eğitimi Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253851033</t>
+          <t>9786253854379</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimi Alanında Uluslararası Araştırmalar- III</t>
+          <t>Klasik Türk Edebiyatı Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253851026</t>
+          <t>9786253854386</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar – IV</t>
+          <t>Maliye Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253851019</t>
+          <t>9786253854393</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar – II</t>
+          <t>İş ve Sosyal Güvenlik Hukuku Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253851002</t>
+          <t>9786253854409</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Alanında Uluslararası Araştırmalar – III</t>
+          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253850944</t>
+          <t>9786253854584</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Evreleri: Reaktif Sistemlerden Genel Zekâya</t>
+          <t>Enerji Sistemleri Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>420</v>
+        <v>219</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253850920</t>
+          <t>9786253854591</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Postkolonyal Afrika Edebiyatında Dişil Kimliğin Temsili: Fatou Dıome</t>
+          <t>İktisat Tarihi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>385</v>
+        <v>329</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253850876</t>
+          <t>9786253854492</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Emeklilikte Kariyer ve Aktif Yaşlanma ve Emeklilik Sonrası Yaşam için Öneriler</t>
+          <t>Toprak Bilimi ve Bitki Besleme Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>299</v>
+        <v>252</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253850869</t>
+          <t>9786253854416</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dijital Habitus</t>
+          <t>İslam Hukuku Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>450</v>
+        <v>219</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253850722</t>
+          <t>9786253854430</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türkçe A1 Düzeyi Öğrenicilerine Yönelik Yardımcı Okuma Metinleri</t>
+          <t>Hareket ve Antrenman Bilimleri Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>485</v>
+        <v>329</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253851651</t>
+          <t>9786253854447</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İletişim</t>
+          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>219</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786259743547</t>
+          <t>9786253854454</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Fonksiyonel Denetim</t>
+          <t>Dilbilimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>435</v>
+        <v>219</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786255971104</t>
+          <t>9786253854461</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Takiyuddîn Ömer Bin Muhammed Bin Ebû Bekir El-Fâriskûrî El-Mısrî (1018 H./1610 M.)</t>
+          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>219</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253851552</t>
+          <t>9786253854478</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuşak Bir Yol Projesi ve Ekonomik Küreselleşme: Uluslararası Ticaret, Altyapı ve Jeopolitiğin Dönüşümü</t>
+          <t>International Research in the Field of Computer Science and Engineering - I</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>285</v>
+        <v>219</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253851385</t>
+          <t>9786253854485</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Üretime Moda ve Tekstil Süreçleri</t>
+          <t>Ekonometri Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>455</v>
+        <v>252</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253850968</t>
+          <t>9786253854614</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sinema Çalışmaları: Teorik ve Eleştirel Perspektifler</t>
+          <t>Göz Hastalıkları Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253850890</t>
+          <t>9786253854607</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Advancements in Decision-Making and Data Analytics: Case Applications</t>
+          <t>Rehberlik ve Psikolojik Danışmanlık Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>385</v>
+        <v>164</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253850883</t>
+          <t>9786253854508</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Current Quantitative Decision Making Methods: Data-Driven Theory, Modeling, and Real World Applications</t>
+          <t>Sosyal Bilgiler Eğitimi Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>385</v>
+        <v>274</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253850838</t>
+          <t>9786253854515</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İran Çağdaş Çocuk Sineması ve Alfa Kuşağı</t>
+          <t>Ticaret Hukuku Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>355</v>
+        <v>219</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253850821</t>
+          <t>9786253854522</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Entegre Raporlama Uygulamalarının Aile İşletmelerinin Kurumsal Sürdürülebilirliğine Etkisi</t>
+          <t>Ceza ve Ceza Muhakemesi Hukuku Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>325</v>
+        <v>219</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253850814</t>
+          <t>9786253854539</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Endokrin Cerrahisinde Güncel Yaklaşımlar</t>
+          <t>Müzik Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>255</v>
+        <v>219</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253850784</t>
+          <t>9786253854546</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kültüründen Dijital Dünyaya: Temel Kavramlar ve Dönüşüm</t>
+          <t>Biyomedikal Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>295</v>
+        <v>164</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253850739</t>
+          <t>9786253854553</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Slovenya Devleti’nin Kuruluşu ve Türkiye İle İlişkileri</t>
+          <t>Geleneksel Türk Sanatları Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253850715</t>
+          <t>9786253854119</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Malatya İli Söz Varlığı</t>
+          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>875</v>
+        <v>274</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253850678</t>
+          <t>9786253854560</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Engellilik ve Sosyal Dışlanma: Kurumsal, Ekonomik ve Psiko-Sosyal Perspektifler</t>
+          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar - VI</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>320</v>
+        <v>252</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253850432</t>
+          <t>9786253854577</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Örgütleri Anlamak: Düşünce, Kuram, Bağlam Çerçevesi</t>
+          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>495</v>
+        <v>219</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253850166</t>
+          <t>9786253854621</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VIII</t>
+          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>485</v>
+        <v>505</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786255971951</t>
+          <t>9786253854638</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bizans Ayasofya ve Hipodrom Üzerinden Bir İktidar Gücü</t>
+          <t>Adli Sosyal Bilimler Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>395</v>
+        <v>219</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253850685</t>
+          <t>9786253854645</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Sermaye Yaklaşımları</t>
+          <t>International Research in the Field of English Language Teaching - IV</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253850654</t>
+          <t>9786253854669</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sanal Semtler: Kültür ve Kimliğin Dijital Dönüşümü</t>
+          <t>Milletlerarası Kamu Hukuku Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>520</v>
+        <v>219</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253850524</t>
+          <t>9786253854676</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Denizcilik İşletmelerinde Karar Verme ve Liderlik</t>
+          <t>Doğum ve Kadın Hastalıkları Hemşireliği Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>475</v>
+        <v>219</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786255971654</t>
+          <t>9786253852405</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemleri Alanında Güncel Akademik Çalışmalar ve Araştırmalar</t>
+          <t>İktisadi Düşünce Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>359</v>
+        <v>219</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253850135</t>
+          <t>9786253854102</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yalın Uygulamalar Açısından Pazarlama</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>485</v>
+        <v>429</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253850142</t>
+          <t>9786253854096</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Toplam Kalite Yönetimi</t>
+          <t>Üretim Yönetimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255971906</t>
+          <t>9786253854089</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - II</t>
+          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255971890</t>
+          <t>9786253854072</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Peyzaj Mimarlığı Alanında Uluslararası Araştırmalar – I</t>
+          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>229</v>
+        <v>439</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786255971883</t>
+          <t>9786253854065</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hareket ve Antrenman Bilimleri Alanında Uluslararası Araştırmalar - I</t>
+          <t>Geleneksel Türk Sanatları Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786255971876</t>
+          <t>9786253854058</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Müzik Eğitimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>259</v>
+        <v>329</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255971869</t>
+          <t>9786253854041</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Maliye Alanında Uluslararası Araştırmalar - I</t>
+          <t>Finans Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255971852</t>
+          <t>9786253854034</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışmanlık Alanında Uluslararası Araştırmalar - II</t>
+          <t>İstatistik Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>229</v>
+        <v>164</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255971845</t>
+          <t>9786253854027</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Alanında Uluslararası Araştırmalar – III</t>
+          <t>Pazarlama Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>399</v>
+        <v>384</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255971838</t>
+          <t>9786253854010</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gıda Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
+          <t>Sinema Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>229</v>
+        <v>252</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255971821</t>
+          <t>9786253852412</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
+          <t>Ebelik Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>429</v>
+        <v>219</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786255971739</t>
+          <t>9786253853761</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar – IV</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>429</v>
+        <v>329</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786255971722</t>
+          <t>9786253853839</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Matematik Eğitimi Alanında Uluslararası Arastırmalar - I</t>
+          <t>Medeni Hukuk Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>429</v>
+        <v>252</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786255971715</t>
+          <t>9786253854126</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Müzik Alanında Uluslararası Araştırmalar – II</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255971678</t>
+          <t>9786253853846</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Alanında Uluslararası Araştırmalar - II</t>
+          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>429</v>
+        <v>252</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255971661</t>
+          <t>9786253853853</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Turizm Alanında Uluslararası Araştırmalar – II</t>
+          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>459</v>
+        <v>439</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255971647</t>
+          <t>9786253853860</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - III</t>
+          <t>Grafik Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255971630</t>
+          <t>9786253853877</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Alanında Uluslararası Araştırmalar - II</t>
+          <t>International Research in the Field of Geomatic Engineering - I</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>299</v>
+        <v>274</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255971623</t>
+          <t>9786253853884</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Matematik Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>259</v>
+        <v>175</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255971586</t>
+          <t>9786253853891</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar - II</t>
+          <t>Tekstil ve Moda Tasarımı Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>459</v>
+        <v>362</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255971616</t>
+          <t>9786253853907</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar – I</t>
+          <t>Çevre Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255971609</t>
+          <t>9786253853914</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar – II</t>
+          <t>Çeviribilim Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>229</v>
+        <v>439</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255971593</t>
+          <t>9786253853921</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of English Language Teaching - II</t>
+          <t>Kelam Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>329</v>
+        <v>164</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255971579</t>
+          <t>9786253853938</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>International Research in The Field Of Finance - I</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>459</v>
+        <v>252</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255971562</t>
+          <t>9786253853945</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Finans Alanında Uluslararası Araştırmalar – II</t>
+          <t>Sahne Sanatları Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>429</v>
+        <v>252</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255971555</t>
+          <t>9786253853952</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Alanında Uluslararası Araştırmalar - I</t>
+          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar-IV</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>429</v>
+        <v>219</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255971548</t>
+          <t>9786253853969</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Alanında Uluslararası Araştırmalar – II</t>
+          <t>Fransız Dili Eğitimi Alanında Uluslararası Araştırmalar-III</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>299</v>
+        <v>219</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786255971531</t>
+          <t>9786253853976</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Alanında Uluslararası Araştırmalar – I</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar-IV</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>259</v>
+        <v>472</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255971524</t>
+          <t>9786253853983</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar – III</t>
+          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar-IV</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255971517</t>
+          <t>9786253852306</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Alanında Uluslararası Araştırmalar – II</t>
+          <t>Gelişim Psikolojisi Alanında Uluslararası Araştırmalar–I</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>459</v>
+        <v>219</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255971500</t>
+          <t>9786253854003</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar – III</t>
+          <t>Reklamcılık Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>759</v>
+        <v>252</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255971159</t>
+          <t>9786253853990</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Tıp Bilimlerinde Güncel Yaklaşımlar</t>
+          <t>Makro İktisat Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>399</v>
+        <v>285</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255971142</t>
+          <t>9786253853044</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dahili Tıp Bilimlerinde Güncel Yaklaşımlar</t>
+          <t>Dynamics Of Efl Teachers’ Agency For Social Justice</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>429</v>
+        <v>329</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255971081</t>
+          <t>9786253854683</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Öğretmenlerinde Mesleki Tutum, Bağlılık ve Öğrenme</t>
+          <t>Sağlık Psikolojisinde Vaka Analizleri ve Müdahale Yaklaşımları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>399</v>
+        <v>825</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253850708</t>
+          <t>9786253853723</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sınıf İçi Disiplini Bozan Davranışlara Yönelik Öğretmen Görüşleri</t>
+          <t>Farklı Bakış Açılarıyla Eğitimde Yapay Zeka - 2</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>385</v>
+        <v>505</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253850692</t>
+          <t>9786256552777</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetiminde Yeni Nesil Yaklaşımlar</t>
+          <t>İdarenin Kanuniliği ve Bütünlüğü Bağlamında Büyükşehir Belediyelerinde Norm Kadro Uygulamaları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>450</v>
+        <v>362</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253850623</t>
+          <t>9786256552609</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Flüt Topluluğu İçin Düzenlemeler</t>
+          <t>Aşık Paşa’nın Garib-Name Mesnevisinde Söz Varlığı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>450</v>
+        <v>769</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253850463</t>
+          <t>9786256251816</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme Alanında Uluslararası Araştırmalar - II</t>
+          <t>Etik Değerler ve Stratejik Eğilimler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253850401</t>
+          <t>9786256251809</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları Alanında Uluslararası Araştırmalar – I</t>
+          <t>Türkçe (Cümle) Anlam Bilimi - II</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253850357</t>
+          <t>9786253854423</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar – II</t>
+          <t>Sığırlarda Görülen Tırnak Deformasyonları ve Ayak Hastalıkları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>499</v>
+        <v>285</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253850333</t>
+          <t>9786253853785</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar – I</t>
+          <t>Sosyal Psikolojide Toplumsal Dinamikler: Ahlak, Kimlik ve Kolektif</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253850326</t>
+          <t>9786253853754</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Alanında Uluslararası Araştırmalar – II</t>
+          <t>Tüketici Davranışları - VIII</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>499</v>
+        <v>545</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253850319</t>
+          <t>9786253853747</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Gemi Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
+          <t>Toplumun İzinde: Sosyolojik Kuramdan Güncel Tartışmalara</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>399</v>
+        <v>417</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253850296</t>
+          <t>9786253853730</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar - XIV</t>
+          <t>Güç, Kimlik ve İktidar: Siyaset Sosyolojisinin Temel Dinamikleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>399</v>
+        <v>362</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253850289</t>
+          <t>9786253853686</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Açık ve Uzaktan Eğitim Alanında Uluslararası Araştırmalar – I</t>
+          <t>Afgan Göçü ve Medya</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253850272</t>
+          <t>9786253853655</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar - XIII</t>
+          <t>From Theory To Practice in the World of Marketing</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253850265</t>
+          <t>9786253853648</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar - XII</t>
+          <t>Tüketici Davranışları - VII</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>399</v>
+        <v>545</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253850258</t>
+          <t>9786253853617</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Alanında Uluslararası Araştırmalar – I</t>
+          <t>Kamu-Özel Ortaklıkları ve Kamu Finansmanında Yeni Paradigmalar: Teori, Uygulama ve Gelecek Perspektifleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>399</v>
+        <v>472</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253850241</t>
+          <t>9786253853464</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar – XXII</t>
+          <t>Müzikal Formasyon İlk 50 Egzersiz Piyano Eşlikli Solfej Parçaları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>499</v>
+        <v>362</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253850234</t>
+          <t>9786253853303</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Su Ürünleri Alanında Uluslararası Araştırmalar - I</t>
+          <t>Kişisel Gelişim Demişken Farklı Açılardan Kişisel Gelişim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253850227</t>
+          <t>9786253853778</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Sanatları Alanında Uluslararası Araştırmalar - I</t>
+          <t>21. Yüzyılın Medya Mimarisi: Etik, Pratik ve Kuramsal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>399</v>
+        <v>440</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253850210</t>
+          <t>9786253853716</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
+          <t>Aileye Yönelik Tehditler ve Tedbirler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>499</v>
+        <v>743</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253850203</t>
+          <t>9786253853709</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar - II</t>
+          <t>Mali Sosyoloji</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>499</v>
+        <v>605</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253850197</t>
+          <t>9786253853693</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimi Alanında Uluslararası Araştırmalar -II</t>
+          <t>Bütüncül Yaklaşımla Uluslararası Pazarlama</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>399</v>
+        <v>935</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253850180</t>
+          <t>9786253853372</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXII</t>
+          <t>Kuramdan Pratiğe Finans Alanında Özgün Yaklaşımlar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>599</v>
+        <v>550</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253850074</t>
+          <t>4444444444329</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sağlığı ve Hastalıkları Hemşireliği Alanında Uluslararası Araştırmalar – I</t>
+          <t>Birincikeman Keman Yazıları ve Kültür Dergisi Sayı: 4 - 2025</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>299</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253850067</t>
+          <t>9786253853396</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar - XI</t>
+          <t>Disiplinlerarası Yaklaşımlarla Aile</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>229</v>
+        <v>439</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253850050</t>
+          <t>9786253853402</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Alanında Uluslararası Araştırmalar – I</t>
+          <t>Dosdoğru Yol Üzerinde Girişimcilik</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>229</v>
+        <v>385</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253850043</t>
+          <t>9786253853389</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitimi Alanında Uluslararası Araştırmalar - II</t>
+          <t>Silverline; Gelecek için İyiye Varım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>399</v>
+        <v>358</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253850036</t>
+          <t>9786253853365</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
+          <t>Spor Yönetiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253850029</t>
+          <t>9786253853563</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar-II</t>
+          <t>Characteristics of Islamic Educational Leadership</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>259</v>
+        <v>248</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253850012</t>
+          <t>9786253853525</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar -I</t>
+          <t>Uluslararası Ticaret Teorileri ve Politikaları Bağlamında Türkiye’nin Dış Ticaretinin Tarihi Serüveni</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>429</v>
+        <v>285</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253850005</t>
+          <t>9786253853426</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar-II</t>
+          <t>Değerler Eğitimi ve Çocuk Kitaplarıyla Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>299</v>
+        <v>248</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786259743592</t>
+          <t>9786253853358</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Endüstri Mühendisliği Alanında Uluslararası Araştırmalar-I</t>
+          <t>Evlilikte Eş Seçimi ve Eş Adayını Tanımanın Yolları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>249</v>
+        <v>413</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786259743585</t>
+          <t>9786253853471</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Alanında Uluslararası Araştırmalar–III</t>
+          <t>Uzun Sap Bozuk Düzeni</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>299</v>
+        <v>385</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786259743578</t>
+          <t>9786253853419</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Uluslararası Araştırmalar–IV</t>
+          <t>Futbol 5.0: Dijitalleşen Futbol Endüstrisi ve Yeni Medya</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>399</v>
+        <v>545</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786259743561</t>
+          <t>9786253853600</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi Alanında Uluslararası Araştırmalar –I</t>
+          <t>Sigorta Sözleşmeleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>259</v>
+        <v>655</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786259743554</t>
+          <t>9786253853570</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar–I</t>
+          <t>Örgütsel Davranışta Kişilik, Grup Kültürü ve Performans İlişkileri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>399</v>
+        <v>358</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786259743516</t>
+          <t>9786253853501</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Bilimi Alanında Uluslararası Araştırmalar-I</t>
+          <t>Estetik Eğitim</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>259</v>
+        <v>362</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256251861</t>
+          <t>9786253853495</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sinema Alanında Uluslararası Araştırmalar–I</t>
+          <t>Grafik Tasarım Alanı Olarak Afişler 2</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>429</v>
+        <v>495</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256251434</t>
+          <t>9786253853488</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar –I</t>
+          <t>Grafik Tasarım Alanı Olarak Afişler 1</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>259</v>
+        <v>495</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786255997975</t>
+          <t>9786253853457</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar – III</t>
+          <t>Paradigmadan Pratiğe: Muhasebede Eleştirel Yaklaşımlar ve Yenilikler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>429</v>
+        <v>545</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786255997784</t>
+          <t>9786253853440</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Influencer Etkisi: Parasosyal Etkileşimden Satın Alma Kararına</t>
+          <t>Dijitalleşme Kültür, Pratik ve Olanaklar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786255997487</t>
+          <t>9786253853433</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar -XX</t>
+          <t>Bilişim Sistemlerinden Yapay Zekaya: Dijital Dünyanın Temelleri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>399</v>
+        <v>655</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786255997142</t>
+          <t>9786253853334</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve Cumhuriyet Tarihi Alanında Uluslararası Araştırmalar-I</t>
+          <t>Kadın Aile ve Kalkınma</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>459</v>
+        <v>329</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786255971913</t>
+          <t>9786253853235</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmalar- II</t>
+          <t>Yeni Büyük Oyun</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>259</v>
+        <v>274</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786255971432</t>
+          <t>9786253853228</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Havacılıkta Örgüt Kuramları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>425</v>
+        <v>655</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253850609</t>
+          <t>9786253853280</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bir Kent Hayalim Var Belediye Başkanına Tavsiyeler</t>
+          <t>Küresel Dönüşümde Refah Devleti ve Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>765</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786255971944</t>
+          <t>9786253853310</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İş Eş Aşk Anne Spikerlerin Görünmeyen Mücadelesi</t>
+          <t>Yeni Medyada Güncel Tartışmalar-II</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>289</v>
+        <v>315</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786255997555</t>
+          <t>9786253853327</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VII</t>
+          <t>Azerbaycan Halk Mahnıları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786255971982</t>
+          <t>9786253853273</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Denetim Standartları Faizsiz Finans Denetim Standartları</t>
+          <t>Organizasyon Yönetiminde Terfi Sistemi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>475</v>
+        <v>523</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786255971975</t>
+          <t>9786253853266</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Katılım Finans Muhasebe Standartları</t>
+          <t>İnsan Kaynakları Yönetiminde Terfi ve Performans Değerleme</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>675</v>
+        <v>523</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786255971968</t>
+          <t>9786253853211</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Standartları</t>
+          <t>Yapay Zeka Çağında Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>785</v>
+        <v>715</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253850548</t>
+          <t>9786253853204</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>“Ney”De Tavırlı İcra: Çarpma, Vibrato, Glissando Ve Portamento</t>
+          <t>Farklı Disiplinler Işığında Kadın Çalışmaları Güncel Konular ve Değerlendirmeler-3</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>285</v>
+        <v>523</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253850364</t>
+          <t>9786253853198</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Çağdaş Yaklaşımlar - III</t>
+          <t>Farklı Disiplinler Işığında Kadın Çalışmaları Güncel Konular ve Değerlendirmeler-2</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>420</v>
+        <v>633</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259743530</t>
+          <t>9786253853297</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yüzyılı Maarif Modeli Öğretim Programları Üzerine</t>
+          <t>Zihnin Ev Hali</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>375</v>
+        <v>329</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256552708</t>
+          <t>9786253853181</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşçının Gizli Defteri (Ciltli)</t>
+          <t>Yabancı Dil Öğretiminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>2250</v>
+        <v>362</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786255971418</t>
+          <t>9786253853174</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Reading Media With AI</t>
+          <t>Grafik Tasarım ve Sanatsal Yaklaşımla Haber Fotoğrafı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>375</v>
+        <v>362</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786255971357</t>
+          <t>9786253853150</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler (Cilt II)</t>
+          <t>Afetlerde Gündem Belirleme</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>525</v>
+        <v>384</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786255971340</t>
+          <t>9786253853143</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Partiler (Cilt I)</t>
+          <t>Mehmet Akif Ersoy’un İzinde Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>485</v>
+        <v>274</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786255971210</t>
+          <t>9786253853136</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kadın Girişimcilik</t>
+          <t>Zaman Herkes için 24 Saat “Zaman Yönetimi”</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>385</v>
+        <v>274</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786255971227</t>
+          <t>9786253853051</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kadın Girişimcilik Pratikleri</t>
+          <t>Sosyal Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786255971203</t>
+          <t>9786253852979</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>6 Ocak Ayaklanmasına Giden Yol: ABD’de Hakikatin Çöküşü Ve Sosyal Ağ Kitlelerinin Gücü</t>
+          <t>Türkçe Eğitiminin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>420</v>
+        <v>769</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786255971197</t>
+          <t>9786253852924</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Akademik Çalışmalar</t>
+          <t>Viyola ve Piyano için Türk Ezgileri -1</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>358</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786255971098</t>
+          <t>9786253853099</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Motifs On Historical Objects and Buildings in Hakkari</t>
+          <t>Engelsiz Bir Gelecek</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>535</v>
+        <v>274</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786255971067</t>
+          <t>9786253853013</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kurumlar Ve Uluslararası İlişkiler</t>
+          <t>Her Öğretmen Bir Gelişim</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>329</v>
+        <v>424</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786255971050</t>
+          <t>9786253853006</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinemada Kadın Perspektifi</t>
+          <t>Her Öğretmen Bir Analiz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>475</v>
+        <v>424</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253850579</t>
+          <t>9786253852993</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Müzik Eğitimine Global Bakış</t>
+          <t>Sessizce Sosyalleşmek</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253850562</t>
+          <t>9786253852986</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Teknikten Yoruma: İleri Keman Etütleri</t>
+          <t>19. Yüzyıl Osmanlısında Seyyar Satıcı Olmak</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253850555</t>
+          <t>9786253852955</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Keman Repertuvarında Yeni Teknikler Kaija Saariaho’nun Eserleri Üzerine Bir İnceleme</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar - 9</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253850531</t>
+          <t>9786253852931</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Metamodern Sinema</t>
+          <t>Evde Hasta Bakımı: Temel Uygulamalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>420</v>
+        <v>605</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253850494</t>
+          <t>9786253852894</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Spor Ve Boş Zaman</t>
+          <t>Arap Edebiyatında Metafor</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253850159</t>
+          <t>9786253852788</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler-XV</t>
+          <t>Kuzey ve Güney Amerika’dan Viyola Kuartet için Düzenlemeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>520</v>
+        <v>385</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256658721</t>
+          <t>9786253852627</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrenciler İçin Akademik Türkçe (Okurken Yazma Modeline Göre)</t>
+          <t>Yeni Nesil Teknolojiler ve Yeni İş Hayatı - II</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786255971791</t>
+          <t>9786057557919</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Ve Risk Altında Tedarik Zinciri Yönetimi: İşletme Performansı Üzerine Bir İnceleme</t>
+          <t>Müzisyenlerin Enstrüman Öğrenimlerindeki Psikolojik Faktörler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786255971784</t>
+          <t>9786256552715</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomi ve Türkiye’de Gelir Eşitsizlikler</t>
+          <t>Bir Pastacının Gizli Defteri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>385</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786255971760</t>
+          <t>9786253853167</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar ve Hazırlık Dönemi Öğrencileri İçin 4 Telli Klasik Kemençe Alıştırmaları</t>
+          <t>Hastane Hizmet Kalitesinin Ölçülmesinde Kalite Fonksiyon Göçerimi Yaklaşımı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>385</v>
+        <v>362</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786255971425</t>
+          <t>9786253853112</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerinde Güncel Akademik Çalışmalar: Araştırma Ve Teori</t>
+          <t>Sağlık Yönetiminde Teknolojik Yaklaşımlar-2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>359</v>
+        <v>439</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253850371</t>
+          <t>9786253853082</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Arya’nın Renkleri Piyano İçin Parçalar</t>
+          <t>Kültürün Gölgesinde Bir Yuva Türkiye’de Koruyucu Aile Gerçeği</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>329</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786255971173</t>
+          <t>9786253853075</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta Güncel Kavramlar</t>
+          <t>Kırık Camlar Teorisinin Sağlık Kurumlarında Uygulanabilirliği: Bir Karma Yöntem Araştırması</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>785</v>
+        <v>362</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786255971135</t>
+          <t>9786253853068</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Konya’daki Kobi’lerde Dijital Reklamcılığın Kurumsal Kimlik, Markalaşma ve Pazarlama Süreçlerindeki Rolü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>274</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786255997579</t>
+          <t>9786253853037</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bestelerimle Nazariyat Uşşâk Ve Tevâbî Makamlar</t>
+          <t>İlkokullar İçin İngilizce Öğretiminde Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>599</v>
+        <v>439</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786255971456</t>
+          <t>9786253852498</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Örgütsel Davranış</t>
+          <t>Yeni Tarımcılık ve Wendell Berry</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>650</v>
+        <v>274</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786255971234</t>
+          <t>9786253852214</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yüksek Öğretim Kurumlarının Eğitim-Öğretim Performansları</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar – VI</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>375</v>
+        <v>329</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786255971180</t>
+          <t>9786256251298</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Masumlar Apartmanı Dizisindeki Arketipsel Dönüşümler: Karakterlerin Psikolojik Yolculukları</t>
+          <t>Yönetim Bilişim Sistemlerinde Güncel Konular I</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>385</v>
+        <v>435</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786255997821</t>
+          <t>9786256251038</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminin Esasları</t>
+          <t>Görsel İletişim Tasarımı Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>184</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786255997814</t>
+          <t>9786255997340</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Denkleminde “Sorgulananlar” (Medya, İletişim ve Eğitim Çalışmaları)</t>
+          <t>Çağdaş Tiyatroda Dijital Gösterim: Intermediality</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>385</v>
+        <v>263</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786255997760</t>
+          <t>9786255997180</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kapitalosen Çağ’da Küresel İklim Değişikliği, Toplumsal Hareketler ve Radikal Medya</t>
+          <t>Yeni Medyada Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>385</v>
+        <v>237</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256251663</t>
+          <t>9786256658844</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılında Türk Devletleri Teşkilatı</t>
+          <t>Sporda Psikososyal Alanlar Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>650</v>
+        <v>263</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786255997661</t>
+          <t>9786256251427</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları ve Kamu Politikası</t>
+          <t>Moda Sektöründe Marka Aktivizmi ve Sürdürülebilirlik Deneyimleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786255997777</t>
+          <t>9786256251281</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi ve Kamu Yönetimi Alanında Güncel Tartışmalar</t>
+          <t>Kurumsal İletişim Perspektifinde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786255971043</t>
+          <t>9786256251236</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Emile, ya da Eğitim Üzerine: Doğal Gelişimi Desteklemek ve Toplumsal Kuralları Tartışmak</t>
+          <t>Engelleri Aşmak Engelli Bakım ve Rehabilitasyonda Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>385</v>
+        <v>462</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786255997609</t>
+          <t>9786057557865</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinin Kanuni Bestekârları</t>
+          <t>Dikey Sıçrama Antremanları ve Propriosepsiyon</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786255997593</t>
+          <t>9786258108064</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Dönüşümler ve Değişim</t>
+          <t>Medya ve Öteki</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786255997586</t>
+          <t>9786258108293</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Toplumcu Gerçekçilik -Roman-</t>
+          <t>Sosyal Kimlik ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786255997548</t>
+          <t>9786257316286</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyübi Işıksal’ın Hayatı, Eserleri Ve Türk Mûsikîsi Çalışmaları</t>
+          <t>Türkiye’deki Sigorta Sektör Risklerinin Solvency Kriterleri İle Eiopa Risk Göstergesi Işığında İncelenmesi: Garch Modelleri Eşliğinde Bir Panel Veri Analizi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>550</v>
+        <v>316</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786255997531</t>
+          <t>9786256658806</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla Eğitimde Yapay Zekâ</t>
+          <t>Kosova Yazılı Basını Tan (1969-1999) ve Yeni Dönem Gazetesi'nde (1999-2008) Kosova Türkleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>399</v>
+        <v>475</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786255997524</t>
+          <t>9786256658301</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Aralıklar, Akorlar, Sekvensler Uygulamalı Çalışmalar</t>
+          <t>A New Solfege Teaching Model for Beginning Level Solfege</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786255997517</t>
+          <t>9786258341829</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Mekânın Yeniden İnşası</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>450</v>
+        <v>389</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786255997500</t>
+          <t>9786258341775</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aruz Vezni ve Öğretimi</t>
+          <t>Girişimcilikte Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>325</v>
+        <v>508</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786255997494</t>
+          <t>9786256613676</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yûsuf Es-Sibâ‘î’nin Romanlarında Aile, Din Ve Toplum</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XVII</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>320</v>
+        <v>538</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786255971036</t>
+          <t>9786256613911</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Görme Engelli Mûsikîşinaslar</t>
+          <t>International Research in Communication Sciences IV</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>375</v>
+        <v>316</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256489837</t>
+          <t>9786256613898</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bağımsal Dil Bilgisi Yaklaşımına Göre Eski Türkçe Edatlarda İstem</t>
+          <t>International Research in Math Sciences V</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>550</v>
+        <v>316</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786255997678</t>
+          <t>9786256613720</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Güncel Yönelimler</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786255997739</t>
+          <t>9786256613362</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Depremler Üzerine: Psiko-Sosyal Açıdan Adıyaman Depremi ve Etkileri</t>
+          <t>Türk Müziği Solfej Alıştırmaları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786255997746</t>
+          <t>9786258341041</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm: Geleceği Şekillendiren Güç</t>
+          <t>Hukuk Alanında Uluslararası Araştırmalar I - International Research in Law Sciences</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786255997753</t>
+          <t>9786256408548</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilik Perspektifinden Endüstri 4.0’a Bütünsel Bakış</t>
+          <t>Dijital Dünyada Reklamcılık ve Sinema</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>685</v>
+        <v>395</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786255997791</t>
+          <t>9789752475649</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Teachıng Unveiled: The Power of Identity in English Language Education</t>
+          <t>Nöropazarlama: Davranışsal Deneylerle Reklamın Tüketici Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>450</v>
+        <v>459</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786255997807</t>
+          <t>9786057557902</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yüzyılı Maarif Modeli Öğretim Programlarına Genel Bakış</t>
+          <t>Career Management in the Age of Industry 4.0</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786255997937</t>
+          <t>9786057786166</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sap (Bozuk Düzeni) Bağlama Repertuvarı 1</t>
+          <t>Hizmet Kalitesi ve Vatandaş Memnuniyeti</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>443</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256251014</t>
+          <t>9789752475687</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programları ve Öğretim Alanında Araştırmalar I</t>
+          <t>Küreselleşen Dünyada İşletmelere Etki Eden Temel Faktörler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>399</v>
+        <v>412</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256251021</t>
+          <t>9786057557773</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Alanında Uluslararası Araştırmalar 1</t>
+          <t>Yeşil Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>155</v>
+        <v>380</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256251083</t>
+          <t>9786057786142</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Alanında Uluslararası Araştırmalar I</t>
+          <t>Örgütsel Destek Üzerinden Psikolojik Sözleşmeyi Güçlendirmek</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256251045</t>
+          <t>9786057786111</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar I</t>
+          <t>Cam Tavanın Gölgesinden Işığa Doğru Kendi Kendine Liderlikle Yolculuk</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256251168</t>
+          <t>9786057786326</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>Gardner’ın Çoklu Zeka Kuramı Bağlamında Vladimir Tumanov’un Çocuk Kitaplarının (Haritada Kaybolmak, Kraliçeyi Kurtarmak ve Böcek Çocuk) İncelenmesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>399</v>
+        <v>301</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256251304</t>
+          <t>9786057786401</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyetetik Alanında Araştırmalar III</t>
+          <t>İlköğretim Okullarında Örgütsel İletişim Düzeyi İle Öğretmenlerin Karara Katılma Davranışı Arasındaki İlişkinin Farklı Değişkenler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>399</v>
+        <v>301</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256251502</t>
+          <t>9786256552814</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışlarında Kullanılan Teoriler</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XVI</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>685</v>
+        <v>538</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256251878</t>
+          <t>9786256552401</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar II</t>
+          <t>Caz Müziği Teorisi ve Tarihsel Arka Plan</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>399</v>
+        <v>348</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256251885</t>
+          <t>9786256489875</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Yönetim Bilişim Sistemleri, Bilgi Paylaşım Davranışı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256613584</t>
+          <t>9786256489370</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisinde Çeşniler</t>
+          <t>Global Concepts in Gastronomy</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256251458</t>
+          <t>9786256408982</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Saplantılı Tutum ve Davranışlar</t>
+          <t>İşletmelerde Dijital Dönüşüm ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>311</v>
+        <v>554</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256658851</t>
+          <t>9786256408357</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Denetimde Güncel Konular</t>
+          <t>International Research in Communication Sciences III</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256658622</t>
+          <t>9786256408920</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın Keşfi Papbil Bireyi Tanıma Tekniklerinde Yapay Zeka Destekli İnovatif Çözümler</t>
+          <t>Gençlerde İnternet Bağımlılığı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256251250</t>
+          <t>9786258341812</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Amasya Yöresi Müzikoloji Çalışmaları</t>
+          <t>Sosyal, Beşeri Ve İdari Bilimler Temel Alanında Akademik Çalışmalar - XVI</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>348</v>
+        <v>475</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256658325</t>
+          <t>9786256408401</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Yazılım Projelerinin Yönetimi</t>
+          <t>Aile İşletmelerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>281</v>
+        <v>459</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258108279</t>
+          <t>9786258223828</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar IX</t>
+          <t>Tonal Bağlamda Form Bilgisi Cilt 1</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>359</v>
+        <v>459</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057786296</t>
+          <t>9786256382749</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İçerik Pazarlaması</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XIX</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>359</v>
+        <v>554</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256613058</t>
+          <t>9786256382817</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sakaların ve Sarmatların Kökeni</t>
+          <t>International Research in Social, Human and Administrative Sciences X</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>420</v>
+        <v>316</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256552661</t>
+          <t>9786258223972</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Medya Araştırmalarında Güncel Tartışmalar</t>
+          <t>Mobbingin Bireysel-Örgütsel-Toplumsal Öncülleri Ve Ardılları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>431</v>
+        <v>475</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256552364</t>
+          <t>9786258223613</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Zaharya ve Dede Efendi Eserlerinin Yapay Zeka Algoritmaları ile Karşılaştırılması</t>
+          <t>Savunma Harcamalarının Dış Borçlanma İle İlişkisi: Türkiye Analizi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>287</v>
+        <v>554</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256552098</t>
+          <t>9786256382404</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Odaklı İş Modelleri: İşletmeler İçin Çevresel ve Ekonomik Stratejiler</t>
+          <t>Post Gazetecilik</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>417</v>
+        <v>459</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256408746</t>
+          <t>9786258223934</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XII</t>
+          <t>Digitalization And Smart Technologies In Gastronomy</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>431</v>
+        <v>475</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256408609</t>
+          <t>9786258223774</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Eğitim Sistemleri ve Erken Çocukluk Eğitimi Uygulamaları</t>
+          <t>Kamu Diplomasisi ve Yumuşak Güç Oluşturmada Türk Dizileri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>273</v>
+        <v>475</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256408593</t>
+          <t>9786258223545</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Reklam Çalışmalarında Güncel Yaklaşımlar</t>
+          <t>Marka Yönetimine Giriş: Kavramlar ve Örnekler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256408388</t>
+          <t>9786258223477</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kültür Kimlik İdeoloji - Kültürlerarası İletışım Açısından Iğdır</t>
+          <t>Bir Yaşam Deneyimi Olarak Dijital Medya</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>395</v>
+        <v>431</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256382886</t>
+          <t>9786258223354</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Türkiye-Batı İlişkileri</t>
+          <t>Sağlık Kurumları Penceresinden Pozitif Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>950</v>
+        <v>554</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256382008</t>
+          <t>9786258223163</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İnternet Haber Habercilik</t>
+          <t>International Research in Health Sciences IV</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>359</v>
+        <v>316</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258223873</t>
+          <t>9786258341904</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çiftçilerin Sosyal Güvenliği</t>
+          <t>Özel Kuruluşlarda Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>470</v>
+        <v>316</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258223002</t>
+          <t>9786258223859</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Teacher Development for Learner Autonomy</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - X</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258341553</t>
+          <t>9786258468595</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences III</t>
+          <t>Teknoparklar ve Teknoloji</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>287</v>
+        <v>475</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258341393</t>
+          <t>9786258341560</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences II</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XIII</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>287</v>
+        <v>395</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258341645</t>
+          <t>9786258341539</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Köylerin Stratejik Önemi</t>
+          <t>İç Denetim Persfektifinde Mesleki Şüphecilik</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>359</v>
+        <v>412</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258341294</t>
+          <t>9786258341492</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Boyutlarıyla Hizmet İşletmeleri</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258341348</t>
+          <t>9786258341478</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar V</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XV</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>287</v>
+        <v>554</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258341362</t>
+          <t>9786258341317</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ve Medya Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Sosyal Beşeri Ve İdari Bilimler Alanında Uluslararası Araştırmalar XIV</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>362</v>
+        <v>554</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258341379</t>
+          <t>9786258341355</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İnternatıonal Research İn Socıal, Human And Admınıstratıve Scıences V</t>
+          <t>Matematik Ve Fen Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>287</v>
+        <v>316</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258341065</t>
+          <t>9786258341409</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar VII</t>
+          <t>İnternational Research in Communication Sciences II</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>361</v>
+        <v>316</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258108804</t>
+          <t>9786258341416</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar IV</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>287</v>
+        <v>316</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258108835</t>
+          <t>9786258341454</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research İn Communication Sciences</t>
+          <t>Tasarrufların Belirleyicileri: Uygulamalı Bir Analiz</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>287</v>
+        <v>380</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258108781</t>
+          <t>9786258341089</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar IV</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>287</v>
+        <v>316</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258108729</t>
+          <t>9786258341010</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XI</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XIII</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>359</v>
+        <v>554</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752475175</t>
+          <t>9786258341072</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Anlatım ve Kompozisyon Bilgileri El Kitabı</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>316</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258468069</t>
+          <t>9786258341058</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Aile</t>
+          <t>International Research in Social, Human and Administrative Sciences IV</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>324</v>
+        <v>316</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059831208</t>
+          <t>9786258341027</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sadü'd - Din Fergani'ye Göre Varlık Mertebeleri ve Vahdet-i Vücud</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258468946</t>
+          <t>9786258108989</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Film Türleri Anlatı Yapısı ve Uylaşımlar</t>
+          <t>Bölgesel Turizm Gelişiminde Eko-Kalkınma Modeli: Silifke Örneği</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>359</v>
+        <v>554</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258108125</t>
+          <t>9786258341263</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Deneyimi Olarak Tüketicilik</t>
+          <t>Avrupa Film Fonlarından Destek Alan Türk Filmlerinin Oryantalizm Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>431</v>
+        <v>475</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258108477</t>
+          <t>9786258341218</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar V</t>
+          <t>Liminoid Davranış: Yenilik Arayışı ve Turist Tatmini İlişkisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>359</v>
+        <v>412</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258108132</t>
+          <t>9786258108903</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Sosyal Sorunlar 1</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257405416</t>
+          <t>9786258108897</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Stresle Başa Çıkma Yolları</t>
+          <t>İnternational Research İn Philological Sciences I</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057557438</t>
+          <t>9786258108873</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İletişime Diyalektik Bakış</t>
+          <t>İnternational Research İn Engineering Sciences I</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>417</v>
+        <v>316</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057557872</t>
+          <t>9786258108842</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sağlık Kuruluşlarında, Sosyal Sermaye ve Pozitif Psikolojik Sermaye Etkileşiminde Kültürel Zeka</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>411</v>
+        <v>316</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789758890385</t>
+          <t>9786258108828</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve Çocuk</t>
+          <t>İnternational Research İn Health Sciences II</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>258</v>
+        <v>316</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054392100</t>
+          <t>9786258108811</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim ve Aday İmajı</t>
+          <t>İnternational Research İn Social, Human And Administrative Sciences III</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>431</v>
+        <v>316</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789758890293</t>
+          <t>9786258108798</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yönetim ve Sisteme İlişkin Çeşitlemeler</t>
+          <t>Matematik Ve Fen Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055176334</t>
+          <t>9786258108767</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Eşitsizlik Ve Eğitim</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>500</v>
+        <v>395</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054392872</t>
+          <t>9786258108743</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Çocuk</t>
+          <t>Ziraat, Orman Ve Su Ürünleri Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>431</v>
+        <v>316</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789759316679</t>
+          <t>9786258108057</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Eşliğinde Bağlamada Caz Faslı</t>
+          <t>Bestelerimle Nazariyat Rast ve Tevabi Makamlar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>287</v>
+        <v>545</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057557315</t>
+          <t>9786258468892</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Çocuk ve Hakları</t>
+          <t>Kilis Yöresi Söz Varlığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057557001</t>
+          <t>9786258108644</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bir Meslek Hastalığı: Akademi ve Mobbing</t>
+          <t>Hedonik Tüketim Davranışı ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>345</v>
+        <v>459</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059831437</t>
+          <t>9786057786579</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Marka Şehir Olarak Malatya</t>
+          <t>Geleceğin Akademisyenleri Medyaya Bakıyor</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>287</v>
+        <v>44</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789752475199</t>
+          <t>9786257405997</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerini Okuyabilmek</t>
+          <t>Marka Farkındalığı Perspektifinden Sosyal Sorumluluk Kampanyaları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752475151</t>
+          <t>9786258468878</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Örgüt ve Liderlik</t>
+          <t>Futbol Kulüplerinin Güncel Sorunları: Türkiye Süper Ligi ve Avrupa’nın Beş Büyük Ligi’nin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752475120</t>
+          <t>9786258108514</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Girişimciliğin Perde Arkasındaki Güçler</t>
+          <t>Endüstri 4.0 - Tüketici Davranışlarının Dönüşümü</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>310</v>
+        <v>316</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054392698</t>
+          <t>9786258108491</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>George Orwell and His Message</t>
+          <t>International Research in Education Sciences</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>550</v>
+        <v>316</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786054392704</t>
+          <t>9786258108460</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>George Orwell and His Non-Fictions</t>
+          <t>International Research in Social, Human and Administrative Sciences II</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055176013</t>
+          <t>9786258108453</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Stratejilerinden Bellek Destekleyiciler</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>374</v>
+        <v>316</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257316378</t>
+          <t>9786258108422</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>359</v>
+        <v>554</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257915137</t>
+          <t>9786258108392</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Armonik Analiz</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>345</v>
+        <v>316</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257915663</t>
+          <t>9786258108385</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık ve İş Tatmini Sağlamada İnsan Kaynakları Yönetimi Uygulamaları</t>
+          <t>Viyolonsel Eğitiminde Başparmak Tekniği İle Anadolu Ezgileri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>499</v>
+        <v>395</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057786906</t>
+          <t>9786258108262</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Müşteri İlişkileri Yönetimi Perspektifinden Modern Tüketici</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>431</v>
+        <v>316</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057005656</t>
+          <t>9786258108231</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Pazarlamada Yalın Dönüşüm</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>281</v>
+        <v>316</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257316712</t>
+          <t>9786258108552</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar III</t>
+          <t>Televizyon Haberlerinde Çocuk</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>359</v>
+        <v>554</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257405058</t>
+          <t>9786258108408</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Solfej 1</t>
+          <t>Tüketici Şüpheciliğinin Yeşil Reklam Tutumu Ve Yeşil Satın Alma Davranışı Üzerindeki Dolaylı Etkisi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>186</v>
+        <v>395</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057005687</t>
+          <t>9786258468519</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Bakış Açısıyla Sürdürülebilirlik ve Raporlama Üzerine Seçme Yazılar</t>
+          <t>Sağlık Bilimleri Alanında Araştırmalar II</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>503</v>
+        <v>475</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057005649</t>
+          <t>9786258468144</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Finansı</t>
+          <t>Kuram ve Uygulamalarla İkna</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>450</v>
+        <v>412</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257915571</t>
+          <t>9786257316521</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinin Çokseslendirilmesinde Tonal Armoni</t>
+          <t>Muhasebe Meslek Mensuplarının TTK Düzenlemeleri ile Değişen Rolü</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057487773</t>
+          <t>9786057557728</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Bağlantıları</t>
+          <t>Marka Şehir Olma Sürecinde Yalova: Türkiye’de Yalova Algısı ve İmajı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>425</v>
+        <v>395</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257316576</t>
+          <t>9789752475861</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünmek: Metafor ve Oksimoron</t>
+          <t>Ben ve Senin Ötesinde İletişim Ötesi İletişim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>420</v>
+        <v>348</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257915007</t>
+          <t>9786057786487</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sisteminin En Önemli Ortaklarından Biri Olan Veliyi Anlamak</t>
+          <t>Muhasebe Manipülasyonu ve Tahmin Modelleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057786777</t>
+          <t>9786057557810</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Enerji Yönetimi ve Muhasebesi</t>
+          <t>Turizmin Karanlık Yüzü: Seks Turizmi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>503</v>
+        <v>380</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057786876</t>
+          <t>9786057557735</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada İletişimin Dijital Yüzleri</t>
+          <t>Örgütsel Vatandaşlık, Örgütsel Sinizm ve Tükenmişliğe Pozitif Psikolojik Sermaye Etkisi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>359</v>
+        <v>458</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257915304</t>
+          <t>9789758890620</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Keman Eğitimi İçin Özgün Melodiler</t>
+          <t>Profesyonel Yöneticilerde Güç Yönetimi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>287</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257915199</t>
+          <t>9789758890651</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Holistik Pazarlama</t>
+          <t>Müziğin Temel Kuramları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>431</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257915212</t>
+          <t>9789758890095</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir Türküleri</t>
+          <t>Medyada Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>359</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057786319</t>
+          <t>9789758890552</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gitar İçin Şan Eşlikli Türkü Düzenlemeleri</t>
+          <t>Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>345</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255997449</t>
+          <t>9789758890538</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Korkusunun Mesleki Kaygı Üzerindeki Etkisinde Örgütsel Maneviyatın Aracı Rolü: Sağlık Sektöründe Bir Araştırma</t>
+          <t>Medya ve Çocuk Rehberi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>375</v>
+        <v>40</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255997272</t>
+          <t>9789758890484</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk Tıp Tarihine Genel Bir Bakış</t>
+          <t>Keman Çalmanın Biomekanik Analizi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>395</v>
+        <v>341</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255997234</t>
+          <t>9786055176556</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınının Tarihsel Gelişimi</t>
+          <t>Genel Kimya</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>295</v>
+        <v>655</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786255997456</t>
+          <t>9786055176914</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Tematik Çocuk Dergileri</t>
+          <t>Nasıl Marka Şehir Olunur?</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255997432</t>
+          <t>9786257405249</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Turizm Akademilerinin İş Birlikleri</t>
+          <t>İktisadi Ve İdari Bilimler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786255997425</t>
+          <t>9786257405393</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Havva Karakaş ve Balkan Türküleri</t>
+          <t>Kıbrıs Türk Basını: Tarihsel, Siyasal, Kurumsal ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>311</v>
+        <v>475</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255997418</t>
+          <t>9786057786340</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Ezgileriyle Solfej Eğitimi-II</t>
+          <t>Planlama ve Üretim Yönetiminin Geliştirilmiş Yöntemleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>525</v>
+        <v>359</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255997401</t>
+          <t>9786257915458</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Ezgileriyle Solfej Eğitimi-I</t>
+          <t>Stratejik Yönetim Sürecinde Örgütsel Atalet ve Örgütsel Değişim İlişkisi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>359</v>
+        <v>395</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255997371</t>
+          <t>9786057786517</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>25. Dönem Genel Seçimi Üzerine Bir İnceleme</t>
+          <t>Son Dönem Türk Sinemasına Bakış</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>265</v>
+        <v>459</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786259910529</t>
+          <t>9786257316507</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Management and Organization I</t>
+          <t>İktisadi ve İdari Bilimler - Alanında Uluslararası Araştırmalar 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786259910505</t>
+          <t>9786257316491</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dilleri ve Edebiyatları Alanında Araştırmalar I</t>
+          <t>Müzik ve Görsel Sanatlar - Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258223231</t>
+          <t>9786057786463</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar I</t>
+          <t>Helal Turizm (Muhafazakar Dostu)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>179</v>
+        <v>316</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257405928</t>
+          <t>9786057557179</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi ve Rehabilitasyon Alanında Araştırmalar I</t>
+          <t>İlişkiler Akademisi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256658967</t>
+          <t>9786257915298</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Alanında Uluslararası Araştırmalar I</t>
+          <t>Kurumsal İletişimin El Kitabı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>399</v>
+        <v>475</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256658950</t>
+          <t>9786257915236</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Psikolojik Danışmanlık Alanında Araştırmalar I</t>
+          <t>Temel Müzik Kuramında Aralık-Aralık Çevrimleri Akor-Akor Çevrimleri Kadans</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>399</v>
+        <v>380</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256658783</t>
+          <t>9786057786593</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları VI</t>
+          <t>Sosyal Medyada Kriz Yönetimi: Kurumsal Markalara İlişkin Değerlendirme</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256658738</t>
+          <t>9786253856014</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 19</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>299</v>
+        <v>695</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256251991</t>
+          <t>9786253856007</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Alanında Uluslararası Araştırmalar II</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 18</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>399</v>
+        <v>695</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256251984</t>
+          <t>9786253855918</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Alanında Uluslararası Araştırmalar I</t>
+          <t>Osmanlıdan Cumhuriyet’e Bartın Ekonomisi (1844-2024)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256251977</t>
+          <t>9786253855680</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ölçme ve Değerlendirme Alanında Araştırmalar I</t>
+          <t>İlk Türk Hindolog</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>143</v>
+        <v>459</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786256251960</t>
+          <t>9786253852511</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Öğretim Teknolojileri Alanında Araştırmalar I</t>
+          <t>E-Stem'le Genç Mühendis Beyinler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256251953</t>
+          <t>9786257405164</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Fransız Dili Eğitimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Kuşaklar Bağlamında Sosyal Medya Ve Mahremiyet</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>239</v>
+        <v>495</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256251946</t>
+          <t>9786257316064</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Planlama ve Üretim Yönetiminin Geliştirilmiş Yöntemleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256251939</t>
+          <t>9786258341386</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik ve Medya Çalışmaları Alanında Araştırmalar II</t>
+          <t>İnternational Research in Engineering Sciences II</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256251922</t>
+          <t>9789758890842</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar I</t>
+          <t>İletişim Stratejilerinin Öğretime Uygulanması</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256251915</t>
+          <t>9786255971074</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>International Research of Educational Administration I</t>
+          <t>The Right Approach To Refugee Students</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256251908</t>
+          <t>9786059831741</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Alanında Araştırmalar II</t>
+          <t>Yaz Kur’an Kursu Öğreticileri Hizmet İçi Eğitim Programı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256251892</t>
+          <t>9786057786555</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatı Alanında Uluslararası Araştırmalar I</t>
+          <t>İslam Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>399</v>
+        <v>429</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256251854</t>
+          <t>9786057786203</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar II</t>
+          <t>Eskiçağ Tarihinde Kolkhis Bölgesi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>399</v>
+        <v>769</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256251847</t>
+          <t>9786057557681</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tekstil ve Moda Tasarımı Alanında Araştırmalar I</t>
+          <t>The Evaluation Managers’ and Staff’s Perceptions on Providing Accessibility Towards Determination and Satisfying Hadicapped Tourists’ Needs</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>399</v>
+        <v>659</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786256251830</t>
+          <t>9786253852764</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Resim Sanatında Yenilikçi Çalışmalar</t>
+          <t>Kadın ve Felsefe</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>275</v>
+        <v>329</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786256251687</t>
+          <t>9786253852900</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı ve İktisadi Büyüme Arasındaki İlişki</t>
+          <t>Susmayı Tercih Ediyorum - Çünkü Anlamak Konuşmaktan Daha Zor</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>285</v>
+        <v>274</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256251670</t>
+          <t>9786253852863</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Küreselleşme, İstihbarat ve Terörizm</t>
+          <t>Post Dijital Çağ: Medya, İletişim, Kültür</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256251588</t>
+          <t>9786253852795</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıklar Risk Faktörleri Tanı Süreçleri ve Sonuçları</t>
+          <t>Medya ve Kariyer</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>450</v>
+        <v>351</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786256251519</t>
+          <t>9786253852771</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tüketici Davranışları</t>
+          <t>İletişim Psikolojisi: İnsan Zihni ve Söylem Arasındaki Köprü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>475</v>
+        <v>241</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786256251496</t>
+          <t>9786253852757</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışlarında Kullanılan Modeller</t>
+          <t>Eğitim Örgütlerinde Schadenfreude: Başkalarının Talihlizliğinden Niçin Keyif Alınır?</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>475</v>
+        <v>241</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256251472</t>
+          <t>9786253852719</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of English Teaching I</t>
+          <t>Dil ve Düşüncede Matematiksel Kelimeler ile Kavramların İlişkisine Dair Kökenbilim, Biçimbilim ve Sözlük Anlamı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>350</v>
+        <v>241</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256251366</t>
+          <t>9786253852689</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Mathematics I</t>
+          <t>Netflix Dizilerinde Kimliğin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256251359</t>
+          <t>9786253852665</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat Alanında Uluslararası Araştırmalar I</t>
+          <t>Çince Tümce Kalıpları</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>399</v>
+        <v>351</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786256251243</t>
+          <t>9786253852535</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Alanında Uluslararası Araştırmalar I</t>
+          <t>Grafik Tasarım ve Basım Teknolojileri Alanında Araştırmalar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>399</v>
+        <v>241</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786256251212</t>
+          <t>9786253852504</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Elit Sporcularda Rekreasyon Yönetimi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>241</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786256251199</t>
+          <t>9786258341430</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar I</t>
+          <t>Akademik Personelin Psikolojik Sözleşme ve Kamu Hizmeti Motivasyonu Algıları Arasındaki İlişkinin İncelenmesi: Burdur Mehmet Akif Ersoy Üniversitesi Ve Başkent Üniversitesi Örnekleri</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>399</v>
+        <v>459</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256251182</t>
+          <t>4440000004166</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Müzik Alanında Uluslararası Araştırmalar I</t>
+          <t>Birincikeman Keman Yazıları ve Kültür Dergisi Sayı: 2 - 2023</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>399</v>
+        <v>59</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786256251175</t>
+          <t>9786256489479</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Finans Alanında Uluslararası Araştırmalar I</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>399</v>
+        <v>287</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786256251793</t>
+          <t>9786256552135</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Haber Üretimi ve Tüketiminde Dijitalleşme</t>
+          <t>Gündelik Hayatta Dijital Çağın Yansımaları</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786256251717</t>
+          <t>9786256489813</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Grubu Türk Lehçelerinde Pekiştirme</t>
+          <t>International Research in Social, Human and Administrative Sciences XVII</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>350</v>
+        <v>431</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786255997395</t>
+          <t>9786256489646</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Risk Yönetişimi</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>320</v>
+        <v>287</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786255997333</t>
+          <t>9786256552111</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimde Güncel Çalışmalar</t>
+          <t>The Importance Of Productıvıty In Production: A Research On Livestock Indicators</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>319</v>
+        <v>289</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786255997166</t>
+          <t>9786258468007</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti ve İzmir Basını Propaganda, Mitingler ve Siyasal Yükseliş</t>
+          <t>Yunan Algısında Türk İmgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>239</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786256613195</t>
+          <t>9786258341232</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Solfej Etütleri</t>
+          <t>Sağlık Çalışanlarının ve Hastaların Görüşleriyle Hastane Bina Yönetiminin Değerlendirilmesi ve Bir Ölçek Geliştirme Çalışması</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>650</v>
+        <v>605</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786256251137</t>
+          <t>9786256251274</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>Cumhuriyetin 100. Yılında Kayseri’de Eğitim</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>399</v>
+        <v>715</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786256251113</t>
+          <t>9786256251397</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Turizm Alanında Uluslararası Araştırmalar I</t>
+          <t>Afetle Mücadelede Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>399</v>
+        <v>413</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256251052</t>
+          <t>9786256251311</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Resim Resim-İş Eğitimi Alanında Araştırmalar I</t>
+          <t>Öğretmenlik Motivasyonu İş Doyumu ve Akademik Okuryazarlık</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256251007</t>
+          <t>9786256658691</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Beşeri ve İktisadi Coğrafya Alanında Araştırmalar I</t>
+          <t>Dijital Çağda Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>399</v>
+        <v>578</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786255997364</t>
+          <t>9786256489707</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Safra Kesesinde Temel Bilgiler ve Yenilikçi Yaklaşımlar</t>
+          <t>Kafkasya’daki Türkler ve Türkiye’nin Kafkasya Türkleri Politikası</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>255</v>
+        <v>424</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786255997326</t>
+          <t>9786256658226</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Liderlik, Akademik Liderlik, Kalite ve Kurumsal Hafıza</t>
+          <t>Türkiyede Çocuk ve Eğitimi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>299</v>
+        <v>605</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786255997296</t>
+          <t>9786256658042</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Şair Kalıkul Bay Uulu ve Şiirlerinde Muhteva</t>
+          <t>Türkiye’de İllerin Turizm Arz Kaynakları (Gezilecek Turistik Yerler)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>285</v>
+        <v>495</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786255997289</t>
+          <t>9786256613775</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mikail Müşfik’in Ve Sabahattin Ali’nin Şiirlerinin Muhteva Açısından Karşılaştırılması</t>
+          <t>Dünden Bugüne Türkiyenin Sivil Toplum Kültürü</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>350</v>
+        <v>754</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786255997227</t>
+          <t>9786057557117</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar ve Öğretim Teknolojileri Eğitimi Alanında Uluslararası Araştırmalar I</t>
+          <t>The Forgotten Turkish Identity of the Aegean Islands: Turkish Identity in Rhodes and Kos</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>462</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786255997159</t>
+          <t>9786258468014</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Uluslararası Araştırmalar III</t>
+          <t>Turkish Image in the Greek Perception (Origins and Cultural Outlet for Friendship)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>399</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786255997135</t>
+          <t>9786256552081</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Grafik Alanında Uluslararası Araştırmalar I</t>
+          <t>Deprem ve Dezavantajlı Gruplar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>399</v>
+        <v>424</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786255997128</t>
+          <t>9786256489387</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Gastronomi ve Mutfak Sanatları Temel Kavramlar ve Güncel Konular</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786255997104</t>
+          <t>9786256408463</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Economics I</t>
+          <t>Tasarımcılar İçin Akademik Yazım Teknikleri</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>119</v>
+        <v>413</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786255997098</t>
+          <t>9786256408531</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar I</t>
+          <t>Üniversitede Kariyer Planlama ve Üniversite Sonrası İş Yaşamına Hazırlanma El Kitapçığı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>399</v>
+        <v>193</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786255997081</t>
+          <t>9786256382633</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar I</t>
+          <t>Gazetecilikte Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>399</v>
+        <v>444</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786255997074</t>
+          <t>9786256382459</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Macroeconomics I</t>
+          <t>Geleneksel Pazarlamadan Dijital Pazarlamaya Geçiş Dijital Pazarlamanın Evrimi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>399</v>
+        <v>412</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786255997067</t>
+          <t>9786258223903</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Civil Engineering I</t>
+          <t>Osman Bektaş El- Mevṣıli ve Şiiri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>399</v>
+        <v>534</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786255997050</t>
+          <t>9786258223606</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmaları I</t>
+          <t>Türkiye’de Sosyal Devletin Dönüşümü</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>534</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786255997043</t>
+          <t>9786258223347</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Göçmen Refahı Disiplinlerarası Bakış</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>350</v>
+        <v>534</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786255997036</t>
+          <t>9786258223392</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar I</t>
+          <t>Kişilik Bozukluklarının Sinemada Temsili</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>399</v>
+        <v>523</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786255997029</t>
+          <t>9786258341522</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar II</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786255997012</t>
+          <t>9786258341119</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Histoloji ve Embriyoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>İlköğretim 8. Sınıf Öğrencilerinin Çevre Duyarlılıkları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>399</v>
+        <v>424</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786255997005</t>
+          <t>9786258341201</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>Expression of Epistemic Modality in Argumentative Writing: A Study Based on Learner Corpora</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>143</v>
+        <v>539</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256251571</t>
+          <t>9786258108637</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamlarında Kadın Temalı Reklamlar-Femvertising</t>
+          <t>Lotman Kültür Göstergebilimi Bakış Açısından Nasreddin Hoca Fıkraları ve İngilizce Çevirileri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786255997111</t>
+          <t>9786258108736</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddet</t>
+          <t>İletişim Ve Medya Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>450</v>
+        <v>396</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256658608</t>
+          <t>9789752475564</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İstatistik ve Biyoistatistik Teorik Temellerden Uygulamalara</t>
+          <t>Ağrı Halk Evleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>395</v>
+        <v>424</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256408623</t>
+          <t>9786258108675</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvan Sahipliğinden Tüketim Olgusuna, Genişletişmiş Benlik Teorisi</t>
+          <t>Liselerde Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>450</v>
+        <v>303</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256251786</t>
+          <t>9786258108620</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Kasaba (1860-1960)</t>
+          <t>Amartya Sen'de Özgürlük Eşitlik ve Adalet</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>720</v>
+        <v>523</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256251762</t>
+          <t>9786057557841</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Eğitim ve Toplumsal Kazanımları</t>
+          <t>Sürdürülebilirlik Ekonomik Büyümede Enerjinin Rolü - Kırgızistan Örneği</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256251755</t>
+          <t>9786258468151</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Fitopatolojik Sorunlar Ve Çözüm Yolları</t>
+          <t>Kelam Alan Bilgisi ve Problemleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>395</v>
+        <v>385</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256251748</t>
+          <t>9786258468854</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Müzik Teorisi ve Temel Armoni</t>
+          <t>İşletmelerde Yenilik Stratejilerinin Pazarlama Politikalarının Oluşumuna Etkilerinin Belirlenmesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>239</v>
+        <v>715</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256251731</t>
+          <t>9786258108163</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Issues in Finance</t>
+          <t>Uygulama Örnekleri İle Etkili Üniversite Eğitimi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256251700</t>
+          <t>9786258108040</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Makam Uygulamaları</t>
+          <t>İş Ahlakı - Örnek Olaylar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>450</v>
+        <v>435</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256251625</t>
+          <t>9786054392803</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Çağdaş Yönetim Teknikleri</t>
+          <t>Milli Mücadele’de Mustafa Kemal Paşa’nın Yabancılarla Temas ve Görüşmeleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>595</v>
+        <v>545</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786054392964</t>
+          <t>9789755692050</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Vahdeti’l Vucüd</t>
+          <t>Duyguların Yönetimi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>485</v>
+        <v>325</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786057557254</t>
+          <t>9786057487797</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim</t>
+          <t>Pozitif Örgütsel Davranışta Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755692043</t>
+          <t>9786257405072</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diyet Zamanı</t>
+          <t>Dikte 1</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>295</v>
+        <v>222</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257316460</t>
+          <t>9786257915144</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında - Uluslararası Araştırmalar 2</t>
+          <t>Yükseköğretimde Kurumsal Kalite Geliştirme Süreçlerine Sistem Odaklı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>359</v>
+        <v>523</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256251564</t>
+          <t>9786254431197</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Tüketici, Reklam Ve İnternet Reklamcılığı</t>
+          <t>Finansal Etkinlik Analizi Küresel Lojistik Firmaları Üzerine Uygulama</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>420</v>
+        <v>605</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258108996</t>
+          <t>9786057494269</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Halk Dansları Müziği - 2 (Piyano İçin Düzenlemeler)</t>
+          <t>İşletme Perspektifinden Girişimcilik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>425</v>
+        <v>605</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789759265670</t>
+          <t>9786059831819</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yöneticisinin Yeterlikleri: Endüstri Meslek Lisesi Müdürlerinin Yeterliklerine İlişkin Bir Araştırma</t>
+          <t>Yeni Nesil Okul</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>350</v>
+        <v>605</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256489394</t>
+          <t>9786253851996</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>February 6 2023 Kahramanmaraş Earthquakes Hatay</t>
+          <t>Ses Dizgesi Sorunu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>500</v>
+        <v>418</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256382190</t>
+          <t>9786253852566</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Algı Yönetimi</t>
+          <t>Her Öğretmen, Bir Teori</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>355</v>
+        <v>424</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258223552</t>
+          <t>9786253852559</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Teknikleriyle Hisse Senedi Fiyat Tahmini</t>
+          <t>Her Öğretmen, Bir Davranış</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>550</v>
+        <v>424</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258341225</t>
+          <t>9786057557285</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>“Ney”deki Perde Baskı Karakterlerinin Tespiti Ve Yorumlanması -Meşk Silsilesi Özelinde -</t>
+          <t>Geleceğin Akademisyenleri Medyaya Bakıyor</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258108866</t>
+          <t>9786257316477</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Mekanları Olarak İlkokul Bahçeleri</t>
+          <t>Matematik ve Fen Alanında - Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>485</v>
+        <v>316</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258108354</t>
+          <t>9786253852207</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Yazıları</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258108002</t>
+          <t>9786253852153</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Özerk Kamusal Alanlar ve Din</t>
+          <t>Halk Sağlığı Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>350</v>
+        <v>274</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258468830</t>
+          <t>9786253852146</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Dijital Hemşehrilik</t>
+          <t>Yeni Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>500</v>
+        <v>219</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258468915</t>
+          <t>9786253852139</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Sivas’ta Klâsik Türk Mûsikîsi</t>
+          <t>Matematik Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>450</v>
+        <v>219</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256251540</t>
+          <t>9786253852122</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Farklı Disiplinler Işığında Kadın Çalışmaları</t>
+          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>575</v>
+        <v>329</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256251618</t>
+          <t>9786253852115</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Evde Hasta Bakımı</t>
+          <t>Güzel Sanatlar - Görsel İletişim Tasarımı Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>650</v>
+        <v>219</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258223699</t>
+          <t>9786253852108</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Halkla İlişkiler ve Uygulamaları</t>
+          <t>Elektrik - Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>450</v>
+        <v>219</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256658943</t>
+          <t>9786253852092</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar-I</t>
+          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>399</v>
+        <v>274</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256658684</t>
+          <t>9786253852078</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi: Sosyal ve Etik Boyutlar ile Özel Pazarlama Alanları</t>
+          <t>Grafik Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>475</v>
+        <v>274</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256658677</t>
+          <t>9786253852061</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi: Teknolojik Gelişmeler ve Dijital Dönüşüm</t>
+          <t>Doğum ve Kadın Hastalıkları Hemşireliği Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>475</v>
+        <v>274</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256658660</t>
+          <t>9786253852054</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi: Temel Kavramlar ve Geleneksel Yaklaşımlar</t>
+          <t>Hemşirelik Esasları Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>475</v>
+        <v>274</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256658509</t>
+          <t>9786253852047</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar-I</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256251526</t>
+          <t>9786253852030</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Öğrenmelerini İyileştirmek İçin Veri Kullanımı</t>
+          <t>Spor Yönetimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>285</v>
+        <v>439</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256251465</t>
+          <t>9786253852023</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Disiplinlerarası Çalışmalar</t>
+          <t>Toprak Bilimi ve Bitki Besleme Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>285</v>
+        <v>384</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256251342</t>
+          <t>9786253851804</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>International Research in the Field of Architecture-I</t>
+          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>499</v>
+        <v>384</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256251335</t>
+          <t>9786253850586</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Uluslararası Araştırmalar-II</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXIII</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256251328</t>
+          <t>9786253852160</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Alanında Uluslararası Araştırmalar-II</t>
+          <t>Türk Halk Bilimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>499</v>
+        <v>219</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256251120</t>
+          <t>9786253852177</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar-I</t>
+          <t>Eğitim Öğretim Teknolojileri Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256251106</t>
+          <t>9786253852184</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar-I</t>
+          <t>Din Felsefesi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256251090</t>
+          <t>9786253852191</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Alanında Uluslararası Araştırmalar-I</t>
+          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256251076</t>
+          <t>9786253852221</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Uluslararası Araştırmalar-I</t>
+          <t>İslam Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>399</v>
+        <v>164</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256251069</t>
+          <t>9786253852238</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Alanında Uluslararası Araştırmalar-I</t>
+          <t>Yerel Yönetimler, Kent ve Çevre Politikaları Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>399</v>
+        <v>219</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256251380</t>
+          <t>9786253852245</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Teknolojik Yaklaşımlar - I</t>
+          <t>International Research in the Field of Chemistry - I</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>520</v>
+        <v>219</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256251441</t>
+          <t>9786253852252</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Keman ve Vurmalı Çalgılar için Şarkılar</t>
+          <t>Siyasal Düşünceler Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>425</v>
+        <v>219</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256251489</t>
+          <t>9786253852269</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Karikatür ve İdeoloji</t>
+          <t>Çocuk Gelişimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>430</v>
+        <v>299</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256251267</t>
+          <t>9786253852313</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Şan İçin Piyano Eşlikli Türküler</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler-Görsel İletişim Tasarımı Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>560</v>
+        <v>219</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256251403</t>
+          <t>9786253852320</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Yapay Zeka Veri Madenciliği</t>
+          <t>Türk Dili Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>350</v>
+        <v>197</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256251410</t>
+          <t>9786253852337</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler XIV</t>
+          <t>Yer Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>450</v>
+        <v>197</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258341911</t>
+          <t>9786253852344</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumlarında Halkla İlişkiler</t>
+          <t>Arkeoloji Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>435</v>
+        <v>219</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258341676</t>
+          <t>9786253852351</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte "Nakış" Formu</t>
+          <t>Din Sosyolojisi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>350</v>
+        <v>219</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258341133</t>
+          <t>9786253852368</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta Ölçek Araştırmaları 2</t>
+          <t>Deniz ve Gemi Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>450</v>
+        <v>197</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258341195</t>
+          <t>9786253852382</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Yabancı Dil Öğretim Sorunsalı</t>
+          <t>Adli Sosyal Bilimler Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>420</v>
+        <v>197</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258468526</t>
+          <t>9786253852399</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yönetimi ve Kariyer Planlama</t>
+          <t>Uluslararası İlişkiler Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>385</v>
+        <v>219</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057557377</t>
+          <t>9786253852429</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Yalın Üretim ve Yalın Üretime Geçiş Çalışmaları</t>
+          <t>Enfeksiyon Hastalıkları ve Klinik Mikrobiyoloji Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>675</v>
+        <v>197</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257915526</t>
+          <t>9786253852436</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Finansın Dijital Devrimi Blokzincir ve Kripto Paralar</t>
+          <t>Aile Hekimliği Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>385</v>
+        <v>219</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256251205</t>
+          <t>9786253852450</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Oratoryosu</t>
+          <t>International Research in the Field of Management and Organization – II</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256251229</t>
+          <t>9786253852467</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Bağımsız Denetim (Ciltli)</t>
+          <t>İktisat Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>975</v>
+        <v>329</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256658837</t>
+          <t>9786253852016</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>E-işletmelerde Muhasebe Bilgi Sistemi-İç Kontrol İlişkisi</t>
+          <t>Türkiye’nin Coğrafi İşaretli Yemekleri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>450</v>
+        <v>352</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256658998</t>
+          <t>9786253850173</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Sanat ve Yaratıcılık</t>
+          <t>TRT Repertuvarındaki Ağrı Türkülerinin Şekil ve Muhteva Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>400</v>
+        <v>219</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256658936</t>
+          <t>9786253852528</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>J.D. Zelenka’nın Zwv 181 No.1 Sonatı’nın İki Viyola, Viyolonsel ve Sürekli Bas İçin Uyarlaması</t>
+          <t>Görmenin Ötesinde İletişim</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>485</v>
+        <v>329</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256658929</t>
+          <t>9786253851873</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı Yönetim Sistemlerinin İncelenmesi: Ybo Örneği</t>
+          <t>Sevgiyle, Bilgiyle Prof. Dr. Sevim Nilay Işıksalan’a Armağan Yazılar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>350</v>
+        <v>825</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256658899</t>
+          <t>9786253852009</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Tekno-Girişimcilik</t>
+          <t>Reklamcılıkta Yeni Açılımlar: Değişen Dinamikler, Stratejiler ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>585</v>
+        <v>435</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256658882</t>
+          <t>9786253851729</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Tüketim Muhasebesi Ve Yapay Sinir Ağlarının Mobilya Sektöründe Uygulanması: İnegöl Örneği</t>
+          <t>Diyalojik Halkla İlişkiler ve E-Yönetişim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>450</v>
+        <v>682</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256658868</t>
+          <t>9786253851965</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Çağdaş Yaklaşımlar 2</t>
+          <t>Fizyoterapi ve Rehabilitasyon: Bilimsel Araştırmalar Serisi - I</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>420</v>
+        <v>429</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256552142</t>
+          <t>9786253851880</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Besin Güvencesizliği ve Sağlık</t>
+          <t>Yoksullaştıran Büyüme Olgusunun Ülke Gruplarına Göre Analizi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>287</v>
+        <v>285</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258341614</t>
+          <t>9786253851743</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Yapımlarında Teknik Uygulamalar</t>
+          <t>Sanal Ortamlarda Kamusal Alan ve Benlik Sunumu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>520</v>
+        <v>385</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752475038</t>
+          <t>9786253851767</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler ve Üniversite İnternet Siteleri</t>
+          <t>Eğitimde Yeni Yönelimler: Kuramsal Çerçeve Ve Alan Uygulamaları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>455</v>
+        <v>385</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257405799</t>
+          <t>9786253851866</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Nasıl Markalaşır: Marka Şehir Olmanın Püf Noktaları</t>
+          <t>Divine Liturgy</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>499</v>
+        <v>605</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257405782</t>
+          <t>9786253851897</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Marka Şehir Oldular?</t>
+          <t>Çalışan Anneler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256552845</t>
+          <t>9786253851903</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar XI</t>
+          <t>Görülmeyen Çığlıklar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>399</v>
+        <v>352</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258223736</t>
+          <t>9786253851910</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Yazılar</t>
+          <t>Bölgesel Kalkınmada Üniversitelerin Rolü</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>650</v>
+        <v>462</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256613003</t>
+          <t>9786253851934</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Araştırmaları - 5</t>
+          <t>Bir Müzik Dehasının Sonat Formuna Yaklaşımı: R. Schumann’ın Op.11 No.1 Piyano Sonatına Derin Bir Bakış</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>650</v>
+        <v>385</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256552968</t>
+          <t>9786253851972</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Araştırmaları - 4</t>
+          <t>Katılımcı Kültür ve Yeni Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>650</v>
+        <v>435</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256552951</t>
+          <t>9786253851989</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Araştırmaları 3</t>
+          <t>Her Öğretmen, Bir Yönetici</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>650</v>
+        <v>424</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057557780</t>
+          <t>9786253851736</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bilgelik</t>
+          <t>Sözden Sükuta: Aczi’nin Şiir Risalesi Üzerine Bir Okuma (Tercüme Ve Tahkik)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258341683</t>
+          <t>9786253851668</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı İçin Motivasyon ve Eğitim Etkili Ders Çalışma Yöntemleri ve Eğiticilere Z Kuşağına Yönelik Tavsiyeler</t>
+          <t>Çocuk ve Ergenlerde Uyum Problemleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786256613027</t>
+          <t>9786253851590</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Mersin</t>
+          <t>Dijital Halkla İlişkilerde Yapay Zekâ Destekli Sosyal Dinleme Katkılar ve Örnek Bir Vaka Analizi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>685</v>
+        <v>534</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786256658066</t>
+          <t>9786253850852</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve Sosyal Medyada Güncel Kavramlar</t>
+          <t>Prososyal Davranış: Kavramsal Çözümleme ve İslami Perspektif</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256658646</t>
+          <t>9786253850746</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Davranışsal Pazarlama Modeli</t>
+          <t>Yetişkin Eğitiminde (Andragojide) Program Geliştirme ve Eğitmen Rolleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256408111</t>
+          <t>9786256489493</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Damgalanma, Ruh Sağlığı ve Kalkınma</t>
+          <t>Liderlik Mi? Yöneticilik Mi? Kadim Tartışma - Sağlık Çalışanları Üzerinden Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>350</v>
+        <v>417</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256408104</t>
+          <t>9786256489677</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı ve Ekonomik Boyutu</t>
+          <t>International Research in Math Sciences IV</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>350</v>
+        <v>287</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256658813</t>
+          <t>9786256408968</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Küresel Şirketlerde Etik ve Kültür</t>
+          <t>Büyük Sır - Eşlikli Çocuk Şarkıları</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>495</v>
+        <v>475</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256658790</t>
+          <t>9786259910574</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Veri Güvenliği ve Sosyal Ağlar</t>
+          <t>Origami ve Kirigami ile Matematiksel Düşünmenin Gelişimi ve Desleklenmesi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>485</v>
+        <v>534</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256658752</t>
+          <t>9786256382381</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences X</t>
+          <t>Havacılık Yer Hizmetleri ve İnsan Kaynakları Uygulamaları</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256658202</t>
+          <t>9786256382367</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetiminde Örnek Olaylar - Öğrenme Ortamlarında Kriz Çözümlemeleri</t>
+          <t>Müzik Teorisi Çalışma Kitabı 1 Aralıklar</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>400</v>
+        <v>459</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256658714</t>
+          <t>9786257316163</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Sadeddin Arel ve Bir Musiki Masalı</t>
+          <t>18 Ay İtalyan İşgali Altında Antalya ve Havalisinden Notlar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>485</v>
+        <v>523</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256658707</t>
+          <t>9786257405027</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar 2</t>
+          <t>Çoksesli Koro İçin Düzenlemeler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>399</v>
+        <v>205</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256658592</t>
+          <t>9786057786890</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Solfej ve Ritim Eğitimi 1</t>
+          <t>Tonal Deşifre 1</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>630</v>
+        <v>348</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786256658356</t>
+          <t>9786253851781</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Karar Verme Teknikleri</t>
+          <t>Soyut Matematiğe Giriş</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256613744</t>
+          <t>9786253851620</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde İktisadi Bir Teşebbüs: İstanbul Esnaf Bankası</t>
+          <t>Yakın Çağ Tarihi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786057494283</t>
+          <t>9786253850845</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Notalar</t>
+          <t>Radionuclide Therapies and Management of Side Effects</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256658479</t>
+          <t>9786253851859</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences IX</t>
+          <t>The Relationship Between the Perception of Overqualification and Deviant Workplace Behaviors Within the Framework of Talent Management</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786256658462</t>
+          <t>9786253851750</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XXII</t>
+          <t>Çeviri &amp; Dil -Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>399</v>
+        <v>402</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256658448</t>
+          <t>9786253851811</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar X</t>
+          <t>Hypertension A Multidisciplinary Perspective From Diagnosis To Management</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256658431</t>
+          <t>9786253850913</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar XIII</t>
+          <t>Kalkınmada Öncelikli İllerde Çalışan Sınıf Öğretmenlerinin İş Doyumları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>399</v>
+        <v>352</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256658424</t>
+          <t>9786253850951</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar XII</t>
+          <t>Tokat Lezzetleri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>399</v>
+        <v>935</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256658417</t>
+          <t>9786253851569</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXI</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi Bağlamında Yetenek ve Motivasyon</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>499</v>
+        <v>435</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256658400</t>
+          <t>9786253851576</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIX</t>
+          <t>Toplumsal Cinsiyet ve Bir Kadın Hakları Hareketi Olarak Feminizm</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>399</v>
+        <v>435</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256658394</t>
+          <t>9786253851583</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları 5- Güncel Akademik Çalışmalar</t>
+          <t>2024 Yerel Seçimlerinde Z Kuşağının Algıları: Psikofizyolojik Veri Hasadı Tekniği ile İçgörü Analizi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>450</v>
+        <v>506</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256658363</t>
+          <t>9786253851606</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Althusser'in Söylem Kuramı Bağlamında Kutadgu Bilig'de Söylem Türleri</t>
+          <t>Metaverse ve Sinema: Olanaklar, Sınırlılıklar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>380</v>
+        <v>495</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256658219</t>
+          <t>9786253851712</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXIV</t>
+          <t>Vocabulary for Computer Engineering</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>499</v>
+        <v>424</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256658110</t>
+          <t>9786253851705</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar X</t>
+          <t>Her Öğretmen Bir Lider</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>399</v>
+        <v>424</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256658073</t>
+          <t>9786253851699</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XXI</t>
+          <t>Her Öğretmen Bir Kültür</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>499</v>
+        <v>424</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256658578</t>
+          <t>9786253851682</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Teknolojiler ve Yeni İş Hayatı</t>
+          <t>Current Evaluations in the Field of Management And Organization</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256658530</t>
+          <t>9786253851675</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Dijital Eğitim 1</t>
+          <t>Eğitimde Örgütsel Yapılar, Liderlik ve Kariyer Yolları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256658523</t>
+          <t>9786253851637</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar XI</t>
+          <t>Her Öğretmen Bir Öğrenci</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>399</v>
+        <v>424</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256658493</t>
+          <t>9786253851460</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Türk Plastik Sanatlarında Güncel Araştırmalar 1</t>
+          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256658486</t>
+          <t>9786253851453</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar 1</t>
+          <t>Genel Türk Tarihi Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256658165</t>
+          <t>9786253851446</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okulların Nitelikleri</t>
+          <t>Felsefe Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786050653748</t>
+          <t>9786253851545</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ecorecreation</t>
+          <t>International Research in the Field of English Language Teaching III</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786256658387</t>
+          <t>9786253851538</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Liderlik, Okul Kültürü ve Akademik Başarı</t>
+          <t>Fiziki Antropoloji ve Paleoantropoloji Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>435</v>
+        <v>329</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256658370</t>
+          <t>9786253851521</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İletişim Perspektifinden Post-Truth Fenomeni</t>
+          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar – V</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>470</v>
+        <v>439</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786256658318</t>
+          <t>9786253851514</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Interdisciplinary Approaches in Sport Sciences</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786256658264</t>
+          <t>9786253851507</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Onkojenik Virüsler</t>
+          <t>Sosyal Psikoloji Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256658257</t>
+          <t>9786253851491</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Yalın Hastane Yönetimi: 5S Uygulanması</t>
+          <t>Üroloji Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256658240</t>
+          <t>9786253851484</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfagındaki Sütlü Tatlıların Değerlendirilmesi</t>
+          <t>Klinik Psikoloji Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256658233</t>
+          <t>9786253851477</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Current Research and Compilations in Sports Sciences</t>
+          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786256658158</t>
+          <t>9786253851330</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XXI</t>
+          <t>Reklamcılık Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256658103</t>
+          <t>9786253851323</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences X</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256658097</t>
+          <t>9786253851316</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXIII</t>
+          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256658080</t>
+          <t>9786253851439</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XVIII</t>
+          <t>Atatürk İlkeleri ve Cumhuriyet Tarihi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>599</v>
+        <v>439</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256658035</t>
+          <t>9786253851422</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXX</t>
+          <t>Beden Eğitimi ve Spor Eğitimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>599</v>
+        <v>439</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256552906</t>
+          <t>9786253851415</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Amerika Afganistan'dan Neden Çekildi?</t>
+          <t>Muhasebe Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256658059</t>
+          <t>9786253851408</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Translanguaging in L2 Writing Feedback</t>
+          <t>Yakın Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>475</v>
+        <v>329</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256613874</t>
+          <t>9786253851392</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kar Yönetimi Uygulamalarına İlişkin Bilgiler, Denetçi Görüşü İle Denetçi Rotasyonu Arasındaki İlişki</t>
+          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256613461</t>
+          <t>9786253851378</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hint-Arap Etkileşiminin Dilsel Boyutu Hintçenin Arapça Sözvarlığı</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>460</v>
+        <v>439</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256489882</t>
+          <t>9786253851361</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Haberciliği</t>
+          <t>Öğrenme-Bilişsel-Biyo-Deneysel Psikoloji Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>420</v>
+        <v>329</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789752475939</t>
+          <t>9786253851354</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Türk Kültürü Dersi Etkinlik Uygulamaları</t>
+          <t>Mikro İktisat Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256613355</t>
+          <t>9786253851347</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretim Lideri Olabilmek</t>
+          <t>İlköğretim Matematik Eğitimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786258108613</t>
+          <t>9786253851217</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Learning Oriented Assessment and Academic Writing</t>
+          <t>Maliye Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>385</v>
+        <v>329</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752475458</t>
+          <t>9786253851200</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinden Sosyal Girişimcilik</t>
+          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256613430</t>
+          <t>9786253851309</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İlkokul ve Ortaokullara Yönelik Kariyer Planlama Tavsiyeleri</t>
+          <t>Sanat Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>439</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256658028</t>
+          <t>9786253851293</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılarda Beslenme</t>
+          <t>Finans Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>700</v>
+        <v>549</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256489851</t>
+          <t>9786253851286</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşirli Görüşler XIII</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - IV</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>359</v>
+        <v>439</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256658004</t>
+          <t>9786253851279</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'da Tarihi Türk Dizileri ve Kültürel Diplomasi</t>
+          <t>Biyoloji Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>585</v>
+        <v>439</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256613812</t>
+          <t>9786253851262</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Çalışmaları Güncel ve Gelecek Odaklı Bağlam</t>
+          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256613546</t>
+          <t>9786253851255</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Aktif Kullanıcı</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar – V</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256613539</t>
+          <t>9786253851248</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetiminde Güncel Konular</t>
+          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256552371</t>
+          <t>9786253851231</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İletişim</t>
+          <t>Ekonometri Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>495</v>
+        <v>329</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256613683</t>
+          <t>9786253851224</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar XII</t>
+          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256613669</t>
+          <t>9786253851118</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerinde Uluslararası Araştırmalar XXII</t>
+          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>499</v>
+        <v>329</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256613690</t>
+          <t>9786253851101</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar IX</t>
+          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256613706</t>
+          <t>9786253851194</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar VI</t>
+          <t>Fransız Dili Eğitimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256613713</t>
+          <t>9786253851187</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar VII</t>
+          <t>Müzik Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256613652</t>
+          <t>9786253851170</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XX</t>
+          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256613645</t>
+          <t>9786253851163</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXIX</t>
+          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>575</v>
+        <v>439</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256613577</t>
+          <t>9786253851156</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VI</t>
+          <t>Yönetim Bilişim Sistemleri Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256613485</t>
+          <t>9786253851149</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Farklılaşma ve Türk Kültüründe Eğitim Yönetimi</t>
+          <t>Sinema Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>400</v>
+        <v>329</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256613249</t>
+          <t>9786253851132</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Multidisipliner Güncel Araştırmalar</t>
+          <t>Endüstriyel Tasarım Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>475</v>
+        <v>329</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256613904</t>
+          <t>9786253851125</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences IX</t>
+          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256613881</t>
+          <t>9786253850999</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences IX</t>
+          <t>Eski Çağ Tarihi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256613867</t>
+          <t>9786253850982</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XX</t>
+          <t>Din Eğitimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256613270</t>
+          <t>9786253850975</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Kazak Edebiyatı</t>
+          <t>Dilbilimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256552388</t>
+          <t>9786253851095</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Meslekler ve İletişim</t>
+          <t>Sosyoloji Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256552593</t>
+          <t>9786253851088</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Profesyonellerinin İletişim Becerileri</t>
+          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256613133</t>
+          <t>9786253851071</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Felsefesi</t>
+          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256613201</t>
+          <t>9786253851064</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adalet Sistemi ve Kadın İkincil Mağduriyet</t>
+          <t>Kimya Alanında Uluslararası Araştırmalar- II</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>450</v>
+        <v>329</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256613225</t>
+          <t>9786253851057</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Özel İlkokullardaki Sınıf Öğretmenleri ile Etkinlikler Dersine İlişkin Görüşleri Öğrencilerin Serbest</t>
+          <t>Pazarlama Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>420</v>
+        <v>549</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256613232</t>
+          <t>9786253851040</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Farklı Isınma Türlerinde İzokinetik Değerlendirmeler</t>
+          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256613256</t>
+          <t>9786253851033</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Modern Sağlık Yönetiminde Temel Konular</t>
+          <t>Okul Öncesi Eğitimi Alanında Uluslararası Araştırmalar- III</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256613263</t>
+          <t>9786253851026</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İlkokullarda Dil Öğretimi</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>650</v>
+        <v>439</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256613553</t>
+          <t>9786253851019</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası- 5</t>
+          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256613522</t>
+          <t>9786253851002</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Değiştirdiği Dinamikler 2</t>
+          <t>Makro İktisat Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256613454</t>
+          <t>9786253850944</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>New Media and Populism</t>
+          <t>Yapay Zekâ Evreleri: Reaktif Sistemlerden Genel Zekâya</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256613423</t>
+          <t>9786253850920</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Mesleklerin, Eğitimin Ve Uygulamalı Eğitimlerin Değerlendirilmesi</t>
+          <t>Postkolonyal Afrika Edebiyatında Dişil Kimliğin Temsili: Fatou Dıome</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>550</v>
+        <v>424</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256613409</t>
+          <t>9786253850876</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Müzik Teorisi Çalışma Kitabı -2</t>
+          <t>Emeklilikte Kariyer ve Aktif Yaşlanma ve Emeklilik Sonrası Yaşam için Öneriler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>479</v>
+        <v>329</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256613348</t>
+          <t>9786253850869</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Etkili İletişim</t>
+          <t>Dijital Habitus</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256613294</t>
+          <t>9786253850722</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Yeni Hastalığı Teknostres(Meslekler Arası Bir Karşılaştırma)</t>
+          <t>Türkçe A1 Düzeyi Öğrenicilerine Yönelik Yardımcı Okuma Metinleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>485</v>
+        <v>534</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256613287</t>
+          <t>9786253851651</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ağrıda Düğün Gelenekleri Değerlendirilmesi</t>
+          <t>Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786258108910</t>
+          <t>9786259743547</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Süleha</t>
+          <t>İşletmelerde Fonksiyonel Denetim</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>650</v>
+        <v>479</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057557636</t>
+          <t>9786255971104</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sicill-i Ahval Defterlerine Göre Osmanlı'nın Son Devri'nde Rizeli Devlet Adamları</t>
+          <t>Takiyuddîn Ömer Bin Muhammed Bin Ebû Bekir El-Fâriskûrî El-Mısrî (1018 H./1610 M.)</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256552173</t>
+          <t>9786253851552</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinema ve İdeoloji</t>
+          <t>Bir Kuşak Bir Yol Projesi ve Ekonomik Küreselleşme: Uluslararası Ticaret, Altyapı ve Jeopolitiğin Dönüşümü</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>431</v>
+        <v>314</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256552166</t>
+          <t>9786253851385</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Yönetiminde Kıbrıs Türk Toplumu</t>
+          <t>Tasarımdan Üretime Moda ve Tekstil Süreçleri</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>575</v>
+        <v>501</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256489301</t>
+          <t>9786253850968</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar 19</t>
+          <t>Sinema Çalışmaları: Teorik ve Eleştirel Perspektifler</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>359</v>
+        <v>495</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789752475540</t>
+          <t>9786253850890</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Etnisite ve Spor</t>
+          <t>Advancements in Decision-Making and Data Analytics: Case Applications</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>375</v>
+        <v>424</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786258468922</t>
+          <t>9786253850883</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Cello Duets for Beginners</t>
+          <t>Current Quantitative Decision Making Methods: Data-Driven Theory, Modeling, and Real World Applications</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>475</v>
+        <v>424</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786258108569</t>
+          <t>9786253850838</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Basın Alanında Ombudsmanlık; Okur Temsilciliği</t>
+          <t>İran Çağdaş Çocuk Sineması ve Alfa Kuşağı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>460</v>
+        <v>391</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786258108286</t>
+          <t>9786253850821</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>P. I. Çaykovski'nin OP. 39 Çocuk Albümü'nün Tematik Müzikal Analizi</t>
+          <t>Muhasebede Entegre Raporlama Uygulamalarının Aile İşletmelerinin Kurumsal Sürdürülebilirliğine Etkisi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>350</v>
+        <v>358</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752475502</t>
+          <t>9786253850814</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kaygısı ve Sosyal Medya</t>
+          <t>Endokrin Cerrahisinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>520</v>
+        <v>281</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786258341607</t>
+          <t>9786253850784</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Program Yapımı ve Program Türleri</t>
+          <t>İletişim Kültüründen Dijital Dünyaya: Temel Kavramlar ve Dönüşüm</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>585</v>
+        <v>325</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257915618</t>
+          <t>9786253850739</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bavyera’da Eğitim Ve Sağlık Çalışanlarından Korona Günlükleri</t>
+          <t>Slovenya Devleti’nin Kuruluşu ve Türkiye İle İlişkileri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789752475380</t>
+          <t>9786253850715</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimde Sabır</t>
+          <t>Malatya İli Söz Varlığı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>485</v>
+        <v>963</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789752475434</t>
+          <t>9786253850678</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrencilerde Uyum ve Memnuniyet</t>
+          <t>Ortopedik Engellilik ve Sosyal Dışlanma: Kurumsal, Ekonomik ve Psiko-Sosyal Perspektifler</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>485</v>
+        <v>352</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057557643</t>
+          <t>9786253850432</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Fizik Eğitiminde Yaparak, Yazarak Bilim Öğretimi</t>
+          <t>Örgütleri Anlamak: Düşünce, Kuram, Bağlam Çerçevesi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786258223378</t>
+          <t>9786253850166</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>20 Yıllık İktidarın Bir Muhasebesi: AK Parti ve Milliyetçilik</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VIII</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>650</v>
+        <v>534</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257405973</t>
+          <t>9786255971951</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi Alanında Uluslararası Araştırmalar</t>
+          <t>Bizans Ayasofya ve Hipodrom Üzerinden Bir İktidar Gücü</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>450</v>
+        <v>435</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256613218</t>
+          <t>9786253850685</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Avrupada İslamofobi Üzerine Tartışmalar ve Polonya Örneği</t>
+          <t>Örgütlerde Sermaye Yaklaşımları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256613164</t>
+          <t>9786253850654</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya ve Kültürel Yabancılaşma</t>
+          <t>Sanal Semtler: Kültür ve Kimliğin Dijital Dönüşümü</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>650</v>
+        <v>572</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256613126</t>
+          <t>9786253850524</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XIX</t>
+          <t>Denizcilik İşletmelerinde Karar Verme ve Liderlik</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>399</v>
+        <v>523</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256613041</t>
+          <t>9786255971654</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Açık ve Uzaktan Eğitimde Anlatı Araştırmaları</t>
+          <t>Nicel Karar Yöntemleri Alanında Güncel Akademik Çalışmalar ve Araştırmalar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>455</v>
+        <v>395</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256382695</t>
+          <t>9786253850135</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünya Gerçek Hayat Sosyal Sermayenin İnternete Yansımaları</t>
+          <t>Yalın Uygulamalar Açısından Pazarlama</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>450</v>
+        <v>534</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256489165</t>
+          <t>9786253850142</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>International Research in Agriculture Sciences 2</t>
+          <t>Pazarlamada Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>287</v>
+        <v>495</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256489103</t>
+          <t>9786255971906</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar 7</t>
+          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256489004</t>
+          <t>9786255971890</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar 8</t>
+          <t>Peyzaj Mimarlığı Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>399</v>
+        <v>252</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256408326</t>
+          <t>9786255971883</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Bilimleri Alanında Uluslararası Araştırmalar 1</t>
+          <t>Hareket ve Antrenman Bilimleri Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256613119</t>
+          <t>9786255971876</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Solfej Eğitimi I - Basit Makamlar</t>
+          <t>Müzik Eğitimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256613102</t>
+          <t>9786255971869</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Binbir Yüzü</t>
+          <t>Maliye Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256613034</t>
+          <t>9786255971852</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sözleşmeler Işığında Kadın İstihdamı</t>
+          <t>Rehberlik ve Psikolojik Danışmanlık Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>420</v>
+        <v>252</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256552395</t>
+          <t>9786255971845</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Gastronomiye Glutensiz Bakış</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>425</v>
+        <v>439</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256552791</t>
+          <t>9786255971838</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXVII</t>
+          <t>Gıda Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>599</v>
+        <v>252</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256552807</t>
+          <t>9786255971821</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIX</t>
+          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>499</v>
+        <v>472</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256552821</t>
+          <t>9786255971739</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXI</t>
+          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar – IV</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>499</v>
+        <v>472</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256552838</t>
+          <t>9786255971722</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Çalışmalar VI</t>
+          <t>İlköğretim Matematik Eğitimi Alanında Uluslararası Arastırmalar - I</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>399</v>
+        <v>472</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256489943</t>
+          <t>9786255971715</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar IX</t>
+          <t>Müzik Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>287</v>
+        <v>439</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256489806</t>
+          <t>9786255971678</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Yaratıcı Yazma</t>
+          <t>Biyoloji Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>485</v>
+        <v>472</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256489547</t>
+          <t>9786255971661</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Güncel Pazarlama Yöntemleri</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>165</v>
+        <v>505</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256552869</t>
+          <t>9786255971647</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XVIII</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar - III</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256552876</t>
+          <t>9786255971630</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences VIII</t>
+          <t>İstatistik Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786056467790</t>
+          <t>9786255971623</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Lojistik</t>
+          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256552883</t>
+          <t>9786255971586</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences VIII</t>
+          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>399</v>
+        <v>505</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256552746</t>
+          <t>9786255971616</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Z Kuşağı</t>
+          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>550</v>
+        <v>329</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256552197</t>
+          <t>9786255971609</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Plan ve Etkinlik Örnekleriyle İlkokulda Değerler Eğitimi</t>
+          <t>Beşeri ve İktisadi Coğrafya Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>272</v>
+        <v>252</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256552104</t>
+          <t>9786255971593</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür Bir Değişim Öyküsü (Medya, İletişim ve Eğitim Araştırmaları)</t>
+          <t>International Research in the Field of English Language Teaching - II</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>431</v>
+        <v>362</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256552036</t>
+          <t>9786255971579</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı Analizleri</t>
+          <t>International Research in The Field Of Finance - I</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>359</v>
+        <v>505</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256489981</t>
+          <t>9786255971562</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XVIII</t>
+          <t>Finans Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>431</v>
+        <v>472</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256552470</t>
+          <t>9786255971555</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları Perspektifinden Medya Kültür ve Dijitalleşme</t>
+          <t>Türk Dili Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>465</v>
+        <v>472</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256552944</t>
+          <t>9786255971548</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Okulda Demokrasi Eğitimi</t>
+          <t>Sosyoloji Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>485</v>
+        <v>329</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256552920</t>
+          <t>9786255971531</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Etkileşimli Yayıncılık Sistemleri ve Kimlik İnşası</t>
+          <t>Din Eğitimi Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>650</v>
+        <v>285</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256552913</t>
+          <t>9786255971524</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Teknoloji Kullanımı</t>
+          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>585</v>
+        <v>439</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256552890</t>
+          <t>9786255971517</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>International Research in Architecture Sciences III</t>
+          <t>Pazarlama Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>399</v>
+        <v>505</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786259910512</t>
+          <t>9786255971500</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Personel Güçlendirme, Örgütsel Başarı ve Motivasyon Etkileşimi</t>
+          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>585</v>
+        <v>835</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256552975</t>
+          <t>9786255971159</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Bakımından İşletmelerin Sosyal Sorumluluğu</t>
+          <t>Cerrahi Tıp Bilimlerinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>585</v>
+        <v>439</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256552623</t>
+          <t>9786255971142</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Habercilik Alanında Yapay Zekanın Yükselişi</t>
+          <t>Dahili Tıp Bilimlerinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>680</v>
+        <v>472</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256552586</t>
+          <t>9786255971081</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Güncel Kavramlar</t>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinde Mesleki Tutum, Bağlılık ve Öğrenme</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>485</v>
+        <v>399</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256552685</t>
+          <t>9786253850708</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Toplum Mühendisliği Yaklaşımından Halkla İlişkilerin Dünü Bugünü</t>
+          <t>Sınıf İçi Disiplini Bozan Davranışlara Yönelik Öğretmen Görüşleri</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>520</v>
+        <v>424</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256552203</t>
+          <t>9786253850692</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Eğitimden Öğrenmeye Pedagojik Yaklaşım Öğrenme Pedagojisi</t>
+          <t>Spor Yönetiminde Yeni Nesil Yaklaşımlar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>344</v>
+        <v>495</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256552425</t>
+          <t>9786253850623</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kent Pazarlaması ve Kent Bilinci</t>
+          <t>Flüt Topluluğu İçin Düzenlemeler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256489349</t>
+          <t>9786253850463</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar X</t>
+          <t>Eğitimde Ölçme ve Değerlendirme Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>287</v>
+        <v>385</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256552760</t>
+          <t>9786253850401</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar X</t>
+          <t>Hemşirelik Esasları Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>399</v>
+        <v>549</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256552678</t>
+          <t>9786253850357</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işıgında Alanında İşletme Alanında Yeni Kavramlar</t>
+          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>550</v>
+        <v>549</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256552654</t>
+          <t>9786253850333</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yıllarında Urla</t>
+          <t>Uluslararası İktisat Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256552647</t>
+          <t>9786253850326</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Piyasa ve Devlet Ekseninde F. A. Hayek ve Düşünceleri</t>
+          <t>Muhasebe Alanında Uluslararası Araştırmalar – II</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>485</v>
+        <v>549</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256552630</t>
+          <t>9786253850319</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Estetik Değerlere Giriş</t>
+          <t>Deniz ve Gemi Mühendisliği Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>375</v>
+        <v>439</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256552616</t>
+          <t>9786253850296</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Blokzinciri Teknolojisi Sürekli Denetim Paydaş Teorisi Etkileşimi</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar - XIV</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>575</v>
+        <v>439</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256552524</t>
+          <t>9786253850289</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Edvard Griegin Bestecilik Stili ve Piyano</t>
+          <t>Açık ve Uzaktan Eğitim Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256552463</t>
+          <t>9786253850272</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağda Dönüşen Gazetecilik-Gazetecilikte Yeni Yaklaşımlar</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar - XIII</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>620</v>
+        <v>439</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256552456</t>
+          <t>9786253850265</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Ailelerle Sosyal Hizmet Temel Alanlar ve Tartışmalar</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar - XII</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>525</v>
+        <v>439</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256552449</t>
+          <t>9786253850258</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Haber Medyasında Yapay Zeka Uygulamaları</t>
+          <t>Uluslararası İlişkiler Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256552432</t>
+          <t>9786253850241</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Heyet-i Edebiye</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar – XXII</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>375</v>
+        <v>549</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256552418</t>
+          <t>9786253850234</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kullanımlar ve Doyumlar Ekseninde Sosyal Medya</t>
+          <t>Su Ürünleri Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256552340</t>
+          <t>9786253850227</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Besinsel Ergojenik Desteklerin Sportif Performans Üzerine Etkisi</t>
+          <t>Geleneksel Türk Sanatları Alanında Uluslararası Araştırmalar - I</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>375</v>
+        <v>439</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256552333</t>
+          <t>9786253850210</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Caz Etütleri Piyano ve Diğer Çalgılar</t>
+          <t>İnşaat Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>360</v>
+        <v>549</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256552326</t>
+          <t>9786253850203</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çiftler Yaratmak Üzerine Evlilik Analizi ve Değerlendirilmesi</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>475</v>
+        <v>549</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256552319</t>
+          <t>9786253850197</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Leadership Approaches Antecedents, Consequences, and Measurements</t>
+          <t>Okul Öncesi Eğitimi Alanında Uluslararası Araştırmalar -II</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>585</v>
+        <v>439</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256552302</t>
+          <t>9786253850180</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Basılı Parmak Yönetimi ile Başlangıç Keman Eğitimi</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXII</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>287</v>
+        <v>659</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256552296</t>
+          <t>9786253850074</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Pazarlarda İlişki Kalitesi Rekabetin Anahtarı</t>
+          <t>Çocuk Sağlığı ve Hastalıkları Hemşireliği Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>546</v>
+        <v>329</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256552289</t>
+          <t>9786253850067</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okul Liderliği</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar - XI</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>272</v>
+        <v>252</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256552265</t>
+          <t>9786253850050</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kadın Çalışanlar Türkiye Avrupa Ülkeleri Karşılaştırmaları</t>
+          <t>İslam Hukuku Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>517</v>
+        <v>252</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256552241</t>
+          <t>9786253850043</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Destinasyon Yönetimi</t>
+          <t>Sosyal Bilgiler Eğitimi Alanında Uluslararası Araştırmalar - II</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256552180</t>
+          <t>9786253850036</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Medyatik Mizahın Panoraması</t>
+          <t>Makine Mühendisliği Alanında Uluslararası Araştırmalar – I</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>431</v>
+        <v>329</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256552159</t>
+          <t>9786253850029</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi Güncel Konular ve Pratik Bilgiler</t>
+          <t>Dünya Dilleri ve Edebiyatları Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>503</v>
+        <v>285</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256552128</t>
+          <t>9786253850012</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk, Marka Değeri Ve Finansal Performans: Turizm İşletmelerinde Bir Uygulama</t>
+          <t>Fen Bilgisi Eğitimi Alanında Uluslararası Araştırmalar -I</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>431</v>
+        <v>472</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256552043</t>
+          <t>9786253850005</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Online Alışverişin Yaratıcı Yolculuğu</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>475</v>
+        <v>329</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256552012</t>
+          <t>9786259743592</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XX</t>
+          <t>Endüstri Mühendisliği Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>359</v>
+        <v>329</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256552005</t>
+          <t>9786259743585</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar V</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar–III</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>287</v>
+        <v>329</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256489998</t>
+          <t>9786259743578</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar IX</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar–IV</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>287</v>
+        <v>439</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256489967</t>
+          <t>9786259743561</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXVI</t>
+          <t>Üretim Yönetimi Alanında Uluslararası Araştırmalar –I</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>431</v>
+        <v>285</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256489950</t>
+          <t>9786259743554</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar X</t>
+          <t>Orta Çağ Tarihi Alanında Uluslararası Araştırmalar–I</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>287</v>
+        <v>439</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256489790</t>
+          <t>9786259743516</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Etik</t>
+          <t>Türk Halk Bilimi Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>388</v>
+        <v>285</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256489752</t>
+          <t>9786256251861</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve Ekonomi</t>
+          <t>Sinema Alanında Uluslararası Araştırmalar–I</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>416</v>
+        <v>472</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256489745</t>
+          <t>9786256251434</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Toplum</t>
+          <t>Protetik Diş Tedavisi Alanında Uluslararası Araştırmalar –I</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>431</v>
+        <v>285</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256489738</t>
+          <t>9786255997975</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Kültür</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar – III</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>416</v>
+        <v>472</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256489721</t>
+          <t>9786255997784</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences VIII</t>
+          <t>Sosyal Medyada Influencer Etkisi: Parasosyal Etkileşimden Satın Alma Kararına</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>287</v>
+        <v>439</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256489691</t>
+          <t>9786255997487</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>International Research in Architecture Sciences II</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar -XX</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>287</v>
+        <v>399</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256489660</t>
+          <t>9786255997142</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences VII</t>
+          <t>Atatürk İlkeleri ve Cumhuriyet Tarihi Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>287</v>
+        <v>505</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256489615</t>
+          <t>9786255971913</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XV</t>
+          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmalar- II</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>488</v>
+        <v>285</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256552074</t>
+          <t>9786255971432</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kobi’ler (Ar-Ge, İnovasyon, Dijital Dönüşüm, Fsmh, Yeni Nesil Destekler ve Dış Ticaret) -Kobi İhracat Terimleri Sözlüğü İle</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>416</v>
+        <v>468</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256489899</t>
+          <t>9786253850609</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İki Flüt İçin Albüm-Piyano Eşlikli</t>
+          <t>Bir Kent Hayalim Var Belediye Başkanına Tavsiyeler</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>431</v>
+        <v>385</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256552234</t>
+          <t>9786255971944</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Tek Üretici Güç Emeğin Sosyolojisi ve Çalışma</t>
+          <t>İş Eş Aşk Anne Spikerlerin Görünmeyen Mücadelesi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>550</v>
+        <v>318</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256489769</t>
+          <t>9786255997555</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Şehir İmajı Markalaşma Sürecinde Kentsel Rekreasyon Alanları Tatmini</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VII</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>287</v>
+        <v>495</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256489554</t>
+          <t>9786255971982</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Tarihsel Sürecinde Yaşlılık ve Yetişkin Eğitimi</t>
+          <t>Türkiye Denetim Standartları Faizsiz Finans Denetim Standartları</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>375</v>
+        <v>523</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256489929</t>
+          <t>9786255971975</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Tarım Kredi Kooperatiflerine Yönelik Bir Bankanın Kurulması</t>
+          <t>Katılım Finans Muhasebe Standartları</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>416</v>
+        <v>743</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256489868</t>
+          <t>9786255971968</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Mobil Dönüşüm Medya ve Eğitim Pratikleri</t>
+          <t>Bağımsız Denetim Standartları</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>359</v>
+        <v>864</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256489776</t>
+          <t>9786253850548</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Reklamlarda Anlatı</t>
+          <t>“Ney”De Tavırlı İcra: Çarpma, Vibrato, Glissando Ve Portamento</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>431</v>
+        <v>314</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256489530</t>
+          <t>9786253850364</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Makaleleri, Tezler Ve Bitirme Tezleri Yazarları İçin El Kitabı</t>
+          <t>Yönetimde Çağdaş Yaklaşımlar - III</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>625</v>
+        <v>462</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256489714</t>
+          <t>9786259743530</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar 9</t>
+          <t>Türkiye Yüzyılı Maarif Modeli Öğretim Programları Üzerine</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>287</v>
+        <v>413</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256489684</t>
+          <t>9786256552708</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences 7</t>
+          <t>Bir Aşçının Gizli Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>287</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256489639</t>
+          <t>9786255971418</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences 16</t>
+          <t>Reading Media With AI</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>431</v>
+        <v>413</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256489608</t>
+          <t>9786255971357</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar 25</t>
+          <t>Türkiye’de Siyasal Partiler (Cilt II)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>431</v>
+        <v>578</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256489332</t>
+          <t>9786255971340</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar 5</t>
+          <t>Türkiye’de Siyasal Partiler (Cilt I)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>287</v>
+        <v>534</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256489325</t>
+          <t>9786255971210</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar 17</t>
+          <t>Kadın Girişimcilik</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>359</v>
+        <v>424</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256489486</t>
+          <t>9786255971227</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Radyo Dinlemek</t>
+          <t>Kadın Girişimcilik Pratikleri</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>287</v>
+        <v>385</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256489424</t>
+          <t>9786255971203</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Sühan İrdenin Mevlevi Ayin Besteleri</t>
+          <t>6 Ocak Ayaklanmasına Giden Yol: ABD’de Hakikatin Çöküşü Ve Sosyal Ağ Kitlelerinin Gücü</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>402</v>
+        <v>462</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256489400</t>
+          <t>9786255971197</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Eğitimde İdealler Üzerine</t>
+          <t>Müzikte Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256489578</t>
+          <t>9786255971098</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler XII</t>
+          <t>Motifs On Historical Objects and Buildings in Hakkari</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>359</v>
+        <v>589</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256489523</t>
+          <t>9786255971067</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Turistik Ürün ve Destinasyon Markalaşması</t>
+          <t>Siyasal Kurumlar Ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256489509</t>
+          <t>9786255971050</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Yaşam</t>
+          <t>Belgesel Sinemada Kadın Perspektifi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>416</v>
+        <v>523</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256489226</t>
+          <t>9786253850579</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözmeye Yönelik Yansıtıcı Düşünme Becerileri</t>
+          <t>Müzik Eğitimine Global Bakış</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786259910598</t>
+          <t>9786253850562</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Hisse Senedi Fiyatı ve İşlem Hacmi</t>
+          <t>Teknikten Yoruma: İleri Keman Etütleri</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>620</v>
+        <v>385</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786259910536</t>
+          <t>9786253850555</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Finlandiya Çin Hollanda ve Türkiyede İlkokul İngilizce Eğitim Programları</t>
+          <t>Çağdaş Keman Repertuvarında Yeni Teknikler Kaija Saariaho’nun Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>385</v>
+        <v>413</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256489455</t>
+          <t>9786253850531</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Efl Learners Speaking Performances and Challenges Clt Classroom</t>
+          <t>Metamodern Sinema</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>272</v>
+        <v>462</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256489431</t>
+          <t>9786253850494</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kadın Çalışanlar Türkiye İngiltere Karşılaştırmaları</t>
+          <t>Engellilerde Spor Ve Boş Zaman</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>460</v>
+        <v>385</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256489356</t>
+          <t>9786253850159</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIV</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler-XV</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>359</v>
+        <v>572</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256489295</t>
+          <t>9786256658721</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVII</t>
+          <t>Uluslararası Öğrenciler İçin Akademik Türkçe (Okurken Yazma Modeline Göre)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>359</v>
+        <v>495</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786256489288</t>
+          <t>9786255971791</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Toprak 4 Keman İçin Halk Ezgileri</t>
+          <t>Belirsizlik Ve Risk Altında Tedarik Zinciri Yönetimi: İşletme Performansı Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>355</v>
+        <v>369</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256489271</t>
+          <t>9786255971784</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Turizmde Yenilikçi Uygulamalar</t>
+          <t>Küresel Ekonomi ve Türkiye’de Gelir Eşitsizlikler</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>350</v>
+        <v>424</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256489264</t>
+          <t>9786255971760</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Basın Tarihi Peyman Gazetesi</t>
+          <t>Yeni Başlayanlar ve Hazırlık Dönemi Öğrencileri İçin 4 Telli Klasik Kemençe Alıştırmaları</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>350</v>
+        <v>424</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786256489257</t>
+          <t>9786255971425</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlarda Örgütsel Destek Algısı Personel Güçlendirme Performans ve İş Tatmini</t>
+          <t>Eğitim Bilimlerinde Güncel Akademik Çalışmalar: Araştırma Ve Teori</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786256489189</t>
+          <t>9786253850371</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar X</t>
+          <t>Arya’nın Renkleri Piyano İçin Parçalar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>399</v>
+        <v>242</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256489172</t>
+          <t>9786255971173</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Örgütsel Davranışta Güncel Kavramlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>399</v>
+        <v>864</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256489141</t>
+          <t>9786255971135</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences VI</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256489080</t>
+          <t>9786255997579</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Bestelerimle Nazariyat Uşşâk Ve Tevâbî Makamlar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>399</v>
+        <v>659</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256408975</t>
+          <t>9786255971456</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Ötekileştirme: Ayrımcılığı Keşfetmek</t>
+          <t>Turizmde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>350</v>
+        <v>715</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256489363</t>
+          <t>9786255971234</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XV</t>
+          <t>Türkiye’de Yüksek Öğretim Kurumlarının Eğitim-Öğretim Performansları</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>287</v>
+        <v>413</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258341508</t>
+          <t>9786255971180</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>I Have Decided to Become an English Teacher: Motivation to Learn and Teach English in Turkey</t>
+          <t>Masumlar Apartmanı Dizisindeki Arketipsel Dönüşümler: Karakterlerin Psikolojik Yolculukları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786257915533</t>
+          <t>9786255997821</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Etnosentrizm</t>
+          <t>Yönetim Biliminin Esasları</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786055176723</t>
+          <t>9786255997814</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Toplum Hizmeti Dersi Etkinlik Örnekleri</t>
+          <t>Yapay Zekâ Denkleminde “Sorgulananlar” (Medya, İletişim ve Eğitim Çalışmaları)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>600</v>
+        <v>424</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786057557100</t>
+          <t>9786255997760</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Halkla İlişkiler</t>
+          <t>Kapitalosen Çağ’da Küresel İklim Değişikliği, Toplumsal Hareketler ve Radikal Medya</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786057786432</t>
+          <t>9786256251663</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>An Analysis of Difficulties Which Secondary School Students with Language Learning Difficulties Face in English Language Learning Process</t>
+          <t>Cumhuriyetimizin 100. Yılında Türk Devletleri Teşkilatı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>400</v>
+        <v>715</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786057786548</t>
+          <t>9786255997661</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Değerler Eğitimi</t>
+          <t>Çevre Sorunları ve Kamu Politikası</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>450</v>
+        <v>462</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786057557308</t>
+          <t>9786255997777</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Türkçe, Hintçe ve Urdu Atasözleri ve Deyimler</t>
+          <t>Siyaset Bilimi ve Kamu Yönetimi Alanında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786057557889</t>
+          <t>9786255971043</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Bavyera Eyaleti Eğitim Sistemi</t>
+          <t>Emile, ya da Eğitim Üzerine: Doğal Gelişimi Desteklemek ve Toplumsal Kuralları Tartışmak</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786057557599</t>
+          <t>9786255997609</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Araştıran Okul</t>
+          <t>Türk Müziğinin Kanuni Bestekârları</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>550</v>
+        <v>605</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786057786081</t>
+          <t>9786255997593</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Kurumlarının Sosyal Medya Uygulamaları</t>
+          <t>Pazarlamada Yeni Dönüşümler ve Değişim</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>510</v>
+        <v>495</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786057557506</t>
+          <t>9786255997586</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Economic Growth: Theory and Practice</t>
+          <t>Edebiyatta Toplumcu Gerçekçilik -Roman-</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789752475892</t>
+          <t>9786255997548</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Etmenin Temel İlkeleri</t>
+          <t>Selahaddin Eyyübi Işıksal’ın Hayatı, Eserleri Ve Türk Mûsikîsi Çalışmaları</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>399</v>
+        <v>605</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786057557452</t>
+          <t>9786255997531</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Marka</t>
+          <t>Farklı Bakış Açılarıyla Eğitimde Yapay Zekâ</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789752475595</t>
+          <t>9786255997524</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Çalışan Enerjisi</t>
+          <t>Aralıklar, Akorlar, Sekvensler Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789752475823</t>
+          <t>9786255997517</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Eşlikli Türküler - Armonik Bağlama Eşlikleri</t>
+          <t>Sinemada Mekânın Yeniden İnşası</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059831680</t>
+          <t>9786255997500</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Rıza Baharlı Divanı</t>
+          <t>Aruz Vezni ve Öğretimi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>450</v>
+        <v>358</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059831871</t>
+          <t>9786255997494</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nden Türkiye Cumhuriyeti'ne Konya</t>
+          <t>Yûsuf Es-Sibâ‘î’nin Romanlarında Aile, Din Ve Toplum</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>485</v>
+        <v>352</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789752475090</t>
+          <t>9786255971036</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Veriler Işığında Türkülerde Kadın</t>
+          <t>Türk Müziğinde Görme Engelli Mûsikîşinaslar</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>460</v>
+        <v>413</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059831345</t>
+          <t>9786256489837</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme - Teori Ve Uygulama</t>
+          <t>Bağımsal Dil Bilgisi Yaklaşımına Göre Eski Türkçe Edatlarda İstem</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>425</v>
+        <v>605</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059831857</t>
+          <t>9786255997678</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Anayasalar Kanunlar ve TBMM Kararları</t>
+          <t>Grafik Tasarımda Güncel Yönelimler</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>985</v>
+        <v>495</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059831833</t>
+          <t>9786255997739</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Yorumlar</t>
+          <t>Depremler Üzerine: Psiko-Sosyal Açıdan Adıyaman Depremi ve Etkileri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059831802</t>
+          <t>9786255997746</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenmede Yeni Öğrenme Türleri</t>
+          <t>Dijital Dönüşüm: Geleceği Şekillendiren Güç</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>485</v>
+        <v>715</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254431104</t>
+          <t>9786255997753</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Meslek Etiği ve Öğretmenlik</t>
+          <t>İşletmecilik Perspektifinden Endüstri 4.0’a Bütünsel Bakış</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>350</v>
+        <v>754</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256489035</t>
+          <t>9786255997791</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XVI</t>
+          <t>Teachıng Unveiled: The Power of Identity in English Language Education</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>499</v>
+        <v>495</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256489011</t>
+          <t>9786255997807</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VII</t>
+          <t>Türkiye Yüzyılı Maarif Modeli Öğretim Programlarına Genel Bakış</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>399</v>
+        <v>605</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256408913</t>
+          <t>9786255997937</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İlçe Belediye Hizmetlerine Ait Kriterlerin Swara Yöntemi ile Sıralanması</t>
+          <t>Uzun Sap (Bozuk Düzeni) Bağlama Repertuvarı 1</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>485</v>
+        <v>385</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786256408760</t>
+          <t>9786256251014</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Sendromları 2</t>
+          <t>Eğitim Programları ve Öğretim Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786256382954</t>
+          <t>9786256251021</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağında Nomofobi ve Sosyal Medya Bağımlılığı</t>
+          <t>Felsefe Alanında Uluslararası Araştırmalar 1</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>450</v>
+        <v>171</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786259910581</t>
+          <t>9786256251083</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Küresel Politik Ekonomi Çerçevesinde Modern İpek Yolu</t>
+          <t>Pazarlama Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786259910567</t>
+          <t>9786256251045</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Alıştırmalar</t>
+          <t>Halkla İlişkiler Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786259910550</t>
+          <t>9786256251168</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXIII</t>
+          <t>Sosyoloji Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786258223965</t>
+          <t>9786256251304</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Doyumu Evlilikte Güç Algısı ve Bağışlayıcılık</t>
+          <t>Beslenme ve Diyetetik Alanında Araştırmalar III</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786256489158</t>
+          <t>9786256251502</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences VI</t>
+          <t>Tüketici Davranışlarında Kullanılan Teoriler</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>287</v>
+        <v>754</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256489134</t>
+          <t>9786256251878</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences VII</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786256489127</t>
+          <t>9786256251885</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XIV</t>
+          <t>Sağlık Yönetimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256489110</t>
+          <t>9786256613584</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVIII</t>
+          <t>Türk Musıkisinde Çeşniler</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>499</v>
+        <v>616</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786256489066</t>
+          <t>9786256251458</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIII</t>
+          <t>Örgütlerde Saplantılı Tutum ve Davranışlar</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>499</v>
+        <v>343</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786256489042</t>
+          <t>9786256658851</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar IV</t>
+          <t>Muhasebe ve Denetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256408937</t>
+          <t>9786256658622</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XV</t>
+          <t>100 Yılın Keşfi Papbil Bireyi Tanıma Tekniklerinde Yapay Zeka Destekli İnovatif Çözümler</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>499</v>
+        <v>495</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256408883</t>
+          <t>9786256251250</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXII</t>
+          <t>Amasya Yöresi Müzikoloji Çalışmaları</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>499</v>
+        <v>383</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786258341874</t>
+          <t>9786256658325</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu İşletmeciliği Ekseninde İngiltere’de Merkezi İdarenin Dönüşümü:Yürütücü Ajanslar</t>
+          <t>Yapay Zeka ile Yazılım Projelerinin Yönetimi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786256408951</t>
+          <t>9786258108279</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XIII</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786256408456</t>
+          <t>9786057786296</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Romantik Dönem Viyola Sonatlarına Müzikal ve Teknik Bakış</t>
+          <t>İçerik Pazarlaması</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786256408906</t>
+          <t>9786256613058</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da Türk Dizilerini İzleme Eğilimleri</t>
+          <t>Sakaların ve Sarmatların Kökeni</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>350</v>
+        <v>462</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786256408890</t>
+          <t>9786256552661</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bir Karma Kuruluşlu Cümle Türü Olarak Türkçede Aktarma Cümleleri</t>
+          <t>Medya Araştırmalarında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786256408869</t>
+          <t>9786256552364</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Şemse</t>
+          <t>Zaharya ve Dede Efendi Eserlerinin Yapay Zeka Algoritmaları ile Karşılaştırılması</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>355</v>
+        <v>316</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786256408852</t>
+          <t>9786256552098</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Medya</t>
+          <t>Sürdürülebilirlik Odaklı İş Modelleri: İşletmeler İçin Çevresel ve Ekonomik Stratejiler</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>420</v>
+        <v>459</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786256408845</t>
+          <t>9786256408746</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Creativity in Translation - Translating Wordplays, Symbols, and Codes</t>
+          <t>International Research in Social, Human and Administrative Sciences XII</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786256408838</t>
+          <t>9786256408609</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Reklamcılık</t>
+          <t>Dünyada Eğitim Sistemleri ve Erken Çocukluk Eğitimi Uygulamaları</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>360</v>
+        <v>301</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786256408821</t>
+          <t>9786256408593</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Pratik Bakımdan Yerel Ekonomik Kalkınmayı Anlamak</t>
+          <t>Sinema ve Reklam Çalışmalarında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>550</v>
+        <v>412</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786256408524</t>
+          <t>9786256408388</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Hedeflemesi Stratejisinde Döviz Kuru</t>
+          <t>Kültür Kimlik İdeoloji - Kültürlerarası İletışım Açısından Iğdır</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>475</v>
+        <v>435</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257405560</t>
+          <t>9786256382886</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar V</t>
+          <t>20. Yüzyılda Türkiye-Batı İlişkileri</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>499</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257405522</t>
+          <t>9786256382008</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Lojistik Yönetimi</t>
+          <t>İnternet Haber Habercilik</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>475</v>
+        <v>395</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256408340</t>
+          <t>9786258223873</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences V</t>
+          <t>Türkiye’de Çiftçilerin Sosyal Güvenliği</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>399</v>
+        <v>517</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256408296</t>
+          <t>9786258223002</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VI</t>
+          <t>Teacher Development for Learner Autonomy</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>399</v>
+        <v>237</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256408272</t>
+          <t>9786258341553</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar IV</t>
+          <t>International Research in Health Sciences III</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256408265</t>
+          <t>9786258341393</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar VI</t>
+          <t>International Research in Education Sciences II</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256408258</t>
+          <t>9786258341645</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar VII</t>
+          <t>Lojistik Köylerin Stratejik Önemi</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256408234</t>
+          <t>9786258341294</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XII</t>
+          <t>Disiplinlerarası Boyutlarıyla Hizmet İşletmeleri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>499</v>
+        <v>468</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256408227</t>
+          <t>9786258341348</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar IX</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256408777</t>
+          <t>9786258341362</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim İmkan ve Sınırlılıklar</t>
+          <t>İletişim Ve Medya Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>420</v>
+        <v>399</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256408753</t>
+          <t>9786258341379</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering Sciences V</t>
+          <t>İnternatıonal Research İn Socıal, Human And Admınıstratıve Scıences V</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786256408722</t>
+          <t>9786258341065</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar VII</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786256408715</t>
+          <t>9786258108804</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVII</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>499</v>
+        <v>316</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256408708</t>
+          <t>9786258108835</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar IX</t>
+          <t>İnternational Research İn Communication Sciences</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>399</v>
+        <v>316</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786256408692</t>
+          <t>9786258108781</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIV</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>499</v>
+        <v>316</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786256408685</t>
+          <t>9786258108729</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXI</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>499</v>
+        <v>395</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786256408654</t>
+          <t>9789752475175</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Recherches Et Pratıques Actuelles En Dıdactıque Des Langues</t>
+          <t>Yazılı Anlatım ve Kompozisyon Bilgileri El Kitabı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786256408494</t>
+          <t>9786258468069</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Tüm Okul Kademelerinde Rehberlik ve Psikolojik Danışmanlık Hizmetlerine Yönelik Kapsamlı Bir Bakış</t>
+          <t>Dinlerde Aile</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>475</v>
+        <v>357</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786256408470</t>
+          <t>9786059831208</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Stresle Mücadele ve Çatışmaları Yönetmede Duygusal Zekanın Rolü</t>
+          <t>Sadü'd - Din Fergani'ye Göre Varlık Mertebeleri ve Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>475</v>
+        <v>424</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786256408418</t>
+          <t>9786258468946</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100 Yılında Turizmin 100 Türü</t>
+          <t>Film Türleri Anlatı Yapısı ve Uylaşımlar</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786256408661</t>
+          <t>9786258108125</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türk Modernleşmesinde Rus Tesiri</t>
+          <t>Bir Yaşam Deneyimi Olarak Tüketicilik</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786256408647</t>
+          <t>9786258108477</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Yaklaşımlar</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>585</v>
+        <v>395</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256408630</t>
+          <t>9786258108132</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar V</t>
+          <t>Güncel Gelişmeler Işığında Sosyal Sorunlar 1</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256408517</t>
+          <t>9786257405416</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Birey, Örgüt ve Toplum</t>
+          <t>Stres ve Stresle Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256382985</t>
+          <t>9786057557438</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji İstihdam ve İşsizlik</t>
+          <t>Medya ve İletişime Diyalektik Bakış</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>420</v>
+        <v>459</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786256408098</t>
+          <t>9786057557872</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetimde Gönüllü Rotasyonu Etkileyen Faktörler</t>
+          <t>Uluslararası Sağlık Kuruluşlarında, Sosyal Sermaye ve Pozitif Psikolojik Sermaye Etkileşiminde Kültürel Zeka</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>395</v>
+        <v>451</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256408173</t>
+          <t>9789758890385</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Halk Dansları Müziği 3</t>
+          <t>Televizyon ve Çocuk</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>425</v>
+        <v>284</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786256408425</t>
+          <t>9786054392100</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da İslam ve Kolonyal Hafıza</t>
+          <t>Siyasal İletişim ve Aday İmajı</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786256408432</t>
+          <t>9789758890293</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Instagramın Psikolojik Etkileri</t>
+          <t>Eğitimde Yönetim ve Sisteme İlişkin Çeşitlemeler</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256408449</t>
+          <t>9786055176334</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Lider Stratejik Yönetim Yapay Zeka</t>
+          <t>Toplumsal Eşitsizlik Ve Eğitim</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256408487</t>
+          <t>9786054392872</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Spektrumunda</t>
+          <t>Öğrenen Çocuk</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256408500</t>
+          <t>9789759316679</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Raporlama</t>
+          <t>Küreselleşme Eşliğinde Bağlamada Caz Faslı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>475</v>
+        <v>316</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256408203</t>
+          <t>9786057557315</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Araştırmalar XX</t>
+          <t>İslam Hukukunda Çocuk ve Hakları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>499</v>
+        <v>352</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256408197</t>
+          <t>9786057557001</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknolojilerinin Kullanımının Afet Yönetim Performansına Etkisi</t>
+          <t>Bir Meslek Hastalığı: Akademi ve Mobbing</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256408050</t>
+          <t>9786059831437</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>3 Sesli Akorlar</t>
+          <t>Marka Şehir Olarak Malatya</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256408005</t>
+          <t>9789752475199</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Dijital Platformlar ve Rasyonel Seçim</t>
+          <t>Çocuk Resimlerini Okuyabilmek</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256382800</t>
+          <t>9789752475151</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Güncel Çalışmalar</t>
+          <t>Eğitim, Örgüt ve Liderlik</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>400</v>
+        <v>545</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786256382558</t>
+          <t>9789752475120</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kuramı Odağında Çeviri Amaçlı Çözümlemeler</t>
+          <t>Başarılı Girişimciliğin Perde Arkasındaki Güçler</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>450</v>
+        <v>341</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256382312</t>
+          <t>9786054392698</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Medyatik İletişim II</t>
+          <t>George Orwell and His Message</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>440</v>
+        <v>605</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256408364</t>
+          <t>9786054392704</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>İran - Kimlik ve Siyaset</t>
+          <t>George Orwell and His Non-Fictions</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256408319</t>
+          <t>9786055176013</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences XI</t>
+          <t>Öğrenme Stratejilerinden Bellek Destekleyiciler</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>399</v>
+        <v>450</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256408289</t>
+          <t>9786257316378</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar VI</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256408241</t>
+          <t>9786257915137</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVI</t>
+          <t>Armonik Analiz</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>499</v>
+        <v>380</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256408210</t>
+          <t>9786257915663</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIII</t>
+          <t>Örgütsel Bağlılık ve İş Tatmini Sağlamada İnsan Kaynakları Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>499</v>
+        <v>549</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256382602</t>
+          <t>9786057786906</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Endüstri Mühendisliği Bakış Açısıyla Sürdürülebilirlik Çalışmaları</t>
+          <t>Müşteri İlişkileri Yönetimi Perspektifinden Modern Tüketici</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256382596</t>
+          <t>9786057005656</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>İki Keman İçin Rumeli Türküleri</t>
+          <t>Üretim ve Pazarlamada Yalın Dönüşüm</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>355</v>
+        <v>310</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256382589</t>
+          <t>9786257316712</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dijitalin Yerlileri - Z Kuşağının Oyu</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256382510</t>
+          <t>9786257405058</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Sendromları</t>
+          <t>Solfej 1</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>550</v>
+        <v>329</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256382329</t>
+          <t>9786057005687</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Medyatik İletişim - 1</t>
+          <t>Muhasebe Bakış Açısıyla Sürdürülebilirlik ve Raporlama Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>440</v>
+        <v>554</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256408159</t>
+          <t>9786057005649</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>İlhanlılar Dönemi Azerbaycan Tarihi</t>
+          <t>Tedarik Zinciri Finansı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256408142</t>
+          <t>9786257915571</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Katibim ve Türk Marşı</t>
+          <t>Türk Müziğinin Çokseslendirilmesinde Tonal Armoni</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>325</v>
+        <v>523</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256408135</t>
+          <t>9786057487773</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Sinema Filmlerinde Kurt İmgesi - Modern Dünya Halklarının Kültüründe “Kurt” İmgesinin Rolü Ve İşlevi</t>
+          <t>Pragmatizm Bağlantıları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>520</v>
+        <v>468</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256408128</t>
+          <t>9786257316576</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Yeni Normalde Seçme Yazılar</t>
+          <t>Görsel Düşünmek: Metafor ve Oksimoron</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>450</v>
+        <v>462</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256382923</t>
+          <t>9786257915007</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>A Study on Academic Turkish Vocabulary</t>
+          <t>Eğitim Sisteminin En Önemli Ortaklarından Biri Olan Veliyi Anlamak</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256382688</t>
+          <t>9786057786777</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Romantik Şiirinde Yapı Söküm</t>
+          <t>Enerji Yönetimi ve Muhasebesi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>390</v>
+        <v>554</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256382626</t>
+          <t>9786057786876</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler XI</t>
+          <t>Küresel Dünyada İletişimin Dijital Yüzleri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256382619</t>
+          <t>9786257915304</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Erkek Yöneticiler Gözüyle Kadın Çalışanlar</t>
+          <t>Başlangıç Keman Eğitimi İçin Özgün Melodiler</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>450</v>
+        <v>316</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256382770</t>
+          <t>9786257915199</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XII</t>
+          <t>Holistik Pazarlama</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>499</v>
+        <v>475</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256382824</t>
+          <t>9786257915212</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences VI</t>
+          <t>Nevşehir Türküleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786256382855</t>
+          <t>9786057786319</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyunlar ve Kimlik</t>
+          <t>Gitar İçin Şan Eşlikli Türkü Düzenlemeleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786258223804</t>
+          <t>9786255997449</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çağında Türkiye’de İç Ve Dış Ticaret</t>
+          <t>Pandemi Korkusunun Mesleki Kaygı Üzerindeki Etkisinde Örgütsel Maneviyatın Aracı Rolü: Sağlık Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>850</v>
+        <v>413</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786258223811</t>
+          <t>9786255997272</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Bestelerimle Nazariyat Hicaz ve Tevabi Makamlar</t>
+          <t>Türk Tıp Tarihine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>495</v>
+        <v>435</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786256408067</t>
+          <t>9786255997234</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilgi Teknolojileri Kullanım Niyeti</t>
+          <t>Türk Basınının Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786256382053</t>
+          <t>9786255997456</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XV</t>
+          <t>Tematik Çocuk Dergileri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>499</v>
+        <v>495</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786256382060</t>
+          <t>9786255997432</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar III</t>
+          <t>Türkiye’de Turizm Akademilerinin İş Birlikleri</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786256382077</t>
+          <t>9786255997425</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar V</t>
+          <t>Havva Karakaş ve Balkan Türküleri</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>399</v>
+        <v>343</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786256382091</t>
+          <t>9786255997418</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XI</t>
+          <t>Türk Halk Ezgileriyle Solfej Eğitimi-II</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>499</v>
+        <v>578</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786256382107</t>
+          <t>9786255997401</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Türk Halk Ezgileriyle Solfej Eğitimi-I</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>399</v>
+        <v>395</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786256382572</t>
+          <t>9786255997371</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Menstrual Dönemlerin Bayanların Spor Performansına Etkisi</t>
+          <t>25. Dönem Genel Seçimi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>385</v>
+        <v>292</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786256382565</t>
+          <t>9786259910529</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerde Gelenekçi ve Çağcıl Değerler Eğilimleri</t>
+          <t>International Research in the Field of Management and Organization I</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786256382541</t>
+          <t>9786259910505</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Modern Koşullarda Enerji Tedarik Altyapılarının Geliştirilmesi İçin Yöntemler</t>
+          <t>Dünya Dilleri ve Edebiyatları Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786256382534</t>
+          <t>9786258223231</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası 4</t>
+          <t>Plastik Sanatlar Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>475</v>
+        <v>197</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786256382497</t>
+          <t>9786257405928</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Görsel Tasarım ve Basım Teknolojileri</t>
+          <t>Fizyoterapi ve Rehabilitasyon Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786256382480</t>
+          <t>9786256658967</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>İstismar ve İhmale Bağlı Suça Yönelik Tutumlar</t>
+          <t>Makro İktisat Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>375</v>
+        <v>439</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786256382299</t>
+          <t>9786256658950</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamcılıkta Güncel Yaklaşımlar</t>
+          <t>Rehberlik ve Psikolojik Danışmanlık Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786256382251</t>
+          <t>9786256658783</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Engineering Sciences III</t>
+          <t>Tüketici Davranışları VI</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>399</v>
+        <v>545</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786256382244</t>
+          <t>9786256658738</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Health Sciences V</t>
+          <t>Sosyal Psikoloji Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786256382237</t>
+          <t>9786256251991</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Math Sciences III</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786256382220</t>
+          <t>9786256251984</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Education Sciences IV</t>
+          <t>İstatistik Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786256382213</t>
+          <t>9786256251977</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>İnternational Research in Social, Human and Administrative Sciences IX</t>
+          <t>Eğitimde Ölçme ve Değerlendirme Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>399</v>
+        <v>158</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786256382176</t>
+          <t>9786256251960</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Eğitim Öğretim Teknolojileri Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786256382169</t>
+          <t>9786256251953</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Araştırmalar XI</t>
+          <t>Fransız Dili Eğitimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>499</v>
+        <v>263</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786256382145</t>
+          <t>9786256251946</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVIII</t>
+          <t>Matematik Eğitimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>599</v>
+        <v>385</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786256382138</t>
+          <t>9786256251939</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar V</t>
+          <t>Gazetecilik ve Medya Çalışmaları Alanında Araştırmalar II</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786256382121</t>
+          <t>9786256251922</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar V</t>
+          <t>Nicel Karar Yöntemleri Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786256382114</t>
+          <t>9786256251915</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar III</t>
+          <t>International Research of Educational Administration I</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786256382473</t>
+          <t>9786256251908</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Entropi Tabanlı Vza Yöntemi İle Finansal Performans Analizi</t>
+          <t>Yönetim ve Organizasyon Alanında Araştırmalar II</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786256382428</t>
+          <t>9786256251892</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonunda Kendini Bulmak: Suriyeli Kadınların Göçle Güçlenen Deneyimleri</t>
+          <t>Klasik Türk Edebiyatı Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>390</v>
+        <v>439</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786258108330</t>
+          <t>9786256251854</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>International Research in Health Sciences</t>
+          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786258108255</t>
+          <t>9786256251847</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar II</t>
+          <t>Tekstil ve Moda Tasarımı Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786258341126</t>
+          <t>9786256251830</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu X ?</t>
+          <t>Çağdaş Türk Resim Sanatında Yenilikçi Çalışmalar</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>685</v>
+        <v>303</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786258223927</t>
+          <t>9786256251687</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Göstermeye İlişkin Kaygıların Bireysel Farklılıklar Açısından Değerlendirilmesi</t>
+          <t>Katılım Bankacılığı ve İktisadi Büyüme Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>475</v>
+        <v>314</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786258223910</t>
+          <t>9786256251670</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Fınans Araştırmaları 1</t>
+          <t>Teknolojik Küreselleşme, İstihbarat ve Terörizm</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>550</v>
+        <v>314</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786258223866</t>
+          <t>9786256251588</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İmaj</t>
+          <t>Bağımlılıklar Risk Faktörleri Tanı Süreçleri ve Sonuçları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786258223781</t>
+          <t>9786256251519</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Aktüel Perspektiflerle İnsan Kaynakları Yönetimi</t>
+          <t>Değişen Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>495</v>
+        <v>523</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786258223743</t>
+          <t>9786256251496</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Gelişimi ve Öğrenme</t>
+          <t>Tüketici Davranışlarında Kullanılan Modeller</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>550</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786258223361</t>
+          <t>9786256251472</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Mağaza Atmosferi ve Deneyimsel Pazarlama Kuşaklar Bazında İnceleme</t>
+          <t>International Research in the Field of English Teaching I</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786256382275</t>
+          <t>9786256251366</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Toplumsal Gelişmeler ve Anayasal Süreçler İçerisinde Türk Sosyal Politika Tarihi</t>
+          <t>International Research in the Field of Mathematics I</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786256382282</t>
+          <t>9786256251359</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Orta Gelir Tuzağında Sağlık Sektörünün Önemi</t>
+          <t>Mikro İktisat Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786256382039</t>
+          <t>9786256251243</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ruhsati Eroğlu Hayatı, Sanatı, Şiirleri ve Besteleri</t>
+          <t>Muhasebe Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>355</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786256382015</t>
+          <t>9786256251212</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Dijital Halkla İlişkilerde Güncel Yaklaşımlar</t>
+          <t>Sosyal Bilgiler Eğitimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>460</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>4440000002673</t>
+          <t>9786256251199</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Birincikeman Keman Yazıları ve Kültür Dergisi Sayı: 1 - 2022</t>
+          <t>Uluslararası Ticaret Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>45</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786258341980</t>
+          <t>9786256251182</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar ve Yaylı Orkestrası İçin Beş Türkü Düzenlemesi</t>
+          <t>Müzik Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786258341973</t>
+          <t>9786256251175</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar ve Klasik Kemençe için Türk Müziği Düzenlemeleri</t>
+          <t>Finans Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>360</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786258341959</t>
+          <t>9786256251793</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar İçin Bir Beste ve İki Türkü Düzenlemesi</t>
+          <t>Haber Üretimi ve Tüketiminde Dijitalleşme</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786258341928</t>
+          <t>9786256251717</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Modern Sonrası Yönetim Uygulamaları</t>
+          <t>Oğuz Grubu Türk Lehçelerinde Pekiştirme</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>575</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786258341751</t>
+          <t>9786255997395</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Sosyal Sermaye ve Rekabet Üstünlüğü Bir Sistematik Derleme</t>
+          <t>Kurumsal Risk Yönetişimi</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>550</v>
+        <v>352</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786258341744</t>
+          <t>9786255997333</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Transformation of Love</t>
+          <t>Dijital İletişimde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>390</v>
+        <v>351</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786258223798</t>
+          <t>9786255997166</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kamu Borç Yönetimi</t>
+          <t>Demokrat Parti ve İzmir Basını Propaganda, Mitingler ve Siyasal Yükseliş</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>450</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786258223750</t>
+          <t>9786256613195</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Değişen Paradigmalar</t>
+          <t>Türk Musikisi Solfej Etütleri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>550</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786258223712</t>
+          <t>9786256251137</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlamanın Müşteri Memnuniyeti ve Sadakatine Etkisi</t>
+          <t>Biyoloji Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786258223682</t>
+          <t>9786256251113</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Mali Sürdürülebilirlik Güçlü Yerel Yönetimler Türkiye Simülasyonu</t>
+          <t>Turizm Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786258223675</t>
+          <t>9786256251052</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar IV</t>
+          <t>Resim Resim-İş Eğitimi Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786258223620</t>
+          <t>9786256251007</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Ticaret: 20. Yüzyıl Başlarında Rusya'da Ticari Faaliyetlerde Bulunan Rizeli Esnaf</t>
+          <t>Beşeri ve İktisadi Coğrafya Alanında Araştırmalar I</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786258223569</t>
+          <t>9786255997364</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kelam Terimler Sözlüğü</t>
+          <t>Safra Kesesinde Temel Bilgiler ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>485</v>
+        <v>281</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786258223538</t>
+          <t>9786255997326</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemini Konu Alan Romanlarda Popüler Kültür Temsilleri</t>
+          <t>Yükseköğretimde Liderlik, Akademik Liderlik, Kalite ve Kurumsal Hafıza</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>490</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786258223514</t>
+          <t>9786255997296</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Sinema Üzerine Yazılar</t>
+          <t>Kırgız Şair Kalıkul Bay Uulu ve Şiirlerinde Muhteva</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>460</v>
+        <v>314</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786258223484</t>
+          <t>9786255997289</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Araştırmaları 2</t>
+          <t>Mikail Müşfik’in Ve Sabahattin Ali’nin Şiirlerinin Muhteva Açısından Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786258223460</t>
+          <t>9786255997227</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Araştırmaları 1</t>
+          <t>Bilgisayar ve Öğretim Teknolojileri Eğitimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786258223330</t>
+          <t>9786255997159</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Meslekler ve Kişilik</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786258223309</t>
+          <t>9786255997135</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sanal Deneyimsel Pazarlama</t>
+          <t>Grafik Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786258223248</t>
+          <t>9786255997128</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>International Research in Agriculture Sciences</t>
+          <t>Siyaset Bilimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786258223217</t>
+          <t>9786255997104</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Ziraat Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar IV</t>
+          <t>International Research in the Field of Economics I</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>399</v>
+        <v>131</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786258223200</t>
+          <t>9786255997098</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar IV</t>
+          <t>Bilgisayar Bilimleri ve Mühendisliği Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786258223194</t>
+          <t>9786255997081</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Planlama ve Tasarım Alanında Uluslararası Araştırmalar II</t>
+          <t>Elektrik-Elektronik ve Haberleşme Mühendisliği Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786258223187</t>
+          <t>9786255997074</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences VIII</t>
+          <t>International Research in the Field of Macroeconomics I</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786258223170</t>
+          <t>9786255997067</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>International Research in Math Sciences II</t>
+          <t>International Research in the Field of Civil Engineering I</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786258223156</t>
+          <t>9786255997050</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>International Research in Engineering II</t>
+          <t>Türkçe Eğitimi Alanında Uluslararası Araştırmaları I</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786258223149</t>
+          <t>9786255997043</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>International Research in Education Sciences III</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786258223132</t>
+          <t>9786255997036</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>International Research in Architecture Sciences</t>
+          <t>Kamu Yönetimi Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786258223118</t>
+          <t>9786255997029</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XIV</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>499</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786258223101</t>
+          <t>9786255997012</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar II</t>
+          <t>Histoloji ve Embriyoloji Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786258223095</t>
+          <t>9786255997005</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Araştırmalar IV</t>
+          <t>Arkeoloji Alanında Uluslararası Araştırmalar I</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>399</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786256382084</t>
+          <t>9786256251571</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar V</t>
+          <t>Televizyon Reklamlarında Kadın Temalı Reklamlar-Femvertising</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786258223071</t>
+          <t>9786255997111</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar X</t>
+          <t>Kadına Yönelik Şiddet</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>499</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786258223064</t>
+          <t>9786256658608</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar VII</t>
+          <t>İstatistik ve Biyoistatistik Teorik Temellerden Uygulamalara</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>399</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786258223057</t>
+          <t>9786256408623</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar VII</t>
+          <t>Evcil Hayvan Sahipliğinden Tüketim Olgusuna, Genişletişmiş Benlik Teorisi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786258223040</t>
+          <t>9786256251786</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar X</t>
+          <t>Türk Romanında Kasaba (1860-1960)</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>499</v>
+        <v>792</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786258223033</t>
+          <t>9786256251762</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVII</t>
+          <t>21. Yüzyılda Eğitim ve Toplumsal Kazanımları</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>599</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786258341942</t>
+          <t>9786256251755</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Örgütlerinde Yapı ve Tatmin</t>
+          <t>Türkiye’deki Fitopatolojik Sorunlar Ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>450</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786258341935</t>
+          <t>9786256251748</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili - I</t>
+          <t>Örneklerle Müzik Teorisi ve Temel Armoni</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>420</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786258341898</t>
+          <t>9786256251731</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ekonomisi</t>
+          <t>Contemporary Issues in Finance</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>575</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786258341805</t>
+          <t>9786256251700</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yeni Liderlik Paradigmaları</t>
+          <t>Türk Müziğinde Makam Uygulamaları</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786258341737</t>
+          <t>9786256251625</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Birey Toplum ve Dijitalleşme Bağlamında Tüketimin Yeni Formları</t>
+          <t>Dijital Dünyada Çağdaş Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>550</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786258341584</t>
+          <t>9786054392964</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Medyasında Alkol Temsili ve Alkolün Topluma Olumsuz Etkisi</t>
+          <t>Vahdeti’l Vucüd</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>350</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786258223323</t>
+          <t>9786057557254</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ekonomisi Teori Ve Politika</t>
+          <t>Dijital Çağda İletişim</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786258341997</t>
+          <t>9789755692043</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Enseigner La Traduction Poetique En Contexte Fle</t>
+          <t>Dijital Diyet Zamanı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>585</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786258341966</t>
+          <t>9786257316460</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Ve Reklam Çevirileri</t>
+          <t>Eğitim Bilimleri Alanında - Uluslararası Araştırmalar 2</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786258223590</t>
+          <t>9786256251564</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Değiştirdiği Dinamikler</t>
+          <t>Tüketici, Reklam Ve İnternet Reklamcılığı</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>520</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786258223521</t>
+          <t>9786258108996</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Evlilik Sözleşmesi Ve Evliliğin Sona Ermesi</t>
+          <t>Azerbaycan Halk Dansları Müziği - 2 (Piyano İçin Düzenlemeler)</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>350</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786258223408</t>
+          <t>9789759265670</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İşletme Yönetiminde Teknolojinin Endüstriyel Süreci</t>
+          <t>Eğitim Yöneticisinin Yeterlikleri: Endüstri Meslek Lisesi Müdürlerinin Yeterliklerine İlişkin Bir Araştırma</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>650</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786258223583</t>
+          <t>9786256489394</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İlaç Sektörü Satış Ve Pazarlama Stratejileri</t>
+          <t>February 6 2023 Kahramanmaraş Earthquakes Hatay</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786258223705</t>
+          <t>9786256382190</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Teknolojik Liderlik</t>
+          <t>Sosyal Medya ve Algı Yönetimi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>550</v>
+        <v>391</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786258341713</t>
+          <t>9786258223552</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Yeni Trendler Teori ve Uygulamalar</t>
+          <t>Yapay Zeka Teknikleriyle Hisse Senedi Fiyat Tahmini</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>550</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786258341720</t>
+          <t>9786258341225</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dini Hareketler ve Misyonerlik</t>
+          <t>“Ney”deki Perde Baskı Karakterlerinin Tespiti Ve Yorumlanması -Meşk Silsilesi Özelinde -</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786258341782</t>
+          <t>9786258108866</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Emeklilik Yatırım Fonları ve Menkul Kıymet Yatırım Fonlarının Çeşitli Yöntemlerle Karşılaştırmalı Performanslarının Analizi ve Fon Yöneticilerinin Zamanlama Yetenekleri</t>
+          <t>Öğrenme Mekanları Olarak İlkokul Bahçeleri</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786258341621</t>
+          <t>9786258108354</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Armoni ve Eşlik</t>
+          <t>Sosyal Hizmet Yazıları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786258341515</t>
+          <t>9786258108002</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar VI</t>
+          <t>Özerk Kamusal Alanlar ve Din</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786258108546</t>
+          <t>9786258468830</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social, Human and Administrative Sciences VI</t>
+          <t>Dijital Hemşehrilik</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>399</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786258341768</t>
+          <t>9786258468915</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Henry George Farmer’ın Şark Müziği Hakkındaki Görüşleri</t>
+          <t>20. Yüzyılda Sivas’ta Klâsik Türk Mûsikîsi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786258108958</t>
+          <t>9786256251540</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Haber Uygulamaları</t>
+          <t>Farklı Disiplinler Işığında Kadın Çalışmaları</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>450</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786258341331</t>
+          <t>9786256251618</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar 7</t>
+          <t>Evde Hasta Bakımı</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>499</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786258341423</t>
+          <t>9786258223699</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Uluslararası Araştırmalar I</t>
+          <t>Kamusal Halkla İlişkiler ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>399</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786258341447</t>
+          <t>9786256658943</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Emeğe Dair</t>
+          <t>Eğitim Yönetimi Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786258341256</t>
+          <t>9786256658684</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kılıç - Hayatı, Eserleri Ve Türk Din Musikisi Alanındaki Hizmetleri</t>
+          <t>Pazarlama İletişimi: Sosyal ve Etik Boyutlar ile Özel Pazarlama Alanları</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>395</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786258341140</t>
+          <t>9786256658677</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sahiplenme</t>
+          <t>Pazarlama İletişimi: Teknolojik Gelişmeler ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>375</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786258341102</t>
+          <t>9786256658660</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar VI</t>
+          <t>Pazarlama İletişimi: Temel Kavramlar ve Geleneksel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>499</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786258108934</t>
+          <t>9786256658509</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlamayla Reklamın Etkilerinin Belirlenmesine Yönelik Bir Araştırma</t>
+          <t>Yönetim ve Organizasyon Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786258341461</t>
+          <t>9786256251526</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Basılı Parmak Yöntemi İle Başlangıç Viyola Eğitimi 1.1</t>
+          <t>Öğrenci Öğrenmelerini İyileştirmek İçin Veri Kullanımı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>450</v>
+        <v>314</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786258341287</t>
+          <t>9786256251465</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - IX</t>
+          <t>Eğitimde Disiplinlerarası Çalışmalar</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>430</v>
+        <v>314</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786258341270</t>
+          <t>9786256251342</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Sorunlar ve Aile Danışmanlığı</t>
+          <t>International Research in the Field of Architecture-I</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>375</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786258341188</t>
+          <t>9786256251335</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Büyüme ve Verimlilik Politikası</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>495</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786258341164</t>
+          <t>9786256251328</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziğinde Makamlar ve Terkibler</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar-II</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786258341157</t>
+          <t>9786256251120</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Yalın İmalat Sistemlerinde Performans Yönetimi</t>
+          <t>Gazetecilik ve Medya Çalışmaları Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786258108712</t>
+          <t>9786256251106</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Beşeri Ve İdari Bilimler Alanında Uluslararası Araştırmalar XII</t>
+          <t>İletişim Çalışmaları Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>599</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786258468304</t>
+          <t>9786256251090</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kriz</t>
+          <t>Sosyal Politika Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786057557933</t>
+          <t>9786256251076</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Becerileri ve Sürdürülebilir Rekabet Üstünlüğü İlişkisi</t>
+          <t>Mimarlık Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786258468113</t>
+          <t>9786256251069</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Masalları - 2</t>
+          <t>İç Mimarlık Alanında Uluslararası Araştırmalar-I</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786258341003</t>
+          <t>9786256251380</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Almancada Çekim Ekleri ve Türkçe Karşılıkları</t>
+          <t>Sağlık Yönetiminde Teknolojik Yaklaşımlar - I</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>450</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786258108705</t>
+          <t>9786256251441</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar III</t>
+          <t>Keman ve Vurmalı Çalgılar için Şarkılar</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>450</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786258108965</t>
+          <t>9786256251489</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Bağlamında Birey, Toplum ve İletişim</t>
+          <t>Karikatür ve İdeoloji</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>450</v>
+        <v>473</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786258108880</t>
+          <t>9786256251267</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Değişken Üslü Homojen Herz Uzayları Üzerinde İçsel Kare Fonksiyonları ve Komütatörleri İçin Bazı Tahminler</t>
+          <t>Şan İçin Piyano Eşlikli Türküler</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>450</v>
+        <v>616</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786258108361</t>
+          <t>9786256251403</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Teknikleri</t>
+          <t>Spor Bilimlerinde Yapay Zeka Veri Madenciliği</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786258108095</t>
+          <t>9786256251410</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde İletişim Teknolojilerinin Kullanımı</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler XIV</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>465</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786258108248</t>
+          <t>9786258341911</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Dijitalleşme</t>
+          <t>Kamu Kurumlarında Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>450</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258108859</t>
+          <t>9786258341676</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Post-Fotoğraf</t>
+          <t>Tarihsel Süreçte "Nakış" Formu</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>499</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786258108927</t>
+          <t>9786258341133</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Repertuvar</t>
+          <t>Örgütsel Davranışta Ölçek Araştırmaları 2</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786258108668</t>
+          <t>9786258341195</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Dijital Dönüşümü ve Influencer Marketing</t>
+          <t>Türkiyede Yabancı Dil Öğretim Sorunsalı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>495</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786258108156</t>
+          <t>9786258468526</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Müzik Eğitiminde Öğretim Yaklaşım ve Yöntemleri</t>
+          <t>Kariyer Yönetimi ve Kariyer Planlama</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>495</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786258108149</t>
+          <t>9786057557377</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Lüks Marka Tüketimine Yönelik Tutumları Etkileyen Faktörler</t>
+          <t>Yalın Üretim ve Yalın Üretime Geçiş Çalışmaları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>485</v>
+        <v>743</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257405959</t>
+          <t>9786257915526</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları - 3</t>
+          <t>Finansın Dijital Devrimi Blokzincir ve Kripto Paralar</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257405812</t>
+          <t>9786256251205</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri Ve İdari Bilimler</t>
+          <t>Aşık Veysel Oratoryosu</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>599</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257405966</t>
+          <t>9786256251229</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Çağdaş Yaklaşımlar II</t>
+          <t>Uygulamaya Yönelik Bağımsız Denetim (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>475</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257405423</t>
+          <t>9786256658837</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Aklın İşbirliği Kitle Kaynak</t>
+          <t>E-işletmelerde Muhasebe Bilgi Sistemi-İç Kontrol İlişkisi</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257405171</t>
+          <t>9786256658998</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Eğitim Sosyolojisi Yaklaşımları</t>
+          <t>Okul Öncesi Eğitimde Sanat ve Yaratıcılık</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257405577</t>
+          <t>9786256658936</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar</t>
+          <t>J.D. Zelenka’nın Zwv 181 No.1 Sonatı’nın İki Viyola, Viyolonsel ve Sürekli Bas İçin Uyarlaması</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>399</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257405898</t>
+          <t>9786256658929</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomik Göstergeler Bize Ne Söyler: Türkiye Ekonomisinden Güncel Örnekler</t>
+          <t>Veritabanı Yönetim Sistemlerinin İncelenmesi: Ybo Örneği</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>475</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257405881</t>
+          <t>9786256658899</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yeni Koronavirüs (Covid-19) Üzerine Araştırmalar Ve Ülke Deneyimleri</t>
+          <t>Tekno-Girişimcilik</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>350</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257405911</t>
+          <t>9786256658882</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Dijitale Siyasal İletişim Çalışmaları</t>
+          <t>Kaynak Tüketim Muhasebesi Ve Yapay Sinir Ağlarının Mobilya Sektöründe Uygulanması: İnegöl Örneği</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>520</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257405874</t>
+          <t>9786256658868</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medyanın Toplumsal Dinamikleri</t>
+          <t>Yönetimde Çağdaş Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>455</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257405867</t>
+          <t>9786256552142</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Risk! Riski Anlamak ve Yönetmek</t>
+          <t>Besin Güvencesizliği ve Sağlık</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>520</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257316538</t>
+          <t>9786258341614</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Türkiye’de Kültürel Turizm</t>
+          <t>Televizyon Yapımlarında Teknik Uygulamalar</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>475</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257405843</t>
+          <t>9789752475038</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Alt Kültür Okumaları</t>
+          <t>Kurum İçi Halkla İlişkiler ve Üniversite İnternet Siteleri</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>475</v>
+        <v>501</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257316545</t>
+          <t>9786257405799</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Medya ve İletişim I</t>
+          <t>Şehirler Nasıl Markalaşır: Marka Şehir Olmanın Püf Noktaları</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>475</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257316552</t>
+          <t>9786257405782</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Medya ve İletişim II</t>
+          <t>Nasıl Marka Şehir Oldular?</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257405836</t>
+          <t>9786256552845</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VI</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258468045</t>
+          <t>9786258223736</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Özgün Ezgilerle Makamsal Solfej Eğitimi</t>
+          <t>Siyasal Yazılar</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789752475397</t>
+          <t>9786256613003</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Sosyal Yaklaşımlar</t>
+          <t>Güncel İşletmecilik Araştırmaları - 5</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789752475137</t>
+          <t>9786256552968</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvar Güvenliği ve Deney Teknikleri</t>
+          <t>Güncel İşletmecilik Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>460</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258468052</t>
+          <t>9786256552951</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Güncel Yaklaşımlar ve Araştırmalar</t>
+          <t>Güncel İşletmecilik Araştırmaları 3</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>520</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786059831611</t>
+          <t>9786057557780</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ahmet</t>
+          <t>Örgütsel Bilgelik</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>650</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258468106</t>
+          <t>9786258341683</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Medyası</t>
+          <t>Z Kuşağı İçin Motivasyon ve Eğitim Etkili Ders Çalışma Yöntemleri ve Eğiticilere Z Kuşağına Yönelik Tavsiyeler</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>520</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258468090</t>
+          <t>9786256613027</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Medya İlişkisi</t>
+          <t>Cumhuriyet'in 100. Yılında Mersin</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>475</v>
+        <v>754</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786059831017</t>
+          <t>9786256658066</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>14. Ulusal İşletmecilik Kongresi</t>
+          <t>Televizyon ve Sosyal Medyada Güncel Kavramlar</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>550</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258468267</t>
+          <t>9786256658646</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumları Penceresinden Negatif Örgütsel Davranış</t>
+          <t>Sürdürülebilir Davranışsal Pazarlama Modeli</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258468182</t>
+          <t>9786256408111</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>An Analysis of Moves the Introduction Sections of Research Articles Written by Turkish Scholars</t>
+          <t>Damgalanma, Ruh Sağlığı ve Kalkınma</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>485</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258468236</t>
+          <t>9786256408104</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Keman İçin Piyano Eşlikli Makamsal Eserler</t>
+          <t>Ruh Sağlığı ve Ekonomik Boyutu</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258468328</t>
+          <t>9786256658813</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirme Yaklaşımı Perspektifinde Psikososyal Eğitim Programı</t>
+          <t>Küresel Şirketlerde Etik ve Kültür</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>550</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258108033</t>
+          <t>9786256658790</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Korku Filmlerinin İdeolojisi Ben’in İçindeki Öteki</t>
+          <t>Kişisel Veri Güvenliği ve Sosyal Ağlar</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>520</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258108187</t>
+          <t>9786256658752</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya</t>
+          <t>International Research in Engineering Sciences X</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258108194</t>
+          <t>9786256658202</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar III</t>
+          <t>Sınıf Yönetiminde Örnek Olaylar - Öğrenme Ortamlarında Kriz Çözümlemeleri</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>399</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258108224</t>
+          <t>9786256658714</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar</t>
+          <t>Hüseyin Sadeddin Arel ve Bir Musiki Masalı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>399</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258108217</t>
+          <t>9786256658707</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar X</t>
+          <t>Beslenme ve Diyetetik Alanında Uluslararası Araştırmalar 2</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>599</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258108118</t>
+          <t>9786256658592</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Nesnesi Olarak Beden ve Güzellik</t>
+          <t>Türk Halk Müziği Solfej ve Ritim Eğitimi 1</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>495</v>
+        <v>693</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258108415</t>
+          <t>9786256658356</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta Ölçek Araştırmaları</t>
+          <t>İşletmelerde Karar Verme Teknikleri</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258108170</t>
+          <t>9786256613744</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>International Research in Social Humanities and Administrative I</t>
+          <t>Cumhuriyet Döneminde İktisadi Bir Teşebbüs: İstanbul Esnaf Bankası</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>399</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258108583</t>
+          <t>9786057494283</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar III</t>
+          <t>Neşeli Notalar</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>399</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258108538</t>
+          <t>9786256658479</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar X</t>
+          <t>International Research in Health Sciences IX</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258108484</t>
+          <t>9786256658462</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>International Research in Math Sciences</t>
+          <t>International Research in Social, Human and Administrative Sciences XXII</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258108446</t>
+          <t>9786256658448</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258108439</t>
+          <t>9786256658431</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar IV</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar XIII</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786258108309</t>
+          <t>9786256658424</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yaylı Çalgılar İçin Türkü Düzenlemeleri</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>430</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786258108071</t>
+          <t>9786256658417</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Bakım Ve Rehabilitasyon Giriş</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXXI</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>350</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786258108699</t>
+          <t>9786256658400</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Alan Olarak Dijitalleşme</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIX</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786258108606</t>
+          <t>9786256658394</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları Ve Davranışsal Niyetler</t>
+          <t>Tüketici Davranışları 5- Güncel Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>455</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786258468908</t>
+          <t>9786256658363</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Analizi İle Kurumların Sürdürülebilirliğinin Modellenmesi ve Yeni Bir Sürdürülebilirlik İndeksinin Geliştirilmesi</t>
+          <t>Althusser'in Söylem Kuramı Bağlamında Kutadgu Bilig'de Söylem Türleri</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258468960</t>
+          <t>9786256658219</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Gastronomik Bir Değer ve Kültürel Miras Olarak Mesir Macunu</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXIV</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258468939</t>
+          <t>9786256658110</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim ve Karşılaştırmalı Edebiyat Bakış Açısıyla Mektup Roman Örnekleri</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>395</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258108026</t>
+          <t>9786256658073</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerine Dair - Yazılmayanlar, Bilinmeyenler, Konuşulmayanlar</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XXI</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>420</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258108101</t>
+          <t>9786256658578</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>İletişim Fark Yaratır</t>
+          <t>Yeni Nesil Teknolojiler ve Yeni İş Hayatı</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786258468984</t>
+          <t>9786256658530</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlara Giriş Stratejileri - Türkiye Örneği</t>
+          <t>Dijital Eğitim 1</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>520</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786258468700</t>
+          <t>9786256658523</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Hastalık Sosyolojisi</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257405850</t>
+          <t>9786256658493</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Uzmanının Uygulama Kılavuzu: Bütüncül Bir Rehber</t>
+          <t>Türk Plastik Sanatlarında Güncel Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258468373</t>
+          <t>9786256658486</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Piyano Eşlikli Çocuk Şarkıları: Ezgilerle Boyama</t>
+          <t>Fiziki Coğrafya Alanında Uluslararası Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>375</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786258468021</t>
+          <t>9786256658165</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Etkili Okulların Nitelikleri</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257405744</t>
+          <t>9786050653748</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Eğitimciler Ve Ebeveynler İçin Kriz Zamanlarında Eğitim</t>
+          <t>Ecorecreation</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>550</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257405553</t>
+          <t>9786256658387</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Dijital Eğitim</t>
+          <t>Ruhsal Liderlik, Okul Kültürü ve Akademik Başarı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>590</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257405942</t>
+          <t>9786256658370</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Bölgesel Ve Küresel Aktörlerin Orta Asya Siyaseti</t>
+          <t>İletişim Perspektifinden Post-Truth Fenomeni</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>650</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258468397</t>
+          <t>9786256658318</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek ve İçecek İşletmelerinde Satın Alma ve Depolama</t>
+          <t>Interdisciplinary Approaches in Sport Sciences</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>550</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258468809</t>
+          <t>9786256658264</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yapmadan Dönme</t>
+          <t>Onkojenik Virüsler</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258468793</t>
+          <t>9786256658257</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Türsel İşletmelerde Pazarlama</t>
+          <t>Yalın Hastane Yönetimi: 5S Uygulanması</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258468670</t>
+          <t>9786256658240</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Türk Mutfagındaki Sütlü Tatlıların Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>499</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258468076</t>
+          <t>9786256658233</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar IX</t>
+          <t>Current Research and Compilations in Sports Sciences</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>599</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258468434</t>
+          <t>9786256658158</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İktisat Politikası III</t>
+          <t>International Research in Social, Human and Administrative Sciences XXI</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786258468441</t>
+          <t>9786256658103</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yöntemlerle Tedarik Zinciri</t>
+          <t>International Research in Education Sciences X</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258468250</t>
+          <t>9786256658097</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXIII</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>499</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258468823</t>
+          <t>9786256658080</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Tüketim Kültüründe Pazarlama Yönelimli Halkla İlişkiler</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XVIII</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>485</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258468601</t>
+          <t>9786256658035</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Paydaş Odaklı Çağdaş Yönetim Yaklaşımlar</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXX</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>450</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258468489</t>
+          <t>9786256552906</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar II</t>
+          <t>Amerika Afganistan'dan Neden Çekildi?</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257405515</t>
+          <t>9786256658059</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar I</t>
+          <t>Translanguaging in L2 Writing Feedback</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258468366</t>
+          <t>9786256613874</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler-VIII</t>
+          <t>Kar Yönetimi Uygulamalarına İlişkin Bilgiler, Denetçi Görüşü İle Denetçi Rotasyonu Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>430</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258468687</t>
+          <t>9786256613461</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Alanında Uluslararası Araştırmalar II</t>
+          <t>Hint-Arap Etkileşiminin Dilsel Boyutu Hintçenin Arapça Sözvarlığı</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>399</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258468847</t>
+          <t>9786256489882</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Lise Öğrencileri İçin Kariyer Planlama Üzerine Tavsiyeler El Kitapçığı</t>
+          <t>Televizyon Haberciliği</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>175</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257405829</t>
+          <t>9789752475939</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Bilgi Yönetimi</t>
+          <t>Türkçe ve Türk Kültürü Dersi Etkinlik Uygulamaları</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>720</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258468458</t>
+          <t>9786256613355</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kobi Yönetim ve Pazarlamasında Güncel Konular</t>
+          <t>Bir Öğretim Lideri Olabilmek</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258468694</t>
+          <t>9786258108613</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kamuda İç Kontrol İç Denetim</t>
+          <t>Learning Oriented Assessment and Academic Writing</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>550</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258468632</t>
+          <t>9789752475458</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Seydişehirliler: Cumhuriyet Dönemi</t>
+          <t>Halkla İlişkiler Perspektifinden Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786258468625</t>
+          <t>9786256613430</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Seydişehirliler: Beylikler ve Osmanlı Dönemi</t>
+          <t>İlkokul ve Ortaokullara Yönelik Kariyer Planlama Tavsiyeleri</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258468335</t>
+          <t>9786256658028</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi ve Organizasyon Alanında Güncel Akademik Çalışmalar</t>
+          <t>Yaşlılarda Beslenme</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>420</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258468533</t>
+          <t>9786256489851</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Alanında Uluslararası Araştırmalar II</t>
+          <t>Müzik Kültürüne Dair Çeşirli Görüşler XIII</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>399</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257405935</t>
+          <t>9786256658004</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Bilimleri Alanında Uluslararası Araştırmalar</t>
+          <t>Balkanlar'da Tarihi Türk Dizileri ve Kültürel Diplomasi</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>399</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258468588</t>
+          <t>9786256613812</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Güncel Kavramlarla Örgütsel Davranış</t>
+          <t>Yönetim ve Organizasyon Çalışmaları Güncel ve Gelecek Odaklı Bağlam</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786258468724</t>
+          <t>9786256613546</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Gastronominin İzleri</t>
+          <t>Sosyal Medya ve Aktif Kullanıcı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>485</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786258468465</t>
+          <t>9786256613539</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Flüt ve Flüt Pedagojisi</t>
+          <t>Tedarik Zinciri Yönetiminde Güncel Konular</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>520</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258468748</t>
+          <t>9786256552371</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Farklı Disiplinlerin Bakış Açısıyla Dijital Dünyada Çocuk</t>
+          <t>Çocuk ve İletişim</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>475</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257405541</t>
+          <t>9786256613683</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0’ın Sağlık Sektörüne Yansımaları</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>455</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786258468342</t>
+          <t>9786256613669</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Karbon Emisyon Yönetiminde Karbon Yönetim Muhasebesi</t>
+          <t>Eğitim Bilimlerinde Uluslararası Araştırmalar XXII</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>475</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258468885</t>
+          <t>9786256613690</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VIII</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>499</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786258468281</t>
+          <t>9786256613706</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VII</t>
+          <t>Filoloji Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>499</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786258468731</t>
+          <t>9786256613713</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Disadvantaged Groups: A Social Policy Perspective</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786258468564</t>
+          <t>9786256613652</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Communicative Competence in Classroom: The Experiences of International Teaching Assistants</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XX</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>360</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786258468786</t>
+          <t>9786256613645</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Barok Dönemin Müziğe Getirdiği Yenilikler</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXIX</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>420</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786258468649</t>
+          <t>9786256613577</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Şiirinde Nevruz</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar VI</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>485</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786258468779</t>
+          <t>9786256613485</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Art Education and Three Dimensions</t>
+          <t>Kültürel Farklılaşma ve Türk Kültüründe Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786258468380</t>
+          <t>9786256613249</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Eğitim Teknolojisi</t>
+          <t>Spor Bilimlerinde Multidisipliner Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786057487742</t>
+          <t>9786256613904</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeleri İçin Tedarik Zinciri Yönetimi Stratejileri</t>
+          <t>International Research in Education Sciences IX</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257405430</t>
+          <t>9786256613881</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Düzleminde Yerinden Yönetim Kuruluşlarına Bir Bakış</t>
+          <t>International Research in Engineering Sciences IX</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257405584</t>
+          <t>9786256613867</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Stratejilerinde Kokunun Sihirli Gücü Koku Pazarlamasına Bütünsel Yaklaşım</t>
+          <t>International Research in Social, Human and Administrative Sciences XX</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>485</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257405607</t>
+          <t>9786256613270</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarında Merhamet Yorğunluğunun İşten Ayrılma Niyetine Etkisi</t>
+          <t>Geçmişten Bugüne Kazak Edebiyatı</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>455</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257405713</t>
+          <t>9786256552388</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Savaş,Göç ve Kadın (Suriyeli Kadınlar ve Erken Yaşta Evlilik Deneyimleri)</t>
+          <t>Meslekler ve İletişim</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>475</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257405706</t>
+          <t>9786256552593</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Solfej Alıştırmaları ve Özgün Solfej Parçaları</t>
+          <t>Sağlık Profesyonellerinin İletişim Becerileri</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>425</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257405348</t>
+          <t>9786256613133</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada İçerik Pazarlaması Ve Tüketici Davranışları</t>
+          <t>İletişimin Felsefesi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257405508</t>
+          <t>9786256613201</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Şairlerinden El-Habsi Ve Şiirleri</t>
+          <t>Ceza Adalet Sistemi ve Kadın İkincil Mağduriyet</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257405492</t>
+          <t>9786256613225</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Sosyal,Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar 5</t>
+          <t>Devlet ve Özel İlkokullardaki Sınıf Öğretmenleri ile Etkinlikler Dersine İlişkin Görüşleri Öğrencilerin Serbest</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>599</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257405386</t>
+          <t>9786256613232</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Strateji - Yönetsel Bağlam Çerçevesinde Güncel Okumalar</t>
+          <t>Farklı Isınma Türlerinde İzokinetik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>585</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786057494221</t>
+          <t>9786256613256</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Masalları - 1</t>
+          <t>Modern Sağlık Yönetiminde Temel Konular</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>430</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257316217</t>
+          <t>9786256613263</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Medya ve İletişim</t>
+          <t>İlkokullarda Dil Öğretimi</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257316866</t>
+          <t>9786256613553</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Korku Sosyolojisi</t>
+          <t>Sorularla İktisat Politikası- 5</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257316132</t>
+          <t>9786256613522</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kabusname'ye Eğitsel  Açıdan Bir Bakış</t>
+          <t>Yapay Zekanın Değiştirdiği Dinamikler 2</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>425</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786057009777</t>
+          <t>9786256613454</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>İş Yeri Nezaketsizliği</t>
+          <t>New Media and Populism</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257405737</t>
+          <t>9786256613423</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Temel Prensipleri</t>
+          <t>Sosyal Bilimlerde Mesleklerin, Eğitimin Ve Uygulamalı Eğitimlerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>399</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257316972</t>
+          <t>9786256613409</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>In The Context Of Folklore Media And Communication</t>
+          <t>Müzik Teorisi Çalışma Kitabı -2</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>450</v>
+        <v>479</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257316996</t>
+          <t>9786256613348</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Türkiye'de Yeme-İçme Kültürü</t>
+          <t>Eğitimde Etkili İletişim</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>450</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786057005601</t>
+          <t>9786256613294</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Günah - Musibet Algıları</t>
+          <t>Dijital Çağın Yeni Hastalığı Teknostres(Meslekler Arası Bir Karşılaştırma)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>340</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257405614</t>
+          <t>9786256613287</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Firmalarda Finansal Başarısızlığın Tahmini Ve İstanbul Menkul Kıymetler Borsası’nda Bir Uygulama</t>
+          <t>Ağrıda Düğün Gelenekleri Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786057494276</t>
+          <t>9786258108910</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama İşlemlerinin ‘’TFRS 16 Kiralamalar’’ Standardına Ve Vuk’a Göre Muhasebeleştirilmesi</t>
+          <t>Şehr-i Süleha</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>350</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257405355</t>
+          <t>9786057557636</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyle Mutlu Ol</t>
+          <t>Sicill-i Ahval Defterlerine Göre Osmanlı'nın Son Devri'nde Rizeli Devlet Adamları</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>385</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786057016928</t>
+          <t>9786256552173</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizilerinde Kent İmajı</t>
+          <t>Belgesel Sinema ve İdeoloji</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>550</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257316149</t>
+          <t>9786256552166</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>V.Tumanov’un Çocuk Kitaplarında Çoklu Zeka Kuramı</t>
+          <t>İngiliz Yönetiminde Kıbrıs Türk Toplumu</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>425</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257405669</t>
+          <t>9786256489301</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Kültür,Yeni Medya ve Kuşaklar</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar 19</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257405621</t>
+          <t>9789752475540</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda Kentsel Siyaset</t>
+          <t>Etnisite ve Spor</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>485</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257405331</t>
+          <t>9786258468922</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kültüründe Sorun Bildirme Davranışına Siyasetnamalerin Yaklaşımları</t>
+          <t>Cello Duets for Beginners</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>485</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257316101</t>
+          <t>9786258108569</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İşletme Alanında Yeni Eğilimler</t>
+          <t>Basın Alanında Ombudsmanlık; Okur Temsilciliği</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>585</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257405539</t>
+          <t>9786258108286</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Denizli'ye Özgü Geleneksel Bir Lezzet : İsli (Yanık Kokulu) Yoğurt</t>
+          <t>P. I. Çaykovski'nin OP. 39 Çocuk Albümü'nün Tematik Müzikal Analizi</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257405546</t>
+          <t>9789752475502</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Business Techniques</t>
+          <t>İletişim Kaygısı ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>595</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257405362</t>
+          <t>9786258341607</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Adli Yardım</t>
+          <t>Televizyonda Program Yapımı ve Program Türleri</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>450</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257405232</t>
+          <t>9786257915618</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Meslek Örgütleri ve Kurumsallaşma</t>
+          <t>Bavyera’da Eğitim Ve Sağlık Çalışanlarından Korona Günlükleri</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>595</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786059831215</t>
+          <t>9789752475380</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Güncel İnanç Problemleri ve Analitik Çözümler</t>
+          <t>Değerler Eğitimde Sabır</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>385</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786055176518</t>
+          <t>9789752475434</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Eğitim</t>
+          <t>Uluslararası Öğrencilerde Uyum ve Memnuniyet</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>485</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257316903</t>
+          <t>9786057557643</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hikayelerle Kendi Kendine Öğrenme</t>
+          <t>Fizik Eğitiminde Yaparak, Yazarak Bilim Öğretimi</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786057487759</t>
+          <t>9786258223378</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler ve Dijital Göç</t>
+          <t>20 Yıllık İktidarın Bir Muhasebesi: AK Parti ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>550</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786057786371</t>
+          <t>9786257405973</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretiminde Dönüştürücü Öğrenme Ders Etkinlikleri</t>
+          <t>Arkeoloji ve Sanat Tarihi Alanında Uluslararası Araştırmalar</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257405256</t>
+          <t>9786256613218</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerı Alanında Uluslararası Araştırmalar - 4</t>
+          <t>Avrupada İslamofobi Üzerine Tartışmalar ve Polonya Örneği</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>499</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786050653700</t>
+          <t>9786256613164</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kuramları Bağlamında Korku Çekiciliği</t>
+          <t>Dijital Medya ve Kültürel Yabancılaşma</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>450</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257915014</t>
+          <t>9786256613126</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Yükseköğrenim</t>
+          <t>International Research in Social, Human and Administrative Sciences XIX</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786057786500</t>
+          <t>9786256613041</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İşitme Engellilerin Din Eğitimi</t>
+          <t>Açık ve Uzaktan Eğitimde Anlatı Araştırmaları</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>485</v>
+        <v>501</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257915410</t>
+          <t>9786256382695</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Yeterlilikler Perspektifinden Mobilya ve Dekorasyon Eğitimi</t>
+          <t>Sanal Dünya Gerçek Hayat Sosyal Sermayenin İnternete Yansımaları</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789752475977</t>
+          <t>9786256489165</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Türleri</t>
+          <t>International Research in Agriculture Sciences 2</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>520</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786057786333</t>
+          <t>9786256489103</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Beer Yaklaşımıyla Denge Döviz Kurundan Sapma</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar 7</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>360</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257405676</t>
+          <t>9786256489004</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Turizmi</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar 8</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257405447</t>
+          <t>9786256408326</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Doğaçlama Teorisi</t>
+          <t>Beslenme Bilimleri Alanında Uluslararası Araştırmalar 1</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257316958</t>
+          <t>9786256613119</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kayseri Basın Tarihi (1910-2020)</t>
+          <t>Türk Musikisi Solfej Eğitimi I - Basit Makamlar</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257405102</t>
+          <t>9786256613102</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Türkiye’de Kültürel Turizm ve Eğlence Kültürü</t>
+          <t>Pazarlamanın Binbir Yüzü</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257405096</t>
+          <t>9786256613034</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Endüstri Ve Örgüt Psikolojisi</t>
+          <t>Uluslararası Sözleşmeler Işığında Kadın İstihdamı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>420</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257405003</t>
+          <t>9786256552395</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç Üzerine Akademik Çalışmalar</t>
+          <t>Gastronomiye Glutensiz Bakış</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>520</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257405010</t>
+          <t>9786256552791</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları - 2</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXVII</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>450</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257405034</t>
+          <t>9786256552807</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları - 1</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIX</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>425</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257316897</t>
+          <t>9786256552821</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Güncel Yaklaşımlar</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XXI</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>525</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257405126</t>
+          <t>9786256552838</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Ticarileşme, Politika Ve Etik Üçgeninde Sağlık Konulu Yayıncılık Tartışmaları</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Çalışmalar VI</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257316811</t>
+          <t>9786256489943</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojide Çağdaş Yaklaşımlar</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>450</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257405270</t>
+          <t>9786256489806</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler</t>
+          <t>Kuramdan Uygulamaya Yaratıcı Yazma</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>499</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257405041</t>
+          <t>9786256489547</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Reklamlarda Mizah Kullanımının Eleştirisi</t>
+          <t>Sağlıkta Güncel Pazarlama Yöntemleri</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>520</v>
+        <v>182</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257405195</t>
+          <t>9786256552869</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde İnsan Ve Toplum</t>
+          <t>International Research in Social, Human and Administrative Sciences XVIII</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>395</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257405294</t>
+          <t>9786256552876</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürünün Bir Boyutu Olarak Hasta Ve Çalışan Güvenliği</t>
+          <t>International Research in Engineering Sciences VIII</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257405287</t>
+          <t>9786056467790</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 7</t>
+          <t>Lojistik</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>430</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257405263</t>
+          <t>9786256552883</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 6</t>
+          <t>International Research in Education Sciences VIII</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>430</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257405300</t>
+          <t>9786256552746</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>İşletme Riski, Hedge İşlemleri Ve Finansal Araçlar Standardı: Uygulama Örnekleri Ve Muhasebe Kayıt Önerileri</t>
+          <t>İş Dünyasında Z Kuşağı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>420</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257405218</t>
+          <t>9786256552197</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya</t>
+          <t>Plan ve Etkinlik Örnekleriyle İlkokulda Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>499</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257405089</t>
+          <t>9786256552104</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin Dijital Kodları</t>
+          <t>Dijital Kültür Bir Değişim Öyküsü (Medya, İletişim ve Eğitim Araştırmaları)</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>450</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257405317</t>
+          <t>9786256552036</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Halkla İlişkilerin Dönüşümü 2</t>
+          <t>Medya Okuryazarlığı Analizleri</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257316989</t>
+          <t>9786256489981</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Turizm Türleri</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XVIII</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>520</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257316910</t>
+          <t>9786256552470</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemi Psikolojisi</t>
+          <t>İletişim Çalışmaları Perspektifinden Medya Kültür ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>420</v>
+        <v>512</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257316606</t>
+          <t>9786256552944</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfların Teorisi</t>
+          <t>Okulda Demokrasi Eğitimi</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>425</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257316880</t>
+          <t>9786256552920</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Coğrafyasında Görülen Arkeolojik, Sanatsal Ve Kültürel Faaliyetler</t>
+          <t>Yeni Medyada Etkileşimli Yayıncılık Sistemleri ve Kimlik İnşası</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>420</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257405133</t>
+          <t>9786256552913</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Pandemos Galaksisi</t>
+          <t>Türkçe Öğretiminde Teknoloji Kullanımı</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>450</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257405188</t>
+          <t>9786256552890</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Reklamdakiler</t>
+          <t>International Research in Architecture Sciences III</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257316675</t>
+          <t>9786259910512</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Nazariyyat-ı Musiki</t>
+          <t>Personel Güçlendirme, Örgütsel Başarı ve Motivasyon Etkileşimi</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>450</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257405119</t>
+          <t>9786256552975</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Bağlamında Medya ve İletişim 3</t>
+          <t>Sosyal Politika Bakımından İşletmelerin Sosyal Sorumluluğu</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>450</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257405065</t>
+          <t>9786256552623</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Dezenformasyon Çağı</t>
+          <t>Medya ve Habercilik Alanında Yapay Zekanın Yükselişi</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>450</v>
+        <v>748</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257316873</t>
+          <t>9786256552586</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Kent Markalaşması (City Branding)</t>
+          <t>Çocuk Gelişiminde Güncel Kavramlar</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>450</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257316934</t>
+          <t>9786256552685</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Makamlar</t>
+          <t>Toplum Mühendisliği Yaklaşımından Halkla İlişkilerin Dünü Bugünü</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>385</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257316644</t>
+          <t>9786256552203</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Şirketlerin Yaşam Süreleri ve Kayıtdışı Ekonomi</t>
+          <t>Eğitimden Öğrenmeye Pedagojik Yaklaşım Öğrenme Pedagojisi</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>450</v>
+        <v>344</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257316941</t>
+          <t>9786256552425</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Destekli Güncel Üretim Uygulamaları</t>
+          <t>Kent Pazarlaması ve Kent Bilinci</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>585</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257316804</t>
+          <t>9786256489349</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Çağdaş Yaklaşımlar</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>585</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257316965</t>
+          <t>9786256552760</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Enerji Üretimi, Su Üretimi, İnsan Kaynakları ve Kalite Maliyetleri Üzerine Araştırmalar: Uygulama Örnekleri ve Muhasebeleştirme</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257316590</t>
+          <t>9786256552678</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci-Piyanist Piyanist-Eğitimci Mithat Fenmen</t>
+          <t>Güncel Gelişmeler Işıgında Alanında İşletme Alanında Yeni Kavramlar</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>460</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257316859</t>
+          <t>9786256552654</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Melek Sermaye ve Muhasebe Süreci</t>
+          <t>Savaş Yıllarında Urla</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257316927</t>
+          <t>9786256552647</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Dijital İletişim</t>
+          <t>Piyasa ve Devlet Ekseninde F. A. Hayek ve Düşünceleri</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>450</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257316743</t>
+          <t>9786256552630</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Majör Tonlar ile İlişkili Makamsal Solfejler</t>
+          <t>Türk Müziğinde Estetik Değerlere Giriş</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>350</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257316729</t>
+          <t>9786256552616</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar II</t>
+          <t>Blokzinciri Teknolojisi Sürekli Denetim Paydaş Teorisi Etkileşimi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>399</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257316699</t>
+          <t>9786256552524</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Alanında Uluslararası Araştırmalar 3</t>
+          <t>Edvard Griegin Bestecilik Stili ve Piyano</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>499</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257316682</t>
+          <t>9786256552463</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimler Alanında Uluslararası Araştırmalar 3</t>
+          <t>Yeni Çağda Dönüşen Gazetecilik-Gazetecilikte Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>475</v>
+        <v>682</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257316705</t>
+          <t>9786256552456</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar II</t>
+          <t>Ailelerle Sosyal Hizmet Temel Alanlar ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>499</v>
+        <v>578</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257316613</t>
+          <t>9786256552449</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Mağaza Atmosferi Faktörlerinin Marka İmajı ve Marka Aşkına Etkisi</t>
+          <t>Haber Medyasında Yapay Zeka Uygulamaları</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257316620</t>
+          <t>9786256552432</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Faaliyet Tabanlı Maliyetleme Yönetiminin Süt Üretim İşletmelerinde Uygulanması: Bir Model Önerisi ve Muhasebeleştirme</t>
+          <t>Heyet-i Edebiye</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>350</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257316828</t>
+          <t>9786256552418</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Yetenekler - Rekabet Avantajı ve Çevresel Türbülans</t>
+          <t>Kullanımlar ve Doyumlar Ekseninde Sosyal Medya</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257316835</t>
+          <t>9786256552340</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Parmaklar - Keman Metodu</t>
+          <t>Besinsel Ergojenik Desteklerin Sportif Performans Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>420</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257316514</t>
+          <t>9786256552333</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Pilot Üniversiteye İlişkin Paydaş Görüşleri 2: Bingöl Üniversitesi Örneği</t>
+          <t>Caz Etütleri Piyano ve Diğer Çalgılar</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>360</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257316569</t>
+          <t>9786256552326</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Müzik Eğitiminde İstatistiksel Analiz Çalışmalarına Örnekler</t>
+          <t>Mutlu Çiftler Yaratmak Üzerine Evlilik Analizi ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257316651</t>
+          <t>9786256552319</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Nörosinema: Nörofizyolojik Tepkiler Üzerine Bir Araştırma</t>
+          <t>Leadership Approaches Antecedents, Consequences, and Measurements</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>520</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257316668</t>
+          <t>9786256552302</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dayalı Faaliyet Tabanlı Maliyetleme ve Kaynak Tüketim Muhasebesi Yöntemlerinin Karşılaştırılması: Bir Tekstil İşletmesinde Uygulama</t>
+          <t>Basılı Parmak Yönetimi ile Başlangıç Keman Eğitimi</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>550</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257316583</t>
+          <t>9786256552296</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Halkla İlişkiler Kampanyalarında Müzik Kullanımı</t>
+          <t>Endüstriyel Pazarlarda İlişki Kalitesi Rekabetin Anahtarı</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>495</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257316187</t>
+          <t>9786256552289</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ensar Şahbazoğlu - Hayatı Sanatı Şiirleri</t>
+          <t>Etkili Okul Liderliği</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>450</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786254431142</t>
+          <t>9786256552265</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Bilim İletişimi Aktörler, Mecralar ve Sorunlar</t>
+          <t>İş Hayatında Kadın Çalışanlar Türkiye Avrupa Ülkeleri Karşılaştırmaları</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>450</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257316422</t>
+          <t>9786256552241</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Dizi ve Arpej Çalışmaları</t>
+          <t>Sürdürülebilir Destinasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>350</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257316415</t>
+          <t>9786256552180</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Romantik Dönem Türk Müziğinde Yeni Form Denemeleri</t>
+          <t>Medyatik Mizahın Panoraması</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>350</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257316453</t>
+          <t>9786256552159</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Çoksesli Geleneksel Türk Müziğinde Stil ve Teknik</t>
+          <t>Sağlık Yönetimi Güncel Konular ve Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>450</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257316484</t>
+          <t>9786256552128</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler - Alanında Uluslararası Araştırmalar 2</t>
+          <t>Kurumsal Sosyal Sorumluluk, Marka Değeri Ve Finansal Performans: Turizm İşletmelerinde Bir Uygulama</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>499</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257316439</t>
+          <t>9786256552043</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Parmaklar: Viyola Metodu - Talking Fingers: Viola Method</t>
+          <t>Online Alışverişin Yaratıcı Yolculuğu</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>350</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257316446</t>
+          <t>9786256552012</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Halkla İlişkilerin Dönüşümü</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XX</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>595</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257316293</t>
+          <t>9786256552005</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Değerlerle Yönetim</t>
+          <t>Filoloji Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>475</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257316330</t>
+          <t>9786256489998</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Ahıska Bölgesinde Türklerin Eğitim Tarihi</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>350</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786057009760</t>
+          <t>9786256489967</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu - İşsizlik Sigortası Kanunu Uygulamaları ve Nitelikli Hesaplamalar</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXVI</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>450</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257316248</t>
+          <t>9786256489950</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Destinasyon Pazarlama Aracı Olarak Gastronomi Turizmi</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>525</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257316026</t>
+          <t>9786256489790</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdaki Matematiğin Farkındayım</t>
+          <t>Medya ve Etik</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>550</v>
+        <v>388</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257316347</t>
+          <t>9786256489752</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar 1</t>
+          <t>Toplum ve Ekonomi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>399</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257316361</t>
+          <t>9786256489745</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimler Alanında Uluslararası Araştırmalar</t>
+          <t>Tarih ve Toplum</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>450</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257316354</t>
+          <t>9786256489738</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Alanında Uluslararası Araştırmalar</t>
+          <t>Kimlik ve Kültür</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>499</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257316170</t>
+          <t>9786256489721</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Şair Moldo Niyaz’ın Şiirleri Üzerine Tematik Bir İnceleme</t>
+          <t>International Research in Health Sciences VIII</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>385</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257316156</t>
+          <t>9786256489691</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik İletişimi Uygulamaları</t>
+          <t>International Research in Architecture Sciences II</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>450</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786057016904</t>
+          <t>9786256489660</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Nedim Paşa Ayine ve Hasbihal</t>
+          <t>International Research in Education Sciences VII</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>450</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786057487780</t>
+          <t>9786256489615</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler 5</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XV</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>430</v>
+        <v>488</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786057487735</t>
+          <t>9786256552074</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Renkli Notalarla Piyano Öğrenelim</t>
+          <t>Kobi’ler (Ar-Ge, İnovasyon, Dijital Dönüşüm, Fsmh, Yeni Nesil Destekler ve Dış Ticaret) -Kobi İhracat Terimleri Sözlüğü İle</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>485</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257316309</t>
+          <t>9786256489899</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Eğitiminin Genişleyen Sınırları: Uygulama ve Araştırma İçin Bir Rehber</t>
+          <t>İki Flüt İçin Albüm-Piyano Eşlikli</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>520</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257316316</t>
+          <t>9786256552234</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Temelinde Kültürel Tüketim Pratikleri</t>
+          <t>Tek Üretici Güç Emeğin Sosyolojisi ve Çalışma</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257316040</t>
+          <t>9786256489769</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kış Turizm Merkezleri ve Potansiyeli</t>
+          <t>Şehir İmajı Markalaşma Sürecinde Kentsel Rekreasyon Alanları Tatmini</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>675</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257316323</t>
+          <t>9786256489554</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Sistemlerinin ve Teknolojilerinin Muhasebe ve Finansal Raporlama Uygulamalarına Etkisi</t>
+          <t>İnsanın Tarihsel Sürecinde Yaşlılık ve Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>450</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257316255</t>
+          <t>9786256489929</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Sürecinde İletişimin Değişen Yüzü</t>
+          <t>Tarım Kredi Kooperatiflerine Yönelik Bir Bankanın Kurulması</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>450</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257316019</t>
+          <t>9786256489868</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Akademisyenleri 2020 - Gelenekselden Dijitale İletişim Çalışmaları</t>
+          <t>Mobil Dönüşüm Medya ve Eğitim Pratikleri</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257316002</t>
+          <t>9786256489776</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İşletmesi Mi? İşletmenin Ailesi Mi?</t>
+          <t>Siyasal Reklamlarda Anlatı</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>450</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257316224</t>
+          <t>9786256489530</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Bilimleri Açısından Engellilik 1</t>
+          <t>Araştırma Makaleleri, Tezler Ve Bitirme Tezleri Yazarları İçin El Kitabı</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>450</v>
+        <v>688</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786057009708</t>
+          <t>9786256489714</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Dijital Aktivizm</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar 9</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>550</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257316088</t>
+          <t>9786256489684</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Huğlu Tarihi</t>
+          <t>International Research in Engineering Sciences 7</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>450</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786057494207</t>
+          <t>9786256489639</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Negatif Örgüt Psikolojisi</t>
+          <t>International Research in Social, Human and Administrative Sciences 16</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>495</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786057009722</t>
+          <t>9786256489608</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Rodos ve İstanköy Türk Kültürü</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar 25</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>1750</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786057009739</t>
+          <t>9786256489332</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Turkish Culture in Rhodes and Kos</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar 5</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>1750</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786057016935</t>
+          <t>9786256489325</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Ekonomi</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar 17</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>250</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786057016966</t>
+          <t>9786256489486</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Muhasebe Sistemlerinin Karşılaştırılması: Türkiye’ye Uygun Muhasebe Organizasyonu Önerisi</t>
+          <t>Radyo Dinlemek</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>550</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786057016973</t>
+          <t>9786256489424</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Araştırmaları -Kültürel Okumalar-</t>
+          <t>Sühan İrdenin Mevlevi Ayin Besteleri</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>500</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786057016959</t>
+          <t>9786256489400</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Döneminde Kayseri Merkez ve Kaza Hapishaneleri</t>
+          <t>Cumhuriyetin 100. Yılında Eğitimde İdealler Üzerine</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>353</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786057016942</t>
+          <t>9786256489578</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Tms/Tfrs Standartlarının Oluşmasında Etkili Olan Muhasebe Unsurlarının Tarihsel Gelişimi ve Bazı Standartların Uygulanmasına Yönelik Örnek Çözümler</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler XII</t>
         </is>
       </c>
       <c r="C1324" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786257316033</t>
+          <t>9786256489523</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi ve Öyküleme</t>
+          <t>Turistik Ürün ve Destinasyon Markalaşması</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786057009791</t>
+          <t>9786256489509</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Besteler 1 Meşk</t>
+          <t>Kadın ve Yaşam</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>365</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786254431180</t>
+          <t>9786256489226</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizler Ve Yenilikçi Yaklaşımlar Teoriden Uygulamaya</t>
+          <t>Problem Çözmeye Yönelik Yansıtıcı Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786254431173</t>
+          <t>9786259910598</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Çalışmaları Ve Medya Araştırmaları</t>
+          <t>Hisse Senedi Fiyatı ve İşlem Hacmi</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>520</v>
+        <v>682</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786050653779</t>
+          <t>9786259910536</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Saba ve Tevabi Makamlar</t>
+          <t>Finlandiya Çin Hollanda ve Türkiyede İlkokul İngilizce Eğitim Programları</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>450</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786057786234</t>
+          <t>9786256489455</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Batı Metafiziğinden Postmodernizme ‘’Ötekinin’’ Kökleri</t>
+          <t>Efl Learners Speaking Performances and Challenges Clt Classroom</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>400</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786057009753</t>
+          <t>9786256489431</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Ali Paşa-zade Mustafa Hamdi ve Divan’ı</t>
+          <t>İş Hayatında Kadın Çalışanlar Türkiye İngiltere Karşılaştırmaları</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786254431159</t>
+          <t>9786256489356</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Özdemir Türkülerinin Analizi</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIV</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>450</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786057005618</t>
+          <t>9786256489295</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Hollywood Sinemasında Öteki Sorunsalı Bağlamında Müslüman Kimlik Temsili</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVII</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>520</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786057487711</t>
+          <t>9786256489288</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>İkna Edici İletişim, Korku Çekiciliği, Tartışmalı Reklam Kavramı ve Kamu Spotları</t>
+          <t>Toprak 4 Keman İçin Halk Ezgileri</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>455</v>
+        <v>391</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786057494238</t>
+          <t>9786256489271</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Etik Karar Verme</t>
+          <t>Deneyimsel Turizmde Yenilikçi Uygulamalar</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786057494214</t>
+          <t>9786256489264</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>The Media and City</t>
+          <t>Diyarbakır Basın Tarihi Peyman Gazetesi</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786057009746</t>
+          <t>9786256489257</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Scales In International Marketing</t>
+          <t>Çalışanlarda Örgütsel Destek Algısı Personel Güçlendirme Performans ve İş Tatmini</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786057009784</t>
+          <t>9786256489189</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Reklamcılığı ve Etik</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786057005670</t>
+          <t>9786256489172</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Telif Haklarında Vizyon Arayışlarımız; Destekler Ve İstisnalar</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786057005632</t>
+          <t>9786256489141</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekran: Etkileşimli ve Kullanıcı Odaklı Televizyon</t>
+          <t>International Research in Education Sciences VI</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786057005694</t>
+          <t>9786256489080</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Piyangolar</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786057005625</t>
+          <t>9786256408975</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel İşyükünde Kavramsal Analiz ve Ölçüm</t>
+          <t>Üniversitede Ötekileştirme: Ayrımcılığı Keşfetmek</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786050653793</t>
+          <t>9786256489363</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Hashtag</t>
+          <t>International Research in Social, Human and Administrative Sciences XV</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>495</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257915632</t>
+          <t>9786258341508</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düzlemde İletişim</t>
+          <t>I Have Decided to Become an English Teacher: Motivation to Learn and Teach English in Turkey</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>585</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786050653786</t>
+          <t>9786257915533</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Batman</t>
+          <t>Etnosentrizm</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>560</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786050653724</t>
+          <t>9786055176723</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Stratejik Dönüşüm</t>
+          <t>Ortaokul Toplum Hizmeti Dersi Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257915649</t>
+          <t>9786057557100</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Gitar İçin Bütün Tonlarda Genişletilmiş Kadanslar</t>
+          <t>Kişisel Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>585</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257915656</t>
+          <t>9786057786432</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Gitar İçin Bütün Tonlarda Armonilendirilmiş Majör ve Minör Diziler</t>
+          <t>An Analysis of Difficulties Which Secondary School Students with Language Learning Difficulties Face in English Language Learning Process</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786050653731</t>
+          <t>9786057786548</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Düşünce</t>
+          <t>Üniversitede Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>417</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786050653762</t>
+          <t>9786057557308</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Modern Beden ve Estetik Cerrahi</t>
+          <t>Türkçe, Hintçe ve Urdu Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>475</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786050653717</t>
+          <t>9786057557889</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>The New Trend of Generation Z's Online Shopping Style and Instagram Relationship</t>
+          <t>Bavyera Eyaleti Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257915601</t>
+          <t>9786057557599</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Döneminde Kocaeli</t>
+          <t>Araştıran Okul</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>685</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257915403</t>
+          <t>9786057786081</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomide Özel Ekonomik Alanlar; Serbest Bölgeler ve Lojistik Köyler</t>
+          <t>Türkiye’de Sağlık Kurumlarının Sosyal Medya Uygulamaları</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>499</v>
+        <v>561</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257915564</t>
+          <t>9786057557506</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Evrenden Değişen Dünyaya</t>
+          <t>Economic Growth: Theory and Practice</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>650</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257915687</t>
+          <t>9789752475892</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve Türkiye Ekonomisi Üzerine Değerlendirmeler</t>
+          <t>Liderlik Etmenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>575</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257915670</t>
+          <t>9786057557452</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetimin Firma Performansı Üzerindeki Etkisi: Borsa İstanbul Kurumsal Yönetim Endeksinde Bir Uygulama</t>
+          <t>Marka</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786057786395</t>
+          <t>9789752475595</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilere Yönelik Destekler</t>
+          <t>Farklı Yönleriyle Çalışan Enerjisi</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257915557</t>
+          <t>9789752475823</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Putperest Çağlarda Müslüman Olmak (Ciltli)</t>
+          <t>Bağlama Eşlikli Türküler - Armonik Bağlama Eşlikleri</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>995</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257915465</t>
+          <t>9786059831680</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Destinasyonlar ve Yaşam Döngüleri</t>
+          <t>Rıza Baharlı Divanı</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257915519</t>
+          <t>9786059831871</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Politik İstikrar ve Makroekonomik Göstergelerin Borsada İşlem Gören Şirketlerin Pay Senetleri Fiyatları Üzerindeki Etkisi: BIST Uygulaması</t>
+          <t>Osmanlı Devleti'nden Türkiye Cumhuriyeti'ne Konya</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>495</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257915366</t>
+          <t>9789752475090</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Rhodes and Kos Turks: Contributions to the Turkish War of Independence and Current Problems</t>
+          <t>Sayısal Veriler Işığında Türkülerde Kadın</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>450</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257915380</t>
+          <t>9786059831345</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kobi'lerde Rekabet İçin Kümelenme</t>
+          <t>Yaşam Boyu Öğrenme - Teori Ve Uygulama</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>675</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257915359</t>
+          <t>9786059831857</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Rodos ve İstanköy Türkleri: Türk Kurtuluş Savaşı'na Katkıları ve Güncel Sorunları</t>
+          <t>Anayasalar Kanunlar ve TBMM Kararları</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>475</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257915489</t>
+          <t>9786059831833</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Basamaklı Öğretim Modeli</t>
+          <t>İktisadi Yorumlar</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>450</v>
+        <v>352</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257915427</t>
+          <t>9786059831802</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 4</t>
+          <t>Yaşam Boyu Öğrenmede Yeni Öğrenme Türleri</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>430</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257915540</t>
+          <t>9786254431104</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Pop Musiki'si</t>
+          <t>Meslek Etiği ve Öğretmenlik</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789752475465</t>
+          <t>9786256489035</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinden Sosyal Strateji ve Sosyal İnovasyon</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XVI</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>460</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257915434</t>
+          <t>9786256489011</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Şirket Birleşmelerinin Etkinlik Açısından Değerlendirilmesi ve Türk Bankacılık Sektöründe Bir Uygulama</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257915496</t>
+          <t>9786256408913</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Sanayi ve Ticaret Odalarına Bağlı İşletmelerin Kurumsal Girişimcilik Eğilimi</t>
+          <t>İlçe Belediye Hizmetlerine Ait Kriterlerin Swara Yöntemi ile Sıralanması</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>520</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257915472</t>
+          <t>9786256408760</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Pazarlamanın İşletme Performansı Üzerine Etkileri : Yetkili Otomotiv Acenteleri Üzerine Bir Araştırma</t>
+          <t>Yönetim ve Organizasyon Sendromları 2</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>550</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257915335</t>
+          <t>9786256382954</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Amerikan Devrimi</t>
+          <t>Z Kuşağında Nomofobi ve Sosyal Medya Bağımlılığı</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257915328</t>
+          <t>9786259910581</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Tedarikçi Seçim Kriterleri</t>
+          <t>Küresel Politik Ekonomi Çerçevesinde Modern İpek Yolu</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>435</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257915373</t>
+          <t>9786259910567</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Positive Obligations of States for the Protection of Prisoners’ Rights</t>
+          <t>Piyano İçin Alıştırmalar</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>390</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786058599840</t>
+          <t>9786259910550</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Rodos ve İstanköy Türklüğü Ansiklopedisi (Ciltli)</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXIII</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>1750</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>4200000000000</t>
+          <t>9786258223965</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Unutulan Türkleri</t>
+          <t>Evlilik Doyumu Evlilikte Güç Algısı ve Bağışlayıcılık</t>
         </is>
       </c>
       <c r="C1375" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257915311</t>
+          <t>9786256489158</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Eskizleri: Piyano İçin 12 Minyatür</t>
+          <t>International Research in Engineering Sciences VI</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>450</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786057786913</t>
+          <t>9786256489134</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve İletişim Teknolojilerinde Güncel Konular</t>
+          <t>International Research in Health Sciences VII</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257915229</t>
+          <t>9786256489127</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Flüt, Viyolonsel ve Piyano için 10 Türkü</t>
+          <t>International Research in Social, Human and Administrative Sciences XIV</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257915205</t>
+          <t>9786256489110</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve İletişim</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVIII</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>455</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257915151</t>
+          <t>9786256489066</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Konular</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XIII</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>400</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257915274</t>
+          <t>9786256489042</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Modern İşletmecilikte Yönetsel Konular</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>585</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257915267</t>
+          <t>9786256408937</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Değişen Çevreye Uyum Mekanizmaları</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XV</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>500</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257915113</t>
+          <t>9786256408883</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Ekonomi</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXII</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>550</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257915243</t>
+          <t>9786258341874</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Analysis Of The Structural Effects Of The 2008 Global Crisis On The Turkey Economy</t>
+          <t>Yeni Kamu İşletmeciliği Ekseninde İngiltere’de Merkezi İdarenin Dönüşümü:Yürütücü Ajanslar</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>330</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257915106</t>
+          <t>9786256408951</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Dış Ticarete Bağımlılığının Analizi: Girdi-Çıktı Modeli</t>
+          <t>International Research in Social, Human and Administrative Sciences XIII</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>399</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257915175</t>
+          <t>9786256408456</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Yapısal Dönüşümün Tarihsel Açıdan Analizi</t>
+          <t>Romantik Dönem Viyola Sonatlarına Müzikal ve Teknik Bakış</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>365</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257915120</t>
+          <t>9786256408906</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Ekonomik Açıdan İşletme Biliminde Güncel Yaklaşımlar</t>
+          <t>Orta Asya’da Türk Dizilerini İzleme Eğilimleri</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>520</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257915076</t>
+          <t>9786256408890</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Nahıl'ından Ürgüp Nahıl Övme Geleneğine</t>
+          <t>Bir Karma Kuruluşlu Cümle Türü Olarak Türkçede Aktarma Cümleleri</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>475</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786057786456</t>
+          <t>9786256408869</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tilavetinde Dua ve Zikir</t>
+          <t>Şemse</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>285</v>
+        <v>391</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786057786920</t>
+          <t>9786256408852</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Romantik İlişki Geliştirme Programı</t>
+          <t>Dijital Çağda Medya</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>485</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257915182</t>
+          <t>9786256408845</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Recent Advances in Contest Theory</t>
+          <t>Creativity in Translation - Translating Wordplays, Symbols, and Codes</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>339</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257915090</t>
+          <t>9786256408838</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Beşeri Bilimlerde Dijitalleşme</t>
+          <t>Yaratıcılık ve Reklamcılık</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>465</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257915069</t>
+          <t>9786256408821</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Katılımda Kitle İletişim Araçları</t>
+          <t>Teorik ve Pratik Bakımdan Yerel Ekonomik Kalkınmayı Anlamak</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>485</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257915083</t>
+          <t>9786256408524</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Kültür Aktarımı ve Etnografik Belgesel Film</t>
+          <t>Enflasyon Hedeflemesi Stratejisinde Döviz Kuru</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>485</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257915045</t>
+          <t>9786257405560</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Adil Yargılanma Hakkı</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>585</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786057786821</t>
+          <t>9786257405522</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>The Marginalized Female Characters in Contemporary British Drama</t>
+          <t>Çağdaş Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>350</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786057786944</t>
+          <t>9786256408340</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>TFRS-10 Konsolide Finansal Tablolar Standardına Göre Birleşme Konsolidasyon Muhasebeleştirme ve Raporlama</t>
+          <t>International Research in Education Sciences V</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786057786968</t>
+          <t>9786256408296</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Piyano İçin 11 Türkü Düzenlemesi</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>460</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789752475854</t>
+          <t>9786256408272</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte Başarının Anahtarı: Nitelikli İş Fikri Geliştirme</t>
+          <t>Filoloji Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786057786951</t>
+          <t>9786256408265</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Soundpainting Üzerine Araştırmalar</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257915052</t>
+          <t>9786256408258</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Platon’da Erdem Anlayışı</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257915021</t>
+          <t>9786256408234</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Amiran Kurtkan Bilgiseven'in Sosyoloji Anlayışı</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>425</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786057786999</t>
+          <t>9786256408227</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimde Güncel Konular</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257915038</t>
+          <t>9786256408777</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Antalya Turizm Destinasyonunun Rekabetçilik Analizi</t>
+          <t>Dijital Çağda İletişim İmkan ve Sınırlılıklar</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>475</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786057786562</t>
+          <t>9786256408753</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Türk Liderleri Örneğinde Siyasal İletişim ve Liderlik Kodları</t>
+          <t>International Research in Engineering Sciences V</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786057786784</t>
+          <t>9786256408722</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Curling</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786057786845</t>
+          <t>9786256408715</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Tv Advertisements of Ulker Toto and Kinder Surprise Chocalates on Turkish Children</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVII</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>475</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786057786791</t>
+          <t>9786256408708</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Klinik Psikolojik Değerlendirmede Süreç ve Araçlar</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar IX</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786057786753</t>
+          <t>9786256408692</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Solfej</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIV</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>460</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786057786616</t>
+          <t>9786256408685</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve İletişim Çalışmaları</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XXI</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>475</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786057786852</t>
+          <t>9786256408654</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Alanında Güncel Kavramlar 1</t>
+          <t>Recherches Et Pratıques Actuelles En Dıdactıque Des Langues</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786057786838</t>
+          <t>9786256408494</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma, Yazma El Kitabı</t>
+          <t>Tüm Okul Kademelerinde Rehberlik ve Psikolojik Danışmanlık Hizmetlerine Yönelik Kapsamlı Bir Bakış</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>275</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786057786692</t>
+          <t>9786256408470</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinin Sürekliliklerine İlişkin Bir Model Önerisi</t>
+          <t>Stresle Mücadele ve Çatışmaları Yönetmede Duygusal Zekanın Rolü</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>460</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786057786746</t>
+          <t>9786256408418</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Tahkik Geleneği ve 20. Yüzyıl Meşhur Muhakkikler</t>
+          <t>Cumhuriyetin 100 Yılında Turizmin 100 Türü</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786057786760</t>
+          <t>9786256408661</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumları Yönetiminde Vaka Analizi</t>
+          <t>Osmanlı Türk Modernleşmesinde Rus Tesiri</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>435</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786057786678</t>
+          <t>9786256408647</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Solak ve Sağlak Sporcuların Lateral Dünyası</t>
+          <t>Sosyal Bilimlerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>460</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786057786722</t>
+          <t>9786256408630</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Borç Krizi</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar V</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786057786531</t>
+          <t>9786256408517</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Grafikler</t>
+          <t>Birey, Örgüt ve Toplum</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>485</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786057786418</t>
+          <t>9786256382985</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Elektroforetik Tekniklerle Balık Hemoglobin Protein Varyasyonlarının İncelenmesi</t>
+          <t>Teknoloji İstihdam ve İşsizlik</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>350</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786057786647</t>
+          <t>9786256408098</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Plan Rapor (BPR) Yönetim İşletim Sistemi Açısından İlçe BPR Yönetim Sistemi</t>
+          <t>Bağımsız Denetimde Gönüllü Rotasyonu Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786057786524</t>
+          <t>9786256408173</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yaklaşımlarla Türk Sineması</t>
+          <t>Azerbaycan Halk Dansları Müziği 3</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>520</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786057786708</t>
+          <t>9786256408425</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Toplum Üzerindeki Etkileri Bağlamında Reklamlar</t>
+          <t>Fransa’da İslam ve Kolonyal Hafıza</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786057786425</t>
+          <t>9786256408432</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Çeyrek Asrı Aşan Konya İşletmeleri (Ciltli)</t>
+          <t>Instagramın Psikolojik Etkileri</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>785</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789752475304</t>
+          <t>9786256408449</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Makaleleri</t>
+          <t>Lider Stratejik Yönetim Yapay Zeka</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>585</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786057786470</t>
+          <t>9786256408487</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Örgütsel Bağlılık</t>
+          <t>Bilgi Spektrumunda</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786057786449</t>
+          <t>9786256408500</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Döneminde İlk Kadın Gazeteci Sabiha Sertel</t>
+          <t>Sürdürülebilirlik Raporlama</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>495</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786057786265</t>
+          <t>9786256408203</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerin Desteklenmesinde KOSGEB'in Rolü</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Araştırmalar XX</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786057786357</t>
+          <t>9786256408197</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 3</t>
+          <t>Bilgi Teknolojilerinin Kullanımının Afet Yönetim Performansına Etkisi</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786057786364</t>
+          <t>9786256408050</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Şan İçin Piyano Eşlikli Özgün Şarkılar 2</t>
+          <t>3 Sesli Akorlar</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>450</v>
+        <v>352</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786057786388</t>
+          <t>9786256408005</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme ve Borsa İlişkisi</t>
+          <t>Dijital Platformlar ve Rasyonel Seçim</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>500</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786057557940</t>
+          <t>9786256382800</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık Aracılığında Psikolojik Güçlendirmenin Yenilikçi İş Davranışına Etkisi</t>
+          <t>İşletme Biliminde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>499</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786057786302</t>
+          <t>9786256382558</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Uygulanan Pazarlama Stratejilerinin Rekabet Gücüne Etkisi</t>
+          <t>Edebiyat Kuramı Odağında Çeviri Amaçlı Çözümlemeler</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>499</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786057786272</t>
+          <t>9786256382312</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Hakları ve Vizyon Arayışlarımız; Verilen Destekler ve Muhasebe Uygulamaları</t>
+          <t>Dijital Çağda Medyatik İletişim II</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>475</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786057786135</t>
+          <t>9786256408364</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Turkish Foundations in Rhodes and Kos (Ciltli)</t>
+          <t>İran - Kimlik ve Siyaset</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>1250</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786057786104</t>
+          <t>9786256408319</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Rodos ve İstanköy Türk Vakıfları (Ciltli)</t>
+          <t>International Research in Social, Human and Administrative Sciences XI</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>950</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786057557988</t>
+          <t>9786256408289</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Uygulamalarında Dijital Dönüşüm</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar VI</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>495</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786057786067</t>
+          <t>9786256408241</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>İzlenim Yönetimi ve Beden</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XVI</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>375</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786057786005</t>
+          <t>9786256408210</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Bağımlılığı</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XIII</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>285</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786057786012</t>
+          <t>9786256382602</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinde Psikososyal Yaklaşımlar</t>
+          <t>Endüstri Mühendisliği Bakış Açısıyla Sürdürülebilirlik Çalışmaları</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>425</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786057557964</t>
+          <t>9786256382596</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Dijital Halkla İlişkiler</t>
+          <t>İki Keman İçin Rumeli Türküleri</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>485</v>
+        <v>391</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786057557186</t>
+          <t>9786256382589</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumlarda Tesis Edilen Eğitim Kurumları ve Bunlar İçerisinde Kur'an Öğretimini Amaçlayan Müesseseler</t>
+          <t>Dijitalin Yerlileri - Z Kuşağının Oyu</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>385</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786057786029</t>
+          <t>9786256382510</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Viyola İçin Gitar Eşlikli Popüler Ezgiler</t>
+          <t>Yönetim ve Organizasyon Sendromları</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786057557858</t>
+          <t>9786256382329</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme ve Animasyon Sineması</t>
+          <t>Dijital Çağda Medyatik İletişim - 1</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>485</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786057557834</t>
+          <t>9786256408159</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 2</t>
+          <t>İlhanlılar Dönemi Azerbaycan Tarihi</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786057557827</t>
+          <t>9786256408142</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Oyun Yüzü</t>
+          <t>Katibim ve Türk Marşı</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>795</v>
+        <v>358</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786057557766</t>
+          <t>9786256408135</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarlama</t>
+          <t>Sinema Filmlerinde Kurt İmgesi - Modern Dünya Halklarının Kültüründe “Kurt” İmgesinin Rolü Ve İşlevi</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>550</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786057557759</t>
+          <t>9786256408128</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Halk Anlatmaları</t>
+          <t>Yeni Normalde Seçme Yazılar</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786057557674</t>
+          <t>9786256382923</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>İşletmelere ve Girişimciliğe Güncel Bakış</t>
+          <t>A Study on Academic Turkish Vocabulary</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>485</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786057557742</t>
+          <t>9786256382688</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>İkna Bilgi Modeli Kapsamında Tesettür Moda Reklamlarının Algılanması</t>
+          <t>İngiliz Romantik Şiirinde Yapı Söküm</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>475</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786057557704</t>
+          <t>9786256382626</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Ernst Cassirer'de Kültür Felsefesinin Temellendirilmesi</t>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler XI</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786057557698</t>
+          <t>9786256382619</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetlerde Dış Kaynak Kullanımı ve Pazarlama Tabanlı Yetenekler Üzerine Etkisi</t>
+          <t>Erkek Yöneticiler Gözüyle Kadın Çalışanlar</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786057557667</t>
+          <t>9786256382770</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman’ın İnsan Anlayışı</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar XII</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>385</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786057557612</t>
+          <t>9786256382824</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Ege Adalarının Unutulan Halkı: Rodos ve İstanköy Türkleri</t>
+          <t>International Research in Health Sciences VI</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>650</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786057557278</t>
+          <t>9786256382855</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Orwell'in Hayvan Çiftliği'nde Metinlerarasılık ve Çoğul Okuma Eksenleri</t>
+          <t>Dijital Oyunlar ve Kimlik</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>450</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786057557605</t>
+          <t>9786258223804</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Bilgi Ataleti</t>
+          <t>Selçuklu Çağında Türkiye’de İç Ve Dış Ticaret</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>395</v>
+        <v>935</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786057557629</t>
+          <t>9786258223811</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Ateşi</t>
+          <t>Bestelerimle Nazariyat Hicaz ve Tevabi Makamlar</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786057557445</t>
+          <t>9786256408067</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>İman, Amel ve Ahlak Bağlamında Müminin Anlamı</t>
+          <t>Sağlık Bilgi Teknolojileri Kullanım Niyeti</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>385</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786057557575</t>
+          <t>9786256382053</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Yeşil Pazarlama</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XV</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>435</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786057557339</t>
+          <t>9786256382060</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Şırnak Enerji ve Maden Potansiyeli</t>
+          <t>Filoloji Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>750</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786057557520</t>
+          <t>9786256382077</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin UNESCO Değerleri ve Turizm Potansiyeli</t>
+          <t>Güzel Sanatlar Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>750</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786057557513</t>
+          <t>9786256382091</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çağında Dijital Kültür</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar XI</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>520</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786057557421</t>
+          <t>9786256382107</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 1</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786057557230</t>
+          <t>9786256382572</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Tanrı Algıları ve Kur’an</t>
+          <t>Menstrual Dönemlerin Bayanların Spor Performansına Etkisi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>395</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786057557087</t>
+          <t>9786256382565</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Kadın Çalışmalarında Güncel Konular</t>
+          <t>Yöneticilerde Gelenekçi ve Çağcıl Değerler Eğilimleri</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>550</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752475762</t>
+          <t>9786256382541</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Avrupa’da Televizyon Yayınlarında Telif Hakkı Uygulamaları</t>
+          <t>Modern Koşullarda Enerji Tedarik Altyapılarının Geliştirilmesi İçin Yöntemler</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>485</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786057557322</t>
+          <t>9786256382534</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişimine Bakış</t>
+          <t>Sorularla İktisat Politikası 4</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>450</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786057557124</t>
+          <t>9786256382497</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Niş Pazarlar</t>
+          <t>Görsel Tasarım ve Basım Teknolojileri</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786057557193</t>
+          <t>9786256382480</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Tasarruf Açığı ve Ar-ge Harcamalarının Orta Gelir Tuzağına Etkileri: Seçilmiş OECD Ülkeleri Analizi</t>
+          <t>İstismar ve İhmale Bağlı Suça Yönelik Tutumlar</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>495</v>
+        <v>413</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786057557155</t>
+          <t>9786256382299</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Şan İçin Piyano</t>
+          <t>Dijital Reklamcılıkta Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786057557148</t>
+          <t>9786256382251</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Özgün Eserler Albümü</t>
+          <t>İnternational Research in Engineering Sciences III</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789752475885</t>
+          <t>9786256382244</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Korunmaya Muhtaç Çocuklar</t>
+          <t>İnternational Research in Health Sciences V</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786057557056</t>
+          <t>9786256382237</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Solfej - Özgün Solfej Parçaları</t>
+          <t>İnternational Research in Math Sciences III</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786057557025</t>
+          <t>9786256382220</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Etkinlik Yönetimi</t>
+          <t>İnternational Research in Education Sciences IV</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>365</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789752475984</t>
+          <t>9786256382213</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Verilerle Müzik Alanında Çalışılan Lisansüstü Tezler (2010 - 2017 Yılları Arası)</t>
+          <t>İnternational Research in Social, Human and Administrative Sciences IX</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789752475953</t>
+          <t>9786256382176</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Gençlere ve Çocuklara Adayan Yazar Muhammed Mirkiyani</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar VIII</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>390</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786057557018</t>
+          <t>9786256382169</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Management Within The Context Of Business Organizations The Case Of Factiva</t>
+          <t>Sağlık Bilimleri Alanında Araştırmalar XI</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>420</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789752475809</t>
+          <t>9786256382145</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>İran Çocuk ve Gençlik Edebiyatı Yazarları</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVIII</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>450</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789752475748</t>
+          <t>9786256382138</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Müzik Dersi Öğretmen Kılavuz Kitapları Örneği</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789752475717</t>
+          <t>9786256382121</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>50 Modal Dikte</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>350</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789752475724</t>
+          <t>9786256382114</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Metinleri 1-2</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar III</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>320</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789752475663</t>
+          <t>9786256382473</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Erkekler(in) Yanında Kur'an Okumaları</t>
+          <t>Entropi Tabanlı Vza Yöntemi İle Finansal Performans Analizi</t>
         </is>
       </c>
       <c r="C1481" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789752475410</t>
+          <t>9786256382428</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesi</t>
+          <t>Yolun Sonunda Kendini Bulmak: Suriyeli Kadınların Göçle Güçlenen Deneyimleri</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>420</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789752475670</t>
+          <t>9786258108330</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Gölge Badminton ve Performans</t>
+          <t>International Research in Health Sciences</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>475</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789752475632</t>
+          <t>9786258108255</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Niğdeli Saz Sanatçıları ve Eserleri</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789752475656</t>
+          <t>9786258341126</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Yeni İlm-i Kelam Hareketi ve Mehmed Vehbi Efendi</t>
+          <t>Nereden Çıktı Bu X ?</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>385</v>
+        <v>754</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752475625</t>
+          <t>9786258223927</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Akaid-i Hayriyye (Osmanlıca'dan Sadeleştiren ve Notlandıran)</t>
+          <t>Liderlik Göstermeye İlişkin Kaygıların Bireysel Farklılıklar Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>385</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789752475601</t>
+          <t>9786258223910</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Arası Etkin İletişim ve Davranış</t>
+          <t>Muhasebe ve Fınans Araştırmaları 1</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789752475526</t>
+          <t>9786258223866</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Yönetimsel Etkinlik ve Yerleşim Planının Önemi</t>
+          <t>Siyasal İmaj</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789752475533</t>
+          <t>9786258223781</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Sosyal Hizmet</t>
+          <t>Aktüel Perspektiflerle İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>450</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789752475441</t>
+          <t>9786258223743</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Yerel Turistik Değerler</t>
+          <t>Yetişkin Gelişimi ve Öğrenme</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>475</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789752475427</t>
+          <t>9786258223361</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bir Yaklaşımla Kötülük Problemi</t>
+          <t>Mağaza Atmosferi ve Deneyimsel Pazarlama Kuşaklar Bazında İnceleme</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>425</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789752475328</t>
+          <t>9786256382275</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Analizleri</t>
+          <t>Siyaset Toplumsal Gelişmeler ve Anayasal Süreçler İçerisinde Türk Sosyal Politika Tarihi</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>510</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789752475205</t>
+          <t>9786256382282</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Karakter Oluşumu</t>
+          <t>Orta Gelir Tuzağında Sağlık Sektörünün Önemi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>295</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789752475274</t>
+          <t>9786256382039</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Teknoloji Değişen Mekan</t>
+          <t>Aşık Ruhsati Eroğlu Hayatı, Sanatı, Şiirleri ve Besteleri</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>375</v>
+        <v>391</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789752475083</t>
+          <t>9786256382015</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyasal Katılım</t>
+          <t>Dijital Halkla İlişkilerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>495</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786059831963</t>
+          <t>4440000002673</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Birincikeman Keman Yazıları ve Kültür Dergisi Sayı: 1 - 2022</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>520</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786059831901</t>
+          <t>9786258341980</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Çağdaş Kelam Metinleri</t>
+          <t>Klasik Gitar ve Yaylı Orkestrası İçin Beş Türkü Düzenlemesi</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786059831925</t>
+          <t>9786258341973</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Viral Pazarlama</t>
+          <t>Klasik Gitar ve Klasik Kemençe için Türk Müziği Düzenlemeleri</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>495</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786059831895</t>
+          <t>9786258341959</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve Ahlak Bağlamında Dört Kitaptan Yankılar</t>
+          <t>Klasik Gitar İçin Bir Beste ve İki Türkü Düzenlemesi</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>425</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786059831932</t>
+          <t>9786258341928</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Kent Stratejisi: Silifke</t>
+          <t>Modern Sonrası Yönetim Uygulamaları</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>475</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786059831888</t>
+          <t>9786258341751</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Toplum</t>
+          <t>Sağlık Kurumlarında Sosyal Sermaye ve Rekabet Üstünlüğü Bir Sistematik Derleme</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>650</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786059831574</t>
+          <t>9786258341744</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Toplum</t>
+          <t>Transformation of Love</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>585</v>
+        <v>429</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786059831314</t>
+          <t>9786258223798</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Kosova'nın Tarihi ve Sosyolojik Yapısı</t>
+          <t>Kamu Borç Yönetimi</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786059831307</t>
+          <t>9786258223750</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Sağlıkta Değişen Paradigmalar</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>350</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789755692067</t>
+          <t>9786258223712</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Mekansal Boyutu</t>
+          <t>Deneyimsel Pazarlamanın Müşteri Memnuniyeti ve Sadakatine Etkisi</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786059831178</t>
+          <t>9786258223682</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin İletişim Odağı Seçim Kampanyaları</t>
+          <t>Mali Sürdürülebilirlik Güçlü Yerel Yönetimler Türkiye Simülasyonu</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786059831130</t>
+          <t>9786258223675</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Yerli Dizilerdeki Kimlik Kalıpları</t>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar IV</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786059831055</t>
+          <t>9786258223620</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Öğrenme Araçları</t>
+          <t>Savaş ve Ticaret: 20. Yüzyıl Başlarında Rusya'da Ticari Faaliyetlerde Bulunan Rizeli Esnaf</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>585</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786059831086</t>
+          <t>9786258223569</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ağ Pazarlaması</t>
+          <t>Kelam Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>420</v>
+        <v>534</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786059831147</t>
+          <t>9786258223538</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Ters Yüz Etmek</t>
+          <t>Milli Mücadele Dönemini Konu Alan Romanlarda Popüler Kültür Temsilleri</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>475</v>
+        <v>539</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786059831079</t>
+          <t>9786258223514</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Tek Sesli Melodik Dikteler ve Ritmik Dikte Çalışmaları</t>
+          <t>Edebiyat ve Sinema Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>400</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786059831000</t>
+          <t>9786258223484</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesi Açısından Düzenli Depolama Tesisi Uygulaması</t>
+          <t>Güncel İşletmecilik Araştırmaları 2</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>385</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786054392971</t>
+          <t>9786258223460</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi ve Sanal Halkla İlişkiler</t>
+          <t>Güncel İşletmecilik Araştırmaları 1</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>420</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789758890248</t>
+          <t>9786258223330</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde İnsan İlişkilerinin Sırları</t>
+          <t>Meslekler ve Kişilik</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789758890507</t>
+          <t>9786258223309</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Sanal Deneyimsel Pazarlama</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789758890002</t>
+          <t>9786258223248</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Düşünme (Reflection) Eğitimi Programının Çocukların Ahlaki Yargılarına Etkisinin İncelenmesi: Hiperaktif ve Dikkat Eksikliği Olan Çocuklar İçin</t>
+          <t>International Research in Agriculture Sciences</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>125</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786054392377</t>
+          <t>9786258223217</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eğitimde Fırsat Eşitliği ve Postmodernizm</t>
+          <t>Ziraat Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789758890897</t>
+          <t>9786258223200</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Bilgi Sistemleri ve E - Dönüşüm</t>
+          <t>Spor Bilimleri Alanında Uluslararası Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789758890521</t>
+          <t>9786258223194</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Medya ve İletişim</t>
+          <t>Mimarlık Planlama ve Tasarım Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786054392032</t>
+          <t>9786258223187</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamlarının Marka Tutumuna Etkisi</t>
+          <t>International Research in Social, Human and Administrative Sciences VIII</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786055176006</t>
+          <t>9786258223170</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nev - Bahar</t>
+          <t>International Research in Math Sciences II</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>600</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786054392889</t>
+          <t>9786258223156</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye</t>
+          <t>International Research in Engineering II</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>350</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786054392902</t>
+          <t>9786258223149</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>International Research in Education Sciences III</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>420</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789758890903</t>
+          <t>9786258223132</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Dış Kaynak Kullanımı</t>
+          <t>International Research in Architecture Sciences</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>450</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786054392957</t>
+          <t>9786258223118</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar XIV</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>450</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789758890682</t>
+          <t>9786258223101</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Halkın Yakınma Yöntemleri</t>
+          <t>Filoloji Alanında Uluslararası Araştırmalar II</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>550</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789758890583</t>
+          <t>9786258223095</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Yeni Bakışlar 2</t>
+          <t>Güzel Sanatlar Alanında Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>390</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789758890576</t>
+          <t>9786256382084</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Yeni Bakışlar -  1</t>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar V</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>390</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789758890033</t>
+          <t>9786258223071</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Eğitime İlişkin Çeşitlemeler</t>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>485</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789758890279</t>
+          <t>9786258223064</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Gelişim ve Değişim 1</t>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>300</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789758890347</t>
+          <t>9786258223057</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Dil Kültür ve Eğitim</t>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar VII</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789758890514</t>
+          <t>9786258223040</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim ve Örgütsel Başarım</t>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar X</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>650</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789758890767</t>
+          <t>9786258223033</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Bir Aygıt Olarak Halkla İlişkiler ve Araçları</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar XVII</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>410</v>
+        <v>659</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786055176624</t>
+          <t>9786258341942</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim Stratejisi ve Kurumsal Bloglar</t>
+          <t>Sağlık Örgütlerinde Yapı ve Tatmin</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786059831222</t>
+          <t>9786258341935</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa Paradigması</t>
+          <t>Türk Dili - I</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>475</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786055176891</t>
+          <t>9786258341898</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Yurt ve Dünya Dergisi Üzerine Bir İnceleme</t>
+          <t>Kamu Ekonomisi</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>295</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786055176358</t>
+          <t>9786258341805</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği İle Karınca</t>
+          <t>Yeni Liderlik Paradigmaları</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786055176099</t>
+          <t>9786258341737</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Sözcük Yöntemi ve Sözlüğü</t>
+          <t>Birey Toplum ve Dijitalleşme Bağlamında Tüketimin Yeni Formları</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>150</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786055176273</t>
+          <t>9786258341584</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hizmetlerinde Kalite</t>
+          <t>Azerbaycan Medyasında Alkol Temsili ve Alkolün Topluma Olumsuz Etkisi</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>450</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786054392353</t>
+          <t>9786258223323</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Şeyh-i Şan’an</t>
+          <t>Yönetim Ekonomisi Teori Ve Politika</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786054392711</t>
+          <t>9786258341997</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Basel Düzenlemeleri’nin Kobi’lerin Muhasebe ve Finansal Raporlama Uygulamalarına Etkileri</t>
+          <t>Enseigner La Traduction Poetique En Contexte Fle</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>385</v>
+        <v>644</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
+          <t>9786258341966</t>
+        </is>
+      </c>
+      <c r="B1542" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilim Ve Reklam Çevirileri</t>
+        </is>
+      </c>
+      <c r="C1542" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" s="1" t="inlineStr">
+        <is>
+          <t>9786258223590</t>
+        </is>
+      </c>
+      <c r="B1543" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zekanın Değiştirdiği Dinamikler</t>
+        </is>
+      </c>
+      <c r="C1543" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" s="1" t="inlineStr">
+        <is>
+          <t>9786258223521</t>
+        </is>
+      </c>
+      <c r="B1544" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Evlilik Sözleşmesi Ve Evliliğin Sona Ermesi</t>
+        </is>
+      </c>
+      <c r="C1544" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" s="1" t="inlineStr">
+        <is>
+          <t>9786258223408</t>
+        </is>
+      </c>
+      <c r="B1545" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik İşletme Yönetiminde Teknolojinin Endüstriyel Süreci</t>
+        </is>
+      </c>
+      <c r="C1545" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" s="1" t="inlineStr">
+        <is>
+          <t>9786258223583</t>
+        </is>
+      </c>
+      <c r="B1546" s="1" t="inlineStr">
+        <is>
+          <t>İlaç Sektörü Satış Ve Pazarlama Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1546" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" s="1" t="inlineStr">
+        <is>
+          <t>9786258223705</t>
+        </is>
+      </c>
+      <c r="B1547" s="1" t="inlineStr">
+        <is>
+          <t>Otel İşletmelerinde Teknolojik Liderlik</t>
+        </is>
+      </c>
+      <c r="C1547" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" s="1" t="inlineStr">
+        <is>
+          <t>9786258341713</t>
+        </is>
+      </c>
+      <c r="B1548" s="1" t="inlineStr">
+        <is>
+          <t>Denetimde Yeni Trendler Teori ve Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1548" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" s="1" t="inlineStr">
+        <is>
+          <t>9786258341720</t>
+        </is>
+      </c>
+      <c r="B1549" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dini Hareketler ve Misyonerlik</t>
+        </is>
+      </c>
+      <c r="C1549" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" s="1" t="inlineStr">
+        <is>
+          <t>9786258341782</t>
+        </is>
+      </c>
+      <c r="B1550" s="1" t="inlineStr">
+        <is>
+          <t>Emeklilik Yatırım Fonları ve Menkul Kıymet Yatırım Fonlarının Çeşitli Yöntemlerle Karşılaştırmalı Performanslarının Analizi ve Fon Yöneticilerinin Zamanlama Yetenekleri</t>
+        </is>
+      </c>
+      <c r="C1550" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" s="1" t="inlineStr">
+        <is>
+          <t>9786258341621</t>
+        </is>
+      </c>
+      <c r="B1551" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Uygulamaya Armoni ve Eşlik</t>
+        </is>
+      </c>
+      <c r="C1551" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" s="1" t="inlineStr">
+        <is>
+          <t>9786258341515</t>
+        </is>
+      </c>
+      <c r="B1552" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar VI</t>
+        </is>
+      </c>
+      <c r="C1552" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" s="1" t="inlineStr">
+        <is>
+          <t>9786258108546</t>
+        </is>
+      </c>
+      <c r="B1553" s="1" t="inlineStr">
+        <is>
+          <t>International Research in Social, Human and Administrative Sciences VI</t>
+        </is>
+      </c>
+      <c r="C1553" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" s="1" t="inlineStr">
+        <is>
+          <t>9786258341768</t>
+        </is>
+      </c>
+      <c r="B1554" s="1" t="inlineStr">
+        <is>
+          <t>Henry George Farmer’ın Şark Müziği Hakkındaki Görüşleri</t>
+        </is>
+      </c>
+      <c r="C1554" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" s="1" t="inlineStr">
+        <is>
+          <t>9786258108958</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Haber Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9786258341331</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar 7</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>9786258341423</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Filoloji Alanında Uluslararası Araştırmalar I</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9786258341447</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>Emeğe Dair</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9786258341256</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kılıç - Hayatı, Eserleri Ve Türk Din Musikisi Alanındaki Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9786258341140</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Sahiplenme</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>9786258341102</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar VI</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>9786258108934</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>Nöropazarlamayla Reklamın Etkilerinin Belirlenmesine Yönelik Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>9786258341461</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>Basılı Parmak Yöntemi İle Başlangıç Viyola Eğitimi 1.1</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>9786258341287</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - IX</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>9786258341270</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>Aile İçi Sorunlar ve Aile Danışmanlığı</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>9786258341188</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Büyüme ve Verimlilik Politikası</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9786258341164</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>Türk Halk Müziğinde Makamlar ve Terkibler</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9786258341157</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Yalın İmalat Sistemlerinde Performans Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>9786258108712</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Beşeri Ve İdari Bilimler Alanında Uluslararası Araştırmalar XII</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9786258468304</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Kriz</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9786057557933</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik Becerileri ve Sürdürülebilir Rekabet Üstünlüğü İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9786258468113</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Kumuk Masalları - 2</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9786258341003</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Almancada Çekim Ekleri ve Türkçe Karşılıkları</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9786258108705</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar III</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9786258108965</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşme Bağlamında Birey, Toplum ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9786258108880</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Değişken Üslü Homojen Herz Uzayları Üzerinde İçsel Kare Fonksiyonları ve Komütatörleri İçin Bazı Tahminler</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9786258108361</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9786258108095</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İletişimde İletişim Teknolojilerinin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9786258108248</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İletişimde Dijitalleşme</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9786258108859</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Post-Fotoğraf</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9786258108927</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Piyano İçin Repertuvar</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>9786258108668</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlamanın Dijital Dönüşümü ve Influencer Marketing</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>9786258108156</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Eğitiminde Öğretim Yaklaşım ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>9786258108149</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Lüks Marka Tüketimine Yönelik Tutumları Etkileyen Faktörler</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
+          <t>9786257405959</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Davranışları - 3</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>9786257405812</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal, Beşeri Ve İdari Bilimler</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>9786257405966</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojide Çağdaş Yaklaşımlar II</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9786257405423</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Aklın İşbirliği Kitle Kaynak</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9786257405171</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Eğitim Sosyolojisi Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9786257405577</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9786257405898</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Makroekonomik Göstergeler Bize Ne Söyler: Türkiye Ekonomisinden Güncel Örnekler</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9786257405881</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Koronavirüs (Covid-19) Üzerine Araştırmalar Ve Ülke Deneyimleri</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9786257405911</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Gelenekselden Dijitale Siyasal İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9786257405874</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Medyanın Toplumsal Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9786257405867</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>Risk! Riski Anlamak ve Yönetmek</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9786257316538</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Türkiye’de Kültürel Turizm</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9786257405843</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Alt Kültür Okumaları</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
+          <t>9786257316545</t>
+        </is>
+      </c>
+      <c r="B1598" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Medya ve İletişim I</t>
+        </is>
+      </c>
+      <c r="C1598" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:3">
+      <c r="A1599" s="1" t="inlineStr">
+        <is>
+          <t>9786257316552</t>
+        </is>
+      </c>
+      <c r="B1599" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Medya ve İletişim II</t>
+        </is>
+      </c>
+      <c r="C1599" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1600" spans="1:3">
+      <c r="A1600" s="1" t="inlineStr">
+        <is>
+          <t>9786257405836</t>
+        </is>
+      </c>
+      <c r="B1600" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VI</t>
+        </is>
+      </c>
+      <c r="C1600" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1601" spans="1:3">
+      <c r="A1601" s="1" t="inlineStr">
+        <is>
+          <t>9786258468045</t>
+        </is>
+      </c>
+      <c r="B1601" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Ezgilerle Makamsal Solfej Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1601" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:3">
+      <c r="A1602" s="1" t="inlineStr">
+        <is>
+          <t>9789752475397</t>
+        </is>
+      </c>
+      <c r="B1602" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebede Sosyal Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1602" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:3">
+      <c r="A1603" s="1" t="inlineStr">
+        <is>
+          <t>9789752475137</t>
+        </is>
+      </c>
+      <c r="B1603" s="1" t="inlineStr">
+        <is>
+          <t>Laboratuvar Güvenliği ve Deney Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1603" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:3">
+      <c r="A1604" s="1" t="inlineStr">
+        <is>
+          <t>9786258468052</t>
+        </is>
+      </c>
+      <c r="B1604" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çalışmalarında Güncel Yaklaşımlar ve Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1604" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:3">
+      <c r="A1605" s="1" t="inlineStr">
+        <is>
+          <t>9786059831611</t>
+        </is>
+      </c>
+      <c r="B1605" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Ahmet</t>
+        </is>
+      </c>
+      <c r="C1605" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:3">
+      <c r="A1606" s="1" t="inlineStr">
+        <is>
+          <t>9786258468106</t>
+        </is>
+      </c>
+      <c r="B1606" s="1" t="inlineStr">
+        <is>
+          <t>Mahremiyetin Medyası</t>
+        </is>
+      </c>
+      <c r="C1606" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:3">
+      <c r="A1607" s="1" t="inlineStr">
+        <is>
+          <t>9786258468090</t>
+        </is>
+      </c>
+      <c r="B1607" s="1" t="inlineStr">
+        <is>
+          <t>Spor ve Medya İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1607" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:3">
+      <c r="A1608" s="1" t="inlineStr">
+        <is>
+          <t>9786059831017</t>
+        </is>
+      </c>
+      <c r="B1608" s="1" t="inlineStr">
+        <is>
+          <t>14. Ulusal İşletmecilik Kongresi</t>
+        </is>
+      </c>
+      <c r="C1608" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:3">
+      <c r="A1609" s="1" t="inlineStr">
+        <is>
+          <t>9786258468267</t>
+        </is>
+      </c>
+      <c r="B1609" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Kurumları Penceresinden Negatif Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1609" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:3">
+      <c r="A1610" s="1" t="inlineStr">
+        <is>
+          <t>9786258468182</t>
+        </is>
+      </c>
+      <c r="B1610" s="1" t="inlineStr">
+        <is>
+          <t>An Analysis of Moves the Introduction Sections of Research Articles Written by Turkish Scholars</t>
+        </is>
+      </c>
+      <c r="C1610" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:3">
+      <c r="A1611" s="1" t="inlineStr">
+        <is>
+          <t>9786258468236</t>
+        </is>
+      </c>
+      <c r="B1611" s="1" t="inlineStr">
+        <is>
+          <t>Keman İçin Piyano Eşlikli Makamsal Eserler</t>
+        </is>
+      </c>
+      <c r="C1611" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:3">
+      <c r="A1612" s="1" t="inlineStr">
+        <is>
+          <t>9786258468328</t>
+        </is>
+      </c>
+      <c r="B1612" s="1" t="inlineStr">
+        <is>
+          <t>Güçlendirme Yaklaşımı Perspektifinde Psikososyal Eğitim Programı</t>
+        </is>
+      </c>
+      <c r="C1612" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:3">
+      <c r="A1613" s="1" t="inlineStr">
+        <is>
+          <t>9786258108033</t>
+        </is>
+      </c>
+      <c r="B1613" s="1" t="inlineStr">
+        <is>
+          <t>Korku Filmlerinin İdeolojisi Ben’in İçindeki Öteki</t>
+        </is>
+      </c>
+      <c r="C1613" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:3">
+      <c r="A1614" s="1" t="inlineStr">
+        <is>
+          <t>9786258108187</t>
+        </is>
+      </c>
+      <c r="B1614" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Medya</t>
+        </is>
+      </c>
+      <c r="C1614" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:3">
+      <c r="A1615" s="1" t="inlineStr">
+        <is>
+          <t>9786258108194</t>
+        </is>
+      </c>
+      <c r="B1615" s="1" t="inlineStr">
+        <is>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar III</t>
+        </is>
+      </c>
+      <c r="C1615" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:3">
+      <c r="A1616" s="1" t="inlineStr">
+        <is>
+          <t>9786258108224</t>
+        </is>
+      </c>
+      <c r="B1616" s="1" t="inlineStr">
+        <is>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1616" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1617" spans="1:3">
+      <c r="A1617" s="1" t="inlineStr">
+        <is>
+          <t>9786258108217</t>
+        </is>
+      </c>
+      <c r="B1617" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar X</t>
+        </is>
+      </c>
+      <c r="C1617" s="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="1618" spans="1:3">
+      <c r="A1618" s="1" t="inlineStr">
+        <is>
+          <t>9786258108118</t>
+        </is>
+      </c>
+      <c r="B1618" s="1" t="inlineStr">
+        <is>
+          <t>Tüketim Nesnesi Olarak Beden ve Güzellik</t>
+        </is>
+      </c>
+      <c r="C1618" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1619" spans="1:3">
+      <c r="A1619" s="1" t="inlineStr">
+        <is>
+          <t>9786258108415</t>
+        </is>
+      </c>
+      <c r="B1619" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranışta Ölçek Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1619" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1620" spans="1:3">
+      <c r="A1620" s="1" t="inlineStr">
+        <is>
+          <t>9786258108170</t>
+        </is>
+      </c>
+      <c r="B1620" s="1" t="inlineStr">
+        <is>
+          <t>International Research in Social Humanities and Administrative I</t>
+        </is>
+      </c>
+      <c r="C1620" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1621" spans="1:3">
+      <c r="A1621" s="1" t="inlineStr">
+        <is>
+          <t>9786258108583</t>
+        </is>
+      </c>
+      <c r="B1621" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar III</t>
+        </is>
+      </c>
+      <c r="C1621" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1622" spans="1:3">
+      <c r="A1622" s="1" t="inlineStr">
+        <is>
+          <t>9786258108538</t>
+        </is>
+      </c>
+      <c r="B1622" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar X</t>
+        </is>
+      </c>
+      <c r="C1622" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1623" spans="1:3">
+      <c r="A1623" s="1" t="inlineStr">
+        <is>
+          <t>9786258108484</t>
+        </is>
+      </c>
+      <c r="B1623" s="1" t="inlineStr">
+        <is>
+          <t>International Research in Math Sciences</t>
+        </is>
+      </c>
+      <c r="C1623" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1624" spans="1:3">
+      <c r="A1624" s="1" t="inlineStr">
+        <is>
+          <t>9786258108446</t>
+        </is>
+      </c>
+      <c r="B1624" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1624" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1625" spans="1:3">
+      <c r="A1625" s="1" t="inlineStr">
+        <is>
+          <t>9786258108439</t>
+        </is>
+      </c>
+      <c r="B1625" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar IV</t>
+        </is>
+      </c>
+      <c r="C1625" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1626" spans="1:3">
+      <c r="A1626" s="1" t="inlineStr">
+        <is>
+          <t>9786258108309</t>
+        </is>
+      </c>
+      <c r="B1626" s="1" t="inlineStr">
+        <is>
+          <t>Yaylı Çalgılar İçin Türkü Düzenlemeleri</t>
+        </is>
+      </c>
+      <c r="C1626" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1627" spans="1:3">
+      <c r="A1627" s="1" t="inlineStr">
+        <is>
+          <t>9786258108071</t>
+        </is>
+      </c>
+      <c r="B1627" s="1" t="inlineStr">
+        <is>
+          <t>Bakım Ve Rehabilitasyon Giriş</t>
+        </is>
+      </c>
+      <c r="C1627" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1628" spans="1:3">
+      <c r="A1628" s="1" t="inlineStr">
+        <is>
+          <t>9786258108699</t>
+        </is>
+      </c>
+      <c r="B1628" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bir Alan Olarak Dijitalleşme</t>
+        </is>
+      </c>
+      <c r="C1628" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1629" spans="1:3">
+      <c r="A1629" s="1" t="inlineStr">
+        <is>
+          <t>9786258108606</t>
+        </is>
+      </c>
+      <c r="B1629" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Davranışları Ve Davranışsal Niyetler</t>
+        </is>
+      </c>
+      <c r="C1629" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1630" spans="1:3">
+      <c r="A1630" s="1" t="inlineStr">
+        <is>
+          <t>9786258468908</t>
+        </is>
+      </c>
+      <c r="B1630" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilirlik Analizi İle Kurumların Sürdürülebilirliğinin Modellenmesi ve Yeni Bir Sürdürülebilirlik İndeksinin Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C1630" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1631" spans="1:3">
+      <c r="A1631" s="1" t="inlineStr">
+        <is>
+          <t>9786258468960</t>
+        </is>
+      </c>
+      <c r="B1631" s="1" t="inlineStr">
+        <is>
+          <t>Gastronomik Bir Değer ve Kültürel Miras Olarak Mesir Macunu</t>
+        </is>
+      </c>
+      <c r="C1631" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1632" spans="1:3">
+      <c r="A1632" s="1" t="inlineStr">
+        <is>
+          <t>9786258468939</t>
+        </is>
+      </c>
+      <c r="B1632" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilim ve Karşılaştırmalı Edebiyat Bakış Açısıyla Mektup Roman Örnekleri</t>
+        </is>
+      </c>
+      <c r="C1632" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:3">
+      <c r="A1633" s="1" t="inlineStr">
+        <is>
+          <t>9786258108026</t>
+        </is>
+      </c>
+      <c r="B1633" s="1" t="inlineStr">
+        <is>
+          <t>Köy Enstitülerine Dair - Yazılmayanlar, Bilinmeyenler, Konuşulmayanlar</t>
+        </is>
+      </c>
+      <c r="C1633" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:3">
+      <c r="A1634" s="1" t="inlineStr">
+        <is>
+          <t>9786258108101</t>
+        </is>
+      </c>
+      <c r="B1634" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Fark Yaratır</t>
+        </is>
+      </c>
+      <c r="C1634" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:3">
+      <c r="A1635" s="1" t="inlineStr">
+        <is>
+          <t>9786258468984</t>
+        </is>
+      </c>
+      <c r="B1635" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Pazarlara Giriş Stratejileri - Türkiye Örneği</t>
+        </is>
+      </c>
+      <c r="C1635" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:3">
+      <c r="A1636" s="1" t="inlineStr">
+        <is>
+          <t>9786258468700</t>
+        </is>
+      </c>
+      <c r="B1636" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık ve Hastalık Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1636" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:3">
+      <c r="A1637" s="1" t="inlineStr">
+        <is>
+          <t>9786257405850</t>
+        </is>
+      </c>
+      <c r="B1637" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Uzmanının Uygulama Kılavuzu: Bütüncül Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C1637" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:3">
+      <c r="A1638" s="1" t="inlineStr">
+        <is>
+          <t>9786258468373</t>
+        </is>
+      </c>
+      <c r="B1638" s="1" t="inlineStr">
+        <is>
+          <t>Piyano Eşlikli Çocuk Şarkıları: Ezgilerle Boyama</t>
+        </is>
+      </c>
+      <c r="C1638" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:3">
+      <c r="A1639" s="1" t="inlineStr">
+        <is>
+          <t>9786258468021</t>
+        </is>
+      </c>
+      <c r="B1639" s="1" t="inlineStr">
+        <is>
+          <t>Köprü</t>
+        </is>
+      </c>
+      <c r="C1639" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:3">
+      <c r="A1640" s="1" t="inlineStr">
+        <is>
+          <t>9786257405744</t>
+        </is>
+      </c>
+      <c r="B1640" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimciler Ve Ebeveynler İçin Kriz Zamanlarında Eğitim</t>
+        </is>
+      </c>
+      <c r="C1640" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:3">
+      <c r="A1641" s="1" t="inlineStr">
+        <is>
+          <t>9786257405553</t>
+        </is>
+      </c>
+      <c r="B1641" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Eğitim</t>
+        </is>
+      </c>
+      <c r="C1641" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:3">
+      <c r="A1642" s="1" t="inlineStr">
+        <is>
+          <t>9786257405942</t>
+        </is>
+      </c>
+      <c r="B1642" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Bölgesel Ve Küresel Aktörlerin Orta Asya Siyaseti</t>
+        </is>
+      </c>
+      <c r="C1642" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:3">
+      <c r="A1643" s="1" t="inlineStr">
+        <is>
+          <t>9786258468397</t>
+        </is>
+      </c>
+      <c r="B1643" s="1" t="inlineStr">
+        <is>
+          <t>Yiyecek ve İçecek İşletmelerinde Satın Alma ve Depolama</t>
+        </is>
+      </c>
+      <c r="C1643" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:3">
+      <c r="A1644" s="1" t="inlineStr">
+        <is>
+          <t>9786258468809</t>
+        </is>
+      </c>
+      <c r="B1644" s="1" t="inlineStr">
+        <is>
+          <t>Yapmadan Dönme</t>
+        </is>
+      </c>
+      <c r="C1644" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:3">
+      <c r="A1645" s="1" t="inlineStr">
+        <is>
+          <t>9786258468793</t>
+        </is>
+      </c>
+      <c r="B1645" s="1" t="inlineStr">
+        <is>
+          <t>Türsel İşletmelerde Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1645" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:3">
+      <c r="A1646" s="1" t="inlineStr">
+        <is>
+          <t>9786258468670</t>
+        </is>
+      </c>
+      <c r="B1646" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar VIII</t>
+        </is>
+      </c>
+      <c r="C1646" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:3">
+      <c r="A1647" s="1" t="inlineStr">
+        <is>
+          <t>9786258468076</t>
+        </is>
+      </c>
+      <c r="B1647" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar IX</t>
+        </is>
+      </c>
+      <c r="C1647" s="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:3">
+      <c r="A1648" s="1" t="inlineStr">
+        <is>
+          <t>9786258468434</t>
+        </is>
+      </c>
+      <c r="B1648" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla İktisat Politikası III</t>
+        </is>
+      </c>
+      <c r="C1648" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:3">
+      <c r="A1649" s="1" t="inlineStr">
+        <is>
+          <t>9786258468441</t>
+        </is>
+      </c>
+      <c r="B1649" s="1" t="inlineStr">
+        <is>
+          <t>Sayısal Yöntemlerle Tedarik Zinciri</t>
+        </is>
+      </c>
+      <c r="C1649" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:3">
+      <c r="A1650" s="1" t="inlineStr">
+        <is>
+          <t>9786258468250</t>
+        </is>
+      </c>
+      <c r="B1650" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1650" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:3">
+      <c r="A1651" s="1" t="inlineStr">
+        <is>
+          <t>9786258468823</t>
+        </is>
+      </c>
+      <c r="B1651" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Tüketim Kültüründe Pazarlama Yönelimli Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1651" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:3">
+      <c r="A1652" s="1" t="inlineStr">
+        <is>
+          <t>9786258468601</t>
+        </is>
+      </c>
+      <c r="B1652" s="1" t="inlineStr">
+        <is>
+          <t>Paydaş Odaklı Çağdaş Yönetim Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1652" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:3">
+      <c r="A1653" s="1" t="inlineStr">
+        <is>
+          <t>9786258468489</t>
+        </is>
+      </c>
+      <c r="B1653" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar II</t>
+        </is>
+      </c>
+      <c r="C1653" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:3">
+      <c r="A1654" s="1" t="inlineStr">
+        <is>
+          <t>9786257405515</t>
+        </is>
+      </c>
+      <c r="B1654" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Sanatı ve Eğitiminde Çağdaş Yaklaşımlar I</t>
+        </is>
+      </c>
+      <c r="C1654" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:3">
+      <c r="A1655" s="1" t="inlineStr">
+        <is>
+          <t>9786258468366</t>
+        </is>
+      </c>
+      <c r="B1655" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler-VIII</t>
+        </is>
+      </c>
+      <c r="C1655" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:3">
+      <c r="A1656" s="1" t="inlineStr">
+        <is>
+          <t>9786258468687</t>
+        </is>
+      </c>
+      <c r="B1656" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Alanında Uluslararası Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C1656" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:3">
+      <c r="A1657" s="1" t="inlineStr">
+        <is>
+          <t>9786258468847</t>
+        </is>
+      </c>
+      <c r="B1657" s="1" t="inlineStr">
+        <is>
+          <t>Lise Öğrencileri İçin Kariyer Planlama Üzerine Tavsiyeler El Kitapçığı</t>
+        </is>
+      </c>
+      <c r="C1657" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:3">
+      <c r="A1658" s="1" t="inlineStr">
+        <is>
+          <t>9786257405829</t>
+        </is>
+      </c>
+      <c r="B1658" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Bilgi Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1658" s="1">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:3">
+      <c r="A1659" s="1" t="inlineStr">
+        <is>
+          <t>9786258468458</t>
+        </is>
+      </c>
+      <c r="B1659" s="1" t="inlineStr">
+        <is>
+          <t>Kobi Yönetim ve Pazarlamasında Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1659" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:3">
+      <c r="A1660" s="1" t="inlineStr">
+        <is>
+          <t>9786258468694</t>
+        </is>
+      </c>
+      <c r="B1660" s="1" t="inlineStr">
+        <is>
+          <t>Kamuda İç Kontrol İç Denetim</t>
+        </is>
+      </c>
+      <c r="C1660" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:3">
+      <c r="A1661" s="1" t="inlineStr">
+        <is>
+          <t>9786258468632</t>
+        </is>
+      </c>
+      <c r="B1661" s="1" t="inlineStr">
+        <is>
+          <t>İz Bırakan Seydişehirliler: Cumhuriyet Dönemi</t>
+        </is>
+      </c>
+      <c r="C1661" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:3">
+      <c r="A1662" s="1" t="inlineStr">
+        <is>
+          <t>9786258468625</t>
+        </is>
+      </c>
+      <c r="B1662" s="1" t="inlineStr">
+        <is>
+          <t>İz Bırakan Seydişehirliler: Beylikler ve Osmanlı Dönemi</t>
+        </is>
+      </c>
+      <c r="C1662" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:3">
+      <c r="A1663" s="1" t="inlineStr">
+        <is>
+          <t>9786258468335</t>
+        </is>
+      </c>
+      <c r="B1663" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Yönetimi ve Organizasyon Alanında Güncel Akademik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1663" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:3">
+      <c r="A1664" s="1" t="inlineStr">
+        <is>
+          <t>9786258468533</t>
+        </is>
+      </c>
+      <c r="B1664" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Alanında Uluslararası Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C1664" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:3">
+      <c r="A1665" s="1" t="inlineStr">
+        <is>
+          <t>9786257405935</t>
+        </is>
+      </c>
+      <c r="B1665" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Bilimleri Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1665" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:3">
+      <c r="A1666" s="1" t="inlineStr">
+        <is>
+          <t>9786258468588</t>
+        </is>
+      </c>
+      <c r="B1666" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Kavramlarla Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C1666" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:3">
+      <c r="A1667" s="1" t="inlineStr">
+        <is>
+          <t>9786258468724</t>
+        </is>
+      </c>
+      <c r="B1667" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Gastronominin İzleri</t>
+        </is>
+      </c>
+      <c r="C1667" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:3">
+      <c r="A1668" s="1" t="inlineStr">
+        <is>
+          <t>9786258468465</t>
+        </is>
+      </c>
+      <c r="B1668" s="1" t="inlineStr">
+        <is>
+          <t>Flüt ve Flüt Pedagojisi</t>
+        </is>
+      </c>
+      <c r="C1668" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:3">
+      <c r="A1669" s="1" t="inlineStr">
+        <is>
+          <t>9786258468748</t>
+        </is>
+      </c>
+      <c r="B1669" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Disiplinlerin Bakış Açısıyla Dijital Dünyada Çocuk</t>
+        </is>
+      </c>
+      <c r="C1669" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:3">
+      <c r="A1670" s="1" t="inlineStr">
+        <is>
+          <t>9786257405541</t>
+        </is>
+      </c>
+      <c r="B1670" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri 4.0’ın Sağlık Sektörüne Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1670" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:3">
+      <c r="A1671" s="1" t="inlineStr">
+        <is>
+          <t>9786258468342</t>
+        </is>
+      </c>
+      <c r="B1671" s="1" t="inlineStr">
+        <is>
+          <t>Karbon Emisyon Yönetiminde Karbon Yönetim Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C1671" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:3">
+      <c r="A1672" s="1" t="inlineStr">
+        <is>
+          <t>9786258468885</t>
+        </is>
+      </c>
+      <c r="B1672" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VIII</t>
+        </is>
+      </c>
+      <c r="C1672" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:3">
+      <c r="A1673" s="1" t="inlineStr">
+        <is>
+          <t>9786258468281</t>
+        </is>
+      </c>
+      <c r="B1673" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimleri Alanında Uluslararası Araştırmalar VII</t>
+        </is>
+      </c>
+      <c r="C1673" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:3">
+      <c r="A1674" s="1" t="inlineStr">
+        <is>
+          <t>9786258468731</t>
+        </is>
+      </c>
+      <c r="B1674" s="1" t="inlineStr">
+        <is>
+          <t>Disadvantaged Groups: A Social Policy Perspective</t>
+        </is>
+      </c>
+      <c r="C1674" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:3">
+      <c r="A1675" s="1" t="inlineStr">
+        <is>
+          <t>9786258468564</t>
+        </is>
+      </c>
+      <c r="B1675" s="1" t="inlineStr">
+        <is>
+          <t>Communicative Competence in Classroom: The Experiences of International Teaching Assistants</t>
+        </is>
+      </c>
+      <c r="C1675" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:3">
+      <c r="A1676" s="1" t="inlineStr">
+        <is>
+          <t>9786258468786</t>
+        </is>
+      </c>
+      <c r="B1676" s="1" t="inlineStr">
+        <is>
+          <t>Barok Dönemin Müziğe Getirdiği Yenilikler</t>
+        </is>
+      </c>
+      <c r="C1676" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:3">
+      <c r="A1677" s="1" t="inlineStr">
+        <is>
+          <t>9786258468649</t>
+        </is>
+      </c>
+      <c r="B1677" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Şiirinde Nevruz</t>
+        </is>
+      </c>
+      <c r="C1677" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:3">
+      <c r="A1678" s="1" t="inlineStr">
+        <is>
+          <t>9786258468779</t>
+        </is>
+      </c>
+      <c r="B1678" s="1" t="inlineStr">
+        <is>
+          <t>Art Education and Three Dimensions</t>
+        </is>
+      </c>
+      <c r="C1678" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:3">
+      <c r="A1679" s="1" t="inlineStr">
+        <is>
+          <t>9786258468380</t>
+        </is>
+      </c>
+      <c r="B1679" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl Eğitim Teknolojisi</t>
+        </is>
+      </c>
+      <c r="C1679" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:3">
+      <c r="A1680" s="1" t="inlineStr">
+        <is>
+          <t>9786057487742</t>
+        </is>
+      </c>
+      <c r="B1680" s="1" t="inlineStr">
+        <is>
+          <t>Otel İşletmeleri İçin Tedarik Zinciri Yönetimi Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1680" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:3">
+      <c r="A1681" s="1" t="inlineStr">
+        <is>
+          <t>9786257405430</t>
+        </is>
+      </c>
+      <c r="B1681" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış Düzleminde Yerinden Yönetim Kuruluşlarına Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1681" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:3">
+      <c r="A1682" s="1" t="inlineStr">
+        <is>
+          <t>9786257405584</t>
+        </is>
+      </c>
+      <c r="B1682" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Stratejilerinde Kokunun Sihirli Gücü Koku Pazarlamasına Bütünsel Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1682" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:3">
+      <c r="A1683" s="1" t="inlineStr">
+        <is>
+          <t>9786257405607</t>
+        </is>
+      </c>
+      <c r="B1683" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Çalışanlarında Merhamet Yorğunluğunun İşten Ayrılma Niyetine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1683" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:3">
+      <c r="A1684" s="1" t="inlineStr">
+        <is>
+          <t>9786257405713</t>
+        </is>
+      </c>
+      <c r="B1684" s="1" t="inlineStr">
+        <is>
+          <t>Savaş,Göç ve Kadın (Suriyeli Kadınlar ve Erken Yaşta Evlilik Deneyimleri)</t>
+        </is>
+      </c>
+      <c r="C1684" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:3">
+      <c r="A1685" s="1" t="inlineStr">
+        <is>
+          <t>9786257405706</t>
+        </is>
+      </c>
+      <c r="B1685" s="1" t="inlineStr">
+        <is>
+          <t>Solfej Alıştırmaları ve Özgün Solfej Parçaları</t>
+        </is>
+      </c>
+      <c r="C1685" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:3">
+      <c r="A1686" s="1" t="inlineStr">
+        <is>
+          <t>9786257405348</t>
+        </is>
+      </c>
+      <c r="B1686" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medyada İçerik Pazarlaması Ve Tüketici Davranışları</t>
+        </is>
+      </c>
+      <c r="C1686" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:3">
+      <c r="A1687" s="1" t="inlineStr">
+        <is>
+          <t>9786257405508</t>
+        </is>
+      </c>
+      <c r="B1687" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dönemi Arap Şairlerinden El-Habsi Ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1687" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:3">
+      <c r="A1688" s="1" t="inlineStr">
+        <is>
+          <t>9786257405492</t>
+        </is>
+      </c>
+      <c r="B1688" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal,Beşeri ve İdari Bilimler Alanında Uluslararası Araştırmalar 5</t>
+        </is>
+      </c>
+      <c r="C1688" s="1">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:3">
+      <c r="A1689" s="1" t="inlineStr">
+        <is>
+          <t>9786257405386</t>
+        </is>
+      </c>
+      <c r="B1689" s="1" t="inlineStr">
+        <is>
+          <t>Strateji - Yönetsel Bağlam Çerçevesinde Güncel Okumalar</t>
+        </is>
+      </c>
+      <c r="C1689" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:3">
+      <c r="A1690" s="1" t="inlineStr">
+        <is>
+          <t>9786057494221</t>
+        </is>
+      </c>
+      <c r="B1690" s="1" t="inlineStr">
+        <is>
+          <t>Kumuk Masalları - 1</t>
+        </is>
+      </c>
+      <c r="C1690" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:3">
+      <c r="A1691" s="1" t="inlineStr">
+        <is>
+          <t>9786257316217</t>
+        </is>
+      </c>
+      <c r="B1691" s="1" t="inlineStr">
+        <is>
+          <t>Korona Günlerinde Medya ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1691" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:3">
+      <c r="A1692" s="1" t="inlineStr">
+        <is>
+          <t>9786257316866</t>
+        </is>
+      </c>
+      <c r="B1692" s="1" t="inlineStr">
+        <is>
+          <t>Korku Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1692" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" s="1" t="inlineStr">
+        <is>
+          <t>9786257316132</t>
+        </is>
+      </c>
+      <c r="B1693" s="1" t="inlineStr">
+        <is>
+          <t>Kabusname'ye Eğitsel  Açıdan Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C1693" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" s="1" t="inlineStr">
+        <is>
+          <t>9786057009777</t>
+        </is>
+      </c>
+      <c r="B1694" s="1" t="inlineStr">
+        <is>
+          <t>İş Yeri Nezaketsizliği</t>
+        </is>
+      </c>
+      <c r="C1694" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" s="1" t="inlineStr">
+        <is>
+          <t>9786257405737</t>
+        </is>
+      </c>
+      <c r="B1695" s="1" t="inlineStr">
+        <is>
+          <t>İletişimin Temel Prensipleri</t>
+        </is>
+      </c>
+      <c r="C1695" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" s="1" t="inlineStr">
+        <is>
+          <t>9786257316972</t>
+        </is>
+      </c>
+      <c r="B1696" s="1" t="inlineStr">
+        <is>
+          <t>In The Context Of Folklore Media And Communication</t>
+        </is>
+      </c>
+      <c r="C1696" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" s="1" t="inlineStr">
+        <is>
+          <t>9786257316996</t>
+        </is>
+      </c>
+      <c r="B1697" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Türkiye'de Yeme-İçme Kültürü</t>
+        </is>
+      </c>
+      <c r="C1697" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" s="1" t="inlineStr">
+        <is>
+          <t>9786057005601</t>
+        </is>
+      </c>
+      <c r="B1698" s="1" t="inlineStr">
+        <is>
+          <t>Günah - Musibet Algıları</t>
+        </is>
+      </c>
+      <c r="C1698" s="1">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" s="1" t="inlineStr">
+        <is>
+          <t>9786257405614</t>
+        </is>
+      </c>
+      <c r="B1699" s="1" t="inlineStr">
+        <is>
+          <t>Firmalarda Finansal Başarısızlığın Tahmini Ve İstanbul Menkul Kıymetler Borsası’nda Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1699" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" s="1" t="inlineStr">
+        <is>
+          <t>9786057494276</t>
+        </is>
+      </c>
+      <c r="B1700" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Kiralama İşlemlerinin ‘’TFRS 16 Kiralamalar’’ Standardına Ve Vuk’a Göre Muhasebeleştirilmesi</t>
+        </is>
+      </c>
+      <c r="C1700" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" s="1" t="inlineStr">
+        <is>
+          <t>9786257405355</t>
+        </is>
+      </c>
+      <c r="B1701" s="1" t="inlineStr">
+        <is>
+          <t>Şarkı Söyle Mutlu Ol</t>
+        </is>
+      </c>
+      <c r="C1701" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" s="1" t="inlineStr">
+        <is>
+          <t>9786057016928</t>
+        </is>
+      </c>
+      <c r="B1702" s="1" t="inlineStr">
+        <is>
+          <t>Televizyon Dizilerinde Kent İmajı</t>
+        </is>
+      </c>
+      <c r="C1702" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" s="1" t="inlineStr">
+        <is>
+          <t>9786257316149</t>
+        </is>
+      </c>
+      <c r="B1703" s="1" t="inlineStr">
+        <is>
+          <t>V.Tumanov’un Çocuk Kitaplarında Çoklu Zeka Kuramı</t>
+        </is>
+      </c>
+      <c r="C1703" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" s="1" t="inlineStr">
+        <is>
+          <t>9786257405669</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Kültür,Yeni Medya ve Kuşaklar</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786257405621</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Yüzyılda Kentsel Siyaset</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786257405331</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Kültüründe Sorun Bildirme Davranışına Siyasetnamalerin Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786257316101</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda İşletme Alanında Yeni Eğilimler</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786257405539</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Denizli'ye Özgü Geleneksel Bir Lezzet : İsli (Yanık Kokulu) Yoğurt</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786257405546</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Business Techniques</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786257405362</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Adli Yardım</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786257405232</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe Meslek Örgütleri ve Kurumsallaşma</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9786059831215</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İnanç Problemleri ve Analitik Çözümler</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786055176518</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası Eğitim</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9786257316903</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Hikayelerle Kendi Kendine Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786057487759</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Mülteciler ve Dijital Göç</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
+          <t>9786057786371</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Dil Öğretiminde Dönüştürücü Öğrenme Ders Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786257405256</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimlerı Alanında Uluslararası Araştırmalar - 4</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9786050653700</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenme Kuramları Bağlamında Korku Çekiciliği</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9786257915014</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>Almanya’da Yükseköğrenim</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786057786500</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de İşitme Engellilerin Din Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786257915410</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>Mesleki Yeterlilikler Perspektifinden Mobilya ve Dekorasyon Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9789752475977</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>İmaj ve Türleri</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9786057786333</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>Beer Yaklaşımıyla Denge Döviz Kurundan Sapma</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9786257405676</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Turizmi</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9786257405447</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>Doğaçlama Teorisi</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9786257316958</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Kayseri Basın Tarihi (1910-2020)</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9786257405102</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Türkiye’de Kültürel Turizm ve Eğlence Kültürü</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9786257405096</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri Ve Örgüt Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9786257405003</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Göç Üzerine Akademik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9786257405010</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Davranışları - 2</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
+          <t>9786257405034</t>
+        </is>
+      </c>
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Davranışları - 1</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9786257316897</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786257405126</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Ticarileşme, Politika Ve Etik Üçgeninde Sağlık Konulu Yayıncılık Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786257316811</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojide Çağdaş Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9786257405270</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786257405041</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>Reklamlarda Mizah Kullanımının Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786257405195</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi Sürecinde İnsan Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786257405294</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Örgüt Kültürünün Bir Boyutu Olarak Hasta Ve Çalışan Güvenliği</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786257405287</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 7</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786257405263</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 6</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786257405300</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Riski, Hedge İşlemleri Ve Finansal Araçlar Standardı: Uygulama Örnekleri Ve Muhasebe Kayıt Önerileri</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786257405218</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Medya</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786257405089</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkilerin Dijital Kodları</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786257405317</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Dünyada Halkla İlişkilerin Dönüşümü 2</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786257316989</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Deneyimsel Turizm Türleri</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786257316910</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Pandemi Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786257316606</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Aylak Sınıfların Teorisi</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786257316880</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Coğrafyasında Görülen Arkeolojik, Sanatsal Ve Kültürel Faaliyetler</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786257405133</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Pandemos Galaksisi</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786257405188</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Reklamdakiler</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786257316675</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Nazariyyat-ı Musiki</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786257405119</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Halkbilimi Bağlamında Medya ve İletişim 3</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786257405065</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Dezenformasyon Çağı</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786257316873</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Kent Markalaşması (City Branding)</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786257316934</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Makamlar</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786257316644</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Şirketlerin Yaşam Süreleri ve Kayıtdışı Ekonomi</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786257316941</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Destekli Güncel Üretim Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786257316804</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Çağdaş Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786257316965</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Üretimi, Su Üretimi, İnsan Kaynakları ve Kalite Maliyetleri Üzerine Araştırmalar: Uygulama Örnekleri ve Muhasebeleştirme</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786257316590</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimci-Piyanist Piyanist-Eğitimci Mithat Fenmen</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786257316859</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Melek Sermaye ve Muhasebe Süreci</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786257316927</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi Sürecinde Dijital İletişim</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786257316743</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Majör Tonlar ile İlişkili Makamsal Solfejler</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786257316729</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Matematik ve Fen Alanında Uluslararası Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786257316699</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Alanında Uluslararası Araştırmalar 3</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786257316682</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Alanında Uluslararası Araştırmalar 3</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786257316705</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Medya Alanında Uluslararası Araştırmalar II</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786257316613</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Mağaza Atmosferi Faktörlerinin Marka İmajı ve Marka Aşkına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786257316620</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Faaliyet Tabanlı Maliyetleme Yönetiminin Süt Üretim İşletmelerinde Uygulanması: Bir Model Önerisi ve Muhasebeleştirme</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786257316828</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik Yetenekler - Rekabet Avantajı ve Çevresel Türbülans</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786257316835</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Parmaklar - Keman Metodu</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786257316514</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Pilot Üniversiteye İlişkin Paydaş Görüşleri 2: Bingöl Üniversitesi Örneği</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786257316569</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Eğitiminde İstatistiksel Analiz Çalışmalarına Örnekler</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786257316651</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Nörosinema: Nörofizyolojik Tepkiler Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786257316668</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Dayalı Faaliyet Tabanlı Maliyetleme ve Kaynak Tüketim Muhasebesi Yöntemlerinin Karşılaştırılması: Bir Tekstil İşletmesinde Uygulama</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786257316583</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Halkla İlişkiler Kampanyalarında Müzik Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786257316187</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Ensar Şahbazoğlu - Hayatı Sanatı Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786254431142</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İletişimi Aktörler, Mecralar ve Sorunlar</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786257316422</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Piyano İçin Dizi ve Arpej Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9786257316415</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Romantik Dönem Türk Müziğinde Yeni Form Denemeleri</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786257316453</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyıl Çoksesli Geleneksel Türk Müziğinde Stil ve Teknik</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786257316484</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler - Alanında Uluslararası Araştırmalar 2</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786257316439</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Parmaklar: Viyola Metodu - Talking Fingers: Viola Method</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786257316446</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Dünyada Halkla İlişkilerin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786257316293</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>Değerlerle Yönetim</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786257316330</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Bölgesinde Türklerin Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786057009760</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>İş Kanunu - İşsizlik Sigortası Kanunu Uygulamaları ve Nitelikli Hesaplamalar</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786257316248</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Destinasyon Pazarlama Aracı Olarak Gastronomi Turizmi</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786257316026</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamdaki Matematiğin Farkındayım</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786257316347</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Alanında Uluslararası Araştırmalar 1</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
+          <t>9786257316361</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi ve İdari Bilimler Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786257316354</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Alanında Uluslararası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786257316170</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Şair Moldo Niyaz’ın Şiirleri Üzerine Tematik Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786257316156</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Sürdürülebilirlik İletişimi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786057016904</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Mahmud Nedim Paşa Ayine ve Hasbihal</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786057487780</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler 5</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786057487735</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Notalarla Piyano Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786257316309</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Eğitiminin Genişleyen Sınırları: Uygulama ve Araştırma İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786257316316</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet Temelinde Kültürel Tüketim Pratikleri</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786257316040</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Kış Turizm Merkezleri ve Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786257316323</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim Sistemlerinin ve Teknolojilerinin Muhasebe ve Finansal Raporlama Uygulamalarına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786257316255</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Sürecinde İletişimin Değişen Yüzü</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786257316019</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Akademisyenleri 2020 - Gelenekselden Dijitale İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786257316002</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>Ailenin İşletmesi Mi? İşletmenin Ailesi Mi?</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>9786257316224</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>İlahiyat Bilimleri Açısından Engellilik 1</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786057009708</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Aktivizm</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>9786257316088</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>Huğlu Tarihi</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786057494207</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Negatif Örgüt Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786057009722</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Rodos ve İstanköy Türk Kültürü</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786057009739</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Turkish Culture in Rhodes and Kos</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786057016935</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Ekonomi</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>9786057016966</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Muhasebe Sistemlerinin Karşılaştırılması: Türkiye’ye Uygun Muhasebe Organizasyonu Önerisi</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786057016973</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili ve Edebiyatı Araştırmaları -Kültürel Okumalar-</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786057016959</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Son Döneminde Kayseri Merkez ve Kaza Hapishaneleri</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786057016942</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Tms/Tfrs Standartlarının Oluşmasında Etkili Olan Muhasebe Unsurlarının Tarihsel Gelişimi ve Bazı Standartların Uygulanmasına Yönelik Örnek Çözümler</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786257316033</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>İtibar Yönetimi ve Öyküleme</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786057009791</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>Besteler 1 Meşk</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786254431180</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Krizler Ve Yenilikçi Yaklaşımlar Teoriden Uygulamaya</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786254431173</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda İletişim Çalışmaları Ve Medya Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786050653779</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Saba ve Tevabi Makamlar</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786057786234</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Batı Metafiziğinden Postmodernizme ‘’Ötekinin’’ Kökleri</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786057009753</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Ali Paşa-zade Mustafa Hamdi ve Divan’ı</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786254431159</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Özdemir Türkülerinin Analizi</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786057005618</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Hollywood Sinemasında Öteki Sorunsalı Bağlamında Müslüman Kimlik Temsili</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786057487711</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>İkna Edici İletişim, Korku Çekiciliği, Tartışmalı Reklam Kavramı ve Kamu Spotları</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786057494238</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Etik Karar Verme</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786057494214</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>The Media and City</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786057009746</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Scales In International Marketing</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786057009784</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Reklamcılığı ve Etik</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786057005670</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Telif Haklarında Vizyon Arayışlarımız; Destekler Ve İstisnalar</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786057005632</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ekran: Etkileşimli ve Kullanıcı Odaklı Televizyon</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786057005694</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti'nde Piyangolar</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786057005625</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>Zihinsel İşyükünde Kavramsal Analiz ve Ölçüm</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786050653793</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çalışmalarında Hashtag</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786257915632</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Düzlemde İletişim</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786050653786</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Batman</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786050653724</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler ve Stratejik Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786257915649</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Gitar İçin Bütün Tonlarda Genişletilmiş Kadanslar</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786257915656</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Gitar İçin Bütün Tonlarda Armonilendirilmiş Majör ve Minör Diziler</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786050653731</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>İktisat ve Düşünce</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786050653762</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Modern Beden ve Estetik Cerrahi</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786050653717</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>The New Trend of Generation Z's Online Shopping Style and Instagram Relationship</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786257915601</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Parti Döneminde Kocaeli</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786257915403</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ekonomide Özel Ekonomik Alanlar; Serbest Bölgeler ve Lojistik Köyler</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786257915564</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşen Evrenden Değişen Dünyaya</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786257915687</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri 4.0 ve Türkiye Ekonomisi Üzerine Değerlendirmeler</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786257915670</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal Yönetimin Firma Performansı Üzerindeki Etkisi: Borsa İstanbul Kurumsal Yönetim Endeksinde Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786057786395</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilere Yönelik Destekler</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786257915557</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Putperest Çağlarda Müslüman Olmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786257915465</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Kıyı Destinasyonlar ve Yaşam Döngüleri</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786257915519</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Politik İstikrar ve Makroekonomik Göstergelerin Borsada İşlem Gören Şirketlerin Pay Senetleri Fiyatları Üzerindeki Etkisi: BIST Uygulaması</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786257915366</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>Rhodes and Kos Turks: Contributions to the Turkish War of Independence and Current Problems</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786257915380</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Kobi'lerde Rekabet İçin Kümelenme</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786257915359</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Rodos ve İstanköy Türkleri: Türk Kurtuluş Savaşı'na Katkıları ve Güncel Sorunları</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786257915489</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Basamaklı Öğretim Modeli</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786257915427</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 4</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786257915540</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>Pop Musiki'si</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9789752475465</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler Perspektifinden Sosyal Strateji ve Sosyal İnovasyon</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786257915434</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Şirket Birleşmelerinin Etkinlik Açısından Değerlendirilmesi ve Türk Bankacılık Sektöründe Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786257915496</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Sanayi ve Ticaret Odalarına Bağlı İşletmelerin Kurumsal Girişimcilik Eğilimi</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786257915472</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>İlişkisel Pazarlamanın İşletme Performansı Üzerine Etkileri : Yetkili Otomotiv Acenteleri Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786257915335</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Amerikan Devrimi</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786257915328</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Tedarikçi Seçim Kriterleri</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786257915373</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Positive Obligations of States for the Protection of Prisoners’ Rights</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786058599840</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Rodos ve İstanköy Türklüğü Ansiklopedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>4200000000000</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Ege’nin Unutulan Türkleri</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786257915311</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Eskizleri: Piyano İçin 12 Minyatür</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786057786913</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve İletişim Teknolojilerinde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786257915229</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Flüt, Viyolonsel ve Piyano için 10 Türkü</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786257915205</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşme ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786257915151</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786257915274</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Modern İşletmecilikte Yönetsel Konular</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786257915267</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde Değişen Çevreye Uyum Mekanizmaları</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786257915113</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme ve Ekonomi</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786257915243</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Analysis Of The Structural Effects Of The 2008 Global Crisis On The Turkey Economy</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786257915106</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinin Dış Ticarete Bağımlılığının Analizi: Girdi-Çıktı Modeli</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786257915175</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde Yapısal Dönüşümün Tarihsel Açıdan Analizi</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786257915120</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>Yönetsel ve Ekonomik Açıdan İşletme Biliminde Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786257915076</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti Nahıl'ından Ürgüp Nahıl Övme Geleneğine</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786057786456</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Tilavetinde Dua ve Zikir</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786057786920</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Romantik İlişki Geliştirme Programı</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786257915182</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>Recent Advances in Contest Theory</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786257915090</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal ve Beşeri Bilimlerde Dijitalleşme</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786257915069</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Katılımda Kitle İletişim Araçları</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786257915083</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Aktarımı ve Etnografik Belgesel Film</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786257915045</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>Medya ve Adil Yargılanma Hakkı</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786057786821</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>The Marginalized Female Characters in Contemporary British Drama</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786057786944</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>TFRS-10 Konsolide Finansal Tablolar Standardına Göre Birleşme Konsolidasyon Muhasebeleştirme ve Raporlama</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786057786968</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>Hasat - Piyano İçin 11 Türkü Düzenlemesi</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9789752475854</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilikte Başarının Anahtarı: Nitelikli İş Fikri Geliştirme</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786057786951</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>Soundpainting Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786257915052</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Platon’da Erdem Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786257915021</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>Amiran Kurtkan Bilgiseven'in Sosyoloji Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786057786999</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Dijital İletişimde Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786257915038</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>Antalya Turizm Destinasyonunun Rekabetçilik Analizi</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786057786562</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>Son Dönem Türk Liderleri Örneğinde Siyasal İletişim ve Liderlik Kodları</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786057786784</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>Curling</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786057786845</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>The Effect of Tv Advertisements of Ulker Toto and Kinder Surprise Chocalates on Turkish Children</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786057786791</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Psikolojik Değerlendirmede Süreç ve Araçlar</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786057786753</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Solfej</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>9786057786616</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya ve İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786057786852</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Davranış Alanında Güncel Kavramlar 1</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786057786838</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma, Yazma El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786057786692</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Aile İşletmelerinin Sürekliliklerine İlişkin Bir Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786057786746</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Arap Edebiyatında Tahkik Geleneği ve 20. Yüzyıl Meşhur Muhakkikler</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786057786760</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Kurumları Yönetiminde Vaka Analizi</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786057786678</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Solak ve Sağlak Sporcuların Lateral Dünyası</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786057786722</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Borç Krizi</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786057786531</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Grafikler</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
+          <t>9786057786418</t>
+        </is>
+      </c>
+      <c r="B1910" s="1" t="inlineStr">
+        <is>
+          <t>Elektroforetik Tekniklerle Balık Hemoglobin Protein Varyasyonlarının İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1910" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:3">
+      <c r="A1911" s="1" t="inlineStr">
+        <is>
+          <t>9786057786647</t>
+        </is>
+      </c>
+      <c r="B1911" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Plan Rapor (BPR) Yönetim İşletim Sistemi Açısından İlçe BPR Yönetim Sistemi</t>
+        </is>
+      </c>
+      <c r="C1911" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:3">
+      <c r="A1912" s="1" t="inlineStr">
+        <is>
+          <t>9786057786524</t>
+        </is>
+      </c>
+      <c r="B1912" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Yaklaşımlarla Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C1912" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:3">
+      <c r="A1913" s="1" t="inlineStr">
+        <is>
+          <t>9786057786708</t>
+        </is>
+      </c>
+      <c r="B1913" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Üzerindeki Etkileri Bağlamında Reklamlar</t>
+        </is>
+      </c>
+      <c r="C1913" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:3">
+      <c r="A1914" s="1" t="inlineStr">
+        <is>
+          <t>9786057786425</t>
+        </is>
+      </c>
+      <c r="B1914" s="1" t="inlineStr">
+        <is>
+          <t>Çeyrek Asrı Aşan Konya İşletmeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1914" s="1">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:3">
+      <c r="A1915" s="1" t="inlineStr">
+        <is>
+          <t>9789752475304</t>
+        </is>
+      </c>
+      <c r="B1915" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim ve Organizasyon Makaleleri</t>
+        </is>
+      </c>
+      <c r="C1915" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:3">
+      <c r="A1916" s="1" t="inlineStr">
+        <is>
+          <t>9786057786470</t>
+        </is>
+      </c>
+      <c r="B1916" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Kurumlarında Örgütsel Bağlılık</t>
+        </is>
+      </c>
+      <c r="C1916" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:3">
+      <c r="A1917" s="1" t="inlineStr">
+        <is>
+          <t>9786057786449</t>
+        </is>
+      </c>
+      <c r="B1917" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dünya Savaşı Döneminde İlk Kadın Gazeteci Sabiha Sertel</t>
+        </is>
+      </c>
+      <c r="C1917" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:3">
+      <c r="A1918" s="1" t="inlineStr">
+        <is>
+          <t>9786057786265</t>
+        </is>
+      </c>
+      <c r="B1918" s="1" t="inlineStr">
+        <is>
+          <t>Küçük ve Orta Ölçekli İşletmelerin Desteklenmesinde KOSGEB'in Rolü</t>
+        </is>
+      </c>
+      <c r="C1918" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:3">
+      <c r="A1919" s="1" t="inlineStr">
+        <is>
+          <t>9786057786357</t>
+        </is>
+      </c>
+      <c r="B1919" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 3</t>
+        </is>
+      </c>
+      <c r="C1919" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:3">
+      <c r="A1920" s="1" t="inlineStr">
+        <is>
+          <t>9786057786364</t>
+        </is>
+      </c>
+      <c r="B1920" s="1" t="inlineStr">
+        <is>
+          <t>Şan İçin Piyano Eşlikli Özgün Şarkılar 2</t>
+        </is>
+      </c>
+      <c r="C1920" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:3">
+      <c r="A1921" s="1" t="inlineStr">
+        <is>
+          <t>9786057786388</t>
+        </is>
+      </c>
+      <c r="B1921" s="1" t="inlineStr">
+        <is>
+          <t>Kredi Derecelendirme ve Borsa İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1921" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:3">
+      <c r="A1922" s="1" t="inlineStr">
+        <is>
+          <t>9786057557940</t>
+        </is>
+      </c>
+      <c r="B1922" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Bağlılık Aracılığında Psikolojik Güçlendirmenin Yenilikçi İş Davranışına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1922" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:3">
+      <c r="A1923" s="1" t="inlineStr">
+        <is>
+          <t>9786057786302</t>
+        </is>
+      </c>
+      <c r="B1923" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Uygulanan Pazarlama Stratejilerinin Rekabet Gücüne Etkisi</t>
+        </is>
+      </c>
+      <c r="C1923" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:3">
+      <c r="A1924" s="1" t="inlineStr">
+        <is>
+          <t>9786057786272</t>
+        </is>
+      </c>
+      <c r="B1924" s="1" t="inlineStr">
+        <is>
+          <t>Sınai Mülkiyet Hakları ve Vizyon Arayışlarımız; Verilen Destekler ve Muhasebe Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1924" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:3">
+      <c r="A1925" s="1" t="inlineStr">
+        <is>
+          <t>9786057786135</t>
+        </is>
+      </c>
+      <c r="B1925" s="1" t="inlineStr">
+        <is>
+          <t>Turkish Foundations in Rhodes and Kos (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1925" s="1">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:3">
+      <c r="A1926" s="1" t="inlineStr">
+        <is>
+          <t>9786057786104</t>
+        </is>
+      </c>
+      <c r="B1926" s="1" t="inlineStr">
+        <is>
+          <t>Rodos ve İstanköy Türk Vakıfları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1926" s="1">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:3">
+      <c r="A1927" s="1" t="inlineStr">
+        <is>
+          <t>9786057557988</t>
+        </is>
+      </c>
+      <c r="B1927" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetleri Uygulamalarında Dijital Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1927" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:3">
+      <c r="A1928" s="1" t="inlineStr">
+        <is>
+          <t>9786057786067</t>
+        </is>
+      </c>
+      <c r="B1928" s="1" t="inlineStr">
+        <is>
+          <t>İzlenim Yönetimi ve Beden</t>
+        </is>
+      </c>
+      <c r="C1928" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:3">
+      <c r="A1929" s="1" t="inlineStr">
+        <is>
+          <t>9786057786005</t>
+        </is>
+      </c>
+      <c r="B1929" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji Bağımlılığı</t>
+        </is>
+      </c>
+      <c r="C1929" s="1">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:3">
+      <c r="A1930" s="1" t="inlineStr">
+        <is>
+          <t>9786057786012</t>
+        </is>
+      </c>
+      <c r="B1930" s="1" t="inlineStr">
+        <is>
+          <t>İş Sağlığı ve Güvenliğinde Psikososyal Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1930" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:3">
+      <c r="A1931" s="1" t="inlineStr">
+        <is>
+          <t>9786057557964</t>
+        </is>
+      </c>
+      <c r="B1931" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1931" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:3">
+      <c r="A1932" s="1" t="inlineStr">
+        <is>
+          <t>9786057557186</t>
+        </is>
+      </c>
+      <c r="B1932" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Toplumlarda Tesis Edilen Eğitim Kurumları ve Bunlar İçerisinde Kur'an Öğretimini Amaçlayan Müesseseler</t>
+        </is>
+      </c>
+      <c r="C1932" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:3">
+      <c r="A1933" s="1" t="inlineStr">
+        <is>
+          <t>9786057786029</t>
+        </is>
+      </c>
+      <c r="B1933" s="1" t="inlineStr">
+        <is>
+          <t>Viyola İçin Gitar Eşlikli Popüler Ezgiler</t>
+        </is>
+      </c>
+      <c r="C1933" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:3">
+      <c r="A1934" s="1" t="inlineStr">
+        <is>
+          <t>9786057557858</t>
+        </is>
+      </c>
+      <c r="B1934" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Modernleşme ve Animasyon Sineması</t>
+        </is>
+      </c>
+      <c r="C1934" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:3">
+      <c r="A1935" s="1" t="inlineStr">
+        <is>
+          <t>9786057557834</t>
+        </is>
+      </c>
+      <c r="B1935" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 2</t>
+        </is>
+      </c>
+      <c r="C1935" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:3">
+      <c r="A1936" s="1" t="inlineStr">
+        <is>
+          <t>9786057557827</t>
+        </is>
+      </c>
+      <c r="B1936" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Oyun Yüzü</t>
+        </is>
+      </c>
+      <c r="C1936" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:3">
+      <c r="A1937" s="1" t="inlineStr">
+        <is>
+          <t>9786057557766</t>
+        </is>
+      </c>
+      <c r="B1937" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1937" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:3">
+      <c r="A1938" s="1" t="inlineStr">
+        <is>
+          <t>9786057557759</t>
+        </is>
+      </c>
+      <c r="B1938" s="1" t="inlineStr">
+        <is>
+          <t>Kumuk Halk Anlatmaları</t>
+        </is>
+      </c>
+      <c r="C1938" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:3">
+      <c r="A1939" s="1" t="inlineStr">
+        <is>
+          <t>9786057557674</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelere ve Girişimciliğe Güncel Bakış</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9786057557742</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>İkna Bilgi Modeli Kapsamında Tesettür Moda Reklamlarının Algılanması</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9786057557704</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Ernst Cassirer'de Kültür Felsefesinin Temellendirilmesi</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9786057557698</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Faaliyetlerde Dış Kaynak Kullanımı ve Pazarlama Tabanlı Yetenekler Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9786057557667</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Zygmunt Bauman’ın İnsan Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9786057557612</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Ege Adalarının Unutulan Halkı: Rodos ve İstanköy Türkleri</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9786057557278</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Orwell'in Hayvan Çiftliği'nde Metinlerarasılık ve Çoğul Okuma Eksenleri</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9786057557605</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde Bilgi Ataleti</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9786057557629</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Ateşi</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
+          <t>9786057557445</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>İman, Amel ve Ahlak Bağlamında Müminin Anlamı</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9786057557575</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Otel İşletmelerinde Yeşil Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9786057557339</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>Şırnak Enerji ve Maden Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9786057557520</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin UNESCO Değerleri ve Turizm Potansiyeli</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9786057557513</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çağında Dijital Kültür</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9786057557421</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Kültürüne Dair Çeşitli Görüşler - 1</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9786057557230</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>Arkeolojik Tanrı Algıları ve Kur’an</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9786057557087</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Çalışmalarında Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9789752475762</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de ve Avrupa’da Televizyon Yayınlarında Telif Hakkı Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9786057557322</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Kitle İletişimine Bakış</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9786057557124</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Niş Pazarlar</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9786057557193</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Tasarruf Açığı ve Ar-ge Harcamalarının Orta Gelir Tuzağına Etkileri: Seçilmiş OECD Ülkeleri Analizi</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9786057557155</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Şan İçin Piyano</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9786057557148</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Özgün Eserler Albümü</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9789752475885</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Korunmaya Muhtaç Çocuklar</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
+          <t>9786057557056</t>
+        </is>
+      </c>
+      <c r="B1963" s="1" t="inlineStr">
+        <is>
+          <t>Solfej - Özgün Solfej Parçaları</t>
+        </is>
+      </c>
+      <c r="C1963" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:3">
+      <c r="A1964" s="1" t="inlineStr">
+        <is>
+          <t>9786057557025</t>
+        </is>
+      </c>
+      <c r="B1964" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Etkinlik Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1964" s="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:3">
+      <c r="A1965" s="1" t="inlineStr">
+        <is>
+          <t>9789752475984</t>
+        </is>
+      </c>
+      <c r="B1965" s="1" t="inlineStr">
+        <is>
+          <t>Sayısal Verilerle Müzik Alanında Çalışılan Lisansüstü Tezler (2010 - 2017 Yılları Arası)</t>
+        </is>
+      </c>
+      <c r="C1965" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:3">
+      <c r="A1966" s="1" t="inlineStr">
+        <is>
+          <t>9789752475953</t>
+        </is>
+      </c>
+      <c r="B1966" s="1" t="inlineStr">
+        <is>
+          <t>Hayatını Gençlere ve Çocuklara Adayan Yazar Muhammed Mirkiyani</t>
+        </is>
+      </c>
+      <c r="C1966" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:3">
+      <c r="A1967" s="1" t="inlineStr">
+        <is>
+          <t>9786057557018</t>
+        </is>
+      </c>
+      <c r="B1967" s="1" t="inlineStr">
+        <is>
+          <t>Knowledge Management Within The Context Of Business Organizations The Case Of Factiva</t>
+        </is>
+      </c>
+      <c r="C1967" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:3">
+      <c r="A1968" s="1" t="inlineStr">
+        <is>
+          <t>9789752475809</t>
+        </is>
+      </c>
+      <c r="B1968" s="1" t="inlineStr">
+        <is>
+          <t>İran Çocuk ve Gençlik Edebiyatı Yazarları</t>
+        </is>
+      </c>
+      <c r="C1968" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:3">
+      <c r="A1969" s="1" t="inlineStr">
+        <is>
+          <t>9789752475748</t>
+        </is>
+      </c>
+      <c r="B1969" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Müzik Dersi Öğretmen Kılavuz Kitapları Örneği</t>
+        </is>
+      </c>
+      <c r="C1969" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:3">
+      <c r="A1970" s="1" t="inlineStr">
+        <is>
+          <t>9789752475717</t>
+        </is>
+      </c>
+      <c r="B1970" s="1" t="inlineStr">
+        <is>
+          <t>50 Modal Dikte</t>
+        </is>
+      </c>
+      <c r="C1970" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:3">
+      <c r="A1971" s="1" t="inlineStr">
+        <is>
+          <t>9789752475724</t>
+        </is>
+      </c>
+      <c r="B1971" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir Metinleri 1-2</t>
+        </is>
+      </c>
+      <c r="C1971" s="1">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:3">
+      <c r="A1972" s="1" t="inlineStr">
+        <is>
+          <t>9789752475663</t>
+        </is>
+      </c>
+      <c r="B1972" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Erkekler(in) Yanında Kur'an Okumaları</t>
+        </is>
+      </c>
+      <c r="C1972" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:3">
+      <c r="A1973" s="1" t="inlineStr">
+        <is>
+          <t>9789752475410</t>
+        </is>
+      </c>
+      <c r="B1973" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C1973" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:3">
+      <c r="A1974" s="1" t="inlineStr">
+        <is>
+          <t>9789752475670</t>
+        </is>
+      </c>
+      <c r="B1974" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Badminton ve Performans</t>
+        </is>
+      </c>
+      <c r="C1974" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:3">
+      <c r="A1975" s="1" t="inlineStr">
+        <is>
+          <t>9789752475632</t>
+        </is>
+      </c>
+      <c r="B1975" s="1" t="inlineStr">
+        <is>
+          <t>Niğdeli Saz Sanatçıları ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C1975" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:3">
+      <c r="A1976" s="1" t="inlineStr">
+        <is>
+          <t>9789752475656</t>
+        </is>
+      </c>
+      <c r="B1976" s="1" t="inlineStr">
+        <is>
+          <t>Yeni İlm-i Kelam Hareketi ve Mehmed Vehbi Efendi</t>
+        </is>
+      </c>
+      <c r="C1976" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:3">
+      <c r="A1977" s="1" t="inlineStr">
+        <is>
+          <t>9789752475625</t>
+        </is>
+      </c>
+      <c r="B1977" s="1" t="inlineStr">
+        <is>
+          <t>Akaid-i Hayriyye (Osmanlıca'dan Sadeleştiren ve Notlandıran)</t>
+        </is>
+      </c>
+      <c r="C1977" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:3">
+      <c r="A1978" s="1" t="inlineStr">
+        <is>
+          <t>9789752475601</t>
+        </is>
+      </c>
+      <c r="B1978" s="1" t="inlineStr">
+        <is>
+          <t>Kuşaklar Arası Etkin İletişim ve Davranış</t>
+        </is>
+      </c>
+      <c r="C1978" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:3">
+      <c r="A1979" s="1" t="inlineStr">
+        <is>
+          <t>9789752475526</t>
+        </is>
+      </c>
+      <c r="B1979" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Kurumlarında Yönetimsel Etkinlik ve Yerleşim Planının Önemi</t>
+        </is>
+      </c>
+      <c r="C1979" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:3">
+      <c r="A1980" s="1" t="inlineStr">
+        <is>
+          <t>9789752475533</t>
+        </is>
+      </c>
+      <c r="B1980" s="1" t="inlineStr">
+        <is>
+          <t>Yoksulluk ve Sosyal Hizmet</t>
+        </is>
+      </c>
+      <c r="C1980" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:3">
+      <c r="A1981" s="1" t="inlineStr">
+        <is>
+          <t>9789752475441</t>
+        </is>
+      </c>
+      <c r="B1981" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Turistik Değerler</t>
+        </is>
+      </c>
+      <c r="C1981" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:3">
+      <c r="A1982" s="1" t="inlineStr">
+        <is>
+          <t>9789752475427</t>
+        </is>
+      </c>
+      <c r="B1982" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Bir Yaklaşımla Kötülük Problemi</t>
+        </is>
+      </c>
+      <c r="C1982" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:3">
+      <c r="A1983" s="1" t="inlineStr">
+        <is>
+          <t>9789752475328</t>
+        </is>
+      </c>
+      <c r="B1983" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya Analizleri</t>
+        </is>
+      </c>
+      <c r="C1983" s="1">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:3">
+      <c r="A1984" s="1" t="inlineStr">
+        <is>
+          <t>9789752475205</t>
+        </is>
+      </c>
+      <c r="B1984" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarımızın Karakter Oluşumu</t>
+        </is>
+      </c>
+      <c r="C1984" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:3">
+      <c r="A1985" s="1" t="inlineStr">
+        <is>
+          <t>9789752475274</t>
+        </is>
+      </c>
+      <c r="B1985" s="1" t="inlineStr">
+        <is>
+          <t>Gelişen Teknoloji Değişen Mekan</t>
+        </is>
+      </c>
+      <c r="C1985" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:3">
+      <c r="A1986" s="1" t="inlineStr">
+        <is>
+          <t>9789752475083</t>
+        </is>
+      </c>
+      <c r="B1986" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Siyasal Katılım</t>
+        </is>
+      </c>
+      <c r="C1986" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:3">
+      <c r="A1987" s="1" t="inlineStr">
+        <is>
+          <t>9786059831963</t>
+        </is>
+      </c>
+      <c r="B1987" s="1" t="inlineStr">
+        <is>
+          <t>İtibar Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1987" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:3">
+      <c r="A1988" s="1" t="inlineStr">
+        <is>
+          <t>9786059831901</t>
+        </is>
+      </c>
+      <c r="B1988" s="1" t="inlineStr">
+        <is>
+          <t>Klasik ve Çağdaş Kelam Metinleri</t>
+        </is>
+      </c>
+      <c r="C1988" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:3">
+      <c r="A1989" s="1" t="inlineStr">
+        <is>
+          <t>9786059831925</t>
+        </is>
+      </c>
+      <c r="B1989" s="1" t="inlineStr">
+        <is>
+          <t>Viral Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1989" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:3">
+      <c r="A1990" s="1" t="inlineStr">
+        <is>
+          <t>9786059831895</t>
+        </is>
+      </c>
+      <c r="B1990" s="1" t="inlineStr">
+        <is>
+          <t>İnanç ve Ahlak Bağlamında Dört Kitaptan Yankılar</t>
+        </is>
+      </c>
+      <c r="C1990" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:3">
+      <c r="A1991" s="1" t="inlineStr">
+        <is>
+          <t>9786059831932</t>
+        </is>
+      </c>
+      <c r="B1991" s="1" t="inlineStr">
+        <is>
+          <t>Kent Stratejisi: Silifke</t>
+        </is>
+      </c>
+      <c r="C1991" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:3">
+      <c r="A1992" s="1" t="inlineStr">
+        <is>
+          <t>9786059831888</t>
+        </is>
+      </c>
+      <c r="B1992" s="1" t="inlineStr">
+        <is>
+          <t>Savaş ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1992" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:3">
+      <c r="A1993" s="1" t="inlineStr">
+        <is>
+          <t>9786059831574</t>
+        </is>
+      </c>
+      <c r="B1993" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Kültür Toplum</t>
+        </is>
+      </c>
+      <c r="C1993" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:3">
+      <c r="A1994" s="1" t="inlineStr">
+        <is>
+          <t>9786059831314</t>
+        </is>
+      </c>
+      <c r="B1994" s="1" t="inlineStr">
+        <is>
+          <t>Kosova'nın Tarihi ve Sosyolojik Yapısı</t>
+        </is>
+      </c>
+      <c r="C1994" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:3">
+      <c r="A1995" s="1" t="inlineStr">
+        <is>
+          <t>9786059831307</t>
+        </is>
+      </c>
+      <c r="B1995" s="1" t="inlineStr">
+        <is>
+          <t>Duygular</t>
+        </is>
+      </c>
+      <c r="C1995" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:3">
+      <c r="A1996" s="1" t="inlineStr">
+        <is>
+          <t>9789755692067</t>
+        </is>
+      </c>
+      <c r="B1996" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimin Mekansal Boyutu</t>
+        </is>
+      </c>
+      <c r="C1996" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:3">
+      <c r="A1997" s="1" t="inlineStr">
+        <is>
+          <t>9786059831178</t>
+        </is>
+      </c>
+      <c r="B1997" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetin İletişim Odağı Seçim Kampanyaları</t>
+        </is>
+      </c>
+      <c r="C1997" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:3">
+      <c r="A1998" s="1" t="inlineStr">
+        <is>
+          <t>9786059831130</t>
+        </is>
+      </c>
+      <c r="B1998" s="1" t="inlineStr">
+        <is>
+          <t>Yerli Dizilerdeki Kimlik Kalıpları</t>
+        </is>
+      </c>
+      <c r="C1998" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:3">
+      <c r="A1999" s="1" t="inlineStr">
+        <is>
+          <t>9786059831055</t>
+        </is>
+      </c>
+      <c r="B1999" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri ve Öğrenme Araçları</t>
+        </is>
+      </c>
+      <c r="C1999" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:3">
+      <c r="A2000" s="1" t="inlineStr">
+        <is>
+          <t>9786059831086</t>
+        </is>
+      </c>
+      <c r="B2000" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Ağ Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C2000" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="2001" spans="1:3">
+      <c r="A2001" s="1" t="inlineStr">
+        <is>
+          <t>9786059831147</t>
+        </is>
+      </c>
+      <c r="B2001" s="1" t="inlineStr">
+        <is>
+          <t>Reklamı Ters Yüz Etmek</t>
+        </is>
+      </c>
+      <c r="C2001" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="2002" spans="1:3">
+      <c r="A2002" s="1" t="inlineStr">
+        <is>
+          <t>9786059831079</t>
+        </is>
+      </c>
+      <c r="B2002" s="1" t="inlineStr">
+        <is>
+          <t>Tek Sesli Melodik Dikteler ve Ritmik Dikte Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C2002" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="2003" spans="1:3">
+      <c r="A2003" s="1" t="inlineStr">
+        <is>
+          <t>9786059831000</t>
+        </is>
+      </c>
+      <c r="B2003" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Muhasebesi Açısından Düzenli Depolama Tesisi Uygulaması</t>
+        </is>
+      </c>
+      <c r="C2003" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2004" spans="1:3">
+      <c r="A2004" s="1" t="inlineStr">
+        <is>
+          <t>9786054392971</t>
+        </is>
+      </c>
+      <c r="B2004" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yönetimi ve Sanal Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C2004" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="2005" spans="1:3">
+      <c r="A2005" s="1" t="inlineStr">
+        <is>
+          <t>9789758890248</t>
+        </is>
+      </c>
+      <c r="B2005" s="1" t="inlineStr">
+        <is>
+          <t>Yönetimde İnsan İlişkilerinin Sırları</t>
+        </is>
+      </c>
+      <c r="C2005" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2006" spans="1:3">
+      <c r="A2006" s="1" t="inlineStr">
+        <is>
+          <t>9789758890507</t>
+        </is>
+      </c>
+      <c r="B2006" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C2006" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="2007" spans="1:3">
+      <c r="A2007" s="1" t="inlineStr">
+        <is>
+          <t>9789758890002</t>
+        </is>
+      </c>
+      <c r="B2007" s="1" t="inlineStr">
+        <is>
+          <t>Yoğun Düşünme (Reflection) Eğitimi Programının Çocukların Ahlaki Yargılarına Etkisinin İncelenmesi: Hiperaktif ve Dikkat Eksikliği Olan Çocuklar İçin</t>
+        </is>
+      </c>
+      <c r="C2007" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2008" spans="1:3">
+      <c r="A2008" s="1" t="inlineStr">
+        <is>
+          <t>9786054392377</t>
+        </is>
+      </c>
+      <c r="B2008" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Eğitimde Fırsat Eşitliği ve Postmodernizm</t>
+        </is>
+      </c>
+      <c r="C2008" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="2009" spans="1:3">
+      <c r="A2009" s="1" t="inlineStr">
+        <is>
+          <t>9789758890897</t>
+        </is>
+      </c>
+      <c r="B2009" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kamu Yönetiminde Bilgi Sistemleri ve E - Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C2009" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2010" spans="1:3">
+      <c r="A2010" s="1" t="inlineStr">
+        <is>
+          <t>9789758890521</t>
+        </is>
+      </c>
+      <c r="B2010" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Medya ve İletişim</t>
+        </is>
+      </c>
+      <c r="C2010" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="2011" spans="1:3">
+      <c r="A2011" s="1" t="inlineStr">
+        <is>
+          <t>9786054392032</t>
+        </is>
+      </c>
+      <c r="B2011" s="1" t="inlineStr">
+        <is>
+          <t>Televizyon Reklamlarının Marka Tutumuna Etkisi</t>
+        </is>
+      </c>
+      <c r="C2011" s="1">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:3">
+      <c r="A2012" s="1" t="inlineStr">
+        <is>
+          <t>9786055176006</t>
+        </is>
+      </c>
+      <c r="B2012" s="1" t="inlineStr">
+        <is>
+          <t>Süheyl ü Nev - Bahar</t>
+        </is>
+      </c>
+      <c r="C2012" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="2013" spans="1:3">
+      <c r="A2013" s="1" t="inlineStr">
+        <is>
+          <t>9786054392889</t>
+        </is>
+      </c>
+      <c r="B2013" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sermaye</t>
+        </is>
+      </c>
+      <c r="C2013" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="2014" spans="1:3">
+      <c r="A2014" s="1" t="inlineStr">
+        <is>
+          <t>9786054392902</t>
+        </is>
+      </c>
+      <c r="B2014" s="1" t="inlineStr">
+        <is>
+          <t>İzler</t>
+        </is>
+      </c>
+      <c r="C2014" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:3">
+      <c r="A2015" s="1" t="inlineStr">
+        <is>
+          <t>9789758890903</t>
+        </is>
+      </c>
+      <c r="B2015" s="1" t="inlineStr">
+        <is>
+          <t>Hastanelerde Dış Kaynak Kullanımı</t>
+        </is>
+      </c>
+      <c r="C2015" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2016" spans="1:3">
+      <c r="A2016" s="1" t="inlineStr">
+        <is>
+          <t>9786054392957</t>
+        </is>
+      </c>
+      <c r="B2016" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C2016" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:3">
+      <c r="A2017" s="1" t="inlineStr">
+        <is>
+          <t>9789758890682</t>
+        </is>
+      </c>
+      <c r="B2017" s="1" t="inlineStr">
+        <is>
+          <t>Halkın Yakınma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C2017" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:3">
+      <c r="A2018" s="1" t="inlineStr">
+        <is>
+          <t>9789758890583</t>
+        </is>
+      </c>
+      <c r="B2018" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Yeni Bakışlar 2</t>
+        </is>
+      </c>
+      <c r="C2018" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:3">
+      <c r="A2019" s="1" t="inlineStr">
+        <is>
+          <t>9789758890576</t>
+        </is>
+      </c>
+      <c r="B2019" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime Yeni Bakışlar -  1</t>
+        </is>
+      </c>
+      <c r="C2019" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:3">
+      <c r="A2020" s="1" t="inlineStr">
+        <is>
+          <t>9789758890033</t>
+        </is>
+      </c>
+      <c r="B2020" s="1" t="inlineStr">
+        <is>
+          <t>Eğitime İlişkin Çeşitlemeler</t>
+        </is>
+      </c>
+      <c r="C2020" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:3">
+      <c r="A2021" s="1" t="inlineStr">
+        <is>
+          <t>9789758890279</t>
+        </is>
+      </c>
+      <c r="B2021" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Gelişim ve Değişim 1</t>
+        </is>
+      </c>
+      <c r="C2021" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:3">
+      <c r="A2022" s="1" t="inlineStr">
+        <is>
+          <t>9789758890347</t>
+        </is>
+      </c>
+      <c r="B2022" s="1" t="inlineStr">
+        <is>
+          <t>Dil Kültür ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C2022" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:3">
+      <c r="A2023" s="1" t="inlineStr">
+        <is>
+          <t>9789758890514</t>
+        </is>
+      </c>
+      <c r="B2023" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Yönetim ve Örgütsel Başarım</t>
+        </is>
+      </c>
+      <c r="C2023" s="1">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:3">
+      <c r="A2024" s="1" t="inlineStr">
+        <is>
+          <t>9789758890767</t>
+        </is>
+      </c>
+      <c r="B2024" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aygıt Olarak Halkla İlişkiler ve Araçları</t>
+        </is>
+      </c>
+      <c r="C2024" s="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:3">
+      <c r="A2025" s="1" t="inlineStr">
+        <is>
+          <t>9786055176624</t>
+        </is>
+      </c>
+      <c r="B2025" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsal İletişim Stratejisi ve Kurumsal Bloglar</t>
+        </is>
+      </c>
+      <c r="C2025" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:3">
+      <c r="A2026" s="1" t="inlineStr">
+        <is>
+          <t>9786059831222</t>
+        </is>
+      </c>
+      <c r="B2026" s="1" t="inlineStr">
+        <is>
+          <t>Hz. İsa Paradigması</t>
+        </is>
+      </c>
+      <c r="C2026" s="1">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:3">
+      <c r="A2027" s="1" t="inlineStr">
+        <is>
+          <t>9786055176891</t>
+        </is>
+      </c>
+      <c r="B2027" s="1" t="inlineStr">
+        <is>
+          <t>Yurt ve Dünya Dergisi Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C2027" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:3">
+      <c r="A2028" s="1" t="inlineStr">
+        <is>
+          <t>9786055176358</t>
+        </is>
+      </c>
+      <c r="B2028" s="1" t="inlineStr">
+        <is>
+          <t>Ağustos Böceği İle Karınca</t>
+        </is>
+      </c>
+      <c r="C2028" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:3">
+      <c r="A2029" s="1" t="inlineStr">
+        <is>
+          <t>9786055176099</t>
+        </is>
+      </c>
+      <c r="B2029" s="1" t="inlineStr">
+        <is>
+          <t>Anahtar Sözcük Yöntemi ve Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C2029" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:3">
+      <c r="A2030" s="1" t="inlineStr">
+        <is>
+          <t>9786055176273</t>
+        </is>
+      </c>
+      <c r="B2030" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hizmetlerinde Kalite</t>
+        </is>
+      </c>
+      <c r="C2030" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:3">
+      <c r="A2031" s="1" t="inlineStr">
+        <is>
+          <t>9786054392353</t>
+        </is>
+      </c>
+      <c r="B2031" s="1" t="inlineStr">
+        <is>
+          <t>Menakıb-ı Şeyh-i Şan’an</t>
+        </is>
+      </c>
+      <c r="C2031" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:3">
+      <c r="A2032" s="1" t="inlineStr">
+        <is>
+          <t>9786054392711</t>
+        </is>
+      </c>
+      <c r="B2032" s="1" t="inlineStr">
+        <is>
+          <t>Basel Düzenlemeleri’nin Kobi’lerin Muhasebe ve Finansal Raporlama Uygulamalarına Etkileri</t>
+        </is>
+      </c>
+      <c r="C2032" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2033" spans="1:3">
+      <c r="A2033" s="1" t="inlineStr">
+        <is>
           <t>9786054392940</t>
         </is>
       </c>
-      <c r="B1542" s="1" t="inlineStr">
+      <c r="B2033" s="1" t="inlineStr">
         <is>
           <t>İknanın Yapısı</t>
         </is>
       </c>
-      <c r="C1542" s="1">
-        <v>299</v>
+      <c r="C2033" s="1">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>