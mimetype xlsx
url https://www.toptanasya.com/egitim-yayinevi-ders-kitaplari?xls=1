--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,3970 +85,4030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253853341</t>
+          <t>9786253857042</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Psikolojisine Giriş: Kuramdan Uygulamaya</t>
+          <t>Çocuk Edebiyatında Yapay Zeka ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>825</v>
+        <v>495</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253852573</t>
+          <t>9786253857806</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Bilimsel Araştırma Yöntemleri</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>545</v>
+        <v>375</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255997265</t>
+          <t>9786253857639</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Muhasebeye Giriş</t>
+          <t>Sporcu Beslenmesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>864</v>
+        <v>425</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786250653755</t>
+          <t>9786253857950</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Selçuklu Tarihi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>399</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256489561</t>
+          <t>9786253853341</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları 4- Güncel Akademik Çalışmalar</t>
+          <t>Sağlık Psikolojisine Giriş: Kuramdan Uygulamaya</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>416</v>
+        <v>825</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256489417</t>
+          <t>9786253852573</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkish Music Guide</t>
+          <t>Eğitimde Bilimsel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1600</v>
+        <v>545</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054392506</t>
+          <t>9786255997265</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Tarihi</t>
+          <t>Muhasebeye Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>29</v>
+        <v>864</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758840212</t>
+          <t>9786250653755</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi Özel Öğretim Alanı Olarak</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>13.89</v>
+        <v>399</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055176501</t>
+          <t>9786256489561</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Lojistik Maliyetlerin Hesaplanması</t>
+          <t>Tüketici Davranışları 4- Güncel Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>416</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055176662</t>
+          <t>9786256489417</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimlerine Giriş ve Örgütlerde Davranış</t>
+          <t>Türkish Music Guide</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>35</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000016567</t>
+          <t>9786054392506</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Further Education in The Balkan Countries Volume 2</t>
+          <t>Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000051558</t>
+          <t>9789758840212</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bilnot - Yetişkin Cilt: 2</t>
+          <t>Türkçe Öğretimi Özel Öğretim Alanı Olarak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>32.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055176655</t>
+          <t>9786055176501</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>İşletmelerde Lojistik Maliyetlerin Hesaplanması</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257316385</t>
+          <t>9786055176662</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kamu Özel Ortaklıkları</t>
+          <t>Davranış Bilimlerine Giriş ve Örgütlerde Davranış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>499</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758890392</t>
+          <t>3990000016567</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
+          <t>Further Education in The Balkan Countries Volume 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758890439</t>
+          <t>3990000051558</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Halkla İlişkiler ve Tanıtım</t>
+          <t>Bilnot - Yetişkin Cilt: 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>23.15</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054392414</t>
+          <t>9786055176655</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İletişim</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>605</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758890194</t>
+          <t>9786257316385</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sizinle İletişebilir Miyiz?</t>
+          <t>Kamu Özel Ortaklıkları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>5.56</v>
+        <v>499</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758890644</t>
+          <t>9789758890392</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kamuoyu Araştırmaları</t>
+          <t>Türk Eğitim Sistemi ve Okul Yönetimi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>16.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758890569</t>
+          <t>9789758890439</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarımda Görsel Algı</t>
+          <t>Tüm Yönleriyle Halkla İlişkiler ve Tanıtım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>26.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054392612</t>
+          <t>9786054392414</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugat-it Türk (Ciltli)</t>
+          <t>Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>55.56</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758890712</t>
+          <t>9789758890194</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İmgeden Baskıya Grafik Tasarımı Corel Draw Uygulamaları</t>
+          <t>Sizinle İletişebilir Miyiz?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>25.46</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253850661</t>
+          <t>9789758890644</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Kamuoyu Araştırmaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>605</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256251533</t>
+          <t>9789758890569</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji: Çevre Bilimi</t>
+          <t>Grafik Tasarımda Görsel Algı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>935</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256613331</t>
+          <t>9786054392612</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Yönetimi</t>
+          <t>Divanü Lugat-it Türk (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>413</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256658547</t>
+          <t>9789758890712</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Güncel Genel Kimya Laboratuvarı</t>
+          <t>İmgeden Baskıya Grafik Tasarımı Corel Draw Uygulamaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>385</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256251144</t>
+          <t>9786253850661</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dijital Eğitim II</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>462</v>
+        <v>605</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256658561</t>
+          <t>9786256251533</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kovid-19 Salgın Sürecinin Belgesel Sinemada Temsili</t>
+          <t>Ekoloji: Çevre Bilimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>385</v>
+        <v>935</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256658745</t>
+          <t>9786256613331</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimine Giriş</t>
+          <t>İnşaat Yönetimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>935</v>
+        <v>413</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256658905</t>
+          <t>9786256658547</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Bitcoin’in Dansı Bitcoin Düşecek mi Yükselecek Mi?</t>
+          <t>Güncel Genel Kimya Laboratuvarı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>462</v>
+        <v>385</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059831512</t>
+          <t>9786256251144</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü: Personel Güçlendirme ve Örgütsel Bağlılık</t>
+          <t>Dijital Eğitim II</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>475</v>
+        <v>462</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256658820</t>
+          <t>9786256658561</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Basında Dergicilik</t>
+          <t>Kovid-19 Salgın Sürecinin Belgesel Sinemada Temsili</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>534</v>
+        <v>385</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256658776</t>
+          <t>9786256658745</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Program Geliştirme ve Program Değerlendirme</t>
+          <t>Sağlık Yönetimine Giriş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>440</v>
+        <v>935</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256658769</t>
+          <t>9786256658905</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Çevre ve Toplum</t>
+          <t>Medya ve Bitcoin’in Dansı Bitcoin Düşecek mi Yükselecek Mi?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1045</v>
+        <v>462</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256658189</t>
+          <t>9786059831512</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Güncel Psikolojik Danışma Kuramları</t>
+          <t>Örgüt Kültürü: Personel Güçlendirme ve Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>605</v>
+        <v>475</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056603914</t>
+          <t>9786256658820</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Yazılı Basında Dergicilik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>385</v>
+        <v>534</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056467776</t>
+          <t>9786256658776</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi Cilt 1</t>
+          <t>Eğitimde Program Geliştirme ve Program Değerlendirme</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056467738</t>
+          <t>9786256658769</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi Cilt 2</t>
+          <t>Cumhuriyetin 100. Yılında Çevre ve Toplum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>440</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056467714</t>
+          <t>9786256658189</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimi</t>
+          <t>Geleneksel ve Güncel Psikolojik Danışma Kuramları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>605</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257405478</t>
+          <t>9786056603914</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Temel Beslenme İlkeleri ve Laboratuvar Uygulamaları</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>985</v>
+        <v>385</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256489240</t>
+          <t>9786056467776</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Oud Exercises and Etudes</t>
+          <t>Üretim Yönetimi Cilt 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256489233</t>
+          <t>9786056467738</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Oud Method</t>
+          <t>Üretim Yönetimi Cilt 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1980</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256408876</t>
+          <t>9786056467714</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ud Alıştırmaları</t>
+          <t>İşletme Bilimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>605</v>
+        <v>440</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256408814</t>
+          <t>9786257405478</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ud Metodu</t>
+          <t>Temel Beslenme İlkeleri ve Laboratuvar Uygulamaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>754</v>
+        <v>985</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256408807</t>
+          <t>9786256489240</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Rehberi</t>
+          <t>Oud Exercises and Etudes</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>875</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256408616</t>
+          <t>9786256489233</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Reklamcılık ve Sinema</t>
+          <t>Oud Method</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>468</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256382848</t>
+          <t>9786256408876</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Giriş</t>
+          <t>Ud Alıştırmaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>545</v>
+        <v>605</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256408180</t>
+          <t>9786256408814</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Ud Metodu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>424</v>
+        <v>754</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256382879</t>
+          <t>9786256408807</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ağrıda Yaşayan Kürt Kökenli Seçmenin Oy Verme Dinamikleri</t>
+          <t>Türk Musikisi Rehberi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>385</v>
+        <v>875</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256382725</t>
+          <t>9786256408616</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Halkla İlişkiler</t>
+          <t>Dijital Dünyada Reklamcılık ve Sinema</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>523</v>
+        <v>468</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258223316</t>
+          <t>9786256382848</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Tarihine Kısa Bir Bakış</t>
+          <t>Halkla İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>439</v>
+        <v>545</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258341850</t>
+          <t>9786256408180</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güncel Maliyet Muhasebesi ve Uygulamaları</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>440</v>
+        <v>424</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258341799</t>
+          <t>9786256382879</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim</t>
+          <t>Ağrıda Yaşayan Kürt Kökenli Seçmenin Oy Verme Dinamikleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258341669</t>
+          <t>9786256382725</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Uluslararası Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>875</v>
+        <v>523</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258341638</t>
+          <t>9786258223316</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Öğretimde Yöntemsel Yaklaşım ve Öğrenme</t>
+          <t>Sosyal Hizmet Tarihine Kısa Bir Bakış</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258223293</t>
+          <t>9786258341850</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Güncel Maliyet Muhasebesi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>384</v>
+        <v>440</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258223125</t>
+          <t>9786258341799</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 1</t>
+          <t>Dijital İletişim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>209</v>
+        <v>495</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258341881</t>
+          <t>9786258341669</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>462</v>
+        <v>875</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258223286</t>
+          <t>9786258341638</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Laboratuvarı</t>
+          <t>Kuramdan Uygulamaya Öğretimde Yöntemsel Yaklaşım ve Öğrenme</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>435</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258341249</t>
+          <t>9786258223293</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>523</v>
+        <v>384</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258341591</t>
+          <t>9786258223125</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Dil</t>
+          <t>Genel Matematik 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>468</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258468083</t>
+          <t>9786258341881</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Beslenme, Diyet ve Hastalık</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>825</v>
+        <v>462</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257405652</t>
+          <t>9786258223286</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Matlab</t>
+          <t>Genel Kimya Laboratuvarı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257405768</t>
+          <t>9786258341249</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretimi</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>605</v>
+        <v>523</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258468427</t>
+          <t>9786258341591</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti Tarihi</t>
+          <t>Kültür ve Dil</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>875</v>
+        <v>468</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257405379</t>
+          <t>9786258468083</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
+          <t>Beslenme, Diyet ve Hastalık</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>435</v>
+        <v>825</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258468663</t>
+          <t>9786257405652</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Sosyoloji</t>
+          <t>Yeni Başlayanlar İçin Matlab</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>439</v>
+        <v>385</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258468243</t>
+          <t>9786257405768</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Yabancılara Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>495</v>
+        <v>605</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257405775</t>
+          <t>9786258468427</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Eğitim Yönetimi</t>
+          <t>Türkiye Selçuklu Devleti Tarihi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>523</v>
+        <v>875</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258468038</t>
+          <t>9786257405379</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma ve Eğitim</t>
+          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>512</v>
+        <v>435</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258468229</t>
+          <t>9786258468663</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye -Balkan Ülkeleri İlişkileri</t>
+          <t>Toplumsal Cinsiyet ve Sosyoloji</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>605</v>
+        <v>439</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257405805</t>
+          <t>9786258468243</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Değerler Bağlamında Etik</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>985</v>
+        <v>495</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258468212</t>
+          <t>9786257405775</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Engellilik ve Sosyal Hizmet</t>
+          <t>Kuram ve Uygulamada Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>439</v>
+        <v>523</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257405980</t>
+          <t>9786258468038</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Kalkınma ve Eğitim</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>545</v>
+        <v>512</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258468205</t>
+          <t>9786258468229</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dijital Halkla İlişkiler Uygulamaları: Örnek Olaylar</t>
+          <t>Geçmişten Günümüze Türkiye -Balkan Ülkeleri İlişkileri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>495</v>
+        <v>605</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258468953</t>
+          <t>9786257405805</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretin Yol Haritası</t>
+          <t>Evrensel Değerler Bağlamında Etik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>545</v>
+        <v>985</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258468762</t>
+          <t>9786258468212</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji: Dünyada Yaşam</t>
+          <t>Engellilik ve Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1650</v>
+        <v>439</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257316637</t>
+          <t>9786257405980</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Beslenme, Diyet ve Sağlık</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>754</v>
+        <v>545</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257405751</t>
+          <t>9786258468205</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyetetikte Biyopsikososyal Konulara Multidisipliner Yaklaşım</t>
+          <t>Dijital Halkla İlişkiler Uygulamaları: Örnek Olaylar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>754</v>
+        <v>495</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257405140</t>
+          <t>9786258468953</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Öğretim Teknolojileri İle Türkçe Eğitimi</t>
+          <t>Dış Ticaretin Yol Haritası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>754</v>
+        <v>545</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257405638</t>
+          <t>9786258468762</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Biyoloji: Dünyada Yaşam</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>605</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057786258</t>
+          <t>9786257316637</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası İletişim</t>
+          <t>Beslenme, Diyet ve Sağlık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>495</v>
+        <v>754</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752475922</t>
+          <t>9786257405751</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Kurumsal Sosyal Sorumluluk</t>
+          <t>Beslenme ve Diyetetikte Biyopsikososyal Konulara Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>495</v>
+        <v>754</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752475960</t>
+          <t>9786257405140</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Film Çözümlemeleri 1</t>
+          <t>Dijital Çağda Öğretim Teknolojileri İle Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>468</v>
+        <v>754</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752475700</t>
+          <t>9786257405638</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Haber Uygulamaları</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>468</v>
+        <v>605</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057557094</t>
+          <t>9786057786258</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde 100 Temel Strateji</t>
+          <t>Kültürlerarası İletişim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>329</v>
+        <v>495</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057557032</t>
+          <t>9789752475922</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Tarihi</t>
+          <t>Halkla İlişkiler ve Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>605</v>
+        <v>495</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752475472</t>
+          <t>9789752475960</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişimi Araçları</t>
+          <t>İletişim Araştırmaları ve Film Çözümlemeleri 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>495</v>
+        <v>468</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057557803</t>
+          <t>9789752475700</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Uygulama Alanları</t>
+          <t>Haber Uygulamaları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>440</v>
+        <v>468</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057557797</t>
+          <t>9786057557094</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kariyer</t>
+          <t>Dil Öğretiminde 100 Temel Strateji</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>462</v>
+        <v>329</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054392094</t>
+          <t>9786057557032</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon</t>
+          <t>Ortaçağ Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>644</v>
+        <v>605</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055176112</t>
+          <t>9789752475472</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yapı İşletmesi ve Şantiye Yönetimi</t>
+          <t>Pazarlama İletişimi Araçları</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054392629</t>
+          <t>9786057557803</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Halkla İlişkiler ve Uygulama Alanları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>495</v>
+        <v>440</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054392988</t>
+          <t>9786057557797</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Temel Müzik Bilgileri</t>
+          <t>Kariyer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>545</v>
+        <v>462</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055176716</t>
+          <t>9786054392094</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Halk Müzikleri ile Solfej</t>
+          <t>Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>462</v>
+        <v>644</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055176839</t>
+          <t>9786055176112</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü İşletmelerde İnsan Kaynakları Yönetimi Uygulamaları</t>
+          <t>Yapı İşletmesi ve Şantiye Yönetimi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>523</v>
+        <v>495</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055176938</t>
+          <t>9786054392629</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Öğrenme Öğretme Yaklaşım ve Yöntemleri</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>825</v>
+        <v>495</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059831758</t>
+          <t>9786054392988</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Uygulamalı Temel Müzik Bilgileri</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>545</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054392919</t>
+          <t>9786055176716</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilere Giriş</t>
+          <t>Halk Müzikleri ile Solfej</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>435</v>
+        <v>462</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758890996</t>
+          <t>9786055176839</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon</t>
+          <t>Dünyaca Ünlü İşletmelerde İnsan Kaynakları Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>545</v>
+        <v>523</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055176754</t>
+          <t>9786055176938</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programı</t>
+          <t>Alternatif Öğrenme Öğretme Yaklaşım ve Yöntemleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>715</v>
+        <v>825</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055176303</t>
+          <t>9786059831758</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>825</v>
+        <v>545</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059831024</t>
+          <t>9786054392919</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sınıf İçi Değerlendirme</t>
+          <t>Halkla İlişkilere Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>605</v>
+        <v>435</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055176679</t>
+          <t>9789758890996</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar Türkçesi Giriş - Metinler (Ciltli)</t>
+          <t>Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>824</v>
+        <v>545</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055176693</t>
+          <t>9786055176754</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çözümlemeli Osmanlı Türkçesi Metinleri</t>
+          <t>Eğitim Programı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>550</v>
+        <v>715</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055176730</t>
+          <t>9786055176303</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çeviriyorum - Türkçede Çeviri Soruları ve Eşdeğerlik</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>385</v>
+        <v>825</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055176525</t>
+          <t>9786059831024</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Sınıf İçi Değerlendirme</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>605</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055176327</t>
+          <t>9786055176679</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Solfej 2 Çoksesli Tonal ve Modal Solfejler</t>
+          <t>Kırım Tatar Türkçesi Giriş - Metinler (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>655</v>
+        <v>824</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055176259</t>
+          <t>9786055176693</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bilnot - Yetişkin (2 Cilt Takım)</t>
+          <t>Çözümlemeli Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>654</v>
+        <v>550</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055176884</t>
+          <t>9786055176730</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Çeviriyorum - Türkçede Çeviri Soruları ve Eşdeğerlik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>413</v>
+        <v>385</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055176860</t>
+          <t>9786055176525</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dikte Çalışmaları</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>655</v>
+        <v>605</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055176709</t>
+          <t>9786055176327</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Tarihine ve Türkçesine Giriş</t>
+          <t>Solfej 2 Çoksesli Tonal ve Modal Solfejler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>329</v>
+        <v>655</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057786074</t>
+          <t>9786055176259</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Bilnot - Yetişkin (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>605</v>
+        <v>654</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055176457</t>
+          <t>9786055176884</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fiziki Coğrafyada Paleontoloji</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>935</v>
+        <v>413</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055176297</t>
+          <t>9786055176860</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Liderlik Kuramları</t>
+          <t>Dikte Çalışmaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>495</v>
+        <v>655</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055176280</t>
+          <t>9786055176709</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Anlam Bilimi Terimleri Sözlüğü</t>
+          <t>Eski Uygur Tarihine ve Türkçesine Giriş</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>330</v>
+        <v>329</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055176990</t>
+          <t>9786057786074</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Girişimci Kişilik</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>440</v>
+        <v>605</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055176907</t>
+          <t>9786055176457</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Programı Modelleri</t>
+          <t>Fiziki Coğrafyada Paleontoloji</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>385</v>
+        <v>935</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055176686</t>
+          <t>9786055176297</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çoçuk Edebiyatı Giriş</t>
+          <t>Geçmişten Günümüze Liderlik Kuramları</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055176648</t>
+          <t>9786055176280</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkçe (Sözcük) Anlam Bilimi - 1</t>
+          <t>Türk Anlam Bilimi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055176235</t>
+          <t>9786055176990</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Solfej 1</t>
+          <t>Girişimcilik Girişimci Kişilik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>655</v>
+        <v>440</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057557384</t>
+          <t>9786055176907</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
+          <t>Eğitim Programı Modelleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>765</v>
+        <v>385</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057557353</t>
+          <t>9786055176686</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Öğretim Teknolojileri</t>
+          <t>Çoçuk Edebiyatı Giriş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>468</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057557131</t>
+          <t>9786055176648</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Eğitim</t>
+          <t>Türkçe (Sözcük) Anlam Bilimi - 1</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>424</v>
+        <v>330</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057557360</t>
+          <t>9786055176235</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Reklam Ajansı Türleri ve Örgütsel Yapıları</t>
+          <t>Solfej 1</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>435</v>
+        <v>655</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752475991</t>
+          <t>9786057557384</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Reklam Anlatılarına ‘Hareketlilik’ Penceresinden Bakış</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>495</v>
+        <v>765</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752475779</t>
+          <t>9786057557353</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>CNC - Torna ve İşleme Merkezlerini Programlama</t>
+          <t>Türkçe Öğretiminde Öğretim Teknolojileri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>660</v>
+        <v>468</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752475908</t>
+          <t>9786057557131</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Haber Edinme Aracı Olarak İnternet ve İnternet Haberciliği</t>
+          <t>Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>495</v>
+        <v>424</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752475489</t>
+          <t>9786057557360</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Stem</t>
+          <t>Örneklerle Reklam Ajansı Türleri ve Örgütsel Yapıları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>385</v>
+        <v>435</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752475519</t>
+          <t>9789752475991</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Piyanoda Armoni Çalışmaları - Diyatonik Sistem</t>
+          <t>Sinema ve Reklam Anlatılarına ‘Hareketlilik’ Penceresinden Bakış</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752475144</t>
+          <t>9789752475779</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi</t>
+          <t>CNC - Torna ve İşleme Merkezlerini Programlama</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>413</v>
+        <v>660</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059831949</t>
+          <t>9789752475908</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Haber Edinme Aracı Olarak İnternet ve İnternet Haberciliği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>935</v>
+        <v>495</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059831864</t>
+          <t>9789752475489</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminde Materyal Tasarımı</t>
+          <t>Merhaba Stem</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>440</v>
+        <v>385</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059831789</t>
+          <t>9789752475519</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Söz Dizimi</t>
+          <t>Piyanoda Armoni Çalışmaları - Diyatonik Sistem</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>413</v>
+        <v>495</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057557537</t>
+          <t>9789752475144</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı Üzerine...</t>
+          <t>Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>495</v>
+        <v>413</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752475915</t>
+          <t>9786059831949</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya ve Gazetecilik</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>545</v>
+        <v>935</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752475816</t>
+          <t>9786059831864</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori ve Eğitim</t>
+          <t>Matematik Öğretiminde Materyal Tasarımı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>495</v>
+        <v>440</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752475694</t>
+          <t>9786059831789</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Propaganda</t>
+          <t>Türkiye Türkçesinin Söz Dizimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>495</v>
+        <v>413</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752475311</t>
+          <t>9786057557537</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Kültür</t>
+          <t>Medya Okuryazarlığı Üzerine...</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752475076</t>
+          <t>9789752475915</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Modern İşletme</t>
+          <t>Dijital Medya ve Gazetecilik</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>550</v>
+        <v>545</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752475069</t>
+          <t>9789752475816</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Sosyal Teori ve Eğitim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>462</v>
+        <v>495</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752475007</t>
+          <t>9789752475694</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tüm Öğretmenlik Programları İçin Özel Eğitime Giriş</t>
+          <t>İletişim ve Propaganda</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>825</v>
+        <v>495</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752475373</t>
+          <t>9789752475311</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Akım Devre Analizi</t>
+          <t>İletişim ve Kültür</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>825</v>
+        <v>495</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752475243</t>
+          <t>9789752475076</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 1: Temel Müzik Teorisi</t>
+          <t>Modern İşletme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752475250</t>
+          <t>9789752475069</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 2: Temel Armoni</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>358</v>
+        <v>462</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752475229</t>
+          <t>9789752475007</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 3: Modal Kontrpuanın Temel İlkeleri</t>
+          <t>Tüm Öğretmenlik Programları İçin Özel Eğitime Giriş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>325</v>
+        <v>825</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059831109</t>
+          <t>9789752475373</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Araştırma Yöntemleri</t>
+          <t>Alternatif Akım Devre Analizi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>605</v>
+        <v>825</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752475212</t>
+          <t>9789752475243</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 1: Temel Müzik Teorisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>605</v>
+        <v>325</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057557049</t>
+          <t>9789752475250</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim</t>
+          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 2: Temel Armoni</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>550</v>
+        <v>358</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752475946</t>
+          <t>9789752475229</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
+          <t>Çok Sesli Batı Müziğinde Yazım ve Analiz Cilt 3: Modal Kontrpuanın Temel İlkeleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752475588</t>
+          <t>9786059831109</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Giriş</t>
+          <t>Eğitimde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>545</v>
+        <v>605</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752475571</t>
+          <t>9789752475212</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Diplomasisi: Halkla İlişkiler Eksenli Model Arayışları</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>495</v>
+        <v>605</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059831987</t>
+          <t>9786057557049</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimine Giriş</t>
+          <t>Bağımsız Denetim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>462</v>
+        <v>550</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059831413</t>
+          <t>9789752475946</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yönetim ve Liderlik</t>
+          <t>Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>402</v>
+        <v>495</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059831628</t>
+          <t>9789752475588</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim ve Duygusal Zeka</t>
+          <t>Eğitime Giriş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>440</v>
+        <v>545</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059831772</t>
+          <t>9789752475571</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin İnsan Kaynakları Yönetimi</t>
+          <t>Türk Kamu Diplomasisi: Halkla İlişkiler Eksenli Model Arayışları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>462</v>
+        <v>495</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059831239</t>
+          <t>9786059831987</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeciliği</t>
+          <t>İletişim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>495</v>
+        <v>462</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059831321</t>
+          <t>9786059831413</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Tasarımı: ADDİE Yaklaşımı</t>
+          <t>İslam Düşüncesinde Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>413</v>
+        <v>402</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752475021</t>
+          <t>9786059831628</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Özgül Öğrenme Bozukluğu</t>
+          <t>Etkili İletişim ve Duygusal Zeka</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>825</v>
+        <v>440</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752475496</t>
+          <t>9786059831772</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Haber Toplama, Yazma ve Yayınlama Teknikleri</t>
+          <t>Meslek Yüksek Okulları İçin İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>385</v>
+        <v>462</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059831420</t>
+          <t>9786059831239</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanat Müziği</t>
+          <t>Otel İşletmeciliği</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>358</v>
+        <v>495</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059831062</t>
+          <t>9786059831321</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sungur Türkçesi</t>
+          <t>Öğretim Tasarımı: ADDİE Yaklaşımı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>549</v>
+        <v>413</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752475403</t>
+          <t>9789752475021</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Kelam Metinleri</t>
+          <t>Özgül Öğrenme Bozukluğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>292</v>
+        <v>825</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752475045</t>
+          <t>9789752475496</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Temel Müzik Teorisi Soru Bankası</t>
+          <t>Haber Toplama, Yazma ve Yayınlama Teknikleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>605</v>
+        <v>385</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752475052</t>
+          <t>9786059831420</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Makroskop-Tamamı Çözümlü Makro İktisat Soru Bankası</t>
+          <t>Türk Sanat Müziği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>329</v>
+        <v>358</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752475557</t>
+          <t>9786059831062</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Sungur Türkçesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>385</v>
+        <v>549</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752475113</t>
+          <t>9789752475403</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim</t>
+          <t>Osmanlıca Kelam Metinleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>523</v>
+        <v>292</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059831703</t>
+          <t>9789752475045</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomi</t>
+          <t>Temel Müzik Teorisi Soru Bankası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>715</v>
+        <v>605</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059831710</t>
+          <t>9789752475052</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Kariyer Uygulamaları</t>
+          <t>Makroskop-Tamamı Çözümlü Makro İktisat Soru Bankası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>523</v>
+        <v>329</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059831666</t>
+          <t>9789752475557</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>605</v>
+        <v>385</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059831048</t>
+          <t>9789752475113</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Tarihi</t>
+          <t>Karşılaştırmalı Eğitim</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>495</v>
+        <v>523</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752475342</t>
+          <t>9786059831703</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dijital Halkla İlişkiler ve Online Kurumsal İtibar Yönetimi</t>
+          <t>Makro Ekonomi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>605</v>
+        <v>715</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752475366</t>
+          <t>9786059831710</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Göstergebilimi Çerçevesinde Yazınsal Çeviri İçin Bir Metin Çözümleme ve Karşılaştırma Modeli</t>
+          <t>İnsan Kaynakları Yönetimi ve Kariyer Uygulamaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>439</v>
+        <v>523</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752475267</t>
+          <t>9786059831666</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Manşet İllüstrasyonlarından Dijital Haber Fotoğrafına Basın Fotoğrafçılığı</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>385</v>
+        <v>605</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752475298</t>
+          <t>9786059831048</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada ve Rekabette Başarı Anahtarı Müşteri İlişkileri Yönetimi</t>
+          <t>Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>462</v>
+        <v>495</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059831499</t>
+          <t>9789752475342</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dönüştürücü Sınıf Yönetimi</t>
+          <t>Dijital Halkla İlişkiler ve Online Kurumsal İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>605</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059831277</t>
+          <t>9789752475366</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik ve Danışmanlık</t>
+          <t>Çeviri Göstergebilimi Çerçevesinde Yazınsal Çeviri İçin Bir Metin Çözümleme ve Karşılaştırma Modeli</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>605</v>
+        <v>439</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752475106</t>
+          <t>9789752475267</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlama ve Satın Alma</t>
+          <t>Manşet İllüstrasyonlarından Dijital Haber Fotoğrafına Basın Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752475014</t>
+          <t>9789752475298</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi (Ciltli)</t>
+          <t>Pazarlamada ve Rekabette Başarı Anahtarı Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>385</v>
+        <v>462</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057557926</t>
+          <t>9786059831499</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Nitel Araştırma Yöntemleri</t>
+          <t>Dönüştürücü Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>605</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059831093</t>
+          <t>9786059831277</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntemlerine Giriş</t>
+          <t>Rehberlik ve Danışmanlık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>385</v>
+        <v>605</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055176600</t>
+          <t>9789752475106</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>8 - 14 Yaş Grubu Öğrenciler İçin Yaşayan Değerler Eğitimi Etkinlikleri</t>
+          <t>Medya Planlama ve Satın Alma</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>715</v>
+        <v>385</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055176341</t>
+          <t>9789752475014</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Solfej Dersleri İçin Tartım Çalışmaları</t>
+          <t>Eğitim Psikolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055176310</t>
+          <t>9786057557926</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntemleri ve Teknikleri</t>
+          <t>Sosyal Bilimlerde Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>462</v>
+        <v>605</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057786586</t>
+          <t>9786059831093</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimyada Biyotransformasyonlar</t>
+          <t>Araştırma Yöntemlerine Giriş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>935</v>
+        <v>385</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057009715</t>
+          <t>9786055176600</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Manyetik Rezonans Spektroskopisi</t>
+          <t>8 - 14 Yaş Grubu Öğrenciler İçin Yaşayan Değerler Eğitimi Etkinlikleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>549</v>
+        <v>715</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257316118</t>
+          <t>9786055176341</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Düzeni İçin Etütler ve Egzersizler</t>
+          <t>Solfej Dersleri İçin Tartım Çalışmaları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257316231</t>
+          <t>9786055176310</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hindi (Hintçe) Okuma-Yazma Kitabı</t>
+          <t>Araştırma Yöntemleri ve Teknikleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>424</v>
+        <v>462</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254431111</t>
+          <t>9786057786586</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Analitik İslam Felsefesi</t>
+          <t>Organik Kimyada Biyotransformasyonlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>462</v>
+        <v>935</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057494252</t>
+          <t>9786057009715</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hindi (Hintçe) Dil Bilgisi</t>
+          <t>Nükleer Manyetik Rezonans Spektroskopisi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>424</v>
+        <v>549</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057494245</t>
+          <t>9786257316118</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Sosyoloji</t>
+          <t>Bağlama Düzeni İçin Etütler ve Egzersizler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>439</v>
+        <v>495</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057487704</t>
+          <t>9786257316231</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Hindi (Hintçe) Okuma-Yazma Kitabı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>495</v>
+        <v>424</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254431128</t>
+          <t>9786254431111</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Solfej Eğitimi 1</t>
+          <t>Analitik İslam Felsefesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>715</v>
+        <v>462</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057005663</t>
+          <t>9786057494252</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Müsikisi Tarihi Terimleri Sözlüğü</t>
+          <t>Hindi (Hintçe) Dil Bilgisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>523</v>
+        <v>424</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254431166</t>
+          <t>9786057494245</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda İslam’ın Kılıcı Berke Han (1257-1266)</t>
+          <t>Hukuk ve Sosyoloji</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>275</v>
+        <v>439</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257316125</t>
+          <t>9786057487704</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Sosyoloji</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>439</v>
+        <v>495</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257316095</t>
+          <t>9786254431128</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sosyoloji</t>
+          <t>Türk Halk Müziği Solfej Eğitimi 1</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>439</v>
+        <v>715</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257316408</t>
+          <t>9786057005663</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Sanskrit Diline Giriş</t>
+          <t>Türk Müsikisi Tarihi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>424</v>
+        <v>523</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257915625</t>
+          <t>9786254431166</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçılık Bilgisi</t>
+          <t>Bozkırda İslam’ın Kılıcı Berke Han (1257-1266)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>462</v>
+        <v>275</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257915502</t>
+          <t>9786257316125</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bilim Nedir ve Bilimsel Araştırma Nasıl Yapılır?</t>
+          <t>Aile ve Sosyoloji</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>435</v>
+        <v>439</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057786241</t>
+          <t>9786257316095</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Akıllı İşletme Reçeteleri</t>
+          <t>Eğitim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>385</v>
+        <v>439</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057786197</t>
+          <t>9786257316408</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mali Tablolar Analizi</t>
+          <t>Ana Hatlarıyla Sanskrit Diline Giriş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>605</v>
+        <v>424</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057786036</t>
+          <t>9786257915625</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Dikte Çalışmaları</t>
+          <t>Fotoğrafçılık Bilgisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>385</v>
+        <v>462</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057557995</t>
+          <t>9786257915502</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Bilim Nedir ve Bilimsel Araştırma Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>523</v>
+        <v>435</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057786869</t>
+          <t>9786057786241</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
+          <t>Akıllı İşletme Reçeteleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>864</v>
+        <v>385</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057786937</t>
+          <t>9786057786197</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinde Düzen Perde Makam Terkib Uygulamaları</t>
+          <t>Mali Tablolar Analizi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>352</v>
+        <v>605</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257316392</t>
+          <t>9786057786036</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Musikisi</t>
+          <t>Türk Müziği Dikte Çalışmaları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>545</v>
+        <v>385</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257915168</t>
+          <t>9786057557995</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Sosyoloji</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>439</v>
+        <v>523</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057786715</t>
+          <t>9786057786869</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Makamsal Ezgiler İle Flüt Öğretimi</t>
+          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>495</v>
+        <v>864</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758890361</t>
+          <t>9786057786937</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Theories and Practice of Translation (Genişletilmiş 2. Baskı)</t>
+          <t>Türk Musikisinde Düzen Perde Makam Terkib Uygulamaları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>329</v>
+        <v>352</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054392650</t>
+          <t>9786257316392</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik Dersleri</t>
+          <t>Türk Din Musikisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>358</v>
+        <v>545</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758890637</t>
+          <t>9786257915168</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilgisayar Eğitimi</t>
+          <t>Kültür ve Sosyoloji</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>440</v>
+        <v>439</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054392117</t>
+          <t>9786057786715</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Tarım Tarihi ve Deontoloji</t>
+          <t>Makamsal Ezgiler İle Flüt Öğretimi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758890019</t>
+          <t>9789758890361</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Theories and Practice of Translation (Genişletilmiş 2. Baskı)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>440</v>
+        <v>329</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758890163</t>
+          <t>9786054392650</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
+          <t>Temel İstatistik Dersleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>495</v>
+        <v>358</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758890705</t>
+          <t>9789758890637</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiye Giriş</t>
+          <t>Temel Bilgisayar Eğitimi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>659</v>
+        <v>440</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758890101</t>
+          <t>9786054392117</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Mesleğine Giriş</t>
+          <t>Tarım Tarihi ve Deontoloji</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>440</v>
+        <v>385</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054392131</t>
+          <t>9789758890019</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054392513</t>
+          <t>9789758890163</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Okuma Eğitimi</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759265649</t>
+          <t>9789758890705</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Dramatik Etkinlikler</t>
+          <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>418</v>
+        <v>659</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758890675</t>
+          <t>9789758890101</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
+          <t>Öğretmenlik Mesleğine Giriş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>219</v>
+        <v>440</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789758890590</t>
+          <t>9786054392131</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>545</v>
+        <v>385</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789758890156</t>
+          <t>9786054392513</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt’ten Vatana Anadolu Selçuklu Devleti Tarihi</t>
+          <t>Okuma Eğitimi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>534</v>
+        <v>385</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055176143</t>
+          <t>9789759265649</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kurum İmajı ve Sosyal Sorumluluk</t>
+          <t>Okul Öncesi Eğitimde Dramatik Etkinlikler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>429</v>
+        <v>418</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758890477</t>
+          <t>9789758890675</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Teorilerine Giriş</t>
+          <t>Okul Deneyimi ve Öğretmenlik Uygulaması</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>275</v>
+        <v>219</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054392841</t>
+          <t>9789758890590</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Genel İşletme</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1045</v>
+        <v>545</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789758890354</t>
+          <t>9789758890156</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Jeomorfolojiye Giriş</t>
+          <t>Malazgirt’ten Vatana Anadolu Selçuklu Devleti Tarihi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>385</v>
+        <v>534</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054392520</t>
+          <t>9786055176143</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>Kurum İmajı ve Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>545</v>
+        <v>429</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054392087</t>
+          <t>9789758890477</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Kitle İletişim Teorilerine Giriş</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>644</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752475281</t>
+          <t>9786054392841</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Türk Tarihi ve Kültürü</t>
+          <t>Karahanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>534</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055176082</t>
+          <t>9789758890354</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Etik</t>
+          <t>Jeomorfolojiye Giriş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>468</v>
+        <v>385</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054392223</t>
+          <t>9786054392520</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Halkla İlişkiler</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>330</v>
+        <v>545</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054392865</t>
+          <t>9786054392087</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Harezm Altınordu Türkçesi Sözlüğü</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>769</v>
+        <v>644</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789758890309</t>
+          <t>9789752475281</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Teknik İletişim</t>
+          <t>İslam Öncesi Türk Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>424</v>
+        <v>534</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758890231</t>
+          <t>9786055176082</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Genel Topoloji</t>
+          <t>İletişim ve Etik</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>935</v>
+        <v>468</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055176105</t>
+          <t>9786054392223</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Yabancı Dil Öğrenimi ve Öğretimi</t>
+          <t>Hastanelerde Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>385</v>
+        <v>330</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758890606</t>
+          <t>9786054392865</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Endüstri ve Örgüt Psikolojisi</t>
+          <t>Harezm Altınordu Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>495</v>
+        <v>769</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054392452</t>
+          <t>9789758890309</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Öğretimi Etkinlikleri</t>
+          <t>Genel ve Teknik İletişim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>495</v>
+        <v>424</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789758890408</t>
+          <t>9789758890231</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Genel Topoloji</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>495</v>
+        <v>935</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759316600</t>
+          <t>9786055176105</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye Bağlamında Kitle İletişim Sistemleri</t>
+          <t>Farklı Boyutlarıyla Yabancı Dil Öğrenimi ve Öğretimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789758890736</t>
+          <t>9789758890606</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Halkla İlişkiler</t>
+          <t>Endüstri ve Örgüt Psikolojisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055176204</t>
+          <t>9786054392452</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Eleştirel Düşünme Öğretimi Etkinlikleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>462</v>
+        <v>495</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054392858</t>
+          <t>9789758890408</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı Türkçesi Kur’an Tercümeleri Sözlüğü (Ciltli)</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>769</v>
+        <v>495</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9799752886154</t>
+          <t>9789759316600</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Muhasebe Problemleri</t>
+          <t>Dünya ve Türkiye Bağlamında Kitle İletişim Sistemleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789758890040</t>
+          <t>9789758890736</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü İntegral Problemleri</t>
+          <t>Dünden Bugüne Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>825</v>
+        <v>545</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054392742</t>
+          <t>9786055176204</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Ruh Sağlığı</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>314</v>
+        <v>462</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054392834</t>
+          <t>9786054392858</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesi Sözlüğü</t>
+          <t>Doğu ve Batı Türkçesi Kur’an Tercümeleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1045</v>
+        <v>769</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752475182</t>
+          <t>9799752886154</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bilişim ve İletişim Işığında Girişimcilik ve Kobi Yönetimi</t>
+          <t>Çözümlü Muhasebe Problemleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>440</v>
+        <v>385</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789758890132</t>
+          <t>9789758890040</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız ve Düzenleyici Üst Kurullar</t>
+          <t>Çözümlü İntegral Problemleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>385</v>
+        <v>825</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789758890422</t>
+          <t>9786054392742</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Çocuklarda Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>439</v>
+        <v>314</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054392995</t>
+          <t>9786054392834</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Armoni</t>
+          <t>Çağatay Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>495</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789758890989</t>
+          <t>9789752475182</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Halkla İlişkiler</t>
+          <t>Bilişim ve İletişim Işığında Girişimcilik ve Kobi Yönetimi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>495</v>
+        <v>440</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759225643</t>
+          <t>9789758890132</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Yazma Öğretimi</t>
+          <t>Bağımsız ve Düzenleyici Üst Kurullar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057786159</t>
+          <t>9789758890422</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Boyutlarıyla Örgütsel Davranış</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>644</v>
+        <v>439</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257915588</t>
+          <t>9786054392995</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetler ve Soğuk Zincir Lojistiği</t>
+          <t>Armoni</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057786494</t>
+          <t>9789758890989</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dijital Turizm: Sektörün Yeni Geleceği</t>
+          <t>Belediyelerde Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>523</v>
+        <v>495</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057557582</t>
+          <t>9789759225643</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>İlk Okuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>462</v>
+        <v>550</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057557209</t>
+          <t>9786057786159</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Genel Fizik 1</t>
+          <t>Olumsuz Boyutlarıyla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>534</v>
+        <v>644</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057557261</t>
+          <t>9786257915588</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Lattepanda ile Arduino ve PC Kodlama</t>
+          <t>Lojistik Faaliyetler ve Soğuk Zincir Lojistiği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057557971</t>
+          <t>9786057786494</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve Kafkasya</t>
+          <t>Dijital Turizm: Sektörün Yeni Geleceği</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>605</v>
+        <v>523</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057557216</t>
+          <t>9786057557582</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para Ekonomisi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>413</v>
+        <v>462</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
+          <t>9786057557209</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Genel Fizik 1</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786057557261</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Lattepanda ile Arduino ve PC Kodlama</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786057557971</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklular ve Kafkasya</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786057557216</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Kripto Para Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
           <t>9786057557063</t>
         </is>
       </c>
-      <c r="B263" s="1" t="inlineStr">
+      <c r="B267" s="1" t="inlineStr">
         <is>
           <t>Uygulamalı Girişimcilik</t>
         </is>
       </c>
-      <c r="C263" s="1">
+      <c r="C267" s="1">
         <v>435</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>