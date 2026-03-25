--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -85,925 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>5768086811907</t>
+          <t>9786253857257</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma’m</t>
+          <t>Eğitim Programları ve Öğretim Alanında Uluslararası Araştırmalar - V</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255971166</t>
+          <t>5768086811907</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Temel Tıp Bilimlerinde Güncel Yaklaşımlar</t>
+          <t>Uçurtma’m</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>461</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256552272</t>
+          <t>9786255971166</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İklim İletişimi</t>
+          <t>Temel Tıp Bilimlerinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>402</v>
+        <v>461</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054392551</t>
+          <t>9786256552272</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Mesneviname</t>
+          <t>İklim İletişimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>32.41</v>
+        <v>402</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758890613</t>
+          <t>9786054392551</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilgisayar Teknolojileri Eğitimi</t>
+          <t>Herkes İçin Mesneviname</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054392599</t>
+          <t>9789758890613</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Otoriter KPSS Kamu Personeli Seçme Sınavı Konu Anlatımlı Soru Bankası</t>
+          <t>Temel Bilgisayar Teknolojileri Eğitimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055176051</t>
+          <t>9786054392599</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Hikayeler</t>
+          <t>Otoriter KPSS Kamu Personeli Seçme Sınavı Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054392797</t>
+          <t>9786055176051</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek - Genel Kültür Çözümlü 12 Deneme</t>
+          <t>Mesnevi'den Hikayeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>199</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054392643</t>
+          <t>9786054392797</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Mesneviname (Ciltli)</t>
+          <t>KPSS Genel Yetenek - Genel Kültür Çözümlü 12 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>27.78</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758890255</t>
+          <t>9786054392643</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Reçetesi</t>
+          <t>Herkes İçin Mesneviname (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>39</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054392490</t>
+          <t>9789758890255</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ALES Akademik Personel ve Lisansüstü Eğitime Giriş Sınavı</t>
+          <t>Evlilik Reçetesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789750199059</t>
+          <t>9786054392490</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deryadan Damlalar</t>
+          <t>ALES Akademik Personel ve Lisansüstü Eğitime Giriş Sınavı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>4.63</v>
+        <v>199</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758890330</t>
+          <t>9789750199059</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2011 T. C. Anayasası</t>
+          <t>Deryadan Damlalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1.85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054392360</t>
+          <t>9789758890330</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>2011 T. C. Anayasası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000051559</t>
+          <t>9786054392360</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilnot - Yetişkin Cilt: 1</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057557650</t>
+          <t>3990000051559</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>TYT - AYT - DGS - KPSS - ALES Matematik Soru Bankası</t>
+          <t>Bilnot - Yetişkin Cilt: 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>385</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758890798</t>
+          <t>9786057557650</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı ile Çoban Hikayesi</t>
+          <t>TYT - AYT - DGS - KPSS - ALES Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>109</v>
+        <v>385</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758890699</t>
+          <t>9789758890798</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Further Education in the Balkan Countries Volume 1</t>
+          <t>Peri Kızı ile Çoban Hikayesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>754</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055176761</t>
+          <t>9789758890699</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Practical Easy Questions</t>
+          <t>Further Education in the Balkan Countries Volume 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>468</v>
+        <v>754</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055176563</t>
+          <t>9786055176761</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>2014 Türkiye ve Dünya İle İlgili Güncel Konular</t>
+          <t>Practical Easy Questions</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>61</v>
+        <v>468</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055176587</t>
+          <t>9786055176563</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Noktadaki Beyaz Evren 2. Cilt</t>
+          <t>2014 Türkiye ve Dünya İle İlgili Güncel Konular</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>358</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759316662</t>
+          <t>9786055176587</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiden Kültüre</t>
+          <t>Karanlık Noktadaki Beyaz Evren 2. Cilt</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>385</v>
+        <v>358</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054392773</t>
+          <t>9789759316662</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Polis Adayları İçin Konu Anlatımlı Soru Bankası</t>
+          <t>Psikolojiden Kültüre</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>549</v>
+        <v>385</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054392759</t>
+          <t>9786054392773</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Otoriter KPSS Tarih</t>
+          <t>Polis Adayları İçin Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>329</v>
+        <v>549</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054392605</t>
+          <t>9786054392759</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nur Olsun</t>
+          <t>Otoriter KPSS Tarih</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>142</v>
+        <v>329</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054392384</t>
+          <t>9786054392605</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Şıklığı</t>
+          <t>Nur Olsun</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>715</v>
+        <v>142</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054392315</t>
+          <t>9786054392384</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Learn English Grammar</t>
+          <t>Mustafa Kemal Atatürk’ün Şıklığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>659</v>
+        <v>715</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789750199066</t>
+          <t>9786054392315</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kirli Kelebek</t>
+          <t>Learn English Grammar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>385</v>
+        <v>659</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9756054392165</t>
+          <t>9789750199066</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dilbilgisi</t>
+          <t>Kirli Kelebek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>659</v>
+        <v>385</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054392322</t>
+          <t>9756054392165</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Edhem Destanı</t>
+          <t>İngilizce Dilbilgisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>274</v>
+        <v>659</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055176044</t>
+          <t>9786054392322</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayırlar Fethola</t>
+          <t>İbrahim Edhem Destanı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759316686</t>
+          <t>9786055176044</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gül Şafağı Hüzünleri</t>
+          <t>Hayırlar Fethola</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054392896</t>
+          <t>9789759316686</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Geçici Derviş</t>
+          <t>Gül Şafağı Hüzünleri</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054392674</t>
+          <t>9786054392896</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Harekatına Amerikan Basını İlgisi</t>
+          <t>Geçici Derviş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>329</v>
+        <v>274</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758890415</t>
+          <t>9786054392674</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Avusturya Sefirleri</t>
+          <t>Ermeni Harekatına Amerikan Basını İlgisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>219</v>
+        <v>329</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054392124</t>
+          <t>9789758890415</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şakalar</t>
+          <t>Dersaadet’te Avusturya Sefirleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>385</v>
+        <v>219</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054392636</t>
+          <t>9786054392124</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Biz Tanrı’nın Türk Olduğu Diyarlardan Geldik</t>
+          <t>Çağdaş Şakalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054392469</t>
+          <t>9786054392636</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Biz Tanrı’nın Türk Olduğu Diyarlardan Geldik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055176068</t>
+          <t>9786054392469</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Dedektiflik - Polisiye Olaylar Suçlar Nasıl Çözülür?</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>314</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054392216</t>
+          <t>9786055176068</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim Sınavlarına Hazırlık 4. Sınıf İşletme Bölümü</t>
+          <t>Adım Adım Dedektiflik - Polisiye Olaylar Suçlar Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>385</v>
+        <v>314</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054392209</t>
+          <t>9786054392216</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim Sınavlarına Hazırlık 3. Sınıf İşletme Bölümü 2012</t>
+          <t>Açıköğretim Sınavlarına Hazırlık 4. Sınıf İşletme Bölümü</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054392193</t>
+          <t>9786054392209</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim Sınavlarına Hazırlık 2. Sınıf Soru Bankası Paralelinde 2005 - 2011 Çıkmış Sorular</t>
+          <t>Açıköğretim Sınavlarına Hazırlık 3. Sınıf İşletme Bölümü 2012</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054392186</t>
+          <t>9786054392193</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Açıköğretim Sınavlarına Hazırlık 1. Sınıf 2012</t>
+          <t>Açıköğretim Sınavlarına Hazırlık 2. Sınıf Soru Bankası Paralelinde 2005 - 2011 Çıkmış Sorular</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759316693</t>
+          <t>9786054392186</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>11. Ulusal Özel Eğitim Kongresi Bildirileri</t>
+          <t>Açıköğretim Sınavlarına Hazırlık 1. Sınıf 2012</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>495</v>
+        <v>385</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055176822</t>
+          <t>9789759316693</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Noktadaki Beyaz Evren 4. Cİlt</t>
+          <t>11. Ulusal Özel Eğitim Kongresi Bildirileri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>358</v>
+        <v>495</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750174605</t>
+          <t>9786055176822</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vuslat - Sessiz Seneler 3</t>
+          <t>Karanlık Noktadaki Beyaz Evren 4. Cİlt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>385</v>
+        <v>358</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750199028</t>
+          <t>9789750174605</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vuslat - Sancılı Seneler 2</t>
+          <t>Vuslat - Sessiz Seneler 3</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789750199011</t>
+          <t>9789750199028</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vuslat (Sisli Seneler)</t>
+          <t>Vuslat - Sancılı Seneler 2</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758890750</t>
+          <t>9789750199011</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Van Münit Efsanesi</t>
+          <t>Vuslat (Sisli Seneler)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055176495</t>
+          <t>9789758890750</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Noktadaki Beyaz Evren 1. Cilt</t>
+          <t>Van Münit Efsanesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055176198</t>
+          <t>9786055176495</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>1 Kere Yazıldı 1 Ömür Okundu</t>
+          <t>Karanlık Noktadaki Beyaz Evren 1. Cilt</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>219</v>
+        <v>325</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055176181</t>
+          <t>9786055176198</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemler Yüce Gönüller</t>
+          <t>1 Kere Yazıldı 1 Ömür Okundu</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055176594</t>
+          <t>9786055176181</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Noktadaki Beyaz Evren 3. Cilt</t>
+          <t>Genç Kalemler Yüce Gönüller</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>325</v>
+        <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059831123</t>
+          <t>9786055176594</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Kumandanın Ardındakiler</t>
+          <t>Karanlık Noktadaki Beyaz Evren 3. Cilt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>352</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055176747</t>
+          <t>9786059831123</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kurban İbadeti</t>
+          <t>Uzaktan Kumandanın Ardındakiler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>219</v>
+        <v>352</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055176952</t>
+          <t>9786055176747</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Sosyal ve Kültürel Etkinlikler</t>
+          <t>Dünden Bugüne Kurban İbadeti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>274</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055176174</t>
+          <t>9786055176952</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>16 Yazardan 1 Kitap</t>
+          <t>Okullarda Sosyal ve Kültürel Etkinlikler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>219</v>
+        <v>274</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054392933</t>
+          <t>9786055176174</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Koşumsuz Atlar</t>
+          <t>16 Yazardan 1 Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>204</v>
+        <v>219</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786054392933</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Koşumsuz Atlar</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786054392735</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Otoriter KPSS Anayasa ve Vatandaşlık</t>
         </is>
       </c>
-      <c r="C60" s="1">
+      <c r="C61" s="1">
         <v>329</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>