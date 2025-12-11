--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -85,2740 +85,2905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257844970</t>
+          <t>9786257844994</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
+          <t>Basketbolun Efsaneleri</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050662399</t>
+          <t>9786257844987</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri</t>
+          <t>Kelime Dedektifi &amp; Çılgın Ekler Muhteşem Kökler</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257844963</t>
+          <t>9786257844970</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destan Deyimler</t>
+          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051142401</t>
+          <t>9786050662399</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
+          <t>Mucitler ve Parlak Fikirleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257844956</t>
+          <t>9786257844963</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Parlak Yapay Zeka Rehberi</t>
+          <t>Dillere Destan Deyimler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257844819</t>
+          <t>9786051142401</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
+          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799752634625</t>
+          <t>9786257844956</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
+          <t>Parlak Yapay Zeka Rehberi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753624640</t>
+          <t>9786257844819</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
+          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752637399</t>
+          <t>9786257844949</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler</t>
+          <t>25 Muhteşem Matematikçi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752636446</t>
+          <t>9786257844932</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
+          <t>Gezegenin Çılgın Filozofları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050801514</t>
+          <t>9786257844925</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Para-Mara Makara</t>
+          <t>Akşemseddin - Ömür Boyu Öğrenci</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799753627251</t>
+          <t>9799752634625</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257844871</t>
+          <t>9789753624640</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Havalı Bilgiler Kitabı</t>
+          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257844857</t>
+          <t>9789752637399</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
+          <t>Çıldırtan Sesler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050823097</t>
+          <t>9789752636446</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematik</t>
+          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257844840</t>
+          <t>9786050801514</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
+          <t>Para-Mara Makara</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257844833</t>
+          <t>9799753627251</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050830040</t>
+          <t>9786257844918</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
+          <t>25 Muhteşem İcat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257844826</t>
+          <t>9786257844901</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
+          <t>Kolayca Matematik</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257844802</t>
+          <t>9786257844888</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
+          <t>Dünyayı Güldüren Süperstar - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257844796</t>
+          <t>9786257844871</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
+          <t>Havalı Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257844789</t>
+          <t>9786257844864</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - O Bir Dünya Yıldızı</t>
+          <t>25 Muhteşem Başarı Hikayesi!</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257844772</t>
+          <t>9786257844857</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
+          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257844758</t>
+          <t>9786050823097</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Neymar - O Bir Sambacı</t>
+          <t>Sihirli Matematik</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257844765</t>
+          <t>9786257844840</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
+          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257844741</t>
+          <t>9786257844833</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
+          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257844734</t>
+          <t>9786050830040</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda İnecek Var!</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257844727</t>
+          <t>9786257844826</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi</t>
+          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257844710</t>
+          <t>9786257844802</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Problemsiz Matematik</t>
+          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257844697</t>
+          <t>9786257844796</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Parlak Formüllerle Zeka Soruları</t>
+          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257844703</t>
+          <t>9786257844789</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland - O Bir Gol Makinesi</t>
+          <t>Mbappe - O Bir Dünya Yıldızı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257844673</t>
+          <t>9786257844772</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
+          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257844680</t>
+          <t>9786257844758</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
+          <t>Neymar - O Bir Sambacı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257844666</t>
+          <t>9786257844765</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina Hekimlerin Sultanı</t>
+          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257844659</t>
+          <t>9786257844741</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
+          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257844635</t>
+          <t>9786257844734</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
+          <t>Kutuplarda İnecek Var!</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257844642</t>
+          <t>9786257844727</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
+          <t>Şaşırtan Galaksi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257844628</t>
+          <t>9786257844710</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Adamları</t>
+          <t>Problemsiz Matematik</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752636842</t>
+          <t>9786257844697</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gözüpek Kaşifler</t>
+          <t>Parlak Formüllerle Zeka Soruları</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257844611</t>
+          <t>9786257844703</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
+          <t>Erling Haaland - O Bir Gol Makinesi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257844604</t>
+          <t>9786257844673</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kafa Patlatan Kelime Oyunları</t>
+          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257844598</t>
+          <t>9786257844680</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler</t>
+          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752634398</t>
+          <t>9786257844666</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
+          <t>İbni Sina Hekimlerin Sultanı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257844468</t>
+          <t>9786257844659</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
+          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050806724</t>
+          <t>9786257844635</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257844581</t>
+          <t>9786257844642</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri 2</t>
+          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257844574</t>
+          <t>9786257844628</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Diego Armando Maradona - O Bir Efsane</t>
+          <t>Padişahın Adamları</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257844550</t>
+          <t>9789752636842</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Casuslar</t>
+          <t>Gözüpek Kaşifler</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257844529</t>
+          <t>9786257844611</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar Ve Sultanlar Albümü</t>
+          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257844567</t>
+          <t>9786257844604</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cezeri ve Akılalmaz Makineleri</t>
+          <t>Kafa Patlatan Kelime Oyunları</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257844536</t>
+          <t>9786257844598</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
+          <t>Muhteşem Filmler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257844543</t>
+          <t>9789752634398</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
+          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257844512</t>
+          <t>9786257844468</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
+          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257844505</t>
+          <t>9786050806724</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257844499</t>
+          <t>9786257844581</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
+          <t>Osmanlı Süper Beyinleri 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257844482</t>
+          <t>9786257844574</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarsıcı İkinci Dünya Savaşı</t>
+          <t>Diego Armando Maradona - O Bir Efsane</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257844475</t>
+          <t>9786257844550</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
+          <t>Korkusuz Casuslar</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257844451</t>
+          <t>9786257844529</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Vikingler</t>
+          <t>Padişahlar Ve Sultanlar Albümü</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257844369</t>
+          <t>9786257844567</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
+          <t>Cezeri ve Akılalmaz Makineleri</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257844345</t>
+          <t>9786257844536</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
+          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050824407</t>
+          <t>9786257844543</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Havalı Dört İşlem</t>
+          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257844307</t>
+          <t>9786257844512</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>O Bir Uzaylı: Lionel Messi</t>
+          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257844321</t>
+          <t>9786257844505</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>O Bir Süperstar: Cristiano Ronaldo</t>
+          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257844314</t>
+          <t>9786257844499</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
+          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257844284</t>
+          <t>9786257844482</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar</t>
+          <t>Sarsıcı İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257844192</t>
+          <t>9786257844475</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
+          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257844277</t>
+          <t>9786257844451</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
+          <t>Tehlikeli Vikingler</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257844260</t>
+          <t>9786257844369</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
+          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257844147</t>
+          <t>9786257844345</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Fırtınası Trabzonspor</t>
+          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257844123</t>
+          <t>9786050824407</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kara Sevda Beşiktaş</t>
+          <t>Havalı Dört İşlem</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257844253</t>
+          <t>9786257844307</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Efsane Fenerbahçe</t>
+          <t>O Bir Uzaylı: Lionel Messi</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257844130</t>
+          <t>9786257844321</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
+          <t>O Bir Süperstar: Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257844222</t>
+          <t>9786257844314</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Bilim</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257844246</t>
+          <t>9786257844284</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları</t>
+          <t>Akılalmaz Yapılar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257844239</t>
+          <t>9786257844192</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050834437</t>
+          <t>9786257844277</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050834444</t>
+          <t>9786257844260</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050662375</t>
+          <t>9786257844147</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları</t>
+          <t>Kuzey Fırtınası Trabzonspor</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050662320</t>
+          <t>9786257844123</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler</t>
+          <t>Kara Sevda Beşiktaş</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257844109</t>
+          <t>9786257844253</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
+          <t>Bir Efsane Fenerbahçe</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257844079</t>
+          <t>9786257844130</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası</t>
+          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050662382</t>
+          <t>9786257844222</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları</t>
+          <t>Güldür Güldür Bilim</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050662344</t>
+          <t>9786257844246</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler</t>
+          <t>Kasırga Avcıları</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050662368</t>
+          <t>9786257844239</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sakın Bana Sakin Ol Deme!</t>
+          <t>İnanılmaz Özel Efektler</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050662351</t>
+          <t>9786050834437</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257844161</t>
+          <t>9786050834444</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Para - Mara Makara</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257844154</t>
+          <t>9786050662375</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Yazı Tura ve Olasılık Hesapları</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257844017</t>
+          <t>9786050662320</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik</t>
+          <t>Yaşlı Dünyamız ve Depremler</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257844024</t>
+          <t>9786257844109</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Sorular</t>
+          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257844031</t>
+          <t>9786257844079</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Tehlikeli Dünya Kupası</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257844062</t>
+          <t>9786050662382</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları ve Paradokslar</t>
+          <t>Suç Avcıları</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257844086</t>
+          <t>9786050662344</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mağara Adamı</t>
+          <t>Şaşmaz Ölçüler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050829143</t>
+          <t>9786050662368</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İleri Zekaspor</t>
+          <t>Sakın Bana Sakin Ol Deme!</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257844208</t>
+          <t>9786050662351</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X</t>
+          <t>Özgür Dağcının El Kitabı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257844215</t>
+          <t>9786257844161</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular - Macera Dolu Anadolu</t>
+          <t>Para - Mara Makara</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050833782</t>
+          <t>9786257844154</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050832969</t>
+          <t>9786257844017</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Çılgın Sporcuları</t>
+          <t>Öldürücü Matematik</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050832976</t>
+          <t>9786257844185</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kafa Açan Noktalar</t>
+          <t>Nerden Çıktı Bu Matematik</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050832990</t>
+          <t>9786257844024</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Issız Korsan Adaları</t>
+          <t>Korkunç Sorular</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050832761</t>
+          <t>9786257844031</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cesur Pilotlar</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050832778</t>
+          <t>9786257844062</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp</t>
+          <t>Mantık Oyunları ve Paradokslar</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050832235</t>
+          <t>9786257844086</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Geometri</t>
+          <t>Kaptan Mağara Adamı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050832266</t>
+          <t>9786050829143</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Filozofu Yunus Emre</t>
+          <t>İleri Zekaspor</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050831931</t>
+          <t>9786257844208</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
+          <t>Hayalet X</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050831795</t>
+          <t>9786257844215</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
+          <t>Selçuklular - Macera Dolu Anadolu</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050831863</t>
+          <t>9786050833782</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
+          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050831559</t>
+          <t>9786050832969</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
+          <t>Gezegenin Çılgın Sporcuları</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050831566</t>
+          <t>9786050832976</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
+          <t>Kafa Açan Noktalar</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050830514</t>
+          <t>9786050832990</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Vücut Sahibinin El Kitabı</t>
+          <t>Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050830033</t>
+          <t>9786050832761</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
+          <t>Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050830002</t>
+          <t>9786050832778</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
+          <t>Cankurtaran Tıp</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050829334</t>
+          <t>9786050832235</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Roald Dahl ve Çikolata Fabrikası</t>
+          <t>Acımasız Geometri</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050827538</t>
+          <t>9786050832266</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
+          <t>Sevgi Filozofu Yunus Emre</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050828672</t>
+          <t>9786050831931</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
+          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050829044</t>
+          <t>9786050831795</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050828856</t>
+          <t>9786050831863</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
+          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050828986</t>
+          <t>9786050831559</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
+          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050828825</t>
+          <t>9786050831566</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
+          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050828832</t>
+          <t>9786050830514</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
+          <t>Vücut Sahibinin El Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050828726</t>
+          <t>9786050830033</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050828696</t>
+          <t>9786050830002</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050828702</t>
+          <t>9786050829334</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
+          <t>Roald Dahl ve Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050828689</t>
+          <t>9786050827538</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050828511</t>
+          <t>9786050828672</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar</t>
+          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050826951</t>
+          <t>9786050829044</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Kuvvetler</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050828429</t>
+          <t>9786050828856</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050828559</t>
+          <t>9786050828986</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Sevgi Güneşi</t>
+          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050828719</t>
+          <t>9786050828825</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğren de Gel</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050828436</t>
+          <t>9786050828832</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050827613</t>
+          <t>9786050828726</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Milli Şairimiz Mehmet Akif</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050827521</t>
+          <t>9786050828696</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050827125</t>
+          <t>9786050828702</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
+          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050827095</t>
+          <t>9786050828689</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
+          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050826944</t>
+          <t>9786050828511</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
+          <t>Gıcık Bilgisayarlar</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050826937</t>
+          <t>9786050826951</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
+          <t>Ölümcül Kuvvetler</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050826890</t>
+          <t>9786050828429</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050826425</t>
+          <t>9786050828559</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim</t>
+          <t>Mevlana Sevgi Güneşi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050826432</t>
+          <t>9786050828719</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
+          <t>Satranç Öğren de Gel</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050826319</t>
+          <t>9786050828436</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050825633</t>
+          <t>9786050827613</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
+          <t>Milli Şairimiz Mehmet Akif</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050826289</t>
+          <t>9786050827521</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kutül Amare - Eğlenceli Tarih 20</t>
+          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050825961</t>
+          <t>9786050827125</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
+          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050825923</t>
+          <t>9786050827095</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
+          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050825954</t>
+          <t>9786050826944</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050825947</t>
+          <t>9786050826937</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
+          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050825886</t>
+          <t>9786050826890</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
+          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050825879</t>
+          <t>9786050826425</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
+          <t>Ketçap Mayonez ve Sindirim</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050825916</t>
+          <t>9786050826432</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
+          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050825909</t>
+          <t>9786050826319</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
+          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050825893</t>
+          <t>9786050825633</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
+          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050825626</t>
+          <t>9786050826289</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>1453 Geldim, Kuşattım, Fethettim</t>
+          <t>Kutül Amare - Eğlenceli Tarih 20</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050825497</t>
+          <t>9786050825961</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim</t>
+          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050824896</t>
+          <t>9786050825923</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050824919</t>
+          <t>9786050825954</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya! ?</t>
+          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050824803</t>
+          <t>9786050825947</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mısırlılar</t>
+          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050811674</t>
+          <t>9786050825886</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Mağara Adamı</t>
+          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050826609</t>
+          <t>9786050825879</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
+          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050830576</t>
+          <t>9786050825916</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dahiler ve Çılgın Yöntemleri</t>
+          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050828337</t>
+          <t>9786050825909</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
+          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050825756</t>
+          <t>9786050825893</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
+          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050826616</t>
+          <t>9786050825626</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
+          <t>1453 Geldim, Kuşattım, Fethettim</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050826982</t>
+          <t>9786050825497</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Dinozorlar</t>
+          <t>Aklımı Seveyim</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753628907</t>
+          <t>9786050824896</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
+          <t>Harika Vücudumuz</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050827606</t>
+          <t>9786050824919</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
+          <t>Kimya Kim Ya! ?</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050834062</t>
+          <t>9786050824803</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Asi Robotlar</t>
+          <t>Muhteşem Mısırlılar</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050810745</t>
+          <t>9786050811674</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Moda</t>
+          <t>Kamptan Mağara Adamı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257844116</t>
+          <t>9786050826609</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050833621</t>
+          <t>9786050830576</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı İstanbul</t>
+          <t>Dahiler ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050829167</t>
+          <t>9786050828337</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
+          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050662337</t>
+          <t>9786050825756</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük İşlemler</t>
+          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257844055</t>
+          <t>9786050826616</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Coşkun Nehirler</t>
+          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257844048</t>
+          <t>9786050826982</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sevenler Kulübü</t>
+          <t>Şaşkın Dinozorlar</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752630086</t>
+          <t>9789753628907</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İleri Zeka Spor</t>
+          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257844376</t>
+          <t>9786050827606</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050826975</t>
+          <t>9786050834062</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hain Futbol</t>
+          <t>Asi Robotlar</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257844178</t>
+          <t>9786050810745</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Bilim Takvimi</t>
+          <t>Fantastik Moda</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050662313</t>
+          <t>9786257844116</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Göllerin Suyu Çıktı</t>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257844000</t>
+          <t>9786050833621</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+          <t>Harikalar Diyarı İstanbul</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050828443</t>
+          <t>9786050829167</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Geçit Vermez Çanakkale</t>
+          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
+          <t>9786050662337</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Dört Dörtlük İşlemler</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786257844055</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Coşkun Nehirler</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786257844048</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Sevenler Kulübü</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789752630086</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>İleri Zeka Spor</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786257844376</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Hokus Pokus</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786050826975</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Hain Futbol</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786257844178</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gün Bilim Takvimi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786257844338</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Gözüpek Kaşifler</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786050662313</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Göllerin Suyu Çıktı</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786257844000</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786050828443</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Geçit Vermez Çanakkale</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
           <t>9786050662306</t>
         </is>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Acıtan Açılar</t>
         </is>
       </c>
-      <c r="C181" s="1">
+      <c r="C192" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>