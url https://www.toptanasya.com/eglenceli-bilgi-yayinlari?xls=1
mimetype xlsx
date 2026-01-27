--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -85,2905 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257844994</t>
+          <t>9786050812893</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Efsaneleri</t>
+          <t>Ben Bu Oyunu Yazarım!</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257844987</t>
+          <t>9789753627511</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dedektifi &amp; Çılgın Ekler Muhteşem Kökler</t>
+          <t>Zıpır Bilgisayar Eğlenceli Bilgi - 15</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257844970</t>
+          <t>9786050808438</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
+          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050662399</t>
+          <t>9786050808469</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri</t>
+          <t>İzmir - Çılgın Gezgin’in El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257844963</t>
+          <t>9786258710007</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destan Deyimler</t>
+          <t>Dillere Destan Atasözleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051142401</t>
+          <t>9786257844994</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
+          <t>Basketbolun Efsaneleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257844956</t>
+          <t>9786257844987</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Parlak Yapay Zeka Rehberi</t>
+          <t>Kelime Dedektifi &amp; Çılgın Ekler Muhteşem Kökler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257844819</t>
+          <t>9786257844970</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
+          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257844949</t>
+          <t>9786050662399</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem Matematikçi</t>
+          <t>Mucitler ve Parlak Fikirleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257844932</t>
+          <t>9786257844963</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Çılgın Filozofları</t>
+          <t>Dillere Destan Deyimler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257844925</t>
+          <t>9786051142401</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin - Ömür Boyu Öğrenci</t>
+          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799752634625</t>
+          <t>9786257844956</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
+          <t>Parlak Yapay Zeka Rehberi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753624640</t>
+          <t>9786257844819</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
+          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752637399</t>
+          <t>9786257844949</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler</t>
+          <t>25 Muhteşem Matematikçi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752636446</t>
+          <t>9786257844932</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
+          <t>Gezegenin Çılgın Filozofları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050801514</t>
+          <t>9786257844925</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Para-Mara Makara</t>
+          <t>Akşemseddin - Ömür Boyu Öğrenci</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799753627251</t>
+          <t>9799752634625</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257844918</t>
+          <t>9789753624640</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem İcat</t>
+          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>145</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257844901</t>
+          <t>9789752637399</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kolayca Matematik</t>
+          <t>Çıldırtan Sesler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257844888</t>
+          <t>9789752636446</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güldüren Süperstar - Nasreddin Hoca</t>
+          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>145</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257844871</t>
+          <t>9786050801514</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Havalı Bilgiler Kitabı</t>
+          <t>Para-Mara Makara</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257844864</t>
+          <t>9799753627251</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem Başarı Hikayesi!</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257844857</t>
+          <t>9786257844918</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
+          <t>25 Muhteşem İcat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050823097</t>
+          <t>9786257844901</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematik</t>
+          <t>Kolayca Matematik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257844840</t>
+          <t>9786257844888</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
+          <t>Dünyayı Güldüren Süperstar - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257844833</t>
+          <t>9786257844871</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
+          <t>Havalı Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050830040</t>
+          <t>9786257844864</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
+          <t>25 Muhteşem Başarı Hikayesi!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257844826</t>
+          <t>9786257844857</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
+          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257844802</t>
+          <t>9786050823097</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
+          <t>Sihirli Matematik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257844796</t>
+          <t>9786257844840</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
+          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257844789</t>
+          <t>9786257844833</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - O Bir Dünya Yıldızı</t>
+          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257844772</t>
+          <t>9786050830040</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257844758</t>
+          <t>9786257844826</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Neymar - O Bir Sambacı</t>
+          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257844765</t>
+          <t>9786257844802</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
+          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257844741</t>
+          <t>9786257844796</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
+          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257844734</t>
+          <t>9786257844789</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda İnecek Var!</t>
+          <t>Mbappe - O Bir Dünya Yıldızı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257844727</t>
+          <t>9786257844772</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi</t>
+          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257844710</t>
+          <t>9786257844758</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Problemsiz Matematik</t>
+          <t>Neymar - O Bir Sambacı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257844697</t>
+          <t>9786257844765</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Parlak Formüllerle Zeka Soruları</t>
+          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257844703</t>
+          <t>9786257844741</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland - O Bir Gol Makinesi</t>
+          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257844673</t>
+          <t>9786257844734</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
+          <t>Kutuplarda İnecek Var!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257844680</t>
+          <t>9786257844727</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
+          <t>Şaşırtan Galaksi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257844666</t>
+          <t>9786257844710</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina Hekimlerin Sultanı</t>
+          <t>Problemsiz Matematik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257844659</t>
+          <t>9786257844697</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
+          <t>Parlak Formüllerle Zeka Soruları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257844635</t>
+          <t>9786257844703</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
+          <t>Erling Haaland - O Bir Gol Makinesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257844642</t>
+          <t>9786257844673</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
+          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257844628</t>
+          <t>9786257844680</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Adamları</t>
+          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752636842</t>
+          <t>9786257844666</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gözüpek Kaşifler</t>
+          <t>İbni Sina Hekimlerin Sultanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257844611</t>
+          <t>9786257844659</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
+          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257844604</t>
+          <t>9786257844635</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kafa Patlatan Kelime Oyunları</t>
+          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257844598</t>
+          <t>9786257844642</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler</t>
+          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752634398</t>
+          <t>9786257844628</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
+          <t>Padişahın Adamları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257844468</t>
+          <t>9789752636842</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
+          <t>Gözüpek Kaşifler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050806724</t>
+          <t>9786257844611</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257844581</t>
+          <t>9786257844604</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri 2</t>
+          <t>Kafa Patlatan Kelime Oyunları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257844574</t>
+          <t>9786257844598</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Diego Armando Maradona - O Bir Efsane</t>
+          <t>Muhteşem Filmler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257844550</t>
+          <t>9789752634398</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Casuslar</t>
+          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257844529</t>
+          <t>9786257844468</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar Ve Sultanlar Albümü</t>
+          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257844567</t>
+          <t>9786050806724</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cezeri ve Akılalmaz Makineleri</t>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257844536</t>
+          <t>9786257844581</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
+          <t>Osmanlı Süper Beyinleri 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257844543</t>
+          <t>9786257844574</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
+          <t>Diego Armando Maradona - O Bir Efsane</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257844512</t>
+          <t>9786257844550</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
+          <t>Korkusuz Casuslar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257844505</t>
+          <t>9786257844529</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
+          <t>Padişahlar Ve Sultanlar Albümü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257844499</t>
+          <t>9786257844567</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
+          <t>Cezeri ve Akılalmaz Makineleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257844482</t>
+          <t>9786257844536</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sarsıcı İkinci Dünya Savaşı</t>
+          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257844475</t>
+          <t>9786257844543</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
+          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257844451</t>
+          <t>9786257844512</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Vikingler</t>
+          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257844369</t>
+          <t>9786257844505</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
+          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257844345</t>
+          <t>9786257844499</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
+          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050824407</t>
+          <t>9786257844482</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Havalı Dört İşlem</t>
+          <t>Sarsıcı İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257844307</t>
+          <t>9786257844475</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>O Bir Uzaylı: Lionel Messi</t>
+          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257844321</t>
+          <t>9786257844451</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>O Bir Süperstar: Cristiano Ronaldo</t>
+          <t>Tehlikeli Vikingler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257844314</t>
+          <t>9786257844369</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
+          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257844284</t>
+          <t>9786257844345</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar</t>
+          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257844192</t>
+          <t>9786050824407</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
+          <t>Havalı Dört İşlem</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257844277</t>
+          <t>9786257844307</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
+          <t>O Bir Uzaylı: Lionel Messi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257844260</t>
+          <t>9786257844321</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
+          <t>O Bir Süperstar: Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257844147</t>
+          <t>9786257844314</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Fırtınası Trabzonspor</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257844123</t>
+          <t>9786257844284</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kara Sevda Beşiktaş</t>
+          <t>Akılalmaz Yapılar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257844253</t>
+          <t>9786257844192</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Efsane Fenerbahçe</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257844130</t>
+          <t>9786257844277</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
+          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257844222</t>
+          <t>9786257844260</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Bilim</t>
+          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257844246</t>
+          <t>9786257844147</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları</t>
+          <t>Kuzey Fırtınası Trabzonspor</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257844239</t>
+          <t>9786257844123</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler</t>
+          <t>Kara Sevda Beşiktaş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050834437</t>
+          <t>9786257844253</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Bir Efsane Fenerbahçe</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050834444</t>
+          <t>9786257844130</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050662375</t>
+          <t>9786257844222</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları</t>
+          <t>Güldür Güldür Bilim</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050662320</t>
+          <t>9786257844246</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler</t>
+          <t>Kasırga Avcıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257844109</t>
+          <t>9786257844239</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
+          <t>İnanılmaz Özel Efektler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257844079</t>
+          <t>9786050834437</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050662382</t>
+          <t>9786050834444</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050662344</t>
+          <t>9786050662375</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler</t>
+          <t>Yazı Tura ve Olasılık Hesapları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050662368</t>
+          <t>9786050662320</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sakın Bana Sakin Ol Deme!</t>
+          <t>Yaşlı Dünyamız ve Depremler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050662351</t>
+          <t>9786257844109</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı</t>
+          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257844161</t>
+          <t>9786257844079</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Para - Mara Makara</t>
+          <t>Tehlikeli Dünya Kupası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257844154</t>
+          <t>9786050662382</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Suç Avcıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257844017</t>
+          <t>9786050662344</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik</t>
+          <t>Şaşmaz Ölçüler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257844185</t>
+          <t>9786050662368</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Matematik</t>
+          <t>Sakın Bana Sakin Ol Deme!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257844024</t>
+          <t>9786050662351</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Sorular</t>
+          <t>Özgür Dağcının El Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257844031</t>
+          <t>9786257844161</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Para - Mara Makara</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257844062</t>
+          <t>9786257844154</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları ve Paradokslar</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257844086</t>
+          <t>9786257844017</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mağara Adamı</t>
+          <t>Öldürücü Matematik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050829143</t>
+          <t>9786257844185</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İleri Zekaspor</t>
+          <t>Nerden Çıktı Bu Matematik</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257844208</t>
+          <t>9786257844024</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X</t>
+          <t>Korkunç Sorular</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257844215</t>
+          <t>9786257844031</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular - Macera Dolu Anadolu</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050833782</t>
+          <t>9786257844062</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
+          <t>Mantık Oyunları ve Paradokslar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050832969</t>
+          <t>9786257844086</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Çılgın Sporcuları</t>
+          <t>Kaptan Mağara Adamı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050832976</t>
+          <t>9786050829143</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kafa Açan Noktalar</t>
+          <t>İleri Zekaspor</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050832990</t>
+          <t>9786257844208</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Issız Korsan Adaları</t>
+          <t>Hayalet X</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050832761</t>
+          <t>9786257844215</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cesur Pilotlar</t>
+          <t>Selçuklular - Macera Dolu Anadolu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050832778</t>
+          <t>9786050833782</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp</t>
+          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050832235</t>
+          <t>9786050832969</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Geometri</t>
+          <t>Gezegenin Çılgın Sporcuları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050832266</t>
+          <t>9786050832976</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Filozofu Yunus Emre</t>
+          <t>Kafa Açan Noktalar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050831931</t>
+          <t>9786050832990</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
+          <t>Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050831795</t>
+          <t>9786050832761</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
+          <t>Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050831863</t>
+          <t>9786050832778</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
+          <t>Cankurtaran Tıp</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050831559</t>
+          <t>9786050832235</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
+          <t>Acımasız Geometri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050831566</t>
+          <t>9786050832266</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
+          <t>Sevgi Filozofu Yunus Emre</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050830514</t>
+          <t>9786050831931</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vücut Sahibinin El Kitabı</t>
+          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050830033</t>
+          <t>9786050831795</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
+          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050830002</t>
+          <t>9786050831863</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
+          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050829334</t>
+          <t>9786050831559</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Roald Dahl ve Çikolata Fabrikası</t>
+          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050827538</t>
+          <t>9786050831566</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
+          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050828672</t>
+          <t>9786050830514</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
+          <t>Vücut Sahibinin El Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050829044</t>
+          <t>9786050830033</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050828856</t>
+          <t>9786050830002</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
+          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050828986</t>
+          <t>9786050829334</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
+          <t>Roald Dahl ve Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050828825</t>
+          <t>9786050827538</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050828832</t>
+          <t>9786050828672</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
+          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050828726</t>
+          <t>9786050829044</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050828696</t>
+          <t>9786050828856</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050828702</t>
+          <t>9786050828986</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
+          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050828689</t>
+          <t>9786050828825</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050828511</t>
+          <t>9786050828832</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050826951</t>
+          <t>9786050828726</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Kuvvetler</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050828429</t>
+          <t>9786050828696</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050828559</t>
+          <t>9786050828702</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Sevgi Güneşi</t>
+          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050828719</t>
+          <t>9786050828689</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğren de Gel</t>
+          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050828436</t>
+          <t>9786050828511</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
+          <t>Gıcık Bilgisayarlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050827613</t>
+          <t>9786050826951</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Milli Şairimiz Mehmet Akif</t>
+          <t>Ölümcül Kuvvetler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050827521</t>
+          <t>9786050828429</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050827125</t>
+          <t>9786050828559</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
+          <t>Mevlana Sevgi Güneşi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050827095</t>
+          <t>9786050828719</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
+          <t>Satranç Öğren de Gel</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050826944</t>
+          <t>9786050828436</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050826937</t>
+          <t>9786050827613</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
+          <t>Milli Şairimiz Mehmet Akif</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050826890</t>
+          <t>9786050827521</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
+          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050826425</t>
+          <t>9786050827125</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim</t>
+          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050826432</t>
+          <t>9786050827095</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
+          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050826319</t>
+          <t>9786050826944</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050825633</t>
+          <t>9786050826937</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
+          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050826289</t>
+          <t>9786050826890</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kutül Amare - Eğlenceli Tarih 20</t>
+          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050825961</t>
+          <t>9786050826425</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
+          <t>Ketçap Mayonez ve Sindirim</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050825923</t>
+          <t>9786050826432</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
+          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050825954</t>
+          <t>9786050826319</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
+          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050825947</t>
+          <t>9786050825633</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
+          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050825886</t>
+          <t>9786050826289</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
+          <t>Kutül Amare - Eğlenceli Tarih 20</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050825879</t>
+          <t>9786050825961</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
+          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050825916</t>
+          <t>9786050825923</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
+          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050825909</t>
+          <t>9786050825954</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
+          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050825893</t>
+          <t>9786050825947</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
+          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050825626</t>
+          <t>9786050825886</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>1453 Geldim, Kuşattım, Fethettim</t>
+          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050825497</t>
+          <t>9786050825879</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim</t>
+          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050824896</t>
+          <t>9786050825916</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050824919</t>
+          <t>9786050825909</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya! ?</t>
+          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050824803</t>
+          <t>9786050825893</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mısırlılar</t>
+          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050811674</t>
+          <t>9786050825626</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Mağara Adamı</t>
+          <t>1453 Geldim, Kuşattım, Fethettim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050826609</t>
+          <t>9786050825497</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
+          <t>Aklımı Seveyim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050830576</t>
+          <t>9786050824896</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dahiler ve Çılgın Yöntemleri</t>
+          <t>Harika Vücudumuz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050828337</t>
+          <t>9786050824919</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
+          <t>Kimya Kim Ya! ?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050825756</t>
+          <t>9786050824803</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
+          <t>Muhteşem Mısırlılar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050826616</t>
+          <t>9786050811674</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
+          <t>Kamptan Mağara Adamı</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050826982</t>
+          <t>9786050826609</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Dinozorlar</t>
+          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753628907</t>
+          <t>9786050830576</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
+          <t>Dahiler ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050827606</t>
+          <t>9786050828337</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
+          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050834062</t>
+          <t>9786050825756</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Asi Robotlar</t>
+          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050810745</t>
+          <t>9786050826616</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Moda</t>
+          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257844116</t>
+          <t>9786050826982</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Şaşkın Dinozorlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050833621</t>
+          <t>9789753628907</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı İstanbul</t>
+          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050829167</t>
+          <t>9786050827606</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
+          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050662337</t>
+          <t>9786050834062</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük İşlemler</t>
+          <t>Asi Robotlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257844055</t>
+          <t>9786050810745</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Coşkun Nehirler</t>
+          <t>Fantastik Moda</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257844048</t>
+          <t>9786257844116</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sevenler Kulübü</t>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752630086</t>
+          <t>9786050833621</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İleri Zeka Spor</t>
+          <t>Harikalar Diyarı İstanbul</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257844376</t>
+          <t>9786050829167</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050826975</t>
+          <t>9786050662337</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hain Futbol</t>
+          <t>Dört Dörtlük İşlemler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257844178</t>
+          <t>9786257844055</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Bilim Takvimi</t>
+          <t>Coşkun Nehirler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257844338</t>
+          <t>9786257844048</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Gözüpek Kaşifler</t>
+          <t>Bitki Sevenler Kulübü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050662313</t>
+          <t>9789752630086</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Göllerin Suyu Çıktı</t>
+          <t>İleri Zeka Spor</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257844000</t>
+          <t>9786257844376</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050828443</t>
+          <t>9786050826975</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Geçit Vermez Çanakkale</t>
+          <t>Hain Futbol</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
+          <t>9786257844178</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gün Bilim Takvimi</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786257844338</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Gözüpek Kaşifler</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786050662313</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Göllerin Suyu Çıktı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786257844000</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786050828443</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Geçit Vermez Çanakkale</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
           <t>9786050662306</t>
         </is>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Acıtan Açılar</t>
         </is>
       </c>
-      <c r="C192" s="1">
-        <v>160</v>
+      <c r="C197" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>