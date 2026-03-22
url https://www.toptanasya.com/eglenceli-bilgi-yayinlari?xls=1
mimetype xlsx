--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -85,2980 +85,3640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050812893</t>
+          <t>9786258710021</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Oyunu Yazarım!</t>
+          <t>25 Muhteşem İyilik</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753627511</t>
+          <t>9786050811384</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Bilgisayar Eğlenceli Bilgi - 15</t>
+          <t>Ankara - Çılgın Gezgin’in El Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050808438</t>
+          <t>9786050829006</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
+          <t>Zeka Spor - Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050808469</t>
+          <t>9786050816952</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İzmir - Çılgın Gezgin’in El Kitabı</t>
+          <t>Sihir de Neymiş!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258710007</t>
+          <t>9786050828320</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destan Atasözleri</t>
+          <t>Alem Buysa Kral Benim (İmza: Nokta)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257844994</t>
+          <t>9786050823974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Basketbolun Efsaneleri</t>
+          <t>Zeka Bükücü Matematik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257844987</t>
+          <t>9789752631922</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dedektifi &amp; Çılgın Ekler Muhteşem Kökler</t>
+          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi 43</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257844970</t>
+          <t>9789752630253</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
+          <t>Leonardo da Vinci Ve Onun Süper Beyni</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050662399</t>
+          <t>9789752639508</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri</t>
+          <t>Kutuplarda İnecek Var</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257844963</t>
+          <t>9789752630727</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dillere Destan Deyimler</t>
+          <t>Korkunç Sorular</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051142401</t>
+          <t>9786050803150</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
+          <t>Kafa Patlatan Kelime Oyunları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257844956</t>
+          <t>9789752630734</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Parlak Yapay Zeka Rehberi</t>
+          <t>Akılalmaz Deneyler Eğlenceli Bilgi - 35</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257844819</t>
+          <t>9789752635401</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
+          <t>Acımasız Geometri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257844949</t>
+          <t>9789752636965</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem Matematikçi</t>
+          <t>7’den 77’ye Zeka Soruları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257844932</t>
+          <t>9786051147994</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Çılgın Filozofları</t>
+          <t>Yorgun Dünyamız</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257844925</t>
+          <t>9786257844093</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin - Ömür Boyu Öğrenci</t>
+          <t>Acil Durum Padişahı II. Abdülhamid</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799752634625</t>
+          <t>9786051148038</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
+          <t>Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753624640</t>
+          <t>9786051148014</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
+          <t>Tehlikeli Kutuplar</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752637399</t>
+          <t>9789752635081</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler</t>
+          <t>Zaman Makinesi Eğlenceli Bilgi - 56</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752636446</t>
+          <t>9789752637924</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
+          <t>Yontulmuş Matematik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050801514</t>
+          <t>9789752637917</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Para-Mara Makara</t>
+          <t>Yazar Ne Yazar?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799753627251</t>
+          <t>9789752637146</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Varsa Yoksa Futbol</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257844918</t>
+          <t>9789752635302</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem İcat</t>
+          <t>En Kral Zeka Soruları Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257844901</t>
+          <t>9789753627085</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kolayca Matematik</t>
+          <t>Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257844888</t>
+          <t>9786050805116</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güldüren Süperstar - Nasreddin Hoca</t>
+          <t>Eğlenceli Dünyamız (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>54.17</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257844871</t>
+          <t>9786050807493</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Havalı Bilgiler Kitabı</t>
+          <t>Eğlenceli Bilgi Nasıl Çizilir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257844864</t>
+          <t>9786051142111</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>25 Muhteşem Başarı Hikayesi!</t>
+          <t>Düşün, Üret, Bul!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257844857</t>
+          <t>9789752639737</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
+          <t>Çok Özel Sözel Zeka</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050823097</t>
+          <t>9786051142203</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematik</t>
+          <t>Çizer Ne Çizer?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257844840</t>
+          <t>9789752631540</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
+          <t>Çatlak Matematik Oyunları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257844833</t>
+          <t>9799753629224</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
+          <t>Bilmemek Ayıp Değil</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050830040</t>
+          <t>9786050821444</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
+          <t>Eğlenceli Tarih - Sevgi Filozofu Yunus Emre</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257844826</t>
+          <t>9786257844352</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
+          <t>Milli Takım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257844802</t>
+          <t>9786050804997</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
+          <t>Dünyamızın Eğlenceli Coğrafyası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257844796</t>
+          <t>9789752638341</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
+          <t>Dikkat! Dikkat!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257844789</t>
+          <t>9786051148007</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - O Bir Dünya Yıldızı</t>
+          <t>Çılgın Havalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257844772</t>
+          <t>9786050819069</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
+          <t>Yar Bana Bir Eğlence : Karagöz ve Hacivat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257844758</t>
+          <t>9789752635395</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Neymar - O Bir Sambacı</t>
+          <t>Eğlenceli Tarih 4 Mevlana Sevgi Güneşi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257844765</t>
+          <t>9786257844291</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
+          <t>Daha Öldürücü Matematik</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257844741</t>
+          <t>9789752636712</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
+          <t>Eğlenceli Bilgi 30 - Bilgiç 20. Yüzyıl</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257844734</t>
+          <t>9789752630109</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda İnecek Var!</t>
+          <t>Ofsayt Avrupa Futbol Şampiyonası Eğlenceli Bilgi - 31</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257844727</t>
+          <t>9786051148021</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi</t>
+          <t>Korkunç Volkanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257844710</t>
+          <t>9786051140964</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Problemsiz Matematik</t>
+          <t>Sakın Bana Sakin Ol Deme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257844697</t>
+          <t>9786258710014</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Parlak Formüllerle Zeka Soruları</t>
+          <t>Güvenli İnternet Alemi</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257844703</t>
+          <t>9786050812893</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland - O Bir Gol Makinesi</t>
+          <t>Ben Bu Oyunu Yazarım!</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257844673</t>
+          <t>9789753627511</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
+          <t>Zıpır Bilgisayar Eğlenceli Bilgi - 15</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257844680</t>
+          <t>9786050808438</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
+          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257844666</t>
+          <t>9786050808469</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina Hekimlerin Sultanı</t>
+          <t>İzmir - Çılgın Gezgin’in El Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257844659</t>
+          <t>9786258710007</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
+          <t>Dillere Destan Atasözleri</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257844635</t>
+          <t>9786257844994</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
+          <t>Basketbolun Efsaneleri</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257844642</t>
+          <t>9786257844987</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
+          <t>Kelime Dedektifi &amp; Çılgın Ekler Muhteşem Kökler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257844628</t>
+          <t>9786257844970</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Adamları</t>
+          <t>Hapur Hupur Matematik Sayılar Mutfakta!</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752636842</t>
+          <t>9786050662399</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gözüpek Kaşifler</t>
+          <t>Mucitler ve Parlak Fikirleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257844611</t>
+          <t>9786257844963</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
+          <t>Dillere Destan Deyimler</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257844604</t>
+          <t>9786051142401</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kafa Patlatan Kelime Oyunları</t>
+          <t>Neşeli Tiyatro Acıklı Shakespeare</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257844598</t>
+          <t>9786257844956</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler</t>
+          <t>Parlak Yapay Zeka Rehberi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752634398</t>
+          <t>9786257844819</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
+          <t>Kısa Dünya Tarihi - Dünyaya Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257844468</t>
+          <t>9786257844949</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
+          <t>25 Muhteşem Matematikçi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050806724</t>
+          <t>9786257844932</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Gezegenin Çılgın Filozofları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257844581</t>
+          <t>9786257844925</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri 2</t>
+          <t>Akşemseddin - Ömür Boyu Öğrenci</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257844574</t>
+          <t>9799752634625</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Diego Armando Maradona - O Bir Efsane</t>
+          <t>Kasırga Avcıları Eğlenceli Bilgi - 53</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257844550</t>
+          <t>9789753624640</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Casuslar</t>
+          <t>Daha Öldürücü Matematik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257844529</t>
+          <t>9789752637399</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Padişahlar Ve Sultanlar Albümü</t>
+          <t>Çıldırtan Sesler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257844567</t>
+          <t>9789752636446</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cezeri ve Akılalmaz Makineleri</t>
+          <t>Cankurtaran Tıp Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257844536</t>
+          <t>9786050801514</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
+          <t>Para-Mara Makara</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257844543</t>
+          <t>9799753627251</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257844512</t>
+          <t>9786257844918</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
+          <t>25 Muhteşem İcat</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257844505</t>
+          <t>9786257844901</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
+          <t>Kolayca Matematik</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257844499</t>
+          <t>9786257844888</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
+          <t>Dünyayı Güldüren Süperstar - Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257844482</t>
+          <t>9786257844871</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sarsıcı İkinci Dünya Savaşı</t>
+          <t>Havalı Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257844475</t>
+          <t>9786257844864</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
+          <t>25 Muhteşem Başarı Hikayesi!</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257844451</t>
+          <t>9786257844857</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Vikingler</t>
+          <t>Ali Kuşçu - Sönmeyen Bilim Güneşi</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257844369</t>
+          <t>9786050823097</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
+          <t>Sihirli Matematik</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257844345</t>
+          <t>9786257844840</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
+          <t>Bi' Dünya Gizem! - Dünyanın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050824407</t>
+          <t>9786257844833</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Havalı Dört İşlem</t>
+          <t>Yanlış Alarm - Komik Gelecek Tahminleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257844307</t>
+          <t>9786050830040</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>O Bir Uzaylı: Lionel Messi</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 3</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257844321</t>
+          <t>9786257844826</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>O Bir Süperstar: Cristiano Ronaldo</t>
+          <t>Gel De İnanma - Sağlıkta Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257844314</t>
+          <t>9786257844802</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
+          <t>Milli Mücadele Kahramanları - Her Şey Vatan İçin</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257844284</t>
+          <t>9786257844796</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar</t>
+          <t>Sağım Solum Matematik - Günlük Hayatta Matematik</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257844192</t>
+          <t>9786257844789</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
+          <t>Mbappe - O Bir Dünya Yıldızı</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257844277</t>
+          <t>9786257844772</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
+          <t>3-2-1 Kayıt! - Bugün Ne İzlesem?</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257844260</t>
+          <t>9786257844758</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
+          <t>Neymar - O Bir Sambacı</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257844147</t>
+          <t>9786257844765</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Fırtınası Trabzonspor</t>
+          <t>Ver Elini Osmanlı - Kısa Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257844123</t>
+          <t>9786257844741</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kara Sevda Beşiktaş</t>
+          <t>Şu Muhteşem Türkler - Bi Dünya Türk Tarihi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257844253</t>
+          <t>9786257844734</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Efsane Fenerbahçe</t>
+          <t>Kutuplarda İnecek Var!</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257844130</t>
+          <t>9786257844727</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
+          <t>Şaşırtan Galaksi</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257844222</t>
+          <t>9786257844710</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Güldür Güldür Bilim</t>
+          <t>Problemsiz Matematik</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257844246</t>
+          <t>9786257844697</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Avcıları</t>
+          <t>Parlak Formüllerle Zeka Soruları</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257844239</t>
+          <t>9786257844703</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler</t>
+          <t>Erling Haaland - O Bir Gol Makinesi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050834437</t>
+          <t>9786257844673</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Korkusuz Liderler - Tarih Yazan Komutanlar</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050834444</t>
+          <t>9786257844680</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>Emret Komutanım - Osmanlı’nın Muhteşem Askeri Gücü</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050662375</t>
+          <t>9786257844666</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları</t>
+          <t>İbni Sina Hekimlerin Sultanı</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050662320</t>
+          <t>9786257844659</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler</t>
+          <t>Muhammed Ali - Tüm Zamanların En İyisi</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257844109</t>
+          <t>9786257844635</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
+          <t>Türkçenin Ustaları ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257844079</t>
+          <t>9786257844642</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası</t>
+          <t>Gel De İnanma - Ezber Bozan Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050662382</t>
+          <t>9786257844628</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları</t>
+          <t>Padişahın Adamları</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050662344</t>
+          <t>9789752636842</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler</t>
+          <t>Gözüpek Kaşifler</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050662368</t>
+          <t>9786257844611</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sakın Bana Sakin Ol Deme!</t>
+          <t>Uçsuz Bucaksız Çöller - Eğlenceli Bilgi 146</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050662351</t>
+          <t>9786257844604</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı</t>
+          <t>Kafa Patlatan Kelime Oyunları</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257844161</t>
+          <t>9786257844598</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Para - Mara Makara</t>
+          <t>Muhteşem Filmler</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257844154</t>
+          <t>9789752634398</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Eğlenceli Bilgi Hobi: Hokus Pokus</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257844017</t>
+          <t>9786257844468</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik</t>
+          <t>Ofsayt Avrupa Futbol Şampiyonası (1960 - 2020)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257844185</t>
+          <t>9786050806724</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Matematik</t>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257844024</t>
+          <t>9786257844581</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Sorular</t>
+          <t>Osmanlı Süper Beyinleri 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257844031</t>
+          <t>9786257844574</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Diego Armando Maradona - O Bir Efsane</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257844062</t>
+          <t>9786257844550</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları ve Paradokslar</t>
+          <t>Korkusuz Casuslar</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257844086</t>
+          <t>9786257844529</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mağara Adamı</t>
+          <t>Padişahlar Ve Sultanlar Albümü</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050829143</t>
+          <t>9786257844567</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İleri Zekaspor</t>
+          <t>Cezeri ve Akılalmaz Makineleri</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257844208</t>
+          <t>9786257844536</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X</t>
+          <t>Cümlelerin Gücü Adına: Dil Bilgisinin Sırları</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257844215</t>
+          <t>9786257844543</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular - Macera Dolu Anadolu</t>
+          <t>Çılgın Fencinin Deneyler Kitabı: Pratik Sıvı Deneyleri</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050833782</t>
+          <t>9786257844512</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
+          <t>Osmanlı'da Sanatçılar ve Çılgın Yöntemleri</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050832969</t>
+          <t>9786257844505</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Çılgın Sporcuları</t>
+          <t>Dikkat! Dikkat! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050832976</t>
+          <t>9786257844499</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kafa Açan Noktalar</t>
+          <t>Tarihin Sıfır Noktası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050832990</t>
+          <t>9786257844482</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Issız Korsan Adaları</t>
+          <t>Sarsıcı İkinci Dünya Savaşı</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050832761</t>
+          <t>9786257844475</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cesur Pilotlar</t>
+          <t>Gel de İnanma Şaşırtıcı Osmanlı Gerçekleri - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050832778</t>
+          <t>9786257844451</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Tıp</t>
+          <t>Tehlikeli Vikingler</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050832235</t>
+          <t>9786257844369</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Geometri</t>
+          <t>Müzelik Müzeler - Eğlenceli Sanat</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050832266</t>
+          <t>9786257844345</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Filozofu Yunus Emre</t>
+          <t>Fethin Sembolü Ayasofya - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050831931</t>
+          <t>9786050824407</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
+          <t>Havalı Dört İşlem</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050831795</t>
+          <t>9786257844307</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
+          <t>O Bir Uzaylı: Lionel Messi</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050831863</t>
+          <t>9786257844321</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
+          <t>O Bir Süperstar: Cristiano Ronaldo</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050831559</t>
+          <t>9786257844314</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 4</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050831566</t>
+          <t>9786257844284</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
+          <t>Akılalmaz Yapılar</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050830514</t>
+          <t>9786257844192</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Vücut Sahibinin El Kitabı</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050830033</t>
+          <t>9786257844277</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
+          <t>Çıldırtan Sesler - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050830002</t>
+          <t>9786257844260</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
+          <t>10 Numara Osmanlı - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050829334</t>
+          <t>9786257844147</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Roald Dahl ve Çikolata Fabrikası</t>
+          <t>Kuzey Fırtınası Trabzonspor</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050827538</t>
+          <t>9786257844123</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
+          <t>Kara Sevda Beşiktaş</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050828672</t>
+          <t>9786257844253</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
+          <t>Bir Efsane Fenerbahçe</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050829044</t>
+          <t>9786257844130</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Süper Zekaspor</t>
+          <t>Adımız Aslan İşimiz Destan Galatasaray</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050828856</t>
+          <t>9786257844222</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
+          <t>Güldür Güldür Bilim</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050828986</t>
+          <t>9786257844246</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
+          <t>Kasırga Avcıları</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050828825</t>
+          <t>9786257844239</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
+          <t>İnanılmaz Özel Efektler</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050828832</t>
+          <t>9786050834437</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050828726</t>
+          <t>9786050834444</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050828696</t>
+          <t>9786050662375</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Yazı Tura ve Olasılık Hesapları</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050828702</t>
+          <t>9786050662320</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
+          <t>Yaşlı Dünyamız ve Depremler</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050828689</t>
+          <t>9786257844109</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
+          <t>Yar Bana Bir Eğlence - Karagöz ve Hacivat</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050828511</t>
+          <t>9786257844079</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar</t>
+          <t>Tehlikeli Dünya Kupası</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050826951</t>
+          <t>9786050662382</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Kuvvetler</t>
+          <t>Suç Avcıları</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050828429</t>
+          <t>9786050662344</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Şaşmaz Ölçüler</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050828559</t>
+          <t>9786050662368</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Sevgi Güneşi</t>
+          <t>Sakın Bana Sakin Ol Deme!</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050828719</t>
+          <t>9786050662351</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğren de Gel</t>
+          <t>Özgür Dağcının El Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050828436</t>
+          <t>9786257844161</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
+          <t>Para - Mara Makara</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050827613</t>
+          <t>9786257844154</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Milli Şairimiz Mehmet Akif</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050827521</t>
+          <t>9786257844017</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
+          <t>Öldürücü Matematik</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050827125</t>
+          <t>9786257844185</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
+          <t>Nerden Çıktı Bu Matematik</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050827095</t>
+          <t>9786257844024</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
+          <t>Korkunç Sorular</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050826944</t>
+          <t>9786257844031</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050826937</t>
+          <t>9786257844062</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
+          <t>Mantık Oyunları ve Paradokslar</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050826890</t>
+          <t>9786257844086</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
+          <t>Kaptan Mağara Adamı</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050826425</t>
+          <t>9786050829143</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim</t>
+          <t>İleri Zekaspor</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050826432</t>
+          <t>9786257844208</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
+          <t>Hayalet X</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050826319</t>
+          <t>9786257844215</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
+          <t>Selçuklular - Macera Dolu Anadolu</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050825633</t>
+          <t>9786050833782</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
+          <t>Eğlenceli Tarih: Tarih Yazmak Bizim İşimiz</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050826289</t>
+          <t>9786050832969</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kutül Amare - Eğlenceli Tarih 20</t>
+          <t>Gezegenin Çılgın Sporcuları</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050825961</t>
+          <t>9786050832976</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
+          <t>Kafa Açan Noktalar</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050825923</t>
+          <t>9786050832990</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
+          <t>Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050825954</t>
+          <t>9786050832761</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
+          <t>Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050825947</t>
+          <t>9786050832778</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
+          <t>Cankurtaran Tıp</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050825886</t>
+          <t>9786050832235</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
+          <t>Acımasız Geometri</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050825879</t>
+          <t>9786050832266</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
+          <t>Sevgi Filozofu Yunus Emre</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050825916</t>
+          <t>9786050831931</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
+          <t>Çok Özel Sözel Zeka (6-10 Yaş)</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050825909</t>
+          <t>9786050831795</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
+          <t>Eğlenceli Tarih - Yeni Nesil Padişah Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050825893</t>
+          <t>9786050831863</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
+          <t>Eğlenceli Başarı - Göz Göre Göre Görsel Zeka</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050825626</t>
+          <t>9786050831559</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>1453 Geldim, Kuşattım, Fethettim</t>
+          <t>Bursa - Çılgın Gezgin'in El Kitabı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050825497</t>
+          <t>9786050831566</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim</t>
+          <t>Düşün Üret Bul! - Eğlenceli Başarı</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050824896</t>
+          <t>9786050830514</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Vücut Sahibinin El Kitabı</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050824919</t>
+          <t>9786050830033</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya! ?</t>
+          <t>Yontulmuş Matematik Sayıların Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050824803</t>
+          <t>9786050830002</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Mısırlılar</t>
+          <t>Derin Okyanuslar - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050811674</t>
+          <t>9786050829334</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kamptan Mağara Adamı</t>
+          <t>Roald Dahl ve Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050826609</t>
+          <t>9786050827538</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050830576</t>
+          <t>9786050828672</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dahiler ve Çılgın Yöntemleri</t>
+          <t>Barbaros Denizler Fatihi - Eğlenceli Tarih 44</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050828337</t>
+          <t>9786050829044</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
+          <t>Süper Zekaspor</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050825756</t>
+          <t>9786050828856</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
+          <t>Dere Tepe Düz Gittim - Eğlenceli Bilgi Coğrafya 50</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050826616</t>
+          <t>9786050828986</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
+          <t>Orhan Gazi Geliyor Korktun mu Bizans? - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050826982</t>
+          <t>9786050828825</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Dinozorlar</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı - Eğlenceli Bilgi Bilim 51</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753628907</t>
+          <t>9786050828832</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi Bilim 52</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050827606</t>
+          <t>9786050828726</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050834062</t>
+          <t>9786050828696</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Asi Robotlar</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050810745</t>
+          <t>9786050828702</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Moda</t>
+          <t>Piri Reis ve Acayip Haritası - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257844116</t>
+          <t>9786050828689</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+          <t>Ustalar Ustası Mimar Sinan - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050833621</t>
+          <t>9786050828511</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı İstanbul</t>
+          <t>Gıcık Bilgisayarlar</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050829167</t>
+          <t>9786050826951</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
+          <t>Ölümcül Kuvvetler</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050662337</t>
+          <t>9786050828429</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük İşlemler</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257844055</t>
+          <t>9786050828559</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Coşkun Nehirler</t>
+          <t>Mevlana Sevgi Güneşi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257844048</t>
+          <t>9786050828719</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sevenler Kulübü</t>
+          <t>Satranç Öğren de Gel</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752630086</t>
+          <t>9786050828436</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İleri Zeka Spor</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257844376</t>
+          <t>9786050827613</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Milli Şairimiz Mehmet Akif</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050826975</t>
+          <t>9786050827521</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hain Futbol</t>
+          <t>Alp Arslan'ın Yolu Anadolu - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257844178</t>
+          <t>9786050827125</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Bilim Takvimi</t>
+          <t>Eğlenceli Tarih 31: Yavuz Sultan Selim - Hayallere Sığmayan Padişah</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257844338</t>
+          <t>9786050827095</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gözüpek Kaşifler</t>
+          <t>Eğlenceli Tarih 30 - Gizli Kurucu Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050662313</t>
+          <t>9786050826944</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Göllerin Suyu Çıktı</t>
+          <t>Eğlenceli Gezi - Güzel Ülkem Türkiye 2</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257844000</t>
+          <t>9786050826937</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+          <t>Eğlenceli Gezi 29 - Güzel Ülkem Türkiye 1</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050828443</t>
+          <t>9786050826890</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geçit Vermez Çanakkale</t>
+          <t>Paylaşılamayan Kupa : Dünden Bugüne Şampiyonlar Ligi</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
+          <t>9786050826425</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Ketçap Mayonez ve Sindirim</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786050826432</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Tarih: Muhteşem Süleyman Kanuni</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786050826319</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Mikroskobik Canavarlar - Eğlenceli Bilgi Bilim 21</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786050825633</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Kaleyi Tutsa Gol - Eğlenceli Hobi 19</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786050826289</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kutül Amare - Eğlenceli Tarih 20</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786050825961</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilgi Bilim 15 - Çarpıcı Elektrik</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786050825923</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilgi Bilim 17 - Akılalmaz Deneyler</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786050825954</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilgi Bilim 16 - Obur Etoburlar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786050825947</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilgi Hobi 18 - Nefis Çikolata</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786050825886</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Isaac Newton ve Elması Eğlenceli Bilgi - 61</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786050825879</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Çılgın Teorisyen Eğlenceli Bilgi 60</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786050825916</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Tatil Yaptıran Hastalıklar Eğlenceli Bilgi - 64</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786050825909</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Matrak Böcekler Eğlenceli Bilgi - 63</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786050825893</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci ve Onun Süper Beyni Eğlenceli Bilgi - 62</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786050825626</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>1453 Geldim, Kuşattım, Fethettim</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786050825497</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Aklımı Seveyim</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786050824896</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Harika Vücudumuz</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786050824919</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Kim Ya! ?</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786050824803</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Mısırlılar</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786050811674</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Kamptan Mağara Adamı</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786050826609</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Hocam Sağolsun İmza: Padişah - Eğlenceli Tarih</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786050830576</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Dahiler ve Çılgın Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786050828337</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Dahi Fatih'in Muhteşem Fethi - Eğlenceli Tarih</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786050825756</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çeken Bilim Adamları Eğlenceli Bilgi - 30</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786050826616</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Tarih - Ocağına Düştüm Yeniçeri</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786050826982</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Şaşkın Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789753628907</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Dünyamız ve Depremler Eğlenceli Bilgi - 22</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786050827606</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Osman Gazi Büyük Kurucu - Eğlenceli Tarih</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786050834062</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Asi Robotlar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786050810745</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Moda</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786257844116</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitap Buraya Nasıl Geldi?</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786050833621</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Harikalar Diyarı İstanbul</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786050829167</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Dünya’dan ve Türkiye’den En’ler ve İlk’ler</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786050662337</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Dört Dörtlük İşlemler</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786257844055</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Coşkun Nehirler</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786257844048</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Bitki Sevenler Kulübü</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789752630086</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>İleri Zeka Spor</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786257844376</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Hokus Pokus</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786050826975</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Hain Futbol</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786257844178</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gün Bilim Takvimi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786257844338</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Gözüpek Kaşifler</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786050662313</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Göllerin Suyu Çıktı</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786257844000</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Hazineler Mumyalar ve Arkeoloji</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786050828443</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Geçit Vermez Çanakkale</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
           <t>9786050662306</t>
         </is>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Acıtan Açılar</t>
         </is>
       </c>
-      <c r="C197" s="1">
+      <c r="C241" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>